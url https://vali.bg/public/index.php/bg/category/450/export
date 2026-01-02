--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -2431,51 +2431,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>14.688</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>16.08</v>
+        <v>16.404</v>
       </c>
       <c r="D68" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>17.604</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
@@ -3201,51 +3201,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>135</v>
       </c>
       <c r="B122" t="s">
         <v>136</v>
       </c>
       <c r="C122">
         <v>12.0</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>139</v>
       </c>
       <c r="B123" t="s">
         <v>140</v>
       </c>
       <c r="C123">
-        <v>16.08</v>
+        <v>16.404</v>
       </c>
       <c r="D123" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>143</v>
       </c>
       <c r="B124" t="s">
         <v>144</v>
       </c>
       <c r="C124">
         <v>18.0</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>145</v>
       </c>
       <c r="B125" t="s">
         <v>146</v>
@@ -3932,51 +3932,51 @@
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>288</v>
       </c>
       <c r="B174" t="s">
         <v>289</v>
       </c>
       <c r="C174">
         <v>45.756</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>290</v>
       </c>
       <c r="B175" t="s">
         <v>291</v>
       </c>
       <c r="C175">
         <v>45.756</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>292</v>
       </c>
       <c r="B176" t="s">
         <v>293</v>
       </c>
       <c r="C176">
         <v>45.756</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>294</v>
       </c>
       <c r="B177" t="s">
         <v>295</v>
       </c>
       <c r="C177">
         <v>46.8</v>
@@ -4601,51 +4601,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
         <v>135</v>
       </c>
       <c r="B222" t="s">
         <v>136</v>
       </c>
       <c r="C222">
         <v>12.0</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
         <v>139</v>
       </c>
       <c r="B223" t="s">
         <v>140</v>
       </c>
       <c r="C223">
-        <v>16.08</v>
+        <v>16.404</v>
       </c>
       <c r="D223" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
         <v>143</v>
       </c>
       <c r="B224" t="s">
         <v>144</v>
       </c>
       <c r="C224">
         <v>18.0</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
         <v>145</v>
       </c>
       <c r="B225" t="s">
         <v>146</v>
@@ -5318,51 +5318,51 @@
     <row r="273" spans="1:4">
       <c r="A273" t="s">
         <v>288</v>
       </c>
       <c r="B273" t="s">
         <v>289</v>
       </c>
       <c r="C273">
         <v>45.756</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
         <v>290</v>
       </c>
       <c r="B274" t="s">
         <v>291</v>
       </c>
       <c r="C274">
         <v>45.756</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
         <v>292</v>
       </c>
       <c r="B275" t="s">
         <v>293</v>
       </c>
       <c r="C275">
         <v>45.756</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
         <v>298</v>
       </c>
       <c r="B276" t="s">
         <v>299</v>
       </c>
       <c r="C276">
         <v>46.8</v>
@@ -5763,51 +5763,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
         <v>135</v>
       </c>
       <c r="B305" t="s">
         <v>136</v>
       </c>
       <c r="C305">
         <v>12.0</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
         <v>139</v>
       </c>
       <c r="B306" t="s">
         <v>140</v>
       </c>
       <c r="C306">
-        <v>16.08</v>
+        <v>16.404</v>
       </c>
       <c r="D306" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
         <v>143</v>
       </c>
       <c r="B307" t="s">
         <v>144</v>
       </c>
       <c r="C307">
         <v>18.0</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
         <v>145</v>
       </c>
       <c r="B308" t="s">
         <v>146</v>
@@ -6200,51 +6200,51 @@
     <row r="336" spans="1:4">
       <c r="A336" t="s">
         <v>288</v>
       </c>
       <c r="B336" t="s">
         <v>289</v>
       </c>
       <c r="C336">
         <v>45.756</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
         <v>290</v>
       </c>
       <c r="B337" t="s">
         <v>291</v>
       </c>
       <c r="C337">
         <v>45.756</v>
       </c>
       <c r="D337" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
         <v>292</v>
       </c>
       <c r="B338" t="s">
         <v>293</v>
       </c>
       <c r="C338">
         <v>45.756</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
         <v>310</v>
       </c>
       <c r="B339" t="s">
         <v>311</v>
       </c>
       <c r="C339">
         <v>46.8</v>