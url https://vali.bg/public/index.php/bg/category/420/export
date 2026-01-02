--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -301,144 +301,144 @@
   <si>
     <t>Инжектор D-Link DPE-101GI, Gigabit, 15,4W</t>
   </si>
   <si>
     <t>D-LINK-DPE-101GI</t>
   </si>
   <si>
     <t>Суич D-Link DGS-108/E, 8 портов, 10/100/1000, Gigabit, метален корпус</t>
   </si>
   <si>
     <t>D-LINK-DGS-108</t>
   </si>
   <si>
     <t>Умен инжектор на напрежение MikroTik GPEN21, Суич функционалности, SNMP, VLAN, Traffic shaping</t>
   </si>
   <si>
     <t>MIKROTIK-INJEC-GPEN21</t>
   </si>
   <si>
     <t>Суич Cudy FS1010P, 8 портов, 10/100, PoE+ Switch 120W, 2 x Uplink порта</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1010P</t>
   </si>
   <si>
+    <t>Суич Cudy HS105, 5x2.5G портов Gigabit Ethernet (RJ45), Метален корпус</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-HS105</t>
+  </si>
+  <si>
     <t>Суич ZyXEL GS1005-HP, 5-портов гигабитов неуправляем PoE+, 60W</t>
   </si>
   <si>
     <t>ZYXEL-GS1005-HP</t>
   </si>
   <si>
-    <t>Суич Cudy HS105, 5x2.5G портов Gigabit Ethernet (RJ45), Метален корпус</t>
-[...4 lines deleted...]
-  <si>
     <t>Инжектор ZyXEL POE12-30W PoE, Gigabit, 30W</t>
   </si>
   <si>
     <t>ZYXEL-POE12-30W</t>
   </si>
   <si>
     <t>Суич D-Link DES-1016D/E, 16 портов 10/100, Desktop, rack mount</t>
   </si>
   <si>
     <t>D-LINK-DES-1016D</t>
   </si>
   <si>
     <t>Суич TP-Link - TL-SF1006P, 6 порта, черен</t>
   </si>
   <si>
     <t>TP-Link-TL-SF1006P</t>
   </si>
   <si>
     <t>Суич Cudy IG1005P Индустриален 5-Port 10/100/1000M PoE+ Switch 65W</t>
   </si>
   <si>
     <t>CUDY-SWITCH-IG1005P</t>
   </si>
   <si>
+    <t>Суич MikroTik RB260GSP, 5-port 10/10/1000+1xSFP, PoE</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB260GSP</t>
+  </si>
+  <si>
+    <t>Суич Cudy GS1016, 16 портов, 10/100/1000, Auto-MDI/MDIX</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1016</t>
+  </si>
+  <si>
+    <t>Суич Cudy GS1024, 24 портов, 10/100/1000, Auto-MDI/MDIX, за 19" rack</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1024</t>
+  </si>
+  <si>
+    <t>Инжектор ZyXEL POE12-60W PoE, Gigabit, 60W</t>
+  </si>
+  <si>
+    <t>ZYXEL-POE12-60W</t>
+  </si>
+  <si>
+    <t>Суич Cudy GS1010PE, 8 портов, 10/100/1000, PoE 120W, 2 x Uplink порта</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1010PE</t>
+  </si>
+  <si>
+    <t>Суич D-Link DES-1024D/E, 24 портов 10/100, Desktop, rack mount</t>
+  </si>
+  <si>
+    <t>D-LINK-DES-1024D-E</t>
+  </si>
+  <si>
+    <t>Суич Cudy FS1018PS1, 16 x 10/100 PoE+ Switch 190W, 2 x Gigabit порта, 1 x SFP Slot</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS1018PS1</t>
+  </si>
+  <si>
+    <t>Суич  Cudy GS1016L, 16x порта, 10/100/1000, метален, за 19" шкаф</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1016L</t>
+  </si>
+  <si>
+    <t>Суич D-LINK GO-SW-16G, 16 портов, Gigabit</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-16G-E</t>
+  </si>
+  <si>
     <t>Суич EDIMAX ES-1008P, 8 PoE порта, 10/100Mbps</t>
   </si>
   <si>
     <t>EDIM-ES-1008P</t>
-  </si>
-[...52 lines deleted...]
-    <t>D-LINK-GO-SW-16G-E</t>
   </si>
   <si>
     <t>Суич ZyXEL GS1008-HP, 8-портов гигабитов неуправляем PoE+, 60W</t>
   </si>
   <si>
     <t>ZYXEL-GS1008HP</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1100-16, 16 портов, Gigabit, за монтиране в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1100-16</t>
   </si>
   <si>
     <t>Суич Cudy GS1024L, 24x порт, 10/100/1000, за 19" шкаф, метален</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1024L</t>
   </si>
   <si>
     <t>Суич ZYXEL GS1100-24E, 24 портов, Gigabit, за монтаж в шкаф</t>
   </si>
   <si>
     <t>ZYXEL-GS1100-24E</t>
   </si>
@@ -1018,51 +1018,51 @@
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>20.508</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>22.416</v>
+        <v>22.344</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>26.028</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
@@ -1200,51 +1200,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>40.116</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>40.56</v>
+        <v>40.572</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>40.632</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
@@ -1354,51 +1354,51 @@
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>52.8</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>54.384</v>
+        <v>54.192</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>57.348</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
@@ -1438,82 +1438,82 @@
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>60.0</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>66.948</v>
+        <v>66.72</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>67.56</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>69.984</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>71.016</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>73.668</v>
@@ -1550,68 +1550,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>81.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>82.8</v>
+        <v>87.348</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>87.348</v>
+        <v>88.008</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>90.096</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>98.16</v>
@@ -1634,180 +1634,180 @@
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>100.8</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>108.0</v>
+        <v>108.312</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>108.312</v>
+        <v>112.992</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>112.992</v>
+        <v>113.616</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>114.012</v>
+        <v>117.144</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>117.144</v>
+        <v>117.456</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>117.876</v>
+        <v>119.4</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>119.4</v>
+        <v>122.496</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>122.928</v>
+        <v>129.0</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>129.0</v>
+        <v>129.12</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>129.12</v>
+        <v>130.8</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>132.012</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>134.952</v>
@@ -1984,96 +1984,96 @@
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>196.104</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>212.568</v>
+        <v>211.812</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>230.4</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>232.704</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>238.836</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>238.836</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>245.616</v>