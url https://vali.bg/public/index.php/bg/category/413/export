--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -699,51 +699,51 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>69.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>69.0</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>69.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>75.0</v>
@@ -965,51 +965,51 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>186.0</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>189.0</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>202.8</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>219.0</v>