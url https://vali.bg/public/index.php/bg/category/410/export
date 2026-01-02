--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$53</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$54</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t xml:space="preserve">Слушалки MAXELL KIDS </t>
   </si>
   <si>
     <t>ML-AH-KIDS-BLUE</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Слушалки MAXELL KIDS</t>
   </si>
   <si>
@@ -67,113 +67,113 @@
   <si>
     <t>ACT Слушалки с микрофон, 3.5mm жак, 2м</t>
   </si>
   <si>
     <t>EWENT-ACT-AC9330</t>
   </si>
   <si>
     <t>Слушалки HAMA Essential HS-P100</t>
   </si>
   <si>
     <t>HAMA-139900-53998</t>
   </si>
   <si>
     <t>Слушалки с микрофон HAMA HS-P300</t>
   </si>
   <si>
     <t>HAMA-139925</t>
   </si>
   <si>
     <t>Слушалки с микрофон HAMA HS-P150</t>
   </si>
   <si>
     <t>HAMA-53982-51616</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Слушалки с микрофон MAXELL HP SPECTRUM</t>
   </si>
   <si>
     <t>ML-AH-HP-SPEC-BLUE</t>
   </si>
   <si>
     <t>Слушалки HAMA NHS-P100</t>
   </si>
   <si>
     <t>HAMA-139920</t>
   </si>
   <si>
+    <t>ML-AH-HP-SPEC-WH</t>
+  </si>
+  <si>
+    <t>HAMA Стерео слушалки "Shell II", Over-Ear, 2m, черни</t>
+  </si>
+  <si>
+    <t>HAMA-221781</t>
+  </si>
+  <si>
     <t>Слушалки с микрофон Logitech H111</t>
   </si>
   <si>
     <t>LOGITECH-HEAD-H111</t>
   </si>
   <si>
+    <t>Слушалки HAMA HS-P200, 139923</t>
+  </si>
+  <si>
+    <t>HAMA-139923</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон "Fun II", On-Ear, 3.5 мм жак, Черни</t>
+  </si>
+  <si>
+    <t>HAMA-221784</t>
+  </si>
+  <si>
+    <t>HAMA Слушалки с микрофон  "Fun4Phone", 184145</t>
+  </si>
+  <si>
+    <t>HAMA-184145</t>
+  </si>
+  <si>
+    <t>Слушалки HAMA Kids Guard, 184106</t>
+  </si>
+  <si>
+    <t>HAMA-184106</t>
+  </si>
+  <si>
+    <t>Слушалки HAMA Kids Guard, 184107</t>
+  </si>
+  <si>
+    <t>HAMA-184107</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>ML-AH-HP-SPEC-WH</t>
-[...40 lines deleted...]
-  <si>
     <t>Комплект за стрийминг HAMA HS-P150, 139998</t>
   </si>
   <si>
     <t>HAMA-139998</t>
   </si>
   <si>
     <t>HAMA Стерео слушалки ShellTV Over-ear с 6 м кабел, 113dB</t>
   </si>
   <si>
     <t>HAMA-221782</t>
   </si>
   <si>
     <t>Стерео Слушалки с микрофон Logitech H110</t>
   </si>
   <si>
     <t>LOGITECH-HEAD-H110</t>
   </si>
   <si>
     <t>HAMA "HS-USB250 V2" PC Office слушалки, 139934</t>
   </si>
   <si>
     <t>HAMA-139934</t>
   </si>
   <si>
     <t>Слушалки MAXELL HOME STUDIO Digital</t>
@@ -287,50 +287,56 @@
     <t>LOGITECH-HEAD-H540</t>
   </si>
   <si>
     <t>Слушалки с микрофон Jabra Evolve 20 UC Duo USB</t>
   </si>
   <si>
     <t>JABRA-4999-829-209</t>
   </si>
   <si>
     <t>Слушалки Jabra Evolve 20 Stereo Microsoft Teams Optimized, Микрофон, Черни</t>
   </si>
   <si>
     <t>JABRA-EVOLVE-20MS</t>
   </si>
   <si>
     <t>Слушалки Jabra Evolve 20 MS Stereo USB-C, Микрофон, Черни</t>
   </si>
   <si>
     <t>JABRA-EVOLVE-20MS-USBC</t>
   </si>
   <si>
     <t>Слушалки с микрофон Jabra Evolve 20 MS Stereo USB-C/А Adapter</t>
   </si>
   <si>
     <t>JABRA-EVOLVE-20MS-USBC-A</t>
+  </si>
+  <si>
+    <t>Слушалки с микрофон Jabra Evolve 20 UC Stereo USB-C/А Adapter</t>
+  </si>
+  <si>
+    <t>JABRA-4999-829-269</t>
   </si>
   <si>
     <t>Слушалки Jabra Biz 1500 Mono, USB</t>
   </si>
   <si>
     <t>JABRA-BIZ1500</t>
   </si>
   <si>
     <t>Слушалки Jabra Biz 1500 Duo, USB</t>
   </si>
   <si>
     <t>JABRA-1559-0159</t>
   </si>
   <si>
     <t>Слушалки с микрофон Logitech H650e</t>
   </si>
   <si>
     <t>LOGITECH-HEAD-H650e</t>
   </si>
   <si>
     <t>Стерео слушалка с микрофон JABRA Evolve2 30 SE USB</t>
   </si>
   <si>
     <t>JABRA-EVOLVE2-30-STEREO-U</t>
   </si>
@@ -682,51 +688,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D53"/>
+  <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -791,191 +797,191 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>17.184</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>17.508</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
         <v>18.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
         <v>20.088</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>21.192</v>
+        <v>21.6</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>21.6</v>
+        <v>21.672</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
-        <v>21.672</v>
+        <v>22.056</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C13">
         <v>22.5</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C14">
         <v>22.8</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C15">
         <v>25.104</v>
       </c>
       <c r="D15" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C16">
         <v>25.224</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C17">
         <v>25.836</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>26.4</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>28.884</v>
@@ -1015,51 +1021,51 @@
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>35.1</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>36.288</v>
       </c>
       <c r="D23" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>39.12</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>42.492</v>
@@ -1085,121 +1091,121 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
         <v>45.852</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>47.436</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
         <v>48.996</v>
       </c>
       <c r="D29" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>52.104</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>52.8</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>52.824</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>55.068</v>
       </c>
       <c r="D33" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>69.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>75.0</v>
@@ -1211,265 +1217,279 @@
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>88.8</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>75</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
         <v>88.992</v>
       </c>
       <c r="D37" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>75</v>
       </c>
       <c r="B38" t="s">
         <v>78</v>
       </c>
       <c r="C38">
         <v>88.992</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>79</v>
       </c>
       <c r="B39" t="s">
         <v>80</v>
       </c>
       <c r="C39">
         <v>88.992</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>81</v>
       </c>
       <c r="B40" t="s">
         <v>82</v>
       </c>
       <c r="C40">
         <v>99.0</v>
       </c>
       <c r="D40" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>83</v>
       </c>
       <c r="B41" t="s">
         <v>84</v>
       </c>
       <c r="C41">
         <v>99.0</v>
       </c>
       <c r="D41" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>85</v>
       </c>
       <c r="B42" t="s">
         <v>86</v>
       </c>
       <c r="C42">
         <v>105.0</v>
       </c>
       <c r="D42" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>87</v>
       </c>
       <c r="B43" t="s">
         <v>88</v>
       </c>
       <c r="C43">
         <v>105.0</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>89</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44">
         <v>106.8</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>91</v>
       </c>
       <c r="B45" t="s">
         <v>92</v>
       </c>
       <c r="C45">
-        <v>117.6</v>
+        <v>106.8</v>
       </c>
       <c r="D45" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>93</v>
       </c>
       <c r="B46" t="s">
         <v>94</v>
       </c>
       <c r="C46">
-        <v>118.8</v>
+        <v>117.6</v>
       </c>
       <c r="D46" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>95</v>
       </c>
       <c r="B47" t="s">
         <v>96</v>
       </c>
       <c r="C47">
-        <v>137.94</v>
+        <v>118.8</v>
       </c>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>97</v>
       </c>
       <c r="B48" t="s">
         <v>98</v>
       </c>
       <c r="C48">
-        <v>167.424</v>
+        <v>137.94</v>
       </c>
       <c r="D48" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>99</v>
       </c>
       <c r="B49" t="s">
         <v>100</v>
       </c>
       <c r="C49">
-        <v>202.8</v>
+        <v>167.424</v>
       </c>
       <c r="D49" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>101</v>
       </c>
       <c r="B50" t="s">
         <v>102</v>
       </c>
       <c r="C50">
         <v>202.8</v>
       </c>
       <c r="D50" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>103</v>
       </c>
       <c r="B51" t="s">
         <v>104</v>
       </c>
       <c r="C51">
-        <v>202.968</v>
+        <v>202.8</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>105</v>
       </c>
       <c r="B52" t="s">
         <v>106</v>
       </c>
       <c r="C52">
+        <v>202.968</v>
+      </c>
+      <c r="D52" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" t="s">
+        <v>108</v>
+      </c>
+      <c r="C53">
         <v>534.0</v>
       </c>
-      <c r="D52" t="s">
-        <v>27</v>
+      <c r="D53" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D53"/>
+  <autoFilter ref="A1:D54"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>