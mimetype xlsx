--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -46,71 +46,71 @@
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Скенер Canon CanoScan LiDE 300, А4, 2400 x 2400, USB2.0, Черен</t>
   </si>
   <si>
     <t>CAN-SCAN-LiDE300</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6, A4, 12 Mp, USB 2.0, Сив</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Преносим скенер iris IRIScan Express 4, A4, 8 стр/минута, USB 2.0</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-EXPRESS4</t>
+  </si>
+  <si>
     <t>Преносим двустранен скенер IRIS IRIScan Executive 4, A4, USB 2.0, Черен, 8 стр/минута</t>
   </si>
   <si>
     <t>IRIS-SCAN-EXEC4</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Преносим скенер и визуализатор IRIScan Visualizer 7, 4K, USB-C</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER</t>
   </si>
   <si>
-    <t>Преносим скенер iris IRIScan Express 4, A4, 8 стр/минута, USB 2.0</t>
-[...4 lines deleted...]
-  <si>
     <t>Преносим скенер IRIS IRIScan Anywhere 6 Wifi, A4, USB-C, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-ANYWHERE6WIFI</t>
   </si>
   <si>
     <t>IRIScan Book 7</t>
   </si>
   <si>
     <t>IRIS-SCAN-BOOK7</t>
   </si>
   <si>
     <t>Документна камера с преносим скенер-визуализатор IRIScan VISUALIZER 7 Dislexic , 4K, USB-C</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER-DYSL</t>
   </si>
   <si>
     <t>Двустранен преносим скенер IRIS IRIScan Anywhere 6 Wifi Duplex, A4, USB-C, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-ANYWHERE6WIFID</t>
   </si>
   <si>
     <t>Преносим скенер Ricoh ScanSnap iX100, A4, USB2.0, WiFi</t>
@@ -121,108 +121,108 @@
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6 Pro, A3, 13 Mp, USB 2.0, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6-PRO</t>
   </si>
   <si>
     <t>Скенер iris IRIScan Pro 5, A4, USB 3.0, 23 стр/минута, ADF- 20 стр.</t>
   </si>
   <si>
     <t>IRIS-SCAN-PRO5</t>
   </si>
   <si>
     <t>Плосък бърз скенер Ricoh fi-70F, A6, 1.3s, LED, USB 2.0, AC адаптер</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-70F</t>
   </si>
   <si>
     <t>Мулти-функционален скенер IRIS Desk 6 Pro Dyslexic, A3, 13 Mp, USB 2.0, Черен</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK6-PRO-DSX</t>
   </si>
   <si>
+    <t>Скенер Ricoh SP1120N, A4, Duplex, ADF USB 3.2, Gigabit LAN,20ppm</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1120N</t>
+  </si>
+  <si>
+    <t>Документен скенер Ricoh SP-1425 комбиниран с настолен, 25ppm, Duplex ADF, LED, USB 2.0</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1425</t>
+  </si>
+  <si>
     <t>Документен скенер Ricoh ScanSnap iX1300, ADF, 30 ppm, 600 dpi, USB, WiFi</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX1300</t>
   </si>
   <si>
-    <t>Скенер Ricoh SP1120N, A4, Duplex, ADF USB 3.2, Gigabit LAN,20ppm</t>
-[...10 lines deleted...]
-  <si>
     <t>Документен скенер Ricoh SP-1125N, A4, USB 3.2 gen1, ADF, 25 ppm</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1125N</t>
   </si>
   <si>
     <t>Мулти-функционален скенер и камера IRIScan Desk 7 Business</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK7-BUSINESS</t>
   </si>
   <si>
     <t>Документен скенер Ricoh ScanSnap iX1400, Duplex ADF, 600 dpi, USB 3.2</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX1400</t>
   </si>
   <si>
     <t>Скенер Ricoh ScanSnap iX2400,A4, USB 3.2, Duplex ADF/100 листа/, 45ppm/90 ipm, бял</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2400</t>
   </si>
   <si>
+    <t>Скенер Ricoh SP-1130N, A4, ADF USB 3.2 LED, 30ppm</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-SP1130N</t>
+  </si>
+  <si>
+    <t>Документен скенер Ricoh Fi-8040, 40 ppm, 80 ipm, ADF 50 листа, 4.3" тъч, USB 3.2, LAN</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-FI-8040</t>
+  </si>
+  <si>
     <t>Скенер Ricoh ScanSnap iX2500,A4, USB 3.2,Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" тъч дисплей;бял</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2500</t>
-  </si>
-[...10 lines deleted...]
-    <t>RICOH-SCAN-FI-8040</t>
   </si>
   <si>
     <t>Плосък бърз скенер Ricoh Fi-800R, 40ppm, 80 ipm, ADF, A4</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-800R</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Скенер Ricoh ScanSnap SV600 Overhead за книги, LED, A3, USB2.0</t>
   </si>
   <si>
     <t>RICOH-SCAN-SV600</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8150, A4, USB 3.2 gen1, ADF за 100 страници</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8150</t>
   </si>
   <si>
     <t>Документен скенер Ricoh fi-8170, A4, USB 3.2 gen1, 70ppm, ADF за 140 страници</t>
   </si>
@@ -635,138 +635,138 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>247.212</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>261.6</v>
+        <v>255.168</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>263.712</v>
+        <v>261.6</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>280.776</v>
+        <v>263.712</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>283.896</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>316.872</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>353.208</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>358.572</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>444.0</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>530.172</v>
@@ -778,303 +778,303 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>538.8</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>684.0</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>702.0</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>720.0</v>
+        <v>759.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>759.0</v>
+        <v>784.8</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>784.8</v>
+        <v>789.0</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>798.996</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>838.8</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>849.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>918.996</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>984.0</v>
+        <v>999.0</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>999.0</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>999.0</v>
+        <v>1098.996</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>1198.992</v>
       </c>
       <c r="D26" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
         <v>1458.996</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>1599.0</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>1899.0</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>2289.0</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>3126.0</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>3298.992</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D33"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>