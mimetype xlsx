--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$301</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$102</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="373">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Deltaco гейминг клавиатура</t>
   </si>
   <si>
     <t>DELT-GAM-024UK</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Hama Urage Exodus 215 Illuminated геймърска клавиатура USB, кирилизирана</t>
   </si>
   <si>
@@ -82,59 +82,59 @@
   <si>
     <t>HAMA-217820</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>HAMA uRage Геймърска клавиатура "Exodus 860 Mechanical", червен суич, 186076</t>
   </si>
   <si>
     <t>HAMA-186076</t>
   </si>
   <si>
     <t>Геймърска механична клавиатура, HAMA uRage, "Exodus 860 Mechanical", 186069</t>
   </si>
   <si>
     <t>HAMA-186069</t>
   </si>
   <si>
     <t>Геймърска механична клавиатура Spartan Gear Lochos 2 TKL, Черна</t>
   </si>
   <si>
     <t>SG-085609</t>
   </si>
   <si>
+    <t>Геймърска механична клавиатура A4tech Bloody S510R, Blue Switch</t>
+  </si>
+  <si>
+    <t>A4-KEY-S510R-BLUESWITCH</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Геймърска механична клавиатура A4tech Bloody S510R, Blue Switch</t>
-[...4 lines deleted...]
-  <si>
     <t>Геймърска механична клавиатура основа Glorious RGB GMMK TKL ANSI-Layout</t>
   </si>
   <si>
     <t>GL-KEY-GATA-973</t>
   </si>
   <si>
     <t>Геймърска механична клавиатура Spartan Gear Lochos 2 RGB TKL, Черна</t>
   </si>
   <si>
     <t>SG-082715</t>
   </si>
   <si>
     <t>Безжична клавиатура Keychron B1 Pro Ultra-Slim Space Gray</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-B1P-K1</t>
   </si>
   <si>
     <t>Безжична клавиатура Keychron B1 Pro Ultra-Slim Ivory White</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-B1P-K8</t>
   </si>
   <si>
     <t>Безжична клавиатура Keychron B6 Pro Ultra-Slim - Space Gray</t>
@@ -283,80 +283,80 @@
   <si>
     <t>Геймърскa клавиатура SteelSeries Apex 3 TKL Lavander - Quiet Switct, US Layout</t>
   </si>
   <si>
     <t>STEEL-KEY-64940</t>
   </si>
   <si>
     <t>A4tech Bloody B975 Геймърска механична клавиатура, Brown switch</t>
   </si>
   <si>
     <t>A4-KEY-B975</t>
   </si>
   <si>
     <t>Геймърска механична клавиатура основа Glorious RGB GMMK TKL, ISO Layout</t>
   </si>
   <si>
     <t>GL-KEY-GATA-1116</t>
   </si>
   <si>
     <t>Endorfy механична клавиатура Thock V2 Compact, PBT, Endorfy Red switch, US Layout</t>
   </si>
   <si>
     <t>END-KEY-EY5A128</t>
   </si>
   <si>
+    <t>Endorfy механична клавиатура Thock V2 TKL, PBT, Endorfy Red switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A126</t>
+  </si>
+  <si>
+    <t>Endorfy механична клавиатура Thock V2 75%, PBT, Endorfy Red switch, US Layout</t>
+  </si>
+  <si>
+    <t>END-KEY-EY5A127</t>
+  </si>
+  <si>
+    <t>Геймърска механична клавиатура основа Glorious RGB GMMK ISO Layout</t>
+  </si>
+  <si>
+    <t>GL-KEY-GATA-1115</t>
+  </si>
+  <si>
+    <t>Геймърска механична клавиатура Logitech G413 SE TKL, Tactile суичове</t>
+  </si>
+  <si>
+    <t>LOGITECH-KEY-G413-SE-TKL</t>
+  </si>
+  <si>
     <t>Геймърска механична клавиатура CORSAIR K70 Core RGB Corsair Linear Red Switch - Carbon Gray</t>
   </si>
   <si>
     <t>CORSAIR-KEY-K70-CORE</t>
   </si>
   <si>
-    <t>Endorfy механична клавиатура Thock V2 TKL, PBT, Endorfy Red switch, US Layout</t>
-[...22 lines deleted...]
-  <si>
     <t>Геймърскa мембранна клавиатура Corsair K55 RGB Pro, USB</t>
   </si>
   <si>
     <t>CORSAIR-KEY-K55-RGB-PRO</t>
   </si>
   <si>
     <t>Геймърска механична клавиатура Logitech G413 SE, Tactile суичове</t>
   </si>
   <si>
     <t>LOGITECH-KEY-G413-SE</t>
   </si>
   <si>
     <t>Геймърскa безжична механична клавиатура ENDORFY Thock 75% - Kailh Black Switch</t>
   </si>
   <si>
     <t>END-KEY-EY5A074</t>
   </si>
   <si>
     <t>Геймърскa безжична механична клавиатура ENDORFY Thock 75% - Kailh Red Switch</t>
   </si>
   <si>
     <t>END-KEY-EY5A073</t>
   </si>
   <si>
     <t>Геймърскa безжична механична клавиатура ENDORFY Thock TKL - Kailh Red Switch</t>
@@ -505,678 +505,180 @@
   <si>
     <t>Геймърскa механична клавиатура HyperX Alloy Origins 65, HyperX Aqua суичове, Черен</t>
   </si>
   <si>
     <t>HX-KEY-AO65AQ-US-BK</t>
   </si>
   <si>
     <t>Геймърска Механична клавиатура Keychron K8 Aluminum TKL Gateron Blue Switch RGB LED Gateron Blue Switch ABS</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-K8-C2</t>
   </si>
   <si>
     <t>Геймърска Механична клавиатура Keychron V3 TKL Knob QMK Frosted Black Translucent, Keychron K Pro Blue Switch, RGB Backlight</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-V3-C2</t>
   </si>
   <si>
     <t>Геймърска Механична клавиатура Keychron V3 TKL Knob QMK Carbon Black, Keychron K Pro Blue Switch, RGB Backlight</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-V3-D2</t>
   </si>
   <si>
+    <t>Геймърска механична клавиатура Keychron K3 Pro White QMK/VIA - Brown Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K3P-O3</t>
+  </si>
+  <si>
     <t>Геймърска механична клавиатура Keychron K3 Pro White QMK/VIA - Red Switch</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-K3P-P1</t>
   </si>
   <si>
     <t>Геймърска механична клавиатура Keychron K3 Pro White QMK/VIA - Brown Brown</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-K3P-P3</t>
   </si>
   <si>
+    <t>Геймърска механична клавиатура Keychron K5 Pro White, Low Blue Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K5P-O2</t>
+  </si>
+  <si>
     <t>Механична клавиатура Keychron V6 MAX QMK Carbon Black - Wireless, Full-Size</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-V6M-D1</t>
   </si>
   <si>
-    <t>KEYCHRON-KEY-V6M-D3</t>
-[...1 lines deleted...]
-  <si>
     <t>Геймърскa безжична механична клавиатура ENDORFY Celeris 1800 - Endorfy Yellow Switch - Full Size</t>
   </si>
   <si>
     <t>END-KEY-EY5A124</t>
   </si>
   <si>
     <t>Endorfy механична клавиатура Thock Wireless V2 Full Size, PBT, Endorfy Yellow switch, US Layout</t>
   </si>
   <si>
     <t>END-KEY-EY5A129</t>
   </si>
   <si>
-    <t>Геймърскa механична клавиатура Ducky One 3 Pure White Full Size Hotswap Cherry MX Clear, RGB, PBT Keycaps</t>
-[...2 lines deleted...]
-    <t>DUCKY-KEY-08-WUSPDPWWWSC1</t>
+    <t>Геймърска механична клавиатура Keychron K3 Pro White QMK/VIA - HS, Red Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K3P-Q1</t>
+  </si>
+  <si>
+    <t>Геймърска механична клавиатура Keychron K3 Pro White QMK/VIA - HS, Brown Switch</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K3P-Q3</t>
   </si>
   <si>
     <t>Геймърска механична клавиатура Glorious GMMK 2 White Compact- Fox Switches US-Layout</t>
   </si>
   <si>
     <t>GL-KEY-GATA-1673</t>
   </si>
   <si>
     <t>Геймърска Механична клавиатура Keychron K12, Hot-Swappable Aluminum, 60% Gateron Blue Switch, RGB LED ABS</t>
   </si>
   <si>
     <t>KEYCHRON-KEY-K12-J2</t>
   </si>
   <si>
+    <t>Геймърска механична клавиатура Keychron K8 Pro White K Pro Red RGB</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K8P-P1</t>
+  </si>
+  <si>
+    <t>Геймърска механична клавиатура Keychron K5 Pro White QMK/VIA Full-Size Low-Profile Gateron Blue Switches RGB Backlight</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K5P-P2</t>
+  </si>
+  <si>
+    <t>Геймърска механична клавиатура Keychron K5 Pro White QMK/VIA Full-Size Hot-Swappable Low-Profile Gateron Blue Switches RGB Backlight</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K5P-Q2</t>
+  </si>
+  <si>
+    <t>Геймърска механична клавиатура Keychron K2 Pro White QMK/VIA - K2P-P1</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K2P-P1</t>
+  </si>
+  <si>
+    <t>Геймърска механична клавиатура Keychron K2 Pro White QMK/VIA - K2P-P4</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K2P-P4</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron K4 Pro White K4P-O1</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K4P-O1</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron K4 Pro White K4P-O3</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K4P-O3</t>
+  </si>
+  <si>
+    <t>Геймърска Механична клавиатура Keychron K4 Pro White K4P-O4</t>
+  </si>
+  <si>
+    <t>KEYCHRON-KEY-K4P-O4</t>
+  </si>
+  <si>
     <t>Геймърска клавиатура Logitech G515 - TKL</t>
   </si>
   <si>
     <t>LOGITECH-KEY-G515-TKL-WIR</t>
   </si>
   <si>
     <t>Геймърска клавиатура ASUS TUF Gaming K3 Gen II Hatsune Miku Edition - Optical Mechanical Switch</t>
   </si>
   <si>
     <t>ASUS-KEY-TUF-K3-MIKU</t>
   </si>
   <si>
     <t>CORSAIR Геймърски бъндъл 4 в 1 - K55 CORE / HARPOON RGB PRO / HS35 Surround v2 / MM100</t>
   </si>
   <si>
     <t>CORSAIR-KEY-BUNDLE</t>
-  </si>
-[...559 lines deleted...]
-    <t>STEEL-KEY-64872</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1480,59 +982,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D301"/>
+  <dimension ref="A1:D102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -1617,65 +1119,65 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>67.98</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>69.0</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>69.6</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>86.4</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>88.992</v>
@@ -1701,163 +1203,163 @@
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>88.992</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>88.992</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>88.992</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>89.004</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>90.0</v>
       </c>
       <c r="D18" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>99.0</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>99.0</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>99.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>99.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>99.0</v>
       </c>
       <c r="D23" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>100.8</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>102.0</v>
@@ -1925,51 +1427,51 @@
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>108.996</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>108.996</v>
       </c>
       <c r="D31" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>108.996</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>108.996</v>
@@ -2090,138 +1592,138 @@
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>118.992</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>125.004</v>
+        <v>129.0</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>129.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>129.0</v>
+        <v>132.0</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>132.0</v>
+        <v>138.996</v>
       </c>
       <c r="D46" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>138.996</v>
       </c>
       <c r="D47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>138.996</v>
       </c>
       <c r="D48" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>148.992</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>148.992</v>
       </c>
       <c r="D50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>148.992</v>
@@ -2233,121 +1735,121 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>148.992</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>148.992</v>
       </c>
       <c r="D53" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>148.992</v>
       </c>
       <c r="D54" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>150.0</v>
       </c>
       <c r="D55" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>150.0</v>
       </c>
       <c r="D56" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>159.0</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>159.0</v>
       </c>
       <c r="D58" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>159.0</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>159.0</v>
@@ -2457,79 +1959,79 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>168.996</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>189.0</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>189.0</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>189.0</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>189.0</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>189.0</v>
@@ -2644,3102 +2146,316 @@
         <v>166</v>
       </c>
       <c r="C81">
         <v>198.996</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>198.996</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83">
         <v>198.996</v>
       </c>
       <c r="D83" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84">
         <v>198.996</v>
       </c>
       <c r="D84" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85">
         <v>198.996</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86">
-        <v>204.0</v>
+        <v>198.996</v>
       </c>
       <c r="D86" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87">
-        <v>210.0</v>
+        <v>208.992</v>
       </c>
       <c r="D87" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88">
-        <v>219.0</v>
+        <v>208.992</v>
       </c>
       <c r="D88" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89">
-        <v>219.0</v>
+        <v>210.0</v>
       </c>
       <c r="D89" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90">
         <v>219.0</v>
       </c>
       <c r="D90" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91">
         <v>219.0</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92">
-        <v>228.996</v>
+        <v>219.0</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93">
-        <v>238.8</v>
+        <v>219.0</v>
       </c>
       <c r="D93" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94">
-        <v>238.8</v>
+        <v>219.0</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95">
-        <v>238.8</v>
+        <v>219.0</v>
       </c>
       <c r="D95" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96">
-        <v>238.8</v>
+        <v>219.0</v>
       </c>
       <c r="D96" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C97">
-        <v>238.8</v>
+        <v>219.0</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C98">
-        <v>238.8</v>
+        <v>219.0</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C99">
-        <v>238.992</v>
+        <v>219.0</v>
       </c>
       <c r="D99" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>163</v>
+        <v>203</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C100">
-        <v>238.992</v>
+        <v>219.0</v>
       </c>
       <c r="D100" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B101" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C101">
-        <v>238.992</v>
+        <v>219.0</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="102" spans="1:4">
-[...2784 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D301"/>
+  <autoFilter ref="A1:D102"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>