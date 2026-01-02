--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -112,219 +112,219 @@
   <si>
     <t>HAMA Хъб за Playstation 5, 6in1 USB, (1x USB-C, 5x USB-A), черно</t>
   </si>
   <si>
     <t>HAMA-54406</t>
   </si>
   <si>
     <t>USB-C хъб, 4-портов, HAMA-200112</t>
   </si>
   <si>
     <t>HAMA-200112</t>
   </si>
   <si>
     <t>HAMA USB хъб/четец на карти, 5 портов, 3x USB-A, SD, microSD, вкл. USB-C адаптер</t>
   </si>
   <si>
     <t>HAMA-200140</t>
   </si>
   <si>
     <t>USB-C, 5-портов хъб, 3х USB-A,1x USB-C, HDMI,4К, Черен</t>
   </si>
   <si>
     <t>HAMA-200117</t>
   </si>
   <si>
+    <t>USB хъб, 7-портов, със захранване, HAMA-200123</t>
+  </si>
+  <si>
+    <t>HAMA-200123</t>
+  </si>
+  <si>
+    <t>USB Хъб Lian Li PW-U2TPAB USB 2.0 1-към-3 Hub - Черно</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUUS-690</t>
+  </si>
+  <si>
+    <t>USB Хъб Lian Li PW-U2TPAB USB 2.0 1-към-3 Hub - Бяло</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUUS-691</t>
+  </si>
+  <si>
+    <t>Delock Хъб USB-C, 4 порта, 1 x USB-A 10 Gbps, 2 x USB-A, 1 x USB-C, USB-C PD 95 W</t>
+  </si>
+  <si>
+    <t>DELOCK-64298</t>
+  </si>
+  <si>
+    <t>USB хъб, 4-порта, D-LINK-DUB-H4-E</t>
+  </si>
+  <si>
+    <t>D-LINK-DUB-H4-E</t>
+  </si>
+  <si>
+    <t>HAMA 4-портов хъб, USB 3.2 Gen 1, 5 Gbit/s, USB-C адаптер, авт. захранване</t>
+  </si>
+  <si>
+    <t>HAMA-200138</t>
+  </si>
+  <si>
+    <t>USB 4-портов хъб със захранване,  USB 3.0, 5Gbps за лаптопи</t>
+  </si>
+  <si>
+    <t>HAMA-200115</t>
+  </si>
+  <si>
+    <t>Хъб 3-портов J5create JCH471, USB-C 3.1, USB-A 3.0, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>J5-JCH471</t>
+  </si>
+  <si>
+    <t>USB-C хъб, 5-портов, 2 x USB-A, 1 x USB-C, 1 x HDMI, 1х LAN, Сив</t>
+  </si>
+  <si>
+    <t>HAMA-200109</t>
+  </si>
+  <si>
+    <t>6-портов хъб USB-C, 2 x USB-A, USB-C, HDMI, SD, microSD</t>
+  </si>
+  <si>
+    <t>HAMA-200110</t>
+  </si>
+  <si>
+    <t>USB хъб, 7-порта, D-LINK-DUB-H7-E</t>
+  </si>
+  <si>
+    <t>D-LINK-DUB-H7-E</t>
+  </si>
+  <si>
+    <t>4-портов хъб USB-C, HAMA-200108</t>
+  </si>
+  <si>
+    <t>HAMA-200108</t>
+  </si>
+  <si>
+    <t>USB-C 4-портов хъб, HAMA-200107</t>
+  </si>
+  <si>
+    <t>HAMA-200107</t>
+  </si>
+  <si>
+    <t>Delock USB Хъб, 4 порта, 5 Gbps, 2 x USB-A, 2 x USB-C</t>
+  </si>
+  <si>
+    <t>DELOCK-64262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Хъб 4-портов J5 Create JUH340, USB 3.0, 1:4, Черен </t>
+  </si>
+  <si>
+    <t>J5-JUH340</t>
+  </si>
+  <si>
+    <t>USB-C хъб HAMA, мултипорт, 6 порта, 3 x USB-A, USB-C, HDMI, LAN/Ethernet</t>
+  </si>
+  <si>
+    <t>HAMA-200144</t>
+  </si>
+  <si>
+    <t>USB Хъб, 3 порта, DELOCK-63859</t>
+  </si>
+  <si>
+    <t>DELOCK-63859</t>
+  </si>
+  <si>
+    <t>USB-C Хъб, 4 порта, RAPOO-11409</t>
+  </si>
+  <si>
+    <t>RAPOO-11409</t>
+  </si>
+  <si>
+    <t>Външен USB Хъб, 3-порта, 5 Gbps, 2 x USB-A, 1 x USB-C, четец на карти с 2 слота</t>
+  </si>
+  <si>
+    <t>DELOCK-64285</t>
+  </si>
+  <si>
+    <t>6-портов хъб j5create Mini Dock JCD373, USB, HDMI, SD, 3.5 mm jack</t>
+  </si>
+  <si>
+    <t>J5-JCD373</t>
+  </si>
+  <si>
+    <t>HAMA 7-портов хъб, USB 3.2 Gen 1, 5 Gbit/s, USB-C адаптер със захранване</t>
+  </si>
+  <si>
+    <t>HAMA-200137</t>
+  </si>
+  <si>
+    <t>USB хъб, 4 порта, DELOCK-63828</t>
+  </si>
+  <si>
+    <t>DELOCK-63828</t>
+  </si>
+  <si>
+    <t>USB Хъб, 4 порта, DELOCK-63262</t>
+  </si>
+  <si>
+    <t>DELOCK-63262</t>
+  </si>
+  <si>
+    <t>Мултипортов адаптер, 7 в 2, RAPOO-11411</t>
+  </si>
+  <si>
+    <t>RAPOO-11411</t>
+  </si>
+  <si>
+    <t>USB хъб, 4 порта, D-LINK-DUB-1340-E</t>
+  </si>
+  <si>
+    <t>D-LINK-DUB-1340-E</t>
+  </si>
+  <si>
+    <t>Хъб 7-портов J5 Create USB-C JCH377, USB 3.0, 1:7, Бял</t>
+  </si>
+  <si>
+    <t>J5-JCH377</t>
+  </si>
+  <si>
+    <t>Мултипортов USB-C адаптер j5Create JCA374, HDMI, Ethernet, USB 3.0 хъб, PD 2.0</t>
+  </si>
+  <si>
+    <t>J5-JCA374</t>
+  </si>
+  <si>
+    <t>5 портов Хъб Streamplify, SPMC-TVSP-007</t>
+  </si>
+  <si>
+    <t>SPMC-TVSP-007</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...166 lines deleted...]
-    <t>SPMC-TVSP-007</t>
   </si>
   <si>
     <t>USB хъб Delock 64230, USB-C - 2 x USB-C, 2 x USB-A, 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-64230</t>
   </si>
   <si>
     <t>USB-А хъб, 7 порта, DELOCK-63669</t>
   </si>
   <si>
     <t>DELOCK-63669</t>
   </si>
   <si>
     <t>USB хъб, 4 порта, DELOCK-62653</t>
   </si>
   <si>
     <t>DELOCK-62653</t>
   </si>
   <si>
     <t>USB хъб Delock 64231, USB-C - 4 x USB-C, 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-64231</t>
   </si>
@@ -955,443 +955,443 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>36.432</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>36.576</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>38.7</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>39.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>39.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>40.668</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>43.188</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>46.5</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21">
         <v>49.044</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>52.788</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C23">
         <v>54.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24">
         <v>54.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25">
         <v>56.568</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C26">
         <v>57.528</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C27">
         <v>57.6</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C28">
         <v>57.84</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C29">
         <v>60.66</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C30">
         <v>61.44</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C31">
         <v>66.816</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>68.364</v>
+        <v>70.8</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>70.8</v>
+        <v>70.98</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="C34">
         <v>72.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C35">
         <v>72.996</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C36">
         <v>74.292</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C37">
         <v>86.076</v>
       </c>
       <c r="D37" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C38">
         <v>87.18</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C39">
         <v>87.66</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="C40">
         <v>87.996</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C41">
         <v>95.112</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C42">
         <v>99.0</v>
       </c>
       <c r="D42" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>99.648</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>101.964</v>
@@ -1445,177 +1445,177 @@
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>106.056</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>110.172</v>
       </c>
       <c r="D49" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>117.6</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>88</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>120.54</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>124.728</v>
       </c>
       <c r="D52" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>129.0</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>134.688</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>148.044</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>88</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>155.064</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>165.576</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>167.88</v>
       </c>
       <c r="D58" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>178.968</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>207.408</v>