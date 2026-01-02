--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -55,50 +55,53 @@
   <si>
     <t>J5-JVA01</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кепчер адаптер j5 create JVA02, HDMI към USB-C, PD, Черен</t>
   </si>
   <si>
     <t>J5-JVA02</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia DVD EZMaker 7, USB 2.0</t>
   </si>
   <si>
     <t>AVER-TV-DVD-EZMAKER-USB</t>
   </si>
   <si>
     <t>Кепчер адаптер j5create JVA11, HDMI - USB-C, 4K, Черен</t>
   </si>
   <si>
     <t>J5-JVA11</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Външен кепчър NZXT Signal HD60, 2 x HDMI, USB-C</t>
   </si>
   <si>
     <t>NZXT-AC-ST-EESC1-WW</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
   </si>
   <si>
     <t>AVER-LG-STL-MINI</t>
   </si>
   <si>
     <t>Външен кепчър Elgato Cam Link, 4K, USB 3.0</t>
   </si>
   <si>
     <t>ELGATO-10GAM9901</t>
   </si>
   <si>
     <t>Енкодер декодер ESTILLO HDSW0019M1, H.265-HEVC / H.264-AVC, HDMI</t>
   </si>
   <si>
     <t>EST-HDMI-IP-ENCODER</t>
@@ -116,53 +119,50 @@
     <t>AVER-LS-BU113G2</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO Game Capture Neo 4K</t>
   </si>
   <si>
     <t>ELGATO-10GBI9901</t>
   </si>
   <si>
     <t>Кепчер j5create JVA06 Dual HDMI™ видео кепчър</t>
   </si>
   <si>
     <t>J5-JVA06</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia LIVE Gamer Extreme 3 - 4K Plug&amp;Play</t>
   </si>
   <si>
     <t>AVER-LG-XTR3</t>
   </si>
   <si>
     <t>Безжичен HDMI удължител j5create JVAW53, 1080p @60hz</t>
   </si>
   <si>
     <t>J5-JVAW53</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Външен кепчър ASUS TUF GAMING CAPTURE BOX-CU4K30</t>
   </si>
   <si>
     <t>ASUS-CAP-TUF-CU4K30</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър LIVE Gamer Ultra  Pro 2.1 4K HDMI USB Capture card</t>
   </si>
   <si>
     <t>AVER-LG-ULTRA-S</t>
   </si>
   <si>
     <t>Кепчър карта AVerMedia LIVE Streamer Ultra HD - PCIe</t>
   </si>
   <si>
     <t>AVER-LS-ULTRA-HD</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO 4K S HDR10, VRR, USB-C</t>
   </si>
   <si>
     <t>ELGATO-4861469</t>
   </si>
@@ -613,289 +613,289 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>108.996</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>118.8</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>138.996</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>191.112</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>198.996</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>205.464</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>222.0</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>247.212</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>258.996</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>292.8</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>294.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>305.112</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>324.312</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>339.216</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>348.996</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>348.996</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>356.748</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>372.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>388.992</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>452.808</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>489.0</v>
@@ -907,51 +907,51 @@
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>588.996</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>598.992</v>
       </c>
       <c r="D26" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>