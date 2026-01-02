--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,122 +7,122 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$417</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$205</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Вентилатор Inter Tech 120m Sinan F-120-S - Bulk</t>
   </si>
   <si>
     <t>INTER-TECH-FAN-F120S-BULK</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC F12, 3 pin, 120 mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00201A</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC P9 Silent - Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00297A</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Zephyr 80 - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A019</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P12, 3-Pin</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00118A</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC P12 Silent</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00130A</t>
+  </si>
+  <si>
     <t>Вентилатор ENDORFY Zephyr 120 - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A017</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P12 Silent</t>
-[...7 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC P12 SLIM PWM PST</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00187A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14, 4 pin, 140 mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00123A</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Stratus 120 PWM - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A007</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 PWM PST White/White</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00197A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P8 PWM PST, Черен</t>
@@ -175,50 +175,56 @@
   <si>
     <t>Вентилатор ARCTIC P9 Max PWM - Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00300A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P12 Pro PST White - 120mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00308A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro PST - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00314A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00313A</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00329A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00329A</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC P14 PWM White/White</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00222A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro PST White - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00317A</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A008</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Бял</t>
   </si>
   <si>
     <t>END-FAN-EY4A020</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC BioniX P120 Red 120mm</t>
@@ -229,68 +235,56 @@
   <si>
     <t>Вентилатор ARCTIC P14 SLIM PWM PST</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00268A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC BioniX P120 Grey/White 120mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00167A</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A012</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Бял</t>
   </si>
   <si>
     <t>END-FAN-EY4A021</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC BioniX F140 White 140mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC P12 Pro PST CO - 120mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00312A</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC BioniX F140 Grey/White 140mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор Noctua NF-R8 redux-1200, 80mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-R8-12R</t>
   </si>
   <si>
     <t>Вентилатор Noctua 80mm NF-R8 redux-1800</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-R8-18R</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro PST CO - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00316A</t>
   </si>
   <si>
     <t>Вентилатор Kolink Umbra Void Pro 120mm ARGB, PWM, Черен</t>
   </si>
   <si>
     <t>KOLINK-FAN-LUKL-010</t>
   </si>
   <si>
     <t>Вентилатор Kolink Umbra X 120mm ARGB High Performance PWM, Черен</t>
@@ -439,86 +433,98 @@
   <si>
     <t>Вентилатор Noctua NF-A6x25 5V PWM 60mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A6x25-5PWM</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-A6x15 PWM, 60 x 60 x 15 mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A6x15-PWM</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Fluctus 120 PWM ARGB - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A002</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P12 White, A-RGB, 120mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00254A</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00323A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00323A</t>
+  </si>
+  <si>
     <t>Вентилатор Noctua NF-S12B Redux 1200, 120x120x25mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-S12BR-12</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro A-RGB - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00315A</t>
   </si>
   <si>
     <t>Вентилатор Noctua 140mm NF-P14S redux 1500-PWM</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-P14SR-PWM</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-P14s redux-1200, 140 mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-P14S</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-P14s redux-1200, 140 mm, PWM</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-P14S-PWM</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-P14S redux 1500-PWM 140mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-P14R15-PWM</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB White  140mm PWM - ACFAN00324A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00324A</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC P14 Pro White A-RGB - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00318A</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-A6x25 FLX, 60mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A6x25-FLX</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-A6x15 FLX, 60 x 60 x 15 mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A6x15-FLX</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P12 Black, A-RGB, 120mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00231A</t>
   </si>
   <si>
     <t>Вентилатор GIGABYTE AORUS EZ CHAIN 120 Black ARGB</t>
@@ -688,74 +694,98 @@
   <si>
     <t>Преносим вентилатор ARCTIC Summair 2Go - Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-AEBRZ00027A</t>
   </si>
   <si>
     <t>Вентилатор ASUS TUF GAMING TR120 ARGB Reverse - Black</t>
   </si>
   <si>
     <t>ASUS-FAN-TUF-TR120-B</t>
   </si>
   <si>
     <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00332A</t>
   </si>
   <si>
     <t>Комплект вентилатори ARCTIC F12 PWM 120 мм, 5 броя, Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00145A</t>
   </si>
   <si>
+    <t>Комплект вентилатори ARCTIC F12 PWM, 120 мм, 5 броя, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00250A</t>
+  </si>
+  <si>
     <t>Вентилатор Cooler Master MasterFan MF140 Halo2</t>
   </si>
   <si>
     <t>CM-FAN-MFL-B4DN-16NP2-R2</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-A14 5V PWM</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A14-5V-PWM</t>
   </si>
   <si>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00330A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00330A</t>
+  </si>
+  <si>
+    <t>Вентилатор Cooler Master SickleFlow 200 ARGB</t>
+  </si>
+  <si>
+    <t>CM-FAN-MFX-B3DN-08NP2-R1</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian-Li UNI SL-INF, 120 мм, ARGB, Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-030</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian-Li UNI SL-INF, 120 мм, ARGB, Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-031</t>
+  </si>
+  <si>
     <t>Вентилатор NZXT F140 RGB Duo, Черен</t>
   </si>
   <si>
     <t>NZXT-FAN-RF-D14SF-B1</t>
   </si>
   <si>
-    <t>Вентилатор Lian Li UNI AL120 V2, ARGB, Бял</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор Lian-Li UNI SL-INF Reverse Blade, 120 мм, ARGB PWM, Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-053</t>
   </si>
   <si>
     <t>Вентилатор Lian-Li UNI SL-INF Reverse Blade, 120 мм, ARGB PWM, Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-054</t>
   </si>
   <si>
     <t>Вентилатор Lian-Li UNI SL-INF Reverse Blade, 140 ARGB PWM, Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-086</t>
   </si>
   <si>
     <t>Вентилатор Lian-Li UNI SL-INF Reverse Blade, 140 ARGB PWM, Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-085</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM - 120 mm Черен</t>
@@ -796,68 +826,56 @@
   <si>
     <t>Вентилатор Noctua 120mm NF-A12x25 G2 LS-PWM</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NFA12x25G2-LSP</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-F12-iPPC-24V-3000-SP-IP67-PWM</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-F12-24-3SP</t>
   </si>
   <si>
     <t>Вентилатор NZXT F120 RGB Duo, Черен</t>
   </si>
   <si>
     <t>NZXT-FAN-RF-D12SF-B1</t>
   </si>
   <si>
     <t>Вентилатор NZXT F120 RGB Duo, Бял</t>
   </si>
   <si>
     <t>NZXT-FAN-RF-D12SF-W1</t>
   </si>
   <si>
-    <t>Вентилатор Lian Li UNI AL140 V2, ARGB, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор Noctua NF-A14x25r G2 PWM, 140mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A14X25R-G2P</t>
   </si>
   <si>
-    <t>Вентилатор Lian Li UNI FAN TL 140mm - White</t>
-[...4 lines deleted...]
-  <si>
     <t>Комплект вентилатори NZXT F240 Black RGB Core</t>
   </si>
   <si>
     <t>NZXT-FAN-RF-U24HF-B1</t>
   </si>
   <si>
     <t>Комплект вентилатори NZXT F240 White RGB Core</t>
   </si>
   <si>
     <t>NZXT-FAN-RF-U24HF-W1</t>
   </si>
   <si>
     <t>Комплект вентилатори NZXT F280 Black RGB Core</t>
   </si>
   <si>
     <t>NZXT-FAN-RF-U28HF-B1</t>
   </si>
   <si>
     <t>Комплект вентилатори NZXT F280 White RGB Core</t>
   </si>
   <si>
     <t>NZXT-FAN-RF-U28HF-W1</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-A14x25 G2 PWM</t>
@@ -892,240 +910,60 @@
   <si>
     <t>Вентилатор Noctua A14x25 G2 PWM chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A14x25G2PCH</t>
   </si>
   <si>
     <t>Вентилатор Noctua NF-A14x25r G2 PWM chromax.black, 140mm</t>
   </si>
   <si>
     <t>NOCTUA-FAN-A14X25R-G2P-CH</t>
   </si>
   <si>
     <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse White Edition</t>
   </si>
   <si>
     <t>ASUS-FAN-PR-MR120-3IN1-W</t>
   </si>
   <si>
     <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse Black Edition</t>
   </si>
   <si>
     <t>ASUS-FAN-PR-MR120-3IN1-B</t>
   </si>
   <si>
-    <t>Комплект вентилатори ARCTIC P14 Pro A-RGB - 140mm PWM 3-Pack</t>
-[...188 lines deleted...]
-    <t>LL-FAN-LULI-137</t>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00327A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00327A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB White 140mm PWM - ACFAN00328A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00328A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1429,174 +1267,174 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D417"/>
+  <dimension ref="A1:D205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>7.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>8.388</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>8.532</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>9.0</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>9.3</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>9.9</v>
+        <v>9.768</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>9.984</v>
+        <v>9.9</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>10.992</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>11.388</v>
@@ -1650,51 +1488,51 @@
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>13.8</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>14.124</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>14.244</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>14.904</v>
@@ -1706,947 +1544,947 @@
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>15.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>15.0</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>15.36</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>15.684</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>15.768</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>16.584</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>17.448</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>18.144</v>
+        <v>17.484</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>19.524</v>
+        <v>18.144</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>19.8</v>
+        <v>19.524</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>19.8</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>20.34</v>
+        <v>19.8</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>20.34</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>21.588</v>
+        <v>20.34</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>22.008</v>
+        <v>21.588</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>22.008</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>22.332</v>
+        <v>22.008</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>22.416</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>23.004</v>
+        <v>23.328</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>23.328</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>23.328</v>
+        <v>23.664</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>23.664</v>
+        <v>24.996</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>24.996</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>24.996</v>
       </c>
       <c r="D41" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>24.996</v>
+        <v>25.308</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>25.308</v>
+        <v>25.572</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>25.572</v>
+        <v>25.74</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>25.74</v>
+        <v>26.652</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>26.652</v>
+        <v>27.0</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>27.0</v>
+        <v>27.12</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>27.12</v>
+        <v>27.264</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>27.264</v>
+        <v>27.384</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>27.384</v>
+        <v>27.468</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>27.468</v>
+        <v>27.828</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>27.828</v>
+        <v>28.236</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>28.236</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>28.236</v>
+        <v>28.296</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>28.296</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>28.296</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>28.296</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>28.296</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>28.296</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>28.296</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>28.296</v>
+        <v>28.704</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>28.704</v>
+        <v>28.848</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>28.848</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>28.848</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
         <v>28.848</v>
       </c>
       <c r="D65" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>28.848</v>
+        <v>28.992</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>28.992</v>
+        <v>29.292</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>29.292</v>
+        <v>29.688</v>
       </c>
       <c r="D68" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>29.808</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>29.88</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>31.608</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>31.608</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>31.608</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>31.608</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>31.956</v>
+        <v>31.728</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>32.964</v>
+        <v>31.956</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>32.964</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>33.204</v>
+        <v>32.964</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>33.24</v>
+        <v>33.204</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>34.992</v>
+        <v>33.24</v>
       </c>
       <c r="D80" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>34.992</v>
       </c>
       <c r="D81" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>34.992</v>
       </c>
       <c r="D82" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>34.992</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>34.992</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
         <v>34.992</v>
@@ -2669,376 +2507,376 @@
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
         <v>34.992</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>36.0</v>
+        <v>34.992</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>36.06</v>
+        <v>36.0</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
         <v>36.06</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>36.12</v>
+        <v>36.06</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>36.684</v>
+        <v>36.12</v>
       </c>
       <c r="D92" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>37.956</v>
+        <v>36.684</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
         <v>37.956</v>
       </c>
       <c r="D94" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
         <v>37.956</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>38.508</v>
+        <v>37.956</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>38.52</v>
+        <v>38.508</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>39.0</v>
+        <v>38.52</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
         <v>39.0</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>39.0</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
         <v>39.0</v>
       </c>
       <c r="D101" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>7.5</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
         <v>8.388</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B104" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C104">
         <v>8.532</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B105" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C105">
         <v>9.0</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C106">
         <v>9.3</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B107" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C107">
-        <v>9.9</v>
+        <v>9.768</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B108" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C108">
-        <v>9.984</v>
+        <v>9.9</v>
       </c>
       <c r="D108" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>23</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109">
         <v>11.388</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>25</v>
       </c>
       <c r="B110" t="s">
         <v>26</v>
       </c>
       <c r="C110">
         <v>12.0</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>33</v>
       </c>
       <c r="B111" t="s">
         <v>34</v>
       </c>
       <c r="C111">
         <v>14.124</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>35</v>
       </c>
       <c r="B112" t="s">
         <v>36</v>
       </c>
       <c r="C112">
         <v>14.244</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>37</v>
       </c>
       <c r="B113" t="s">
         <v>38</v>
       </c>
       <c r="C113">
         <v>14.904</v>
@@ -3050,4269 +2888,1301 @@
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>39</v>
       </c>
       <c r="B114" t="s">
         <v>40</v>
       </c>
       <c r="C114">
         <v>15.0</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>41</v>
       </c>
       <c r="B115" t="s">
         <v>42</v>
       </c>
       <c r="C115">
         <v>15.0</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>45</v>
       </c>
       <c r="B116" t="s">
         <v>46</v>
       </c>
       <c r="C116">
         <v>15.684</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>47</v>
       </c>
       <c r="B117" t="s">
         <v>48</v>
       </c>
       <c r="C117">
         <v>15.768</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>49</v>
       </c>
       <c r="B118" t="s">
         <v>50</v>
       </c>
       <c r="C118">
         <v>16.584</v>
       </c>
       <c r="D118" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>51</v>
       </c>
       <c r="B119" t="s">
         <v>52</v>
       </c>
       <c r="C119">
         <v>17.448</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B120" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C120">
-        <v>19.524</v>
+        <v>17.484</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>57</v>
       </c>
       <c r="B121" t="s">
         <v>58</v>
       </c>
       <c r="C121">
-        <v>19.8</v>
+        <v>19.524</v>
       </c>
       <c r="D121" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>59</v>
       </c>
       <c r="B122" t="s">
         <v>60</v>
       </c>
       <c r="C122">
         <v>19.8</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B123" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C123">
-        <v>22.008</v>
+        <v>19.8</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>69</v>
       </c>
       <c r="B124" t="s">
         <v>70</v>
       </c>
       <c r="C124">
         <v>22.008</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B125" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C125">
-        <v>22.416</v>
+        <v>22.008</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B126" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="C126">
-        <v>23.664</v>
+        <v>22.416</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B127" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C127">
-        <v>24.996</v>
+        <v>23.664</v>
       </c>
       <c r="D127" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B128" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C128">
         <v>24.996</v>
       </c>
       <c r="D128" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B129" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C129">
         <v>24.996</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B130" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C130">
-        <v>25.308</v>
+        <v>24.996</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B131" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C131">
-        <v>25.572</v>
+        <v>25.308</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B132" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C132">
-        <v>25.74</v>
+        <v>25.572</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="B133" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C133">
-        <v>27.0</v>
+        <v>25.74</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="B134" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C134">
-        <v>27.264</v>
+        <v>27.0</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B135" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C135">
-        <v>27.384</v>
+        <v>27.264</v>
       </c>
       <c r="D135" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>135</v>
+        <v>101</v>
       </c>
       <c r="B136" t="s">
-        <v>136</v>
+        <v>102</v>
       </c>
       <c r="C136">
-        <v>28.848</v>
+        <v>27.384</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="B137" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="C137">
-        <v>28.992</v>
+        <v>28.296</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="B138" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="C138">
-        <v>29.88</v>
+        <v>28.848</v>
       </c>
       <c r="D138" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>153</v>
+        <v>135</v>
       </c>
       <c r="B139" t="s">
-        <v>154</v>
+        <v>136</v>
       </c>
       <c r="C139">
-        <v>31.956</v>
+        <v>28.992</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>157</v>
+        <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="C140">
-        <v>32.964</v>
+        <v>29.688</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>161</v>
+        <v>143</v>
       </c>
       <c r="B141" t="s">
-        <v>162</v>
+        <v>144</v>
       </c>
       <c r="C141">
-        <v>33.24</v>
+        <v>29.88</v>
       </c>
       <c r="D141" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="B142" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="C142">
-        <v>34.992</v>
+        <v>31.728</v>
       </c>
       <c r="D142" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="B143" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="C143">
-        <v>34.992</v>
+        <v>31.956</v>
       </c>
       <c r="D143" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="B144" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="C144">
-        <v>34.992</v>
+        <v>32.964</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="B145" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="C145">
-        <v>34.992</v>
+        <v>33.24</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="B146" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C146">
         <v>34.992</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B147" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="C147">
         <v>34.992</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="B148" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C148">
         <v>34.992</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="B149" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="C149">
-        <v>36.684</v>
+        <v>34.992</v>
       </c>
       <c r="D149" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="B150" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="C150">
-        <v>38.52</v>
+        <v>34.992</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>207</v>
+        <v>177</v>
       </c>
       <c r="B151" t="s">
-        <v>208</v>
+        <v>178</v>
       </c>
       <c r="C151">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>205</v>
+        <v>179</v>
       </c>
       <c r="B152" t="s">
-        <v>209</v>
+        <v>180</v>
       </c>
       <c r="C152">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>210</v>
+        <v>189</v>
       </c>
       <c r="B153" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="C153">
-        <v>39.0</v>
+        <v>36.684</v>
       </c>
       <c r="D153" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="B154" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
       <c r="C154">
-        <v>39.0</v>
+        <v>38.52</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="B155" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="C155">
         <v>39.0</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="B156" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="C156">
         <v>39.0</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B157" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="C157">
-        <v>39.504</v>
+        <v>39.0</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B158" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="C158">
-        <v>40.296</v>
+        <v>39.0</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B159" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C159">
-        <v>43.296</v>
+        <v>39.0</v>
       </c>
       <c r="D159" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B160" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="C160">
-        <v>48.996</v>
+        <v>39.0</v>
       </c>
       <c r="D160" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="B161" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="C161">
-        <v>49.548</v>
+        <v>39.0</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="B162" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="C162">
-        <v>58.992</v>
+        <v>39.504</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="B163" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="C163">
-        <v>58.992</v>
+        <v>40.296</v>
       </c>
       <c r="D163" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="B164" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="C164">
-        <v>58.992</v>
+        <v>43.296</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B165" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="C165">
-        <v>58.992</v>
+        <v>44.292</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="B166" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="C166">
-        <v>58.992</v>
+        <v>48.996</v>
       </c>
       <c r="D166" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="B167" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="C167">
-        <v>58.992</v>
+        <v>49.548</v>
       </c>
       <c r="D167" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B168" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="C168">
-        <v>58.992</v>
+        <v>50.028</v>
       </c>
       <c r="D168" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="B169" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="C169">
         <v>58.992</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="B170" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="C170">
         <v>58.992</v>
       </c>
       <c r="D170" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="B171" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="C171">
         <v>58.992</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="B172" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="C172">
-        <v>61.02</v>
+        <v>58.992</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="B173" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="C173">
-        <v>61.416</v>
+        <v>58.992</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="B174" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="C174">
-        <v>61.416</v>
+        <v>58.992</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="B175" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="C175">
-        <v>63.348</v>
+        <v>58.992</v>
       </c>
       <c r="D175" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="B176" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="C176">
-        <v>64.992</v>
+        <v>58.992</v>
       </c>
       <c r="D176" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="B177" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="C177">
-        <v>64.992</v>
+        <v>58.992</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B178" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="C178">
-        <v>64.992</v>
+        <v>58.992</v>
       </c>
       <c r="D178" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="B179" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="C179">
-        <v>68.988</v>
+        <v>58.992</v>
       </c>
       <c r="D179" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="B180" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="C180">
-        <v>69.0</v>
+        <v>58.992</v>
       </c>
       <c r="D180" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B181" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="C181">
-        <v>69.0</v>
+        <v>61.02</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="B182" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="C182">
-        <v>69.0</v>
+        <v>61.416</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="B183" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="C183">
-        <v>69.0</v>
+        <v>61.416</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B184" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C184">
-        <v>69.0</v>
+        <v>63.348</v>
       </c>
       <c r="D184" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="B185" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="C185">
-        <v>69.696</v>
+        <v>64.992</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="B186" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="C186">
-        <v>70.956</v>
+        <v>64.992</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="B187" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C187">
-        <v>72.204</v>
+        <v>68.988</v>
       </c>
       <c r="D187" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="B188" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C188">
-        <v>73.62</v>
+        <v>69.0</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="B189" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="C189">
-        <v>74.436</v>
+        <v>69.0</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="B190" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="C190">
-        <v>76.116</v>
+        <v>69.0</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="B191" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="C191">
-        <v>76.116</v>
+        <v>69.0</v>
       </c>
       <c r="D191" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="B192" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="C192">
-        <v>78.996</v>
+        <v>69.696</v>
       </c>
       <c r="D192" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="B193" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="C193">
-        <v>78.996</v>
+        <v>70.956</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="B194" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C194">
-        <v>82.572</v>
+        <v>72.204</v>
       </c>
       <c r="D194" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="B195" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="C195">
-        <v>88.992</v>
+        <v>73.62</v>
       </c>
       <c r="D195" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="B196" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="C196">
-        <v>88.992</v>
+        <v>74.436</v>
       </c>
       <c r="D196" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="B197" t="s">
-        <v>299</v>
+        <v>291</v>
       </c>
       <c r="C197">
-        <v>88.992</v>
+        <v>76.116</v>
       </c>
       <c r="D197" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="B198" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="C198">
-        <v>88.992</v>
+        <v>76.116</v>
       </c>
       <c r="D198" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
       <c r="B199" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="C199">
-        <v>88.992</v>
+        <v>78.996</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="B200" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="C200">
-        <v>97.332</v>
+        <v>78.996</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="B201" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="C201">
-        <v>99.0</v>
+        <v>82.188</v>
       </c>
       <c r="D201" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>4</v>
+        <v>139</v>
       </c>
       <c r="B202" t="s">
-        <v>5</v>
+        <v>140</v>
       </c>
       <c r="C202">
-        <v>7.5</v>
+        <v>29.688</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>9</v>
+        <v>153</v>
       </c>
       <c r="B203" t="s">
-        <v>10</v>
+        <v>154</v>
       </c>
       <c r="C203">
-        <v>8.532</v>
+        <v>31.728</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>11</v>
+        <v>300</v>
       </c>
       <c r="B204" t="s">
-        <v>12</v>
+        <v>301</v>
       </c>
       <c r="C204">
-        <v>9.0</v>
+        <v>84.216</v>
       </c>
       <c r="D204" t="s">
-        <v>13</v>
-[...2966 lines deleted...]
-      <c r="D416" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D417"/>
+  <autoFilter ref="A1:D205"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>