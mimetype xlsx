--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$110</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$130</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Захранващ блок Inter-Tech SL-500K, 500W, ATX</t>
   </si>
   <si>
     <t>INTER-TECH-PS-SL-500W</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Захранващ блок Spire SFX 300W</t>
   </si>
   <si>
@@ -76,53 +76,50 @@
   <si>
     <t>FORT-PS-FSP350-51AAC</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group  SP400-A,  350 W, 120 mm</t>
   </si>
   <si>
     <t>FORT-PS-SP400-AD</t>
   </si>
   <si>
     <t>Захранващ блок Gigabyte P550SS 550W 80+ Silver</t>
   </si>
   <si>
     <t>GA-PS-P550SS</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group  SP500-A, 450W</t>
   </si>
   <si>
     <t>FORT-PS-SP500-A</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Захранващ блок Gigabyte P550SS ICE 550W 80+ Silver</t>
   </si>
   <si>
     <t>GA-PS-P550SS-ICE</t>
   </si>
   <si>
     <t>Захранващ блок Gigabyte P450B, 450W, 80+, Bronze</t>
   </si>
   <si>
     <t>GA-PS-P450B</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group HYPER PRO 650W 80+ Bronze 12V-2x6</t>
   </si>
   <si>
     <t>FORT-PS-HYPER-650B</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group FFSP180-50FEB, 180W, Flex ATX</t>
   </si>
   <si>
     <t>FORT-PS-FSP180-50FEB</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group HYPER PRO, 650W</t>
@@ -133,137 +130,137 @@
   <si>
     <t>Захранващ блок Inter Tech Argus APS-720W, 720W, ATX, 80+</t>
   </si>
   <si>
     <t>INTER-TECH-PS-720</t>
   </si>
   <si>
     <t>Захранващ блок Endorfy Elementum E5 550W 80 PLUS</t>
   </si>
   <si>
     <t>END-PS-EY7A001</t>
   </si>
   <si>
     <t>Захранващ блок ASRock PRO-650B 650W 80+ Bronze ATX 3.1</t>
   </si>
   <si>
     <t>ASR-PS-PRO-650B</t>
   </si>
   <si>
     <t>Захранващ блок Gigabyte P650SS 650W 80+ Silver</t>
   </si>
   <si>
     <t>GA-PS-P650SS</t>
   </si>
   <si>
+    <t>Захранващ блок Gigabyte P650SS ICE 650W 80+ Silver</t>
+  </si>
+  <si>
+    <t>GA-PS-P650SS-ICE</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte GP-P550B, 550W, 80+, Bronze</t>
+  </si>
+  <si>
+    <t>GA-PS-P550B</t>
+  </si>
+  <si>
+    <t>Захранващ блок Inter Tech Argus BPS-500, 500W 80+ Bronze</t>
+  </si>
+  <si>
+    <t>INTER-TECH-PS-550</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Захранващ блок Gigabyte P650SS ICE 650W 80+ Silver</t>
-[...16 lines deleted...]
-  <si>
     <t>Захранващ блок Endorfy VERO L5 500W 80+ Bronze</t>
   </si>
   <si>
     <t>END-PS-EY7A004</t>
   </si>
   <si>
+    <t>Захранващ блок ASRock PRO-750B 750W 80+ Bronze PCIE 5.1 Ready</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-750B</t>
+  </si>
+  <si>
+    <t>Захранващ блок Fortron 600W 80+ PS2</t>
+  </si>
+  <si>
+    <t>FORT-PS-600W-B</t>
+  </si>
+  <si>
+    <t>Захранващ блок FSP Group FSP220-50FGBBI, 220W</t>
+  </si>
+  <si>
+    <t>FORT-PS-FSP220-50FGBBI</t>
+  </si>
+  <si>
+    <t>Захранващ блок Endorfy VERO L5 600W 80+ Bronze</t>
+  </si>
+  <si>
+    <t>END-PS-EY7A005</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE Gold V3 650W 80+ Bronze, ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-6501-ACABW-3BEU</t>
+  </si>
+  <si>
+    <t>Захранващ блок FSP Group 450W SFX Pro - PPA450AA00</t>
+  </si>
+  <si>
+    <t>FORT-PS-SFX-PRO-450</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte P650G, 650W, 80+ Gold</t>
+  </si>
+  <si>
+    <t>GA-PS-P650G</t>
+  </si>
+  <si>
+    <t>Захранващ блок Corsair CX650 650W 80+ Bronze</t>
+  </si>
+  <si>
+    <t>CRS-PSU-9020278-EU</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte P750BS, 750W, 80+ Bronze</t>
+  </si>
+  <si>
+    <t>GA-PS-P750BS</t>
+  </si>
+  <si>
     <t>Захранващ блок Gigabyte P650G PG5 650W 80+ Gold, PCIe 5.1</t>
   </si>
   <si>
     <t>GA-PS-P650G-PG5</t>
   </si>
   <si>
-    <t>Захранващ блок ASRock PRO-750B 750W 80+ Bronze PCIE 5.1 Ready</t>
-[...52 lines deleted...]
-  <si>
     <t>Захранващ блок FSP VITA BD 650W 80+ Bronze, ATX 3.1 PCIe 5.1</t>
   </si>
   <si>
     <t>FORT-PS-VITA-650BD</t>
   </si>
   <si>
     <t>Захранващ блок Inter Tech Argus BPS-850 850W 80+ Bronze ATX 3.0</t>
   </si>
   <si>
     <t>INTER-TECH-PS-B850</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group HYPER PRO, 700W</t>
   </si>
   <si>
     <t>FORT-PS-HYPER-PRO700-80P</t>
   </si>
   <si>
     <t>Захранващ блок Seasonic G12 GM-650 V2, 650W, 80+ GOLD</t>
   </si>
   <si>
     <t>SS-PS-G12-GC-650-V2</t>
   </si>
   <si>
     <t>Захранващ блок Endorfy VERO L5 700W 80+ Bronze</t>
@@ -274,204 +271,180 @@
   <si>
     <t>Захранващ блок Cooler Master MWE Gold V3 750W ATX 3.1 Non-Modular</t>
   </si>
   <si>
     <t>CM-PS-MPE-7506-ACAG-BEU</t>
   </si>
   <si>
     <t>Захранващ блок FSP VITA BD 750W 80+ Bronze, ATX 3.1 PCIe 5.1 - Bulk Опаковка</t>
   </si>
   <si>
     <t>FORT-PS-VITA-750BD-BULK</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group Hexa 85+ Pro, 650W</t>
   </si>
   <si>
     <t>FORT-PS-HEXA-650Pro</t>
   </si>
   <si>
     <t>Захранващ блок FSP VITA BD 750W 80+ Bronze, ATX 3.1 PCIe 5.1</t>
   </si>
   <si>
     <t>FORT-PS-VITA-750BD</t>
   </si>
   <si>
-    <t>Захранващ блок Seasonic B12-BC-750, 750W Bronze 85+</t>
-[...4 lines deleted...]
-  <si>
     <t>Захранващ блок Seasonic G12 GM-550, 550W, 80+ GOLD</t>
   </si>
   <si>
     <t>SS-PS-G12-GM-550</t>
   </si>
   <si>
-    <t>Захранващ блок Seasonic B12-BC-650, 650W Bronze 85+</t>
-[...4 lines deleted...]
-  <si>
     <t>Захранващ блок Seasonic G12 GM-650, 650W, 80+ GOLD</t>
   </si>
   <si>
     <t>SS-PS-G12-GM-650</t>
   </si>
   <si>
-    <t>Захранващ блок Seasonic B12BM 750W Bronze 85+</t>
-[...4 lines deleted...]
-  <si>
     <t>Захранващ блок Gigabyte P750W, 750W, 80+ GOLD, Modular</t>
   </si>
   <si>
     <t>GA-PS-P750GM</t>
   </si>
   <si>
     <t>Захранващ блок FSP VITA GD 650W 80+ Gold</t>
   </si>
   <si>
     <t>FORT-PS-VITA-650GD</t>
   </si>
   <si>
     <t>Захранващ блок Seasonic G12-GC-750 V2, 750W, 80+ Gold</t>
   </si>
   <si>
     <t>SS-PS-G12-GC-750W-V2</t>
   </si>
   <si>
     <t>Захранващ блок ASUS PRIME 750W, 80+ Bronze</t>
   </si>
   <si>
     <t>ASUS-PS-PRIME-750B-BLK</t>
   </si>
   <si>
     <t>Захранващ блок ASUS PRIME 750W White Edition, 80+ Bronze</t>
   </si>
   <si>
     <t>ASUS-PS-PRIME-750B-W</t>
   </si>
   <si>
     <t>Захранващ блок Inter Tech Argus HA-600AA2 600W 80+ Gold</t>
   </si>
   <si>
     <t>INTER-TECH-PS-HA-600AA2</t>
   </si>
   <si>
     <t>Захранващ блок Seasonic G12 GM-750, 750W, 80+ GOLD</t>
   </si>
   <si>
     <t>SS-PS-G12-GM-750</t>
   </si>
   <si>
-    <t>Захранващ блок Seasonic B12-BC-850, 850W Bronze 85+</t>
-[...4 lines deleted...]
-  <si>
     <t>Захранващ блок Seasonic G12 GM-850 V2, 850W, 80+ GOLD</t>
   </si>
   <si>
     <t>SS-PS-G12-GC-850-V2</t>
   </si>
   <si>
     <t>Захранващ блок Seasonic CORE GX 650W 80+ Gold, Fully Modular, ATX 3.1, PCIe 5.0</t>
   </si>
   <si>
     <t>SS-PS-SSR-650W-CORE</t>
   </si>
   <si>
+    <t>Захранващ блок Gigabyte P850GM, 850W, 80+ GOLD, Modular</t>
+  </si>
+  <si>
+    <t>GA-PS-P850GM</t>
+  </si>
+  <si>
     <t>Захранващ блок FSP Group Hydro GSM Lite PRO 750W</t>
   </si>
   <si>
     <t>FORT-PS-HYDRO-LITE-750</t>
   </si>
   <si>
+    <t>Захранващ блок FSP VITA GD 750W 80+ Gold</t>
+  </si>
+  <si>
+    <t>FORT-PS-VITA-750GD</t>
+  </si>
+  <si>
+    <t>Захранващ блок FSP VITA GD 850W 80+ Gold</t>
+  </si>
+  <si>
+    <t>FORT-PS-VITA-850GD</t>
+  </si>
+  <si>
+    <t>Захранващ блок Endorfy Supremo FM5 750W 80+ Gold - Fully Modular</t>
+  </si>
+  <si>
+    <t>END-PS-EY7A008</t>
+  </si>
+  <si>
+    <t>Захранващ блок Seasonic G12 GM-850, 850W, 80+ GOLD</t>
+  </si>
+  <si>
+    <t>SS-PS-G12-GM-850</t>
+  </si>
+  <si>
+    <t>Захранващ блок Seasonic CORE GX 750W 80+ Gold, Fully Modular, ATX 3.1, PCIe 5.0</t>
+  </si>
+  <si>
+    <t>SS-PS-SSR-750W-CORE</t>
+  </si>
+  <si>
+    <t>Захранващ блок Endorfy Supremo FM6 750W 80+ Gold, PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>END-PS-EY7A013</t>
+  </si>
+  <si>
     <t>Захранващ блок FSP VITA GM 750W</t>
   </si>
   <si>
     <t>FORT-PS-VITA-750GM</t>
   </si>
   <si>
-    <t>Захранващ блок FSP VITA GD 750W 80+ Gold</t>
-[...40 lines deleted...]
-  <si>
     <t>Захранващ блок FSP VITA GM 850W</t>
   </si>
   <si>
     <t>FORT-PS-VITA-850GM</t>
   </si>
   <si>
-    <t>Захранващ блок FSP VITA GM 650W</t>
-[...2 lines deleted...]
-    <t>FORT-PS-VITA-650GM</t>
+    <t>Захранващ блок NZXT C750 Core 750W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>NZXT-PS-PA-7G3BB-EU</t>
   </si>
   <si>
     <t>Захранващ блок Gigabyte UD750GM PG5 ICE 750W, 80+ Gold PCIe 5.1</t>
   </si>
   <si>
     <t>GA-PS-UD750GM-PG5-ICE</t>
   </si>
   <si>
     <t>Захранващ блок Seasonic CORE GX White 650W 80+ Gold, Fully Modular, ATX 3.1, PCIe 5.1</t>
   </si>
   <si>
     <t>SS-PS-SSR-650W-CORE-W</t>
   </si>
   <si>
     <t>Захранващ блок Corsair RM750e 750W 80+ Gold ATX 3.1, Fully Modular</t>
   </si>
   <si>
     <t>CRS-PSU-9020295-EU</t>
   </si>
   <si>
     <t>Захранващ блок Gigabyte UD750GM PG5 V2 , 750W, 80+ GOLD, PCIe 5.1</t>
   </si>
   <si>
     <t>GA-PS-UD750GM-PG5-V2</t>
   </si>
@@ -550,162 +523,192 @@
   <si>
     <t>Захранващ блок ASUS PRIME 850W, 80+ Gold PCIe 5.1, Fully Modular</t>
   </si>
   <si>
     <t>ASUS-PS-PRIME-850G-BOX</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li EDGE EGO850 White 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-024</t>
   </si>
   <si>
     <t>Захранващ блок Seasonic CORE GX 850W 80+ Gold, Fully Modular, ATX 3.1, PCIe 5.0</t>
   </si>
   <si>
     <t>SS-PS-SSR-850W-CORE</t>
   </si>
   <si>
     <t>Захранващ блок SEASONIC FOCUS GX-750 (2024) 750W 80+ Gold, Fully Modular</t>
   </si>
   <si>
     <t>SS-PS-SSR-750-FX4</t>
   </si>
   <si>
+    <t>Захранващ блок NZXT C850 Core 850W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>NZXT-PS-PA-8G3BB-EU</t>
+  </si>
+  <si>
     <t>Захранващ блок Inter Tech IPC ASPOWER U2A-B20500-S 500W, 2U</t>
   </si>
   <si>
     <t>INTER-TECH-PSU-B20500-S</t>
   </si>
   <si>
     <t>Захранващ блок Seasonic CORE GX White 850W 80+ Gold, Fully Modular, ATX 3.1, PCIe 5.1</t>
   </si>
   <si>
     <t>SS-PS-SSR-850W-CORE-W</t>
   </si>
   <si>
     <t>Захранващ блок SEASONIC FOCUS GX-850 White 850W 80+ Gold, Fully Modular</t>
   </si>
   <si>
     <t>SS-PS-SSR-850W-WHITE</t>
   </si>
   <si>
     <t>Захранващ блок SEASONIC FOCUS GX-750 White - 750W 80+ Gold, ATX 3.1, PCIe 5.1, Fully Modular</t>
   </si>
   <si>
     <t>SS-PS-SSR-FGX-750-WHITE</t>
   </si>
   <si>
     <t>Захранващ блок Gigabyte UD1000GM, 1000W</t>
   </si>
   <si>
     <t>GA-PS-UD1000GM</t>
   </si>
   <si>
     <t>Захранващ блок Corsair RM750x SHIFT 750W 80+ Gold ATX 3.1, Fully Modular</t>
   </si>
   <si>
     <t>CRS-PSU-9020273-EU</t>
   </si>
   <si>
     <t>Захранващ блок NZXT C1000, 1000W 80+ Gold</t>
   </si>
   <si>
     <t>NZXT-PS-PA-0G1BB-EU</t>
   </si>
   <si>
     <t>Захранващ блок SEASONIC FOCUS GX-850 (2024) 850W 80+ Gold, Fully Modular</t>
   </si>
   <si>
     <t>SS-PS-SSR-850-FX4</t>
   </si>
   <si>
-    <t>Захранващ блок Seasonic FOCUS 650SGX, 650W</t>
-[...4 lines deleted...]
-  <si>
     <t>Захранващ блок Lian Li SP850 850W 80+ Gold SFX</t>
   </si>
   <si>
     <t>LL-PS-NELI-011</t>
   </si>
   <si>
     <t>Захранващ блок Lian-Li SP850, 850W, 80+ Gold</t>
   </si>
   <si>
     <t>LL-PS-NELI-012</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group Hydro G PRO 850, 850W</t>
   </si>
   <si>
     <t>FORT-PS-HYDRO-850W-ATX3</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li EDGE EG0850 Black 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-013</t>
   </si>
   <si>
     <t>Захранващ блок Endorfy Supremo FM6 1000W 80+ Gold, PCIe 5.1 - Fully Modular</t>
   </si>
   <si>
     <t>END-PS-EY7A011</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li EDGE EG0850 White 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-018</t>
   </si>
   <si>
-    <t>Захранващ блок NZXT C850 Core 850W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
-[...10 lines deleted...]
-  <si>
     <t>Захранващ блок Cooler Master MWE GOLD 1050W V2 ATX 3.1</t>
   </si>
   <si>
     <t>CM-PS-MPE-A501-AFCAG-3EEU</t>
   </si>
   <si>
+    <t>Захранващ блок ASUS TUF Gaming 850W, 80+ Gold</t>
+  </si>
+  <si>
+    <t>ASUS-PS-TUF-GAMING-850G</t>
+  </si>
+  <si>
+    <t>Захранващ блок Corsair RM850x 850W 80+ Gold ATX 3.1, Fully Modular</t>
+  </si>
+  <si>
+    <t>CRS-PSU-9020270-EU</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASRock Steel Legend 1000W 80+ Gold</t>
+  </si>
+  <si>
+    <t>ASR-PS-SL-1000G</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte UD1000GM PG5 V2 - 1000W 80+ Gold PCIe 5.1 Ready</t>
+  </si>
+  <si>
+    <t>GA-PS-UD1000GM-PG50-V2</t>
+  </si>
+  <si>
     <t>Захранващ блок Cooler Master MWE GOLD 1250W V2 ATX 3.1</t>
   </si>
   <si>
     <t>CM-PS-MPE-C501-AFCAG-3EEU</t>
+  </si>
+  <si>
+    <t>Захранващ блок FSP HYDRO TI PRO 1000W, 80+ Titanium ATX 3.1 PCIe 5.1</t>
+  </si>
+  <si>
+    <t>FORT-PS-HTI-1000M</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte UD1600PM PG5 AI TOP - 1600W 80+ Platinum PCIe 5.1 Ready</t>
+  </si>
+  <si>
+    <t>GA-PS-UD1600PM-PG5</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASUS Pro WS 3000W 80+ Platinum PCIe 5.1, Fully Modular</t>
+  </si>
+  <si>
+    <t>ASUS-PS-PRO-WS-3000P</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1009,51 +1012,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D110"/>
+  <dimension ref="A1:D130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1115,1486 +1118,1766 @@
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>78.984</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>81.888</v>
+        <v>81.6</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>82.968</v>
+        <v>83.448</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>83.952</v>
+        <v>83.556</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>87.996</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>95.436</v>
+        <v>94.956</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>95.724</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>99.0</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>99.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>99.0</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>99.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>99.684</v>
+        <v>99.228</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C18">
         <v>102.312</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19">
-        <v>102.816</v>
+        <v>102.456</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C20">
         <v>108.912</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>108.996</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>111.324</v>
+        <v>114.996</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>114.996</v>
+        <v>115.932</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>115.932</v>
+        <v>117.444</v>
       </c>
       <c r="D24" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>117.444</v>
+        <v>118.992</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>118.992</v>
       </c>
       <c r="D26" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>118.992</v>
+        <v>122.544</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>122.544</v>
+        <v>122.94</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>123.384</v>
+        <v>126.528</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>127.908</v>
+        <v>128.064</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>128.52</v>
+        <v>128.388</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>128.544</v>
+        <v>133.032</v>
       </c>
       <c r="D32" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>133.776</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>138.576</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>138.96</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>138.996</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>138.996</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>145.14</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>148.008</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>148.992</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>152.184</v>
+        <v>152.532</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>152.532</v>
+        <v>154.068</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>152.712</v>
+        <v>160.332</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>154.068</v>
+        <v>168.996</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>159.0</v>
+        <v>168.996</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>160.896</v>
+        <v>168.996</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>168.996</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>168.996</v>
+        <v>171.192</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>168.996</v>
+        <v>174.144</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>168.996</v>
+        <v>184.764</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>171.192</v>
+        <v>196.728</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>174.144</v>
+        <v>198.66</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>179.916</v>
+        <v>198.996</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>184.764</v>
+        <v>198.996</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>196.728</v>
+        <v>198.996</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>198.996</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>198.996</v>
+        <v>200.4</v>
       </c>
       <c r="D57" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>198.996</v>
+        <v>206.4</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>198.996</v>
+        <v>214.992</v>
       </c>
       <c r="D59" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>198.996</v>
+        <v>219.0</v>
       </c>
       <c r="D60" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>199.368</v>
+        <v>219.0</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>200.4</v>
+        <v>219.0</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>206.4</v>
+        <v>222.372</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>214.992</v>
+        <v>224.784</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>219.0</v>
+        <v>226.776</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>219.0</v>
+        <v>235.56</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>223.152</v>
+        <v>236.352</v>
       </c>
       <c r="D67" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>224.784</v>
+        <v>238.692</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>226.776</v>
+        <v>238.992</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>235.8</v>
+        <v>238.992</v>
       </c>
       <c r="D70" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>236.352</v>
+        <v>243.156</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>238.692</v>
+        <v>245.1</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>238.992</v>
+        <v>248.148</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>238.992</v>
+        <v>249.0</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>243.156</v>
+        <v>249.0</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>245.964</v>
+        <v>249.0</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>248.148</v>
+        <v>249.0</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C78">
         <v>249.0</v>
       </c>
       <c r="D78" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C79">
         <v>249.0</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C80">
         <v>249.0</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>249.0</v>
+        <v>259.68</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>249.0</v>
+        <v>265.896</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>249.0</v>
+        <v>268.992</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>249.0</v>
+        <v>273.396</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>259.68</v>
+        <v>278.904</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>265.896</v>
+        <v>282.996</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>273.396</v>
+        <v>284.148</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>278.904</v>
+        <v>288.996</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>282.996</v>
+        <v>292.668</v>
       </c>
       <c r="D89" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>284.148</v>
+        <v>294.876</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>288.996</v>
+        <v>295.74</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>292.668</v>
+        <v>298.992</v>
       </c>
       <c r="D92" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>294.876</v>
+        <v>298.992</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>295.74</v>
+        <v>298.992</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>298.716</v>
+        <v>298.992</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C96">
         <v>298.992</v>
       </c>
       <c r="D96" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C97">
         <v>298.992</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="C98">
         <v>298.992</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>298.992</v>
+        <v>299.004</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>298.992</v>
+        <v>299.1</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>298.992</v>
+        <v>304.104</v>
       </c>
       <c r="D101" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="B102" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="C102">
-        <v>99.0</v>
+        <v>94.956</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B103" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="C103">
-        <v>111.324</v>
+        <v>99.0</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B104" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C104">
         <v>114.996</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B105" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C105">
         <v>118.992</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>208</v>
+        <v>63</v>
       </c>
       <c r="B106" t="s">
-        <v>209</v>
+        <v>64</v>
       </c>
       <c r="C106">
-        <v>310.992</v>
+        <v>128.064</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>210</v>
+        <v>65</v>
       </c>
       <c r="B107" t="s">
-        <v>211</v>
+        <v>66</v>
       </c>
       <c r="C107">
-        <v>310.992</v>
+        <v>128.388</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>212</v>
+        <v>67</v>
       </c>
       <c r="B108" t="s">
-        <v>213</v>
+        <v>68</v>
       </c>
       <c r="C108">
-        <v>318.996</v>
+        <v>133.032</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
+        <v>69</v>
+      </c>
+      <c r="B109" t="s">
+        <v>70</v>
+      </c>
+      <c r="C109">
+        <v>133.776</v>
+      </c>
+      <c r="D109" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>73</v>
+      </c>
+      <c r="B110" t="s">
+        <v>74</v>
+      </c>
+      <c r="C110">
+        <v>138.96</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>77</v>
+      </c>
+      <c r="B111" t="s">
+        <v>78</v>
+      </c>
+      <c r="C111">
+        <v>138.996</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>79</v>
+      </c>
+      <c r="B112" t="s">
+        <v>80</v>
+      </c>
+      <c r="C112">
+        <v>145.14</v>
+      </c>
+      <c r="D112" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>97</v>
+      </c>
+      <c r="B113" t="s">
+        <v>98</v>
+      </c>
+      <c r="C113">
+        <v>168.996</v>
+      </c>
+      <c r="D113" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>99</v>
+      </c>
+      <c r="B114" t="s">
+        <v>100</v>
+      </c>
+      <c r="C114">
+        <v>171.192</v>
+      </c>
+      <c r="D114" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>103</v>
+      </c>
+      <c r="B115" t="s">
+        <v>104</v>
+      </c>
+      <c r="C115">
+        <v>184.764</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>121</v>
+      </c>
+      <c r="B116" t="s">
+        <v>122</v>
+      </c>
+      <c r="C116">
+        <v>214.992</v>
+      </c>
+      <c r="D116" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>127</v>
+      </c>
+      <c r="B117" t="s">
+        <v>128</v>
+      </c>
+      <c r="C117">
+        <v>219.0</v>
+      </c>
+      <c r="D117" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>129</v>
+      </c>
+      <c r="B118" t="s">
+        <v>130</v>
+      </c>
+      <c r="C118">
+        <v>222.372</v>
+      </c>
+      <c r="D118" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>135</v>
+      </c>
+      <c r="B119" t="s">
+        <v>136</v>
+      </c>
+      <c r="C119">
+        <v>235.56</v>
+      </c>
+      <c r="D119" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>143</v>
+      </c>
+      <c r="B120" t="s">
+        <v>144</v>
+      </c>
+      <c r="C120">
+        <v>238.992</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>163</v>
+      </c>
+      <c r="B121" t="s">
+        <v>164</v>
+      </c>
+      <c r="C121">
+        <v>249.0</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>169</v>
+      </c>
+      <c r="B122" t="s">
+        <v>170</v>
+      </c>
+      <c r="C122">
+        <v>268.992</v>
+      </c>
+      <c r="D122" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>197</v>
+      </c>
+      <c r="B123" t="s">
+        <v>198</v>
+      </c>
+      <c r="C123">
+        <v>298.992</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>199</v>
+      </c>
+      <c r="B124" t="s">
+        <v>200</v>
+      </c>
+      <c r="C124">
+        <v>298.992</v>
+      </c>
+      <c r="D124" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>207</v>
+      </c>
+      <c r="B125" t="s">
+        <v>208</v>
+      </c>
+      <c r="C125">
+        <v>333.828</v>
+      </c>
+      <c r="D125" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>209</v>
+      </c>
+      <c r="B126" t="s">
+        <v>210</v>
+      </c>
+      <c r="C126">
+        <v>339.0</v>
+      </c>
+      <c r="D126" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>211</v>
+      </c>
+      <c r="B127" t="s">
+        <v>212</v>
+      </c>
+      <c r="C127">
+        <v>527.532</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>213</v>
+      </c>
+      <c r="B128" t="s">
         <v>214</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C128">
+        <v>706.152</v>
+      </c>
+      <c r="D128" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
         <v>215</v>
       </c>
-      <c r="C109">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="B129" t="s">
+        <v>216</v>
+      </c>
+      <c r="C129">
+        <v>1758.3</v>
+      </c>
+      <c r="D129" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D110"/>
+  <autoFilter ref="A1:D130"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>