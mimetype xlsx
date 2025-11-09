--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -7,233 +7,206 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>MOZA ES Steering Wheel 28cm</t>
   </si>
   <si>
     <t>MOZA-WH-ES</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>not available</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER, Ferrari 458 Spider, for XBox</t>
   </si>
   <si>
     <t>THRUST-RW-F458S</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER T80,  force feedback, for PS4</t>
   </si>
   <si>
     <t>THRUST-RW-T80-F488</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>MOZA ESX Steering Wheel 28cm for PC and XBOX</t>
   </si>
   <si>
     <t>MOZA-WH-ESX</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>MOZA SR-P 2-Pedal Set</t>
   </si>
   <si>
     <t>MOZA-PEDAL-SR-P-2</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER, 599XX EVO 30 Add-On, Alcantara Edition</t>
   </si>
   <si>
     <t>THRUST-RW-F599X-ADD-ON</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER T128 for PC, XBOX</t>
   </si>
   <si>
     <t>THRUST-RW-T128-PC-XBOX</t>
   </si>
   <si>
     <t>Racing Wheel  THRUSTMASTER T128, For PC / PS4 / PS5</t>
   </si>
   <si>
     <t>THRUST-RW-T128</t>
   </si>
   <si>
-    <t>Racing Wheel THRUSTMASTER, Ferrari F1 Wheel Add-On, for PS3/PS4/PC/Xbox One</t>
-[...4 lines deleted...]
-  <si>
     <t>Racing Wheel THRUSTMASTER Racing Wheel TMX XBOX ONE/PC,Black</t>
   </si>
   <si>
     <t>THRUST-RW-TMX-FF</t>
   </si>
   <si>
-    <t>Racing Wheel Thrustmaster Ferrari 488 GT3 Wheel Add-On, PC, PS4, PS5, Xbox</t>
-[...4 lines deleted...]
-  <si>
     <t>Racing Wheel Logitech Driving Force G29 PS3/PS4/PC, Black</t>
   </si>
   <si>
     <t>LOGITECH-RW-G29</t>
   </si>
   <si>
     <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC, Black</t>
   </si>
   <si>
     <t>LOGITECH-RW-G920</t>
   </si>
   <si>
     <t>MOZA KS GT Steering Wheel 30cm</t>
   </si>
   <si>
     <t>MOZA-WH-KS-GT</t>
   </si>
   <si>
-    <t>Racing Wheel Logitech G923 Sim Racing Wheel, PS4, PC</t>
+    <t>Racing Wheel Logitech G923 Sim Racing Wheel, PS4, PS5, PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-PS4</t>
   </si>
   <si>
     <t>MOZA TSW Truck Wheel</t>
   </si>
   <si>
     <t>MOZA-WH-TSW</t>
   </si>
   <si>
     <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC Combo with Gaming Headset Astro A10</t>
   </si>
   <si>
     <t>LOGITECH-RW-G920-BUNDLE</t>
   </si>
   <si>
     <t>Racing Wheel Logitech Driving Force G29 PS3/PS4/PS5/PC combo with Gaming Headset Astro A10</t>
   </si>
   <si>
     <t>LOGITECH-RW-G29-BUNDLE</t>
   </si>
   <si>
     <t>MOZA CS V2P Steering Wheel for PC</t>
   </si>
   <si>
     <t>MOZA-WH-CS-V2P</t>
   </si>
   <si>
-    <t>THRUSTMASTER Racing Wheel T248 PC, Xbox</t>
-[...4 lines deleted...]
-  <si>
     <t>THRUSTMASTER Racing Wheel T248 PS5/PS4/PC</t>
   </si>
   <si>
     <t>THRUST-RW-T248</t>
   </si>
   <si>
     <t>Racing Wheel Logitech G923 Sim Racing Wheel, Xbox, PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-XBOX</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 + LOGITECH Shifter for PS4/PS5/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 SE + LOGITECH Shifter for Xbox/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND-XBO</t>
   </si>
   <si>
-    <t>Racing Wheel  THRUSTMASTER TX Racing Wheel Leather Edition, for  PC / XBox</t>
-[...4 lines deleted...]
-  <si>
     <t>Wheel MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp for PC and Xbox</t>
   </si>
   <si>
     <t>MOZA-BUN-R3</t>
   </si>
   <si>
     <t>Racing Wheel  THRUSTMASTER, T300 Ferrari Alcantara Edition, for PC / PS3 / PS4</t>
   </si>
   <si>
     <t>THRUST-RW-T300FIA</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER TS-PC Racer Ferrari 488 Challenge Edition for PC</t>
   </si>
   <si>
     <t>THRUST-RW-F488</t>
   </si>
   <si>
     <t>MOZA RS V2 Steering Wheel for PC</t>
   </si>
   <si>
     <t>MOZA-WH-RS-V2</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER Racing Wheel T300 RS GT PS4/PS3/PC</t>
@@ -250,60 +223,72 @@
   <si>
     <t>MOZA CRP2 Load Cell Pedals (Throttle+Brake)</t>
   </si>
   <si>
     <t>MOZA-PEDAL-CRP2</t>
   </si>
   <si>
     <t>MOZA R5 Bundle</t>
   </si>
   <si>
     <t>MOZA-BUN-R5</t>
   </si>
   <si>
     <t>MOZA R5 Trucking Bundle</t>
   </si>
   <si>
     <t>MOZA-BUN-R5-TRUCK</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER THRUSTMASTER TS-XW Sparco P310 Racer Competition Mod Wheel for Xbox/PC</t>
   </si>
   <si>
     <t>THRUST-RW-TS-XW</t>
   </si>
   <si>
+    <t>MOZA FSR2 Formula Wheel</t>
+  </si>
+  <si>
+    <t>MOZA-WH-FSR2</t>
+  </si>
+  <si>
     <t>Racing Wheel THRUSTMASTER T-GT II PACK</t>
   </si>
   <si>
     <t>THRUST-RW-T-GT-II</t>
   </si>
   <si>
     <t>MOZA MOZA Vision GS Wheel</t>
   </si>
   <si>
     <t>MOZA-WH-VISION-GS</t>
+  </si>
+  <si>
+    <t>MOZA Essenza SCV12 Sim Racing Steering wheel R5, R9 V2, R12 , R16, R21 - PC</t>
+  </si>
+  <si>
+    <t>MOZA-WH-SCV12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -607,51 +592,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -688,517 +673,489 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>280.476</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
         <v>328.992</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C6">
         <v>348.996</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C7">
         <v>362.532</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C8">
         <v>373.02</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C9">
         <v>376.776</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>400.752</v>
+        <v>471.288</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>471.288</v>
+        <v>498.996</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>492.372</v>
+        <v>528.996</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>498.996</v>
+        <v>549.0</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>528.996</v>
+        <v>598.992</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>549.0</v>
+        <v>598.992</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>598.992</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>598.992</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>598.992</v>
+        <v>599.004</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>598.992</v>
+        <v>644.616</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>599.004</v>
+        <v>648.996</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>640.284</v>
+        <v>748.992</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>644.616</v>
+        <v>748.992</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>648.996</v>
+        <v>849.0</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>748.992</v>
+        <v>894.456</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>748.992</v>
+        <v>898.8</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>778.8</v>
+        <v>898.992</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>849.0</v>
+        <v>945.036</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>894.456</v>
+        <v>948.996</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>898.8</v>
+        <v>948.996</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>898.992</v>
+        <v>999.0</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>945.036</v>
+        <v>1248.996</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>948.996</v>
+        <v>1261.056</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>948.996</v>
+        <v>1299.0</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>999.0</v>
+        <v>1427.028</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>1248.996</v>
+        <v>1548.996</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>1261.056</v>
+        <v>2799.0</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
-[...27 lines deleted...]
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D39"/>
+  <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>