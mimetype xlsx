--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -7,228 +7,204 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>MOZA ES Steering Wheel 28cm</t>
   </si>
   <si>
     <t>MOZA-WH-ES</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Racing Wheel THRUSTMASTER, Ferrari 458 Spider, for XBox</t>
-[...2 lines deleted...]
-    <t>THRUST-RW-F458S</t>
+    <t>MOZA ESX Steering Wheel 28cm for PC and XBOX</t>
+  </si>
+  <si>
+    <t>MOZA-WH-ESX</t>
+  </si>
+  <si>
+    <t>MOZA SR-P 2-Pedal Set</t>
+  </si>
+  <si>
+    <t>MOZA-PEDAL-SR-P-2</t>
+  </si>
+  <si>
+    <t>Racing Wheel THRUSTMASTER T128 for PC, XBOX</t>
+  </si>
+  <si>
+    <t>THRUST-RW-T128-PC-XBOX</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Racing Wheel THRUSTMASTER T80,  force feedback, for PS4</t>
-[...2 lines deleted...]
-    <t>THRUST-RW-T80-F488</t>
+    <t>Racing Wheel  THRUSTMASTER T128, For PC / PS4 / PS5</t>
+  </si>
+  <si>
+    <t>THRUST-RW-T128</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>MOZA ESX Steering Wheel 28cm for PC and XBOX</t>
-[...28 lines deleted...]
-  <si>
     <t>Racing Wheel THRUSTMASTER Racing Wheel TMX XBOX ONE/PC,Black</t>
   </si>
   <si>
     <t>THRUST-RW-TMX-FF</t>
   </si>
   <si>
     <t>Racing Wheel Logitech Driving Force G29 PS3/PS4/PC, Black</t>
   </si>
   <si>
     <t>LOGITECH-RW-G29</t>
   </si>
   <si>
+    <t>MOZA CS V2P Steering Wheel for PC</t>
+  </si>
+  <si>
+    <t>MOZA-WH-CS-V2P</t>
+  </si>
+  <si>
+    <t>MOZA TSW Truck Wheel</t>
+  </si>
+  <si>
+    <t>MOZA-WH-TSW</t>
+  </si>
+  <si>
     <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC, Black</t>
   </si>
   <si>
     <t>LOGITECH-RW-G920</t>
   </si>
   <si>
     <t>MOZA KS GT Steering Wheel 30cm</t>
   </si>
   <si>
     <t>MOZA-WH-KS-GT</t>
   </si>
   <si>
     <t>Racing Wheel Logitech G923 Sim Racing Wheel, PS4, PS5, PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-PS4</t>
   </si>
   <si>
-    <t>MOZA TSW Truck Wheel</t>
-[...4 lines deleted...]
-  <si>
     <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC Combo with Gaming Headset Astro A10</t>
   </si>
   <si>
     <t>LOGITECH-RW-G920-BUNDLE</t>
   </si>
   <si>
     <t>Racing Wheel Logitech Driving Force G29 PS3/PS4/PS5/PC combo with Gaming Headset Astro A10</t>
   </si>
   <si>
     <t>LOGITECH-RW-G29-BUNDLE</t>
   </si>
   <si>
-    <t>MOZA CS V2P Steering Wheel for PC</t>
-[...10 lines deleted...]
-  <si>
     <t>Racing Wheel Logitech G923 Sim Racing Wheel, Xbox, PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-XBOX</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 + LOGITECH Shifter for PS4/PS5/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 SE + LOGITECH Shifter for Xbox/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND-XBO</t>
   </si>
   <si>
+    <t>MOZA RS V2 Steering Wheel for PC</t>
+  </si>
+  <si>
+    <t>MOZA-WH-RS-V2</t>
+  </si>
+  <si>
     <t>Wheel MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp for PC and Xbox</t>
   </si>
   <si>
     <t>MOZA-BUN-R3</t>
   </si>
   <si>
     <t>Racing Wheel  THRUSTMASTER, T300 Ferrari Alcantara Edition, for PC / PS3 / PS4</t>
   </si>
   <si>
     <t>THRUST-RW-T300FIA</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER TS-PC Racer Ferrari 488 Challenge Edition for PC</t>
   </si>
   <si>
     <t>THRUST-RW-F488</t>
-  </si>
-[...4 lines deleted...]
-    <t>MOZA-WH-RS-V2</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER Racing Wheel T300 RS GT PS4/PS3/PC</t>
   </si>
   <si>
     <t>THRUST-RW-T300RSGT</t>
   </si>
   <si>
     <t>MOZA GS V2P GT Wheel for PC</t>
   </si>
   <si>
     <t>MOZA-WH-GS-V2P</t>
   </si>
   <si>
     <t>MOZA CRP2 Load Cell Pedals (Throttle+Brake)</t>
   </si>
   <si>
     <t>MOZA-PEDAL-CRP2</t>
   </si>
   <si>
     <t>MOZA R5 Bundle</t>
   </si>
   <si>
     <t>MOZA-BUN-R5</t>
   </si>
@@ -592,570 +568,514 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>249.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>262.584</v>
+        <v>328.992</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>280.476</v>
+        <v>348.996</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5">
+        <v>373.02</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>376.776</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>362.532</v>
+        <v>402.0</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>373.02</v>
+        <v>498.996</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>376.776</v>
+        <v>498.996</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>471.288</v>
+        <v>498.996</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>498.996</v>
+        <v>528.996</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>528.996</v>
+        <v>549.0</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>549.0</v>
+        <v>598.992</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>598.992</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>598.992</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>598.992</v>
+        <v>648.996</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>598.992</v>
+        <v>748.992</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>599.004</v>
+        <v>748.992</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>644.616</v>
+        <v>828.996</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>648.996</v>
+        <v>849.0</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>748.992</v>
+        <v>894.456</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>748.992</v>
+        <v>898.8</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>849.0</v>
+        <v>945.036</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>894.456</v>
+        <v>948.996</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>898.8</v>
+        <v>948.996</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>898.992</v>
+        <v>999.0</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>945.036</v>
+        <v>1248.996</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>948.996</v>
+        <v>1261.056</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>948.996</v>
+        <v>1299.0</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>999.0</v>
+        <v>1427.028</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>1248.996</v>
+        <v>1548.996</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>1261.056</v>
+        <v>2799.0</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
-[...55 lines deleted...]
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D37"/>
+  <autoFilter ref="A1:D33"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>