--- v2 (2025-12-13)
+++ v3 (2026-03-08)
@@ -7,258 +7,252 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>MOZA ES Steering Wheel 28cm</t>
-[...2 lines deleted...]
-    <t>MOZA-WH-ES</t>
+    <t>MOZA SR-P 2-Pedal Set</t>
+  </si>
+  <si>
+    <t>MOZA-PEDAL-SR-P-2</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>MOZA ESX Steering Wheel 28cm for PC and XBOX</t>
+  </si>
+  <si>
+    <t>MOZA-WH-ESX</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>MOZA ESX Steering Wheel 28cm for PC and XBOX</t>
-[...10 lines deleted...]
-  <si>
     <t>Racing Wheel THRUSTMASTER T128 for PC, XBOX</t>
   </si>
   <si>
     <t>THRUST-RW-T128-PC-XBOX</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Racing Wheel  THRUSTMASTER T128, For PC / PS4 / PS5</t>
-[...7 lines deleted...]
-  <si>
     <t>Racing Wheel THRUSTMASTER Racing Wheel TMX XBOX ONE/PC,Black</t>
   </si>
   <si>
     <t>THRUST-RW-TMX-FF</t>
   </si>
   <si>
+    <t>Racing Wheel Thrustmaster Ferrari 488 GT3 Wheel Add-On, PC, PS4, PS5, Xbox</t>
+  </si>
+  <si>
+    <t>THRUST-RW-F488-GT3-ADD</t>
+  </si>
+  <si>
+    <t>MOZA CS V2P Steering Wheel for PC</t>
+  </si>
+  <si>
+    <t>MOZA-WH-CS-V2P</t>
+  </si>
+  <si>
     <t>Racing Wheel Logitech Driving Force G29 PS3/PS4/PC, Black</t>
   </si>
   <si>
     <t>LOGITECH-RW-G29</t>
   </si>
   <si>
-    <t>MOZA CS V2P Steering Wheel for PC</t>
-[...2 lines deleted...]
-    <t>MOZA-WH-CS-V2P</t>
+    <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC, Black</t>
+  </si>
+  <si>
+    <t>LOGITECH-RW-G920</t>
+  </si>
+  <si>
+    <t>Racing Wheel Logitech G923 Sim Racing Wheel, Xbox, PC</t>
+  </si>
+  <si>
+    <t>LOGITECH-RW-G923-XBOX</t>
   </si>
   <si>
     <t>MOZA TSW Truck Wheel</t>
   </si>
   <si>
     <t>MOZA-WH-TSW</t>
   </si>
   <si>
-    <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC, Black</t>
-[...2 lines deleted...]
-    <t>LOGITECH-RW-G920</t>
+    <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC Combo with Gaming Headset Astro A10</t>
+  </si>
+  <si>
+    <t>LOGITECH-RW-G920-BUNDLE</t>
+  </si>
+  <si>
+    <t>Racing Wheel Logitech Driving Force G29 PS3/PS4/PS5/PC combo with Gaming Headset Astro A10</t>
+  </si>
+  <si>
+    <t>LOGITECH-RW-G29-BUNDLE</t>
   </si>
   <si>
     <t>MOZA KS GT Steering Wheel 30cm</t>
   </si>
   <si>
     <t>MOZA-WH-KS-GT</t>
   </si>
   <si>
     <t>Racing Wheel Logitech G923 Sim Racing Wheel, PS4, PS5, PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-PS4</t>
   </si>
   <si>
-    <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC Combo with Gaming Headset Astro A10</t>
-[...14 lines deleted...]
-    <t>LOGITECH-RW-G923-XBOX</t>
+    <t>Wheel MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp for PC</t>
+  </si>
+  <si>
+    <t>MOZA-BUN-R3-PC</t>
+  </si>
+  <si>
+    <t>Wheel MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp for PC and Xbox</t>
+  </si>
+  <si>
+    <t>MOZA-BUN-R3</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 + LOGITECH Shifter for PS4/PS5/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 SE + LOGITECH Shifter for Xbox/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND-XBO</t>
   </si>
   <si>
+    <t>MOZA CRP2 Load Cell Pedals (Throttle+Brake)</t>
+  </si>
+  <si>
+    <t>MOZA-PEDAL-CRP2</t>
+  </si>
+  <si>
+    <t>MOZA R5 Bundle</t>
+  </si>
+  <si>
+    <t>MOZA-BUN-R5</t>
+  </si>
+  <si>
     <t>MOZA RS V2 Steering Wheel for PC</t>
   </si>
   <si>
     <t>MOZA-WH-RS-V2</t>
   </si>
   <si>
-    <t>Wheel MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp for PC and Xbox</t>
-[...2 lines deleted...]
-    <t>MOZA-BUN-R3</t>
+    <t>MOZA GS V2P GT Wheel for PC</t>
+  </si>
+  <si>
+    <t>MOZA-WH-GS-V2P</t>
   </si>
   <si>
     <t>Racing Wheel  THRUSTMASTER, T300 Ferrari Alcantara Edition, for PC / PS3 / PS4</t>
   </si>
   <si>
     <t>THRUST-RW-T300FIA</t>
   </si>
   <si>
+    <t>Racing Wheel THRUSTMASTER Racing Wheel T300 RS GT PS4/PS3/PC</t>
+  </si>
+  <si>
+    <t>THRUST-RW-T300RSGT</t>
+  </si>
+  <si>
     <t>Racing Wheel THRUSTMASTER TS-PC Racer Ferrari 488 Challenge Edition for PC</t>
   </si>
   <si>
     <t>THRUST-RW-F488</t>
   </si>
   <si>
-    <t>Racing Wheel THRUSTMASTER Racing Wheel T300 RS GT PS4/PS3/PC</t>
-[...22 lines deleted...]
-  <si>
     <t>MOZA R5 Trucking Bundle</t>
   </si>
   <si>
     <t>MOZA-BUN-R5-TRUCK</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER THRUSTMASTER TS-XW Sparco P310 Racer Competition Mod Wheel for Xbox/PC</t>
   </si>
   <si>
     <t>THRUST-RW-TS-XW</t>
   </si>
   <si>
     <t>MOZA FSR2 Formula Wheel</t>
   </si>
   <si>
     <t>MOZA-WH-FSR2</t>
   </si>
   <si>
     <t>Racing Wheel THRUSTMASTER T-GT II PACK</t>
   </si>
   <si>
     <t>THRUST-RW-T-GT-II</t>
-  </si>
-[...4 lines deleted...]
-    <t>MOZA-WH-VISION-GS</t>
   </si>
   <si>
     <t>MOZA Essenza SCV12 Sim Racing Steering wheel R5, R9 V2, R12 , R16, R21 - PC</t>
   </si>
   <si>
     <t>MOZA-WH-SCV12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -568,514 +562,500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>249.0</v>
+        <v>138.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>328.992</v>
+        <v>148.992</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>348.996</v>
+        <v>190.728</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>373.02</v>
+        <v>240.96</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>376.776</v>
+        <v>251.748</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>402.0</v>
+        <v>258.996</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>498.996</v>
+        <v>268.992</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>498.996</v>
+        <v>268.992</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>498.996</v>
+        <v>268.992</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>528.996</v>
+        <v>268.992</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>549.0</v>
+        <v>268.992</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>598.992</v>
+        <v>268.992</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>598.992</v>
+        <v>279.0</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>598.992</v>
+        <v>298.992</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>648.996</v>
+        <v>348.996</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>748.992</v>
+        <v>378.996</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>748.992</v>
+        <v>382.956</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>828.996</v>
+        <v>382.956</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>849.0</v>
+        <v>399.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>894.456</v>
+        <v>429.0</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>898.8</v>
+        <v>429.0</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>945.036</v>
+        <v>429.0</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>948.996</v>
+        <v>457.32</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>948.996</v>
+        <v>483.192</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>999.0</v>
+        <v>512.196</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>1248.996</v>
+        <v>528.996</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>1261.056</v>
+        <v>644.772</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>1299.0</v>
+        <v>699.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>1427.028</v>
+        <v>711.84</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>1548.996</v>
+        <v>1398.996</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D33"/>
+  <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>