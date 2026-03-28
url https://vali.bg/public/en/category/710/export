--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -14,97 +14,97 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>MOZA SR-P 2-Pedal Set</t>
   </si>
   <si>
     <t>MOZA-PEDAL-SR-P-2</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>MOZA ESX Steering Wheel 28cm for PC and XBOX</t>
+  </si>
+  <si>
+    <t>MOZA-WH-ESX</t>
+  </si>
+  <si>
+    <t>Racing Wheel THRUSTMASTER T128 for PC, XBOX</t>
+  </si>
+  <si>
+    <t>THRUST-RW-T128-PC-XBOX</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Racing Wheel THRUSTMASTER Racing Wheel TMX XBOX ONE/PC,Black</t>
+  </si>
+  <si>
+    <t>THRUST-RW-TMX-FF</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>MOZA ESX Steering Wheel 28cm for PC and XBOX</t>
-[...22 lines deleted...]
-  <si>
     <t>Racing Wheel Thrustmaster Ferrari 488 GT3 Wheel Add-On, PC, PS4, PS5, Xbox</t>
   </si>
   <si>
     <t>THRUST-RW-F488-GT3-ADD</t>
   </si>
   <si>
     <t>MOZA CS V2P Steering Wheel for PC</t>
   </si>
   <si>
     <t>MOZA-WH-CS-V2P</t>
   </si>
   <si>
     <t>Racing Wheel Logitech Driving Force G29 PS3/PS4/PC, Black</t>
   </si>
   <si>
     <t>LOGITECH-RW-G29</t>
   </si>
   <si>
     <t>Racing Wheel Logitech Driving Force G920 Xbox One/PC, Black</t>
   </si>
   <si>
     <t>LOGITECH-RW-G920</t>
   </si>
   <si>
     <t>Racing Wheel Logitech G923 Sim Racing Wheel, Xbox, PC</t>
@@ -131,50 +131,53 @@
     <t>LOGITECH-RW-G29-BUNDLE</t>
   </si>
   <si>
     <t>MOZA KS GT Steering Wheel 30cm</t>
   </si>
   <si>
     <t>MOZA-WH-KS-GT</t>
   </si>
   <si>
     <t>Racing Wheel Logitech G923 Sim Racing Wheel, PS4, PS5, PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-PS4</t>
   </si>
   <si>
     <t>Wheel MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp for PC</t>
   </si>
   <si>
     <t>MOZA-BUN-R3-PC</t>
   </si>
   <si>
     <t>Wheel MOZA R3 Bundle R3 Base + ES Wheel + SR-P Lite Double + R3 Table Clamp for PC and Xbox</t>
   </si>
   <si>
     <t>MOZA-BUN-R3</t>
+  </si>
+  <si>
+    <t>on route</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 + LOGITECH Shifter for PS4/PS5/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND</t>
   </si>
   <si>
     <t>Racing Wheel LOGITECH G923 SE + LOGITECH Shifter for Xbox/PC</t>
   </si>
   <si>
     <t>LOGITECH-RW-G923-BUND-XBO</t>
   </si>
   <si>
     <t>MOZA CRP2 Load Cell Pedals (Throttle+Brake)</t>
   </si>
   <si>
     <t>MOZA-PEDAL-CRP2</t>
   </si>
   <si>
     <t>MOZA R5 Bundle</t>
   </si>
   <si>
     <t>MOZA-BUN-R5</t>
   </si>
@@ -615,443 +618,443 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>138.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>148.992</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>190.728</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>240.96</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>251.748</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>258.996</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>268.992</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>268.992</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>268.992</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>268.992</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>268.992</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>268.992</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>279.0</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>298.992</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>348.996</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>378.996</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
         <v>382.956</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
         <v>382.956</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>399.0</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>429.0</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>429.0</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>429.0</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>457.32</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>483.192</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>512.196</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>528.996</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>644.772</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
         <v>699.0</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
         <v>711.84</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
         <v>1398.996</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>