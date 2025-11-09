--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -7,237 +7,234 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$38</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP8604, 86"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP8604</t>
   </si>
   <si>
     <t>Web Cam with microphone Streamplify CAM 1080p,</t>
   </si>
   <si>
     <t>SPMC-CZFH221</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
-[...4 lines deleted...]
-  <si>
     <t>Webcam  LOGITECH BRIO 505</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-505-GR</t>
   </si>
   <si>
     <t>Webcam Streamplify CAM PRO 4K USB</t>
   </si>
   <si>
     <t>SPMC-CP4K821</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Flatscreen/vesa interface 481A21</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
+    <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>TRIUMPH BOARD Sensor Box for IFP(BLACK) Android 13 Models for Environmental features, temperature, Humidity, NFC lock and PIR body detection.</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-SENSOR-BOX</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH BRIO Stream, 4K</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-STR</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Notebook ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
+  </si>
+  <si>
+    <t>Laptop Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
+  </si>
+  <si>
+    <t>DELL-NOT-15250-i3-8-512</t>
+  </si>
+  <si>
+    <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT133</t>
+  </si>
+  <si>
+    <t>Laptop Dell 15 DC15250, Intel Core i5-1334U (10C, up to 4.60GHz), 15.6" FHD (1920x1080) 120Hz AG, 16GB DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi6, BT</t>
+  </si>
+  <si>
+    <t>DELL-NOT-15250-i5-16-512</t>
+  </si>
+  <si>
+    <t>Laptop Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
+  </si>
+  <si>
+    <t>LEN-NOT-82XM00QHRM</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10N2-M02NB0</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M01JF0</t>
+  </si>
+  <si>
+    <t>Mobile stand 481A31002</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook M1502YA-BQ086</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M00SA0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J2-M02UM0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J1-M01K90</t>
+  </si>
+  <si>
+    <t>Height adjustable mount, BalanceBox 400-70 Medium</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-70</t>
+  </si>
+  <si>
+    <t>TRIUMPH BOARD 65" IFP BLACK G, Android 14</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-65IFP14</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...112 lines deleted...]
-    <t>TRIUMPH-MON-65IFP14</t>
   </si>
   <si>
     <t>RICOH Interactive Whiteboard A6510</t>
   </si>
   <si>
     <t>RICOH-MON-A6510</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP6504, 65"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP6504</t>
   </si>
   <si>
     <t>METZ Interactive touch display with built-in camera 65SG1 65"</t>
   </si>
   <si>
     <t>METZ-MON-65SG1</t>
   </si>
   <si>
     <t>TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-75IFP14</t>
   </si>
@@ -607,51 +604,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -685,520 +682,506 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>129.0</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>160.8</v>
+        <v>173.532</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>183.42</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>198.996</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>216.0</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C9">
         <v>217.608</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>249.6</v>
+        <v>263.076</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>280.8</v>
+        <v>309.324</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>382.8</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>432.0</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>699.0</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>789.0</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>810.0</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>939.0</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>1048.992</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>1098.996</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>1098.996</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>1140.0</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>1149.0</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>1290.0</v>
+        <v>1329.0</v>
       </c>
       <c r="D23" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>1329.0</v>
+        <v>1398.996</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>1398.996</v>
+        <v>1500.0</v>
       </c>
       <c r="D25" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>1500.0</v>
+        <v>3399.0</v>
       </c>
       <c r="D26" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27">
-        <v>3399.0</v>
+        <v>3588.0</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28">
-        <v>3588.0</v>
+        <v>4140.0</v>
       </c>
       <c r="D28" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>4140.0</v>
+        <v>4200.0</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30">
-        <v>4200.0</v>
+        <v>4398.996</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31">
-        <v>4398.996</v>
+        <v>4438.8</v>
       </c>
       <c r="D31" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32">
-        <v>4438.8</v>
+        <v>4440.0</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33">
-        <v>4440.0</v>
+        <v>0.0</v>
       </c>
       <c r="D33" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34">
-        <v>0.0</v>
+        <v>5040.0</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35">
-        <v>5040.0</v>
+        <v>5280.0</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36">
-        <v>5280.0</v>
+        <v>6000.0</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37">
-        <v>6000.0</v>
+        <v>0.0</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
-[...12 lines deleted...]
-      <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D39"/>
+  <autoFilter ref="A1:D38"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>