--- v1 (2025-11-09)
+++ v2 (2026-01-09)
@@ -7,234 +7,249 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$41</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP8604, 86"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP8604</t>
   </si>
   <si>
     <t>Web Cam with microphone Streamplify CAM 1080p,</t>
   </si>
   <si>
     <t>SPMC-CZFH221</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>Webcam  LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Rose Full HD Webcam, mic, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500-ROS</t>
+  </si>
+  <si>
+    <t>Webcam Streamplify CAM PRO 4K USB</t>
+  </si>
+  <si>
+    <t>SPMC-CP4K821</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
-[...19 lines deleted...]
-  <si>
     <t>Flatscreen/vesa interface 481A21</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
     <t>TRIUMPH BOARD Sensor Box for IFP(BLACK) Android 13 Models for Environmental features, temperature, Humidity, NFC lock and PIR body detection.</t>
   </si>
   <si>
     <t>TRIUMPH-MON-SENSOR-BOX</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH BRIO Stream, 4K</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO-STR</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Notebook ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
   </si>
   <si>
     <t>Laptop Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
   </si>
   <si>
     <t>DELL-NOT-15250-i3-8-512</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
-    <t>Laptop Dell 15 DC15250, Intel Core i5-1334U (10C, up to 4.60GHz), 15.6" FHD (1920x1080) 120Hz AG, 16GB DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi6, BT</t>
-[...2 lines deleted...]
-    <t>DELL-NOT-15250-i5-16-512</t>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
   </si>
   <si>
     <t>Laptop Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
   </si>
   <si>
     <t>LEN-NOT-82XM00QHRM</t>
   </si>
   <si>
     <t>Notebook ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10N2-M02NB0</t>
   </si>
   <si>
     <t>Notebook Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M01JF0</t>
   </si>
   <si>
     <t>Mobile stand 481A31002</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-MOBILE</t>
   </si>
   <si>
     <t>Notebook Asus Vivobook M1502YA-BQ086</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M00SA0</t>
   </si>
   <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
+  </si>
+  <si>
     <t>Notebook ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10J2-M02UM0</t>
   </si>
   <si>
     <t>Notebook ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10J1-M01K90</t>
   </si>
   <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
+  </si>
+  <si>
     <t>Height adjustable mount, BalanceBox 400-70 Medium</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
     <t>TRIUMPH BOARD 65" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-65IFP14</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>RICOH Interactive Whiteboard A6510</t>
   </si>
   <si>
     <t>RICOH-MON-A6510</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP6504, 65"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP6504</t>
   </si>
   <si>
     <t>METZ Interactive touch display with built-in camera 65SG1 65"</t>
   </si>
   <si>
     <t>METZ-MON-65SG1</t>
   </si>
   <si>
     <t>TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-75IFP14</t>
   </si>
@@ -604,51 +619,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -668,520 +683,562 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>0.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>129.0</v>
+        <v>65.952</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>173.532</v>
+        <v>88.056</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>93.78</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>198.996</v>
+        <v>95.592</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>216.0</v>
+        <v>101.748</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>217.608</v>
+        <v>110.436</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>263.076</v>
+        <v>111.264</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>309.324</v>
+        <v>133.5</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>382.8</v>
+        <v>156.972</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>432.0</v>
+        <v>195.72</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
-        <v>699.0</v>
+        <v>253.488</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
-        <v>789.0</v>
+        <v>357.396</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>810.0</v>
+        <v>403.404</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>939.0</v>
+        <v>414.144</v>
       </c>
       <c r="D17" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>1048.992</v>
+        <v>540.0</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>1098.996</v>
+        <v>552.432</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>1098.996</v>
+        <v>561.912</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>1140.0</v>
+        <v>561.912</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>1149.0</v>
+        <v>582.876</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>1329.0</v>
+        <v>587.472</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>1398.996</v>
+        <v>654.0</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>1500.0</v>
+        <v>679.512</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>3399.0</v>
+        <v>715.296</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
         <v>59</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>3588.0</v>
+        <v>756.0</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" t="s">
         <v>61</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>4140.0</v>
+        <v>766.932</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
         <v>63</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>4200.0</v>
+        <v>1737.876</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
         <v>65</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>4398.996</v>
+        <v>1834.512</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
         <v>67</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>4438.8</v>
+        <v>2116.752</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
         <v>69</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>4440.0</v>
+        <v>2147.424</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>0.0</v>
+        <v>2249.172</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>5040.0</v>
+        <v>2269.524</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>5280.0</v>
+        <v>2270.136</v>
       </c>
       <c r="D35" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>6000.0</v>
+        <v>0.0</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
         <v>79</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37">
+        <v>2576.916</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
         <v>80</v>
       </c>
-      <c r="C37">
+      <c r="B38" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38">
+        <v>2699.616</v>
+      </c>
+      <c r="D38" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39">
+        <v>3067.752</v>
+      </c>
+      <c r="D39" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
+        <v>85</v>
+      </c>
+      <c r="C40">
         <v>0.0</v>
       </c>
-      <c r="D37" t="s">
+      <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D38"/>
+  <autoFilter ref="A1:D41"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>