--- v2 (2026-01-09)
+++ v3 (2026-03-08)
@@ -7,315 +7,258 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$41</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>BenQ Interactive Whiteboard RP8604, 86"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RP8604</t>
+  </si>
+  <si>
+    <t>ask for price</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone Streamplify CAM 1080p,</t>
+  </si>
+  <si>
+    <t>SPMC-CZFH221</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Webcam  LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Rose Full HD Webcam, mic, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500-ROS</t>
+  </si>
+  <si>
+    <t>Webcam Streamplify CAM PRO 4K USB</t>
+  </si>
+  <si>
+    <t>SPMC-CP4K821</t>
+  </si>
+  <si>
+    <t>Flatscreen/vesa interface 481A21</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-VESA</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>TRIUMPH BOARD Sensor Box for IFP(BLACK) Android 13 Models for Environmental features, temperature, Humidity, NFC lock and PIR body detection.</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-SENSOR-BOX</t>
+  </si>
+  <si>
+    <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT133</t>
+  </si>
+  <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
+  </si>
+  <si>
+    <t>Mobile stand 481A31002</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
+  </si>
+  <si>
+    <t>Height adjustable mount, BalanceBox 400-70 Medium</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-70</t>
+  </si>
+  <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>RICOH Interactive Whiteboard A6510</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A6510</t>
+  </si>
+  <si>
+    <t>METZ Interactive touch display with built-in camera 65SG1 65"</t>
+  </si>
+  <si>
+    <t>METZ-MON-65SG1</t>
+  </si>
+  <si>
+    <t>TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-75IFP14</t>
+  </si>
+  <si>
+    <t>TRIUMPH BOARD 86” IFP, Black panel, Android 13</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-86IFP13</t>
+  </si>
+  <si>
+    <t>RICOH Interactive Whiteboard A7510</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A7510</t>
+  </si>
+  <si>
+    <t>BenQ Interactive Whiteboard RP6504, 65"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RP6504</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>BalanceBox Winx Touchscreen Whiteboard Frame</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-650-WINX4B-75</t>
+  </si>
+  <si>
+    <t>METZ Interactive touch display with built-in camera 75SG1 75"</t>
+  </si>
+  <si>
+    <t>METZ-MON-75SG1</t>
+  </si>
+  <si>
+    <t>RICOH Interactive Whiteboard A8610</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A8610</t>
+  </si>
+  <si>
+    <t>METZ Interactive touch display with built-in camera 86SG1 86"</t>
+  </si>
+  <si>
+    <t>METZ-MON-86SG1</t>
+  </si>
+  <si>
+    <t>LED Recordable Smart Whiteboard and interactive display VALI146"</t>
+  </si>
+  <si>
+    <t>VALI-MON-146</t>
+  </si>
+  <si>
     <t>BenQ Interactive Whiteboard RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
-  </si>
-[...238 lines deleted...]
-    <t>VALI-MON-146</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -619,626 +562,486 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>0.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>0.0</v>
+        <v>65.952</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>65.952</v>
+        <v>88.404</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>88.056</v>
+        <v>90.264</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>93.78</v>
+        <v>95.592</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>95.592</v>
+        <v>101.748</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>101.748</v>
+        <v>110.436</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>110.436</v>
+        <v>111.264</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>111.264</v>
+        <v>134.016</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>133.5</v>
+        <v>157.572</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>156.972</v>
+        <v>195.72</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>195.72</v>
+        <v>414.144</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>253.488</v>
+        <v>540.0</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>357.396</v>
+        <v>582.876</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>403.404</v>
+        <v>718.8</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>414.144</v>
+        <v>766.932</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>810.0</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>552.432</v>
+        <v>1836.0</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>561.912</v>
+        <v>2147.424</v>
       </c>
       <c r="D20" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>561.912</v>
+        <v>2249.172</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>582.876</v>
+        <v>2269.524</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>587.472</v>
+        <v>2340.0</v>
       </c>
       <c r="D23" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>654.0</v>
+        <v>2400.0</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25">
-        <v>679.512</v>
+        <v>0.0</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26">
-        <v>715.296</v>
+        <v>2576.916</v>
       </c>
       <c r="D26" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27">
-        <v>756.0</v>
+        <v>2700.0</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28">
-        <v>766.932</v>
+        <v>3067.752</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>1737.876</v>
+        <v>0.0</v>
       </c>
       <c r="D29" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30">
-        <v>1834.512</v>
+        <v>3720.0</v>
       </c>
       <c r="D30" t="s">
-        <v>16</v>
-[...139 lines deleted...]
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D41"/>
+  <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>