--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -7,246 +7,264 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP8604, 86"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP8604</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
   <si>
+    <t>Wireless dongle for interactive display BenQ, IFE WD02AT BLACK, WI-FI 6 + BT5.2 WIRELESS DONGLE</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-WD02AT</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Web Cam with microphone Streamplify CAM 1080p,</t>
   </si>
   <si>
     <t>SPMC-CZFH221</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>Webcam  LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Rose Full HD Webcam, mic, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500-ROS</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
-[...19 lines deleted...]
-  <si>
     <t>Webcam Streamplify CAM PRO 4K USB</t>
   </si>
   <si>
     <t>SPMC-CP4K821</t>
   </si>
   <si>
     <t>Flatscreen/vesa interface 481A21</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
     <t>TRIUMPH BOARD Sensor Box for IFP(BLACK) Android 13 Models for Environmental features, temperature, Humidity, NFC lock and PIR body detection.</t>
   </si>
   <si>
     <t>TRIUMPH-MON-SENSOR-BOX</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
     <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250-i3-8-512</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Mobile stand 481A31002</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-MOBILE</t>
   </si>
   <si>
     <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250i5-16-512</t>
   </si>
   <si>
     <t>Height adjustable mount, BalanceBox 400-70 Medium</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
     <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250i7-16-512</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>Interactive display BenQ RE6504A 65"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RE6504A</t>
+  </si>
+  <si>
+    <t>call</t>
   </si>
   <si>
     <t>RICOH Interactive Whiteboard A6510</t>
   </si>
   <si>
     <t>RICOH-MON-A6510</t>
   </si>
   <si>
     <t>METZ Interactive touch display with built-in camera 65SG1 65"</t>
   </si>
   <si>
     <t>METZ-MON-65SG1</t>
   </si>
   <si>
     <t>TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-75IFP14</t>
   </si>
   <si>
     <t>TRIUMPH BOARD 86” IFP, Black panel, Android 13</t>
   </si>
   <si>
     <t>TRIUMPH-MON-86IFP13</t>
   </si>
   <si>
     <t>RICOH Interactive Whiteboard A7510</t>
   </si>
   <si>
     <t>RICOH-MON-A7510</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP6504, 65"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP6504</t>
   </si>
   <si>
-    <t>call</t>
-[...1 lines deleted...]
-  <si>
     <t>BalanceBox Winx Touchscreen Whiteboard Frame</t>
   </si>
   <si>
     <t>BALANCE-BOX-650-WINX4B-75</t>
   </si>
   <si>
     <t>METZ Interactive touch display with built-in camera 75SG1 75"</t>
   </si>
   <si>
     <t>METZ-MON-75SG1</t>
   </si>
   <si>
     <t>RICOH Interactive Whiteboard A8610</t>
   </si>
   <si>
     <t>RICOH-MON-A8610</t>
   </si>
   <si>
     <t>METZ Interactive touch display with built-in camera 86SG1 86"</t>
   </si>
   <si>
     <t>METZ-MON-86SG1</t>
+  </si>
+  <si>
+    <t>Interactive display BenQ RP8605, 86"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RP8605</t>
   </si>
   <si>
     <t>LED Recordable Smart Whiteboard and interactive display VALI146"</t>
   </si>
   <si>
     <t>VALI-MON-146</t>
   </si>
   <si>
     <t>BenQ Interactive Whiteboard RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -562,486 +580,528 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>0.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>65.952</v>
+        <v>54.54</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>88.404</v>
+        <v>58.992</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>90.264</v>
+        <v>88.944</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>95.592</v>
+        <v>90.264</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>95.592</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>110.436</v>
+        <v>99.0</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>111.264</v>
+        <v>110.436</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>134.016</v>
+        <v>111.264</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>157.572</v>
+        <v>134.832</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>195.72</v>
+        <v>158.544</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>414.144</v>
+        <v>195.72</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>540.0</v>
+        <v>414.144</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>582.876</v>
+        <v>540.0</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>718.8</v>
+        <v>582.876</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>766.932</v>
+        <v>718.8</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>810.0</v>
+        <v>766.932</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>1836.0</v>
+        <v>810.0</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>2147.424</v>
+        <v>1270.8</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21">
-        <v>2249.172</v>
+        <v>1836.0</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22">
-        <v>2269.524</v>
+        <v>2147.424</v>
       </c>
       <c r="D22" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23">
-        <v>2340.0</v>
+        <v>2249.172</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24">
-        <v>2400.0</v>
+        <v>2269.524</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
-        <v>0.0</v>
+        <v>2340.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
-        <v>2576.916</v>
+        <v>2400.0</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
-        <v>2700.0</v>
+        <v>0.0</v>
       </c>
       <c r="D27" t="s">
-        <v>41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
-        <v>3067.752</v>
+        <v>2576.916</v>
       </c>
       <c r="D28" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
-        <v>0.0</v>
+        <v>2700.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
+        <v>3067.752</v>
+      </c>
+      <c r="D30" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31">
+        <v>3478.8</v>
+      </c>
+      <c r="D31" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32">
+        <v>0.0</v>
+      </c>
+      <c r="D32" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33">
         <v>3720.0</v>
       </c>
-      <c r="D30" t="s">
-        <v>54</v>
+      <c r="D33" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D31"/>
+  <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>