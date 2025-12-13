--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -14,80 +14,77 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$10</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Alphacool Ultra Pure Water 1000ml</t>
   </si>
   <si>
     <t>AC-30033</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Alphacool Eiswasser Crystal Green UV-active premixed coolant 1000ml</t>
   </si>
   <si>
     <t>AC-1012562</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Alphacool Eiswasser Crystal Blue 1000ml</t>
   </si>
   <si>
     <t>AC-1014014</t>
   </si>
   <si>
     <t>Alphacool Eiswasser Crystal Yellow UV-active premixed coolant 1000ml</t>
   </si>
   <si>
     <t>AC-1012559</t>
   </si>
   <si>
     <t>Alphacool Eiswasser Crystal Red premixed coolant 1000ml</t>
   </si>
   <si>
     <t>AC-1014016</t>
   </si>
   <si>
     <t>Alphacool Eiswasser Crystal Blue UV-active premixed coolant 1000ml</t>
   </si>
   <si>
     <t>AC-1012560</t>
   </si>
@@ -438,171 +435,171 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>15.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>29.136</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>29.136</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>29.412</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>30.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C7">
         <v>30.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C8">
         <v>31.368</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C9">
         <v>58.176</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D10"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 