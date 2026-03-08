--- v1 (2025-12-13)
+++ v2 (2026-03-08)
@@ -460,149 +460,149 @@
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>29.136</v>
+        <v>14.904</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>29.136</v>
+        <v>14.904</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>29.412</v>
+        <v>15.036</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>31.368</v>
+        <v>16.044</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>58.176</v>
+        <v>29.748</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D10"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>