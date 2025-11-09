--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -124,72 +124,72 @@
   <si>
     <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal (51-250)</t>
   </si>
   <si>
     <t>FS-SOFT-CRLDRGS365RNW250</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal Single User</t>
   </si>
   <si>
     <t>FS-SOFT-CORELDRGS365RNW</t>
   </si>
   <si>
     <t>Painter 2022 License (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-PAINTER-1</t>
   </si>
   <si>
     <t>Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-AUD</t>
   </si>
   <si>
+    <t>SOUND FORGE Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
+  </si>
+  <si>
+    <t>MAGIX VEGAS Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
+  </si>
+  <si>
+    <t>Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ILLUSTR</t>
+  </si>
+  <si>
     <t>Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PREMPRO</t>
-  </si>
-[...16 lines deleted...]
-    <t>FS-SOFT-ADOBE-ILLUSTR</t>
   </si>
   <si>
     <t>Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PHOTOSH</t>
   </si>
   <si>
     <t>Autodesk AutoCAD LT 2024 - Subscription - 1 Seat, 1 User - 1 Year - Commercial - Electronic - PC, Intel-based Mac</t>
   </si>
   <si>
     <t>FS-SOFT-AUTODESK-CADLT</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(1-10)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE14</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE550</t>
   </si>
@@ -775,93 +775,93 @@
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>907.2</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>907.2</v>
+        <v>936.528</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>936.528</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>936.528</v>
+        <v>944.4</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>944.4</v>
+        <v>945.216</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>954.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>