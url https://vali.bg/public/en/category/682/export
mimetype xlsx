--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>VideoStudio 2022 Business &amp; Education License (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-VS22-14</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>PaintShop Pro 2022 Corporate Edition License Single User</t>
   </si>
   <si>
@@ -178,54 +178,60 @@
   <si>
     <t>Autodesk AutoCAD LT 2024 - Subscription - 1 Seat, 1 User - 1 Year - Commercial - Electronic - PC, Intel-based Mac</t>
   </si>
   <si>
     <t>FS-SOFT-AUTODESK-CADLT</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(1-10)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE14</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE550</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Classroom License 15+1 (incl. 1 yr CorelSure Maintenance)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DGSC-151</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Adobe Creative Cloud Pro for teams All Apps, Multi European Languages, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-CCT</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -540,51 +546,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>119.712</v>
@@ -890,65 +896,65 @@
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>1771.98</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>1899.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>2488.992</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>