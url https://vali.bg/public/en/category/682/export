--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>VideoStudio 2022 Business &amp; Education License (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-VS22-14</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>PaintShop Pro 2022 Corporate Edition License Single User</t>
   </si>
   <si>
@@ -136,102 +136,96 @@
   <si>
     <t>Painter 2022 License (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-PAINTER-1</t>
   </si>
   <si>
     <t>Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-AUD</t>
   </si>
   <si>
     <t>SOUND FORGE Pro</t>
   </si>
   <si>
     <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
   </si>
   <si>
     <t>MAGIX VEGAS Pro</t>
   </si>
   <si>
     <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
   </si>
   <si>
+    <t>Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-PREMPRO</t>
+  </si>
+  <si>
     <t>Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-ILLUSTR</t>
   </si>
   <si>
-    <t>Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
-[...4 lines deleted...]
-  <si>
     <t>Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PHOTOSH</t>
   </si>
   <si>
     <t>Autodesk AutoCAD LT 2024 - Subscription - 1 Seat, 1 User - 1 Year - Commercial - Electronic - PC, Intel-based Mac</t>
   </si>
   <si>
     <t>FS-SOFT-AUTODESK-CADLT</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(1-10)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE14</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE550</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Classroom License 15+1 (incl. 1 yr CorelSure Maintenance)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DGSC-151</t>
   </si>
   <si>
-    <t>available</t>
-[...1 lines deleted...]
-  <si>
     <t>Adobe Creative Cloud Pro for teams All Apps, Multi European Languages, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-CCT</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -545,416 +539,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>119.712</v>
+        <v>61.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>138.036</v>
+        <v>70.584</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>143.184</v>
+        <v>73.212</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>143.184</v>
+        <v>73.212</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>303.408</v>
+        <v>154.8</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>361.68</v>
+        <v>184.92</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>482.256</v>
+        <v>246.576</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>643.464</v>
+        <v>328.992</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>663.024</v>
+        <v>339.0</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>702.144</v>
+        <v>359.004</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>702.144</v>
+        <v>359.004</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>702.144</v>
+        <v>359.004</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>702.144</v>
+        <v>359.004</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>819.168</v>
+        <v>418.836</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>907.2</v>
+        <v>463.848</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>936.528</v>
+        <v>478.836</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>936.528</v>
+        <v>478.836</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>944.4</v>
+        <v>482.256</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>945.216</v>
+        <v>482.868</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>954.0</v>
+        <v>487.776</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>1150.8</v>
+        <v>588.396</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>1771.98</v>
+        <v>906.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>1771.98</v>
+        <v>906.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>1899.0</v>
+        <v>970.944</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>2488.992</v>
+        <v>1272.6</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>