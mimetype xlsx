--- v3 (2026-01-09)
+++ v4 (2026-03-08)
@@ -70,120 +70,120 @@
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Education 365-Day Subscription (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-50</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise CorelSure Maintenance Renewal (1 year) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSEMR1Y</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise Education License (incl. 1 Yr CorelSure Maintenance) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-GSEE14</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subs. (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-250</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW-2</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subs. (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-550</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subs. (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-1</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CRLDRGS365RNW250</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal Single User</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW</t>
+  </si>
+  <si>
+    <t>Painter 2022 License (Single User)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-PAINTER-1</t>
+  </si>
+  <si>
+    <t>Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-AUD</t>
+  </si>
+  <si>
+    <t>SOUND FORGE Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
+  </si>
+  <si>
+    <t>MAGIX VEGAS Pro</t>
+  </si>
+  <si>
+    <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
+  </si>
+  <si>
+    <t>Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-PREMPRO</t>
+  </si>
+  <si>
     <t>Adobe InDesign for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-INDESIG</t>
-  </si>
-[...64 lines deleted...]
-    <t>FS-SOFT-ADOBE-PREMPRO</t>
   </si>
   <si>
     <t>Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-ILLUSTR</t>
   </si>
   <si>
     <t>Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PHOTOSH</t>
   </si>
   <si>
     <t>Autodesk AutoCAD LT 2024 - Subscription - 1 Seat, 1 User - 1 Year - Commercial - Electronic - PC, Intel-based Mac</t>
   </si>
   <si>
     <t>FS-SOFT-AUTODESK-CADLT</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(1-10)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE14</t>
   </si>
@@ -649,233 +649,233 @@
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>184.92</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>246.576</v>
+        <v>328.992</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>328.992</v>
+        <v>339.0</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>339.0</v>
+        <v>359.004</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>359.004</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>359.004</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>359.004</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>359.004</v>
+        <v>418.836</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>418.836</v>
+        <v>463.848</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>463.848</v>
+        <v>478.836</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>478.836</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>478.836</v>
+        <v>482.256</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>482.256</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>482.868</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>487.776</v>
+        <v>526.8</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>588.396</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>