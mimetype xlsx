--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>VideoStudio 2022 Business &amp; Education License (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-VS22-14</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>PaintShop Pro 2022 Corporate Edition License Single User</t>
   </si>
   <si>
@@ -67,129 +67,132 @@
   <si>
     <t>CorelDRAW Graphics Suite Education 365-Day Subscription (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-1</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Education 365-Day Subscription (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGES365-50</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise CorelSure Maintenance Renewal (1 year) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSEMR1Y</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise Education License (incl. 1 Yr CorelSure Maintenance) (1-4)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-GSEE14</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subs. (51-250)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-COREL-DRGS365-250</t>
+  </si>
+  <si>
+    <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal (5-50)</t>
+  </si>
+  <si>
+    <t>FS-SOFT-CORELDRGS365RNW-2</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>CorelDRAW Graphics Suite 365-Day Subs. (51-250)</t>
-[...10 lines deleted...]
-  <si>
     <t>CorelDRAW Graphics Suite 365-Day Subs. (5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGS365-550</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite 365-Day Subs. (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGS365-1</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal (51-250)</t>
   </si>
   <si>
     <t>FS-SOFT-CRLDRGS365RNW250</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite 365-Day Subscription Renewal Single User</t>
   </si>
   <si>
     <t>FS-SOFT-CORELDRGS365RNW</t>
   </si>
   <si>
     <t>Painter 2022 License (Single User)</t>
   </si>
   <si>
     <t>FS-SOFT-PAINTER-1</t>
   </si>
   <si>
     <t>Adobe Audition for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-AUD</t>
   </si>
   <si>
     <t>SOUND FORGE Pro</t>
   </si>
   <si>
     <t>FS-SOFT-MAGIX-SOUNDFORGE</t>
   </si>
   <si>
     <t>MAGIX VEGAS Pro</t>
   </si>
   <si>
     <t>FS-SOFT-MAGIX-VEGAS-PRO</t>
   </si>
   <si>
+    <t>Adobe InDesign for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-INDESIG</t>
+  </si>
+  <si>
+    <t>Adobe Illustrator for teams, Multiple Platforms, EU English, Subscription New</t>
+  </si>
+  <si>
+    <t>FS-SOFT-ADOBE-ILLUSTR</t>
+  </si>
+  <si>
     <t>Adobe Premiere Pro for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PREMPRO</t>
-  </si>
-[...10 lines deleted...]
-    <t>FS-SOFT-ADOBE-ILLUSTR</t>
   </si>
   <si>
     <t>Adobe Photoshop for teams, Multiple Platforms, EU English, Subscription New</t>
   </si>
   <si>
     <t>FS-SOFT-ADOBE-PHOTOSH</t>
   </si>
   <si>
     <t>Autodesk AutoCAD LT 2024 - Subscription - 1 Seat, 1 User - 1 Year - Commercial - Electronic - PC, Intel-based Mac</t>
   </si>
   <si>
     <t>FS-SOFT-AUTODESK-CADLT</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(1-10)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE14</t>
   </si>
   <si>
     <t>CorelDRAW Graphics Suite Enterprise License (incl. 1 Yr CorelSure Maintenance)(5-50)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DRGSE550</t>
   </si>
@@ -540,51 +543,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>61.2</v>
@@ -666,289 +669,289 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>328.992</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>339.0</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>359.004</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>359.004</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>359.004</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>359.004</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>418.836</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>463.848</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>478.836</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>478.836</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>482.256</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>482.256</v>
+        <v>482.868</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>482.868</v>
+        <v>494.256</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>526.8</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>588.396</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>906.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>906.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>970.944</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>1272.6</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>