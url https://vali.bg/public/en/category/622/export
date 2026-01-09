--- v1 (2025-11-09)
+++ v2 (2026-01-09)
@@ -109,72 +109,72 @@
   <si>
     <t>Konus ANIMALS AND PLANTS DAMAGED BY THE POLLUTION (10 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4952</t>
   </si>
   <si>
     <t>Konus REPRODUCTION IN INVERTEBRATES (15 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4981</t>
   </si>
   <si>
     <t>Konus PREPARED Botany: Hepaticae, Mosses, Pteridophytae</t>
   </si>
   <si>
     <t>KONUS-4983</t>
   </si>
   <si>
     <t>Konus PREPARED Botany: ANGIOSPERMAE, MONOCOTYLEDONS</t>
   </si>
   <si>
     <t>KONUS-4984</t>
   </si>
   <si>
+    <t>Konus ZOOLOGY, VERTEBRATE INCLUDING MAMMALIA (25 SLIDES)</t>
+  </si>
+  <si>
+    <t>KONUS-4978</t>
+  </si>
+  <si>
+    <t>Konus ZOOLOGY, INSECTS (25 SLIDES)</t>
+  </si>
+  <si>
+    <t>KONUS-4980</t>
+  </si>
+  <si>
+    <t>Konus GENERAL BIOLOGY (25 SLIDES)</t>
+  </si>
+  <si>
+    <t>KONUS-4976</t>
+  </si>
+  <si>
     <t>Konus ZOOLOGY INVERTEBRATE AND INSECTS (25 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4977</t>
-  </si>
-[...16 lines deleted...]
-    <t>KONUS-4976</t>
   </si>
   <si>
     <t>Konus PREPARED SLIDES - BIOLOGY</t>
   </si>
   <si>
     <t>KONUS-4986</t>
   </si>
   <si>
     <t>Konus THE HUMAN BODY - ORGANS STRUCTURE (25 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4987</t>
   </si>
   <si>
     <t>PowerSeeker Accessory Kit</t>
   </si>
   <si>
     <t>CEL-94306</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Digital Microscope Imager, 2Mpix, USB</t>
   </si>
@@ -550,345 +550,345 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>43.2</v>
+        <v>22.092</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
-        <v>43.704</v>
+        <v>22.344</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>68.4</v>
+        <v>39.876</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
-        <v>80.4</v>
+        <v>41.112</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
-        <v>80.4</v>
+        <v>41.112</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
-        <v>154.8</v>
+        <v>79.14</v>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>178.596</v>
+        <v>91.32</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>190.26</v>
+        <v>97.272</v>
       </c>
       <c r="D23" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D24"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>