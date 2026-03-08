--- v2 (2026-01-09)
+++ v3 (2026-03-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$24</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Konus PREPARED ANIMAL AND HUMAN PARASITES (10 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4918</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Konus THE HUMAN BODY PATHOLOGICAL TISSUES 2 (10 SLIDES)</t>
   </si>
   <si>
@@ -164,53 +164,50 @@
     <t>Konus THE HUMAN BODY - ORGANS STRUCTURE (25 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4987</t>
   </si>
   <si>
     <t>PowerSeeker Accessory Kit</t>
   </si>
   <si>
     <t>CEL-94306</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Digital Microscope Imager, 2Mpix, USB</t>
   </si>
   <si>
     <t>CEL-44421</t>
   </si>
   <si>
     <t>AstroMaster Accessory Kit</t>
   </si>
   <si>
     <t>CEL-94307</t>
-  </si>
-[...1 lines deleted...]
-    <t>available</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -844,54 +841,54 @@
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>91.32</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>97.272</v>
+        <v>129.468</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D24"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>