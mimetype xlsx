--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -14,185 +14,188 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$43</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy H430P, USB, Black</t>
   </si>
   <si>
     <t>HUION-TAB-H430P</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Graphic Tablet One by Wacom Small, Black</t>
   </si>
   <si>
     <t>WACOM-TAB-ONE-S</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy H640P, USB, Black</t>
   </si>
   <si>
     <t>HUION-TAB-H640P</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>HUION LED light pad L4S, USB</t>
   </si>
   <si>
     <t>HUION-PAD-L4S</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 S, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H641P-PINK</t>
   </si>
   <si>
     <t>Graphic  Tablet HUION Inspiroy Frego S L310, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L310</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 M, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H951P-GREEN</t>
   </si>
   <si>
     <t>HUION LED light pad LB3, Lithium Battery/USB</t>
   </si>
   <si>
     <t>HUION-PAD-LB3</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 L H1061P, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H1061P</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Frego М L610, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L610</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom One Pen tablet Small, Bluetooth 5.1</t>
   </si>
   <si>
     <t>WACOM-TAB-CTC4110WLW1B</t>
   </si>
   <si>
+    <t>Smart digital notebook and graphic 2in1 HUION Note X10</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NOTE-X10</t>
+  </si>
+  <si>
+    <t>Graphic Tablet Wacom One Pen tablet Medium, Bluetooth 5.1</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-CTC6110WLW1B</t>
+  </si>
+  <si>
+    <t>Graphic Tablet HUION Inspiroy Keydial KD200, USB-C, Bluetooth, Metal Grey</t>
+  </si>
+  <si>
+    <t>HUION-TAB-KD200</t>
+  </si>
+  <si>
+    <t>Graphic Display Tablet HUION Inspiroy Dial 2, 5080 LPI</t>
+  </si>
+  <si>
+    <t>HUION-TAB-Q630M</t>
+  </si>
+  <si>
+    <t>Graphic Tablet HUION Inspiroy WH1409 V2, WiFi 2.4Ghz</t>
+  </si>
+  <si>
+    <t>HUION-TAB-WH1409-V2</t>
+  </si>
+  <si>
+    <t>Wacom STU-430 Signature set</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-STU430-SignPRO</t>
+  </si>
+  <si>
+    <t>Graphic Tablet HUION Inspiroy Giano, 5080 LPI</t>
+  </si>
+  <si>
+    <t>HUION-TAB-G930L</t>
+  </si>
+  <si>
+    <t>WACOM Graphics tablet Intuos Pro pen small</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-PTH-470K0B</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...46 lines deleted...]
-    <t>WACOM-TAB-PTH-470K0B</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Kamvas Slate 10, 10.1", USB-C</t>
   </si>
   <si>
     <t>HUION-TAB-KT1001</t>
   </si>
   <si>
     <t>Wacom one 12 pen display, White</t>
   </si>
   <si>
     <t>WACOM-TAB-DTC121W0B</t>
   </si>
   <si>
     <t>WACOM Graphics Display Tablet Intuos Pro pen Medium</t>
   </si>
   <si>
     <t>WACOM-TAB-PTK670K0B</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas 13, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-GS1333</t>
   </si>
@@ -698,219 +701,219 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>84.0</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>108.996</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>114.0</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>118.8</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>149.004</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>166.8</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>174.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>214.8</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>219.0</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>222.0</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>299.004</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>336.0</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>378.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>399.0</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>426.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>450.0</v>
@@ -922,359 +925,359 @@
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>462.0</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>534.0</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>539.004</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>678.0</v>
+        <v>594.0</v>
       </c>
       <c r="D22" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>780.0</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>798.996</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>810.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>879.0</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>948.996</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>1056.0</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
         <v>1074.0</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
         <v>1078.8</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
         <v>1098.996</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
         <v>1259.004</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
         <v>1499.004</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
         <v>1542.0</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
         <v>1542.0</v>
       </c>
       <c r="D35" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
         <v>1590.0</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
         <v>1662.0</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
         <v>1698.996</v>
       </c>
       <c r="D38" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
         <v>1716.0</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
         <v>2634.0</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
         <v>2760.0</v>
       </c>
       <c r="D41" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42">
         <v>4704.0</v>
       </c>
       <c r="D42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D43"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>