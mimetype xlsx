--- v1 (2025-11-09)
+++ v2 (2025-12-14)
@@ -7,98 +7,101 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$43</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$42</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy H430P, USB, Black</t>
   </si>
   <si>
     <t>HUION-TAB-H430P</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Graphic Tablet One by Wacom Small, Black</t>
   </si>
   <si>
     <t>WACOM-TAB-ONE-S</t>
   </si>
   <si>
+    <t>Graphic Tablet HUION Inspiroy H640P, USB, Black</t>
+  </si>
+  <si>
+    <t>HUION-TAB-H640P</t>
+  </si>
+  <si>
+    <t>Graphic Tablet One by Wacom Medium, Black</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-ONE-M</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Graphic Tablet HUION Inspiroy H640P, USB, Black</t>
-[...7 lines deleted...]
-  <si>
     <t>HUION LED light pad L4S, USB</t>
   </si>
   <si>
     <t>HUION-PAD-L4S</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 S, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H641P-PINK</t>
   </si>
   <si>
     <t>Graphic  Tablet HUION Inspiroy Frego S L310, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L310</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 M, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H951P-GREEN</t>
   </si>
   <si>
     <t>HUION LED light pad LB3, Lithium Battery/USB</t>
@@ -109,207 +112,195 @@
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 L H1061P, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H1061P</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Frego М L610, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L610</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom One Pen tablet Small, Bluetooth 5.1</t>
   </si>
   <si>
     <t>WACOM-TAB-CTC4110WLW1B</t>
   </si>
   <si>
     <t>Smart digital notebook and graphic 2in1 HUION Note X10</t>
   </si>
   <si>
     <t>HUION-TAB-NOTE-X10</t>
   </si>
   <si>
+    <t>Graphic Tablet HUION Inspiroy Keydial KD200, USB-C, Bluetooth, Metal Grey</t>
+  </si>
+  <si>
+    <t>HUION-TAB-KD200</t>
+  </si>
+  <si>
     <t>Graphic Tablet Wacom One Pen tablet Medium, Bluetooth 5.1</t>
   </si>
   <si>
     <t>WACOM-TAB-CTC6110WLW1B</t>
   </si>
   <si>
-    <t>Graphic Tablet HUION Inspiroy Keydial KD200, USB-C, Bluetooth, Metal Grey</t>
-[...4 lines deleted...]
-  <si>
     <t>Graphic Display Tablet HUION Inspiroy Dial 2, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-Q630M</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy WH1409 V2, WiFi 2.4Ghz</t>
   </si>
   <si>
     <t>HUION-TAB-WH1409-V2</t>
   </si>
   <si>
     <t>Wacom STU-430 Signature set</t>
   </si>
   <si>
     <t>WACOM-TAB-STU430-SignPRO</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Giano, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-G930L</t>
   </si>
   <si>
+    <t>Graphic Tablet HUION Kamvas Slate 10, 10.1", USB-C</t>
+  </si>
+  <si>
+    <t>HUION-TAB-KT1001</t>
+  </si>
+  <si>
     <t>WACOM Graphics tablet Intuos Pro pen small</t>
   </si>
   <si>
     <t>WACOM-TAB-PTH-470K0B</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Graphic Tablet HUION Kamvas Slate 10, 10.1", USB-C</t>
-[...4 lines deleted...]
-  <si>
     <t>Wacom one 12 pen display, White</t>
   </si>
   <si>
     <t>WACOM-TAB-DTC121W0B</t>
   </si>
   <si>
+    <t>WACOM Graphics display tablet One pen display 14.0"</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTC141W0</t>
+  </si>
+  <si>
     <t>WACOM Graphics Display Tablet Intuos Pro pen Medium</t>
   </si>
   <si>
     <t>WACOM-TAB-PTK670K0B</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas 13, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-GS1333</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
     <t>HUION /Huiyan/ Graphic display tablet Kamvas 16 GEN3 /without stand/, GS1563</t>
   </si>
   <si>
     <t>HUION-TAB-GS1563</t>
   </si>
   <si>
-    <t>Huion Ink EB1010 eBook Reader, USB</t>
-[...8 lines deleted...]
-    <t>WACOM-TAB-DTH134W0B</t>
+    <t>Graphic Display Tablet HUION Kamvas Pro 13, 13.3", 2.5K 2560 x 1600</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT1302</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas RDS-160, 15.6", Black</t>
   </si>
   <si>
     <t>HUION-TAB-RDS-160</t>
   </si>
   <si>
-    <t>Graphic Display Tablet HUION Kamvas Pro 13, 13.3", 2.5K 2560 x 1600</t>
-[...4 lines deleted...]
-  <si>
     <t>Graphic Display Tablet HUION Kamvas 22, 21.5", 1920 x 1080</t>
   </si>
   <si>
     <t>HUION-TAB-GS2201</t>
   </si>
   <si>
-    <t>Graphic Tablet HUION Kamvas Pro 16 (2.5K), USB, Black</t>
-[...2 lines deleted...]
-    <t>HUION-TAB-GT1602</t>
+    <t>Graphic Pen Tablet Wacom Cintiq 16, Black</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTK-1660K0B</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Kamvas Pro 19, Dark Grey</t>
   </si>
   <si>
     <t>HUION-TAB-GT1902</t>
   </si>
   <si>
     <t>WACOM Graphic Display Tablet Cintiq 16" DTK168</t>
   </si>
   <si>
     <t>WACOM-TAB-DTK168K0B</t>
   </si>
   <si>
     <t>WACOM Graphics display tablet Movink 13 pen touch</t>
   </si>
   <si>
     <t>WACOM-TAB-DTH135K0B</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 16 4K GT1561, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT1561</t>
   </si>
   <si>
     <t>HUION /Huiyan/ Graphics Display Tablet Kamvas Pro 16 4K GT1562</t>
   </si>
   <si>
     <t>HUION-TAB-GT1562</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas 24 Plus GS2402, Dark grey</t>
   </si>
   <si>
     <t>HUION-TAB-GS2402</t>
-  </si>
-[...4 lines deleted...]
-    <t>WACOM-TAB-ONE-M</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 24 GT2401, Black</t>
   </si>
   <si>
     <t>HUION-TAB-GT2401</t>
   </si>
   <si>
     <t>Graphic Pen Tablet Wacom Cintiq 22, 21.5", HD IPS, 5080 lpi, Black</t>
   </si>
   <si>
     <t>WACOM-TAB-DTK-2260K0A</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom Cintiq Pro 24, 4K, Black</t>
   </si>
   <si>
     <t>WACOM-TAB-DTK-2420</t>
   </si>
 </sst>
 </file>
 
@@ -634,654 +625,640 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>78.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>84.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>108.996</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C5">
         <v>114.0</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>118.8</v>
+        <v>114.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>149.004</v>
+        <v>118.8</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>166.8</v>
+        <v>119.004</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>174.0</v>
+        <v>166.8</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>214.8</v>
+        <v>174.0</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>219.0</v>
+        <v>214.8</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>222.0</v>
+        <v>219.0</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>299.004</v>
+        <v>222.0</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>336.0</v>
+        <v>299.004</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>378.0</v>
+        <v>330.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>399.0</v>
+        <v>336.0</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>426.0</v>
+        <v>399.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>450.0</v>
+        <v>426.0</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>462.0</v>
+        <v>450.0</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>534.0</v>
+        <v>462.0</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21">
-        <v>539.004</v>
+        <v>468.996</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
+        <v>47</v>
+      </c>
+      <c r="C22">
+        <v>534.0</v>
+      </c>
+      <c r="D22" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>780.0</v>
+        <v>594.0</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>798.996</v>
+        <v>669.0</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>810.0</v>
+        <v>780.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>879.0</v>
+        <v>798.996</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>948.996</v>
+        <v>810.0</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>1056.0</v>
+        <v>879.0</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>1074.0</v>
+        <v>899.004</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>1078.8</v>
+        <v>1074.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>1098.996</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>1259.004</v>
+        <v>1494.0</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>1499.004</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>1542.0</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>1542.0</v>
       </c>
       <c r="D35" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>1590.0</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>1662.0</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>1698.996</v>
       </c>
       <c r="D38" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>1716.0</v>
+        <v>2634.0</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40">
+        <v>2760.0</v>
+      </c>
+      <c r="D40" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>2760.0</v>
+        <v>4704.0</v>
       </c>
       <c r="D41" t="s">
-        <v>88</v>
-[...13 lines deleted...]
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D43"/>
+  <autoFilter ref="A1:D42"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>