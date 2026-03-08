--- v2 (2025-12-14)
+++ v3 (2026-03-08)
@@ -7,321 +7,300 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$42</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy H430P, USB, Black</t>
   </si>
   <si>
     <t>HUION-TAB-H430P</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>Graphic Tablet One by Wacom Small, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Graphic Tablet HUION Inspiroy H640P, USB, Black</t>
   </si>
   <si>
     <t>HUION-TAB-H640P</t>
   </si>
   <si>
-    <t>Graphic Tablet One by Wacom Medium, Black</t>
-[...2 lines deleted...]
-    <t>WACOM-TAB-ONE-M</t>
+    <t>HUION LED light pad L4S, USB</t>
+  </si>
+  <si>
+    <t>HUION-PAD-L4S</t>
+  </si>
+  <si>
+    <t>Graphic Tablet Wacom Intuos Small, Black</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-4100-N-T</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>HUION LED light pad L4S, USB</t>
-[...4 lines deleted...]
-  <si>
     <t>Graphic Tablet HUION Inspiroy 2 S, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H641P-PINK</t>
   </si>
   <si>
     <t>Graphic  Tablet HUION Inspiroy Frego S L310, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L310</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 M, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H951P-GREEN</t>
   </si>
   <si>
     <t>HUION LED light pad LB3, Lithium Battery/USB</t>
   </si>
   <si>
     <t>HUION-PAD-LB3</t>
   </si>
   <si>
+    <t>Graphic Tablet Wacom Intuos M, Black</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-6100-K-BK</t>
+  </si>
+  <si>
     <t>Graphic Tablet HUION Inspiroy 2 L H1061P, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H1061P</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Frego М L610, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L610</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom One Pen tablet Small, Bluetooth 5.1</t>
   </si>
   <si>
     <t>WACOM-TAB-CTC4110WLW1B</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Smart digital notebook and graphic 2in1 HUION Note X10</t>
   </si>
   <si>
     <t>HUION-TAB-NOTE-X10</t>
   </si>
   <si>
+    <t>Graphic Tablet Wacom One Pen tablet Medium, Bluetooth 5.1</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-CTC6110WLW1B</t>
+  </si>
+  <si>
     <t>Graphic Tablet HUION Inspiroy Keydial KD200, USB-C, Bluetooth, Metal Grey</t>
   </si>
   <si>
     <t>HUION-TAB-KD200</t>
   </si>
   <si>
-    <t>Graphic Tablet Wacom One Pen tablet Medium, Bluetooth 5.1</t>
-[...4 lines deleted...]
-  <si>
     <t>Graphic Display Tablet HUION Inspiroy Dial 2, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-Q630M</t>
   </si>
   <si>
-    <t>Graphic Tablet HUION Inspiroy WH1409 V2, WiFi 2.4Ghz</t>
-[...4 lines deleted...]
-  <si>
     <t>Wacom STU-430 Signature set</t>
   </si>
   <si>
     <t>WACOM-TAB-STU430-SignPRO</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Giano, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-G930L</t>
   </si>
   <si>
+    <t>WACOM Graphics tablet Intuos Pro pen small</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-PTH-470K0B</t>
+  </si>
+  <si>
     <t>Graphic Tablet HUION Kamvas Slate 10, 10.1", USB-C</t>
   </si>
   <si>
     <t>HUION-TAB-KT1001</t>
   </si>
   <si>
-    <t>WACOM Graphics tablet Intuos Pro pen small</t>
-[...11 lines deleted...]
-    <t>WACOM-TAB-DTC121W0B</t>
+    <t>WACOM Signature Tablet Signature Set STU-540 &amp; Sign Pro PDF</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-STU540-SignPRO</t>
   </si>
   <si>
     <t>WACOM Graphics display tablet One pen display 14.0"</t>
   </si>
   <si>
     <t>WACOM-TAB-DTC141W0</t>
   </si>
   <si>
     <t>WACOM Graphics Display Tablet Intuos Pro pen Medium</t>
   </si>
   <si>
     <t>WACOM-TAB-PTK670K0B</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas 13, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-GS1333</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 13, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
     <t>HUION /Huiyan/ Graphic display tablet Kamvas 16 GEN3 /without stand/, GS1563</t>
   </si>
   <si>
     <t>HUION-TAB-GS1563</t>
   </si>
   <si>
+    <t>Graphic Display Tablet HUION Kamvas RDS-160, 15.6", Black</t>
+  </si>
+  <si>
+    <t>HUION-TAB-RDS-160</t>
+  </si>
+  <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 13, 13.3", 2.5K 2560 x 1600</t>
   </si>
   <si>
     <t>HUION-TAB-GT1302</t>
   </si>
   <si>
-    <t>Graphic Display Tablet HUION Kamvas RDS-160, 15.6", Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Graphic Display Tablet HUION Kamvas 22, 21.5", 1920 x 1080</t>
   </si>
   <si>
     <t>HUION-TAB-GS2201</t>
   </si>
   <si>
     <t>Graphic Pen Tablet Wacom Cintiq 16, Black</t>
   </si>
   <si>
     <t>WACOM-TAB-DTK-1660K0B</t>
   </si>
   <si>
+    <t>WACOM Graphics display tablet Movink 13 pen touch</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTH135K0B</t>
+  </si>
+  <si>
     <t>Graphic Tablet HUION Kamvas Pro 19, Dark Grey</t>
   </si>
   <si>
     <t>HUION-TAB-GT1902</t>
   </si>
   <si>
     <t>WACOM Graphic Display Tablet Cintiq 16" DTK168</t>
   </si>
   <si>
     <t>WACOM-TAB-DTK168K0B</t>
   </si>
   <si>
-    <t>WACOM Graphics display tablet Movink 13 pen touch</t>
-[...4 lines deleted...]
-  <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 16 4K GT1561, USB-C, Black/Silver</t>
   </si>
   <si>
     <t>HUION-TAB-GT1561</t>
   </si>
   <si>
     <t>HUION /Huiyan/ Graphics Display Tablet Kamvas Pro 16 4K GT1562</t>
   </si>
   <si>
     <t>HUION-TAB-GT1562</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas 24 Plus GS2402, Dark grey</t>
   </si>
   <si>
     <t>HUION-TAB-GS2402</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Kamvas Pro 24 GT2401, Black</t>
   </si>
   <si>
     <t>HUION-TAB-GT2401</t>
-  </si>
-[...13 lines deleted...]
-    <t>WACOM-TAB-DTK-2420</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -625,640 +604,598 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D42"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>78.996</v>
+        <v>40.392</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>84.0</v>
+        <v>55.728</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>108.996</v>
+        <v>58.284</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>114.0</v>
+        <v>60.0</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>114.0</v>
+        <v>60.744</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>118.8</v>
+        <v>76.188</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>119.004</v>
+        <v>85.284</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>166.8</v>
+        <v>88.968</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>174.0</v>
+        <v>91.2</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>214.8</v>
+        <v>109.824</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>219.0</v>
+        <v>111.972</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>222.0</v>
+        <v>120.0</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>299.004</v>
+        <v>152.88</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>330.0</v>
+        <v>171.792</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>336.0</v>
+        <v>193.272</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>399.0</v>
+        <v>204.0</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>426.0</v>
+        <v>230.076</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>450.0</v>
+        <v>236.22</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>462.0</v>
+        <v>273.024</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>468.996</v>
+        <v>275.592</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>534.0</v>
+        <v>303.708</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>594.0</v>
+        <v>332.4</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>669.0</v>
+        <v>398.808</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>780.0</v>
+        <v>408.516</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>798.996</v>
+        <v>414.144</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>810.0</v>
+        <v>449.424</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>879.0</v>
+        <v>549.132</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>899.004</v>
+        <v>551.58</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>1074.0</v>
+        <v>561.912</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>1098.996</v>
+        <v>696.0</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>1494.0</v>
+        <v>720.0</v>
       </c>
       <c r="D32" t="s">
-        <v>48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>1499.004</v>
+        <v>766.428</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>1542.0</v>
+        <v>786.0</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>1542.0</v>
+        <v>812.952</v>
       </c>
       <c r="D35" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>1590.0</v>
+        <v>849.768</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>1662.0</v>
+        <v>868.68</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>1698.996</v>
+        <v>1346.748</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
-[...41 lines deleted...]
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D42"/>
+  <autoFilter ref="A1:D39"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>