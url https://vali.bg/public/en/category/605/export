--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -34,59 +34,62 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy H430P, USB, Black</t>
   </si>
   <si>
     <t>HUION-TAB-H430P</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Graphic Tablet HUION Inspiroy H640P, USB, Black</t>
+  </si>
+  <si>
+    <t>HUION-TAB-H640P</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Graphic Tablet HUION Inspiroy H640P, USB, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>HUION LED light pad L4S, USB</t>
   </si>
   <si>
     <t>HUION-PAD-L4S</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom Intuos Small, Black</t>
   </si>
   <si>
     <t>WACOM-TAB-4100-N-T</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 S, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H641P-PINK</t>
   </si>
   <si>
     <t>Graphic  Tablet HUION Inspiroy Frego S L310, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L310</t>
@@ -104,53 +107,50 @@
     <t>HUION-PAD-LB3</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom Intuos M, Black</t>
   </si>
   <si>
     <t>WACOM-TAB-6100-K-BK</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy 2 L H1061P, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-H1061P</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Frego М L610, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L610</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom One Pen tablet Small, Bluetooth 5.1</t>
   </si>
   <si>
     <t>WACOM-TAB-CTC4110WLW1B</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Smart digital notebook and graphic 2in1 HUION Note X10</t>
   </si>
   <si>
     <t>HUION-TAB-NOTE-X10</t>
   </si>
   <si>
     <t>Graphic Tablet Wacom One Pen tablet Medium, Bluetooth 5.1</t>
   </si>
   <si>
     <t>WACOM-TAB-CTC6110WLW1B</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Keydial KD200, USB-C, Bluetooth, Metal Grey</t>
   </si>
   <si>
     <t>HUION-TAB-KD200</t>
   </si>
   <si>
     <t>Graphic Display Tablet HUION Inspiroy Dial 2, 5080 LPI</t>
   </si>
   <si>
     <t>HUION-TAB-Q630M</t>
   </si>
@@ -657,527 +657,527 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>40.392</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>55.728</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>58.284</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>60.0</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>60.744</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>76.188</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>85.284</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>88.968</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>91.2</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>109.824</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>111.972</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>120.0</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>152.88</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>171.792</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>193.272</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>204.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>230.076</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>236.22</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>273.024</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>275.592</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>303.708</v>
       </c>
       <c r="D22" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>332.4</v>
       </c>
       <c r="D23" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>398.808</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>408.516</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>414.144</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>449.424</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>549.132</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>551.58</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>561.912</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>696.0</v>
+        <v>594.0</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>720.0</v>
       </c>
       <c r="D32" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>766.428</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>786.0</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>812.952</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>849.768</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>868.68</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>1346.748</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D39"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>