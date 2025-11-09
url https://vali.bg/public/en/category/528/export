--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -49,90 +49,90 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Telescope Celestron Powerseeker 50AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21039</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Telescope Celestron Firstscope 76, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-21024</t>
   </si>
   <si>
     <t>Portable Telescope Celestron TRAVEL SCOPE 50, Refractor, with backpack</t>
   </si>
   <si>
     <t>CEL-21038</t>
   </si>
   <si>
+    <t>Telescope Celestron Travel Scope 70, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21035</t>
+  </si>
+  <si>
+    <t>Telescope Celestron Powerseeker 70AZ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21036</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Telescope Celestron Powerseeker 70EQ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21037</t>
+  </si>
+  <si>
+    <t>Telescope Celestron AstroMaster 70AZ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21061</t>
+  </si>
+  <si>
+    <t>Telescope Celestron AstroMaster 70EQ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21062</t>
+  </si>
+  <si>
+    <t>Telescope Celestron PowerSeeker 114EQ, Newtonian Reflector</t>
+  </si>
+  <si>
+    <t>CEL-21045</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...37 lines deleted...]
-    <t>CEL-21045</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 114EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-31042</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 130EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-31045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -484,194 +484,194 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>168.888</v>
+        <v>161.664</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>193.152</v>
+        <v>162.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>196.8</v>
+        <v>188.364</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>268.212</v>
+        <v>254.412</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6">
         <v>365.124</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>374.4</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>391.884</v>
+        <v>375.108</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>432.288</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10">
+        <v>445.056</v>
+      </c>
+      <c r="D10" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>508.74</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>676.044</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>