--- v1 (2025-11-09)
+++ v2 (2025-12-14)
@@ -28,111 +28,111 @@
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$13</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Telescope Celestron Firstscope 76, Newtonian Reflector</t>
+  </si>
+  <si>
+    <t>CEL-21024</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Telescope Celestron Powerseeker 50AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21039</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>Telescope Celestron Firstscope 76, Newtonian Reflector</t>
-[...4 lines deleted...]
-  <si>
     <t>Portable Telescope Celestron TRAVEL SCOPE 50, Refractor, with backpack</t>
   </si>
   <si>
     <t>CEL-21038</t>
   </si>
   <si>
     <t>Telescope Celestron Travel Scope 70, Refractor</t>
   </si>
   <si>
     <t>CEL-21035</t>
   </si>
   <si>
     <t>Telescope Celestron Powerseeker 70AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21036</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Telescope Celestron Powerseeker 70EQ, Refractor</t>
   </si>
   <si>
     <t>CEL-21037</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 70AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21061</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 70EQ, Refractor</t>
   </si>
   <si>
     <t>CEL-21062</t>
   </si>
   <si>
     <t>Telescope Celestron PowerSeeker 114EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-21045</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 114EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-31042</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 130EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-31045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -484,194 +484,194 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>161.664</v>
+        <v>138.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>162.0</v>
+        <v>161.664</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>188.364</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>254.412</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>365.124</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>374.4</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>375.108</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>432.288</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>445.056</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>508.74</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>676.044</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>