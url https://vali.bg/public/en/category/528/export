--- v2 (2025-12-14)
+++ v3 (2026-03-08)
@@ -34,111 +34,111 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Telescope Celestron Firstscope 76, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-21024</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Telescope Celestron Powerseeker 50AZ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21039</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Portable Telescope Celestron TRAVEL SCOPE 50, Refractor, with backpack</t>
+  </si>
+  <si>
+    <t>CEL-21038</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Telescope Celestron Powerseeker 50AZ, Refractor</t>
-[...13 lines deleted...]
-  <si>
     <t>Telescope Celestron Travel Scope 70, Refractor</t>
   </si>
   <si>
     <t>CEL-21035</t>
   </si>
   <si>
     <t>Telescope Celestron Powerseeker 70AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21036</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Telescope Celestron Powerseeker 70EQ, Refractor</t>
   </si>
   <si>
     <t>CEL-21037</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 70AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21061</t>
   </si>
   <si>
+    <t>Telescope Celestron PowerSeeker 114EQ, Newtonian Reflector</t>
+  </si>
+  <si>
+    <t>CEL-21045</t>
+  </si>
+  <si>
+    <t>Telescope Celestron AstroMaster 114EQ, Newtonian Reflector</t>
+  </si>
+  <si>
+    <t>CEL-31042</t>
+  </si>
+  <si>
     <t>Telescope Celestron AstroMaster 70EQ, Refractor</t>
   </si>
   <si>
     <t>CEL-21062</t>
-  </si>
-[...10 lines deleted...]
-    <t>CEL-31042</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 130EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-31045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -484,194 +484,194 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>138.0</v>
+        <v>70.56</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>161.664</v>
+        <v>82.656</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>188.364</v>
+        <v>96.312</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>254.412</v>
+        <v>130.08</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>365.124</v>
+        <v>186.684</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>374.4</v>
+        <v>191.424</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>375.108</v>
+        <v>191.784</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>432.288</v>
+        <v>227.556</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>445.056</v>
+        <v>260.112</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>508.74</v>
+        <v>261.444</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>676.044</v>
+        <v>345.66</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>