--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -52,93 +52,93 @@
   <si>
     <t>Telescope Celestron Firstscope 76, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-21024</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Telescope Celestron Powerseeker 50AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21039</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Portable Telescope Celestron TRAVEL SCOPE 50, Refractor, with backpack</t>
   </si>
   <si>
     <t>CEL-21038</t>
   </si>
   <si>
+    <t>Telescope Celestron Travel Scope 70, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21035</t>
+  </si>
+  <si>
+    <t>Telescope Celestron AstroMaster 70AZ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21061</t>
+  </si>
+  <si>
+    <t>Telescope Celestron Powerseeker 70AZ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21036</t>
+  </si>
+  <si>
+    <t>Telescope Celestron Powerseeker 70EQ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21037</t>
+  </si>
+  <si>
+    <t>Telescope Celestron AstroMaster 70EQ, Refractor</t>
+  </si>
+  <si>
+    <t>CEL-21062</t>
+  </si>
+  <si>
+    <t>Telescope Celestron PowerSeeker 114EQ, Newtonian Reflector</t>
+  </si>
+  <si>
+    <t>CEL-21045</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Telescope Celestron Travel Scope 70, Refractor</t>
-[...28 lines deleted...]
-  <si>
     <t>Telescope Celestron AstroMaster 114EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-31042</t>
-  </si>
-[...4 lines deleted...]
-    <t>CEL-21062</t>
   </si>
   <si>
     <t>Telescope Celestron AstroMaster 130EQ, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-31045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -498,163 +498,163 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>70.56</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>82.656</v>
+        <v>79.86</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>96.312</v>
+        <v>93.06</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>130.08</v>
+        <v>125.688</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>186.684</v>
+        <v>185.316</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>191.424</v>
+        <v>186.684</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>191.784</v>
+        <v>191.424</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>227.556</v>
+        <v>197.508</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10">
+        <v>227.556</v>
+      </c>
+      <c r="D10" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>261.444</v>
+        <v>260.112</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>345.66</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D13"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">