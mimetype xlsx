--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -14,193 +14,193 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$49</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
   </si>
   <si>
     <t>HAMA-126817</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N114L-WDMI</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
   </si>
   <si>
     <t>HAMA-126810</t>
   </si>
   <si>
     <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
   </si>
   <si>
     <t>HAMA-126812</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8110</t>
   </si>
   <si>
     <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126809</t>
   </si>
   <si>
     <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126808</t>
   </si>
   <si>
     <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8145</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8150</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
   </si>
   <si>
     <t>HAMA-126813</t>
   </si>
   <si>
     <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8120</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N214A5UPAL</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
   </si>
   <si>
     <t>DP-N222-WPALFS</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-145</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
   </si>
   <si>
     <t>HAMA-126811</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
     <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
   </si>
   <si>
     <t>HAMA-126806</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
   </si>
   <si>
     <t>DP-N422-MCX6</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
   </si>
   <si>
     <t>HAMA-126807</t>
   </si>
   <si>
     <t>Notebook Cooler Cooler Master Notepal L2 Blue Led, MNW-SWTS-14FN-R1</t>
   </si>
   <si>
     <t>CM-FAN-MNW-SWTS-14FN-R1</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Laptop Stand Rain Design mStand360, Gold</t>
   </si>
   <si>
     <t>RD-10073</t>
   </si>
   <si>
     <t>Hama "Metal" Laptop Stand, 4-stage Tilt, Folding, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-126814</t>
   </si>
   <si>
     <t>Notebook Stand Cooler Master ErgoStand Air, Black</t>
   </si>
   <si>
     <t>CM-FAN-MNX-SSEK-NNNNN-R1</t>
   </si>
   <si>
     <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-146</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar, Silver</t>
@@ -271,84 +271,87 @@
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Black</t>
   </si>
   <si>
     <t>RD-10076</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Midnight</t>
   </si>
   <si>
     <t>RD-10091</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Starlight</t>
   </si>
   <si>
     <t>RD-10093</t>
   </si>
   <si>
     <t>j5create Multi-Angle Laptop Stand</t>
   </si>
   <si>
     <t>J5-JTS127</t>
   </si>
   <si>
+    <t>call</t>
+  </si>
+  <si>
     <t>Lap Stand Rain Design iLap 15" for MacBook/Macbook Air, Silver</t>
   </si>
   <si>
     <t>RD-10025</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar Pro, Space Gray</t>
   </si>
   <si>
     <t>RD-10083</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Gold</t>
   </si>
   <si>
     <t>RD-10071</t>
   </si>
   <si>
+    <t>j5create Laptop Stand with USB 4-Port Hub</t>
+  </si>
+  <si>
+    <t>J5-JTS223</t>
+  </si>
+  <si>
     <t>Stand for iMac Rain Design mBase 24" for iMAC PC</t>
   </si>
   <si>
     <t>RD-10046</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design iLevel 2 Adjustable Height, Silver</t>
   </si>
   <si>
     <t>RD-12031</t>
-  </si>
-[...4 lines deleted...]
-    <t>J5-JTS223</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar Pro Plus, Silver</t>
   </si>
   <si>
     <t>RD-10084</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar Pro Plus, Space Gray</t>
   </si>
   <si>
     <t>RD-10085</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -717,681 +720,681 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>21.084</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>21.6</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>22.584</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>25.932</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>26.184</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>30.0</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
         <v>30.876</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
         <v>31.02</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>32.568</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>33.816</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>34.152</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>34.8</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>34.992</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>34.992</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>41.352</v>
+        <v>41.172</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>41.7</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>43.284</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>45.0</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>45.684</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>48.996</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>53.172</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>53.64</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>58.992</v>
       </c>
       <c r="D24" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>58.992</v>
       </c>
       <c r="D25" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>74.4</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>87.984</v>
       </c>
       <c r="D27" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>87.984</v>
       </c>
       <c r="D28" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>87.984</v>
       </c>
       <c r="D29" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>87.984</v>
       </c>
       <c r="D30" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>87.984</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>98.4</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>103.2</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>103.2</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>103.2</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>103.968</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>103.968</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>103.968</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>103.968</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>105.972</v>
       </c>
       <c r="D40" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
         <v>108.996</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
         <v>108.996</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
         <v>113.424</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>119.964</v>
+        <v>114.384</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>124.8</v>
+        <v>119.964</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>125.832</v>
+        <v>124.8</v>
       </c>
       <c r="D46" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
         <v>129.0</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
         <v>129.0</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D49"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>