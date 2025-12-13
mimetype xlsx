--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -7,216 +7,210 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$48</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
   </si>
   <si>
     <t>HAMA-126817</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N114L-WDMI</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
   </si>
   <si>
     <t>HAMA-126810</t>
   </si>
   <si>
+    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-145</t>
+  </si>
+  <si>
     <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
   </si>
   <si>
     <t>HAMA-126812</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8110</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8150</t>
+  </si>
+  <si>
     <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126809</t>
   </si>
   <si>
     <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126808</t>
   </si>
   <si>
     <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8145</t>
   </si>
   <si>
-    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
   </si>
   <si>
     <t>HAMA-126813</t>
   </si>
   <si>
     <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8120</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N214A5UPAL</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
   </si>
   <si>
     <t>DP-N222-WPALFS</t>
   </si>
   <si>
-    <t>not available</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
   </si>
   <si>
     <t>HAMA-126811</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
     <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
   </si>
   <si>
     <t>HAMA-126806</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
   </si>
   <si>
     <t>DP-N422-MCX6</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
   </si>
   <si>
     <t>HAMA-126807</t>
   </si>
   <si>
     <t>Notebook Cooler Cooler Master Notepal L2 Blue Led, MNW-SWTS-14FN-R1</t>
   </si>
   <si>
     <t>CM-FAN-MNW-SWTS-14FN-R1</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand360, Gold</t>
   </si>
   <si>
     <t>RD-10073</t>
   </si>
   <si>
     <t>Hama "Metal" Laptop Stand, 4-stage Tilt, Folding, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-126814</t>
-  </si>
-[...4 lines deleted...]
-    <t>CM-FAN-MNX-SSEK-NNNNN-R1</t>
   </si>
   <si>
     <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-146</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar, Silver</t>
   </si>
   <si>
     <t>RD-10080</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Silver</t>
   </si>
   <si>
     <t>RD-10032</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Space Gray</t>
   </si>
   <si>
     <t>RD-10072</t>
   </si>
@@ -667,60 +661,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D49"/>
+  <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -745,205 +739,205 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>22.584</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>25.932</v>
+        <v>24.996</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>26.184</v>
+        <v>25.932</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>30.0</v>
+        <v>26.184</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>30.876</v>
+        <v>28.8</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>31.02</v>
+        <v>30.0</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>32.568</v>
+        <v>30.876</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>33.816</v>
+        <v>31.02</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>34.152</v>
+        <v>31.2</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>34.8</v>
+        <v>34.152</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>34.992</v>
+        <v>34.8</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>34.992</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>41.172</v>
+        <v>36.0</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>41.7</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
@@ -958,261 +952,261 @@
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>45.0</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>45.684</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>48.996</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>53.172</v>
       </c>
       <c r="D22" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>53.64</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>58.992</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>58.992</v>
+        <v>74.4</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>74.4</v>
+        <v>87.984</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>87.984</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>87.984</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>87.984</v>
       </c>
       <c r="D29" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>87.984</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>87.984</v>
+        <v>98.4</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>98.4</v>
+        <v>103.2</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>103.2</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>103.2</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>103.2</v>
+        <v>103.968</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>103.968</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>103.968</v>
@@ -1221,184 +1215,170 @@
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>103.968</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>103.968</v>
+        <v>105.972</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>105.972</v>
+        <v>108.996</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
         <v>108.996</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>108.996</v>
+        <v>113.424</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>113.424</v>
+        <v>114.384</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>114.384</v>
+        <v>119.964</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>119.964</v>
+        <v>124.8</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>124.8</v>
+        <v>129.0</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
         <v>129.0</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="48" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D49"/>
+  <autoFilter ref="A1:D48"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>