--- v2 (2025-12-13)
+++ v3 (2026-01-11)
@@ -14,205 +14,211 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$48</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
   </si>
   <si>
     <t>HAMA-126817</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N114L-WDMI</t>
   </si>
   <si>
+    <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
+  </si>
+  <si>
+    <t>HAMA-126810</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
-[...2 lines deleted...]
-    <t>HAMA-126810</t>
+    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
+  </si>
+  <si>
+    <t>HAMA-126812</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8110</t>
+  </si>
+  <si>
+    <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126809</t>
+  </si>
+  <si>
+    <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126808</t>
+  </si>
+  <si>
+    <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8145</t>
+  </si>
+  <si>
+    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8150</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
+  </si>
+  <si>
+    <t>HAMA-126813</t>
+  </si>
+  <si>
+    <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8120</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N214A5UPAL</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
+  </si>
+  <si>
+    <t>DP-N222-WPALFS</t>
   </si>
   <si>
     <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-145</t>
   </si>
   <si>
-    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
-[...61 lines deleted...]
-  <si>
     <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
   </si>
   <si>
     <t>HAMA-126811</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
     <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
   </si>
   <si>
     <t>HAMA-126806</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
   </si>
   <si>
     <t>DP-N422-MCX6</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
   </si>
   <si>
     <t>HAMA-126807</t>
   </si>
   <si>
     <t>Notebook Cooler Cooler Master Notepal L2 Blue Led, MNW-SWTS-14FN-R1</t>
   </si>
   <si>
     <t>CM-FAN-MNW-SWTS-14FN-R1</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand360, Gold</t>
   </si>
   <si>
     <t>RD-10073</t>
   </si>
   <si>
+    <t>call</t>
+  </si>
+  <si>
     <t>Hama "Metal" Laptop Stand, 4-stage Tilt, Folding, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-126814</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-146</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar, Silver</t>
   </si>
   <si>
     <t>RD-10080</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Silver</t>
   </si>
   <si>
     <t>RD-10032</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Space Gray</t>
   </si>
   <si>
     <t>RD-10072</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Black</t>
@@ -263,53 +269,50 @@
     <t>RD-10074</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Black</t>
   </si>
   <si>
     <t>RD-10076</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Midnight</t>
   </si>
   <si>
     <t>RD-10091</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Starlight</t>
   </si>
   <si>
     <t>RD-10093</t>
   </si>
   <si>
     <t>j5create Multi-Angle Laptop Stand</t>
   </si>
   <si>
     <t>J5-JTS127</t>
-  </si>
-[...1 lines deleted...]
-    <t>call</t>
   </si>
   <si>
     <t>Lap Stand Rain Design iLap 15" for MacBook/Macbook Air, Silver</t>
   </si>
   <si>
     <t>RD-10025</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar Pro, Space Gray</t>
   </si>
   <si>
     <t>RD-10083</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Gold</t>
   </si>
   <si>
     <t>RD-10071</t>
   </si>
   <si>
     <t>j5create Laptop Stand with USB 4-Port Hub</t>
   </si>
   <si>
     <t>J5-JTS223</t>
   </si>
@@ -697,684 +700,684 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>21.084</v>
+        <v>10.776</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>21.6</v>
+        <v>11.04</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>22.584</v>
+        <v>11.544</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>24.996</v>
+        <v>13.26</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6">
+        <v>13.38</v>
+      </c>
+      <c r="D6" t="s">
         <v>14</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>26.184</v>
+        <v>15.336</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>28.8</v>
+        <v>15.78</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>30.0</v>
+        <v>15.864</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>30.876</v>
+        <v>16.656</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>31.02</v>
+        <v>17.292</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>31.2</v>
+        <v>17.46</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>34.152</v>
+        <v>17.796</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>36.0</v>
+        <v>21.048</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>41.7</v>
+        <v>21.324</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>43.284</v>
+        <v>22.128</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>45.0</v>
+        <v>23.004</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>45.684</v>
+        <v>23.364</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>53.172</v>
+        <v>27.18</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>53.64</v>
+        <v>27.42</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C24">
-        <v>58.992</v>
+        <v>30.168</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C25">
-        <v>74.4</v>
+        <v>38.04</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C26">
-        <v>87.984</v>
+        <v>44.988</v>
       </c>
       <c r="D26" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C27">
-        <v>87.984</v>
+        <v>44.988</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C28">
-        <v>87.984</v>
+        <v>44.988</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>87.984</v>
+        <v>44.988</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C30">
-        <v>87.984</v>
+        <v>44.988</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C31">
-        <v>98.4</v>
+        <v>50.316</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C32">
-        <v>103.2</v>
+        <v>52.764</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C33">
-        <v>103.2</v>
+        <v>52.764</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C34">
-        <v>103.2</v>
+        <v>52.764</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C35">
-        <v>103.968</v>
+        <v>53.16</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C36">
-        <v>103.968</v>
+        <v>53.16</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37">
-        <v>103.968</v>
+        <v>53.16</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C38">
-        <v>103.968</v>
+        <v>53.16</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C39">
-        <v>105.972</v>
+        <v>54.18</v>
       </c>
       <c r="D39" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40">
-        <v>108.996</v>
+        <v>55.728</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41">
-        <v>108.996</v>
+        <v>55.728</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42">
-        <v>113.424</v>
+        <v>57.996</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43">
-        <v>114.384</v>
+        <v>58.488</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B44" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C44">
-        <v>119.964</v>
+        <v>61.332</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B45" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C45">
-        <v>124.8</v>
+        <v>63.804</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B46" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C46">
-        <v>129.0</v>
+        <v>65.952</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B47" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C47">
-        <v>129.0</v>
+        <v>65.952</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D48"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>