--- v3 (2026-01-11)
+++ v4 (2026-03-08)
@@ -34,333 +34,333 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
   </si>
   <si>
     <t>HAMA-126817</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
+  </si>
+  <si>
+    <t>HAMA-126810</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
+    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
+  </si>
+  <si>
+    <t>HAMA-126812</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8110</t>
+  </si>
+  <si>
     <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N114L-WDMI</t>
   </si>
   <si>
-    <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
-[...11 lines deleted...]
-    <t>HAMA-126812</t>
+    <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126809</t>
+  </si>
+  <si>
+    <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126808</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
-[...16 lines deleted...]
-  <si>
     <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8145</t>
   </si>
   <si>
     <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8150</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
   </si>
   <si>
     <t>HAMA-126813</t>
   </si>
   <si>
     <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8120</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N214A5UPAL</t>
   </si>
   <si>
+    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-145</t>
+  </si>
+  <si>
     <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
   </si>
   <si>
     <t>DP-N222-WPALFS</t>
   </si>
   <si>
-    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
   </si>
   <si>
     <t>HAMA-126811</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
+    <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N422-MCX6</t>
+  </si>
+  <si>
     <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
   </si>
   <si>
     <t>HAMA-126806</t>
   </si>
   <si>
-    <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
   </si>
   <si>
     <t>HAMA-126807</t>
   </si>
   <si>
-    <t>Notebook Cooler Cooler Master Notepal L2 Blue Led, MNW-SWTS-14FN-R1</t>
-[...2 lines deleted...]
-    <t>CM-FAN-MNW-SWTS-14FN-R1</t>
+    <t>ACT Ergonomic Height Adjustable Footrest with Massage Rollers</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8020</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand360, Gold</t>
   </si>
   <si>
     <t>RD-10073</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Hama "Metal" Laptop Stand, 4-stage Tilt, Folding, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-126814</t>
   </si>
   <si>
+    <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-146</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mBar, Silver</t>
+  </si>
+  <si>
+    <t>RD-10080</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Silver</t>
+  </si>
+  <si>
+    <t>RD-10032</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10072</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Black</t>
+  </si>
+  <si>
+    <t>RD-10075</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Midnight</t>
+  </si>
+  <si>
+    <t>RD-10090</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mBar Pro, Silver</t>
+  </si>
+  <si>
+    <t>RD-10082</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mBar Pro, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10083</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Starlight</t>
+  </si>
+  <si>
+    <t>RD-10092</t>
+  </si>
+  <si>
+    <t>Lap Stand Rain Design iLap 15" for MacBook/Macbook Air, Silver</t>
+  </si>
+  <si>
+    <t>RD-10025</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand360, Silver</t>
+  </si>
+  <si>
+    <t>RD-10036</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mTower, Silver</t>
+  </si>
+  <si>
+    <t>RD-10037</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mTower, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10038</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mBar Pro Plus, Silver</t>
+  </si>
+  <si>
+    <t>RD-10084</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mBar Pro Plus, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10085</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand360, Space Gray</t>
+  </si>
+  <si>
+    <t>RD-10074</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Black</t>
+  </si>
+  <si>
+    <t>RD-10076</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Midnight</t>
+  </si>
+  <si>
+    <t>RD-10091</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Starlight</t>
+  </si>
+  <si>
+    <t>RD-10093</t>
+  </si>
+  <si>
+    <t>j5create Multi-Angle Laptop Stand</t>
+  </si>
+  <si>
+    <t>J5-JTS127</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
-[...104 lines deleted...]
-    <t>RD-10083</t>
+    <t>Laptop Stand Rain Design iLevel 2 Adjustable Height, Silver</t>
+  </si>
+  <si>
+    <t>RD-12031</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Gold</t>
   </si>
   <si>
     <t>RD-10071</t>
   </si>
   <si>
     <t>j5create Laptop Stand with USB 4-Port Hub</t>
   </si>
   <si>
     <t>J5-JTS223</t>
   </si>
   <si>
     <t>Stand for iMac Rain Design mBase 24" for iMAC PC</t>
   </si>
   <si>
     <t>RD-10046</t>
-  </si>
-[...16 lines deleted...]
-    <t>RD-10085</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -673,711 +673,711 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>10.776</v>
+        <v>10.86</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>11.04</v>
+        <v>11.544</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>11.544</v>
+        <v>13.164</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>13.26</v>
+        <v>13.38</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>13.38</v>
+        <v>14.4</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>15.336</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>15.78</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>15.864</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>16.656</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>17.292</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>17.46</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>17.796</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>17.892</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>17.892</v>
+        <v>19.2</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>21.048</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>21.324</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>22.128</v>
+        <v>21.6</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>23.004</v>
+        <v>22.128</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>23.364</v>
+        <v>23.268</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>25.056</v>
+        <v>25.776</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>27.18</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>27.42</v>
+        <v>27.432</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C24">
         <v>30.168</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" t="s">
         <v>55</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>38.04</v>
+        <v>31.2</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C26">
         <v>44.988</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C27">
         <v>44.988</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="C28">
         <v>44.988</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C29">
         <v>44.988</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
         <v>65</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>44.988</v>
+        <v>45.6</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
         <v>67</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>50.316</v>
+        <v>45.6</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
         <v>69</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>52.764</v>
+        <v>45.6</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>52.764</v>
+        <v>50.4</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="C34">
         <v>52.764</v>
       </c>
       <c r="D34" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>53.16</v>
+        <v>52.764</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
         <v>77</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>53.16</v>
+        <v>52.764</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
         <v>79</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>53.16</v>
+        <v>52.8</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>80</v>
+      </c>
+      <c r="B38" t="s">
         <v>81</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>53.16</v>
+        <v>52.8</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
         <v>83</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>54.18</v>
+        <v>53.16</v>
       </c>
       <c r="D39" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
         <v>85</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>55.728</v>
+        <v>53.16</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" t="s">
         <v>87</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>55.728</v>
+        <v>53.16</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" t="s">
         <v>89</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>57.996</v>
+        <v>53.16</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>91</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43">
+        <v>54.18</v>
+      </c>
+      <c r="D43" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
-        <v>61.332</v>
+        <v>57.6</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
-        <v>63.804</v>
+        <v>57.996</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
-        <v>65.952</v>
+        <v>58.488</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>99</v>
       </c>
       <c r="B47" t="s">
         <v>100</v>
       </c>
       <c r="C47">
-        <v>65.952</v>
+        <v>62.4</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D48"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>