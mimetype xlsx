--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -43,128 +43,128 @@
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
   </si>
   <si>
     <t>HAMA-126817</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
   </si>
   <si>
     <t>HAMA-126810</t>
   </si>
   <si>
+    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
+  </si>
+  <si>
+    <t>HAMA-126812</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8110</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N114L-WDMI</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
-[...16 lines deleted...]
-  <si>
     <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126809</t>
   </si>
   <si>
     <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126808</t>
   </si>
   <si>
+    <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8145</t>
+  </si>
+  <si>
+    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8150</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
+  </si>
+  <si>
+    <t>HAMA-126813</t>
+  </si>
+  <si>
+    <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8120</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N214A5UPAL</t>
+  </si>
+  <si>
+    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-145</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
+  </si>
+  <si>
+    <t>DP-N222-WPALFS</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
-[...40 lines deleted...]
-  <si>
     <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
   </si>
   <si>
     <t>HAMA-126811</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
   </si>
   <si>
     <t>DP-N422-MCX6</t>
   </si>
   <si>
     <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
   </si>
   <si>
     <t>HAMA-126806</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
@@ -172,50 +172,53 @@
   <si>
     <t>HAMA-126807</t>
   </si>
   <si>
     <t>ACT Ergonomic Height Adjustable Footrest with Massage Rollers</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8020</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand360, Gold</t>
   </si>
   <si>
     <t>RD-10073</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>Hama "Metal" Laptop Stand, 4-stage Tilt, Folding, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-126814</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-146</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mBar, Silver</t>
   </si>
   <si>
     <t>RD-10080</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Silver</t>
   </si>
   <si>
     <t>RD-10032</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Space Gray</t>
   </si>
   <si>
     <t>RD-10072</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Black</t>
@@ -290,53 +293,50 @@
     <t>RD-10074</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Black</t>
   </si>
   <si>
     <t>RD-10076</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Midnight</t>
   </si>
   <si>
     <t>RD-10091</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Starlight</t>
   </si>
   <si>
     <t>RD-10093</t>
   </si>
   <si>
     <t>j5create Multi-Angle Laptop Stand</t>
   </si>
   <si>
     <t>J5-JTS127</t>
-  </si>
-[...1 lines deleted...]
-    <t>on route</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design iLevel 2 Adjustable Height, Silver</t>
   </si>
   <si>
     <t>RD-12031</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Gold</t>
   </si>
   <si>
     <t>RD-10071</t>
   </si>
   <si>
     <t>j5create Laptop Stand with USB 4-Port Hub</t>
   </si>
   <si>
     <t>J5-JTS223</t>
   </si>
   <si>
     <t>Stand for iMac Rain Design mBase 24" for iMAC PC</t>
   </si>
   <si>
     <t>RD-10046</t>
   </si>
@@ -717,625 +717,625 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>10.86</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>11.544</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>13.164</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>13.38</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>14.4</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>15.336</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>15.78</v>
+        <v>15.792</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>15.864</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>16.656</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>17.292</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>17.46</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>17.796</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>17.892</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>19.2</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>21.048</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>21.324</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>21.6</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>22.128</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>23.268</v>
+        <v>23.328</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>25.776</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>27.18</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>27.432</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24">
-        <v>30.168</v>
+        <v>28.992</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25">
         <v>31.2</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26">
         <v>44.988</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C27">
         <v>44.988</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28">
         <v>44.988</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29">
         <v>44.988</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30">
         <v>45.6</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31">
         <v>45.6</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32">
         <v>45.6</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33">
         <v>50.4</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34">
         <v>52.764</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35">
         <v>52.764</v>
       </c>
       <c r="D35" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36">
         <v>52.764</v>
       </c>
       <c r="D36" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37">
         <v>52.8</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C38">
         <v>52.8</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C39">
         <v>53.16</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C40">
         <v>53.16</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B41" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C41">
         <v>53.16</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C42">
         <v>53.16</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B43" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C43">
-        <v>54.18</v>
+        <v>54.0</v>
       </c>
       <c r="D43" t="s">
-        <v>92</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>94</v>
       </c>
       <c r="C44">
         <v>57.6</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>96</v>
       </c>
       <c r="C45">
         <v>57.996</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>97</v>
       </c>
       <c r="B46" t="s">
         <v>98</v>
       </c>
       <c r="C46">
         <v>58.488</v>