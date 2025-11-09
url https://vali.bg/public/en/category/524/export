--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -7,242 +7,230 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$197</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$172</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Gaming pad A4tech, X7-200S, Black</t>
-[...2 lines deleted...]
-    <t>A4-PAD-X7-200S</t>
+    <t>Mouse pad A4tech FP25 FSTyler, Baby Pink</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP25-PINK</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>Mouse pad A4tech FP25 FSTyler, Baby Pink</t>
-[...4 lines deleted...]
-  <si>
     <t>Mouse pad A4tech FP25 FStyler, Matcha Green</t>
   </si>
   <si>
     <t>A4-PAD-FP25-GREEN</t>
   </si>
   <si>
     <t>Gaming pad A4tech X7-300MP</t>
   </si>
   <si>
     <t>A4-PAD-X7-300MP</t>
   </si>
   <si>
-    <t>Mouse pad A4tech FP75 FSTyler, Black</t>
-[...2 lines deleted...]
-    <t>A4-PAD-FP75-BLACK</t>
+    <t>Mouse pad A4tech FP75 FSTyler, Silver</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-SILVER</t>
+  </si>
+  <si>
+    <t>Logitech Mouse Pad Studio Series, Blue Grey</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-51</t>
+  </si>
+  <si>
+    <t>Logitech Mouse Pad Studio Series, Darker Rose</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-50</t>
+  </si>
+  <si>
+    <t>Gaming pad Bloody BP-50L XL Black</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-50L</t>
+  </si>
+  <si>
+    <t>Gaming mouse pad Bloody BP-30L, XL size, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-30L</t>
+  </si>
+  <si>
+    <t>Mouse pad Cherry MP 1000</t>
+  </si>
+  <si>
+    <t>CHERRY-PAD-MP-1000</t>
+  </si>
+  <si>
+    <t>Gaming pad Spartan Gear Ares II XL</t>
+  </si>
+  <si>
+    <t>SG-054143</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks Centurion Action X Fired Up, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CFIRED-M</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks CS-52 LIS Mountain Fox, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52-M</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks CS-52 LIS Out of the Woods, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52W-M</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks Super Conqueror, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-SRCONQ-M</t>
+  </si>
+  <si>
+    <t>A4Tech X7 Gaming Mouse Pad XP-70L, size, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-XP-70L</t>
+  </si>
+  <si>
+    <t>uRage "Lethality 150 Speed" Gaming Mouse Pad</t>
+  </si>
+  <si>
+    <t>HAMA-219801</t>
+  </si>
+  <si>
+    <t>LEAGUE OF LEGENDS - Flexible mousepad - Team</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC348</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DIABLO - Flexible Mousepad - Diablo's Head</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC402</t>
+  </si>
+  <si>
+    <t>Flexible mousepad ABYSTYLE STARFIELD - Landing</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC521</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Mouse pad A4tech FP75 FSTyler, Silver</t>
-[...17 lines deleted...]
-    <t>not available</t>
+    <t>Flexible mousepad ABYSTYLE GOD OF WAR - Ragnarok</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC520</t>
+  </si>
+  <si>
+    <t>Flexible mousepad ABYSTYLE Diablo - Hellgate</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC503</t>
+  </si>
+  <si>
+    <t>CALL OF DUTY - Flexible mousepad - Key Art</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC523</t>
+  </si>
+  <si>
+    <t>ABYSTYLE THE WITCHER - Flexible Mousepad - World map</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC529</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries, QcK MIni, Black</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63005</t>
   </si>
   <si>
     <t>Logitech Mouse Pad Studio Series, Graphite</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-49</t>
   </si>
   <si>
-    <t>Gaming pad Bloody BP-50L XL Black</t>
-[...106 lines deleted...]
-  <si>
     <t>Mouse Wrist Rest Glorious Padded</t>
   </si>
   <si>
     <t>GL-MOUSE-GAZU-411</t>
   </si>
   <si>
     <t>Gaming pad Logitech, G240, Black</t>
   </si>
   <si>
     <t>LOGITECH-PAD-G240</t>
   </si>
   <si>
     <t>uRage "Lethality 250 Speed" Gaming Mouse Pad, 186088</t>
   </si>
   <si>
     <t>HAMA-186088</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries, QCK, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63004</t>
   </si>
   <si>
     <t>Logitech Desk Mat Studio Series, Mid Grey</t>
@@ -391,68 +379,68 @@
   <si>
     <t>Mousepad Dark Project - Nostra Black XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOSTRA-BL-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Celestial XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-CELESTIAL-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Terra Nova White XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOVA-WH-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Terra Nova Black XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOVA-BL-XL</t>
   </si>
   <si>
+    <t>Keychron Desk Mat - Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-1</t>
+  </si>
+  <si>
     <t>Glorious Keyboard Mat for 75% Keyboards, Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-1034</t>
   </si>
   <si>
     <t>Glorious Keyboard Mat for 65% Keyboards, Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-1033</t>
   </si>
   <si>
-    <t>Gaming pad SteelSeries, QcK Edge Medium, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming pad Glorious Extended Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-659</t>
   </si>
   <si>
     <t>Gaming pad Glorious XL Heavy White</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-780</t>
   </si>
   <si>
     <t>Gaming pad Glorious Stealth Extended Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-775</t>
   </si>
   <si>
     <t>Gaming pad Spartan Gear Ares RGB XXL</t>
   </si>
   <si>
     <t>SG-069586</t>
   </si>
   <si>
     <t>Gaming mousepad Hearthstone Cardbacks XL</t>
@@ -562,56 +550,50 @@
   <si>
     <t>Mousepad ENDORFY Crystal Black - XL</t>
   </si>
   <si>
     <t>END-PAD-EY6B008</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Crystal Onyx White - XL</t>
   </si>
   <si>
     <t>END-PAD-EY6B010</t>
   </si>
   <si>
     <t>Corsair MM350 Champion Anti-Fray XL Gaming Mouse Pad 450mm x 400mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM350-XL</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Cordura Speed - XL</t>
   </si>
   <si>
     <t>END-PAD-EY6B003</t>
   </si>
   <si>
-    <t>Gaming pad ZOWIE, G-SR ,  Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming pad SteelSeries, QcK Edge Large, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63823</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo 2: Resurrected - Mephisto, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD2MPHIST21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo 2: Resurrected - Prime Evil, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD2SKELET21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo IV - Lilith, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4LILITH21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo IV - Skeleton King, XL</t>
@@ -683,56 +665,50 @@
     <t>FSH-FBLMPDFFLCLD22SXL</t>
   </si>
   <si>
     <t>Gaming mousepad World Of WarCraft Dragonflight - Alexstrasza, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPDFALXZA22SXL</t>
   </si>
   <si>
     <t>Gaming mousepad World Of WarCraft Dragonflight - Alexstrasza &amp; Dragon, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPDFALDRA22SXL</t>
   </si>
   <si>
     <t>Gaming mousepad Naruto Shippuden - Akatsuki Clouds, XL</t>
   </si>
   <si>
     <t>FSH-FNRMPSPEED24CLDXL</t>
   </si>
   <si>
     <t>Mousepad World of Tanks 15 Anniversary, XL</t>
   </si>
   <si>
     <t>FSH-FWOT15ANMOUSPADXL</t>
-  </si>
-[...4 lines deleted...]
-    <t>ZOWIE-PAD-G-SR-II</t>
   </si>
   <si>
     <t>Gaming mousepad ASUS ROG HONE ACE AIM LAB Edition</t>
   </si>
   <si>
     <t>ASUS-PAD-ROG-HONE-AIMLAB</t>
   </si>
   <si>
     <t>Corsair MM300 Pro Premium Extended Gaming Mouse Pad, 930mm x 300mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM300-EXT</t>
   </si>
   <si>
     <t>Gaming mouse pad Corsair MM500 v2 Hybrid Cloth Large, 450mm x 400mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM500-L</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries QcK XXL</t>
   </si>
   <si>
     <t>STEEL-PAD-63429</t>
   </si>
@@ -1234,706 +1210,706 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D197"/>
+  <dimension ref="A1:D172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.48</v>
+        <v>7.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.2</v>
+        <v>8.004</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>8.004</v>
+        <v>10.116</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>10.116</v>
+        <v>14.004</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>14.004</v>
+        <v>15.0</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>14.004</v>
+        <v>16.2</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>15.0</v>
+        <v>16.992</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>16.2</v>
+        <v>16.992</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C10">
-        <v>16.2</v>
+        <v>18.924</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C11">
-        <v>16.992</v>
+        <v>18.996</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>16.992</v>
+        <v>18.996</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>18.924</v>
+        <v>18.996</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>18.996</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>18.996</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>18.996</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>18.996</v>
+        <v>19.836</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>18.996</v>
+        <v>19.896</v>
       </c>
       <c r="D18" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>18.996</v>
+        <v>19.896</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>19.896</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>19.896</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>19.896</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>19.896</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>19.896</v>
       </c>
       <c r="D24" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>19.896</v>
+        <v>19.992</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>19.896</v>
+        <v>23.676</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>19.896</v>
+        <v>24.0</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>19.992</v>
+        <v>24.996</v>
       </c>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>24.0</v>
+        <v>24.996</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>24.996</v>
+        <v>28.992</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>24.996</v>
+        <v>29.004</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>28.992</v>
+        <v>29.004</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>29.004</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>29.004</v>
+        <v>29.352</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>29.004</v>
+        <v>34.992</v>
       </c>
       <c r="D35" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>29.352</v>
+        <v>34.992</v>
       </c>
       <c r="D36" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>34.992</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>34.992</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>34.992</v>
+        <v>36.672</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>34.992</v>
+        <v>39.0</v>
       </c>
       <c r="D40" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>36.672</v>
+        <v>39.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>39.0</v>
       </c>
       <c r="D42" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>39.0</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>39.0</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>39.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>39.0</v>
       </c>
       <c r="D46" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>39.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>39.0</v>
@@ -1987,457 +1963,457 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>39.0</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>39.0</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>39.0</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>39.0</v>
       </c>
       <c r="D55" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>39.0</v>
       </c>
       <c r="D56" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>39.0</v>
       </c>
       <c r="D57" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>39.0</v>
       </c>
       <c r="D58" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>39.0</v>
       </c>
       <c r="D59" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>39.0</v>
+        <v>45.0</v>
       </c>
       <c r="D60" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>45.0</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>45.0</v>
+        <v>48.996</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>48.996</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>48.996</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
         <v>48.996</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
         <v>48.996</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>48.996</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>48.996</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>48.996</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>48.996</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>48.996</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>48.996</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>48.996</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>48.996</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>48.996</v>
       </c>
       <c r="D75" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>48.996</v>
       </c>
       <c r="D76" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>48.996</v>
       </c>
       <c r="D77" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>48.996</v>
       </c>
       <c r="D78" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>125</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C79">
         <v>48.996</v>
       </c>
       <c r="D79" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C80">
         <v>48.996</v>
       </c>
       <c r="D80" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>127</v>
+        <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>48.996</v>
       </c>
       <c r="D81" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
         <v>48.996</v>
       </c>
       <c r="D82" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>48.996</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
         <v>48.996</v>
@@ -2460,1584 +2436,1234 @@
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
         <v>48.996</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>48.996</v>
+        <v>50.7</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>48.996</v>
+        <v>58.992</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>50.7</v>
+        <v>59.004</v>
       </c>
       <c r="D89" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>58.992</v>
+        <v>59.004</v>
       </c>
       <c r="D90" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>58.992</v>
+        <v>59.004</v>
       </c>
       <c r="D91" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
         <v>59.004</v>
       </c>
       <c r="D92" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
         <v>59.004</v>
       </c>
       <c r="D93" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
         <v>59.004</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
         <v>59.004</v>
       </c>
       <c r="D95" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
         <v>59.004</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
         <v>59.004</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
         <v>59.004</v>
       </c>
       <c r="D98" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
         <v>59.004</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
         <v>59.004</v>
       </c>
       <c r="D100" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
         <v>59.004</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B102" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C102">
         <v>16.992</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B103" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C103">
         <v>18.996</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B104" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C104">
-        <v>18.996</v>
+        <v>19.836</v>
       </c>
       <c r="D104" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="B105" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="C105">
-        <v>18.996</v>
+        <v>19.896</v>
       </c>
       <c r="D105" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="B106" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="C106">
-        <v>18.996</v>
+        <v>34.992</v>
       </c>
       <c r="D106" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="B107" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="C107">
-        <v>18.996</v>
+        <v>39.0</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="B108" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
       <c r="C108">
-        <v>19.836</v>
+        <v>39.0</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="B109" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="C109">
-        <v>19.896</v>
+        <v>39.0</v>
       </c>
       <c r="D109" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="B110" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="C110">
-        <v>19.896</v>
+        <v>39.0</v>
       </c>
       <c r="D110" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="B111" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="C111">
-        <v>19.896</v>
+        <v>39.0</v>
       </c>
       <c r="D111" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="B112" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="C112">
-        <v>19.896</v>
+        <v>39.0</v>
       </c>
       <c r="D112" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="B113" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="C113">
-        <v>19.896</v>
+        <v>39.0</v>
       </c>
       <c r="D113" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>65</v>
+        <v>107</v>
       </c>
       <c r="B114" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="C114">
-        <v>24.996</v>
+        <v>39.0</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="B115" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
       <c r="C115">
-        <v>29.352</v>
+        <v>39.0</v>
       </c>
       <c r="D115" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>81</v>
+        <v>111</v>
       </c>
       <c r="B116" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="C116">
-        <v>34.992</v>
+        <v>39.0</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="B117" t="s">
-        <v>84</v>
+        <v>114</v>
       </c>
       <c r="C117">
-        <v>34.992</v>
+        <v>39.0</v>
       </c>
       <c r="D117" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="B118" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="C118">
         <v>39.0</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="B119" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="C119">
         <v>39.0</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>101</v>
+        <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>102</v>
+        <v>120</v>
       </c>
       <c r="C120">
         <v>39.0</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>103</v>
+        <v>121</v>
       </c>
       <c r="B121" t="s">
-        <v>104</v>
+        <v>122</v>
       </c>
       <c r="C121">
         <v>39.0</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="B122" t="s">
-        <v>106</v>
+        <v>124</v>
       </c>
       <c r="C122">
-        <v>39.0</v>
+        <v>45.0</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>107</v>
+        <v>125</v>
       </c>
       <c r="B123" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="C123">
-        <v>39.0</v>
+        <v>45.0</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="B124" t="s">
-        <v>110</v>
+        <v>161</v>
       </c>
       <c r="C124">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>111</v>
+        <v>162</v>
       </c>
       <c r="B125" t="s">
-        <v>112</v>
+        <v>163</v>
       </c>
       <c r="C125">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>113</v>
+        <v>164</v>
       </c>
       <c r="B126" t="s">
-        <v>114</v>
+        <v>165</v>
       </c>
       <c r="C126">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D126" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>115</v>
+        <v>166</v>
       </c>
       <c r="B127" t="s">
-        <v>116</v>
+        <v>167</v>
       </c>
       <c r="C127">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D127" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="B128" t="s">
-        <v>118</v>
+        <v>169</v>
       </c>
       <c r="C128">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D128" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>119</v>
+        <v>170</v>
       </c>
       <c r="B129" t="s">
-        <v>120</v>
+        <v>171</v>
       </c>
       <c r="C129">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D129" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>121</v>
+        <v>172</v>
       </c>
       <c r="B130" t="s">
-        <v>122</v>
+        <v>173</v>
       </c>
       <c r="C130">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D130" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>123</v>
+        <v>174</v>
       </c>
       <c r="B131" t="s">
-        <v>124</v>
+        <v>175</v>
       </c>
       <c r="C131">
-        <v>39.0</v>
+        <v>48.996</v>
       </c>
       <c r="D131" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>125</v>
+        <v>176</v>
       </c>
       <c r="B132" t="s">
-        <v>126</v>
+        <v>177</v>
       </c>
       <c r="C132">
-        <v>45.0</v>
+        <v>50.7</v>
       </c>
       <c r="D132" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="B133" t="s">
-        <v>128</v>
+        <v>206</v>
       </c>
       <c r="C133">
-        <v>45.0</v>
+        <v>59.004</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>143</v>
+        <v>207</v>
       </c>
       <c r="B134" t="s">
-        <v>144</v>
+        <v>208</v>
       </c>
       <c r="C134">
-        <v>48.996</v>
+        <v>59.004</v>
       </c>
       <c r="D134" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>145</v>
+        <v>209</v>
       </c>
       <c r="B135" t="s">
-        <v>146</v>
+        <v>210</v>
       </c>
       <c r="C135">
-        <v>48.996</v>
+        <v>59.004</v>
       </c>
       <c r="D135" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>147</v>
+        <v>211</v>
       </c>
       <c r="B136" t="s">
-        <v>148</v>
+        <v>212</v>
       </c>
       <c r="C136">
-        <v>48.996</v>
+        <v>59.004</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>149</v>
+        <v>213</v>
       </c>
       <c r="B137" t="s">
-        <v>150</v>
+        <v>214</v>
       </c>
       <c r="C137">
-        <v>48.996</v>
+        <v>59.004</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>151</v>
+        <v>215</v>
       </c>
       <c r="B138" t="s">
-        <v>152</v>
+        <v>216</v>
       </c>
       <c r="C138">
-        <v>48.996</v>
+        <v>59.004</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>153</v>
+        <v>217</v>
       </c>
       <c r="B139" t="s">
-        <v>154</v>
+        <v>218</v>
       </c>
       <c r="C139">
-        <v>48.996</v>
+        <v>69.0</v>
       </c>
       <c r="D139" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>155</v>
+        <v>219</v>
       </c>
       <c r="B140" t="s">
-        <v>156</v>
+        <v>220</v>
       </c>
       <c r="C140">
-        <v>48.996</v>
+        <v>69.0</v>
       </c>
       <c r="D140" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>157</v>
+        <v>221</v>
       </c>
       <c r="B141" t="s">
-        <v>158</v>
+        <v>222</v>
       </c>
       <c r="C141">
-        <v>48.996</v>
+        <v>69.0</v>
       </c>
       <c r="D141" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>159</v>
+        <v>223</v>
       </c>
       <c r="B142" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="C142">
-        <v>48.996</v>
+        <v>69.996</v>
       </c>
       <c r="D142" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>161</v>
+        <v>225</v>
       </c>
       <c r="B143" t="s">
-        <v>162</v>
+        <v>226</v>
       </c>
       <c r="C143">
-        <v>48.996</v>
+        <v>78.996</v>
       </c>
       <c r="D143" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>163</v>
+        <v>227</v>
       </c>
       <c r="B144" t="s">
-        <v>164</v>
+        <v>228</v>
       </c>
       <c r="C144">
-        <v>48.996</v>
+        <v>78.996</v>
       </c>
       <c r="D144" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>127</v>
+        <v>229</v>
       </c>
       <c r="B145" t="s">
-        <v>165</v>
+        <v>230</v>
       </c>
       <c r="C145">
-        <v>48.996</v>
+        <v>78.996</v>
       </c>
       <c r="D145" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>166</v>
+        <v>231</v>
       </c>
       <c r="B146" t="s">
-        <v>167</v>
+        <v>232</v>
       </c>
       <c r="C146">
-        <v>48.996</v>
+        <v>78.996</v>
       </c>
       <c r="D146" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>168</v>
+        <v>233</v>
       </c>
       <c r="B147" t="s">
-        <v>169</v>
+        <v>234</v>
       </c>
       <c r="C147">
-        <v>48.996</v>
+        <v>78.996</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>170</v>
+        <v>235</v>
       </c>
       <c r="B148" t="s">
-        <v>171</v>
+        <v>236</v>
       </c>
       <c r="C148">
-        <v>48.996</v>
+        <v>78.996</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>172</v>
+        <v>237</v>
       </c>
       <c r="B149" t="s">
-        <v>173</v>
+        <v>238</v>
       </c>
       <c r="C149">
-        <v>48.996</v>
+        <v>88.992</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>174</v>
+        <v>239</v>
       </c>
       <c r="B150" t="s">
-        <v>175</v>
+        <v>240</v>
       </c>
       <c r="C150">
-        <v>48.996</v>
+        <v>88.992</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>176</v>
+        <v>241</v>
       </c>
       <c r="B151" t="s">
-        <v>177</v>
+        <v>242</v>
       </c>
       <c r="C151">
-        <v>48.996</v>
+        <v>88.992</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>178</v>
+        <v>243</v>
       </c>
       <c r="B152" t="s">
-        <v>179</v>
+        <v>244</v>
       </c>
       <c r="C152">
-        <v>48.996</v>
+        <v>88.992</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>180</v>
+        <v>245</v>
       </c>
       <c r="B153" t="s">
-        <v>181</v>
+        <v>246</v>
       </c>
       <c r="C153">
-        <v>50.7</v>
+        <v>88.992</v>
       </c>
       <c r="D153" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>206</v>
+        <v>247</v>
       </c>
       <c r="B154" t="s">
-        <v>207</v>
+        <v>248</v>
       </c>
       <c r="C154">
-        <v>59.004</v>
+        <v>89.004</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>208</v>
+        <v>249</v>
       </c>
       <c r="B155" t="s">
-        <v>209</v>
+        <v>250</v>
       </c>
       <c r="C155">
-        <v>59.004</v>
+        <v>99.0</v>
       </c>
       <c r="D155" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>210</v>
+        <v>251</v>
       </c>
       <c r="B156" t="s">
-        <v>211</v>
+        <v>252</v>
       </c>
       <c r="C156">
-        <v>59.004</v>
+        <v>99.0</v>
       </c>
       <c r="D156" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>210</v>
+        <v>253</v>
       </c>
       <c r="B157" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="C157">
-        <v>59.004</v>
+        <v>99.0</v>
       </c>
       <c r="D157" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
       <c r="B158" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
       <c r="C158">
-        <v>59.004</v>
+        <v>99.0</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>215</v>
+        <v>257</v>
       </c>
       <c r="B159" t="s">
-        <v>216</v>
+        <v>258</v>
       </c>
       <c r="C159">
-        <v>59.004</v>
+        <v>99.0</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>217</v>
+        <v>259</v>
       </c>
       <c r="B160" t="s">
-        <v>218</v>
+        <v>260</v>
       </c>
       <c r="C160">
-        <v>59.004</v>
+        <v>118.8</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="B161" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="C161">
-        <v>59.004</v>
+        <v>118.8</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
       <c r="B162" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="C162">
-        <v>59.004</v>
+        <v>118.992</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="B163" t="s">
-        <v>224</v>
+        <v>266</v>
       </c>
       <c r="C163">
-        <v>69.0</v>
+        <v>118.992</v>
       </c>
       <c r="D163" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="B164" t="s">
-        <v>226</v>
+        <v>268</v>
       </c>
       <c r="C164">
-        <v>69.0</v>
+        <v>118.992</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>227</v>
+        <v>269</v>
       </c>
       <c r="B165" t="s">
-        <v>228</v>
+        <v>270</v>
       </c>
       <c r="C165">
-        <v>69.0</v>
+        <v>138.996</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>229</v>
+        <v>271</v>
       </c>
       <c r="B166" t="s">
-        <v>230</v>
+        <v>272</v>
       </c>
       <c r="C166">
-        <v>69.0</v>
+        <v>198.996</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>231</v>
+        <v>273</v>
       </c>
       <c r="B167" t="s">
-        <v>232</v>
+        <v>274</v>
       </c>
       <c r="C167">
-        <v>69.996</v>
+        <v>214.992</v>
       </c>
       <c r="D167" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>233</v>
+        <v>275</v>
       </c>
       <c r="B168" t="s">
-        <v>234</v>
+        <v>276</v>
       </c>
       <c r="C168">
-        <v>78.996</v>
+        <v>238.992</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="B169" t="s">
-        <v>236</v>
+        <v>278</v>
       </c>
       <c r="C169">
-        <v>78.996</v>
+        <v>239.004</v>
       </c>
       <c r="D169" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>237</v>
+        <v>279</v>
       </c>
       <c r="B170" t="s">
-        <v>238</v>
+        <v>280</v>
       </c>
       <c r="C170">
-        <v>78.996</v>
+        <v>239.004</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>239</v>
+        <v>281</v>
       </c>
       <c r="B171" t="s">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="C171">
-        <v>78.996</v>
+        <v>298.992</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
-[...349 lines deleted...]
-        <v>15</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D197"/>
+  <autoFilter ref="A1:D172"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>