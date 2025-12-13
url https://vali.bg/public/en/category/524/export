--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -7,137 +7,143 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$172</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$173</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Mouse pad A4tech FP25 FSTyler, Baby Pink</t>
   </si>
   <si>
     <t>A4-PAD-FP25-PINK</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Mouse pad A4tech FP25 FStyler, Matcha Green</t>
   </si>
   <si>
     <t>A4-PAD-FP25-GREEN</t>
   </si>
   <si>
     <t>Gaming pad A4tech X7-300MP</t>
   </si>
   <si>
     <t>A4-PAD-X7-300MP</t>
   </si>
   <si>
     <t>Mouse pad A4tech FP75 FSTyler, Silver</t>
   </si>
   <si>
     <t>A4-PAD-FP75-SILVER</t>
   </si>
   <si>
+    <t>Logitech Mouse Pad Studio Series, Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-49</t>
+  </si>
+  <si>
     <t>Logitech Mouse Pad Studio Series, Blue Grey</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-51</t>
   </si>
   <si>
     <t>Logitech Mouse Pad Studio Series, Darker Rose</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-50</t>
   </si>
   <si>
     <t>Gaming pad Bloody BP-50L XL Black</t>
   </si>
   <si>
     <t>A4-PAD-BP-50L</t>
   </si>
   <si>
     <t>Gaming mouse pad Bloody BP-30L, XL size, 750 x 300 x 3mm</t>
   </si>
   <si>
     <t>A4-PAD-BP-30L</t>
   </si>
   <si>
     <t>Mouse pad Cherry MP 1000</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-1000</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Gaming pad Spartan Gear Ares II XL</t>
   </si>
   <si>
     <t>SG-054143</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Mousepad World of Tanks Centurion Action X Fired Up, Size M</t>
   </si>
   <si>
     <t>FSH-TANKS-CFIRED-M</t>
   </si>
   <si>
     <t>Mousepad World of Tanks CS-52 LIS Mountain Fox, Size M</t>
   </si>
   <si>
     <t>FSH-TANKS-CS52-M</t>
   </si>
   <si>
     <t>Mousepad World of Tanks CS-52 LIS Out of the Woods, Size M</t>
   </si>
   <si>
     <t>FSH-TANKS-CS52W-M</t>
   </si>
   <si>
     <t>Mousepad World of Tanks Super Conqueror, Size M</t>
   </si>
   <si>
     <t>FSH-TANKS-SRCONQ-M</t>
   </si>
   <si>
     <t>A4Tech X7 Gaming Mouse Pad XP-70L, size, 750 x 300 x 3mm</t>
@@ -181,194 +187,212 @@
   <si>
     <t>Flexible mousepad ABYSTYLE Diablo - Hellgate</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC503</t>
   </si>
   <si>
     <t>CALL OF DUTY - Flexible mousepad - Key Art</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC523</t>
   </si>
   <si>
     <t>ABYSTYLE THE WITCHER - Flexible Mousepad - World map</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC529</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries, QcK MIni, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63005</t>
   </si>
   <si>
-    <t>Logitech Mouse Pad Studio Series, Graphite</t>
-[...2 lines deleted...]
-    <t>LOGITECH-PAD-MP-49</t>
+    <t>uRage "Lethality 250 Speed" Gaming Mouse Pad, 186088</t>
+  </si>
+  <si>
+    <t>HAMA-186088</t>
   </si>
   <si>
     <t>Mouse Wrist Rest Glorious Padded</t>
   </si>
   <si>
     <t>GL-MOUSE-GAZU-411</t>
   </si>
   <si>
     <t>Gaming pad Logitech, G240, Black</t>
   </si>
   <si>
     <t>LOGITECH-PAD-G240</t>
   </si>
   <si>
-    <t>uRage "Lethality 250 Speed" Gaming Mouse Pad, 186088</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming pad SteelSeries, QCK, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63004</t>
   </si>
   <si>
     <t>Logitech Desk Mat Studio Series, Mid Grey</t>
   </si>
   <si>
     <t>LOGITECH-PAD-DM-52</t>
   </si>
   <si>
     <t>Logitech Logitech Desk Mat Studio Series, Darker Rose</t>
   </si>
   <si>
     <t>LOGITECH-PAD-DM-53</t>
   </si>
   <si>
     <t>Logitech Desk Mat Studio Series, Lavender</t>
   </si>
   <si>
     <t>LOGITECH-PAD-DM-54</t>
   </si>
   <si>
     <t>Mouse pad Cherry MP 2000, XXL, Black</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-2000</t>
   </si>
   <si>
+    <t>uRage "Lethality 200 Illuminated" Gaming Mouse Pad, 186047</t>
+  </si>
+  <si>
+    <t>HAMA-186045</t>
+  </si>
+  <si>
+    <t>uRage "Lethality 350 Speed" Gaming Mouse Pad</t>
+  </si>
+  <si>
+    <t>HAMA-186073</t>
+  </si>
+  <si>
+    <t>Mousepad PowerColor Red Devil - XL</t>
+  </si>
+  <si>
+    <t>PC-PAD-MPD-1000</t>
+  </si>
+  <si>
     <t>Gaming pad Spartan Gear Ares RGB</t>
   </si>
   <si>
     <t>SG-069585</t>
   </si>
   <si>
     <t>Gaming pad Spartan Gear Ares II XXL</t>
   </si>
   <si>
     <t>SG-082662</t>
   </si>
   <si>
-    <t>uRage "Lethality 200 Illuminated" Gaming Mouse Pad, 186047</t>
-[...4 lines deleted...]
-  <si>
     <t>Paladone Marvel - Logo Desk Mat, PP9519MC</t>
   </si>
   <si>
     <t>PD-084309</t>
   </si>
   <si>
-    <t>uRage "Lethality 350 Speed" Gaming Mouse Pad</t>
-[...2 lines deleted...]
-    <t>HAMA-186073</t>
+    <t>Desk Mat Keychron - Rapper Keep it Real</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-4</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries, QcK+, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63003</t>
   </si>
   <si>
     <t>Gaming pad Glorious XL Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-657</t>
   </si>
   <si>
     <t>Gaming pad Glorious XL Heavy Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-658</t>
   </si>
   <si>
     <t>Gaming pad Glorious XL White</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-779</t>
   </si>
   <si>
     <t>Gaming pad Glorious Stealth XL Heavy Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-773</t>
   </si>
   <si>
+    <t>Gaming mousepad Diablo IV - Lilith, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD4LILITH21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft Shadowlands - Sylvanas, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWSYLVA21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft Burning Crusade - Illidan, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWILLID21XL</t>
+  </si>
+  <si>
     <t>Mousepad ENDORFY Crystal Black - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B007</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Crystal Onyx White - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B009</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Crystal Spectrum - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B011</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Crystal Blue - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B013</t>
   </si>
   <si>
-    <t>Mousepad PowerColor Red Devil - XL</t>
-[...4 lines deleted...]
-  <si>
     <t>Netflix Squid Game - Front Man And Guards Desk Mat</t>
   </si>
   <si>
     <t>SG-108603</t>
   </si>
   <si>
     <t>Corsair MM250 Champion XL Gaming Mouse Pad 450mm x 400mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM250-XL</t>
   </si>
   <si>
     <t>Gaming mousepad ASUS TUF GAMING P1 Hatsune Miku Edition</t>
   </si>
   <si>
     <t>ASUS-PAD-TUF-P1-MIKU</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Bushido XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-BUSHIDO-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Nostra White XL</t>
@@ -397,257 +421,233 @@
   <si>
     <t>Mousepad Dark Project - Terra Nova Black XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOVA-BL-XL</t>
   </si>
   <si>
     <t>Keychron Desk Mat - Black</t>
   </si>
   <si>
     <t>KEYCHRON-PAD-DM-1</t>
   </si>
   <si>
     <t>Glorious Keyboard Mat for 75% Keyboards, Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-1034</t>
   </si>
   <si>
     <t>Glorious Keyboard Mat for 65% Keyboards, Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-1033</t>
   </si>
   <si>
+    <t>Gaming pad Glorious XL Heavy White</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-780</t>
+  </si>
+  <si>
+    <t>Gaming pad Spartan Gear Ares RGB XXL</t>
+  </si>
+  <si>
+    <t>SG-069586</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Hearthstone Cardbacks XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPHSCARDBK21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Hearthstone: Heroes XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPHSHEROES21XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks Centurion Action X Fired Up, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CFIRED-XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks Super Conqueror, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-SRCONQ-XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks TVP T 50/51, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-T5055-XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks VZ.55, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-VZ55-XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks - The Winged Warriors, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-WINGWR-XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - Pokemon - Pikachu, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC411</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - NARUTO SHIPPUDEN - Group, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC415</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - DEMON SLAYER - Pillars, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC418</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - HARRY POTTER - The Marauder's Map, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC452</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - ATTACK ON TITAN - Eren vs Colossal Titan, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC469</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - ONE PIECE - Battle in Wano, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC478</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-1032</t>
+  </si>
+  <si>
+    <t>Desk Mat Keychron - Graffity Party</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-5</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Spectrum - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B012</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Blue - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B014</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Black - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B008</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Onyx White - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B010</t>
+  </si>
+  <si>
+    <t>Corsair MM350 Champion Anti-Fray XL Gaming Mouse Pad 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM350-XL</t>
+  </si>
+  <si>
     <t>Gaming pad Glorious Extended Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-659</t>
   </si>
   <si>
-    <t>Gaming pad Glorious XL Heavy White</t>
-[...2 lines deleted...]
-    <t>GL-PAD-GAMA-780</t>
+    <t>Mousepad ENDORFY Cordura Speed - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B003</t>
   </si>
   <si>
     <t>Gaming pad Glorious Stealth Extended Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-775</t>
   </si>
   <si>
-    <t>Gaming pad Spartan Gear Ares RGB XXL</t>
-[...133 lines deleted...]
-  <si>
     <t>Gaming pad SteelSeries, QcK Edge Large, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63823</t>
   </si>
   <si>
+    <t>Gaming pad Xtrfy GPZ1 Large</t>
+  </si>
+  <si>
+    <t>XTRFY-PAD-9016</t>
+  </si>
+  <si>
     <t>Gaming mousepad Diablo 2: Resurrected - Mephisto, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD2MPHIST21XL</t>
   </si>
   <si>
-    <t>Gaming mousepad Diablo 2: Resurrected - Prime Evil, XL</t>
-[...10 lines deleted...]
-  <si>
     <t>Gaming mousepad Diablo IV - Skeleton King, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4SKELET21XL</t>
   </si>
   <si>
     <t>Gaming mousepad World of WarCraft Shadowlands - Bolvar, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPWOWLEACH21XL</t>
   </si>
   <si>
-    <t>Gaming mousepad World of WarCraft Shadowlands - Sylvanas, XL</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming mousepad World of WarCraft Classic - Ragnaros, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPWOWRAGNA21XL</t>
   </si>
   <si>
-    <t>Gaming mousepad World of WarCraft Burning Crusade - Illidan, XL</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming mousepad Diablo IV - Gate of Hell, XL, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4HELLGT21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo IV - Heroes, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4HEROES21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo IV - Inarius and Lilith, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4INALIL21XL</t>
   </si>
   <si>
     <t>Gaming mousepad World of WarCraft</t>
   </si>
   <si>
     <t>FSH-FBLMPWOWSHADO21XL</t>
   </si>
   <si>
     <t>Gaming mousepad World of WarCraft, XL</t>
@@ -673,50 +673,56 @@
   <si>
     <t>Gaming mousepad World Of WarCraft Dragonflight - Alexstrasza &amp; Dragon, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPDFALDRA22SXL</t>
   </si>
   <si>
     <t>Gaming mousepad Naruto Shippuden - Akatsuki Clouds, XL</t>
   </si>
   <si>
     <t>FSH-FNRMPSPEED24CLDXL</t>
   </si>
   <si>
     <t>Mousepad World of Tanks 15 Anniversary, XL</t>
   </si>
   <si>
     <t>FSH-FWOT15ANMOUSPADXL</t>
   </si>
   <si>
     <t>Gaming mousepad ASUS ROG HONE ACE AIM LAB Edition</t>
   </si>
   <si>
     <t>ASUS-PAD-ROG-HONE-AIMLAB</t>
   </si>
   <si>
+    <t>Mousepad PowerColor Red Devil RGB - XL</t>
+  </si>
+  <si>
+    <t>PC-PAD-MPDR-1000</t>
+  </si>
+  <si>
     <t>Corsair MM300 Pro Premium Extended Gaming Mouse Pad, 930mm x 300mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM300-EXT</t>
   </si>
   <si>
     <t>Gaming mouse pad Corsair MM500 v2 Hybrid Cloth Large, 450mm x 400mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM500-L</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries QcK XXL</t>
   </si>
   <si>
     <t>STEEL-PAD-63429</t>
   </si>
   <si>
     <t>Gaming pad ZOWIE G-SR-SE-ZC04 Bi Green</t>
   </si>
   <si>
     <t>ZOWIE-PAD-G-SR-SE-ZC04</t>
   </si>
   <si>
     <t>Gaming Esports Mouse Pad  ZOWIE G-SR III - Large</t>
@@ -739,72 +745,72 @@
   <si>
     <t>Corsair MM350 Pro Premium Extended Gaming Mouse Pad Black, 930mm x 400mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM350-EXT-BL</t>
   </si>
   <si>
     <t>Corsair MM350 Pro Premium Extended Gaming Mouse Pad, 930mm x 400mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM350-EXT</t>
   </si>
   <si>
     <t>Gaming Esports Mouse Pad ZOWIE G-TR - Large</t>
   </si>
   <si>
     <t>ZOWIE-PAD-G-TR</t>
   </si>
   <si>
     <t>Gaming pad ZOWIE G-SR-SE Rouge Red - Large</t>
   </si>
   <si>
     <t>ZOWIE-PAD-G-SR-SE-ZC05</t>
   </si>
   <si>
-    <t>Mousepad PowerColor Red Devil RGB - XL</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming pad SteelSeries QcK CS2 Dragon Lore Edition - XXL</t>
   </si>
   <si>
     <t>STEEL-PAD-63448</t>
   </si>
   <si>
     <t>Corsair MM500 v2 Hybrid Cloth Extended Gaming Mouse Pad, 930mm x 300mm</t>
   </si>
   <si>
     <t>CORSAIR-PAD-MM500-EXT</t>
   </si>
   <si>
     <t>Gaming pad ASUS ROG Sheath II XXL</t>
   </si>
   <si>
     <t>ASUS-PAD-ROG-SHEATH-II</t>
+  </si>
+  <si>
+    <t>Gaming pad Noctua NP-DM3 Anniversary Deskmat - 900 x 400 x 4 mm</t>
+  </si>
+  <si>
+    <t>NOCTUA-PAD-NP-DM3</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries QcK HEAVY XXL Faze Clan Edition</t>
   </si>
   <si>
     <t>STEEL-PAD-63428</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries QcK XXL - WOW Edition</t>
   </si>
   <si>
     <t>STEEL-PAD-63447</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries QcK Performance L Control</t>
   </si>
   <si>
     <t>STEEL-PAD-63434</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries QcK Performance L Speed</t>
   </si>
   <si>
     <t>STEEL-PAD-63430</t>
   </si>
@@ -1210,51 +1216,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D172"/>
+  <dimension ref="A1:D173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1288,628 +1294,628 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>10.116</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>14.004</v>
+        <v>12.0</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>15.0</v>
+        <v>12.108</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>16.2</v>
+        <v>15.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>16.992</v>
+        <v>16.2</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
         <v>16.992</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>18.924</v>
+        <v>16.992</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>18.996</v>
+        <v>18.924</v>
       </c>
       <c r="D11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>18.996</v>
       </c>
       <c r="D12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>18.996</v>
       </c>
       <c r="D13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>18.996</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>18.996</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>18.996</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>19.836</v>
+        <v>18.996</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>19.896</v>
+        <v>19.836</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>19.896</v>
       </c>
       <c r="D19" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>19.896</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21">
         <v>19.896</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>19.896</v>
       </c>
       <c r="D22" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>19.896</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>19.896</v>
       </c>
       <c r="D24" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>19.992</v>
+        <v>19.896</v>
       </c>
       <c r="D25" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>23.676</v>
+        <v>19.992</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>24.0</v>
+        <v>21.252</v>
       </c>
       <c r="D27" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>24.996</v>
+        <v>24.0</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>24.996</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>28.992</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>29.004</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>29.004</v>
       </c>
       <c r="D32" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>29.004</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>29.352</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>34.992</v>
+        <v>29.748</v>
       </c>
       <c r="D35" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>34.992</v>
+        <v>31.176</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>34.992</v>
+        <v>33.0</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>34.992</v>
       </c>
       <c r="D38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>36.672</v>
+        <v>34.992</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D40" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>39.0</v>
+        <v>35.004</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>39.0</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>39.0</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>39.0</v>
       </c>
       <c r="D44" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>39.0</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>39.0</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>39.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>39.0</v>
@@ -1963,345 +1969,345 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>39.0</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>39.0</v>
       </c>
       <c r="D53" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>39.0</v>
       </c>
       <c r="D54" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>39.0</v>
       </c>
       <c r="D55" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>39.0</v>
       </c>
       <c r="D56" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>39.0</v>
       </c>
       <c r="D57" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>39.0</v>
       </c>
       <c r="D58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>39.0</v>
       </c>
       <c r="D59" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>45.0</v>
+        <v>39.0</v>
       </c>
       <c r="D60" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>45.0</v>
+        <v>39.0</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>48.996</v>
+        <v>39.0</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>48.996</v>
+        <v>39.0</v>
       </c>
       <c r="D63" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D64" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D65" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
         <v>48.996</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>48.996</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>48.996</v>
       </c>
       <c r="D68" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>48.996</v>
       </c>
       <c r="D69" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>48.996</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>48.996</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>48.996</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>48.996</v>
       </c>
       <c r="D73" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>48.996</v>
       </c>
       <c r="D74" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>48.996</v>
       </c>
       <c r="D75" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>48.996</v>
@@ -2318,284 +2324,284 @@
         <v>158</v>
       </c>
       <c r="C77">
         <v>48.996</v>
       </c>
       <c r="D77" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>48.996</v>
       </c>
       <c r="D78" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>125</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79">
         <v>48.996</v>
       </c>
       <c r="D79" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80">
         <v>48.996</v>
       </c>
       <c r="D80" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>164</v>
+        <v>133</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>48.996</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
         <v>48.996</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>48.996</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
         <v>48.996</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
         <v>48.996</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
         <v>48.996</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>50.7</v>
+        <v>48.996</v>
       </c>
       <c r="D87" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>58.992</v>
+        <v>49.428</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>59.004</v>
+        <v>50.7</v>
       </c>
       <c r="D89" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>59.004</v>
+        <v>54.216</v>
       </c>
       <c r="D90" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>59.004</v>
+        <v>58.992</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
         <v>59.004</v>
       </c>
       <c r="D92" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
         <v>59.004</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
         <v>59.004</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
         <v>59.004</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
         <v>59.004</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
         <v>59.004</v>
@@ -2640,480 +2646,480 @@
         <v>203</v>
       </c>
       <c r="C100">
         <v>59.004</v>
       </c>
       <c r="D100" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
         <v>59.004</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C102">
         <v>16.992</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B103" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C103">
         <v>18.996</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B104" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C104">
         <v>19.836</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B105" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C105">
         <v>19.896</v>
       </c>
       <c r="D105" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B106" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C106">
-        <v>34.992</v>
+        <v>33.0</v>
       </c>
       <c r="D106" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="B107" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="C107">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="B108" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="C108">
-        <v>39.0</v>
+        <v>35.004</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B109" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="C109">
         <v>39.0</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B110" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C110">
         <v>39.0</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B111" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C111">
         <v>39.0</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B112" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C112">
         <v>39.0</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B113" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C113">
         <v>39.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C114">
         <v>39.0</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B115" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C115">
         <v>39.0</v>
       </c>
       <c r="D115" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B116" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C116">
         <v>39.0</v>
       </c>
       <c r="D116" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B117" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="C117">
         <v>39.0</v>
       </c>
       <c r="D117" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B118" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C118">
         <v>39.0</v>
       </c>
       <c r="D118" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="B119" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="C119">
         <v>39.0</v>
       </c>
       <c r="D119" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B120" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C120">
         <v>39.0</v>
       </c>
       <c r="D120" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B121" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="C121">
         <v>39.0</v>
       </c>
       <c r="D121" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B122" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C122">
-        <v>45.0</v>
+        <v>39.0</v>
       </c>
       <c r="D122" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B123" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C123">
         <v>45.0</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B124" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
       <c r="C124">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D124" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="B125" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C125">
         <v>48.996</v>
       </c>
       <c r="D125" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B126" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C126">
         <v>48.996</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B127" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C127">
         <v>48.996</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B128" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C128">
         <v>48.996</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B129" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C129">
         <v>48.996</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B130" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C130">
         <v>48.996</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B131" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C131">
         <v>48.996</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="B132" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C132">
         <v>50.7</v>
       </c>
       <c r="D132" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>204</v>
       </c>
       <c r="B133" t="s">
         <v>206</v>
       </c>
       <c r="C133">
         <v>59.004</v>
       </c>
       <c r="D133" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>207</v>
       </c>
       <c r="B134" t="s">
         <v>208</v>
       </c>
       <c r="C134">
         <v>59.004</v>
@@ -3195,93 +3201,93 @@
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>219</v>
       </c>
       <c r="B140" t="s">
         <v>220</v>
       </c>
       <c r="C140">
         <v>69.0</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>221</v>
       </c>
       <c r="B141" t="s">
         <v>222</v>
       </c>
       <c r="C141">
         <v>69.0</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>223</v>
       </c>
       <c r="B142" t="s">
         <v>224</v>
       </c>
       <c r="C142">
-        <v>69.996</v>
+        <v>69.0</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>225</v>
       </c>
       <c r="B143" t="s">
         <v>226</v>
       </c>
       <c r="C143">
-        <v>78.996</v>
+        <v>69.996</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>227</v>
       </c>
       <c r="B144" t="s">
         <v>228</v>
       </c>
       <c r="C144">
         <v>78.996</v>
       </c>
       <c r="D144" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>229</v>
       </c>
       <c r="B145" t="s">
         <v>230</v>
       </c>
       <c r="C145">
         <v>78.996</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>231</v>
       </c>
       <c r="B146" t="s">
         <v>232</v>
       </c>
       <c r="C146">
         <v>78.996</v>
@@ -3293,377 +3299,391 @@
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>233</v>
       </c>
       <c r="B147" t="s">
         <v>234</v>
       </c>
       <c r="C147">
         <v>78.996</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>235</v>
       </c>
       <c r="B148" t="s">
         <v>236</v>
       </c>
       <c r="C148">
         <v>78.996</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>237</v>
       </c>
       <c r="B149" t="s">
         <v>238</v>
       </c>
       <c r="C149">
-        <v>88.992</v>
+        <v>78.996</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>239</v>
       </c>
       <c r="B150" t="s">
         <v>240</v>
       </c>
       <c r="C150">
         <v>88.992</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>241</v>
       </c>
       <c r="B151" t="s">
         <v>242</v>
       </c>
       <c r="C151">
         <v>88.992</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>243</v>
       </c>
       <c r="B152" t="s">
         <v>244</v>
       </c>
       <c r="C152">
         <v>88.992</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>245</v>
       </c>
       <c r="B153" t="s">
         <v>246</v>
       </c>
       <c r="C153">
         <v>88.992</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>247</v>
       </c>
       <c r="B154" t="s">
         <v>248</v>
       </c>
       <c r="C154">
         <v>89.004</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>249</v>
       </c>
       <c r="B155" t="s">
         <v>250</v>
       </c>
       <c r="C155">
-        <v>99.0</v>
+        <v>92.268</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>251</v>
       </c>
       <c r="B156" t="s">
         <v>252</v>
       </c>
       <c r="C156">
         <v>99.0</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>253</v>
       </c>
       <c r="B157" t="s">
         <v>254</v>
       </c>
       <c r="C157">
         <v>99.0</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>255</v>
       </c>
       <c r="B158" t="s">
         <v>256</v>
       </c>
       <c r="C158">
         <v>99.0</v>
       </c>
       <c r="D158" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>257</v>
       </c>
       <c r="B159" t="s">
         <v>258</v>
       </c>
       <c r="C159">
         <v>99.0</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>259</v>
       </c>
       <c r="B160" t="s">
         <v>260</v>
       </c>
       <c r="C160">
-        <v>118.8</v>
+        <v>99.0</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>261</v>
       </c>
       <c r="B161" t="s">
         <v>262</v>
       </c>
       <c r="C161">
         <v>118.8</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>263</v>
       </c>
       <c r="B162" t="s">
         <v>264</v>
       </c>
       <c r="C162">
-        <v>118.992</v>
+        <v>118.8</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>265</v>
       </c>
       <c r="B163" t="s">
         <v>266</v>
       </c>
       <c r="C163">
         <v>118.992</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>267</v>
       </c>
       <c r="B164" t="s">
         <v>268</v>
       </c>
       <c r="C164">
         <v>118.992</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>269</v>
       </c>
       <c r="B165" t="s">
         <v>270</v>
       </c>
       <c r="C165">
-        <v>138.996</v>
+        <v>118.992</v>
       </c>
       <c r="D165" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>271</v>
       </c>
       <c r="B166" t="s">
         <v>272</v>
       </c>
       <c r="C166">
-        <v>198.996</v>
+        <v>138.996</v>
       </c>
       <c r="D166" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>273</v>
       </c>
       <c r="B167" t="s">
         <v>274</v>
       </c>
       <c r="C167">
-        <v>214.992</v>
+        <v>198.996</v>
       </c>
       <c r="D167" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>275</v>
       </c>
       <c r="B168" t="s">
         <v>276</v>
       </c>
       <c r="C168">
-        <v>238.992</v>
+        <v>214.992</v>
       </c>
       <c r="D168" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>277</v>
       </c>
       <c r="B169" t="s">
         <v>278</v>
       </c>
       <c r="C169">
-        <v>239.004</v>
+        <v>238.992</v>
       </c>
       <c r="D169" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>279</v>
       </c>
       <c r="B170" t="s">
         <v>280</v>
       </c>
       <c r="C170">
         <v>239.004</v>
       </c>
       <c r="D170" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>281</v>
       </c>
       <c r="B171" t="s">
         <v>282</v>
       </c>
       <c r="C171">
+        <v>239.004</v>
+      </c>
+      <c r="D171" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>283</v>
+      </c>
+      <c r="B172" t="s">
+        <v>284</v>
+      </c>
+      <c r="C172">
         <v>298.992</v>
       </c>
-      <c r="D171" t="s">
-        <v>44</v>
+      <c r="D172" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D172"/>
+  <autoFilter ref="A1:D173"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>