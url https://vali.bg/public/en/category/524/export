--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -7,116 +7,119 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$173</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$110</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Mouse pad A4tech FP25 FSTyler, Baby Pink</t>
   </si>
   <si>
     <t>A4-PAD-FP25-PINK</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Mouse pad A4tech FP25 FStyler, Matcha Green</t>
   </si>
   <si>
     <t>A4-PAD-FP25-GREEN</t>
   </si>
   <si>
     <t>Gaming pad A4tech X7-300MP</t>
   </si>
   <si>
     <t>A4-PAD-X7-300MP</t>
   </si>
   <si>
     <t>Mouse pad A4tech FP75 FSTyler, Silver</t>
   </si>
   <si>
     <t>A4-PAD-FP75-SILVER</t>
   </si>
   <si>
+    <t>Logitech Mouse Pad Studio Series, Blue Grey</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-51</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Logitech Mouse Pad Studio Series, Darker Rose</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-50</t>
+  </si>
+  <si>
     <t>Logitech Mouse Pad Studio Series, Graphite</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-49</t>
   </si>
   <si>
-    <t>Logitech Mouse Pad Studio Series, Blue Grey</t>
-[...10 lines deleted...]
-  <si>
     <t>Gaming pad Bloody BP-50L XL Black</t>
   </si>
   <si>
     <t>A4-PAD-BP-50L</t>
   </si>
   <si>
     <t>Gaming mouse pad Bloody BP-30L, XL size, 750 x 300 x 3mm</t>
   </si>
   <si>
     <t>A4-PAD-BP-30L</t>
   </si>
   <si>
     <t>Mouse pad Cherry MP 1000</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-1000</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Gaming pad Spartan Gear Ares II XL</t>
   </si>
   <si>
     <t>SG-054143</t>
@@ -154,500 +157,461 @@
   <si>
     <t>uRage "Lethality 150 Speed" Gaming Mouse Pad</t>
   </si>
   <si>
     <t>HAMA-219801</t>
   </si>
   <si>
     <t>LEAGUE OF LEGENDS - Flexible mousepad - Team</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC348</t>
   </si>
   <si>
     <t xml:space="preserve"> DIABLO - Flexible Mousepad - Diablo's Head</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC402</t>
   </si>
   <si>
     <t>Flexible mousepad ABYSTYLE STARFIELD - Landing</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC521</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Flexible mousepad ABYSTYLE GOD OF WAR - Ragnarok</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC520</t>
   </si>
   <si>
     <t>Flexible mousepad ABYSTYLE Diablo - Hellgate</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC503</t>
   </si>
   <si>
     <t>CALL OF DUTY - Flexible mousepad - Key Art</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC523</t>
   </si>
   <si>
     <t>ABYSTYLE THE WITCHER - Flexible Mousepad - World map</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC529</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries, QcK MIni, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63005</t>
   </si>
   <si>
     <t>uRage "Lethality 250 Speed" Gaming Mouse Pad, 186088</t>
   </si>
   <si>
     <t>HAMA-186088</t>
   </si>
   <si>
-    <t>Mouse Wrist Rest Glorious Padded</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming pad Logitech, G240, Black</t>
   </si>
   <si>
     <t>LOGITECH-PAD-G240</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries, QCK, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63004</t>
   </si>
   <si>
     <t>Logitech Desk Mat Studio Series, Mid Grey</t>
   </si>
   <si>
     <t>LOGITECH-PAD-DM-52</t>
   </si>
   <si>
     <t>Logitech Logitech Desk Mat Studio Series, Darker Rose</t>
   </si>
   <si>
     <t>LOGITECH-PAD-DM-53</t>
   </si>
   <si>
     <t>Logitech Desk Mat Studio Series, Lavender</t>
   </si>
   <si>
     <t>LOGITECH-PAD-DM-54</t>
   </si>
   <si>
     <t>Mouse pad Cherry MP 2000, XXL, Black</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-2000</t>
   </si>
   <si>
+    <t>uRage "Lethality 350 Speed" Gaming Mouse Pad</t>
+  </si>
+  <si>
+    <t>HAMA-186073</t>
+  </si>
+  <si>
+    <t>Gaming pad Spartan Gear Ares RGB</t>
+  </si>
+  <si>
+    <t>SG-069585</t>
+  </si>
+  <si>
+    <t>Gaming pad Spartan Gear Ares II XXL</t>
+  </si>
+  <si>
+    <t>SG-082662</t>
+  </si>
+  <si>
     <t>uRage "Lethality 200 Illuminated" Gaming Mouse Pad, 186047</t>
   </si>
   <si>
     <t>HAMA-186045</t>
   </si>
   <si>
-    <t>uRage "Lethality 350 Speed" Gaming Mouse Pad</t>
-[...2 lines deleted...]
-    <t>HAMA-186073</t>
+    <t>Paladone Marvel - Logo Desk Mat, PP9519MC</t>
+  </si>
+  <si>
+    <t>PD-084309</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries, QcK+, Black</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63003</t>
+  </si>
+  <si>
+    <t>Gaming pad Glorious XL Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-657</t>
+  </si>
+  <si>
+    <t>Gaming pad Glorious XL Heavy Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-658</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Hearthstone Cardbacks XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPHSCARDBK21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Hearthstone: Heroes XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPHSHEROES21XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks Super Conqueror, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-SRCONQ-XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks VZ.55, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-VZ55-XL</t>
+  </si>
+  <si>
+    <t>Glorious Keyboard Mat for 65% Keyboards, Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-1033</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Black - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B007</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Onyx White - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B009</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Spectrum - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B011</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Blue - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B013</t>
   </si>
   <si>
     <t>Mousepad PowerColor Red Devil - XL</t>
   </si>
   <si>
     <t>PC-PAD-MPD-1000</t>
   </si>
   <si>
-    <t>Gaming pad Spartan Gear Ares RGB</t>
-[...14 lines deleted...]
-    <t>PD-084309</t>
+    <t>Netflix Squid Game - Front Man And Guards Desk Mat</t>
+  </si>
+  <si>
+    <t>SG-108603</t>
+  </si>
+  <si>
+    <t>Corsair MM250 Champion XL Gaming Mouse Pad 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM250-XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ASUS TUF GAMING P1 Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-TUF-P1-MIKU</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Bushido XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-BUSHIDO-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Nostra White XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOSTRA-WH-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Nostra Black XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOSTRA-BL-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Celestial XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-CELESTIAL-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Terra Nova White XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOVA-WH-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Terra Nova Black XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOVA-BL-XL</t>
+  </si>
+  <si>
+    <t>Keychron Desk Mat - Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-1</t>
+  </si>
+  <si>
+    <t>Glorious Keyboard Mat for 75% Keyboards, Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-1034</t>
+  </si>
+  <si>
+    <t>Gaming pad Glorious XL Heavy White</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-780</t>
+  </si>
+  <si>
+    <t>Gaming pad Spartan Gear Ares RGB XXL</t>
+  </si>
+  <si>
+    <t>SG-069586</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks Centurion Action X Fired Up, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CFIRED-XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks TVP T 50/51, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-T5055-XL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks - The Winged Warriors, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-WINGWR-XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - Pokemon - Pikachu, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC411</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - NARUTO SHIPPUDEN - Group, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC415</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - DEMON SLAYER - Pillars, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC418</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - HARRY POTTER - The Marauder's Map, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC452</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - ATTACK ON TITAN - Eren vs Colossal Titan, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC469</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - ONE PIECE - Battle in Wano, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC478</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-1032</t>
   </si>
   <si>
     <t>Desk Mat Keychron - Rapper Keep it Real</t>
   </si>
   <si>
     <t>KEYCHRON-PAD-DM-4</t>
   </si>
   <si>
-    <t>Gaming pad SteelSeries, QcK+, Black</t>
-[...26 lines deleted...]
-    <t>GL-PAD-GAMA-773</t>
+    <t>Mousepad ENDORFY Crystal Spectrum - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B012</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Blue - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B014</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Black - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B008</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Onyx White - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B010</t>
+  </si>
+  <si>
+    <t>Corsair MM350 Champion Anti-Fray XL Gaming Mouse Pad 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM350-XL</t>
+  </si>
+  <si>
+    <t>Gaming pad Glorious Extended Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-659</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Cordura Speed - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B003</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries, QcK Edge Large, Black</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63823</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Diablo 2: Resurrected - Mephisto, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD2MPHIST21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo IV - Lilith, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4LILITH21XL</t>
   </si>
   <si>
+    <t>Gaming mousepad Diablo IV - Skeleton King, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD4SKELET21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft Shadowlands - Bolvar, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWLEACH21XL</t>
+  </si>
+  <si>
     <t>Gaming mousepad World of WarCraft Shadowlands - Sylvanas, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPWOWSYLVA21XL</t>
   </si>
   <si>
+    <t>Gaming mousepad World of WarCraft Classic - Ragnaros, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWRAGNA21XL</t>
+  </si>
+  <si>
     <t>Gaming mousepad World of WarCraft Burning Crusade - Illidan, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPWOWILLID21XL</t>
   </si>
   <si>
-    <t>Mousepad ENDORFY Crystal Black - L</t>
-[...277 lines deleted...]
-  <si>
     <t>Gaming mousepad Diablo IV - Gate of Hell, XL, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4HELLGT21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo IV - Heroes, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4HEROES21XL</t>
   </si>
   <si>
     <t>Gaming mousepad Diablo IV - Inarius and Lilith, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPD4INALIL21XL</t>
   </si>
   <si>
     <t>Gaming mousepad World of WarCraft</t>
   </si>
   <si>
     <t>FSH-FBLMPWOWSHADO21XL</t>
   </si>
   <si>
     <t>Gaming mousepad World of WarCraft, XL</t>
@@ -667,252 +631,54 @@
   <si>
     <t>Gaming mousepad World Of WarCraft Dragonflight - Alexstrasza, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPDFALXZA22SXL</t>
   </si>
   <si>
     <t>Gaming mousepad World Of WarCraft Dragonflight - Alexstrasza &amp; Dragon, XL</t>
   </si>
   <si>
     <t>FSH-FBLMPDFALDRA22SXL</t>
   </si>
   <si>
     <t>Gaming mousepad Naruto Shippuden - Akatsuki Clouds, XL</t>
   </si>
   <si>
     <t>FSH-FNRMPSPEED24CLDXL</t>
   </si>
   <si>
     <t>Mousepad World of Tanks 15 Anniversary, XL</t>
   </si>
   <si>
     <t>FSH-FWOT15ANMOUSPADXL</t>
   </si>
   <si>
-    <t>Gaming mousepad ASUS ROG HONE ACE AIM LAB Edition</t>
-[...94 lines deleted...]
-  <si>
     <t>Gaming pad Noctua NP-DM3 Anniversary Deskmat - 900 x 400 x 4 mm</t>
   </si>
   <si>
     <t>NOCTUA-PAD-NP-DM3</t>
-  </si>
-[...100 lines deleted...]
-    <t>STEEL-PAD-63524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1216,2474 +982,1592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D173"/>
+  <dimension ref="A1:D110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>8.004</v>
+        <v>4.092</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>10.116</v>
+        <v>5.172</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>12.0</v>
+        <v>7.164</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>12.108</v>
+        <v>7.668</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>15.0</v>
+        <v>8.28</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>16.2</v>
+        <v>8.364</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>16.992</v>
+        <v>8.688</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>16.992</v>
+        <v>8.688</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>18.924</v>
+        <v>9.672</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>19.836</v>
+        <v>10.14</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D22" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D23" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D24" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>19.896</v>
+        <v>10.176</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>19.992</v>
+        <v>10.224</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>21.252</v>
+        <v>11.04</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>24.0</v>
+        <v>12.78</v>
       </c>
       <c r="D28" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>24.996</v>
+        <v>14.82</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>28.992</v>
+        <v>14.832</v>
       </c>
       <c r="D30" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>29.004</v>
+        <v>14.832</v>
       </c>
       <c r="D31" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>29.004</v>
+        <v>14.832</v>
       </c>
       <c r="D32" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>29.004</v>
+        <v>15.012</v>
       </c>
       <c r="D33" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>29.352</v>
+        <v>15.948</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>29.748</v>
+        <v>17.892</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>31.176</v>
+        <v>17.892</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>33.0</v>
+        <v>17.892</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D38" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D39" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D40" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>35.004</v>
+        <v>19.944</v>
       </c>
       <c r="D41" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D45" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D46" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D56" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D57" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D58" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D59" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D60" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D61" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>39.0</v>
+        <v>23.004</v>
       </c>
       <c r="D62" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>39.0</v>
+        <v>25.056</v>
       </c>
       <c r="D63" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>45.0</v>
+        <v>25.056</v>
       </c>
       <c r="D64" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>45.0</v>
+        <v>25.056</v>
       </c>
       <c r="D65" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D66" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D67" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D70" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D71" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>95</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D74" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D75" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D76" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D77" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D78" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D79" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D80" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>48.996</v>
+        <v>25.272</v>
       </c>
       <c r="D81" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>48.996</v>
+        <v>25.92</v>
       </c>
       <c r="D82" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>48.996</v>
+        <v>30.168</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>48.996</v>
+        <v>30.168</v>
       </c>
       <c r="D84" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>48.996</v>
+        <v>30.168</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>48.996</v>
+        <v>30.168</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>48.996</v>
+        <v>30.168</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>49.428</v>
+        <v>30.168</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>50.7</v>
+        <v>30.168</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>54.216</v>
+        <v>30.168</v>
       </c>
       <c r="D90" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>58.992</v>
+        <v>30.168</v>
       </c>
       <c r="D91" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D92" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D93" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D94" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D95" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>192</v>
+      </c>
+      <c r="B96" t="s">
         <v>194</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>195</v>
+      </c>
+      <c r="B97" t="s">
         <v>196</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D97" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>197</v>
+      </c>
+      <c r="B98" t="s">
         <v>198</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>199</v>
+      </c>
+      <c r="B99" t="s">
         <v>200</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" t="s">
         <v>202</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D100" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>203</v>
+      </c>
+      <c r="B101" t="s">
         <v>204</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>59.004</v>
+        <v>30.168</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="B102" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="C102">
-        <v>16.992</v>
+        <v>19.944</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="B103" t="s">
-        <v>37</v>
+        <v>116</v>
       </c>
       <c r="C103">
-        <v>18.996</v>
+        <v>19.944</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>38</v>
+        <v>117</v>
       </c>
       <c r="B104" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="C104">
-        <v>19.836</v>
+        <v>19.944</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="B105" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="C105">
-        <v>19.896</v>
+        <v>19.944</v>
       </c>
       <c r="D105" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="B106" t="s">
-        <v>78</v>
+        <v>122</v>
       </c>
       <c r="C106">
-        <v>33.0</v>
+        <v>19.944</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>83</v>
+        <v>123</v>
       </c>
       <c r="B107" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="C107">
-        <v>34.992</v>
+        <v>19.944</v>
       </c>
       <c r="D107" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>85</v>
+        <v>125</v>
       </c>
       <c r="B108" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="C108">
-        <v>35.004</v>
+        <v>19.944</v>
       </c>
       <c r="D108" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>103</v>
+        <v>205</v>
       </c>
       <c r="B109" t="s">
-        <v>104</v>
+        <v>206</v>
       </c>
       <c r="C109">
-        <v>39.0</v>
+        <v>47.172</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
-[...881 lines deleted...]
-        <v>46</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D173"/>
+  <autoFilter ref="A1:D110"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>