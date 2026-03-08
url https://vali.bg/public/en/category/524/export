--- v3 (2026-01-09)
+++ v4 (2026-03-08)
@@ -7,678 +7,918 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$110</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$192</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Gaming pad A4tech, X7-200S, Black</t>
+  </si>
+  <si>
+    <t>A4-PAD-X7-200S</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Mouse pad A4tech FP25 FSTyler, Baby Pink</t>
   </si>
   <si>
     <t>A4-PAD-FP25-PINK</t>
   </si>
   <si>
-    <t>available</t>
-[...7 lines deleted...]
-  <si>
     <t>Gaming pad A4tech X7-300MP</t>
   </si>
   <si>
     <t>A4-PAD-X7-300MP</t>
   </si>
   <si>
+    <t>Mouse pad A4tech FP75 FSTyler, Black</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-BLACK</t>
+  </si>
+  <si>
     <t>Mouse pad A4tech FP75 FSTyler, Silver</t>
   </si>
   <si>
     <t>A4-PAD-FP75-SILVER</t>
   </si>
   <si>
+    <t>Gaming pad Bloody, B-088S-Thin, Black</t>
+  </si>
+  <si>
+    <t>A4-PAD-B-088S</t>
+  </si>
+  <si>
+    <t>Gaming pad Bloody BP-50L XL Black</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-50L</t>
+  </si>
+  <si>
+    <t>Gaming mouse pad Bloody BP-30L, XL size, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-30L</t>
+  </si>
+  <si>
+    <t>A4Tech X7 Gaming Mouse Pad XP-70L, size, 750 x 300 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-XP-70L</t>
+  </si>
+  <si>
     <t>Logitech Mouse Pad Studio Series, Blue Grey</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-51</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Gaming pad A4 Bloody BP-45W Cypher Ghost 450 x 400 x 5mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-45W</t>
+  </si>
+  <si>
+    <t>Gaming pad A4 Bloody BP-45 Naraka, M size, 450 x 500 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-45-Naraka</t>
+  </si>
+  <si>
+    <t>Logitech Mouse Pad Studio Series, Darker Rose</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-50</t>
+  </si>
+  <si>
+    <t>Logitech Mouse Pad Studio Series, Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-49</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks CS-52 LIS Out of the Woods, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52W-M</t>
+  </si>
+  <si>
+    <t>Mouse pad Cherry MP 1000</t>
+  </si>
+  <si>
+    <t>CHERRY-PAD-MP-1000</t>
+  </si>
+  <si>
+    <t>Gaming pad Spartan Gear Ares II XL</t>
+  </si>
+  <si>
+    <t>SG-054143</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries, QcK MIni, Black</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63005</t>
+  </si>
+  <si>
+    <t>uRage Gaming-Mauspad "Lethality 250"</t>
+  </si>
+  <si>
+    <t>HAMA-219802</t>
+  </si>
+  <si>
+    <t>uRage "Lethality 150 Speed" Gaming Mouse Pad</t>
+  </si>
+  <si>
+    <t>HAMA-219801</t>
+  </si>
+  <si>
+    <t>LEAGUE OF LEGENDS - Flexible mousepad - Team</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC348</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> DIABLO - Flexible Mousepad - Diablo's Head</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC402</t>
+  </si>
+  <si>
+    <t>Flexible mousepad ABYSTYLE STARFIELD - Landing</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC521</t>
+  </si>
+  <si>
+    <t>Flexible mousepad ABYSTYLE GOD OF WAR - Ragnarok</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC520</t>
+  </si>
+  <si>
+    <t>Flexible mousepad ABYSTYLE Diablo - Hellgate</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC503</t>
+  </si>
+  <si>
+    <t>CALL OF DUTY - Flexible mousepad - Key Art</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYACC523</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Logitech Mouse Pad Studio Series, Darker Rose</t>
-[...109 lines deleted...]
-  <si>
     <t>ABYSTYLE THE WITCHER - Flexible Mousepad - World map</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC529</t>
   </si>
   <si>
-    <t>Gaming pad SteelSeries, QcK MIni, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>uRage "Lethality 250 Speed" Gaming Mouse Pad, 186088</t>
   </si>
   <si>
     <t>HAMA-186088</t>
   </si>
   <si>
     <t>Gaming pad Logitech, G240, Black</t>
   </si>
   <si>
     <t>LOGITECH-PAD-G240</t>
   </si>
   <si>
+    <t>Logitech Desk Mat Studio Series, Mid Grey</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-DM-52</t>
+  </si>
+  <si>
+    <t>Logitech Logitech Desk Mat Studio Series, Darker Rose</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-DM-53</t>
+  </si>
+  <si>
+    <t>Logitech Desk Mat Studio Series, Lavender</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-DM-54</t>
+  </si>
+  <si>
     <t>Gaming pad SteelSeries, QCK, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63004</t>
   </si>
   <si>
-    <t>Logitech Desk Mat Studio Series, Mid Grey</t>
-[...14 lines deleted...]
-    <t>LOGITECH-PAD-DM-54</t>
+    <t>Gaming pad Steelseries QcK M - Aqua</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63459</t>
+  </si>
+  <si>
+    <t>Gaming pad Steelseries QcK M - Lavander</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63460</t>
+  </si>
+  <si>
+    <t>Gaming pad Steelseries QcK M - White</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63461</t>
   </si>
   <si>
     <t>Mouse pad Cherry MP 2000, XXL, Black</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-2000</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>uRage "Lethality 350 Speed" Gaming Mouse Pad</t>
   </si>
   <si>
     <t>HAMA-186073</t>
   </si>
   <si>
+    <t>Gaming pad Glorious XL Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-657</t>
+  </si>
+  <si>
     <t>Gaming pad Spartan Gear Ares RGB</t>
   </si>
   <si>
     <t>SG-069585</t>
   </si>
   <si>
     <t>Gaming pad Spartan Gear Ares II XXL</t>
   </si>
   <si>
     <t>SG-082662</t>
   </si>
   <si>
     <t>uRage "Lethality 200 Illuminated" Gaming Mouse Pad, 186047</t>
   </si>
   <si>
     <t>HAMA-186045</t>
   </si>
   <si>
-    <t>Paladone Marvel - Logo Desk Mat, PP9519MC</t>
-[...2 lines deleted...]
-    <t>PD-084309</t>
+    <t>Gaming pad Glorious XL Heavy Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-658</t>
+  </si>
+  <si>
+    <t>uRage "Lethality 355" Gaming Mouse Pad</t>
+  </si>
+  <si>
+    <t>HAMA-219804</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Hearthstone Cardbacks XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPHSCARDBK21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Hearthstone: Heroes XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPHSHEROES21XL</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Black - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B007</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Onyx White - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B009</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Spectrum - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B011</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Blue - L</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B013</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Bushido XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-BUSHIDO-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Nostra White XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOSTRA-WH-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Nostra Black XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOSTRA-BL-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Celestial XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-CELESTIAL-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Terra Nova White XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOVA-WH-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - Terra Nova Black XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-TNOVA-BL-XL</t>
+  </si>
+  <si>
+    <t>Mousepad Dark Project - FUJI - XL</t>
+  </si>
+  <si>
+    <t>FSH-DP-PAD-FUJI-XL</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries, QcK+, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63003</t>
   </si>
   <si>
-    <t>Gaming pad Glorious XL Black</t>
-[...20 lines deleted...]
-    <t>FSH-FBLMPHSHEROES21XL</t>
+    <t>Glorious Keyboard Mat for 65% Keyboards, Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-1033</t>
+  </si>
+  <si>
+    <t>Mousepad PowerColor Red Devil - XL</t>
+  </si>
+  <si>
+    <t>PC-PAD-MPD-1000</t>
+  </si>
+  <si>
+    <t>Netflix Squid Game - Front Man And Guards Desk Mat</t>
+  </si>
+  <si>
+    <t>SG-108603</t>
+  </si>
+  <si>
+    <t>Keychron Desk Mat - Black</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-1</t>
+  </si>
+  <si>
+    <t>Corsair MM250 Champion XL Gaming Mouse Pad 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM250-XL</t>
+  </si>
+  <si>
+    <t>Glorious Keyboard Mat for 75% Keyboards, Black</t>
+  </si>
+  <si>
+    <t>GL-PAD-GAMA-1034</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Diablo 2: Resurrected - Mephisto, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD2MPHIST21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Diablo IV - Lilith, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD4LILITH21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Diablo IV - Skeleton King, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD4SKELET21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft Shadowlands - Bolvar, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWLEACH21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft Shadowlands - Sylvanas, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWSYLVA21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft Classic - Ragnaros, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWRAGNA21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft Burning Crusade - Illidan, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWILLID21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Diablo IV - Gate of Hell, XL, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD4HELLGT21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Diablo IV - Heroes, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD4HEROES21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Diablo IV - Inarius and Lilith, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPD4INALIL21XL</t>
   </si>
   <si>
     <t>Mousepad World of Tanks Super Conqueror, Size XL</t>
   </si>
   <si>
     <t>FSH-TANKS-SRCONQ-XL</t>
   </si>
   <si>
+    <t>Mousepad World of Tanks TVP T 50/51, Size XL</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-T5055-XL</t>
+  </si>
+  <si>
     <t>Mousepad World of Tanks VZ.55, Size XL</t>
   </si>
   <si>
     <t>FSH-TANKS-VZ55-XL</t>
   </si>
   <si>
-    <t>Glorious Keyboard Mat for 65% Keyboards, Black</t>
-[...44 lines deleted...]
-    <t>CORSAIR-PAD-MM250-XL</t>
+    <t>Gaming mousepad World of WarCraft</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWSHADO21XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World of WarCraft, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWBASTI21XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWONYXI21XL</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Spectrum - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B012</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Blue - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B014</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Black - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B008</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Crystal Onyx White - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B010</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World Of WarCraft Dragonflight - Clouds, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPDFFLCLD22SXL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World Of WarCraft Dragonflight - Alexstrasza, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPDFALXZA22SXL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World Of WarCraft Dragonflight - Alexstrasza &amp; Dragon, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPDFALDRA22SXL</t>
+  </si>
+  <si>
+    <t>Corsair MM350 Champion Anti-Fray XL Gaming Mouse Pad 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM350-XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Naruto Shippuden - Akatsuki Clouds, XL</t>
+  </si>
+  <si>
+    <t>FSH-FNRMPSPEED24CLDXL</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks 15 Anniversary, XL</t>
+  </si>
+  <si>
+    <t>FSH-FWOT15ANMOUSPADXL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World Of Warcraft Classic - Cataclysm Deathwing, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWCATDW25XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World Of Warcraft - The War Within, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWTWRWT25XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad World Of Warcraft - 20th Anniversary, XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOW20ANN25XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Naruto Shippuden - Itachi Uchiha, XL</t>
+  </si>
+  <si>
+    <t>FSH-FNRMPSPEED24ITCXL</t>
+  </si>
+  <si>
+    <t>Gaming pad Steelseries QcK L - Aqua</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63462</t>
+  </si>
+  <si>
+    <t>Gaming pad Steelseries QcK L - Lavander</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63463</t>
+  </si>
+  <si>
+    <t>Gaming pad Steelseries QcK L - White</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63464</t>
+  </si>
+  <si>
+    <t>Gaming pad Spartan Gear Ares RGB XXL</t>
+  </si>
+  <si>
+    <t>SG-069586</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - Pokemon - Pikachu, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC411</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - NARUTO SHIPPUDEN - Group, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC415</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - DEMON SLAYER - Pillars, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC418</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - HARRY POTTER - The Marauder's Map, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC452</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - ATTACK ON TITAN - Eren vs Colossal Titan, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC469</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ABYSTYLE - ONE PIECE - Battle in Wano, XXL</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-PAD-ABYACC478</t>
+  </si>
+  <si>
+    <t>Desk Mat Keychron - Rapper Keep it Real</t>
+  </si>
+  <si>
+    <t>KEYCHRON-PAD-DM-4</t>
   </si>
   <si>
     <t>Gaming mousepad ASUS TUF GAMING P1 Hatsune Miku Edition</t>
   </si>
   <si>
     <t>ASUS-PAD-TUF-P1-MIKU</t>
   </si>
   <si>
-    <t>Mousepad Dark Project - Bushido XL</t>
-[...157 lines deleted...]
-  <si>
     <t>Mousepad ENDORFY Cordura Speed - XL</t>
   </si>
   <si>
     <t>END-PAD-EY6B003</t>
   </si>
   <si>
-    <t>Gaming pad SteelSeries, QcK Edge Large, Black</t>
-[...107 lines deleted...]
-    <t>FSH-FWOT15ANMOUSPADXL</t>
+    <t>Gaming pad SteelSeries QcK XXL</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63429</t>
+  </si>
+  <si>
+    <t>Corsair MM300 Pro Premium Extended Gaming Mouse Pad, 930mm x 300mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM300-EXT</t>
+  </si>
+  <si>
+    <t>Gaming mouse pad Corsair MM500 v2 Hybrid Cloth Large, 450mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM500-L</t>
+  </si>
+  <si>
+    <t>Gaming mousepad ASUS ROG HONE ACE AIM LAB Edition</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-HONE-AIMLAB</t>
+  </si>
+  <si>
+    <t>Gaming pad Steelseries Qck L x Call of Duty®: Monkey Bomb Edition</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63449</t>
+  </si>
+  <si>
+    <t>Corsair MM350 Pro Premium Extended Gaming Mouse Pad Black, 930mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM350-EXT-BL</t>
+  </si>
+  <si>
+    <t>Corsair MM350 Pro Premium Extended Gaming Mouse Pad, 930mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM350-EXT</t>
+  </si>
+  <si>
+    <t>Gaming pad ZOWIE G-SR-SE-ZC04 Bi Green</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-G-SR-SE-ZC04</t>
+  </si>
+  <si>
+    <t>Gaming Esports Mouse Pad  ZOWIE G-SR III - Large</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-G-SR-III</t>
+  </si>
+  <si>
+    <t>Gaming pad ZOWIE G-SR-SE Bi II - Green</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-G-SR-SE-ZC06</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK CS2 Dragon Lore Edition - XXL</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63448</t>
+  </si>
+  <si>
+    <t>Corsair MM500 v2 Hybrid Cloth Extended Gaming Mouse Pad, 930mm x 300mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM500-EXT</t>
+  </si>
+  <si>
+    <t>Gaming Esports Mouse Pad ZOWIE G-TR - Large</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-G-TR</t>
+  </si>
+  <si>
+    <t>Gaming pad ZOWIE G-SR-SE Rouge Red - Large</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-G-SR-SE-ZC05</t>
+  </si>
+  <si>
+    <t>Mousepad PowerColor Red Devil RGB - XL</t>
+  </si>
+  <si>
+    <t>PC-PAD-MPDR-1000</t>
   </si>
   <si>
     <t>Gaming pad Noctua NP-DM3 Anniversary Deskmat - 900 x 400 x 4 mm</t>
   </si>
   <si>
     <t>NOCTUA-PAD-NP-DM3</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK XXL - WOW Edition</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63447</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK Performance L Control</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63434</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK Performance L Speed</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63430</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK Performance L Balance</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63432</t>
+  </si>
+  <si>
+    <t>Gaming pad ASUS ROG Sheath II XXL</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-SHEATH-II</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK Performance XL Control</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63435</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK Performance XL Balance</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63433</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK Performance XL Speed</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63431</t>
+  </si>
+  <si>
+    <t>Gaming pad ASUS ROG Scabbard II Arctic Gray - XXL</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-SCABB-ARC</t>
+  </si>
+  <si>
+    <t>Gaming Esports Mouse Pad ZOWIE H-TR - Extra Large</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-H-TR</t>
+  </si>
+  <si>
+    <t>Gaming Esports Mouse Pad ZOWIE H-SR III - XL</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-H-SR-III</t>
+  </si>
+  <si>
+    <t>Corsair MM700 Extended RGB Gaming Mouse Pad, 930mm x 400mm</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-MM700-RGB-EXT</t>
+  </si>
+  <si>
+    <t>Gaming pad ASUS ROG Hone Ace - XXL</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-HONE-A-XXL</t>
+  </si>
+  <si>
+    <t>Gaming pad SteelSeries QcK 4XL ETAIL</t>
+  </si>
+  <si>
+    <t>STEEL-PAD-63851</t>
+  </si>
+  <si>
+    <t>Gaming pad Logitech Powerplay 2 Wireless Charging System</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-POWERPLAY2</t>
+  </si>
+  <si>
+    <t>Gaming pad ASUS ROG Moonstone Ace L Black</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-MOON-ACE-BK</t>
+  </si>
+  <si>
+    <t>Gaming pad ASUS ROG Moonstone Ace L White</t>
+  </si>
+  <si>
+    <t>ASUS-PAD-ROG-MOON-ACE-W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -982,1592 +1222,2740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D110"/>
+  <dimension ref="A1:D192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.684</v>
+        <v>2.412</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>4.092</v>
+        <v>3.684</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>5.172</v>
+        <v>4.872</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>7.164</v>
+        <v>7.14</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>7.668</v>
+        <v>7.164</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>8.28</v>
+        <v>7.308</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>8.364</v>
+        <v>7.524</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>8.688</v>
+        <v>7.524</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>8.688</v>
+        <v>7.524</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>9.672</v>
+        <v>7.668</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>9.708</v>
+        <v>7.98</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>9.708</v>
+        <v>8.124</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>9.708</v>
+        <v>8.28</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>9.708</v>
+        <v>8.352</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>9.708</v>
+        <v>9.0</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>9.708</v>
+        <v>9.672</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>10.14</v>
+        <v>9.708</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>10.176</v>
+        <v>9.9</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>10.176</v>
+        <v>9.9</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>10.176</v>
+        <v>10.14</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>10.176</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C23">
         <v>10.176</v>
       </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24">
         <v>10.176</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25">
         <v>10.176</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>10.224</v>
+        <v>10.176</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27">
+        <v>10.176</v>
+      </c>
+      <c r="D27" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>12.78</v>
+        <v>10.176</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>14.82</v>
+        <v>11.04</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>14.832</v>
+        <v>12.78</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>14.832</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>14.832</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>15.012</v>
+        <v>14.832</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>15.948</v>
+        <v>15.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>17.892</v>
+        <v>15.0</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>17.892</v>
+        <v>15.0</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>17.892</v>
+        <v>15.0</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>17.892</v>
+        <v>15.012</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>19.944</v>
+        <v>15.948</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>19.944</v>
+        <v>16.8</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>19.944</v>
+        <v>17.892</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>19.944</v>
+        <v>17.892</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>19.944</v>
+        <v>17.892</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>19.944</v>
+        <v>18.0</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>19.944</v>
+        <v>18.0</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>19.944</v>
+        <v>19.5</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>19.944</v>
+        <v>19.5</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>19.944</v>
+        <v>19.8</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>19.944</v>
+        <v>19.8</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>19.944</v>
+        <v>19.8</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>19.944</v>
+        <v>19.8</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D54" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
         <v>19.944</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
         <v>19.944</v>
       </c>
       <c r="D60" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
         <v>19.944</v>
       </c>
       <c r="D61" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>23.004</v>
+        <v>19.944</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>25.056</v>
+        <v>19.944</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>25.056</v>
+        <v>19.992</v>
       </c>
       <c r="D64" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>25.056</v>
+        <v>22.2</v>
       </c>
       <c r="D65" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D67" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D68" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D70" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D71" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D72" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D73" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D74" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D75" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81">
-        <v>25.272</v>
+        <v>24.996</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82">
-        <v>25.92</v>
+        <v>24.996</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D83" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D84" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D86" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D87" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D90" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D91" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D94" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B96" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C96">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D96" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B97" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C97">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B98" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C98">
-        <v>30.168</v>
+        <v>24.996</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C99">
-        <v>30.168</v>
+        <v>25.056</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C100">
-        <v>30.168</v>
+        <v>25.056</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B101" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C101">
-        <v>30.168</v>
+        <v>25.056</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="B102" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="C102">
-        <v>19.944</v>
+        <v>7.524</v>
       </c>
       <c r="D102" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="C103">
-        <v>19.944</v>
+        <v>7.524</v>
       </c>
       <c r="D103" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>117</v>
+        <v>26</v>
       </c>
       <c r="B104" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="C104">
-        <v>19.944</v>
+        <v>7.98</v>
       </c>
       <c r="D104" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="B105" t="s">
-        <v>120</v>
+        <v>29</v>
       </c>
       <c r="C105">
-        <v>19.944</v>
+        <v>8.124</v>
       </c>
       <c r="D105" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="B106" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="C106">
-        <v>19.944</v>
+        <v>9.9</v>
       </c>
       <c r="D106" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="B107" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="C107">
-        <v>19.944</v>
+        <v>10.14</v>
       </c>
       <c r="D107" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>125</v>
+        <v>59</v>
       </c>
       <c r="B108" t="s">
-        <v>126</v>
+        <v>60</v>
       </c>
       <c r="C108">
-        <v>19.944</v>
+        <v>10.176</v>
       </c>
       <c r="D108" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>205</v>
+        <v>61</v>
       </c>
       <c r="B109" t="s">
-        <v>206</v>
+        <v>62</v>
       </c>
       <c r="C109">
+        <v>11.04</v>
+      </c>
+      <c r="D109" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>73</v>
+      </c>
+      <c r="B110" t="s">
+        <v>74</v>
+      </c>
+      <c r="C110">
+        <v>15.0</v>
+      </c>
+      <c r="D110" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>75</v>
+      </c>
+      <c r="B111" t="s">
+        <v>76</v>
+      </c>
+      <c r="C111">
+        <v>15.0</v>
+      </c>
+      <c r="D111" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>77</v>
+      </c>
+      <c r="B112" t="s">
+        <v>78</v>
+      </c>
+      <c r="C112">
+        <v>15.0</v>
+      </c>
+      <c r="D112" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>90</v>
+      </c>
+      <c r="B113" t="s">
+        <v>91</v>
+      </c>
+      <c r="C113">
+        <v>17.892</v>
+      </c>
+      <c r="D113" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>94</v>
+      </c>
+      <c r="B114" t="s">
+        <v>95</v>
+      </c>
+      <c r="C114">
+        <v>18.0</v>
+      </c>
+      <c r="D114" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>100</v>
+      </c>
+      <c r="B115" t="s">
+        <v>101</v>
+      </c>
+      <c r="C115">
+        <v>19.8</v>
+      </c>
+      <c r="D115" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>102</v>
+      </c>
+      <c r="B116" t="s">
+        <v>103</v>
+      </c>
+      <c r="C116">
+        <v>19.8</v>
+      </c>
+      <c r="D116" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>104</v>
+      </c>
+      <c r="B117" t="s">
+        <v>105</v>
+      </c>
+      <c r="C117">
+        <v>19.8</v>
+      </c>
+      <c r="D117" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>106</v>
+      </c>
+      <c r="B118" t="s">
+        <v>107</v>
+      </c>
+      <c r="C118">
+        <v>19.8</v>
+      </c>
+      <c r="D118" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>108</v>
+      </c>
+      <c r="B119" t="s">
+        <v>109</v>
+      </c>
+      <c r="C119">
+        <v>19.896</v>
+      </c>
+      <c r="D119" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>110</v>
+      </c>
+      <c r="B120" t="s">
+        <v>111</v>
+      </c>
+      <c r="C120">
+        <v>19.896</v>
+      </c>
+      <c r="D120" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>112</v>
+      </c>
+      <c r="B121" t="s">
+        <v>113</v>
+      </c>
+      <c r="C121">
+        <v>19.896</v>
+      </c>
+      <c r="D121" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>114</v>
+      </c>
+      <c r="B122" t="s">
+        <v>115</v>
+      </c>
+      <c r="C122">
+        <v>19.896</v>
+      </c>
+      <c r="D122" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>116</v>
+      </c>
+      <c r="B123" t="s">
+        <v>117</v>
+      </c>
+      <c r="C123">
+        <v>19.896</v>
+      </c>
+      <c r="D123" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>118</v>
+      </c>
+      <c r="B124" t="s">
+        <v>119</v>
+      </c>
+      <c r="C124">
+        <v>19.896</v>
+      </c>
+      <c r="D124" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>120</v>
+      </c>
+      <c r="B125" t="s">
+        <v>121</v>
+      </c>
+      <c r="C125">
+        <v>19.896</v>
+      </c>
+      <c r="D125" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>124</v>
+      </c>
+      <c r="B126" t="s">
+        <v>125</v>
+      </c>
+      <c r="C126">
+        <v>19.944</v>
+      </c>
+      <c r="D126" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>126</v>
+      </c>
+      <c r="B127" t="s">
+        <v>127</v>
+      </c>
+      <c r="C127">
+        <v>19.944</v>
+      </c>
+      <c r="D127" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>128</v>
+      </c>
+      <c r="B128" t="s">
+        <v>129</v>
+      </c>
+      <c r="C128">
+        <v>19.944</v>
+      </c>
+      <c r="D128" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>130</v>
+      </c>
+      <c r="B129" t="s">
+        <v>131</v>
+      </c>
+      <c r="C129">
+        <v>19.944</v>
+      </c>
+      <c r="D129" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>132</v>
+      </c>
+      <c r="B130" t="s">
+        <v>133</v>
+      </c>
+      <c r="C130">
+        <v>19.992</v>
+      </c>
+      <c r="D130" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>134</v>
+      </c>
+      <c r="B131" t="s">
+        <v>135</v>
+      </c>
+      <c r="C131">
+        <v>22.2</v>
+      </c>
+      <c r="D131" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>162</v>
+      </c>
+      <c r="B132" t="s">
+        <v>163</v>
+      </c>
+      <c r="C132">
+        <v>24.996</v>
+      </c>
+      <c r="D132" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>164</v>
+      </c>
+      <c r="B133" t="s">
+        <v>165</v>
+      </c>
+      <c r="C133">
+        <v>24.996</v>
+      </c>
+      <c r="D133" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>164</v>
+      </c>
+      <c r="B134" t="s">
+        <v>166</v>
+      </c>
+      <c r="C134">
+        <v>24.996</v>
+      </c>
+      <c r="D134" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>167</v>
+      </c>
+      <c r="B135" t="s">
+        <v>168</v>
+      </c>
+      <c r="C135">
+        <v>24.996</v>
+      </c>
+      <c r="D135" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>169</v>
+      </c>
+      <c r="B136" t="s">
+        <v>170</v>
+      </c>
+      <c r="C136">
+        <v>24.996</v>
+      </c>
+      <c r="D136" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>171</v>
+      </c>
+      <c r="B137" t="s">
+        <v>172</v>
+      </c>
+      <c r="C137">
+        <v>24.996</v>
+      </c>
+      <c r="D137" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>173</v>
+      </c>
+      <c r="B138" t="s">
+        <v>174</v>
+      </c>
+      <c r="C138">
+        <v>24.996</v>
+      </c>
+      <c r="D138" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>175</v>
+      </c>
+      <c r="B139" t="s">
+        <v>176</v>
+      </c>
+      <c r="C139">
+        <v>24.996</v>
+      </c>
+      <c r="D139" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>177</v>
+      </c>
+      <c r="B140" t="s">
+        <v>178</v>
+      </c>
+      <c r="C140">
+        <v>24.996</v>
+      </c>
+      <c r="D140" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>179</v>
+      </c>
+      <c r="B141" t="s">
+        <v>180</v>
+      </c>
+      <c r="C141">
+        <v>24.996</v>
+      </c>
+      <c r="D141" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>181</v>
+      </c>
+      <c r="B142" t="s">
+        <v>182</v>
+      </c>
+      <c r="C142">
+        <v>24.996</v>
+      </c>
+      <c r="D142" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>183</v>
+      </c>
+      <c r="B143" t="s">
+        <v>184</v>
+      </c>
+      <c r="C143">
+        <v>24.996</v>
+      </c>
+      <c r="D143" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>185</v>
+      </c>
+      <c r="B144" t="s">
+        <v>186</v>
+      </c>
+      <c r="C144">
+        <v>24.996</v>
+      </c>
+      <c r="D144" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>187</v>
+      </c>
+      <c r="B145" t="s">
+        <v>188</v>
+      </c>
+      <c r="C145">
+        <v>24.996</v>
+      </c>
+      <c r="D145" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>189</v>
+      </c>
+      <c r="B146" t="s">
+        <v>190</v>
+      </c>
+      <c r="C146">
+        <v>24.996</v>
+      </c>
+      <c r="D146" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>191</v>
+      </c>
+      <c r="B147" t="s">
+        <v>192</v>
+      </c>
+      <c r="C147">
+        <v>24.996</v>
+      </c>
+      <c r="D147" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>193</v>
+      </c>
+      <c r="B148" t="s">
+        <v>194</v>
+      </c>
+      <c r="C148">
+        <v>24.996</v>
+      </c>
+      <c r="D148" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>195</v>
+      </c>
+      <c r="B149" t="s">
+        <v>196</v>
+      </c>
+      <c r="C149">
+        <v>24.996</v>
+      </c>
+      <c r="D149" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>197</v>
+      </c>
+      <c r="B150" t="s">
+        <v>198</v>
+      </c>
+      <c r="C150">
+        <v>24.996</v>
+      </c>
+      <c r="D150" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>199</v>
+      </c>
+      <c r="B151" t="s">
+        <v>200</v>
+      </c>
+      <c r="C151">
+        <v>24.996</v>
+      </c>
+      <c r="D151" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>207</v>
+      </c>
+      <c r="B152" t="s">
+        <v>208</v>
+      </c>
+      <c r="C152">
+        <v>25.056</v>
+      </c>
+      <c r="D152" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>209</v>
+      </c>
+      <c r="B153" t="s">
+        <v>210</v>
+      </c>
+      <c r="C153">
+        <v>25.056</v>
+      </c>
+      <c r="D153" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>211</v>
+      </c>
+      <c r="B154" t="s">
+        <v>212</v>
+      </c>
+      <c r="C154">
+        <v>25.056</v>
+      </c>
+      <c r="D154" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>213</v>
+      </c>
+      <c r="B155" t="s">
+        <v>214</v>
+      </c>
+      <c r="C155">
+        <v>25.056</v>
+      </c>
+      <c r="D155" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>215</v>
+      </c>
+      <c r="B156" t="s">
+        <v>216</v>
+      </c>
+      <c r="C156">
+        <v>25.056</v>
+      </c>
+      <c r="D156" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>217</v>
+      </c>
+      <c r="B157" t="s">
+        <v>218</v>
+      </c>
+      <c r="C157">
+        <v>27.996</v>
+      </c>
+      <c r="D157" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>219</v>
+      </c>
+      <c r="B158" t="s">
+        <v>220</v>
+      </c>
+      <c r="C158">
+        <v>28.992</v>
+      </c>
+      <c r="D158" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>221</v>
+      </c>
+      <c r="B159" t="s">
+        <v>222</v>
+      </c>
+      <c r="C159">
+        <v>34.992</v>
+      </c>
+      <c r="D159" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>223</v>
+      </c>
+      <c r="B160" t="s">
+        <v>224</v>
+      </c>
+      <c r="C160">
+        <v>34.992</v>
+      </c>
+      <c r="D160" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>225</v>
+      </c>
+      <c r="B161" t="s">
+        <v>226</v>
+      </c>
+      <c r="C161">
+        <v>34.992</v>
+      </c>
+      <c r="D161" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>227</v>
+      </c>
+      <c r="B162" t="s">
+        <v>228</v>
+      </c>
+      <c r="C162">
+        <v>35.28</v>
+      </c>
+      <c r="D162" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>229</v>
+      </c>
+      <c r="B163" t="s">
+        <v>230</v>
+      </c>
+      <c r="C163">
+        <v>39.0</v>
+      </c>
+      <c r="D163" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>231</v>
+      </c>
+      <c r="B164" t="s">
+        <v>232</v>
+      </c>
+      <c r="C164">
+        <v>39.0</v>
+      </c>
+      <c r="D164" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>233</v>
+      </c>
+      <c r="B165" t="s">
+        <v>234</v>
+      </c>
+      <c r="C165">
+        <v>39.0</v>
+      </c>
+      <c r="D165" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>235</v>
+      </c>
+      <c r="B166" t="s">
+        <v>236</v>
+      </c>
+      <c r="C166">
+        <v>40.392</v>
+      </c>
+      <c r="D166" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>237</v>
+      </c>
+      <c r="B167" t="s">
+        <v>238</v>
+      </c>
+      <c r="C167">
+        <v>40.392</v>
+      </c>
+      <c r="D167" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>239</v>
+      </c>
+      <c r="B168" t="s">
+        <v>240</v>
+      </c>
+      <c r="C168">
+        <v>40.392</v>
+      </c>
+      <c r="D168" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>241</v>
+      </c>
+      <c r="B169" t="s">
+        <v>242</v>
+      </c>
+      <c r="C169">
+        <v>45.0</v>
+      </c>
+      <c r="D169" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>243</v>
+      </c>
+      <c r="B170" t="s">
+        <v>244</v>
+      </c>
+      <c r="C170">
+        <v>45.0</v>
+      </c>
+      <c r="D170" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
+        <v>245</v>
+      </c>
+      <c r="B171" t="s">
+        <v>246</v>
+      </c>
+      <c r="C171">
+        <v>45.504</v>
+      </c>
+      <c r="D171" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>247</v>
+      </c>
+      <c r="B172" t="s">
+        <v>248</v>
+      </c>
+      <c r="C172">
+        <v>45.504</v>
+      </c>
+      <c r="D172" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>249</v>
+      </c>
+      <c r="B173" t="s">
+        <v>250</v>
+      </c>
+      <c r="C173">
+        <v>45.504</v>
+      </c>
+      <c r="D173" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>251</v>
+      </c>
+      <c r="B174" t="s">
+        <v>252</v>
+      </c>
+      <c r="C174">
         <v>47.172</v>
       </c>
-      <c r="D109" t="s">
-        <v>26</v>
+      <c r="D174" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>253</v>
+      </c>
+      <c r="B175" t="s">
+        <v>254</v>
+      </c>
+      <c r="C175">
+        <v>48.996</v>
+      </c>
+      <c r="D175" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>255</v>
+      </c>
+      <c r="B176" t="s">
+        <v>256</v>
+      </c>
+      <c r="C176">
+        <v>48.996</v>
+      </c>
+      <c r="D176" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>257</v>
+      </c>
+      <c r="B177" t="s">
+        <v>258</v>
+      </c>
+      <c r="C177">
+        <v>48.996</v>
+      </c>
+      <c r="D177" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>259</v>
+      </c>
+      <c r="B178" t="s">
+        <v>260</v>
+      </c>
+      <c r="C178">
+        <v>48.996</v>
+      </c>
+      <c r="D178" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>261</v>
+      </c>
+      <c r="B179" t="s">
+        <v>262</v>
+      </c>
+      <c r="C179">
+        <v>48.996</v>
+      </c>
+      <c r="D179" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>263</v>
+      </c>
+      <c r="B180" t="s">
+        <v>264</v>
+      </c>
+      <c r="C180">
+        <v>58.992</v>
+      </c>
+      <c r="D180" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>265</v>
+      </c>
+      <c r="B181" t="s">
+        <v>266</v>
+      </c>
+      <c r="C181">
+        <v>58.992</v>
+      </c>
+      <c r="D181" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>267</v>
+      </c>
+      <c r="B182" t="s">
+        <v>268</v>
+      </c>
+      <c r="C182">
+        <v>58.992</v>
+      </c>
+      <c r="D182" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>269</v>
+      </c>
+      <c r="B183" t="s">
+        <v>270</v>
+      </c>
+      <c r="C183">
+        <v>58.992</v>
+      </c>
+      <c r="D183" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>271</v>
+      </c>
+      <c r="B184" t="s">
+        <v>272</v>
+      </c>
+      <c r="C184">
+        <v>60.744</v>
+      </c>
+      <c r="D184" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>273</v>
+      </c>
+      <c r="B185" t="s">
+        <v>274</v>
+      </c>
+      <c r="C185">
+        <v>60.744</v>
+      </c>
+      <c r="D185" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>275</v>
+      </c>
+      <c r="B186" t="s">
+        <v>276</v>
+      </c>
+      <c r="C186">
+        <v>69.0</v>
+      </c>
+      <c r="D186" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>277</v>
+      </c>
+      <c r="B187" t="s">
+        <v>278</v>
+      </c>
+      <c r="C187">
+        <v>78.996</v>
+      </c>
+      <c r="D187" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>279</v>
+      </c>
+      <c r="B188" t="s">
+        <v>280</v>
+      </c>
+      <c r="C188">
+        <v>99.0</v>
+      </c>
+      <c r="D188" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>281</v>
+      </c>
+      <c r="B189" t="s">
+        <v>282</v>
+      </c>
+      <c r="C189">
+        <v>109.92</v>
+      </c>
+      <c r="D189" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>283</v>
+      </c>
+      <c r="B190" t="s">
+        <v>284</v>
+      </c>
+      <c r="C190">
+        <v>122.196</v>
+      </c>
+      <c r="D190" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>285</v>
+      </c>
+      <c r="B191" t="s">
+        <v>286</v>
+      </c>
+      <c r="C191">
+        <v>122.196</v>
+      </c>
+      <c r="D191" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D110"/>
+  <autoFilter ref="A1:D192"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>