--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -7,173 +7,176 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$192</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$110</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Gaming pad A4tech, X7-200S, Black</t>
   </si>
   <si>
     <t>A4-PAD-X7-200S</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Mouse pad A4tech FP25 FSTyler, Baby Pink</t>
   </si>
   <si>
     <t>A4-PAD-FP25-PINK</t>
   </si>
   <si>
     <t>Gaming pad A4tech X7-300MP</t>
   </si>
   <si>
     <t>A4-PAD-X7-300MP</t>
   </si>
   <si>
+    <t>Mouse pad A4tech FP75 FSTyler, Silver</t>
+  </si>
+  <si>
+    <t>A4-PAD-FP75-SILVER</t>
+  </si>
+  <si>
     <t>Mouse pad A4tech FP75 FSTyler, Black</t>
   </si>
   <si>
     <t>A4-PAD-FP75-BLACK</t>
   </si>
   <si>
-    <t>Mouse pad A4tech FP75 FSTyler, Silver</t>
-[...4 lines deleted...]
-  <si>
     <t>Gaming pad Bloody, B-088S-Thin, Black</t>
   </si>
   <si>
     <t>A4-PAD-B-088S</t>
   </si>
   <si>
     <t>Gaming pad Bloody BP-50L XL Black</t>
   </si>
   <si>
     <t>A4-PAD-BP-50L</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Gaming mouse pad Bloody BP-30L, XL size, 750 x 300 x 3mm</t>
   </si>
   <si>
     <t>A4-PAD-BP-30L</t>
   </si>
   <si>
     <t>A4Tech X7 Gaming Mouse Pad XP-70L, size, 750 x 300 x 3mm</t>
   </si>
   <si>
     <t>A4-PAD-XP-70L</t>
   </si>
   <si>
     <t>Logitech Mouse Pad Studio Series, Blue Grey</t>
   </si>
   <si>
     <t>LOGITECH-PAD-MP-51</t>
   </si>
   <si>
+    <t>Gaming pad A4 Bloody BP-45W Cypher Ghost 450 x 400 x 5mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-45W</t>
+  </si>
+  <si>
+    <t>Gaming pad A4 Bloody BP-45 Naraka, M size, 450 x 500 x 3mm</t>
+  </si>
+  <si>
+    <t>A4-PAD-BP-45-Naraka</t>
+  </si>
+  <si>
+    <t>Logitech Mouse Pad Studio Series, Darker Rose</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-50</t>
+  </si>
+  <si>
+    <t>Logitech Mouse Pad Studio Series, Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-PAD-MP-49</t>
+  </si>
+  <si>
+    <t>Mousepad World of Tanks CS-52 LIS Out of the Woods, Size M</t>
+  </si>
+  <si>
+    <t>FSH-TANKS-CS52W-M</t>
+  </si>
+  <si>
+    <t>Mouse pad Cherry MP 1000</t>
+  </si>
+  <si>
+    <t>CHERRY-PAD-MP-1000</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Gaming pad A4 Bloody BP-45W Cypher Ghost 450 x 400 x 5mm</t>
-[...34 lines deleted...]
-  <si>
     <t>Gaming pad Spartan Gear Ares II XL</t>
   </si>
   <si>
     <t>SG-054143</t>
   </si>
   <si>
     <t>Gaming pad SteelSeries, QcK MIni, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63005</t>
   </si>
   <si>
     <t>uRage Gaming-Mauspad "Lethality 250"</t>
   </si>
   <si>
     <t>HAMA-219802</t>
   </si>
   <si>
     <t>uRage "Lethality 150 Speed" Gaming Mouse Pad</t>
   </si>
   <si>
     <t>HAMA-219801</t>
   </si>
   <si>
     <t>LEAGUE OF LEGENDS - Flexible mousepad - Team</t>
@@ -190,53 +193,50 @@
   <si>
     <t>Flexible mousepad ABYSTYLE STARFIELD - Landing</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC521</t>
   </si>
   <si>
     <t>Flexible mousepad ABYSTYLE GOD OF WAR - Ragnarok</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC520</t>
   </si>
   <si>
     <t>Flexible mousepad ABYSTYLE Diablo - Hellgate</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC503</t>
   </si>
   <si>
     <t>CALL OF DUTY - Flexible mousepad - Key Art</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC523</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>ABYSTYLE THE WITCHER - Flexible Mousepad - World map</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYACC529</t>
   </si>
   <si>
     <t>uRage "Lethality 250 Speed" Gaming Mouse Pad, 186088</t>
   </si>
   <si>
     <t>HAMA-186088</t>
   </si>
   <si>
     <t>Gaming pad Logitech, G240, Black</t>
   </si>
   <si>
     <t>LOGITECH-PAD-G240</t>
   </si>
   <si>
     <t>Logitech Desk Mat Studio Series, Mid Grey</t>
   </si>
   <si>
     <t>LOGITECH-PAD-DM-52</t>
   </si>
   <si>
     <t>Logitech Logitech Desk Mat Studio Series, Darker Rose</t>
@@ -253,65 +253,68 @@
   <si>
     <t>Gaming pad SteelSeries, QCK, Black</t>
   </si>
   <si>
     <t>STEEL-PAD-63004</t>
   </si>
   <si>
     <t>Gaming pad Steelseries QcK M - Aqua</t>
   </si>
   <si>
     <t>STEEL-PAD-63459</t>
   </si>
   <si>
     <t>Gaming pad Steelseries QcK M - Lavander</t>
   </si>
   <si>
     <t>STEEL-PAD-63460</t>
   </si>
   <si>
     <t>Gaming pad Steelseries QcK M - White</t>
   </si>
   <si>
     <t>STEEL-PAD-63461</t>
   </si>
   <si>
+    <t>Mousepad Corsair MM350 Champion Anti-Fray - Size Medium</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-CH-9413520-WW</t>
+  </si>
+  <si>
+    <t>uRage "Lethality 350 Speed" Gaming Mouse Pad</t>
+  </si>
+  <si>
+    <t>HAMA-186073</t>
+  </si>
+  <si>
     <t>Mouse pad Cherry MP 2000, XXL, Black</t>
   </si>
   <si>
     <t>CHERRY-PAD-MP-2000</t>
   </si>
   <si>
-    <t>on route</t>
-[...7 lines deleted...]
-  <si>
     <t>Gaming pad Glorious XL Black</t>
   </si>
   <si>
     <t>GL-PAD-GAMA-657</t>
   </si>
   <si>
     <t>Gaming pad Spartan Gear Ares RGB</t>
   </si>
   <si>
     <t>SG-069585</t>
   </si>
   <si>
     <t>Gaming pad Spartan Gear Ares II XXL</t>
   </si>
   <si>
     <t>SG-082662</t>
   </si>
   <si>
     <t>uRage "Lethality 200 Illuminated" Gaming Mouse Pad, 186047</t>
   </si>
   <si>
     <t>HAMA-186045</t>
   </si>
   <si>
     <t>Gaming pad Glorious XL Heavy Black</t>
@@ -340,50 +343,56 @@
   <si>
     <t>Mousepad ENDORFY Crystal Black - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B007</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Crystal Onyx White - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B009</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Crystal Spectrum - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B011</t>
   </si>
   <si>
     <t>Mousepad ENDORFY Crystal Blue - L</t>
   </si>
   <si>
     <t>END-PAD-EY6B013</t>
   </si>
   <si>
+    <t>Mousepad Corsair MM300 Pro Premium Spill-Proof - Size Medium</t>
+  </si>
+  <si>
+    <t>CORSAIR-PAD-CH-9413631-WW</t>
+  </si>
+  <si>
     <t>Mousepad Dark Project - Bushido XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-BUSHIDO-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Nostra White XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOSTRA-WH-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Nostra Black XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-TNOSTRA-BL-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Celestial XL</t>
   </si>
   <si>
     <t>FSH-DP-PAD-CELESTIAL-XL</t>
   </si>
   <si>
     <t>Mousepad Dark Project - Terra Nova White XL</t>
@@ -619,306 +628,90 @@
   <si>
     <t>Gaming mousepad Naruto Shippuden - Itachi Uchiha, XL</t>
   </si>
   <si>
     <t>FSH-FNRMPSPEED24ITCXL</t>
   </si>
   <si>
     <t>Gaming pad Steelseries QcK L - Aqua</t>
   </si>
   <si>
     <t>STEEL-PAD-63462</t>
   </si>
   <si>
     <t>Gaming pad Steelseries QcK L - Lavander</t>
   </si>
   <si>
     <t>STEEL-PAD-63463</t>
   </si>
   <si>
     <t>Gaming pad Steelseries QcK L - White</t>
   </si>
   <si>
     <t>STEEL-PAD-63464</t>
   </si>
   <si>
-    <t>Gaming pad Spartan Gear Ares RGB XXL</t>
-[...254 lines deleted...]
-    <t>ASUS-PAD-ROG-MOON-ACE-W</t>
+    <t>Gaming mousepad World Of Warcraft: Midnight Xalatath -  XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPWOWMNXTH25XL</t>
+  </si>
+  <si>
+    <t>Gaming mousepad Starcraft: Expansion - XL</t>
+  </si>
+  <si>
+    <t>FSH-FBLMPSCTEXP2025XL</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Stoneflow Black - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B016</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Stoneflow White - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B018</t>
+  </si>
+  <si>
+    <t>Mousepad ENDORFY Stoneflow Gray - XL</t>
+  </si>
+  <si>
+    <t>END-PAD-EY6B020</t>
+  </si>
+  <si>
+    <t>Gaming pad ZOWIE G-SR-SE BLUE II - L</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-G-SR-SE-ZC07</t>
+  </si>
+  <si>
+    <t>Gaming pad ZOWIE H-SR-SE BLUE II - XL</t>
+  </si>
+  <si>
+    <t>ZOWIE-PAD-H-SR-SE-ZC07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1222,524 +1015,524 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D192"/>
+  <dimension ref="A1:D110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.122" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.412</v>
+        <v>2.424</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.684</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>4.872</v>
+        <v>4.908</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>7.14</v>
+        <v>7.164</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>7.164</v>
+        <v>7.188</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>7.308</v>
+        <v>7.356</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>7.524</v>
+        <v>7.572</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>7.524</v>
+        <v>7.572</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>7.524</v>
+        <v>7.572</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11">
         <v>7.668</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>7.98</v>
+        <v>8.028</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>8.124</v>
+        <v>8.172</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>8.28</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>8.352</v>
+        <v>8.316</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>9.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>9.672</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>9.708</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>9.9</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>9.9</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>10.14</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>10.176</v>
       </c>
       <c r="D22" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>10.176</v>
       </c>
       <c r="D23" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>10.176</v>
       </c>
       <c r="D24" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>10.176</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>10.176</v>
       </c>
       <c r="D26" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
         <v>10.176</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>10.176</v>
       </c>
       <c r="D28" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>11.04</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>12.78</v>
       </c>
       <c r="D30" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>14.832</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>14.832</v>
       </c>
       <c r="D32" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>14.832</v>
       </c>
       <c r="D33" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>15.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>15.0</v>
@@ -1762,2200 +1555,1052 @@
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>15.0</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>15.012</v>
+        <v>15.0</v>
       </c>
       <c r="D38" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>15.948</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>16.8</v>
+        <v>16.728</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>17.892</v>
+        <v>16.8</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>17.892</v>
       </c>
       <c r="D42" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>17.892</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>18.0</v>
+        <v>17.892</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>18.0</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>19.5</v>
+        <v>18.0</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>19.5</v>
       </c>
       <c r="D47" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>19.8</v>
+        <v>19.5</v>
       </c>
       <c r="D48" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C49">
         <v>19.8</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C50">
         <v>19.8</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C51">
         <v>19.8</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>19.896</v>
+        <v>19.8</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C54">
         <v>19.896</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C55">
         <v>19.896</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>19.896</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C57">
         <v>19.896</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C58">
         <v>19.896</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>19.944</v>
+        <v>19.896</v>
       </c>
       <c r="D60" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C61">
         <v>19.944</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="C62">
         <v>19.944</v>
       </c>
       <c r="D62" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C63">
         <v>19.944</v>
       </c>
       <c r="D63" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>19.992</v>
+        <v>19.944</v>
       </c>
       <c r="D64" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>22.2</v>
+        <v>19.944</v>
       </c>
       <c r="D65" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>24.996</v>
+        <v>19.992</v>
       </c>
       <c r="D66" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>24.996</v>
+        <v>22.2</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
         <v>24.996</v>
       </c>
       <c r="D68" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
         <v>24.996</v>
       </c>
       <c r="D69" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
         <v>24.996</v>
       </c>
       <c r="D70" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
         <v>24.996</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
         <v>24.996</v>
       </c>
       <c r="D72" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
         <v>24.996</v>
       </c>
       <c r="D73" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C74">
         <v>24.996</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
         <v>24.996</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
         <v>24.996</v>
       </c>
       <c r="D76" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C77">
         <v>24.996</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
         <v>24.996</v>
       </c>
       <c r="D78" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
         <v>24.996</v>
       </c>
       <c r="D79" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
         <v>24.996</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>24.996</v>
       </c>
       <c r="D81" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>24.996</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
         <v>24.996</v>
       </c>
       <c r="D83" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
         <v>24.996</v>
       </c>
       <c r="D84" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C85">
         <v>24.996</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C86">
         <v>24.996</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C87">
         <v>24.996</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C88">
         <v>24.996</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
         <v>24.996</v>
       </c>
       <c r="D89" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C90">
         <v>24.996</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
         <v>185</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
         <v>24.996</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="C92">
         <v>24.996</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C93">
         <v>24.996</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C94">
         <v>24.996</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C95">
         <v>24.996</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C96">
         <v>24.996</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="C97">
         <v>24.996</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C98">
         <v>24.996</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
         <v>201</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
         <v>203</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D100" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
         <v>205</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D101" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="B102" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="C102">
-        <v>7.524</v>
+        <v>15.0</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="B103" t="s">
-        <v>22</v>
+        <v>110</v>
       </c>
       <c r="C103">
-        <v>7.524</v>
+        <v>19.8</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>26</v>
+        <v>206</v>
       </c>
       <c r="B104" t="s">
-        <v>27</v>
+        <v>207</v>
       </c>
       <c r="C104">
-        <v>7.98</v>
+        <v>24.996</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>28</v>
+        <v>208</v>
       </c>
       <c r="B105" t="s">
-        <v>29</v>
+        <v>209</v>
       </c>
       <c r="C105">
-        <v>8.124</v>
+        <v>24.996</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>42</v>
+        <v>210</v>
       </c>
       <c r="B106" t="s">
-        <v>43</v>
+        <v>211</v>
       </c>
       <c r="C106">
-        <v>9.9</v>
+        <v>24.996</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>44</v>
+        <v>212</v>
       </c>
       <c r="B107" t="s">
-        <v>45</v>
+        <v>213</v>
       </c>
       <c r="C107">
-        <v>10.14</v>
+        <v>24.996</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>59</v>
+        <v>214</v>
       </c>
       <c r="B108" t="s">
-        <v>60</v>
+        <v>215</v>
       </c>
       <c r="C108">
-        <v>10.176</v>
+        <v>43.2</v>
       </c>
       <c r="D108" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>61</v>
+        <v>216</v>
       </c>
       <c r="B109" t="s">
-        <v>62</v>
+        <v>217</v>
       </c>
       <c r="C109">
-        <v>11.04</v>
+        <v>62.4</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="110" spans="1:4">
-[...1146 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D192"/>
+  <autoFilter ref="A1:D110"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>