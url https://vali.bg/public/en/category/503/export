--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -37,263 +37,263 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SB, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SB</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SB</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI650SH</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 600 STL, 600VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600STL</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
-[...4 lines deleted...]
-  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS FSP Group IFP800, 800VA, 480W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP800</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 850 SH, 850VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SH</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 800 STL, 800VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800STL</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 850 SH, 850VA, Line Interactive</t>
-[...2 lines deleted...]
-    <t>POWER-UPS-VI850SH</t>
+    <t>UPS POWERWALKER VI 1000 MS, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000MS</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000SB</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
-[...8 lines deleted...]
-    <t>POWER-UPS-VI1000MS</t>
+    <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi600SW</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP1000, 1000VA, 600W, Line Interactive, LCD</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP1000VA</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi800SW</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP1500</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 IEC, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200IEC</t>
+  </si>
+  <si>
+    <t>POWERWALKER UPS VI 1000 LCD, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 SH, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 600 CSW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI600CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 SHL LCD, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SHL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI800CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 SH, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 500 R1U, 500 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI500R1U</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
-[...85 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2200 SH 6x IEC, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SHL LCD, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SHL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 CSW, 1000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000CSW</t>
   </si>
   <si>
+    <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP2000</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 750 R1U, 750 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI750R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1000GXB for professional gaming, 1000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000GXB</t>
   </si>
   <si>
-    <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1000 TG 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000TG</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI VI1200RLE, 1200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1500GXB for professional gaming, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500GXB</t>
   </si>
   <si>
     <t>UPS POWERWALKER  VI2200RLE, 2200 VA Line Interactive</t>
@@ -340,60 +340,60 @@
   <si>
     <t>UPS POWERWALKER VI 2000 CW IEC, 2000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500RT HID LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500RT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 CG PF1 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 TG 2000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000TG</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Tower, 2000VA, 1800W, OnLine, LCD, 4xIEC</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-2000VA</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 1500 R1U, 1500 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500R1U</t>
-  </si>
-[...4 lines deleted...]
-    <t>FORT-UPS-CHAMP-2000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 ICT IoT  PF1 1500VA/ 1500 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500ICT-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000RLE, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 CW, 3000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000CW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 ICR IoT PF1 1000VA/ 1000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000ICR-IoT</t>
   </si>
@@ -874,1087 +874,1087 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>102.6</v>
+        <v>103.86</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>120.0</v>
+        <v>136.668</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>135.0</v>
+        <v>138.432</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>136.752</v>
+        <v>138.864</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>146.484</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>147.6</v>
+        <v>156.156</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>154.26</v>
+        <v>171.684</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>160.8</v>
+        <v>173.184</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>160.8</v>
+        <v>173.532</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>171.072</v>
+        <v>176.46</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>182.52</v>
+        <v>184.764</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>219.792</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>223.536</v>
+        <v>226.284</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>249.6</v>
+        <v>252.576</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>252.252</v>
+        <v>255.348</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>253.68</v>
+        <v>256.8</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>254.304</v>
+        <v>257.424</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>262.992</v>
+        <v>263.076</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>264.552</v>
+        <v>266.232</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>280.8</v>
+        <v>267.804</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>311.724</v>
+        <v>309.324</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>314.52</v>
+        <v>315.552</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>315.828</v>
+        <v>319.704</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>315.828</v>
+        <v>319.704</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>315.828</v>
+        <v>319.704</v>
       </c>
       <c r="D26" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>330.18</v>
+        <v>334.236</v>
       </c>
       <c r="D27" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>331.596</v>
+        <v>335.664</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>354.792</v>
+        <v>351.36</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>373.248</v>
+        <v>359.148</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>381.444</v>
+        <v>377.832</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>395.808</v>
+        <v>386.136</v>
       </c>
       <c r="D32" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>397.86</v>
+        <v>400.668</v>
       </c>
       <c r="D33" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>399.912</v>
+        <v>402.744</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>413.376</v>
+        <v>404.82</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>421.68</v>
+        <v>418.464</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>455.28</v>
+        <v>460.872</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>474.0</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>481.944</v>
+        <v>487.86</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>490.14</v>
+        <v>496.164</v>
       </c>
       <c r="D40" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>529.104</v>
+        <v>535.608</v>
       </c>
       <c r="D41" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>529.104</v>
+        <v>535.608</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>545.508</v>
+        <v>552.216</v>
       </c>
       <c r="D43" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>572.172</v>
+        <v>579.204</v>
       </c>
       <c r="D44" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>602.916</v>
       </c>
       <c r="D45" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>604.992</v>
+        <v>612.42</v>
       </c>
       <c r="D46" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>635.748</v>
+        <v>643.56</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>676.764</v>
+        <v>685.08</v>
       </c>
       <c r="D48" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>697.272</v>
+        <v>705.84</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>717.78</v>
+        <v>726.6</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>717.78</v>
+        <v>726.6</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>721.884</v>
+        <v>730.644</v>
       </c>
       <c r="D52" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>730.644</v>
+        <v>730.752</v>
       </c>
       <c r="D53" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>734.184</v>
+        <v>743.208</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>754.692</v>
+        <v>763.968</v>
       </c>
       <c r="D55" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>760.848</v>
+        <v>770.196</v>
       </c>
       <c r="D56" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>799.812</v>
+        <v>809.64</v>
       </c>
       <c r="D57" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>849.504</v>
+        <v>847.944</v>
       </c>
       <c r="D58" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>859.284</v>
+        <v>869.844</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>859.284</v>
+        <v>869.844</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>867.492</v>
+        <v>878.148</v>
       </c>
       <c r="D61" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
         <v>948.468</v>
       </c>
       <c r="D62" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>980.28</v>
+        <v>992.328</v>
       </c>
       <c r="D63" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>1117.692</v>
+        <v>1131.42</v>
       </c>
       <c r="D64" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>1144.344</v>
+        <v>1158.408</v>
       </c>
       <c r="D65" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
         <v>1318.728</v>
       </c>
       <c r="D66" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>1328.916</v>
+        <v>1345.248</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>1538.1</v>
+        <v>1557.0</v>
       </c>
       <c r="D68" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
         <v>1575.624</v>
       </c>
       <c r="D69" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
         <v>1726.416</v>
       </c>
       <c r="D70" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>1798.548</v>
+        <v>1820.652</v>
       </c>
       <c r="D71" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>149</v>
       </c>
       <c r="B72" t="s">
         <v>150</v>
       </c>
       <c r="C72">
-        <v>2239.476</v>
+        <v>2266.992</v>
       </c>
       <c r="D72" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>151</v>
       </c>
       <c r="B73" t="s">
         <v>152</v>
       </c>
       <c r="C73">
-        <v>2809.596</v>
+        <v>2844.12</v>
       </c>
       <c r="D73" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>153</v>
       </c>
       <c r="B74" t="s">
         <v>154</v>
       </c>
       <c r="C74">
-        <v>3117.216</v>
+        <v>3155.52</v>
       </c>
       <c r="D74" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>155</v>
       </c>
       <c r="B75" t="s">
         <v>156</v>
       </c>
       <c r="C75">
-        <v>3225.912</v>
+        <v>3265.548</v>
       </c>
       <c r="D75" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>157</v>
       </c>
       <c r="B76" t="s">
         <v>158</v>
       </c>
       <c r="C76">
-        <v>4007.268</v>
+        <v>4056.504</v>
       </c>
       <c r="D76" t="s">
         <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D77"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>