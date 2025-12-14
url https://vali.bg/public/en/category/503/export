--- v1 (2025-11-09)
+++ v2 (2025-12-14)
@@ -43,257 +43,257 @@
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SB, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SB</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI850SB</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 600 STL, 600VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI600STL</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI650SH</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP800, 800VA, 480W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP800</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 850 SH, 850VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 STL, 800VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI800STL</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
-[...29 lines deleted...]
-    <t>POWER-UPS-VI800STL</t>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 MS, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000MS</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
-[...2 lines deleted...]
-    <t>POWER-UPS-VI1000STL</t>
+    <t>not available</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000SB</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-Vi600SW</t>
   </si>
   <si>
     <t>UPS FSP Group IFP1000, 1000VA, 600W, Line Interactive, LCD</t>
   </si>
   <si>
     <t>FORT-UPS-IFP1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-Vi800SW</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1200 IEC, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200IEC</t>
+  </si>
+  <si>
+    <t>POWERWALKER UPS VI 1000 LCD, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000LCD</t>
+  </si>
+  <si>
     <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP1500</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1200 IEC, 1200VA, Line Interactive</t>
-[...10 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 1200 SH, 1200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 CSW, 600VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1200 SHL LCD, 1200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200SHL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SH, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 500 R1U, 500 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI500R1U</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2200 SH 6x IEC, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SHL LCD, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SHL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 CSW, 1000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000CSW</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 LCD, 1500VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI1000GXB for professional gaming, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000GXB</t>
+  </si>
+  <si>
     <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP2000</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
-[...10 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 750 R1U, 750 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI750R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI1000GXB for professional gaming, 1000VA, Line Interactive</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1000 TG 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000TG</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI VI1200RLE, 1200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1500GXB for professional gaming, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500GXB</t>
   </si>
   <si>
     <t>UPS POWERWALKER  VI2200RLE, 2200 VA Line Interactive</t>
@@ -340,66 +340,66 @@
   <si>
     <t>UPS POWERWALKER VI 2000 CW IEC, 2000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500RT HID LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500RT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 CG PF1 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 TG 2000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000TG</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1500 R1U, 1500 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500R1U</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 1500 ICT IoT  PF1 1500VA/ 1500 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1500ICT-IoT</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Tower, 2000VA, 1800W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-2000VA</t>
-  </si>
-[...10 lines deleted...]
-    <t>POWER-UPS-VFI1500ICT-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000RLE, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 CW, 3000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000CW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 ICR IoT PF1 1000VA/ 1000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000ICR-IoT</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Tower, 3000VA, 2700W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-3000VA</t>
   </si>
@@ -874,1087 +874,1087 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>103.86</v>
+        <v>102.06</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>136.668</v>
+        <v>134.292</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>136.452</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>138.864</v>
+        <v>136.644</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>146.484</v>
+        <v>148.164</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>156.156</v>
+        <v>153.18</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>171.684</v>
+        <v>168.708</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>173.184</v>
+        <v>170.52</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>173.532</v>
+        <v>171.624</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>176.46</v>
+        <v>173.4</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>184.764</v>
+        <v>181.56</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>219.792</v>
+        <v>211.656</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>226.284</v>
+        <v>222.36</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>252.576</v>
+        <v>250.92</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>255.348</v>
+        <v>252.348</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>256.8</v>
+        <v>252.576</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>257.424</v>
+        <v>252.96</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>263.076</v>
+        <v>258.504</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>266.232</v>
+        <v>261.612</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>267.804</v>
+        <v>263.16</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>309.324</v>
+        <v>303.96</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>315.552</v>
+        <v>310.08</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>319.704</v>
+        <v>314.16</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>319.704</v>
+        <v>314.16</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>319.704</v>
+        <v>314.16</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>334.236</v>
+        <v>328.44</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>335.664</v>
+        <v>329.844</v>
       </c>
       <c r="D28" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>351.36</v>
+        <v>352.92</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>359.148</v>
+        <v>371.28</v>
       </c>
       <c r="D30" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>377.832</v>
+        <v>371.34</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>386.136</v>
+        <v>378.996</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>400.668</v>
+        <v>379.44</v>
       </c>
       <c r="D33" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>402.744</v>
+        <v>393.72</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>404.82</v>
+        <v>395.76</v>
       </c>
       <c r="D35" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>418.464</v>
+        <v>397.8</v>
       </c>
       <c r="D36" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>460.872</v>
+        <v>452.88</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>474.0</v>
       </c>
       <c r="D38" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>487.86</v>
+        <v>479.4</v>
       </c>
       <c r="D39" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>496.164</v>
+        <v>487.56</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>535.608</v>
+        <v>526.32</v>
       </c>
       <c r="D41" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>535.608</v>
+        <v>526.32</v>
       </c>
       <c r="D42" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>552.216</v>
+        <v>542.64</v>
       </c>
       <c r="D43" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>579.204</v>
+        <v>569.16</v>
       </c>
       <c r="D44" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>602.916</v>
+        <v>592.644</v>
       </c>
       <c r="D45" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>612.42</v>
+        <v>601.8</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>643.56</v>
+        <v>632.4</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>685.08</v>
+        <v>673.2</v>
       </c>
       <c r="D48" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>705.84</v>
+        <v>693.6</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>726.6</v>
+        <v>714.0</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>726.6</v>
+        <v>714.0</v>
       </c>
       <c r="D51" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>730.644</v>
+        <v>718.08</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>730.752</v>
+        <v>730.32</v>
       </c>
       <c r="D53" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>743.208</v>
+        <v>730.644</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>763.968</v>
+        <v>750.72</v>
       </c>
       <c r="D55" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>770.196</v>
+        <v>756.84</v>
       </c>
       <c r="D56" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>809.64</v>
+        <v>795.6</v>
       </c>
       <c r="D57" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
         <v>847.944</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>869.844</v>
+        <v>854.76</v>
       </c>
       <c r="D59" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>869.844</v>
+        <v>854.76</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>878.148</v>
+        <v>862.92</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
         <v>948.468</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>992.328</v>
+        <v>999.6</v>
       </c>
       <c r="D63" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>1131.42</v>
+        <v>1111.8</v>
       </c>
       <c r="D64" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>1158.408</v>
+        <v>1138.32</v>
       </c>
       <c r="D65" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>1318.728</v>
+        <v>1298.172</v>
       </c>
       <c r="D66" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>1345.248</v>
+        <v>1321.92</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>1557.0</v>
+        <v>1530.0</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
         <v>1575.624</v>
       </c>
       <c r="D69" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
         <v>1726.416</v>
       </c>
       <c r="D70" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>1820.652</v>
+        <v>1789.08</v>
       </c>
       <c r="D71" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>149</v>
       </c>
       <c r="B72" t="s">
         <v>150</v>
       </c>
       <c r="C72">
-        <v>2266.992</v>
+        <v>2227.68</v>
       </c>
       <c r="D72" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>151</v>
       </c>
       <c r="B73" t="s">
         <v>152</v>
       </c>
       <c r="C73">
-        <v>2844.12</v>
+        <v>2794.8</v>
       </c>
       <c r="D73" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>153</v>
       </c>
       <c r="B74" t="s">
         <v>154</v>
       </c>
       <c r="C74">
-        <v>3155.52</v>
+        <v>3100.8</v>
       </c>
       <c r="D74" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>155</v>
       </c>
       <c r="B75" t="s">
         <v>156</v>
       </c>
       <c r="C75">
-        <v>3265.548</v>
+        <v>3208.92</v>
       </c>
       <c r="D75" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>157</v>
       </c>
       <c r="B76" t="s">
         <v>158</v>
       </c>
       <c r="C76">
-        <v>4056.504</v>
+        <v>3986.16</v>
       </c>
       <c r="D76" t="s">
         <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D77"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>