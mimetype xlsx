--- v2 (2025-12-14)
+++ v3 (2026-03-08)
@@ -7,359 +7,359 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$77</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$78</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SB, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SB</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI850SB</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
-[...2 lines deleted...]
-    <t>POWER-UPS-VI850SB</t>
+    <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI650SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 STL, 600VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600STL</t>
   </si>
   <si>
-    <t>on route</t>
-[...7 lines deleted...]
-  <si>
     <t>UPS FSP Group IFP800, 800VA, 480W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP800</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 850 SH, 850VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI850SH</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1000 MS, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000MS</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 800 STL, 800VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800STL</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000SB</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi600SW</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
-[...8 lines deleted...]
-    <t>POWER-UPS-VI1000MS</t>
+    <t>UPS FSP Group IFP1000, 1000VA, 600W, Line Interactive, LCD</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP1000VA</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-Vi800SW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 IEC, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200IEC</t>
+  </si>
+  <si>
+    <t>POWERWALKER UPS VI 1000 LCD, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 SH, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 600 CSW, 600VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI600CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 SHL LCD, 1200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200SHL</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP1500</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI800CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 SH, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 500 R1U, 500 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI500R1U</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
-[...88 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2200 SH 6x IEC, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SH-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 SHL LCD, 2200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200SHL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 CSW, 1000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200CSW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500LCD</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2000LCD</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 750 R1U, 750 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI750R1U</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 CSW IEC, 1500 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500CSW-IEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 CSW, 1500 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500CSW</t>
+  </si>
+  <si>
+    <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
+  </si>
+  <si>
+    <t>FORT-UPS-IFP2000</t>
+  </si>
+  <si>
+    <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-1000VA</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI1000GXB for professional gaming, 1000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000GXB</t>
   </si>
   <si>
-    <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
-[...28 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1000 TG 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000TG</t>
   </si>
   <si>
-    <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI VI1200RLE, 1200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1500GXB for professional gaming, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500GXB</t>
   </si>
   <si>
     <t>UPS POWERWALKER  VI2200RLE, 2200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000C LCD, 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CLCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 STL, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000STL</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 1000 R1U, 1000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000R1U</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 1000 ICT IoT PF1 1000VA/ 1000 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1000ICT-IoT</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Rack 1K, 1000VA, 900W, LCD, 3 Schuko, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1000VA-RK</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 1000 R1U, 1000 VA Line Interactive</t>
-[...10 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2000 CW IEC, 2000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000CWIEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500RT HID LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500RT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 CG PF1 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 TG 2000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000TG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 R1U, 1500 VA Line Interactive</t>
@@ -376,126 +376,132 @@
   <si>
     <t>UPS FSP Group Champ Tower, 2000VA, 1800W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-2000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000RLE, 3000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 3000 CW, 3000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000CW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 ICR IoT PF1 1000VA/ 1000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000ICR-IoT</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VFI 1500 CG PF1 1500VA, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1500CG</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VFI 3000 TG 3000VA, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI3000TG</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2000RT HID LCD, 1500VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2000RT</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Tower, 3000VA, 2700W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-3000VA</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VFI 1500 CG PF1 1500VA, On-Line</t>
-[...10 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1500 ICR IoT PF1 1500VA/ 1500 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500ICR-IoT</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VFI 2000 ICT IoT  PF1 2000VA/ 2000 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI2000ICT-IoT</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Rack 2K, 2000VA, 1800W, LCD, 3 Schuko, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-2000VA-RK</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VFI 2000 ICT IoT  PF1 2000VA/ 2000 W, On-Line</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 3000 ICT IoT  PF1 3000VA/ 3000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000ICT-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 ICR IoT PF1 2000VA/ 2000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000ICR-IoT</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Rack 3K, 3000VA, 2700W, LCD, 3 Schuko, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-3000VA-RK</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 3000 ICR IoT  PF1 3000VA/ 3000 W , On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000ICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 3000 CG PF1 3000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000CG</t>
   </si>
   <si>
+    <t>UPS FSP Group Champ Tower 6K, 6000VA, 5400W, LCD, USB, RS-232, EPO</t>
+  </si>
+  <si>
+    <t>FORT-UPS-CHAMP-6000KL</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ 6KL RM (PPF54A1300), 6000VA, 5400W, LCD, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1106RL-RM</t>
-  </si>
-[...4 lines deleted...]
-    <t>FORT-UPS-CHAMP-6000KL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1000 LICR IoT PF1 1000VA/ 1000 W, On-Line- WITH LITHIUM BATTERY!</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000LICR-IoT</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 LICR IoT PF1 1500VA/ 1500 W, On-Line- WITH LITHIUM BATTERY!</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500LICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 6000 CG LCD, 6000VA, On-Line PF1</t>
   </si>
   <si>
     <t>POWER-UPS-VFI6000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 10 000 CG LCD, 10 000 VA, On-Line PF1</t>
   </si>
@@ -838,1130 +844,1144 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>102.06</v>
+        <v>52.908</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>134.292</v>
+        <v>69.624</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>136.452</v>
+        <v>70.62</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>136.644</v>
+        <v>70.74</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>148.164</v>
+        <v>74.508</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>153.18</v>
+        <v>79.56</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>168.708</v>
+        <v>84.9</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>170.52</v>
+        <v>87.456</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>171.624</v>
+        <v>88.404</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>173.4</v>
+        <v>89.892</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12">
+        <v>94.128</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>211.656</v>
+        <v>106.44</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>222.36</v>
+        <v>115.272</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>250.92</v>
+        <v>130.08</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>252.348</v>
+        <v>130.824</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>252.576</v>
+        <v>131.136</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>252.96</v>
+        <v>134.016</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>258.504</v>
+        <v>135.624</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>261.612</v>
+        <v>136.428</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>263.16</v>
+        <v>142.776</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>303.96</v>
+        <v>157.572</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>310.08</v>
+        <v>160.752</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>314.16</v>
+        <v>162.864</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25">
+        <v>162.864</v>
+      </c>
+      <c r="D25" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>314.16</v>
+        <v>162.864</v>
       </c>
       <c r="D26" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>328.44</v>
+        <v>170.268</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>329.844</v>
+        <v>171.0</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>352.92</v>
+        <v>182.952</v>
       </c>
       <c r="D29" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>371.28</v>
+        <v>192.48</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>371.34</v>
+        <v>196.704</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>378.996</v>
+        <v>204.108</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>379.44</v>
+        <v>205.164</v>
       </c>
       <c r="D33" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>393.72</v>
+        <v>206.22</v>
       </c>
       <c r="D34" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>395.76</v>
+        <v>209.352</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>397.8</v>
+        <v>214.296</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>452.88</v>
+        <v>215.4</v>
       </c>
       <c r="D37" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>474.0</v>
+        <v>234.78</v>
       </c>
       <c r="D38" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>479.4</v>
+        <v>248.532</v>
       </c>
       <c r="D39" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>487.56</v>
+        <v>252.756</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>526.32</v>
+        <v>272.856</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>526.32</v>
+        <v>272.856</v>
       </c>
       <c r="D42" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>542.64</v>
+        <v>281.316</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>569.16</v>
+        <v>295.056</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>592.644</v>
+        <v>311.976</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>601.8</v>
+        <v>327.84</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>632.4</v>
+        <v>330.0</v>
       </c>
       <c r="D47" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>673.2</v>
+        <v>348.996</v>
       </c>
       <c r="D48" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>693.6</v>
+        <v>359.568</v>
       </c>
       <c r="D49" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>714.0</v>
+        <v>370.152</v>
       </c>
       <c r="D50" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>714.0</v>
+        <v>370.152</v>
       </c>
       <c r="D51" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>718.08</v>
+        <v>372.264</v>
       </c>
       <c r="D52" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>730.32</v>
+        <v>378.612</v>
       </c>
       <c r="D53" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>730.644</v>
+        <v>382.836</v>
       </c>
       <c r="D54" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>750.72</v>
+        <v>389.184</v>
       </c>
       <c r="D55" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>756.84</v>
+        <v>392.352</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>795.6</v>
+        <v>412.452</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>847.944</v>
+        <v>443.112</v>
       </c>
       <c r="D58" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>854.76</v>
+        <v>443.112</v>
       </c>
       <c r="D59" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>854.76</v>
+        <v>444.18</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>862.92</v>
+        <v>483.948</v>
       </c>
       <c r="D61" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>948.468</v>
+        <v>486.48</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>999.6</v>
+        <v>518.208</v>
       </c>
       <c r="D63" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>1111.8</v>
+        <v>525.108</v>
       </c>
       <c r="D64" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>1138.32</v>
+        <v>576.372</v>
       </c>
       <c r="D65" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>1298.172</v>
+        <v>590.124</v>
       </c>
       <c r="D66" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>1321.92</v>
+        <v>630.0</v>
       </c>
       <c r="D67" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>1530.0</v>
+        <v>685.296</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>1575.624</v>
+        <v>793.176</v>
       </c>
       <c r="D69" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>1726.416</v>
+        <v>807.252</v>
       </c>
       <c r="D70" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>1789.08</v>
+        <v>908.904</v>
       </c>
       <c r="D71" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>148</v>
+      </c>
+      <c r="B72" t="s">
         <v>149</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72">
+        <v>927.48</v>
+      </c>
+      <c r="D72" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>151</v>
       </c>
       <c r="B73" t="s">
         <v>152</v>
       </c>
       <c r="C73">
-        <v>2794.8</v>
+        <v>1154.856</v>
       </c>
       <c r="D73" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>153</v>
       </c>
       <c r="B74" t="s">
         <v>154</v>
       </c>
       <c r="C74">
-        <v>3100.8</v>
+        <v>1448.856</v>
       </c>
       <c r="D74" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>155</v>
       </c>
       <c r="B75" t="s">
         <v>156</v>
       </c>
       <c r="C75">
-        <v>3208.92</v>
+        <v>1607.496</v>
       </c>
       <c r="D75" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>157</v>
       </c>
       <c r="B76" t="s">
         <v>158</v>
       </c>
       <c r="C76">
-        <v>3986.16</v>
+        <v>1663.536</v>
       </c>
       <c r="D76" t="s">
-        <v>148</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>159</v>
+      </c>
+      <c r="B77" t="s">
+        <v>160</v>
+      </c>
+      <c r="C77">
+        <v>2066.472</v>
+      </c>
+      <c r="D77" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D77"/>
+  <autoFilter ref="A1:D78"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>