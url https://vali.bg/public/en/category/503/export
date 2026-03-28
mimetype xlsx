--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -7,78 +7,78 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$78</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$79</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SB, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SB</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 850 SB, 850VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI850SB</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 650 SH, 650VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI650SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 STL, 600VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600STL</t>
   </si>
   <si>
     <t>UPS FSP Group IFP800, 800VA, 480W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
@@ -100,206 +100,203 @@
   <si>
     <t>UPS POWERWALKER VI 800 STL, 800VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI800STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 SB, 1000 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000SB</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 SW, 600VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-Vi600SW</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS FSP Group IFP1000, 1000VA, 600W, Line Interactive, LCD</t>
   </si>
   <si>
     <t>FORT-UPS-IFP1000VA</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 800 SW, 800VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-Vi800SW</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1200 IEC, 1200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200IEC</t>
   </si>
   <si>
     <t>POWERWALKER UPS VI 1000 LCD, 1000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1200 SH, 1200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200SH</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500STL</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 600 CSW, 600VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI600CSW</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 1200 SHL LCD, 1200VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200SHL</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 800 CSW, 800VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI800CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 SH, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SH</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 500 R1U, 500 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI500R1U</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 SH 6x IEC, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SH-IEC</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 SHL LCD, 2200VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200SHL</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 CSW, 1000 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1200 CSW, 1200 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1200CSW</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 LCD, 1500VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500LCD</t>
+  </si>
+  <si>
     <t>UPS FSP Group IFP1500, 1500VA, 900W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP1500</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
-[...55 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 2000 LCD, 2000VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000LCD</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 750 R1U, 750 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI750R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW IEC, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW-IEC</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CSW, 1500 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500CSW</t>
   </si>
   <si>
     <t>UPS FSP Group IFP2000, 2000VA, 1200W, Line Interactive, LCD, 2x RJ11/RJ45</t>
   </si>
   <si>
     <t>FORT-UPS-IFP2000</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI1000GXB for professional gaming, 1000VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000GXB</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Tower, 1000VA, 900W, OnLine, LCD, 3xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-1000VA</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI1000GXB for professional gaming, 1000VA, Line Interactive</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VFI 1000 TG 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000TG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI VI1200RLE, 1200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI1500GXB for professional gaming, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500GXB</t>
   </si>
   <si>
     <t>UPS POWERWALKER  VI2200RLE, 2200 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200RLE</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 CW IEC, 1500 VA, Line Interactive</t>
@@ -352,102 +349,108 @@
   <si>
     <t>UPS POWERWALKER VFI 1000 CG PF1 1000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 TG 2000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000TG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1500 R1U, 1500 VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500R1U</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 ICT IoT  PF1 1500VA/ 1500 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500ICT-IoT</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 3000RLE, 3000 VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI3000RLE</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Tower, 2000VA, 1800W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-2000VA</t>
   </si>
   <si>
-    <t>UPS POWERWALKER VI 3000RLE, 3000 VA Line Interactive</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 3000 CW, 3000 VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI3000CW</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VI 3000 CW IEC, 3000 VA, Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI3000CWIEC</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VFI 1000 ICR IoT PF1 1000VA/ 1000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1000ICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 1500 CG PF1 1500VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI1500CG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 3000 TG 3000VA, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000TG</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2000RT HID LCD, 1500VA, Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2000RT</t>
   </si>
   <si>
+    <t>UPS POWERWALKER VFI 1500 ICR IoT PF1 1500VA/ 1500 W, On-Line</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VFI1500ICR-IoT</t>
+  </si>
+  <si>
     <t>UPS FSP Group Champ Tower, 3000VA, 2700W, OnLine, LCD, 4xIEC</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-3000VA</t>
-  </si>
-[...4 lines deleted...]
-    <t>POWER-UPS-VFI1500ICR-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 ICT IoT  PF1 2000VA/ 2000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000ICT-IoT</t>
   </si>
   <si>
     <t>UPS FSP Group Champ Rack 2K, 2000VA, 1800W, LCD, 3 Schuko, USB, RS-232</t>
   </si>
   <si>
     <t>FORT-UPS-CHAMP-2000VA-RK</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 3000 ICT IoT  PF1 3000VA/ 3000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI3000ICT-IoT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VFI 2000 ICR IoT PF1 2000VA/ 2000 W, On-Line</t>
   </si>
   <si>
     <t>POWER-UPS-VFI2000ICR-IoT</t>
   </si>
@@ -844,1144 +847,1158 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D78"/>
+  <dimension ref="A1:D79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>52.908</v>
+        <v>53.232</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>69.624</v>
+        <v>70.044</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>70.62</v>
+        <v>71.052</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>70.74</v>
+        <v>71.172</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>74.508</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>79.56</v>
+        <v>80.052</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>84.9</v>
+        <v>85.416</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>87.456</v>
+        <v>87.996</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>88.404</v>
+        <v>88.944</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>89.892</v>
+        <v>90.444</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>94.128</v>
+        <v>94.704</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>106.44</v>
+        <v>109.2</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>115.272</v>
+        <v>115.98</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>130.08</v>
+        <v>130.872</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>130.824</v>
+        <v>131.616</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>131.136</v>
+        <v>131.94</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>134.016</v>
+        <v>134.832</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19">
+        <v>136.452</v>
+      </c>
+      <c r="D19" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>136.428</v>
+        <v>137.256</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>142.776</v>
+        <v>158.544</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>157.572</v>
+        <v>161.736</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>160.752</v>
+        <v>163.86</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>162.864</v>
+        <v>163.86</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>162.864</v>
+        <v>163.86</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>162.864</v>
+        <v>171.312</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>170.268</v>
+        <v>172.044</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>171.0</v>
+        <v>184.08</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>182.952</v>
+        <v>193.656</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>192.48</v>
+        <v>194.328</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>196.704</v>
+        <v>197.916</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>204.108</v>
+        <v>205.356</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>205.164</v>
+        <v>206.424</v>
       </c>
       <c r="D33" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>206.22</v>
+        <v>207.492</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>209.352</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>214.296</v>
+        <v>216.72</v>
       </c>
       <c r="D36" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>215.4</v>
+        <v>219.852</v>
       </c>
       <c r="D37" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>234.78</v>
+        <v>236.22</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>248.532</v>
+        <v>250.044</v>
       </c>
       <c r="D39" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>252.756</v>
+        <v>254.304</v>
       </c>
       <c r="D40" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>272.856</v>
+        <v>274.524</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>272.856</v>
+        <v>274.524</v>
       </c>
       <c r="D42" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>281.316</v>
+        <v>283.032</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>295.056</v>
+        <v>296.868</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>311.976</v>
+        <v>313.896</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>327.84</v>
+        <v>329.856</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>330.0</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>348.996</v>
+        <v>351.132</v>
       </c>
       <c r="D48" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>359.568</v>
+        <v>361.776</v>
       </c>
       <c r="D49" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>370.152</v>
+        <v>372.42</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>370.152</v>
+        <v>372.42</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>372.264</v>
+        <v>374.544</v>
       </c>
       <c r="D52" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>378.612</v>
+        <v>380.928</v>
       </c>
       <c r="D53" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>382.836</v>
+        <v>391.572</v>
       </c>
       <c r="D54" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>389.184</v>
+        <v>394.572</v>
       </c>
       <c r="D55" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>392.352</v>
+        <v>394.764</v>
       </c>
       <c r="D56" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>412.452</v>
+        <v>394.764</v>
       </c>
       <c r="D57" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>443.112</v>
+        <v>414.972</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>443.112</v>
+        <v>445.836</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>444.18</v>
+        <v>445.836</v>
       </c>
       <c r="D60" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>483.948</v>
+        <v>446.892</v>
       </c>
       <c r="D61" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>486.48</v>
+        <v>489.456</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>518.208</v>
+        <v>496.476</v>
       </c>
       <c r="D63" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>525.108</v>
+        <v>521.376</v>
       </c>
       <c r="D64" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>576.372</v>
+        <v>539.1</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>590.124</v>
+        <v>579.9</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>630.0</v>
+        <v>593.736</v>
       </c>
       <c r="D67" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>685.296</v>
+        <v>630.0</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>793.176</v>
+        <v>689.496</v>
       </c>
       <c r="D69" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>807.252</v>
+        <v>798.036</v>
       </c>
       <c r="D70" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>908.904</v>
+        <v>812.208</v>
       </c>
       <c r="D71" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>927.48</v>
+        <v>914.484</v>
       </c>
       <c r="D72" t="s">
-        <v>150</v>
+        <v>42</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
+        <v>150</v>
+      </c>
+      <c r="C73">
+        <v>933.168</v>
+      </c>
+      <c r="D73" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>152</v>
+      </c>
+      <c r="B74" t="s">
         <v>153</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>1448.856</v>
+        <v>1161.936</v>
       </c>
       <c r="D74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>154</v>
+      </c>
+      <c r="B75" t="s">
         <v>155</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>1607.496</v>
+        <v>1457.736</v>
       </c>
       <c r="D75" t="s">
-        <v>55</v>
+        <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
         <v>157</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>1663.536</v>
+        <v>1617.336</v>
       </c>
       <c r="D76" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>158</v>
+      </c>
+      <c r="B77" t="s">
         <v>159</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77">
+        <v>1673.736</v>
+      </c>
+      <c r="D77" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
         <v>160</v>
       </c>
-      <c r="C77">
-[...3 lines deleted...]
-        <v>150</v>
+      <c r="B78" t="s">
+        <v>161</v>
+      </c>
+      <c r="C78">
+        <v>2079.132</v>
+      </c>
+      <c r="D78" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D78"/>
+  <autoFilter ref="A1:D79"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>