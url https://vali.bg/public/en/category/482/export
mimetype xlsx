--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$613</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$545</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Rugged Tablet Protection Case 13.3''</t>
   </si>
   <si>
     <t>HSG-ACC-2G00K</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Sleeve HAMA "Piscine", 7", blue</t>
   </si>
   <si>
@@ -67,275 +67,275 @@
   <si>
     <t>Sleeve HAMA "Piscine", 7", turquoise</t>
   </si>
   <si>
     <t>HAMA-173549</t>
   </si>
   <si>
     <t>Delock Webcam Cover for Laptop, Tablet and Smartphone 3 pack</t>
   </si>
   <si>
     <t>DELOCK-20652</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets up to 17.8 cm (7"), black</t>
   </si>
   <si>
     <t>HAMA-173596</t>
   </si>
   <si>
     <t>Notebook Combination Lock HAMA  54106, 100 cm</t>
   </si>
   <si>
     <t>HAMA-54106</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Notebook Combination Lock HAMA Light, 180 cm</t>
+  </si>
+  <si>
+    <t>HAMA-11788</t>
+  </si>
+  <si>
+    <t>Hama "Fold" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
+  </si>
+  <si>
+    <t>HAMA-216451</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-216510</t>
+  </si>
+  <si>
+    <t>Hama "Fold Clear" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
+  </si>
+  <si>
+    <t>HAMA-216452</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), coral</t>
+  </si>
+  <si>
+    <t>HAMA-222037</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), lilac</t>
+  </si>
+  <si>
+    <t>HAMA-222031</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-222033</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), turquoise</t>
+  </si>
+  <si>
+    <t>HAMA-222039</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216503</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1")</t>
+  </si>
+  <si>
+    <t>HAMA-222035</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Notebook Combination Lock HAMA Light, 180 cm</t>
-[...26 lines deleted...]
-    <t>HAMA-222037</t>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 36 cm (14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216504</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216505</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222032</t>
+  </si>
+  <si>
+    <t>HAMA-222032</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222034</t>
+  </si>
+  <si>
+    <t>HAMA-222034</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222036</t>
+  </si>
+  <si>
+    <t>HAMA-222036</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama "Neoprene" Laptop Sleeve, up to 34 cm (13.3"), black</t>
-[...61 lines deleted...]
-  <si>
     <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222038</t>
   </si>
   <si>
     <t>HAMA-222038</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222040</t>
   </si>
   <si>
     <t>HAMA-222040</t>
   </si>
   <si>
     <t>Notebook Sleeve HAMA "Neoprene", 11.6", Black</t>
   </si>
   <si>
     <t>HAMA-216502</t>
   </si>
   <si>
     <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
   </si>
   <si>
     <t>HAMA-126817</t>
   </si>
   <si>
+    <t>Hama "Xpand" Tablet Case for Tablets up to 20.3 cm (8"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216426</t>
+  </si>
+  <si>
     <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N114L-WDMI</t>
   </si>
   <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-227053</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-231018</t>
+  </si>
+  <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 44 cm (17.3"), black</t>
   </si>
   <si>
     <t>HAMA-216506</t>
   </si>
   <si>
-    <t>Hama "Xpand" Tablet Case for Tablets up to 20.3 cm (8"), black</t>
-[...16 lines deleted...]
-  <si>
     <t>"Strap" Tablet Case for Tablets 9,5 - 11", HAMA-216431</t>
   </si>
   <si>
     <t>HAMA-216431</t>
   </si>
   <si>
     <t>Hama Universal Switchable Power Supply Unit, Adjustable, 300mA, 223611</t>
   </si>
   <si>
     <t>HAMA-223611</t>
   </si>
   <si>
     <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
   </si>
   <si>
     <t>HAMA-126810</t>
   </si>
   <si>
+    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Black</t>
+  </si>
+  <si>
+    <t>HAMA-216429</t>
+  </si>
+  <si>
     <t>Spare nibs PN04  - 10 pcs. for Digital pen HUION PW100/PW201</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN04</t>
   </si>
   <si>
     <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), blue</t>
   </si>
   <si>
     <t>HAMA-216430</t>
   </si>
   <si>
-    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Genua" Laptop Backpack, 15.6", 217273</t>
   </si>
   <si>
     <t>HAMA-217273</t>
   </si>
   <si>
     <t>Hama "Genua" Laptop Backpack, 15.6", black</t>
   </si>
   <si>
     <t>HAMA-216597</t>
   </si>
   <si>
     <t>ACT City laptop sleeve 13.3", black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8510</t>
   </si>
   <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216427</t>
+  </si>
+  <si>
     <t>Artist glove HUION GL200 for graphic tablet</t>
   </si>
   <si>
     <t>HUION-TAB-GLOVES</t>
   </si>
   <si>
     <t>Hama "Florence" Laptop Sleeve, up to 34 cm (13.3"), black/grey</t>
   </si>
   <si>
     <t>HAMA-217113</t>
   </si>
   <si>
-    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), magenta</t>
   </si>
   <si>
     <t>HAMA-227075</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Blue</t>
   </si>
   <si>
     <t>HAMA-227074</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Orange</t>
   </si>
   <si>
     <t>HAMA-227076</t>
   </si>
   <si>
     <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
   </si>
   <si>
     <t>HAMA-126812</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
@@ -382,62 +382,62 @@
   <si>
     <t>ACT Laptop Case City 15.6"</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8520</t>
   </si>
   <si>
     <t>ACT Office shoulder laptop bag, 16.1", black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8500</t>
   </si>
   <si>
     <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126809</t>
   </si>
   <si>
     <t>Hama "Tortuga" Laptop Bag, up to 44 cm (17,3"), black</t>
   </si>
   <si>
     <t>HAMA-216443</t>
   </si>
   <si>
+    <t>Hama "Fold" Tablet Case for Samsung Galaxy Tab S7/ S8 11", black</t>
+  </si>
+  <si>
+    <t>HAMA-217169</t>
+  </si>
+  <si>
     <t>Hama "Montego" Laptop Bag, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-216440</t>
   </si>
   <si>
-    <t>Hama "Fold" Tablet Case for Samsung Galaxy Tab S7/ S8 11", black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126808</t>
   </si>
   <si>
     <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8145</t>
   </si>
   <si>
     <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8150</t>
   </si>
   <si>
     <t>Hama "Bend 2.0" Tablet Case for Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
   </si>
   <si>
     <t>HAMA-222029</t>
   </si>
   <si>
     <t>ACT City Accessory Travel Organizer, 24 x 5.50 x 14 cm, 7 compartments, Black</t>
@@ -514,134 +514,134 @@
   <si>
     <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", lilac</t>
   </si>
   <si>
     <t>HAMA-217136</t>
   </si>
   <si>
     <t>Spare nibs PN032 - 5 pcs. for Digital pen HUION PW320</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN032</t>
   </si>
   <si>
     <t>"Montego" Laptop Bag - 17.3" 216441</t>
   </si>
   <si>
     <t>HAMA-216441</t>
   </si>
   <si>
     <t>Spare nibs PN032A- 5 pcs. for Digital pen HUION PW320</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN032A</t>
   </si>
   <si>
+    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
+  </si>
+  <si>
+    <t>HAMA-217257</t>
+  </si>
+  <si>
     <t>Travel Adapter  FUJITSU ADAPTER AD13P 20V 4,5 A GREEN CELL</t>
   </si>
   <si>
     <t>GC-FUJITSU-ADAPTER-AD13P</t>
   </si>
   <si>
     <t>Android Mirror j5create JUC610, USB 2.0</t>
   </si>
   <si>
     <t>J5-JUC610</t>
   </si>
   <si>
     <t>ACT Urban, shoulder bag, 15.6 inch, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8525</t>
   </si>
   <si>
+    <t>Hama "Velvet" Laptop Bag, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-217258</t>
+  </si>
+  <si>
     <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), black</t>
   </si>
   <si>
     <t>HAMA-217256</t>
   </si>
   <si>
-    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
-[...10 lines deleted...]
-  <si>
     <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
   </si>
   <si>
     <t>J5-JUC400</t>
   </si>
   <si>
     <t>Hama HaHaHa Feel Notebook Rucksack, up to 40 cm (15.6"), Red</t>
   </si>
   <si>
     <t>HAMA-185672</t>
   </si>
   <si>
     <t>Hama HaHaHa Live Notebook Rucksack, up to 40 cm (15.6"), Violets</t>
   </si>
   <si>
     <t>HAMA-185671</t>
   </si>
   <si>
     <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), black</t>
   </si>
   <si>
     <t>HAMA-217259</t>
   </si>
   <si>
     <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), petrol blue</t>
   </si>
   <si>
     <t>HAMA-217260</t>
   </si>
   <si>
     <t>Hama "Tayrona" Laptop Bag, up to 36 cm (14.1"), dark grey</t>
   </si>
   <si>
     <t>HAMA-216545</t>
   </si>
   <si>
+    <t>Hama "Nice" Laptop Bag, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216528</t>
+  </si>
+  <si>
     <t>Hama "Nano" Laptop Lock, 4-digit Combination Lock, Carbon Steel, 126822</t>
   </si>
   <si>
     <t>HAMA-126822</t>
   </si>
   <si>
-    <t>Hama "Nice" Laptop Bag, up to 34 cm (13.3"), black</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
   </si>
   <si>
     <t>HAMA-126811</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
     <t>AC Adapter за Asus Eee PC 19V 2.1A GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD06P-ASUS-19V-2.1A</t>
   </si>
   <si>
     <t>MAXELL BX200 Laptop Backpack, 16"</t>
   </si>
   <si>
     <t>ML-BAG-BX200</t>
   </si>
   <si>
     <t>Hama "Nice" Laptop Bag, up to 36 cm (14.1"), black</t>
@@ -730,50 +730,56 @@
   <si>
     <t>Hama "Protection 2.0" Laptop Hardcase from 40 to 41 cm (15.6" - 16.2"), blue</t>
   </si>
   <si>
     <t>HAMA-222081</t>
   </si>
   <si>
     <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"-16.2"), 222063</t>
   </si>
   <si>
     <t>HAMA-222063</t>
   </si>
   <si>
     <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"-16.2"), 222064</t>
   </si>
   <si>
     <t>HAMA-222064</t>
   </si>
   <si>
     <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"- 16.2"), 222065</t>
   </si>
   <si>
     <t>HAMA-222065</t>
   </si>
   <si>
+    <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"- 16.2"), 222066</t>
+  </si>
+  <si>
+    <t>HAMA-222066</t>
+  </si>
+  <si>
     <t>Hama Wall Holder for Tablets from 7 – 11", 125121</t>
   </si>
   <si>
     <t>HAMA-125121</t>
   </si>
   <si>
     <t>"Terra" Laptop Bag - 15.6" HAMA-196601</t>
   </si>
   <si>
     <t>HAMA-196601</t>
   </si>
   <si>
     <t>Digital pen HUION PW100</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW100</t>
   </si>
   <si>
     <t>Hama "Extreme Protect" Laptop Sleeve, 40 - 41 cm (15.6"- 16.2"), black</t>
   </si>
   <si>
     <t>HAMA-227056</t>
   </si>
   <si>
     <t>ACT LOCK AC9040, Wedge Laptop Lock with combination lock</t>
@@ -802,92 +808,86 @@
   <si>
     <t>Notebook Power Supply HP PRO Charger / AC Adapter 19.5V 3.33A 65W for HP 250 G2 G3 G4 G5 15-R 15-R100NW 15-R101NW 15-R104NW 15-R233NW  4,5mm- 3,0mm GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD49P-HP-19V-3.33A</t>
   </si>
   <si>
     <t>Global Notebook Backpack 15.6" with USB Outlet</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8530</t>
   </si>
   <si>
     <t>Hama Holder for Tablets, 7 - 12.9", HAMA-125123</t>
   </si>
   <si>
     <t>HAMA-125123</t>
   </si>
   <si>
     <t>ACT Move backpack for laptops up to 15.6" made from recycled plastic bottles</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8560</t>
   </si>
   <si>
-    <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"- 16.2"), 222066</t>
-[...4 lines deleted...]
-  <si>
     <t>j5create ULTRADRIVEMINIDOCK for Surface Pro 7</t>
   </si>
   <si>
     <t>J5-JCD324</t>
   </si>
   <si>
     <t>Digital pen HUION PW201</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW201</t>
   </si>
   <si>
     <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-146</t>
   </si>
   <si>
+    <t>Hama "Extreme Protect" Laptop Bag, Shockproof, 40 - 41 cm (15.6" -16.2"), 227051</t>
+  </si>
+  <si>
+    <t>HAMA-227051</t>
+  </si>
+  <si>
     <t>Hama "Premium Lightweight" Laptop Backpack, up to 41 cm (16.2"), dark blue</t>
   </si>
   <si>
     <t>HAMA-222045</t>
   </si>
   <si>
     <t>Hama "Premium Lightweight" Laptop Backpack, up to 41 cm (16.2"), beige</t>
   </si>
   <si>
     <t>HAMA-222046</t>
   </si>
   <si>
-    <t>Hama "Extreme Protect" Laptop Bag, Shockproof, 40 - 41 cm (15.6" -16.2"), 227051</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Power Del. (PD), 5-20V/65W</t>
   </si>
   <si>
     <t>HAMA-200023</t>
   </si>
   <si>
     <t>Urban Notebook Backpack 17.3 inch</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8535</t>
   </si>
   <si>
     <t>Notebook Power Supply MICROSOFT Pro 3/4/5/6 PRO 1706 65W 15V 4A  Microsoft Surface Laptop, Pro, Book, Go  GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD135P-MICROSOFT</t>
   </si>
   <si>
     <t>j5create 100W Super Charger</t>
   </si>
   <si>
     <t>J5-JUP2290C-EN</t>
   </si>
   <si>
     <t>MAXELL BX350 ROLLUP Laptop Backpack, 16"</t>
@@ -934,56 +934,50 @@
   <si>
     <t>Laptop Stand Rain Design mStand, Black</t>
   </si>
   <si>
     <t>RD-10075</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Midnight</t>
   </si>
   <si>
     <t>RD-10090</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Starlight</t>
   </si>
   <si>
     <t>RD-10092</t>
   </si>
   <si>
     <t>Hama "Extreme Protect" Laptop Backpack, Shockproof, up to 41 cm (16.2"), black</t>
   </si>
   <si>
     <t>HAMA-227052</t>
   </si>
   <si>
-    <t>Silicon Power SR30 8-in-1 Docking Station USB C</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Connect2Mobile V2" USB-C Hub, Multiport, 7 Ports</t>
   </si>
   <si>
     <t>HAMA-200143</t>
   </si>
   <si>
     <t>Huion HB186S Bluetooth 5.1 Wireless Keyboard</t>
   </si>
   <si>
     <t>HUION-TAB-HB186S</t>
   </si>
   <si>
     <t>j5create JUP25102V Charger 220V- GaN 102W USB-C 2ports- for laptops, tablets, phones</t>
   </si>
   <si>
     <t>J5-JUP25102V</t>
   </si>
   <si>
     <t>Digital pen HUION PW517</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW517</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Black</t>
@@ -994,240 +988,426 @@
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Midnight</t>
   </si>
   <si>
     <t>RD-10091</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Starlight</t>
   </si>
   <si>
     <t>RD-10093</t>
   </si>
   <si>
     <t>Delock Docking Station for MacBook Pro / MacBook Air Thunderbolt™ 4 with 5K Resolution / 100 W PD / 10 Gbps Hub / LAN / Audio</t>
   </si>
   <si>
     <t>DELOCK-87757</t>
   </si>
   <si>
     <t>Notebook Power Supply PRO Charger / AC Adapter 20V 8.5A 170W for Lenovo Legion 5-15 15ARH05 15IMH05 17IMH05 Y530-15 Y540-15IRH Y540-17 Y720    GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD117P-LENOVO-20V</t>
   </si>
   <si>
+    <t>j5create Laptop Stand with USB 4-Port Hub</t>
+  </si>
+  <si>
+    <t>J5-JTS223</t>
+  </si>
+  <si>
     <t>Huion Keydial Mini K20 Digital Keypad for Graphic Tablet</t>
   </si>
   <si>
     <t>HUION-TAB-K20</t>
   </si>
   <si>
     <t>Stand for iMac Rain Design mBase 24" for iMAC PC</t>
   </si>
   <si>
     <t>RD-10046</t>
   </si>
   <si>
     <t>j5create 4K60 Elite USB-C 10Gbps Travel Dock</t>
   </si>
   <si>
     <t>J5-JCD392</t>
   </si>
   <si>
-    <t>j5create Laptop Stand with USB 4-Port Hub</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock USB 10 Gbps USB Type-C Docking Station, 4 x USB Type-C, USB Type-C PD 85 W</t>
   </si>
   <si>
     <t>DELOCK-64235</t>
   </si>
   <si>
     <t>4K60 Elite USB-C PD Multi-Port Adapter</t>
   </si>
   <si>
     <t>J5-JCD391</t>
   </si>
   <si>
     <t>Graphic  Tablet HUION Inspiroy Frego S L310, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L310</t>
   </si>
   <si>
-    <t>Hama "Connect2Office Basic V2" USB-C Docking Station, 9 in 1, 200145</t>
-[...4 lines deleted...]
-  <si>
     <t>Dell Pro 7-in-1 USB-C Travel Hub - DA310</t>
   </si>
   <si>
     <t>DELL-D3100</t>
   </si>
   <si>
     <t>ATEN Docking 11-in-1 USB-C Multiport Dock + Power Pass-Through, 2 x HDMI, LAN, 3.5mm, USB-C, SD Card, microSD, 3 x USB 3.2</t>
   </si>
   <si>
     <t>ATEN-UH3240-AT</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Frego М L610, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L610</t>
   </si>
   <si>
     <t>ReMarkable Paper Pro Marker Basic Pen</t>
   </si>
   <si>
     <t>REM-PAPERPRO-PEN</t>
   </si>
   <si>
-    <t>Graphic Tablet Wacom One Pen tablet Small, Bluetooth 5.1</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Connect2Office Speed" USB4 Docking Station, USB-C, PD, 40 Gbit/s, 10 Ports</t>
   </si>
   <si>
     <t>HAMA-200200</t>
   </si>
   <si>
-    <t>Delock USB 40 Gbps USB Type-C Docking Station</t>
-[...10 lines deleted...]
-  <si>
     <t>Samsung Galaxy Tab S6 Lite 2024 Wi-Fi, SM-P620</t>
   </si>
   <si>
     <t>SAM-TAB-GALAXY-TABS6</t>
   </si>
   <si>
     <t>WACOM Graphics tablet Intuos Pro pen small</t>
   </si>
   <si>
     <t>WACOM-TAB-PTH-470K0B</t>
   </si>
   <si>
-    <t>Graphic Tablet HUION Kamvas Slate 10, 10.1", USB-C</t>
-[...10 lines deleted...]
-  <si>
     <t>WACOM Graphics Display Tablet Intuos Pro pen Medium</t>
   </si>
   <si>
     <t>WACOM-TAB-PTK670K0B</t>
   </si>
   <si>
     <t>Laptop Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
   </si>
   <si>
     <t>DELL-NOT-15250-i3-8-512</t>
   </si>
   <si>
-    <t>Graphic Display Tablet HUION Kamvas 13, 5080 LPI</t>
-[...4 lines deleted...]
-  <si>
     <t>Apple Magic Keyboard for iPad Pro 13-inch (M4) - Bulgarian - Black</t>
   </si>
   <si>
     <t>APPLE-MWR53BGA</t>
   </si>
   <si>
-    <t>Notebook Acer Aspire Go 15 AG15-32P-362S - 15.6" FHD IPS, Intel Core 3 N355, 2x8GB DDR5, 512GB SSD, Free DOS</t>
-[...2 lines deleted...]
-    <t>ACER-NOT-AG15-32P-362S</t>
+    <t>HUION /Huiyan/ Graphic display tablet Kamvas 16 GEN3 /without stand/, GS1563</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GS1563</t>
+  </si>
+  <si>
+    <t>Laptop Dell 15 DC15250, Intel Core i5-1334U (10C, up to 4.60GHz), 15.6" FHD (1920x1080) 120Hz AG, 16GB DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi6, BT</t>
+  </si>
+  <si>
+    <t>DELL-NOT-15250-i5-16-512</t>
+  </si>
+  <si>
+    <t>Universal charging cabinet for up to 12 tablets Estillo IP-2312 for wall mounting or freestanding, 12 x USB-C ports</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2312</t>
+  </si>
+  <si>
+    <t>Notebook Acer Extensa EX215-57-34WY - 15.6" FHD IPS, Intel Core i3-1315U, 16GB DDR5, 512GB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ACER-NOT-EX215-57-34WY</t>
+  </si>
+  <si>
+    <t>Universal charging cabinet for up to 16 tablets Estillo IP-2316 for wall mounting or freestanding, 16 x USB-C ports</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2316</t>
+  </si>
+  <si>
+    <t>Laptop Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
+  </si>
+  <si>
+    <t>LEN-NOT-82XM00QHRM</t>
+  </si>
+  <si>
+    <t>WACOM Graphic display tablet One 13 TOUCH Pen Display, 13.3" Full HD 1920 x 1080</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTH134W0B</t>
   </si>
   <si>
     <t>Tablet Apple Ipad 11-inch A16 128GB Silver WiFi</t>
   </si>
   <si>
     <t>APPLE-IPAD-A16-128G</t>
   </si>
   <si>
-    <t>HUION /Huiyan/ Graphic display tablet Kamvas 16 GEN3 /without stand/, GS1563</t>
-[...8 lines deleted...]
-    <t>DELL-NOT-15250-i5-16-512</t>
+    <t>Notebook ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10N2-M02NB0</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M01JF0</t>
+  </si>
+  <si>
+    <t>Notebook Asus Vivobook M1502YA-BQ086</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M00SA0</t>
+  </si>
+  <si>
+    <t>Notebook Acer Extensa EX215-57-76DN - 15.6" FHD IPS, Intel Core i7-13620H, 16GB DDR5, 512GB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ACER-NOT-EX215-57-76DN</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J2-M02UM0</t>
+  </si>
+  <si>
+    <t>Notebook Acer Aspire 5 A515-58P - 15.6" FHD IPS, Intel Core i5-1335U, 16GB LPDDR5 RAM, 512GB SSD, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ACER-NOT-A515-58P-5415</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J1-M01K90</t>
+  </si>
+  <si>
+    <t>WACOM Graphic Display Tablet Cintiq 16" DTK168</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTK168K0B</t>
   </si>
   <si>
     <t>WACOM Graphics display tablet Movink 13 pen touch</t>
   </si>
   <si>
     <t>WACOM-TAB-DTH135K0B</t>
   </si>
   <si>
+    <t>Notebook GIGABYTE GAMING A16 CMH - 16" IPS WUXGA 165Hz, Intel Core i5-13420H, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 4050 6GB GDDR6, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CMHH2EE893SD</t>
+  </si>
+  <si>
+    <t>HUION /Huiyan/ Graphics Display Tablet Kamvas Pro 16 4K GT1562</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT1562</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CMH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 4050 6GB GDDR6, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CMHI2EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF GAMING F16 FX607VU-RL048 - 16" Full HD+ IPS 144Hz, Intel Core 5 210H, 16gb DDR5, RTX 4050 6GB</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0N06-M006H0</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CTH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CTHH3EE893SD</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE GAMING A16 CTH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TBB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-CTHI3EE894SD</t>
   </si>
   <si>
+    <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3THK3EE893SD</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF GAMING A15 2023 - FA507NUR-LP080</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0JP5-M00830</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3THK3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CVH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CVHI3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF Gaming F16 2025 FX608JH-RV010 - 16" IPS FullHD+, Intel i5-13450HX, 16GB DDR5, 512GB SSD, RTX 5050 8GB GDD7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0MH1-M002P0</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3VHK3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A18 3TH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A18-3THK3EEC93SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A18 3VH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A18-3VHK3EEC94SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 CWH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-CWHI3EE894SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 1TH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5050, Win 11 Home - Space Grey</t>
+  </si>
+  <si>
+    <t>GA-NOT-AERO-1TH93EEC94AH</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE GAMING A16 3WH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3WHK3EE894SD</t>
   </si>
   <si>
+    <t>Apple MacBook AIR 15" M4 10C CPU, 10C GPU, 16GB, 256GB-ZEE, SKY BLUE</t>
+  </si>
+  <si>
+    <t>APPLE-MC7A4ZEA</t>
+  </si>
+  <si>
+    <t>Tablet Apple iPad Pro 11-inch (M4), Wi-Fi, 256GB, Standart Glass, gray</t>
+  </si>
+  <si>
+    <t>APPLE-MVV93HCA</t>
+  </si>
+  <si>
+    <t>Apple MacBook 13.6", M4 10C CPU, 10C GPU, 24GB, 512GB-ZEE, MIDNIGHT</t>
+  </si>
+  <si>
+    <t>APPLE-MC6C4ZEA</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94DH</t>
+  </si>
+  <si>
+    <t>Apple MacBook AIR 15", M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE, STARLIGHT</t>
+  </si>
+  <si>
+    <t>APPLE-MW1K3ZEA</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 PRO DXH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5070 TI 12GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16PRO-HG4EECC4SD</t>
+  </si>
+  <si>
     <t>Apple 13-inch iPad Pro (M4) WiFi 256GB with Standard glass - space black</t>
   </si>
   <si>
     <t>APPLE-MVXR3HCA</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AERO X16 2WHA3EEC64AH - 16" inch IPS 165Hz,  AMD Ryzen Al 9 HX 370, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home  - Space Gray</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-3EEC64AH</t>
+  </si>
+  <si>
+    <t>Apple MacBook Pro 14" SPACE BLACK/M4 10C/M4 10C GPU/16GB/512GB-ZEE</t>
+  </si>
+  <si>
+    <t>APPLE-MW2U3ZE-A</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE GAMING A16 PRO DYH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5080 16GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16PRO-HG5EECC4SD</t>
+  </si>
+  <si>
+    <t>Notebook GIGABYTE AORUS MASTER 16 BXH - 16.0" OLED 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5070 TI 12GB, Windows 11 Pro</t>
+  </si>
+  <si>
+    <t>GA-NOT-AM16-BYHC4EEE64SP</t>
+  </si>
+  <si>
+    <t>Notebook ASUS ROG Strix G18 2025 G815LW-S9035W - 18.0" IPS WQXGA 240Hz, Intel Core Ultra 9 275HX, 32GB DDR5, 2TB SSD, RTX 5080 16GB, Windows 11</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0LC1-M006M0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1531,51 +1711,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D613"/>
+  <dimension ref="A1:D545"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1679,222 +1859,222 @@
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>15.876</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>17.28</v>
+        <v>17.208</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>17.592</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>17.664</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>17.676</v>
+        <v>17.724</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14">
         <v>17.724</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15">
-        <v>17.724</v>
+        <v>17.82</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>17.82</v>
+        <v>17.868</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C17">
         <v>17.868</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>18.108</v>
+        <v>18.3</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>19.14</v>
+        <v>19.152</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>19.992</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>19.992</v>
       </c>
       <c r="D21" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>19.992</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>19.992</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>19.992</v>
@@ -1906,118 +2086,118 @@
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>20.604</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
         <v>21.084</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>21.6</v>
+        <v>21.54</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>21.84</v>
+        <v>21.6</v>
       </c>
       <c r="D28" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>21.948</v>
+        <v>21.996</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>21.996</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>21.996</v>
+        <v>22.14</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>22.212</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
@@ -2029,82 +2209,82 @@
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
         <v>22.584</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>22.776</v>
+        <v>22.608</v>
       </c>
       <c r="D35" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>23.016</v>
+        <v>22.776</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>23.016</v>
+        <v>22.992</v>
       </c>
       <c r="D37" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>23.496</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
         <v>23.496</v>
@@ -2113,110 +2293,110 @@
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
         <v>24.444</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>24.6</v>
+        <v>24.528</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>24.636</v>
+        <v>24.6</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>24.78</v>
+        <v>24.636</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
         <v>25.728</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
         <v>25.932</v>
@@ -2228,51 +2408,51 @@
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
         <v>26.184</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>27.0</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
         <v>27.192</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
         <v>27.42</v>
@@ -2284,51 +2464,51 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
         <v>27.6</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
         <v>27.636</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>28.164</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>28.98</v>
@@ -2351,236 +2531,236 @@
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
         <v>30.0</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>30.048</v>
+        <v>30.24</v>
       </c>
       <c r="D58" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
         <v>30.348</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>30.348</v>
+        <v>30.468</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
         <v>30.876</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
         <v>31.02</v>
       </c>
       <c r="D62" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
         <v>32.568</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
         <v>33.36</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
         <v>33.444</v>
       </c>
       <c r="D65" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
         <v>33.6</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
         <v>33.816</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
         <v>34.152</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
         <v>34.728</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
         <v>34.8</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
         <v>34.992</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
         <v>34.992</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
         <v>35.388</v>
@@ -2592,65 +2772,65 @@
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
         <v>35.832</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
         <v>35.94</v>
       </c>
       <c r="D75" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
         <v>36.0</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
         <v>36.024</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
         <v>37.02</v>
@@ -2662,135 +2842,135 @@
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
         <v>37.92</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
         <v>38.16</v>
       </c>
       <c r="D80" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>38.4</v>
+        <v>38.328</v>
       </c>
       <c r="D81" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>38.508</v>
+        <v>38.4</v>
       </c>
       <c r="D82" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>38.604</v>
+        <v>38.508</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>38.7</v>
+        <v>38.604</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>38.7</v>
+        <v>38.676</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
         <v>38.7</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
         <v>39.192</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
         <v>39.336</v>
@@ -2802,149 +2982,149 @@
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
         <v>39.336</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
         <v>39.876</v>
       </c>
       <c r="D90" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
         <v>39.876</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>39.972</v>
+        <v>40.236</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>40.632</v>
+        <v>40.524</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>40.908</v>
+        <v>40.632</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>41.352</v>
+        <v>41.172</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
         <v>41.7</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
         <v>42.0</v>
       </c>
       <c r="D97" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
         <v>42.0</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
         <v>42.828</v>
@@ -2981,244 +3161,244 @@
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>20</v>
       </c>
       <c r="B102" t="s">
         <v>21</v>
       </c>
       <c r="C102">
         <v>15.876</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>22</v>
       </c>
       <c r="B103" t="s">
         <v>23</v>
       </c>
       <c r="C103">
-        <v>17.28</v>
+        <v>17.208</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>24</v>
       </c>
       <c r="B104" t="s">
         <v>25</v>
       </c>
       <c r="C104">
         <v>17.592</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>26</v>
       </c>
       <c r="B105" t="s">
         <v>27</v>
       </c>
       <c r="C105">
         <v>17.664</v>
       </c>
       <c r="D105" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B106" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C106">
         <v>17.724</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B107" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C107">
         <v>17.724</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B108" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C108">
         <v>17.82</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B109" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C109">
         <v>17.868</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>43</v>
+      </c>
+      <c r="B110" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C110">
         <v>19.992</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B111" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C111">
         <v>19.992</v>
       </c>
       <c r="D111" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
+        <v>47</v>
+      </c>
+      <c r="B112" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C112">
         <v>19.992</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>50</v>
       </c>
       <c r="B113" t="s">
         <v>51</v>
       </c>
       <c r="C113">
         <v>19.992</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>52</v>
       </c>
       <c r="B114" t="s">
         <v>53</v>
       </c>
       <c r="C114">
         <v>19.992</v>
       </c>
       <c r="D114" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>56</v>
       </c>
       <c r="B115" t="s">
         <v>57</v>
       </c>
       <c r="C115">
         <v>21.084</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B116" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C116">
         <v>21.996</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B117" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C117">
         <v>21.996</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>68</v>
       </c>
       <c r="B118" t="s">
         <v>69</v>
       </c>
       <c r="C118">
         <v>22.212</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>70</v>
@@ -3275,68 +3455,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>84</v>
       </c>
       <c r="B123" t="s">
         <v>85</v>
       </c>
       <c r="C123">
         <v>24.444</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>92</v>
       </c>
       <c r="B124" t="s">
         <v>93</v>
       </c>
       <c r="C124">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>94</v>
       </c>
       <c r="B125" t="s">
         <v>95</v>
       </c>
       <c r="C125">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>96</v>
       </c>
       <c r="B126" t="s">
         <v>97</v>
       </c>
       <c r="C126">
         <v>25.728</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>98</v>
       </c>
       <c r="B127" t="s">
         <v>99</v>
       </c>
       <c r="C127">
         <v>25.932</v>
@@ -3348,51 +3528,51 @@
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>100</v>
       </c>
       <c r="B128" t="s">
         <v>101</v>
       </c>
       <c r="C128">
         <v>26.184</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>102</v>
       </c>
       <c r="B129" t="s">
         <v>103</v>
       </c>
       <c r="C129">
         <v>27.0</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>104</v>
       </c>
       <c r="B130" t="s">
         <v>105</v>
       </c>
       <c r="C130">
         <v>27.192</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>106</v>
       </c>
       <c r="B131" t="s">
         <v>107</v>
       </c>
       <c r="C131">
         <v>27.42</v>
@@ -3404,51 +3584,51 @@
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>108</v>
       </c>
       <c r="B132" t="s">
         <v>109</v>
       </c>
       <c r="C132">
         <v>27.6</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>110</v>
       </c>
       <c r="B133" t="s">
         <v>111</v>
       </c>
       <c r="C133">
         <v>27.636</v>
       </c>
       <c r="D133" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>112</v>
       </c>
       <c r="B134" t="s">
         <v>113</v>
       </c>
       <c r="C134">
         <v>28.164</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>114</v>
       </c>
       <c r="B135" t="s">
         <v>115</v>
       </c>
       <c r="C135">
         <v>28.98</v>
@@ -3465,172 +3645,172 @@
         <v>117</v>
       </c>
       <c r="C136">
         <v>29.928</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>118</v>
       </c>
       <c r="B137" t="s">
         <v>119</v>
       </c>
       <c r="C137">
         <v>30.0</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B138" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C138">
         <v>30.348</v>
       </c>
       <c r="D138" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>126</v>
       </c>
       <c r="B139" t="s">
         <v>127</v>
       </c>
       <c r="C139">
         <v>30.876</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>128</v>
       </c>
       <c r="B140" t="s">
         <v>129</v>
       </c>
       <c r="C140">
         <v>31.02</v>
       </c>
       <c r="D140" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>130</v>
       </c>
       <c r="B141" t="s">
         <v>131</v>
       </c>
       <c r="C141">
         <v>32.568</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>132</v>
       </c>
       <c r="B142" t="s">
         <v>133</v>
       </c>
       <c r="C142">
         <v>33.36</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>134</v>
       </c>
       <c r="B143" t="s">
         <v>135</v>
       </c>
       <c r="C143">
         <v>33.444</v>
       </c>
       <c r="D143" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>136</v>
       </c>
       <c r="B144" t="s">
         <v>137</v>
       </c>
       <c r="C144">
         <v>33.6</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>138</v>
       </c>
       <c r="B145" t="s">
         <v>139</v>
       </c>
       <c r="C145">
         <v>33.816</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>140</v>
       </c>
       <c r="B146" t="s">
         <v>141</v>
       </c>
       <c r="C146">
         <v>34.152</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>148</v>
       </c>
       <c r="B147" t="s">
         <v>149</v>
       </c>
       <c r="C147">
         <v>34.992</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>150</v>
       </c>
       <c r="B148" t="s">
         <v>151</v>
       </c>
       <c r="C148">
         <v>35.388</v>
@@ -3642,65 +3822,65 @@
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149" t="s">
         <v>153</v>
       </c>
       <c r="C149">
         <v>35.832</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>154</v>
       </c>
       <c r="B150" t="s">
         <v>155</v>
       </c>
       <c r="C150">
         <v>35.94</v>
       </c>
       <c r="D150" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>156</v>
       </c>
       <c r="B151" t="s">
         <v>157</v>
       </c>
       <c r="C151">
         <v>36.0</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>158</v>
       </c>
       <c r="B152" t="s">
         <v>159</v>
       </c>
       <c r="C152">
         <v>36.024</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>160</v>
       </c>
       <c r="B153" t="s">
         <v>161</v>
       </c>
       <c r="C153">
         <v>37.02</v>
@@ -3712,160 +3892,160 @@
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>162</v>
       </c>
       <c r="B154" t="s">
         <v>163</v>
       </c>
       <c r="C154">
         <v>37.92</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>164</v>
       </c>
       <c r="B155" t="s">
         <v>165</v>
       </c>
       <c r="C155">
         <v>38.16</v>
       </c>
       <c r="D155" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B156" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C156">
-        <v>38.604</v>
+        <v>38.328</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>172</v>
       </c>
       <c r="B157" t="s">
         <v>173</v>
       </c>
       <c r="C157">
-        <v>38.7</v>
+        <v>38.604</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>174</v>
       </c>
       <c r="B158" t="s">
         <v>175</v>
       </c>
       <c r="C158">
-        <v>38.7</v>
+        <v>38.676</v>
       </c>
       <c r="D158" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>176</v>
       </c>
       <c r="B159" t="s">
         <v>177</v>
       </c>
       <c r="C159">
         <v>38.7</v>
       </c>
       <c r="D159" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>184</v>
       </c>
       <c r="B160" t="s">
         <v>185</v>
       </c>
       <c r="C160">
         <v>39.876</v>
       </c>
       <c r="D160" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>186</v>
       </c>
       <c r="B161" t="s">
         <v>187</v>
       </c>
       <c r="C161">
         <v>39.876</v>
       </c>
       <c r="D161" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B162" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C162">
         <v>40.632</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>194</v>
       </c>
       <c r="B163" t="s">
         <v>195</v>
       </c>
       <c r="C163">
-        <v>41.352</v>
+        <v>41.172</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>196</v>
       </c>
       <c r="B164" t="s">
         <v>197</v>
       </c>
       <c r="C164">
         <v>41.7</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>200</v>
       </c>
       <c r="B165" t="s">
         <v>201</v>
@@ -3908,51 +4088,51 @@
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>212</v>
       </c>
       <c r="B168" t="s">
         <v>213</v>
       </c>
       <c r="C168">
         <v>45.876</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>214</v>
       </c>
       <c r="B169" t="s">
         <v>215</v>
       </c>
       <c r="C169">
         <v>45.9</v>
       </c>
       <c r="D169" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>216</v>
       </c>
       <c r="B170" t="s">
         <v>217</v>
       </c>
       <c r="C170">
         <v>46.068</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>218</v>
       </c>
       <c r="B171" t="s">
         <v>219</v>
       </c>
       <c r="C171">
         <v>46.38</v>
@@ -3992,605 +4172,605 @@
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>224</v>
       </c>
       <c r="B174" t="s">
         <v>225</v>
       </c>
       <c r="C174">
         <v>47.316</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>226</v>
       </c>
       <c r="B175" t="s">
         <v>227</v>
       </c>
       <c r="C175">
         <v>48.0</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>228</v>
       </c>
       <c r="B176" t="s">
         <v>229</v>
       </c>
       <c r="C176">
         <v>48.0</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>230</v>
       </c>
       <c r="B177" t="s">
         <v>231</v>
       </c>
       <c r="C177">
         <v>49.02</v>
       </c>
       <c r="D177" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>232</v>
       </c>
       <c r="B178" t="s">
         <v>233</v>
       </c>
       <c r="C178">
-        <v>49.308</v>
+        <v>49.452</v>
       </c>
       <c r="D178" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
         <v>234</v>
       </c>
       <c r="B179" t="s">
         <v>235</v>
       </c>
       <c r="C179">
-        <v>49.404</v>
+        <v>49.452</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
         <v>236</v>
       </c>
       <c r="B180" t="s">
         <v>237</v>
       </c>
       <c r="C180">
-        <v>49.404</v>
+        <v>49.452</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>238</v>
       </c>
       <c r="B181" t="s">
         <v>239</v>
       </c>
       <c r="C181">
-        <v>49.704</v>
+        <v>49.452</v>
       </c>
       <c r="D181" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>240</v>
       </c>
       <c r="B182" t="s">
         <v>241</v>
       </c>
       <c r="C182">
-        <v>50.04</v>
+        <v>49.824</v>
       </c>
       <c r="D182" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>242</v>
       </c>
       <c r="B183" t="s">
         <v>243</v>
       </c>
       <c r="C183">
-        <v>50.172</v>
+        <v>50.016</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>244</v>
       </c>
       <c r="B184" t="s">
         <v>245</v>
       </c>
       <c r="C184">
-        <v>50.952</v>
+        <v>50.172</v>
       </c>
       <c r="D184" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>246</v>
       </c>
       <c r="B185" t="s">
         <v>247</v>
       </c>
       <c r="C185">
-        <v>50.988</v>
+        <v>50.952</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>248</v>
       </c>
       <c r="B186" t="s">
         <v>249</v>
       </c>
       <c r="C186">
-        <v>53.412</v>
+        <v>50.988</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>250</v>
       </c>
       <c r="B187" t="s">
         <v>251</v>
       </c>
       <c r="C187">
-        <v>53.64</v>
+        <v>53.412</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>252</v>
       </c>
       <c r="B188" t="s">
         <v>253</v>
       </c>
       <c r="C188">
-        <v>54.0</v>
+        <v>53.64</v>
       </c>
       <c r="D188" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>254</v>
       </c>
       <c r="B189" t="s">
         <v>255</v>
       </c>
       <c r="C189">
         <v>54.0</v>
       </c>
       <c r="D189" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>256</v>
       </c>
       <c r="B190" t="s">
         <v>257</v>
       </c>
       <c r="C190">
-        <v>54.252</v>
+        <v>54.0</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>258</v>
       </c>
       <c r="B191" t="s">
         <v>259</v>
       </c>
       <c r="C191">
-        <v>54.372</v>
+        <v>54.252</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>260</v>
       </c>
       <c r="B192" t="s">
         <v>261</v>
       </c>
       <c r="C192">
-        <v>54.648</v>
+        <v>54.372</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>262</v>
       </c>
       <c r="B193" t="s">
         <v>263</v>
       </c>
       <c r="C193">
-        <v>55.104</v>
+        <v>54.648</v>
       </c>
       <c r="D193" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>264</v>
       </c>
       <c r="B194" t="s">
         <v>265</v>
       </c>
       <c r="C194">
         <v>56.4</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>266</v>
       </c>
       <c r="B195" t="s">
         <v>267</v>
       </c>
       <c r="C195">
         <v>58.404</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>268</v>
       </c>
       <c r="B196" t="s">
         <v>269</v>
       </c>
       <c r="C196">
         <v>58.992</v>
       </c>
       <c r="D196" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>270</v>
       </c>
       <c r="B197" t="s">
         <v>271</v>
       </c>
       <c r="C197">
-        <v>60.456</v>
+        <v>60.156</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>272</v>
       </c>
       <c r="B198" t="s">
         <v>273</v>
       </c>
       <c r="C198">
-        <v>60.612</v>
+        <v>60.228</v>
       </c>
       <c r="D198" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>274</v>
       </c>
       <c r="B199" t="s">
         <v>275</v>
       </c>
       <c r="C199">
-        <v>60.66</v>
+        <v>60.228</v>
       </c>
       <c r="D199" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>276</v>
       </c>
       <c r="B200" t="s">
         <v>277</v>
       </c>
       <c r="C200">
         <v>61.548</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>278</v>
       </c>
       <c r="B201" t="s">
         <v>279</v>
       </c>
       <c r="C201">
         <v>61.728</v>
       </c>
       <c r="D201" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>22</v>
       </c>
       <c r="B202" t="s">
         <v>23</v>
       </c>
       <c r="C202">
-        <v>17.28</v>
+        <v>17.208</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>26</v>
       </c>
       <c r="B203" t="s">
         <v>27</v>
       </c>
       <c r="C203">
         <v>17.664</v>
       </c>
       <c r="D203" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B204" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C204">
         <v>17.724</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B205" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C205">
         <v>17.724</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B206" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C206">
         <v>17.82</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B207" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C207">
         <v>17.868</v>
       </c>
       <c r="D207" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
+        <v>43</v>
+      </c>
+      <c r="B208" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C208">
         <v>19.992</v>
       </c>
       <c r="D208" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
+        <v>45</v>
+      </c>
+      <c r="B209" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C209">
         <v>19.992</v>
       </c>
       <c r="D209" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
+        <v>47</v>
+      </c>
+      <c r="B210" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C210">
         <v>19.992</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>50</v>
       </c>
       <c r="B211" t="s">
         <v>51</v>
       </c>
       <c r="C211">
         <v>19.992</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>52</v>
       </c>
       <c r="B212" t="s">
         <v>53</v>
       </c>
       <c r="C212">
         <v>19.992</v>
       </c>
       <c r="D212" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
         <v>56</v>
       </c>
       <c r="B213" t="s">
         <v>57</v>
       </c>
       <c r="C213">
         <v>21.084</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B214" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C214">
         <v>21.996</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B215" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C215">
         <v>21.996</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
         <v>68</v>
       </c>
       <c r="B216" t="s">
         <v>69</v>
       </c>
       <c r="C216">
         <v>22.212</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>70</v>
@@ -4647,68 +4827,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
         <v>84</v>
       </c>
       <c r="B221" t="s">
         <v>85</v>
       </c>
       <c r="C221">
         <v>24.444</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
         <v>92</v>
       </c>
       <c r="B222" t="s">
         <v>93</v>
       </c>
       <c r="C222">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D222" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
         <v>94</v>
       </c>
       <c r="B223" t="s">
         <v>95</v>
       </c>
       <c r="C223">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
         <v>96</v>
       </c>
       <c r="B224" t="s">
         <v>97</v>
       </c>
       <c r="C224">
         <v>25.728</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
         <v>98</v>
       </c>
       <c r="B225" t="s">
         <v>99</v>
       </c>
       <c r="C225">
         <v>25.932</v>
@@ -4762,51 +4942,51 @@
     <row r="229" spans="1:4">
       <c r="A229" t="s">
         <v>108</v>
       </c>
       <c r="B229" t="s">
         <v>109</v>
       </c>
       <c r="C229">
         <v>27.6</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
         <v>110</v>
       </c>
       <c r="B230" t="s">
         <v>111</v>
       </c>
       <c r="C230">
         <v>27.636</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
         <v>112</v>
       </c>
       <c r="B231" t="s">
         <v>113</v>
       </c>
       <c r="C231">
         <v>28.164</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
         <v>114</v>
       </c>
       <c r="B232" t="s">
         <v>115</v>
       </c>
       <c r="C232">
         <v>28.98</v>
@@ -4846,342 +5026,342 @@
     <row r="235" spans="1:4">
       <c r="A235" t="s">
         <v>126</v>
       </c>
       <c r="B235" t="s">
         <v>127</v>
       </c>
       <c r="C235">
         <v>30.876</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
         <v>128</v>
       </c>
       <c r="B236" t="s">
         <v>129</v>
       </c>
       <c r="C236">
         <v>31.02</v>
       </c>
       <c r="D236" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
         <v>130</v>
       </c>
       <c r="B237" t="s">
         <v>131</v>
       </c>
       <c r="C237">
         <v>32.568</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
         <v>132</v>
       </c>
       <c r="B238" t="s">
         <v>133</v>
       </c>
       <c r="C238">
         <v>33.36</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
         <v>134</v>
       </c>
       <c r="B239" t="s">
         <v>135</v>
       </c>
       <c r="C239">
         <v>33.444</v>
       </c>
       <c r="D239" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
         <v>136</v>
       </c>
       <c r="B240" t="s">
         <v>137</v>
       </c>
       <c r="C240">
         <v>33.6</v>
       </c>
       <c r="D240" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
         <v>138</v>
       </c>
       <c r="B241" t="s">
         <v>139</v>
       </c>
       <c r="C241">
         <v>33.816</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
         <v>140</v>
       </c>
       <c r="B242" t="s">
         <v>141</v>
       </c>
       <c r="C242">
         <v>34.152</v>
       </c>
       <c r="D242" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
         <v>148</v>
       </c>
       <c r="B243" t="s">
         <v>149</v>
       </c>
       <c r="C243">
         <v>34.992</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
         <v>150</v>
       </c>
       <c r="B244" t="s">
         <v>151</v>
       </c>
       <c r="C244">
         <v>35.388</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
         <v>154</v>
       </c>
       <c r="B245" t="s">
         <v>155</v>
       </c>
       <c r="C245">
         <v>35.94</v>
       </c>
       <c r="D245" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
         <v>156</v>
       </c>
       <c r="B246" t="s">
         <v>157</v>
       </c>
       <c r="C246">
         <v>36.0</v>
       </c>
       <c r="D246" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
         <v>160</v>
       </c>
       <c r="B247" t="s">
         <v>161</v>
       </c>
       <c r="C247">
         <v>37.02</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
         <v>162</v>
       </c>
       <c r="B248" t="s">
         <v>163</v>
       </c>
       <c r="C248">
         <v>37.92</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
         <v>164</v>
       </c>
       <c r="B249" t="s">
         <v>165</v>
       </c>
       <c r="C249">
         <v>38.16</v>
       </c>
       <c r="D249" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B250" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C250">
-        <v>38.604</v>
+        <v>38.328</v>
       </c>
       <c r="D250" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
         <v>172</v>
       </c>
       <c r="B251" t="s">
         <v>173</v>
       </c>
       <c r="C251">
-        <v>38.7</v>
+        <v>38.604</v>
       </c>
       <c r="D251" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
         <v>174</v>
       </c>
       <c r="B252" t="s">
         <v>175</v>
       </c>
       <c r="C252">
-        <v>38.7</v>
+        <v>38.676</v>
       </c>
       <c r="D252" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
         <v>176</v>
       </c>
       <c r="B253" t="s">
         <v>177</v>
       </c>
       <c r="C253">
         <v>38.7</v>
       </c>
       <c r="D253" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
         <v>184</v>
       </c>
       <c r="B254" t="s">
         <v>185</v>
       </c>
       <c r="C254">
         <v>39.876</v>
       </c>
       <c r="D254" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
         <v>186</v>
       </c>
       <c r="B255" t="s">
         <v>187</v>
       </c>
       <c r="C255">
         <v>39.876</v>
       </c>
       <c r="D255" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B256" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C256">
         <v>40.632</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
         <v>194</v>
       </c>
       <c r="B257" t="s">
         <v>195</v>
       </c>
       <c r="C257">
-        <v>41.352</v>
+        <v>41.172</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
         <v>196</v>
       </c>
       <c r="B258" t="s">
         <v>197</v>
       </c>
       <c r="C258">
         <v>41.7</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
         <v>200</v>
       </c>
       <c r="B259" t="s">
         <v>201</v>
@@ -5224,51 +5404,51 @@
     <row r="262" spans="1:4">
       <c r="A262" t="s">
         <v>212</v>
       </c>
       <c r="B262" t="s">
         <v>213</v>
       </c>
       <c r="C262">
         <v>45.876</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
         <v>214</v>
       </c>
       <c r="B263" t="s">
         <v>215</v>
       </c>
       <c r="C263">
         <v>45.9</v>
       </c>
       <c r="D263" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
         <v>216</v>
       </c>
       <c r="B264" t="s">
         <v>217</v>
       </c>
       <c r="C264">
         <v>46.068</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
         <v>218</v>
       </c>
       <c r="B265" t="s">
         <v>219</v>
       </c>
       <c r="C265">
         <v>46.38</v>
@@ -5308,415 +5488,415 @@
     <row r="268" spans="1:4">
       <c r="A268" t="s">
         <v>224</v>
       </c>
       <c r="B268" t="s">
         <v>225</v>
       </c>
       <c r="C268">
         <v>47.316</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
         <v>226</v>
       </c>
       <c r="B269" t="s">
         <v>227</v>
       </c>
       <c r="C269">
         <v>48.0</v>
       </c>
       <c r="D269" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
         <v>228</v>
       </c>
       <c r="B270" t="s">
         <v>229</v>
       </c>
       <c r="C270">
         <v>48.0</v>
       </c>
       <c r="D270" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
         <v>230</v>
       </c>
       <c r="B271" t="s">
         <v>231</v>
       </c>
       <c r="C271">
         <v>49.02</v>
       </c>
       <c r="D271" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
         <v>232</v>
       </c>
       <c r="B272" t="s">
         <v>233</v>
       </c>
       <c r="C272">
-        <v>49.308</v>
+        <v>49.452</v>
       </c>
       <c r="D272" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
         <v>234</v>
       </c>
       <c r="B273" t="s">
         <v>235</v>
       </c>
       <c r="C273">
-        <v>49.404</v>
+        <v>49.452</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
         <v>236</v>
       </c>
       <c r="B274" t="s">
         <v>237</v>
       </c>
       <c r="C274">
-        <v>49.404</v>
+        <v>49.452</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
         <v>238</v>
       </c>
       <c r="B275" t="s">
         <v>239</v>
       </c>
       <c r="C275">
-        <v>49.704</v>
+        <v>49.452</v>
       </c>
       <c r="D275" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
         <v>240</v>
       </c>
       <c r="B276" t="s">
         <v>241</v>
       </c>
       <c r="C276">
-        <v>50.04</v>
+        <v>49.824</v>
       </c>
       <c r="D276" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
         <v>242</v>
       </c>
       <c r="B277" t="s">
         <v>243</v>
       </c>
       <c r="C277">
-        <v>50.172</v>
+        <v>50.016</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
         <v>244</v>
       </c>
       <c r="B278" t="s">
         <v>245</v>
       </c>
       <c r="C278">
-        <v>50.952</v>
+        <v>50.172</v>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
         <v>246</v>
       </c>
       <c r="B279" t="s">
         <v>247</v>
       </c>
       <c r="C279">
-        <v>50.988</v>
+        <v>50.952</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
         <v>248</v>
       </c>
       <c r="B280" t="s">
         <v>249</v>
       </c>
       <c r="C280">
-        <v>53.412</v>
+        <v>50.988</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
         <v>250</v>
       </c>
       <c r="B281" t="s">
         <v>251</v>
       </c>
       <c r="C281">
-        <v>53.64</v>
+        <v>53.412</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
         <v>252</v>
       </c>
       <c r="B282" t="s">
         <v>253</v>
       </c>
       <c r="C282">
-        <v>54.0</v>
+        <v>53.64</v>
       </c>
       <c r="D282" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
         <v>254</v>
       </c>
       <c r="B283" t="s">
         <v>255</v>
       </c>
       <c r="C283">
         <v>54.0</v>
       </c>
       <c r="D283" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
         <v>256</v>
       </c>
       <c r="B284" t="s">
         <v>257</v>
       </c>
       <c r="C284">
-        <v>54.252</v>
+        <v>54.0</v>
       </c>
       <c r="D284" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
         <v>258</v>
       </c>
       <c r="B285" t="s">
         <v>259</v>
       </c>
       <c r="C285">
-        <v>54.372</v>
+        <v>54.252</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
         <v>260</v>
       </c>
       <c r="B286" t="s">
         <v>261</v>
       </c>
       <c r="C286">
-        <v>54.648</v>
+        <v>54.372</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
         <v>262</v>
       </c>
       <c r="B287" t="s">
         <v>263</v>
       </c>
       <c r="C287">
-        <v>55.104</v>
+        <v>54.648</v>
       </c>
       <c r="D287" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
         <v>264</v>
       </c>
       <c r="B288" t="s">
         <v>265</v>
       </c>
       <c r="C288">
         <v>56.4</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>266</v>
       </c>
       <c r="B289" t="s">
         <v>267</v>
       </c>
       <c r="C289">
         <v>58.404</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>268</v>
       </c>
       <c r="B290" t="s">
         <v>269</v>
       </c>
       <c r="C290">
         <v>58.992</v>
       </c>
       <c r="D290" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
         <v>270</v>
       </c>
       <c r="B291" t="s">
         <v>271</v>
       </c>
       <c r="C291">
-        <v>60.456</v>
+        <v>60.156</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
         <v>272</v>
       </c>
       <c r="B292" t="s">
         <v>273</v>
       </c>
       <c r="C292">
-        <v>60.612</v>
+        <v>60.228</v>
       </c>
       <c r="D292" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
         <v>274</v>
       </c>
       <c r="B293" t="s">
         <v>275</v>
       </c>
       <c r="C293">
-        <v>60.66</v>
+        <v>60.228</v>
       </c>
       <c r="D293" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
         <v>276</v>
       </c>
       <c r="B294" t="s">
         <v>277</v>
       </c>
       <c r="C294">
         <v>61.548</v>
       </c>
       <c r="D294" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
         <v>280</v>
       </c>
       <c r="B295" t="s">
         <v>281</v>
       </c>
       <c r="C295">
         <v>62.4</v>
       </c>
       <c r="D295" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
         <v>282</v>
       </c>
       <c r="B296" t="s">
         <v>283</v>
       </c>
       <c r="C296">
         <v>65.376</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
         <v>284</v>
       </c>
       <c r="B297" t="s">
         <v>285</v>
       </c>
       <c r="C297">
         <v>66.0</v>
@@ -5728,255 +5908,255 @@
     <row r="298" spans="1:4">
       <c r="A298" t="s">
         <v>286</v>
       </c>
       <c r="B298" t="s">
         <v>287</v>
       </c>
       <c r="C298">
         <v>72.0</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
         <v>288</v>
       </c>
       <c r="B299" t="s">
         <v>289</v>
       </c>
       <c r="C299">
         <v>72.24</v>
       </c>
       <c r="D299" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
         <v>290</v>
       </c>
       <c r="B300" t="s">
         <v>291</v>
       </c>
       <c r="C300">
         <v>73.344</v>
       </c>
       <c r="D300" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
         <v>292</v>
       </c>
       <c r="B301" t="s">
         <v>293</v>
       </c>
       <c r="C301">
         <v>75.168</v>
       </c>
       <c r="D301" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>26</v>
       </c>
       <c r="B302" t="s">
         <v>27</v>
       </c>
       <c r="C302">
         <v>17.664</v>
       </c>
       <c r="D302" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B303" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C303">
         <v>17.724</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B304" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C304">
         <v>17.724</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B305" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C305">
         <v>17.82</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B306" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C306">
         <v>17.868</v>
       </c>
       <c r="D306" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
+        <v>43</v>
+      </c>
+      <c r="B307" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C307">
         <v>19.992</v>
       </c>
       <c r="D307" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
+        <v>45</v>
+      </c>
+      <c r="B308" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C308">
         <v>19.992</v>
       </c>
       <c r="D308" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
+        <v>47</v>
+      </c>
+      <c r="B309" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C309">
         <v>19.992</v>
       </c>
       <c r="D309" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
         <v>50</v>
       </c>
       <c r="B310" t="s">
         <v>51</v>
       </c>
       <c r="C310">
         <v>19.992</v>
       </c>
       <c r="D310" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
         <v>52</v>
       </c>
       <c r="B311" t="s">
         <v>53</v>
       </c>
       <c r="C311">
         <v>19.992</v>
       </c>
       <c r="D311" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
         <v>56</v>
       </c>
       <c r="B312" t="s">
         <v>57</v>
       </c>
       <c r="C312">
         <v>21.084</v>
       </c>
       <c r="D312" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B313" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C313">
         <v>21.996</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B314" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C314">
         <v>21.996</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
         <v>72</v>
       </c>
       <c r="B315" t="s">
         <v>73</v>
       </c>
       <c r="C315">
         <v>22.584</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
         <v>82</v>
@@ -5991,68 +6171,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
         <v>84</v>
       </c>
       <c r="B317" t="s">
         <v>85</v>
       </c>
       <c r="C317">
         <v>24.444</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
         <v>92</v>
       </c>
       <c r="B318" t="s">
         <v>93</v>
       </c>
       <c r="C318">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D318" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
         <v>94</v>
       </c>
       <c r="B319" t="s">
         <v>95</v>
       </c>
       <c r="C319">
-        <v>25.728</v>
+        <v>25.38</v>
       </c>
       <c r="D319" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>96</v>
       </c>
       <c r="B320" t="s">
         <v>97</v>
       </c>
       <c r="C320">
         <v>25.728</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
         <v>98</v>
       </c>
       <c r="B321" t="s">
         <v>99</v>
       </c>
       <c r="C321">
         <v>25.932</v>
@@ -6134,314 +6314,314 @@
     <row r="327" spans="1:4">
       <c r="A327" t="s">
         <v>126</v>
       </c>
       <c r="B327" t="s">
         <v>127</v>
       </c>
       <c r="C327">
         <v>30.876</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
         <v>128</v>
       </c>
       <c r="B328" t="s">
         <v>129</v>
       </c>
       <c r="C328">
         <v>31.02</v>
       </c>
       <c r="D328" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
         <v>130</v>
       </c>
       <c r="B329" t="s">
         <v>131</v>
       </c>
       <c r="C329">
         <v>32.568</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
         <v>132</v>
       </c>
       <c r="B330" t="s">
         <v>133</v>
       </c>
       <c r="C330">
         <v>33.36</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
         <v>134</v>
       </c>
       <c r="B331" t="s">
         <v>135</v>
       </c>
       <c r="C331">
         <v>33.444</v>
       </c>
       <c r="D331" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
         <v>136</v>
       </c>
       <c r="B332" t="s">
         <v>137</v>
       </c>
       <c r="C332">
         <v>33.6</v>
       </c>
       <c r="D332" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
         <v>138</v>
       </c>
       <c r="B333" t="s">
         <v>139</v>
       </c>
       <c r="C333">
         <v>33.816</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
         <v>140</v>
       </c>
       <c r="B334" t="s">
         <v>141</v>
       </c>
       <c r="C334">
         <v>34.152</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
         <v>148</v>
       </c>
       <c r="B335" t="s">
         <v>149</v>
       </c>
       <c r="C335">
         <v>34.992</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
         <v>150</v>
       </c>
       <c r="B336" t="s">
         <v>151</v>
       </c>
       <c r="C336">
         <v>35.388</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
         <v>154</v>
       </c>
       <c r="B337" t="s">
         <v>155</v>
       </c>
       <c r="C337">
         <v>35.94</v>
       </c>
       <c r="D337" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
         <v>156</v>
       </c>
       <c r="B338" t="s">
         <v>157</v>
       </c>
       <c r="C338">
         <v>36.0</v>
       </c>
       <c r="D338" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
         <v>160</v>
       </c>
       <c r="B339" t="s">
         <v>161</v>
       </c>
       <c r="C339">
         <v>37.02</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
         <v>164</v>
       </c>
       <c r="B340" t="s">
         <v>165</v>
       </c>
       <c r="C340">
         <v>38.16</v>
       </c>
       <c r="D340" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="B341" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C341">
-        <v>38.7</v>
+        <v>38.328</v>
       </c>
       <c r="D341" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
         <v>174</v>
       </c>
       <c r="B342" t="s">
         <v>175</v>
       </c>
       <c r="C342">
-        <v>38.7</v>
+        <v>38.676</v>
       </c>
       <c r="D342" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
         <v>176</v>
       </c>
       <c r="B343" t="s">
         <v>177</v>
       </c>
       <c r="C343">
         <v>38.7</v>
       </c>
       <c r="D343" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
         <v>184</v>
       </c>
       <c r="B344" t="s">
         <v>185</v>
       </c>
       <c r="C344">
         <v>39.876</v>
       </c>
       <c r="D344" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
         <v>186</v>
       </c>
       <c r="B345" t="s">
         <v>187</v>
       </c>
       <c r="C345">
         <v>39.876</v>
       </c>
       <c r="D345" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B346" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C346">
         <v>40.632</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
         <v>194</v>
       </c>
       <c r="B347" t="s">
         <v>195</v>
       </c>
       <c r="C347">
-        <v>41.352</v>
+        <v>41.172</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
         <v>200</v>
       </c>
       <c r="B348" t="s">
         <v>201</v>
       </c>
       <c r="C348">
         <v>42.0</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
         <v>208</v>
       </c>
       <c r="B349" t="s">
         <v>209</v>
@@ -6540,3625 +6720,2673 @@
     <row r="356" spans="1:4">
       <c r="A356" t="s">
         <v>224</v>
       </c>
       <c r="B356" t="s">
         <v>225</v>
       </c>
       <c r="C356">
         <v>47.316</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
         <v>228</v>
       </c>
       <c r="B357" t="s">
         <v>229</v>
       </c>
       <c r="C357">
         <v>48.0</v>
       </c>
       <c r="D357" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
         <v>230</v>
       </c>
       <c r="B358" t="s">
         <v>231</v>
       </c>
       <c r="C358">
         <v>49.02</v>
       </c>
       <c r="D358" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
         <v>232</v>
       </c>
       <c r="B359" t="s">
         <v>233</v>
       </c>
       <c r="C359">
-        <v>49.308</v>
+        <v>49.452</v>
       </c>
       <c r="D359" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
         <v>234</v>
       </c>
       <c r="B360" t="s">
         <v>235</v>
       </c>
       <c r="C360">
-        <v>49.404</v>
+        <v>49.452</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
         <v>236</v>
       </c>
       <c r="B361" t="s">
         <v>237</v>
       </c>
       <c r="C361">
-        <v>49.404</v>
+        <v>49.452</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
         <v>238</v>
       </c>
       <c r="B362" t="s">
         <v>239</v>
       </c>
       <c r="C362">
-        <v>49.704</v>
+        <v>49.452</v>
       </c>
       <c r="D362" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B363" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C363">
-        <v>50.952</v>
+        <v>49.824</v>
       </c>
       <c r="D363" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
         <v>246</v>
       </c>
       <c r="B364" t="s">
         <v>247</v>
       </c>
       <c r="C364">
-        <v>50.988</v>
+        <v>50.952</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B365" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C365">
-        <v>53.64</v>
+        <v>50.988</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
         <v>252</v>
       </c>
       <c r="B366" t="s">
         <v>253</v>
       </c>
       <c r="C366">
-        <v>54.0</v>
+        <v>53.64</v>
       </c>
       <c r="D366" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
         <v>254</v>
       </c>
       <c r="B367" t="s">
         <v>255</v>
       </c>
       <c r="C367">
         <v>54.0</v>
       </c>
       <c r="D367" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B368" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C368">
-        <v>54.648</v>
+        <v>54.0</v>
       </c>
       <c r="D368" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
         <v>262</v>
       </c>
       <c r="B369" t="s">
         <v>263</v>
       </c>
       <c r="C369">
-        <v>55.104</v>
+        <v>54.648</v>
       </c>
       <c r="D369" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
         <v>268</v>
       </c>
       <c r="B370" t="s">
         <v>269</v>
       </c>
       <c r="C370">
         <v>58.992</v>
       </c>
       <c r="D370" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
         <v>270</v>
       </c>
       <c r="B371" t="s">
         <v>271</v>
       </c>
       <c r="C371">
-        <v>60.456</v>
+        <v>60.156</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
         <v>272</v>
       </c>
       <c r="B372" t="s">
         <v>273</v>
       </c>
       <c r="C372">
-        <v>60.612</v>
+        <v>60.228</v>
       </c>
       <c r="D372" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
         <v>274</v>
       </c>
       <c r="B373" t="s">
         <v>275</v>
       </c>
       <c r="C373">
-        <v>60.66</v>
+        <v>60.228</v>
       </c>
       <c r="D373" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
         <v>276</v>
       </c>
       <c r="B374" t="s">
         <v>277</v>
       </c>
       <c r="C374">
         <v>61.548</v>
       </c>
       <c r="D374" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
         <v>280</v>
       </c>
       <c r="B375" t="s">
         <v>281</v>
       </c>
       <c r="C375">
         <v>62.4</v>
       </c>
       <c r="D375" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
         <v>284</v>
       </c>
       <c r="B376" t="s">
         <v>285</v>
       </c>
       <c r="C376">
         <v>66.0</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
         <v>286</v>
       </c>
       <c r="B377" t="s">
         <v>287</v>
       </c>
       <c r="C377">
         <v>72.0</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
         <v>288</v>
       </c>
       <c r="B378" t="s">
         <v>289</v>
       </c>
       <c r="C378">
         <v>72.24</v>
       </c>
       <c r="D378" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
         <v>290</v>
       </c>
       <c r="B379" t="s">
         <v>291</v>
       </c>
       <c r="C379">
         <v>73.344</v>
       </c>
       <c r="D379" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
         <v>294</v>
       </c>
       <c r="B380" t="s">
         <v>295</v>
       </c>
       <c r="C380">
         <v>76.8</v>
       </c>
       <c r="D380" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
         <v>296</v>
       </c>
       <c r="B381" t="s">
         <v>297</v>
       </c>
       <c r="C381">
         <v>79.128</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
         <v>298</v>
       </c>
       <c r="B382" t="s">
         <v>299</v>
       </c>
       <c r="C382">
         <v>87.984</v>
       </c>
       <c r="D382" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
         <v>300</v>
       </c>
       <c r="B383" t="s">
         <v>301</v>
       </c>
       <c r="C383">
         <v>87.984</v>
       </c>
       <c r="D383" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
         <v>302</v>
       </c>
       <c r="B384" t="s">
         <v>303</v>
       </c>
       <c r="C384">
         <v>87.984</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
         <v>304</v>
       </c>
       <c r="B385" t="s">
         <v>305</v>
       </c>
       <c r="C385">
         <v>88.656</v>
       </c>
       <c r="D385" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
         <v>306</v>
       </c>
       <c r="B386" t="s">
         <v>307</v>
       </c>
       <c r="C386">
-        <v>89.136</v>
+        <v>89.784</v>
       </c>
       <c r="D386" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
         <v>308</v>
       </c>
       <c r="B387" t="s">
         <v>309</v>
       </c>
       <c r="C387">
-        <v>89.784</v>
+        <v>95.004</v>
       </c>
       <c r="D387" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
         <v>310</v>
       </c>
       <c r="B388" t="s">
         <v>311</v>
       </c>
       <c r="C388">
-        <v>95.004</v>
+        <v>98.076</v>
       </c>
       <c r="D388" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
         <v>312</v>
       </c>
       <c r="B389" t="s">
         <v>313</v>
       </c>
       <c r="C389">
-        <v>98.076</v>
+        <v>99.396</v>
       </c>
       <c r="D389" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
         <v>314</v>
       </c>
       <c r="B390" t="s">
         <v>315</v>
       </c>
       <c r="C390">
-        <v>99.396</v>
+        <v>103.968</v>
       </c>
       <c r="D390" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
         <v>316</v>
       </c>
       <c r="B391" t="s">
         <v>317</v>
       </c>
       <c r="C391">
         <v>103.968</v>
       </c>
       <c r="D391" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
         <v>318</v>
       </c>
       <c r="B392" t="s">
         <v>319</v>
       </c>
       <c r="C392">
         <v>103.968</v>
       </c>
       <c r="D392" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
         <v>320</v>
       </c>
       <c r="B393" t="s">
         <v>321</v>
       </c>
       <c r="C393">
-        <v>103.968</v>
+        <v>106.548</v>
       </c>
       <c r="D393" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
         <v>322</v>
       </c>
       <c r="B394" t="s">
         <v>323</v>
       </c>
       <c r="C394">
-        <v>107.556</v>
+        <v>114.0</v>
       </c>
       <c r="D394" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
         <v>324</v>
       </c>
       <c r="B395" t="s">
         <v>325</v>
       </c>
       <c r="C395">
-        <v>114.0</v>
+        <v>114.384</v>
       </c>
       <c r="D395" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
         <v>326</v>
       </c>
       <c r="B396" t="s">
         <v>327</v>
       </c>
       <c r="C396">
         <v>118.8</v>
       </c>
       <c r="D396" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
         <v>328</v>
       </c>
       <c r="B397" t="s">
         <v>329</v>
       </c>
       <c r="C397">
         <v>119.964</v>
       </c>
       <c r="D397" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
         <v>330</v>
       </c>
       <c r="B398" t="s">
         <v>331</v>
       </c>
       <c r="C398">
         <v>123.204</v>
       </c>
       <c r="D398" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
         <v>332</v>
       </c>
       <c r="B399" t="s">
         <v>333</v>
       </c>
       <c r="C399">
-        <v>125.832</v>
+        <v>131.772</v>
       </c>
       <c r="D399" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
         <v>334</v>
       </c>
       <c r="B400" t="s">
         <v>335</v>
       </c>
       <c r="C400">
-        <v>131.772</v>
+        <v>145.344</v>
       </c>
       <c r="D400" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
         <v>336</v>
       </c>
       <c r="B401" t="s">
         <v>337</v>
       </c>
       <c r="C401">
-        <v>145.344</v>
+        <v>149.004</v>
       </c>
       <c r="D401" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
         <v>26</v>
       </c>
       <c r="B402" t="s">
         <v>27</v>
       </c>
       <c r="C402">
         <v>17.664</v>
       </c>
       <c r="D402" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B403" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C403">
         <v>17.724</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B404" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C404">
         <v>17.724</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B405" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="C405">
         <v>17.82</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B406" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C406">
         <v>17.868</v>
       </c>
       <c r="D406" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="B407" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="C407">
-        <v>19.992</v>
+        <v>21.996</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="B408" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="C408">
-        <v>19.992</v>
+        <v>21.996</v>
       </c>
       <c r="D408" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="B409" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="C409">
-        <v>19.992</v>
+        <v>23.496</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="B410" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="C410">
-        <v>19.992</v>
+        <v>25.38</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="B411" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="C411">
-        <v>19.992</v>
+        <v>25.38</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>56</v>
+        <v>96</v>
       </c>
       <c r="B412" t="s">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="C412">
-        <v>21.084</v>
+        <v>25.728</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="B413" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="C413">
-        <v>21.996</v>
+        <v>25.932</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>66</v>
+        <v>106</v>
       </c>
       <c r="B414" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
       <c r="C414">
-        <v>21.996</v>
+        <v>27.42</v>
       </c>
       <c r="D414" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="B415" t="s">
-        <v>73</v>
+        <v>109</v>
       </c>
       <c r="C415">
-        <v>22.584</v>
+        <v>27.6</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="B416" t="s">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="C416">
-        <v>23.496</v>
+        <v>28.98</v>
       </c>
       <c r="D416" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="B417" t="s">
-        <v>85</v>
+        <v>119</v>
       </c>
       <c r="C417">
-        <v>24.444</v>
+        <v>30.0</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="B418" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
       <c r="C418">
-        <v>25.728</v>
+        <v>30.876</v>
       </c>
       <c r="D418" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="B419" t="s">
-        <v>95</v>
+        <v>129</v>
       </c>
       <c r="C419">
-        <v>25.728</v>
+        <v>31.02</v>
       </c>
       <c r="D419" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="B420" t="s">
-        <v>97</v>
+        <v>131</v>
       </c>
       <c r="C420">
-        <v>25.728</v>
+        <v>32.568</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>98</v>
+        <v>134</v>
       </c>
       <c r="B421" t="s">
-        <v>99</v>
+        <v>135</v>
       </c>
       <c r="C421">
-        <v>25.932</v>
+        <v>33.444</v>
       </c>
       <c r="D421" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>106</v>
+        <v>136</v>
       </c>
       <c r="B422" t="s">
-        <v>107</v>
+        <v>137</v>
       </c>
       <c r="C422">
-        <v>27.42</v>
+        <v>33.6</v>
       </c>
       <c r="D422" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="B423" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="C423">
-        <v>27.6</v>
+        <v>33.816</v>
       </c>
       <c r="D423" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>114</v>
+        <v>140</v>
       </c>
       <c r="B424" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="C424">
-        <v>28.98</v>
+        <v>34.152</v>
       </c>
       <c r="D424" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>116</v>
+        <v>148</v>
       </c>
       <c r="B425" t="s">
-        <v>117</v>
+        <v>149</v>
       </c>
       <c r="C425">
-        <v>29.928</v>
+        <v>34.992</v>
       </c>
       <c r="D425" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>118</v>
+        <v>150</v>
       </c>
       <c r="B426" t="s">
-        <v>119</v>
+        <v>151</v>
       </c>
       <c r="C426">
-        <v>30.0</v>
+        <v>35.388</v>
       </c>
       <c r="D426" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="B427" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="C427">
-        <v>30.876</v>
+        <v>36.0</v>
       </c>
       <c r="D427" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>128</v>
+        <v>166</v>
       </c>
       <c r="B428" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="C428">
-        <v>31.02</v>
+        <v>38.328</v>
       </c>
       <c r="D428" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="B429" t="s">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="C429">
-        <v>32.568</v>
+        <v>38.676</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>132</v>
+        <v>176</v>
       </c>
       <c r="B430" t="s">
-        <v>133</v>
+        <v>177</v>
       </c>
       <c r="C430">
-        <v>33.36</v>
+        <v>38.7</v>
       </c>
       <c r="D430" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>134</v>
+        <v>184</v>
       </c>
       <c r="B431" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="C431">
-        <v>33.444</v>
+        <v>39.876</v>
       </c>
       <c r="D431" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>136</v>
+        <v>186</v>
       </c>
       <c r="B432" t="s">
-        <v>137</v>
+        <v>187</v>
       </c>
       <c r="C432">
-        <v>33.6</v>
+        <v>39.876</v>
       </c>
       <c r="D432" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>138</v>
+        <v>194</v>
       </c>
       <c r="B433" t="s">
-        <v>139</v>
+        <v>195</v>
       </c>
       <c r="C433">
-        <v>33.816</v>
+        <v>41.172</v>
       </c>
       <c r="D433" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="B434" t="s">
-        <v>141</v>
+        <v>201</v>
       </c>
       <c r="C434">
-        <v>34.152</v>
+        <v>42.0</v>
       </c>
       <c r="D434" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>148</v>
+        <v>212</v>
       </c>
       <c r="B435" t="s">
-        <v>149</v>
+        <v>213</v>
       </c>
       <c r="C435">
-        <v>34.992</v>
+        <v>45.876</v>
       </c>
       <c r="D435" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>150</v>
+        <v>218</v>
       </c>
       <c r="B436" t="s">
-        <v>151</v>
+        <v>219</v>
       </c>
       <c r="C436">
-        <v>35.388</v>
+        <v>46.38</v>
       </c>
       <c r="D436" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>154</v>
+        <v>220</v>
       </c>
       <c r="B437" t="s">
-        <v>155</v>
+        <v>221</v>
       </c>
       <c r="C437">
-        <v>35.94</v>
+        <v>46.524</v>
       </c>
       <c r="D437" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>156</v>
+        <v>222</v>
       </c>
       <c r="B438" t="s">
-        <v>157</v>
+        <v>223</v>
       </c>
       <c r="C438">
-        <v>36.0</v>
+        <v>46.752</v>
       </c>
       <c r="D438" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>160</v>
+        <v>224</v>
       </c>
       <c r="B439" t="s">
-        <v>161</v>
+        <v>225</v>
       </c>
       <c r="C439">
-        <v>37.02</v>
+        <v>47.316</v>
       </c>
       <c r="D439" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>164</v>
+        <v>228</v>
       </c>
       <c r="B440" t="s">
-        <v>165</v>
+        <v>229</v>
       </c>
       <c r="C440">
-        <v>38.16</v>
+        <v>48.0</v>
       </c>
       <c r="D440" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>172</v>
+        <v>230</v>
       </c>
       <c r="B441" t="s">
-        <v>173</v>
+        <v>231</v>
       </c>
       <c r="C441">
-        <v>38.7</v>
+        <v>49.02</v>
       </c>
       <c r="D441" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>174</v>
+        <v>246</v>
       </c>
       <c r="B442" t="s">
-        <v>175</v>
+        <v>247</v>
       </c>
       <c r="C442">
-        <v>38.7</v>
+        <v>50.952</v>
       </c>
       <c r="D442" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>176</v>
+        <v>248</v>
       </c>
       <c r="B443" t="s">
-        <v>177</v>
+        <v>249</v>
       </c>
       <c r="C443">
-        <v>38.7</v>
+        <v>50.988</v>
       </c>
       <c r="D443" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>184</v>
+        <v>252</v>
       </c>
       <c r="B444" t="s">
-        <v>185</v>
+        <v>253</v>
       </c>
       <c r="C444">
-        <v>39.876</v>
+        <v>53.64</v>
       </c>
       <c r="D444" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>186</v>
+        <v>254</v>
       </c>
       <c r="B445" t="s">
-        <v>187</v>
+        <v>255</v>
       </c>
       <c r="C445">
-        <v>39.876</v>
+        <v>54.0</v>
       </c>
       <c r="D445" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>190</v>
+        <v>256</v>
       </c>
       <c r="B446" t="s">
-        <v>191</v>
+        <v>257</v>
       </c>
       <c r="C446">
-        <v>40.632</v>
+        <v>54.0</v>
       </c>
       <c r="D446" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>194</v>
+        <v>272</v>
       </c>
       <c r="B447" t="s">
-        <v>195</v>
+        <v>273</v>
       </c>
       <c r="C447">
-        <v>41.352</v>
+        <v>60.228</v>
       </c>
       <c r="D447" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>200</v>
+        <v>274</v>
       </c>
       <c r="B448" t="s">
-        <v>201</v>
+        <v>275</v>
       </c>
       <c r="C448">
-        <v>42.0</v>
+        <v>60.228</v>
       </c>
       <c r="D448" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>208</v>
+        <v>276</v>
       </c>
       <c r="B449" t="s">
-        <v>209</v>
+        <v>277</v>
       </c>
       <c r="C449">
-        <v>43.284</v>
+        <v>61.548</v>
       </c>
       <c r="D449" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>210</v>
+        <v>280</v>
       </c>
       <c r="B450" t="s">
-        <v>211</v>
+        <v>281</v>
       </c>
       <c r="C450">
-        <v>45.684</v>
+        <v>62.4</v>
       </c>
       <c r="D450" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>212</v>
+        <v>284</v>
       </c>
       <c r="B451" t="s">
-        <v>213</v>
+        <v>285</v>
       </c>
       <c r="C451">
-        <v>45.876</v>
+        <v>66.0</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>216</v>
+        <v>294</v>
       </c>
       <c r="B452" t="s">
-        <v>217</v>
+        <v>295</v>
       </c>
       <c r="C452">
-        <v>46.068</v>
+        <v>76.8</v>
       </c>
       <c r="D452" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>218</v>
+        <v>298</v>
       </c>
       <c r="B453" t="s">
-        <v>219</v>
+        <v>299</v>
       </c>
       <c r="C453">
-        <v>46.38</v>
+        <v>87.984</v>
       </c>
       <c r="D453" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>220</v>
+        <v>300</v>
       </c>
       <c r="B454" t="s">
-        <v>221</v>
+        <v>301</v>
       </c>
       <c r="C454">
-        <v>46.524</v>
+        <v>87.984</v>
       </c>
       <c r="D454" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>222</v>
+        <v>302</v>
       </c>
       <c r="B455" t="s">
-        <v>223</v>
+        <v>303</v>
       </c>
       <c r="C455">
-        <v>46.752</v>
+        <v>87.984</v>
       </c>
       <c r="D455" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>224</v>
+        <v>304</v>
       </c>
       <c r="B456" t="s">
-        <v>225</v>
+        <v>305</v>
       </c>
       <c r="C456">
-        <v>47.316</v>
+        <v>88.656</v>
       </c>
       <c r="D456" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>228</v>
+        <v>306</v>
       </c>
       <c r="B457" t="s">
-        <v>229</v>
+        <v>307</v>
       </c>
       <c r="C457">
-        <v>48.0</v>
+        <v>89.784</v>
       </c>
       <c r="D457" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>230</v>
+        <v>310</v>
       </c>
       <c r="B458" t="s">
-        <v>231</v>
+        <v>311</v>
       </c>
       <c r="C458">
-        <v>49.02</v>
+        <v>98.076</v>
       </c>
       <c r="D458" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>232</v>
+        <v>314</v>
       </c>
       <c r="B459" t="s">
-        <v>233</v>
+        <v>315</v>
       </c>
       <c r="C459">
-        <v>49.308</v>
+        <v>103.968</v>
       </c>
       <c r="D459" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>234</v>
+        <v>316</v>
       </c>
       <c r="B460" t="s">
-        <v>235</v>
+        <v>317</v>
       </c>
       <c r="C460">
-        <v>49.404</v>
+        <v>103.968</v>
       </c>
       <c r="D460" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>236</v>
+        <v>318</v>
       </c>
       <c r="B461" t="s">
-        <v>237</v>
+        <v>319</v>
       </c>
       <c r="C461">
-        <v>49.404</v>
+        <v>103.968</v>
       </c>
       <c r="D461" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>238</v>
+        <v>320</v>
       </c>
       <c r="B462" t="s">
-        <v>239</v>
+        <v>321</v>
       </c>
       <c r="C462">
-        <v>49.704</v>
+        <v>106.548</v>
       </c>
       <c r="D462" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>244</v>
+        <v>322</v>
       </c>
       <c r="B463" t="s">
-        <v>245</v>
+        <v>323</v>
       </c>
       <c r="C463">
-        <v>50.952</v>
+        <v>114.0</v>
       </c>
       <c r="D463" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>246</v>
+        <v>328</v>
       </c>
       <c r="B464" t="s">
-        <v>247</v>
+        <v>329</v>
       </c>
       <c r="C464">
-        <v>50.988</v>
+        <v>119.964</v>
       </c>
       <c r="D464" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>250</v>
+        <v>338</v>
       </c>
       <c r="B465" t="s">
-        <v>251</v>
+        <v>339</v>
       </c>
       <c r="C465">
-        <v>53.64</v>
+        <v>202.8</v>
       </c>
       <c r="D465" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>252</v>
+        <v>340</v>
       </c>
       <c r="B466" t="s">
-        <v>253</v>
+        <v>341</v>
       </c>
       <c r="C466">
-        <v>54.0</v>
+        <v>218.268</v>
       </c>
       <c r="D466" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>254</v>
+        <v>342</v>
       </c>
       <c r="B467" t="s">
-        <v>255</v>
+        <v>343</v>
       </c>
       <c r="C467">
-        <v>54.0</v>
+        <v>219.0</v>
       </c>
       <c r="D467" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>260</v>
+        <v>344</v>
       </c>
       <c r="B468" t="s">
-        <v>261</v>
+        <v>345</v>
       </c>
       <c r="C468">
-        <v>54.648</v>
+        <v>221.268</v>
       </c>
       <c r="D468" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>262</v>
+        <v>346</v>
       </c>
       <c r="B469" t="s">
-        <v>263</v>
+        <v>347</v>
       </c>
       <c r="C469">
-        <v>55.104</v>
+        <v>270.0</v>
       </c>
       <c r="D469" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>268</v>
+        <v>348</v>
       </c>
       <c r="B470" t="s">
-        <v>269</v>
+        <v>349</v>
       </c>
       <c r="C470">
-        <v>58.992</v>
+        <v>498.996</v>
       </c>
       <c r="D470" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>270</v>
+        <v>350</v>
       </c>
       <c r="B471" t="s">
-        <v>271</v>
+        <v>351</v>
       </c>
       <c r="C471">
-        <v>60.456</v>
+        <v>534.0</v>
       </c>
       <c r="D471" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>272</v>
+        <v>352</v>
       </c>
       <c r="B472" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="C472">
-        <v>60.612</v>
+        <v>780.0</v>
       </c>
       <c r="D472" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>274</v>
+        <v>354</v>
       </c>
       <c r="B473" t="s">
-        <v>275</v>
+        <v>355</v>
       </c>
       <c r="C473">
-        <v>60.66</v>
+        <v>789.0</v>
       </c>
       <c r="D473" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>276</v>
+        <v>356</v>
       </c>
       <c r="B474" t="s">
-        <v>277</v>
+        <v>357</v>
       </c>
       <c r="C474">
-        <v>61.548</v>
+        <v>815.064</v>
       </c>
       <c r="D474" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>280</v>
+        <v>358</v>
       </c>
       <c r="B475" t="s">
-        <v>281</v>
+        <v>359</v>
       </c>
       <c r="C475">
-        <v>62.4</v>
+        <v>879.0</v>
       </c>
       <c r="D475" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>284</v>
+        <v>360</v>
       </c>
       <c r="B476" t="s">
-        <v>285</v>
+        <v>361</v>
       </c>
       <c r="C476">
-        <v>66.0</v>
+        <v>939.0</v>
       </c>
       <c r="D476" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>286</v>
+        <v>362</v>
       </c>
       <c r="B477" t="s">
-        <v>287</v>
+        <v>363</v>
       </c>
       <c r="C477">
-        <v>72.0</v>
+        <v>942.0</v>
       </c>
       <c r="D477" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>288</v>
+        <v>364</v>
       </c>
       <c r="B478" t="s">
-        <v>289</v>
+        <v>365</v>
       </c>
       <c r="C478">
-        <v>72.24</v>
+        <v>989.4</v>
       </c>
       <c r="D478" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>290</v>
+        <v>366</v>
       </c>
       <c r="B479" t="s">
-        <v>291</v>
+        <v>367</v>
       </c>
       <c r="C479">
-        <v>73.344</v>
+        <v>1038.0</v>
       </c>
       <c r="D479" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>294</v>
+        <v>368</v>
       </c>
       <c r="B480" t="s">
-        <v>295</v>
+        <v>369</v>
       </c>
       <c r="C480">
-        <v>76.8</v>
+        <v>1048.992</v>
       </c>
       <c r="D480" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>296</v>
+        <v>370</v>
       </c>
       <c r="B481" t="s">
-        <v>297</v>
+        <v>371</v>
       </c>
       <c r="C481">
-        <v>79.128</v>
+        <v>1056.0</v>
       </c>
       <c r="D481" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>298</v>
+        <v>372</v>
       </c>
       <c r="B482" t="s">
-        <v>299</v>
+        <v>373</v>
       </c>
       <c r="C482">
-        <v>87.984</v>
+        <v>1057.44</v>
       </c>
       <c r="D482" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>300</v>
+        <v>374</v>
       </c>
       <c r="B483" t="s">
-        <v>301</v>
+        <v>375</v>
       </c>
       <c r="C483">
-        <v>87.984</v>
+        <v>1098.996</v>
       </c>
       <c r="D483" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>302</v>
+        <v>376</v>
       </c>
       <c r="B484" t="s">
-        <v>303</v>
+        <v>377</v>
       </c>
       <c r="C484">
-        <v>87.984</v>
+        <v>1098.996</v>
       </c>
       <c r="D484" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>304</v>
+        <v>378</v>
       </c>
       <c r="B485" t="s">
-        <v>305</v>
+        <v>379</v>
       </c>
       <c r="C485">
-        <v>88.656</v>
+        <v>1149.0</v>
       </c>
       <c r="D485" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>306</v>
+        <v>380</v>
       </c>
       <c r="B486" t="s">
-        <v>307</v>
+        <v>381</v>
       </c>
       <c r="C486">
-        <v>89.136</v>
+        <v>1239.0</v>
       </c>
       <c r="D486" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>308</v>
+        <v>382</v>
       </c>
       <c r="B487" t="s">
-        <v>309</v>
+        <v>383</v>
       </c>
       <c r="C487">
-        <v>89.784</v>
+        <v>1329.0</v>
       </c>
       <c r="D487" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>310</v>
+        <v>384</v>
       </c>
       <c r="B488" t="s">
-        <v>311</v>
+        <v>385</v>
       </c>
       <c r="C488">
-        <v>95.004</v>
+        <v>1338.996</v>
       </c>
       <c r="D488" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>312</v>
+        <v>386</v>
       </c>
       <c r="B489" t="s">
-        <v>313</v>
+        <v>387</v>
       </c>
       <c r="C489">
-        <v>98.076</v>
+        <v>1398.996</v>
       </c>
       <c r="D489" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>314</v>
+        <v>388</v>
       </c>
       <c r="B490" t="s">
-        <v>315</v>
+        <v>389</v>
       </c>
       <c r="C490">
-        <v>99.396</v>
+        <v>1542.0</v>
       </c>
       <c r="D490" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>316</v>
+        <v>390</v>
       </c>
       <c r="B491" t="s">
-        <v>317</v>
+        <v>391</v>
       </c>
       <c r="C491">
-        <v>103.968</v>
+        <v>1542.0</v>
       </c>
       <c r="D491" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>318</v>
+        <v>392</v>
       </c>
       <c r="B492" t="s">
-        <v>319</v>
+        <v>393</v>
       </c>
       <c r="C492">
-        <v>103.968</v>
+        <v>1578.996</v>
       </c>
       <c r="D492" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>320</v>
+        <v>394</v>
       </c>
       <c r="B493" t="s">
-        <v>321</v>
+        <v>395</v>
       </c>
       <c r="C493">
-        <v>103.968</v>
+        <v>1662.0</v>
       </c>
       <c r="D493" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>322</v>
+        <v>396</v>
       </c>
       <c r="B494" t="s">
-        <v>323</v>
+        <v>397</v>
       </c>
       <c r="C494">
-        <v>107.556</v>
+        <v>1689.0</v>
       </c>
       <c r="D494" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>324</v>
+        <v>398</v>
       </c>
       <c r="B495" t="s">
-        <v>325</v>
+        <v>399</v>
       </c>
       <c r="C495">
-        <v>114.0</v>
+        <v>1998.996</v>
       </c>
       <c r="D495" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>326</v>
+        <v>400</v>
       </c>
       <c r="B496" t="s">
-        <v>327</v>
+        <v>401</v>
       </c>
       <c r="C496">
-        <v>118.8</v>
+        <v>2004.0</v>
       </c>
       <c r="D496" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>328</v>
+        <v>402</v>
       </c>
       <c r="B497" t="s">
-        <v>329</v>
+        <v>403</v>
       </c>
       <c r="C497">
-        <v>119.964</v>
+        <v>2098.992</v>
       </c>
       <c r="D497" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>330</v>
+        <v>404</v>
       </c>
       <c r="B498" t="s">
-        <v>331</v>
+        <v>405</v>
       </c>
       <c r="C498">
-        <v>123.204</v>
+        <v>2100.0</v>
       </c>
       <c r="D498" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>334</v>
+        <v>406</v>
       </c>
       <c r="B499" t="s">
-        <v>335</v>
+        <v>407</v>
       </c>
       <c r="C499">
-        <v>131.772</v>
+        <v>2188.992</v>
       </c>
       <c r="D499" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>338</v>
+        <v>408</v>
       </c>
       <c r="B500" t="s">
-        <v>339</v>
+        <v>409</v>
       </c>
       <c r="C500">
-        <v>149.004</v>
+        <v>2196.0</v>
       </c>
       <c r="D500" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>340</v>
+        <v>410</v>
       </c>
       <c r="B501" t="s">
-        <v>341</v>
+        <v>411</v>
       </c>
       <c r="C501">
-        <v>150.096</v>
+        <v>2244.0</v>
       </c>
       <c r="D501" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="B502" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="C502">
-        <v>17.664</v>
+        <v>21.996</v>
       </c>
       <c r="D502" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>32</v>
+        <v>108</v>
       </c>
       <c r="B503" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="C503">
-        <v>17.724</v>
+        <v>27.6</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>34</v>
+        <v>150</v>
       </c>
       <c r="B504" t="s">
-        <v>35</v>
+        <v>151</v>
       </c>
       <c r="C504">
-        <v>17.724</v>
+        <v>35.388</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>36</v>
+        <v>200</v>
       </c>
       <c r="B505" t="s">
-        <v>37</v>
+        <v>201</v>
       </c>
       <c r="C505">
-        <v>17.82</v>
+        <v>42.0</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>38</v>
+        <v>230</v>
       </c>
       <c r="B506" t="s">
-        <v>39</v>
+        <v>231</v>
       </c>
       <c r="C506">
-        <v>17.868</v>
+        <v>49.02</v>
       </c>
       <c r="D506" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>44</v>
+        <v>284</v>
       </c>
       <c r="B507" t="s">
-        <v>45</v>
+        <v>285</v>
       </c>
       <c r="C507">
-        <v>19.992</v>
+        <v>66.0</v>
       </c>
       <c r="D507" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>46</v>
+        <v>320</v>
       </c>
       <c r="B508" t="s">
-        <v>47</v>
+        <v>321</v>
       </c>
       <c r="C508">
-        <v>19.992</v>
+        <v>106.548</v>
       </c>
       <c r="D508" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>48</v>
+        <v>340</v>
       </c>
       <c r="B509" t="s">
-        <v>49</v>
+        <v>341</v>
       </c>
       <c r="C509">
-        <v>19.992</v>
+        <v>218.268</v>
       </c>
       <c r="D509" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>50</v>
+        <v>350</v>
       </c>
       <c r="B510" t="s">
-        <v>51</v>
+        <v>351</v>
       </c>
       <c r="C510">
-        <v>19.992</v>
+        <v>534.0</v>
       </c>
       <c r="D510" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>52</v>
+        <v>352</v>
       </c>
       <c r="B511" t="s">
-        <v>53</v>
+        <v>353</v>
       </c>
       <c r="C511">
-        <v>19.992</v>
+        <v>780.0</v>
       </c>
       <c r="D511" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>56</v>
+        <v>354</v>
       </c>
       <c r="B512" t="s">
-        <v>57</v>
+        <v>355</v>
       </c>
       <c r="C512">
-        <v>21.084</v>
+        <v>789.0</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>64</v>
+        <v>356</v>
       </c>
       <c r="B513" t="s">
-        <v>65</v>
+        <v>357</v>
       </c>
       <c r="C513">
-        <v>21.996</v>
+        <v>815.064</v>
       </c>
       <c r="D513" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>66</v>
+        <v>360</v>
       </c>
       <c r="B514" t="s">
-        <v>67</v>
+        <v>361</v>
       </c>
       <c r="C514">
-        <v>21.996</v>
+        <v>939.0</v>
       </c>
       <c r="D514" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>72</v>
+        <v>372</v>
       </c>
       <c r="B515" t="s">
-        <v>73</v>
+        <v>373</v>
       </c>
       <c r="C515">
-        <v>22.584</v>
+        <v>1057.44</v>
       </c>
       <c r="D515" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>82</v>
+        <v>374</v>
       </c>
       <c r="B516" t="s">
-        <v>83</v>
+        <v>375</v>
       </c>
       <c r="C516">
-        <v>23.496</v>
+        <v>1098.996</v>
       </c>
       <c r="D516" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>92</v>
+        <v>376</v>
       </c>
       <c r="B517" t="s">
-        <v>93</v>
+        <v>377</v>
       </c>
       <c r="C517">
-        <v>25.728</v>
+        <v>1098.996</v>
       </c>
       <c r="D517" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>94</v>
+        <v>388</v>
       </c>
       <c r="B518" t="s">
-        <v>95</v>
+        <v>389</v>
       </c>
       <c r="C518">
-        <v>25.728</v>
+        <v>1542.0</v>
       </c>
       <c r="D518" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>96</v>
+        <v>390</v>
       </c>
       <c r="B519" t="s">
-        <v>97</v>
+        <v>391</v>
       </c>
       <c r="C519">
-        <v>25.728</v>
+        <v>1542.0</v>
       </c>
       <c r="D519" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>98</v>
+        <v>392</v>
       </c>
       <c r="B520" t="s">
-        <v>99</v>
+        <v>393</v>
       </c>
       <c r="C520">
-        <v>25.932</v>
+        <v>1578.996</v>
       </c>
       <c r="D520" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>106</v>
+        <v>396</v>
       </c>
       <c r="B521" t="s">
-        <v>107</v>
+        <v>397</v>
       </c>
       <c r="C521">
-        <v>27.42</v>
+        <v>1689.0</v>
       </c>
       <c r="D521" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>108</v>
+        <v>400</v>
       </c>
       <c r="B522" t="s">
-        <v>109</v>
+        <v>401</v>
       </c>
       <c r="C522">
-        <v>27.6</v>
+        <v>2004.0</v>
       </c>
       <c r="D522" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>114</v>
+        <v>402</v>
       </c>
       <c r="B523" t="s">
-        <v>115</v>
+        <v>403</v>
       </c>
       <c r="C523">
-        <v>28.98</v>
+        <v>2098.992</v>
       </c>
       <c r="D523" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>116</v>
+        <v>404</v>
       </c>
       <c r="B524" t="s">
-        <v>117</v>
+        <v>405</v>
       </c>
       <c r="C524">
-        <v>29.928</v>
+        <v>2100.0</v>
       </c>
       <c r="D524" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>118</v>
+        <v>408</v>
       </c>
       <c r="B525" t="s">
-        <v>119</v>
+        <v>409</v>
       </c>
       <c r="C525">
-        <v>30.0</v>
+        <v>2196.0</v>
       </c>
       <c r="D525" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>126</v>
+        <v>412</v>
       </c>
       <c r="B526" t="s">
-        <v>127</v>
+        <v>413</v>
       </c>
       <c r="C526">
-        <v>30.876</v>
+        <v>2298.996</v>
       </c>
       <c r="D526" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>128</v>
+        <v>414</v>
       </c>
       <c r="B527" t="s">
-        <v>129</v>
+        <v>415</v>
       </c>
       <c r="C527">
-        <v>31.02</v>
+        <v>2340.0</v>
       </c>
       <c r="D527" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>130</v>
+        <v>416</v>
       </c>
       <c r="B528" t="s">
-        <v>131</v>
+        <v>417</v>
       </c>
       <c r="C528">
-        <v>32.568</v>
+        <v>2388.0</v>
       </c>
       <c r="D528" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>132</v>
+        <v>418</v>
       </c>
       <c r="B529" t="s">
-        <v>133</v>
+        <v>419</v>
       </c>
       <c r="C529">
-        <v>33.36</v>
+        <v>2628.0</v>
       </c>
       <c r="D529" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>134</v>
+        <v>420</v>
       </c>
       <c r="B530" t="s">
-        <v>135</v>
+        <v>421</v>
       </c>
       <c r="C530">
-        <v>33.444</v>
+        <v>2724.0</v>
       </c>
       <c r="D530" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>136</v>
+        <v>422</v>
       </c>
       <c r="B531" t="s">
-        <v>137</v>
+        <v>423</v>
       </c>
       <c r="C531">
-        <v>33.6</v>
+        <v>2758.992</v>
       </c>
       <c r="D531" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>138</v>
+        <v>424</v>
       </c>
       <c r="B532" t="s">
-        <v>139</v>
+        <v>425</v>
       </c>
       <c r="C532">
-        <v>33.816</v>
+        <v>2799.0</v>
       </c>
       <c r="D532" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>140</v>
+        <v>426</v>
       </c>
       <c r="B533" t="s">
-        <v>141</v>
+        <v>427</v>
       </c>
       <c r="C533">
-        <v>34.152</v>
+        <v>2979.336</v>
       </c>
       <c r="D533" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>148</v>
+        <v>428</v>
       </c>
       <c r="B534" t="s">
-        <v>149</v>
+        <v>429</v>
       </c>
       <c r="C534">
-        <v>34.992</v>
+        <v>3047.82</v>
       </c>
       <c r="D534" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>150</v>
+        <v>430</v>
       </c>
       <c r="B535" t="s">
-        <v>151</v>
+        <v>431</v>
       </c>
       <c r="C535">
-        <v>35.388</v>
+        <v>3365.124</v>
       </c>
       <c r="D535" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>156</v>
+        <v>432</v>
       </c>
       <c r="B536" t="s">
-        <v>157</v>
+        <v>433</v>
       </c>
       <c r="C536">
-        <v>36.0</v>
+        <v>3420.0</v>
       </c>
       <c r="D536" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>172</v>
+        <v>434</v>
       </c>
       <c r="B537" t="s">
-        <v>173</v>
+        <v>435</v>
       </c>
       <c r="C537">
-        <v>38.7</v>
+        <v>3462.132</v>
       </c>
       <c r="D537" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>174</v>
+        <v>436</v>
       </c>
       <c r="B538" t="s">
-        <v>175</v>
+        <v>437</v>
       </c>
       <c r="C538">
-        <v>38.7</v>
+        <v>3582.0</v>
       </c>
       <c r="D538" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>176</v>
+        <v>438</v>
       </c>
       <c r="B539" t="s">
-        <v>177</v>
+        <v>439</v>
       </c>
       <c r="C539">
-        <v>38.7</v>
+        <v>3740.652</v>
       </c>
       <c r="D539" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>184</v>
+        <v>440</v>
       </c>
       <c r="B540" t="s">
-        <v>185</v>
+        <v>441</v>
       </c>
       <c r="C540">
-        <v>39.876</v>
+        <v>3828.996</v>
       </c>
       <c r="D540" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>186</v>
+        <v>442</v>
       </c>
       <c r="B541" t="s">
-        <v>187</v>
+        <v>443</v>
       </c>
       <c r="C541">
-        <v>39.876</v>
+        <v>3837.024</v>
       </c>
       <c r="D541" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>190</v>
+        <v>444</v>
       </c>
       <c r="B542" t="s">
-        <v>191</v>
+        <v>445</v>
       </c>
       <c r="C542">
-        <v>40.632</v>
+        <v>4608.0</v>
       </c>
       <c r="D542" t="s">
-        <v>6</v>
+        <v>49</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>194</v>
+        <v>446</v>
       </c>
       <c r="B543" t="s">
-        <v>195</v>
+        <v>447</v>
       </c>
       <c r="C543">
-        <v>41.352</v>
+        <v>5739.0</v>
       </c>
       <c r="D543" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>200</v>
+        <v>448</v>
       </c>
       <c r="B544" t="s">
-        <v>201</v>
+        <v>449</v>
       </c>
       <c r="C544">
-        <v>42.0</v>
+        <v>8199.0</v>
       </c>
       <c r="D544" t="s">
-        <v>6</v>
-[...951 lines deleted...]
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D613"/>
+  <autoFilter ref="A1:D545"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>