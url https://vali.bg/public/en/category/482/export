--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -7,525 +7,564 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$545</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$452</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="450">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Rugged Tablet Protection Case 13.3''</t>
   </si>
   <si>
     <t>HSG-ACC-2G00K</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Sleeve HAMA "Piscine", 7", blue</t>
   </si>
   <si>
     <t>HAMA-173547</t>
   </si>
   <si>
     <t>Sleeve HAMA "Piscine", 7", turquoise</t>
   </si>
   <si>
     <t>HAMA-173549</t>
   </si>
   <si>
     <t>Delock Webcam Cover for Laptop, Tablet and Smartphone 3 pack</t>
   </si>
   <si>
     <t>DELOCK-20652</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets up to 17.8 cm (7"), black</t>
   </si>
   <si>
     <t>HAMA-173596</t>
   </si>
   <si>
+    <t>Notebook Combination Lock HAMA Light, 180 cm</t>
+  </si>
+  <si>
+    <t>HAMA-11788</t>
+  </si>
+  <si>
+    <t>Hama "Fold" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
+  </si>
+  <si>
+    <t>HAMA-216451</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-216510</t>
+  </si>
+  <si>
+    <t>Hama "Fold Clear" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
+  </si>
+  <si>
+    <t>HAMA-216452</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), lilac</t>
+  </si>
+  <si>
+    <t>HAMA-222031</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1")</t>
+  </si>
+  <si>
+    <t>HAMA-222035</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), turquoise</t>
+  </si>
+  <si>
+    <t>HAMA-222039</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216503</t>
+  </si>
+  <si>
+    <t>Notebook Sleeve HAMA "Neoprene", 11.6", Black</t>
+  </si>
+  <si>
+    <t>HAMA-216502</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-222033</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), coral</t>
+  </si>
+  <si>
+    <t>HAMA-222037</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 36 cm (14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216504</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216505</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222032</t>
+  </si>
+  <si>
+    <t>HAMA-222032</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222034</t>
+  </si>
+  <si>
+    <t>HAMA-222034</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222036</t>
+  </si>
+  <si>
+    <t>HAMA-222036</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222038</t>
+  </si>
+  <si>
+    <t>HAMA-222038</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222040</t>
+  </si>
+  <si>
+    <t>HAMA-222040</t>
+  </si>
+  <si>
+    <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
+  </si>
+  <si>
+    <t>HAMA-126817</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets up to 20.3 cm (8"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216426</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N114L-WDMI</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 44 cm (17.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216506</t>
+  </si>
+  <si>
+    <t>"Strap" Tablet Case for Tablets 9,5 - 11", HAMA-216431</t>
+  </si>
+  <si>
+    <t>HAMA-216431</t>
+  </si>
+  <si>
+    <t>Hama Universal Switchable Power Supply Unit, Adjustable, 300mA, 223611</t>
+  </si>
+  <si>
+    <t>HAMA-223611</t>
+  </si>
+  <si>
+    <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
+  </si>
+  <si>
+    <t>HAMA-126810</t>
+  </si>
+  <si>
+    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Black</t>
+  </si>
+  <si>
+    <t>HAMA-216429</t>
+  </si>
+  <si>
+    <t>Spare nibs PN04  - 10 pcs. for Digital pen HUION PW100/PW201</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN04</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-227053</t>
+  </si>
+  <si>
     <t>Notebook Combination Lock HAMA  54106, 100 cm</t>
   </si>
   <si>
     <t>HAMA-54106</t>
   </si>
   <si>
-    <t>on route</t>
-[...137 lines deleted...]
-    <t>HAMA-227053</t>
+    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), blue</t>
+  </si>
+  <si>
+    <t>HAMA-216430</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Backpack, 15.6", 217273</t>
+  </si>
+  <si>
+    <t>HAMA-217273</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Backpack, 15.6", black</t>
+  </si>
+  <si>
+    <t>HAMA-216597</t>
+  </si>
+  <si>
+    <t>ACT City laptop sleeve 13.3", black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8510</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216427</t>
+  </si>
+  <si>
+    <t>Artist glove HUION GL200 for graphic tablet</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GLOVES</t>
+  </si>
+  <si>
+    <t>Hama "Florence" Laptop Sleeve, up to 34 cm (13.3"), black/grey</t>
+  </si>
+  <si>
+    <t>HAMA-217113</t>
+  </si>
+  <si>
+    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-145</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), magenta</t>
+  </si>
+  <si>
+    <t>HAMA-227075</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Blue</t>
+  </si>
+  <si>
+    <t>HAMA-227074</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Orange</t>
+  </si>
+  <si>
+    <t>HAMA-227076</t>
+  </si>
+  <si>
+    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
+  </si>
+  <si>
+    <t>HAMA-126812</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8110</t>
+  </si>
+  <si>
+    <t>Cooler for NUC/BRIX Delta BSB05505HP-SM</t>
+  </si>
+  <si>
+    <t>DELTA-BSB05505HP</t>
+  </si>
+  <si>
+    <t>ACT Laptop shoulder bag 15 up to 16.1 inch</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8505</t>
+  </si>
+  <si>
+    <t>ACT Laptop Case City 14.1"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8515</t>
+  </si>
+  <si>
+    <t>Universal Switchable Power Supply Unit, Adjustable, 1000mA, 12W, HAMA-223613</t>
+  </si>
+  <si>
+    <t>HAMA-223613</t>
+  </si>
+  <si>
+    <t>MAXELL bag for laptop BX-SL41 Laptop sleeve 14,1" black</t>
+  </si>
+  <si>
+    <t>ML-BAG-BX-SL41</t>
+  </si>
+  <si>
+    <t>ACT Metro, laptop bag, 15.6 inch, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8550</t>
+  </si>
+  <si>
+    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8150</t>
   </si>
   <si>
     <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-231018</t>
   </si>
   <si>
-    <t>Hama "Neoprene" Laptop Sleeve, up to 44 cm (17.3"), black</t>
-[...142 lines deleted...]
-  <si>
     <t>ACT Laptop Case City 15.6"</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8520</t>
   </si>
   <si>
     <t>ACT Office shoulder laptop bag, 16.1", black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8500</t>
   </si>
   <si>
     <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126809</t>
   </si>
   <si>
     <t>Hama "Tortuga" Laptop Bag, up to 44 cm (17,3"), black</t>
   </si>
   <si>
     <t>HAMA-216443</t>
   </si>
   <si>
     <t>Hama "Fold" Tablet Case for Samsung Galaxy Tab S7/ S8 11", black</t>
   </si>
   <si>
     <t>HAMA-217169</t>
   </si>
   <si>
     <t>Hama "Montego" Laptop Bag, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-216440</t>
   </si>
   <si>
     <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-126808</t>
   </si>
   <si>
     <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8145</t>
   </si>
   <si>
-    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
-[...2 lines deleted...]
-    <t>EWENT-ACT-NOT-AC8150</t>
+    <t>Hama HaHaHa Feel Notebook Rucksack, up to 40 cm (15.6"), Red</t>
+  </si>
+  <si>
+    <t>HAMA-185672</t>
+  </si>
+  <si>
+    <t>Hama HaHaHa Live Notebook Rucksack, up to 40 cm (15.6"), Violets</t>
+  </si>
+  <si>
+    <t>HAMA-185671</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
+  </si>
+  <si>
+    <t>HAMA-126813</t>
+  </si>
+  <si>
+    <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
+  </si>
+  <si>
+    <t>J5-JUC400</t>
   </si>
   <si>
     <t>Hama "Bend 2.0" Tablet Case for Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
   </si>
   <si>
     <t>HAMA-222029</t>
   </si>
   <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), black</t>
+  </si>
+  <si>
+    <t>HAMA-231015</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), brown</t>
+  </si>
+  <si>
+    <t>HAMA-231017</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), beige</t>
+  </si>
+  <si>
+    <t>HAMA-231016</t>
+  </si>
+  <si>
     <t>ACT City Accessory Travel Organizer, 24 x 5.50 x 14 cm, 7 compartments, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8501</t>
   </si>
   <si>
     <t>Notebook Power Supply PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm   GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD25P-TOSH-19V-3.42A</t>
   </si>
   <si>
-    <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
-[...4 lines deleted...]
-  <si>
     <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8120</t>
   </si>
   <si>
     <t>Spare nibs PN05  - 10 pcs. for Digital pen HUION PW500/PW507</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN05</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N214A5UPAL</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
   </si>
   <si>
     <t>DP-N222-WPALFS</t>
   </si>
   <si>
-    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Xpand" Tablet Case for Tablets 28 - 33 cm (11 - 13"), black</t>
   </si>
   <si>
     <t>HAMA-227086</t>
   </si>
   <si>
     <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", black</t>
   </si>
   <si>
     <t>HAMA-217134</t>
   </si>
   <si>
-    <t>Hama "Fold" Tablet Case for Samsung Galaxy Tab A8 10.5", 217152</t>
-[...2 lines deleted...]
-    <t>HAMA-217152</t>
+    <t>Hama "Nice" Laptop Bag, up to 36 cm (14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216529</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
+  </si>
+  <si>
+    <t>HAMA-126811</t>
   </si>
   <si>
     <t>Notebook Power Supply AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110  GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD07AP-DELL-19.5V</t>
   </si>
   <si>
     <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", lilac</t>
   </si>
   <si>
     <t>HAMA-217136</t>
   </si>
   <si>
     <t>Spare nibs PN032 - 5 pcs. for Digital pen HUION PW320</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN032</t>
   </si>
   <si>
     <t>"Montego" Laptop Bag - 17.3" 216441</t>
   </si>
   <si>
     <t>HAMA-216441</t>
   </si>
@@ -538,206 +577,170 @@
   <si>
     <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
   </si>
   <si>
     <t>HAMA-217257</t>
   </si>
   <si>
     <t>Travel Adapter  FUJITSU ADAPTER AD13P 20V 4,5 A GREEN CELL</t>
   </si>
   <si>
     <t>GC-FUJITSU-ADAPTER-AD13P</t>
   </si>
   <si>
     <t>Android Mirror j5create JUC610, USB 2.0</t>
   </si>
   <si>
     <t>J5-JUC610</t>
   </si>
   <si>
     <t>ACT Urban, shoulder bag, 15.6 inch, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8525</t>
   </si>
   <si>
+    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-217256</t>
+  </si>
+  <si>
     <t>Hama "Velvet" Laptop Bag, from 34 - 36 cm (13.3"- 14.1"), sand</t>
   </si>
   <si>
     <t>HAMA-217258</t>
   </si>
   <si>
-    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), black</t>
-[...20 lines deleted...]
-    <t>HAMA-185671</t>
+    <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Power Del. (PD), 5-20V/45W</t>
+  </si>
+  <si>
+    <t>HAMA-200022</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), petrol blue</t>
+  </si>
+  <si>
+    <t>HAMA-217260</t>
   </si>
   <si>
     <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), black</t>
   </si>
   <si>
     <t>HAMA-217259</t>
   </si>
   <si>
-    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), petrol blue</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Tayrona" Laptop Bag, up to 36 cm (14.1"), dark grey</t>
   </si>
   <si>
     <t>HAMA-216545</t>
   </si>
   <si>
+    <t>External power adapter Inter Tech 60W, C14-Connector</t>
+  </si>
+  <si>
+    <t>INTER-TECH-PSU-60W</t>
+  </si>
+  <si>
+    <t>Hama "Nano" Laptop Lock, 4-digit Combination Lock, Carbon Steel, 126822</t>
+  </si>
+  <si>
+    <t>HAMA-126822</t>
+  </si>
+  <si>
     <t>Hama "Nice" Laptop Bag, up to 34 cm (13.3"), black</t>
   </si>
   <si>
     <t>HAMA-216528</t>
   </si>
   <si>
-    <t>Hama "Nano" Laptop Lock, 4-digit Combination Lock, Carbon Steel, 126822</t>
-[...10 lines deleted...]
-  <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
-    <t>AC Adapter за Asus Eee PC 19V 2.1A GREEN CELL</t>
-[...2 lines deleted...]
-    <t>GC-AD06P-ASUS-19V-2.1A</t>
+    <t>Hama "Extreme Protect" Laptop Sleeve, 34 - 36 cm (13.3"- 14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227055</t>
   </si>
   <si>
     <t>MAXELL BX200 Laptop Backpack, 16"</t>
   </si>
   <si>
     <t>ML-BAG-BX200</t>
   </si>
   <si>
-    <t>Hama "Nice" Laptop Bag, up to 36 cm (14.1"), black</t>
-[...16 lines deleted...]
-  <si>
     <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
   </si>
   <si>
     <t>HAMA-126806</t>
   </si>
   <si>
+    <t>Hama "Extreme Protect" Laptop Sleeve, 40 - 41 cm (15.6"- 16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227056</t>
+  </si>
+  <si>
+    <t>Hama Holder for Tablets, 7 - 12.9", HAMA-125123</t>
+  </si>
+  <si>
+    <t>HAMA-125123</t>
+  </si>
+  <si>
     <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
   </si>
   <si>
     <t>HAMA-126807</t>
   </si>
   <si>
-    <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Power Del. (PD), 5-20V/45W</t>
-[...10 lines deleted...]
-  <si>
     <t>ACT Wedge Laptop Lock with combination lock</t>
   </si>
   <si>
     <t>EWENT-ACT-LOCK-AC9035</t>
   </si>
   <si>
     <t>Hama "Ultra Lightweight" Laptop Backpack, up to 41 cm (16.2"), black</t>
   </si>
   <si>
     <t>HAMA-222056</t>
   </si>
   <si>
     <t>Hama "Ultra Lightweight" Laptop Backpack, up to 41 cm (16.2"), olive</t>
   </si>
   <si>
     <t>HAMA-222054</t>
   </si>
   <si>
     <t>Hama "Casual" Laptop Bag, from 34 to 36 cm (13.3" - 14.1"), Blue</t>
   </si>
   <si>
     <t>HAMA-222078</t>
   </si>
   <si>
-    <t>Hama "Extreme Protect" Laptop Sleeve, 34 - 36 cm (13.3"- 14.1"), black</t>
-[...4 lines deleted...]
-  <si>
     <t>AC Adapter AD123P for LENOVO, 20V, 2.1A GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD123P-LENOVO-20V</t>
   </si>
   <si>
     <t>Notebook Power Supply PRO Charger / AC Adapter 20V 4.5A 90W for Lenovo G500 G500s G510 Z51-70 IdeaPad Z510 Z710 ThinkPad T440s T460p T470p    GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD39AP-LENOVO-20V</t>
   </si>
   <si>
     <t>Hama "Protection 2.0" Laptop Hardcase from 40 to 41 cm (15.6" - 16.2"), blue</t>
   </si>
   <si>
     <t>HAMA-222081</t>
   </si>
   <si>
     <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"-16.2"), 222063</t>
   </si>
   <si>
     <t>HAMA-222063</t>
   </si>
   <si>
     <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"-16.2"), 222064</t>
@@ -754,548 +757,515 @@
   <si>
     <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"- 16.2"), 222066</t>
   </si>
   <si>
     <t>HAMA-222066</t>
   </si>
   <si>
     <t>Hama Wall Holder for Tablets from 7 – 11", 125121</t>
   </si>
   <si>
     <t>HAMA-125121</t>
   </si>
   <si>
     <t>"Terra" Laptop Bag - 15.6" HAMA-196601</t>
   </si>
   <si>
     <t>HAMA-196601</t>
   </si>
   <si>
     <t>Digital pen HUION PW100</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW100</t>
   </si>
   <si>
-    <t>Hama "Extreme Protect" Laptop Sleeve, 40 - 41 cm (15.6"- 16.2"), black</t>
-[...4 lines deleted...]
-  <si>
     <t>ACT LOCK AC9040, Wedge Laptop Lock with combination lock</t>
   </si>
   <si>
     <t>EWENT-ACT-LOCK-AC9040</t>
   </si>
   <si>
     <t>External power adapter Inter Tech 120W, C14-Connector</t>
   </si>
   <si>
     <t>INTER-TECH-PSU-120W</t>
   </si>
   <si>
     <t>Hama "Metal" Laptop Stand, 4-stage Tilt, Folding, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-126814</t>
   </si>
   <si>
     <t>Notebook Power Supply HP PRO Charger / AC Adapter 19V 3.42A 65W for Acer Aspire 5741G 5742 5742G E1-521 E1-531 E1-531G E1-570 E1-571 E1-571G   GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD01P-HP-19V-3.42A</t>
   </si>
   <si>
     <t>Notebook Power Supply HP PRO Charger / AC Adapter 19.5V 3.33A 65W for HP 250 G2 G3 G4 G5 15-R 15-R100NW 15-R101NW 15-R104NW 15-R233NW  4,5mm- 3,0mm GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD49P-HP-19V-3.33A</t>
   </si>
   <si>
     <t>Global Notebook Backpack 15.6" with USB Outlet</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8530</t>
   </si>
   <si>
-    <t>Hama Holder for Tablets, 7 - 12.9", HAMA-125123</t>
-[...4 lines deleted...]
-  <si>
     <t>ACT Move backpack for laptops up to 15.6" made from recycled plastic bottles</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8560</t>
   </si>
   <si>
     <t>j5create ULTRADRIVEMINIDOCK for Surface Pro 7</t>
   </si>
   <si>
     <t>J5-JCD324</t>
   </si>
   <si>
     <t>Digital pen HUION PW201</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW201</t>
   </si>
   <si>
+    <t>j5create 100W Super Charger</t>
+  </si>
+  <si>
+    <t>J5-JUP2290C-EN</t>
+  </si>
+  <si>
     <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-146</t>
   </si>
   <si>
+    <t>Hama "Premium Lightweight" Laptop Backpack, up to 41 cm (16.2"), dark blue</t>
+  </si>
+  <si>
+    <t>HAMA-222045</t>
+  </si>
+  <si>
+    <t>Hama "Premium Lightweight" Laptop Backpack, up to 41 cm (16.2"), beige</t>
+  </si>
+  <si>
+    <t>HAMA-222046</t>
+  </si>
+  <si>
     <t>Hama "Extreme Protect" Laptop Bag, Shockproof, 40 - 41 cm (15.6" -16.2"), 227051</t>
   </si>
   <si>
     <t>HAMA-227051</t>
   </si>
   <si>
-    <t>Hama "Premium Lightweight" Laptop Backpack, up to 41 cm (16.2"), dark blue</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Power Del. (PD), 5-20V/65W</t>
   </si>
   <si>
     <t>HAMA-200023</t>
   </si>
   <si>
-    <t>Urban Notebook Backpack 17.3 inch</t>
-[...4 lines deleted...]
-  <si>
     <t>Notebook Power Supply MICROSOFT Pro 3/4/5/6 PRO 1706 65W 15V 4A  Microsoft Surface Laptop, Pro, Book, Go  GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD135P-MICROSOFT</t>
   </si>
   <si>
-    <t>j5create 100W Super Charger</t>
-[...4 lines deleted...]
-  <si>
     <t>MAXELL BX350 ROLLUP Laptop Backpack, 16"</t>
   </si>
   <si>
     <t>ML-BAG-BX350</t>
   </si>
   <si>
+    <t>Hama "Perth" Laptop Backpack, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-216498</t>
+  </si>
+  <si>
     <t>j5create USB-C to 4K 60 Hz HDMI Travel Dock for iPad Pro</t>
   </si>
   <si>
     <t>J5-JCD612</t>
   </si>
   <si>
     <t>Digital pen HUION Scribo PW320</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW320</t>
   </si>
   <si>
-    <t>Silicon Power Boost SU20 7-in-1 docking station</t>
-[...8 lines deleted...]
-    <t>J5-JITP100</t>
+    <t>Power adapter MikroTik 48V2A96W High power 48V 2A 96W power supply with EU plug</t>
+  </si>
+  <si>
+    <t>MIKROTIK-48V2A96W</t>
   </si>
   <si>
     <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Pwr Del. (PD), 5-20V/100W</t>
   </si>
   <si>
     <t>HAMA-200024</t>
   </si>
   <si>
     <t>Universal Notebook Power Supply FSP NB C 100, 100W</t>
   </si>
   <si>
     <t>FORT-PS-NBC100</t>
   </si>
   <si>
+    <t>j5create JUP25102V Charger 220V- GaN 102W USB-C 2ports- for laptops, tablets, phones</t>
+  </si>
+  <si>
+    <t>J5-JUP25102V</t>
+  </si>
+  <si>
+    <t>Hama "Connect2Mobile V2" USB-C Hub, Multiport, 7 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200143</t>
+  </si>
+  <si>
     <t>Laptop Stand Rain Design mStand, Black</t>
   </si>
   <si>
     <t>RD-10075</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Midnight</t>
   </si>
   <si>
     <t>RD-10090</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design mStand, Starlight</t>
   </si>
   <si>
     <t>RD-10092</t>
   </si>
   <si>
     <t>Hama "Extreme Protect" Laptop Backpack, Shockproof, up to 41 cm (16.2"), black</t>
   </si>
   <si>
     <t>HAMA-227052</t>
   </si>
   <si>
-    <t>Hama "Connect2Mobile V2" USB-C Hub, Multiport, 7 Ports</t>
-[...4 lines deleted...]
-  <si>
     <t>Huion HB186S Bluetooth 5.1 Wireless Keyboard</t>
   </si>
   <si>
     <t>HUION-TAB-HB186S</t>
   </si>
   <si>
-    <t>j5create JUP25102V Charger 220V- GaN 102W USB-C 2ports- for laptops, tablets, phones</t>
-[...4 lines deleted...]
-  <si>
     <t>Digital pen HUION PW517</t>
   </si>
   <si>
     <t>HUION-TAB-PEN-PW517</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Black</t>
   </si>
   <si>
     <t>RD-10076</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Midnight</t>
   </si>
   <si>
     <t>RD-10091</t>
   </si>
   <si>
     <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Starlight</t>
   </si>
   <si>
     <t>RD-10093</t>
   </si>
   <si>
     <t>Delock Docking Station for MacBook Pro / MacBook Air Thunderbolt™ 4 with 5K Resolution / 100 W PD / 10 Gbps Hub / LAN / Audio</t>
   </si>
   <si>
     <t>DELOCK-87757</t>
   </si>
   <si>
     <t>Notebook Power Supply PRO Charger / AC Adapter 20V 8.5A 170W for Lenovo Legion 5-15 15ARH05 15IMH05 17IMH05 Y530-15 Y540-15IRH Y540-17 Y720    GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD117P-LENOVO-20V</t>
   </si>
   <si>
-    <t>j5create Laptop Stand with USB 4-Port Hub</t>
-[...4 lines deleted...]
-  <si>
     <t>Huion Keydial Mini K20 Digital Keypad for Graphic Tablet</t>
   </si>
   <si>
     <t>HUION-TAB-K20</t>
   </si>
   <si>
+    <t>Graphic  Tablet HUION Inspiroy Frego S L310, Bluetooth</t>
+  </si>
+  <si>
+    <t>HUION-TAB-L310</t>
+  </si>
+  <si>
     <t>Stand for iMac Rain Design mBase 24" for iMAC PC</t>
   </si>
   <si>
     <t>RD-10046</t>
   </si>
   <si>
-    <t>j5create 4K60 Elite USB-C 10Gbps Travel Dock</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock USB 10 Gbps USB Type-C Docking Station, 4 x USB Type-C, USB Type-C PD 85 W</t>
   </si>
   <si>
     <t>DELOCK-64235</t>
   </si>
   <si>
-    <t>4K60 Elite USB-C PD Multi-Port Adapter</t>
-[...8 lines deleted...]
-    <t>HUION-TAB-L310</t>
+    <t>Hama "Connect2Office Basic V2" USB-C Docking Station, 9 in 1, 200145</t>
+  </si>
+  <si>
+    <t>HAMA-200145</t>
+  </si>
+  <si>
+    <t>j5create USB-C Dual HDMI Docking Station</t>
+  </si>
+  <si>
+    <t>J5-JCD542</t>
+  </si>
+  <si>
+    <t>call</t>
   </si>
   <si>
     <t>Dell Pro 7-in-1 USB-C Travel Hub - DA310</t>
   </si>
   <si>
     <t>DELL-D3100</t>
   </si>
   <si>
     <t>ATEN Docking 11-in-1 USB-C Multiport Dock + Power Pass-Through, 2 x HDMI, LAN, 3.5mm, USB-C, SD Card, microSD, 3 x USB 3.2</t>
   </si>
   <si>
     <t>ATEN-UH3240-AT</t>
   </si>
   <si>
     <t>Graphic Tablet HUION Inspiroy Frego М L610, Bluetooth</t>
   </si>
   <si>
     <t>HUION-TAB-L610</t>
   </si>
   <si>
     <t>ReMarkable Paper Pro Marker Basic Pen</t>
   </si>
   <si>
     <t>REM-PAPERPRO-PEN</t>
   </si>
   <si>
     <t>Hama "Connect2Office Speed" USB4 Docking Station, USB-C, PD, 40 Gbit/s, 10 Ports</t>
   </si>
   <si>
     <t>HAMA-200200</t>
   </si>
   <si>
-    <t>Samsung Galaxy Tab S6 Lite 2024 Wi-Fi, SM-P620</t>
-[...4 lines deleted...]
-  <si>
     <t>WACOM Graphics tablet Intuos Pro pen small</t>
   </si>
   <si>
     <t>WACOM-TAB-PTH-470K0B</t>
   </si>
   <si>
+    <t>WACOM Graphics display tablet One pen display 14.0"</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-DTC141W0</t>
+  </si>
+  <si>
     <t>WACOM Graphics Display Tablet Intuos Pro pen Medium</t>
   </si>
   <si>
     <t>WACOM-TAB-PTK670K0B</t>
   </si>
   <si>
     <t>Laptop Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
   </si>
   <si>
     <t>DELL-NOT-15250-i3-8-512</t>
   </si>
   <si>
     <t>Apple Magic Keyboard for iPad Pro 13-inch (M4) - Bulgarian - Black</t>
   </si>
   <si>
     <t>APPLE-MWR53BGA</t>
   </si>
   <si>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
+  </si>
+  <si>
     <t>HUION /Huiyan/ Graphic display tablet Kamvas 16 GEN3 /without stand/, GS1563</t>
   </si>
   <si>
     <t>HUION-TAB-GS1563</t>
   </si>
   <si>
-    <t>Laptop Dell 15 DC15250, Intel Core i5-1334U (10C, up to 4.60GHz), 15.6" FHD (1920x1080) 120Hz AG, 16GB DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi6, BT</t>
-[...4 lines deleted...]
-  <si>
     <t>Universal charging cabinet for up to 12 tablets Estillo IP-2312 for wall mounting or freestanding, 12 x USB-C ports</t>
   </si>
   <si>
     <t>EST-CHARG-IP2312</t>
   </si>
   <si>
-    <t>Notebook Acer Extensa EX215-57-34WY - 15.6" FHD IPS, Intel Core i3-1315U, 16GB DDR5, 512GB SSD, Free DOS</t>
-[...2 lines deleted...]
-    <t>ACER-NOT-EX215-57-34WY</t>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
   </si>
   <si>
     <t>Universal charging cabinet for up to 16 tablets Estillo IP-2316 for wall mounting or freestanding, 16 x USB-C ports</t>
   </si>
   <si>
     <t>EST-CHARG-IP2316</t>
   </si>
   <si>
+    <t>Tablet Apple Ipad 11-inch A16 128GB Silver WiFi</t>
+  </si>
+  <si>
+    <t>APPLE-IPAD-A16-128G</t>
+  </si>
+  <si>
     <t>Laptop Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
   </si>
   <si>
     <t>LEN-NOT-82XM00QHRM</t>
   </si>
   <si>
-    <t>WACOM Graphic display tablet One 13 TOUCH Pen Display, 13.3" Full HD 1920 x 1080</t>
-[...10 lines deleted...]
-  <si>
     <t>Notebook ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10N2-M02NB0</t>
   </si>
   <si>
     <t>Notebook Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M01JF0</t>
   </si>
   <si>
     <t>Notebook Asus Vivobook M1502YA-BQ086</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M00SA0</t>
   </si>
   <si>
-    <t>Notebook Acer Extensa EX215-57-76DN - 15.6" FHD IPS, Intel Core i7-13620H, 16GB DDR5, 512GB SSD, Free DOS</t>
-[...2 lines deleted...]
-    <t>ACER-NOT-EX215-57-76DN</t>
+    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
   </si>
   <si>
     <t>Notebook ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10J2-M02UM0</t>
   </si>
   <si>
-    <t>Notebook Acer Aspire 5 A515-58P - 15.6" FHD IPS, Intel Core i5-1335U, 16GB LPDDR5 RAM, 512GB SSD, Windows 11 Home</t>
-[...4 lines deleted...]
-  <si>
     <t>Notebook ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10J1-M01K90</t>
   </si>
   <si>
     <t>WACOM Graphic Display Tablet Cintiq 16" DTK168</t>
   </si>
   <si>
     <t>WACOM-TAB-DTK168K0B</t>
   </si>
   <si>
     <t>WACOM Graphics display tablet Movink 13 pen touch</t>
   </si>
   <si>
     <t>WACOM-TAB-DTH135K0B</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 CMH - 16" IPS WUXGA 165Hz, Intel Core i5-13420H, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 4050 6GB GDDR6, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-CMHH2EE893SD</t>
   </si>
   <si>
     <t>HUION /Huiyan/ Graphics Display Tablet Kamvas Pro 16 4K GT1562</t>
   </si>
   <si>
     <t>HUION-TAB-GT1562</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 CMH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 4050 6GB GDDR6, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-CMHI2EE894SD</t>
   </si>
   <si>
     <t>Notebook ASUS TUF GAMING F16 FX607VU-RL048 - 16" Full HD+ IPS 144Hz, Intel Core 5 210H, 16gb DDR5, RTX 4050 6GB</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0N06-M006H0</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE GAMING A16 CTH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
-[...4 lines deleted...]
-  <si>
     <t>Notebook GIGABYTE GAMING A16 CTH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TBB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-CTHI3EE894SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3THK3EE893SD</t>
   </si>
   <si>
     <t>Notebook ASUS TUF GAMING A15 2023 - FA507NUR-LP080</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0JP5-M00830</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3THK3EE894SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 CVH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-CVHI3EE894SD</t>
   </si>
   <si>
+    <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A16-3VHK3EE893SD</t>
+  </si>
+  <si>
     <t>Notebook ASUS TUF Gaming F16 2025 FX608JH-RV010 - 16" IPS FullHD+, Intel i5-13450HX, 16GB DDR5, 512GB SSD, RTX 5050 8GB GDD7</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0MH1-M002P0</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3VH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3VHK3EE894SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A18 3TH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3THK3EEC93SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A18 3VH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3VHK3EEC94SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 CWH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
@@ -1306,60 +1276,60 @@
   <si>
     <t>Notebook GIGABYTE AERO X16 1TH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5050, Win 11 Home - Space Grey</t>
   </si>
   <si>
     <t>GA-NOT-AERO-1TH93EEC94AH</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 3WH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3WHK3EE894SD</t>
   </si>
   <si>
     <t>Apple MacBook AIR 15" M4 10C CPU, 10C GPU, 16GB, 256GB-ZEE, SKY BLUE</t>
   </si>
   <si>
     <t>APPLE-MC7A4ZEA</t>
   </si>
   <si>
     <t>Tablet Apple iPad Pro 11-inch (M4), Wi-Fi, 256GB, Standart Glass, gray</t>
   </si>
   <si>
     <t>APPLE-MVV93HCA</t>
   </si>
   <si>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94DH</t>
+  </si>
+  <si>
     <t>Apple MacBook 13.6", M4 10C CPU, 10C GPU, 24GB, 512GB-ZEE, MIDNIGHT</t>
   </si>
   <si>
     <t>APPLE-MC6C4ZEA</t>
-  </si>
-[...4 lines deleted...]
-    <t>GA-NOT-AEROX16-93EEC94DH</t>
   </si>
   <si>
     <t>Apple MacBook AIR 15", M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE, STARLIGHT</t>
   </si>
   <si>
     <t>APPLE-MW1K3ZEA</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 PRO DXH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5070 TI 12GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16PRO-HG4EECC4SD</t>
   </si>
   <si>
     <t>Apple 13-inch iPad Pro (M4) WiFi 256GB with Standard glass - space black</t>
   </si>
   <si>
     <t>APPLE-MVXR3HCA</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AERO X16 2WHA3EEC64AH - 16" inch IPS 165Hz,  AMD Ryzen Al 9 HX 370, 2x16GB DDR5, 1TB SSD Gen4, RTX 5070, Win 11 Home  - Space Gray</t>
   </si>
   <si>
     <t>GA-NOT-AEROX16-3EEC64AH</t>
   </si>
@@ -1711,60 +1681,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D545"/>
+  <dimension ref="A1:D452"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -1817,7576 +1787,6274 @@
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>10.8</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>13.068</v>
+        <v>14.136</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>14.136</v>
+        <v>15.876</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>15.876</v>
+        <v>17.208</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>17.208</v>
+        <v>17.592</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>17.592</v>
+        <v>17.724</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>17.664</v>
+        <v>17.784</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
         <v>28</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>17.724</v>
+        <v>17.82</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>17.724</v>
+        <v>17.868</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>17.82</v>
+        <v>18.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>17.868</v>
+        <v>18.036</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>17.868</v>
+        <v>18.036</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C18">
         <v>18.3</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>19.152</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>19.992</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21">
         <v>19.992</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>19.992</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
         <v>19.992</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
         <v>19.992</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
+        <v>53</v>
+      </c>
+      <c r="C25">
+        <v>21.084</v>
+      </c>
+      <c r="D25" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>21.084</v>
+        <v>21.54</v>
       </c>
       <c r="D26" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>21.54</v>
+        <v>21.6</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>21.6</v>
+        <v>22.14</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>21.996</v>
+        <v>22.212</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>21.996</v>
+        <v>22.332</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>22.14</v>
+        <v>22.584</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>22.212</v>
+        <v>22.608</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>22.332</v>
+        <v>22.776</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>22.584</v>
+        <v>22.8</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>22.608</v>
+        <v>22.872</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>22.776</v>
+        <v>22.992</v>
       </c>
       <c r="D36" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>22.992</v>
+        <v>23.496</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>23.496</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>23.496</v>
+        <v>24.444</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>24.444</v>
+        <v>24.528</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>24.528</v>
+        <v>24.6</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>24.6</v>
+        <v>24.636</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>24.636</v>
+        <v>24.996</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>25.38</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>25.38</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>25.728</v>
+        <v>25.68</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>25.932</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C48">
         <v>26.184</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C49">
         <v>27.0</v>
       </c>
       <c r="D49" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C50">
         <v>27.192</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C51">
         <v>27.42</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C52">
         <v>27.6</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>27.636</v>
+        <v>27.6</v>
       </c>
       <c r="D53" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C54">
         <v>28.164</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>28.98</v>
+        <v>28.8</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>29.928</v>
+        <v>28.8</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>30.0</v>
+        <v>28.98</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>30.24</v>
+        <v>29.928</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>30.348</v>
+        <v>30.0</v>
       </c>
       <c r="D59" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>30.468</v>
+        <v>30.24</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>30.876</v>
+        <v>30.348</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>31.02</v>
+        <v>30.468</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>32.568</v>
+        <v>30.876</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>33.36</v>
+        <v>31.02</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>33.444</v>
+        <v>31.2</v>
       </c>
       <c r="D65" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>33.6</v>
+        <v>31.2</v>
       </c>
       <c r="D66" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>33.816</v>
+        <v>31.2</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>34.152</v>
+        <v>32.4</v>
       </c>
       <c r="D68" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>34.728</v>
+        <v>33.36</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>34.8</v>
+        <v>33.36</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>34.992</v>
+        <v>33.36</v>
       </c>
       <c r="D71" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>34.992</v>
+        <v>33.36</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>35.388</v>
+        <v>33.444</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>35.832</v>
+        <v>33.6</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>35.94</v>
+        <v>34.152</v>
       </c>
       <c r="D75" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>36.0</v>
+        <v>34.728</v>
       </c>
       <c r="D76" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>36.024</v>
+        <v>34.8</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>37.02</v>
+        <v>34.992</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>37.92</v>
+        <v>35.388</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>38.16</v>
+        <v>35.832</v>
       </c>
       <c r="D80" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>38.328</v>
+        <v>36.0</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D82" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>38.508</v>
+        <v>36.0</v>
       </c>
       <c r="D83" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>38.604</v>
+        <v>36.024</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>38.676</v>
+        <v>37.02</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>38.7</v>
+        <v>37.92</v>
       </c>
       <c r="D86" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>39.192</v>
+        <v>38.16</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>39.336</v>
+        <v>38.328</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>39.336</v>
+        <v>38.4</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>39.876</v>
+        <v>38.508</v>
       </c>
       <c r="D90" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>39.876</v>
+        <v>38.604</v>
       </c>
       <c r="D91" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>40.236</v>
+        <v>38.604</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>40.524</v>
+        <v>38.676</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>40.632</v>
+        <v>39.6</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>41.172</v>
+        <v>39.78</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>41.7</v>
+        <v>40.008</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>42.0</v>
+        <v>40.236</v>
       </c>
       <c r="D97" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>42.0</v>
+        <v>40.368</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>42.828</v>
+        <v>40.632</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>43.092</v>
+        <v>41.088</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>43.284</v>
+        <v>41.7</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
+        <v>19</v>
+      </c>
+      <c r="B102" t="s">
         <v>20</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102">
-        <v>15.876</v>
+        <v>17.208</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B103" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C103">
-        <v>17.208</v>
+        <v>17.724</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B104" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C104">
-        <v>17.592</v>
+        <v>17.784</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B105" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C105">
-        <v>17.664</v>
+        <v>17.82</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B106" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C106">
-        <v>17.724</v>
+        <v>18.036</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B107" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C107">
-        <v>17.724</v>
+        <v>18.036</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B108" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C108">
-        <v>17.82</v>
+        <v>19.992</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="B109" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="C109">
-        <v>17.868</v>
+        <v>19.992</v>
       </c>
       <c r="D109" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B110" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C110">
         <v>19.992</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B111" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C111">
         <v>19.992</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B112" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C112">
         <v>19.992</v>
       </c>
       <c r="D112" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B113" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C113">
-        <v>19.992</v>
+        <v>21.084</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="B114" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="C114">
-        <v>19.992</v>
+        <v>22.212</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B115" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C115">
-        <v>21.084</v>
+        <v>22.332</v>
       </c>
       <c r="D115" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B116" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C116">
-        <v>21.996</v>
+        <v>22.584</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B117" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C117">
-        <v>21.996</v>
+        <v>22.8</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="B118" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="C118">
-        <v>22.212</v>
+        <v>23.496</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B119" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="C119">
-        <v>22.332</v>
+        <v>23.496</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B120" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="C120">
-        <v>22.584</v>
+        <v>24.444</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="B121" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="C121">
-        <v>23.496</v>
+        <v>24.996</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="B122" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="C122">
-        <v>23.496</v>
+        <v>25.38</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B123" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C123">
-        <v>24.444</v>
+        <v>25.38</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B124" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C124">
-        <v>25.38</v>
+        <v>25.68</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B125" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C125">
-        <v>25.38</v>
+        <v>25.932</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B126" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C126">
-        <v>25.728</v>
+        <v>26.184</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B127" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C127">
-        <v>25.932</v>
+        <v>27.192</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B128" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C128">
-        <v>26.184</v>
+        <v>27.42</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B129" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C129">
-        <v>27.0</v>
+        <v>27.6</v>
       </c>
       <c r="D129" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B130" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C130">
-        <v>27.192</v>
+        <v>27.6</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B131" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C131">
-        <v>27.42</v>
+        <v>28.164</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B132" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C132">
-        <v>27.6</v>
+        <v>28.8</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="B133" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="C133">
-        <v>27.636</v>
+        <v>28.8</v>
       </c>
       <c r="D133" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B134" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C134">
-        <v>28.164</v>
+        <v>28.98</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B135" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C135">
-        <v>28.98</v>
+        <v>29.928</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B136" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C136">
-        <v>29.928</v>
+        <v>30.0</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="B137" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="C137">
-        <v>30.0</v>
+        <v>30.876</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B138" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C138">
-        <v>30.348</v>
+        <v>31.02</v>
       </c>
       <c r="D138" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="B139" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="C139">
-        <v>30.876</v>
+        <v>31.2</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="B140" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="C140">
-        <v>31.02</v>
+        <v>33.36</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="B141" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="C141">
-        <v>32.568</v>
+        <v>33.36</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="B142" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="C142">
         <v>33.36</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="B143" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="C143">
-        <v>33.444</v>
+        <v>33.36</v>
       </c>
       <c r="D143" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="B144" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="C144">
-        <v>33.6</v>
+        <v>33.444</v>
       </c>
       <c r="D144" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="B145" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="C145">
-        <v>33.816</v>
+        <v>33.6</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
       <c r="B146" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="C146">
         <v>34.152</v>
       </c>
       <c r="D146" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="B147" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="C147">
-        <v>34.992</v>
+        <v>35.388</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>150</v>
+        <v>167</v>
       </c>
       <c r="B148" t="s">
-        <v>151</v>
+        <v>168</v>
       </c>
       <c r="C148">
-        <v>35.388</v>
+        <v>36.0</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>152</v>
+        <v>169</v>
       </c>
       <c r="B149" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
       <c r="C149">
-        <v>35.832</v>
+        <v>36.0</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="B150" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="C150">
-        <v>35.94</v>
+        <v>37.02</v>
       </c>
       <c r="D150" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="B151" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="C151">
-        <v>36.0</v>
+        <v>37.92</v>
       </c>
       <c r="D151" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="B152" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="C152">
-        <v>36.024</v>
+        <v>38.16</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="B153" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="C153">
-        <v>37.02</v>
+        <v>38.328</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>162</v>
+        <v>185</v>
       </c>
       <c r="B154" t="s">
-        <v>163</v>
+        <v>186</v>
       </c>
       <c r="C154">
-        <v>37.92</v>
+        <v>38.604</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>164</v>
+        <v>187</v>
       </c>
       <c r="B155" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="C155">
-        <v>38.16</v>
+        <v>38.604</v>
       </c>
       <c r="D155" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="B156" t="s">
-        <v>167</v>
+        <v>190</v>
       </c>
       <c r="C156">
-        <v>38.328</v>
+        <v>38.676</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>172</v>
+        <v>191</v>
       </c>
       <c r="B157" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="C157">
-        <v>38.604</v>
+        <v>39.6</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="B158" t="s">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="C158">
-        <v>38.676</v>
+        <v>39.78</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="B159" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="C159">
-        <v>38.7</v>
+        <v>40.008</v>
       </c>
       <c r="D159" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="B160" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="C160">
-        <v>39.876</v>
+        <v>40.368</v>
       </c>
       <c r="D160" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="B161" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="C161">
-        <v>39.876</v>
+        <v>40.632</v>
       </c>
       <c r="D161" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="B162" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="C162">
-        <v>40.632</v>
+        <v>42.0</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="B163" t="s">
-        <v>195</v>
+        <v>210</v>
       </c>
       <c r="C163">
-        <v>41.172</v>
+        <v>42.0</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="B164" t="s">
-        <v>197</v>
+        <v>212</v>
       </c>
       <c r="C164">
-        <v>41.7</v>
+        <v>43.284</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>200</v>
+        <v>213</v>
       </c>
       <c r="B165" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="C165">
-        <v>42.0</v>
+        <v>44.4</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="B166" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="C166">
-        <v>43.284</v>
+        <v>45.6</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="B167" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="C167">
         <v>45.684</v>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="B168" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="C168">
-        <v>45.876</v>
+        <v>46.068</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="B169" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="C169">
-        <v>45.9</v>
+        <v>46.38</v>
       </c>
       <c r="D169" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="B170" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="C170">
-        <v>46.068</v>
+        <v>46.524</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="B171" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="C171">
-        <v>46.38</v>
+        <v>46.752</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="B172" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="C172">
-        <v>46.524</v>
+        <v>48.0</v>
       </c>
       <c r="D172" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="B173" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="C173">
-        <v>46.752</v>
+        <v>48.0</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="B174" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C174">
-        <v>47.316</v>
+        <v>49.02</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="B175" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="C175">
-        <v>48.0</v>
+        <v>49.452</v>
       </c>
       <c r="D175" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B176" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="C176">
-        <v>48.0</v>
+        <v>49.452</v>
       </c>
       <c r="D176" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="B177" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C177">
-        <v>49.02</v>
+        <v>49.452</v>
       </c>
       <c r="D177" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="B178" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="C178">
         <v>49.452</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="B179" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="C179">
-        <v>49.452</v>
+        <v>49.98</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="B180" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="C180">
-        <v>49.452</v>
+        <v>50.016</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="B181" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C181">
-        <v>49.452</v>
+        <v>50.172</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="B182" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="C182">
-        <v>49.824</v>
+        <v>50.988</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="B183" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="C183">
-        <v>50.016</v>
+        <v>53.412</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B184" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C184">
-        <v>50.172</v>
+        <v>53.64</v>
       </c>
       <c r="D184" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="B185" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C185">
-        <v>50.952</v>
+        <v>54.0</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B186" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C186">
-        <v>50.988</v>
+        <v>54.0</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B187" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C187">
-        <v>53.412</v>
+        <v>54.252</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B188" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C188">
-        <v>53.64</v>
+        <v>54.648</v>
       </c>
       <c r="D188" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B189" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="C189">
-        <v>54.0</v>
+        <v>56.4</v>
       </c>
       <c r="D189" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B190" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C190">
-        <v>54.0</v>
+        <v>58.404</v>
       </c>
       <c r="D190" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B191" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="C191">
-        <v>54.252</v>
+        <v>58.8</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="B192" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C192">
-        <v>54.372</v>
+        <v>58.992</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B193" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C193">
-        <v>54.648</v>
+        <v>60.228</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="B194" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="C194">
-        <v>56.4</v>
+        <v>60.228</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B195" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C195">
-        <v>58.404</v>
+        <v>60.72</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="B196" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="C196">
-        <v>58.992</v>
+        <v>61.548</v>
       </c>
       <c r="D196" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B197" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="C197">
-        <v>60.156</v>
+        <v>62.4</v>
       </c>
       <c r="D197" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="B198" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="C198">
-        <v>60.228</v>
+        <v>66.0</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="B199" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="C199">
-        <v>60.228</v>
+        <v>70.8</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B200" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C200">
-        <v>61.548</v>
+        <v>72.0</v>
       </c>
       <c r="D200" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B201" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C201">
-        <v>61.728</v>
+        <v>72.24</v>
       </c>
       <c r="D201" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B202" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C202">
-        <v>17.208</v>
+        <v>17.724</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
+        <v>25</v>
+      </c>
+      <c r="B203" t="s">
         <v>26</v>
       </c>
-      <c r="B203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C203">
-        <v>17.664</v>
+        <v>17.784</v>
       </c>
       <c r="D203" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
+        <v>27</v>
+      </c>
+      <c r="B204" t="s">
         <v>28</v>
       </c>
-      <c r="B204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204">
-        <v>17.724</v>
+        <v>17.82</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B205" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C205">
-        <v>17.724</v>
+        <v>18.036</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B206" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C206">
-        <v>17.82</v>
+        <v>18.036</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B207" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C207">
-        <v>17.868</v>
+        <v>19.992</v>
       </c>
       <c r="D207" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B208" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C208">
         <v>19.992</v>
       </c>
       <c r="D208" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B209" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C209">
         <v>19.992</v>
       </c>
       <c r="D209" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B210" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C210">
         <v>19.992</v>
       </c>
       <c r="D210" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>50</v>
       </c>
       <c r="B211" t="s">
         <v>51</v>
       </c>
       <c r="C211">
         <v>19.992</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>52</v>
       </c>
       <c r="B212" t="s">
         <v>53</v>
       </c>
       <c r="C212">
-        <v>19.992</v>
+        <v>21.084</v>
       </c>
       <c r="D212" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B213" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="C213">
-        <v>21.084</v>
+        <v>22.584</v>
       </c>
       <c r="D213" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="B214" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="C214">
-        <v>21.996</v>
+        <v>22.8</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="B215" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="C215">
-        <v>21.996</v>
+        <v>23.496</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="B216" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="C216">
-        <v>22.212</v>
+        <v>24.444</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="B217" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="C217">
-        <v>22.332</v>
+        <v>24.996</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="B218" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="C218">
-        <v>22.584</v>
+        <v>25.38</v>
       </c>
       <c r="D218" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="B219" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="C219">
-        <v>23.496</v>
+        <v>25.38</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B220" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="C220">
-        <v>23.496</v>
+        <v>25.68</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="B221" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="C221">
-        <v>24.444</v>
+        <v>25.932</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="B222" t="s">
-        <v>93</v>
+        <v>106</v>
       </c>
       <c r="C222">
-        <v>25.38</v>
+        <v>27.42</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="B223" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="C223">
-        <v>25.38</v>
+        <v>27.6</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="B224" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="C224">
-        <v>25.728</v>
+        <v>28.8</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="B225" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="C225">
-        <v>25.932</v>
+        <v>28.8</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="B226" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="C226">
-        <v>26.184</v>
+        <v>28.98</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="B227" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="C227">
-        <v>27.192</v>
+        <v>29.928</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="B228" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C228">
-        <v>27.42</v>
+        <v>30.0</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="B229" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="C229">
-        <v>27.6</v>
+        <v>30.876</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="B230" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="C230">
-        <v>27.636</v>
+        <v>31.02</v>
       </c>
       <c r="D230" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="B231" t="s">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="C231">
-        <v>28.164</v>
+        <v>31.2</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>114</v>
+        <v>141</v>
       </c>
       <c r="B232" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="C232">
-        <v>28.98</v>
+        <v>33.36</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="B233" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="C233">
-        <v>29.928</v>
+        <v>33.36</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>118</v>
+        <v>145</v>
       </c>
       <c r="B234" t="s">
-        <v>119</v>
+        <v>146</v>
       </c>
       <c r="C234">
-        <v>30.0</v>
+        <v>33.36</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="B235" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="C235">
-        <v>30.876</v>
+        <v>33.36</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="B236" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="C236">
-        <v>31.02</v>
+        <v>33.444</v>
       </c>
       <c r="D236" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
       <c r="B237" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="C237">
-        <v>32.568</v>
+        <v>33.6</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="B238" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="C238">
-        <v>33.36</v>
+        <v>34.152</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>134</v>
+        <v>161</v>
       </c>
       <c r="B239" t="s">
-        <v>135</v>
+        <v>162</v>
       </c>
       <c r="C239">
-        <v>33.444</v>
+        <v>35.388</v>
       </c>
       <c r="D239" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>136</v>
+        <v>167</v>
       </c>
       <c r="B240" t="s">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="C240">
-        <v>33.6</v>
+        <v>36.0</v>
       </c>
       <c r="D240" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>138</v>
+        <v>169</v>
       </c>
       <c r="B241" t="s">
-        <v>139</v>
+        <v>170</v>
       </c>
       <c r="C241">
-        <v>33.816</v>
+        <v>36.0</v>
       </c>
       <c r="D241" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>140</v>
+        <v>179</v>
       </c>
       <c r="B242" t="s">
-        <v>141</v>
+        <v>180</v>
       </c>
       <c r="C242">
-        <v>34.152</v>
+        <v>38.328</v>
       </c>
       <c r="D242" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>148</v>
+        <v>187</v>
       </c>
       <c r="B243" t="s">
-        <v>149</v>
+        <v>188</v>
       </c>
       <c r="C243">
-        <v>34.992</v>
+        <v>38.604</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>150</v>
+        <v>189</v>
       </c>
       <c r="B244" t="s">
-        <v>151</v>
+        <v>190</v>
       </c>
       <c r="C244">
-        <v>35.388</v>
+        <v>38.676</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>154</v>
+        <v>191</v>
       </c>
       <c r="B245" t="s">
-        <v>155</v>
+        <v>192</v>
       </c>
       <c r="C245">
-        <v>35.94</v>
+        <v>39.6</v>
       </c>
       <c r="D245" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>156</v>
+        <v>193</v>
       </c>
       <c r="B246" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="C246">
-        <v>36.0</v>
+        <v>39.78</v>
       </c>
       <c r="D246" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="B247" t="s">
-        <v>161</v>
+        <v>196</v>
       </c>
       <c r="C247">
-        <v>37.02</v>
+        <v>40.008</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>162</v>
+        <v>201</v>
       </c>
       <c r="B248" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="C248">
-        <v>37.92</v>
+        <v>40.632</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>164</v>
+        <v>207</v>
       </c>
       <c r="B249" t="s">
-        <v>165</v>
+        <v>208</v>
       </c>
       <c r="C249">
-        <v>38.16</v>
+        <v>42.0</v>
       </c>
       <c r="D249" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>166</v>
+        <v>209</v>
       </c>
       <c r="B250" t="s">
-        <v>167</v>
+        <v>210</v>
       </c>
       <c r="C250">
-        <v>38.328</v>
+        <v>42.0</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>172</v>
+        <v>211</v>
       </c>
       <c r="B251" t="s">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="C251">
-        <v>38.604</v>
+        <v>43.284</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="B252" t="s">
-        <v>175</v>
+        <v>214</v>
       </c>
       <c r="C252">
-        <v>38.676</v>
+        <v>44.4</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>176</v>
+        <v>217</v>
       </c>
       <c r="B253" t="s">
-        <v>177</v>
+        <v>218</v>
       </c>
       <c r="C253">
-        <v>38.7</v>
+        <v>45.684</v>
       </c>
       <c r="D253" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>184</v>
+        <v>219</v>
       </c>
       <c r="B254" t="s">
-        <v>185</v>
+        <v>220</v>
       </c>
       <c r="C254">
-        <v>39.876</v>
+        <v>46.068</v>
       </c>
       <c r="D254" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>186</v>
+        <v>221</v>
       </c>
       <c r="B255" t="s">
-        <v>187</v>
+        <v>222</v>
       </c>
       <c r="C255">
-        <v>39.876</v>
+        <v>46.38</v>
       </c>
       <c r="D255" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>192</v>
+        <v>223</v>
       </c>
       <c r="B256" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="C256">
-        <v>40.632</v>
+        <v>46.524</v>
       </c>
       <c r="D256" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>194</v>
+        <v>225</v>
       </c>
       <c r="B257" t="s">
-        <v>195</v>
+        <v>226</v>
       </c>
       <c r="C257">
-        <v>41.172</v>
+        <v>46.752</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>196</v>
+        <v>229</v>
       </c>
       <c r="B258" t="s">
-        <v>197</v>
+        <v>230</v>
       </c>
       <c r="C258">
-        <v>41.7</v>
+        <v>48.0</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>200</v>
+        <v>231</v>
       </c>
       <c r="B259" t="s">
-        <v>201</v>
+        <v>232</v>
       </c>
       <c r="C259">
-        <v>42.0</v>
+        <v>49.02</v>
       </c>
       <c r="D259" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>208</v>
+        <v>233</v>
       </c>
       <c r="B260" t="s">
-        <v>209</v>
+        <v>234</v>
       </c>
       <c r="C260">
-        <v>43.284</v>
+        <v>49.452</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>210</v>
+        <v>235</v>
       </c>
       <c r="B261" t="s">
-        <v>211</v>
+        <v>236</v>
       </c>
       <c r="C261">
-        <v>45.684</v>
+        <v>49.452</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>212</v>
+        <v>237</v>
       </c>
       <c r="B262" t="s">
-        <v>213</v>
+        <v>238</v>
       </c>
       <c r="C262">
-        <v>45.876</v>
+        <v>49.452</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>214</v>
+        <v>239</v>
       </c>
       <c r="B263" t="s">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="C263">
-        <v>45.9</v>
+        <v>49.452</v>
       </c>
       <c r="D263" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>216</v>
+        <v>241</v>
       </c>
       <c r="B264" t="s">
-        <v>217</v>
+        <v>242</v>
       </c>
       <c r="C264">
-        <v>46.068</v>
+        <v>49.98</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>218</v>
+        <v>247</v>
       </c>
       <c r="B265" t="s">
-        <v>219</v>
+        <v>248</v>
       </c>
       <c r="C265">
-        <v>46.38</v>
+        <v>50.988</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>220</v>
+        <v>251</v>
       </c>
       <c r="B266" t="s">
-        <v>221</v>
+        <v>252</v>
       </c>
       <c r="C266">
-        <v>46.524</v>
+        <v>53.64</v>
       </c>
       <c r="D266" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>222</v>
+        <v>253</v>
       </c>
       <c r="B267" t="s">
-        <v>223</v>
+        <v>254</v>
       </c>
       <c r="C267">
-        <v>46.752</v>
+        <v>54.0</v>
       </c>
       <c r="D267" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>224</v>
+        <v>255</v>
       </c>
       <c r="B268" t="s">
-        <v>225</v>
+        <v>256</v>
       </c>
       <c r="C268">
-        <v>47.316</v>
+        <v>54.0</v>
       </c>
       <c r="D268" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>226</v>
+        <v>259</v>
       </c>
       <c r="B269" t="s">
-        <v>227</v>
+        <v>260</v>
       </c>
       <c r="C269">
-        <v>48.0</v>
+        <v>54.648</v>
       </c>
       <c r="D269" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>228</v>
+        <v>267</v>
       </c>
       <c r="B270" t="s">
-        <v>229</v>
+        <v>268</v>
       </c>
       <c r="C270">
-        <v>48.0</v>
+        <v>58.992</v>
       </c>
       <c r="D270" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>230</v>
+        <v>269</v>
       </c>
       <c r="B271" t="s">
-        <v>231</v>
+        <v>270</v>
       </c>
       <c r="C271">
-        <v>49.02</v>
+        <v>60.228</v>
       </c>
       <c r="D271" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>232</v>
+        <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>233</v>
+        <v>272</v>
       </c>
       <c r="C272">
-        <v>49.452</v>
+        <v>60.228</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>234</v>
+        <v>273</v>
       </c>
       <c r="B273" t="s">
-        <v>235</v>
+        <v>274</v>
       </c>
       <c r="C273">
-        <v>49.452</v>
+        <v>60.72</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>236</v>
+        <v>275</v>
       </c>
       <c r="B274" t="s">
-        <v>237</v>
+        <v>276</v>
       </c>
       <c r="C274">
-        <v>49.452</v>
+        <v>61.548</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>238</v>
+        <v>277</v>
       </c>
       <c r="B275" t="s">
-        <v>239</v>
+        <v>278</v>
       </c>
       <c r="C275">
-        <v>49.452</v>
+        <v>62.4</v>
       </c>
       <c r="D275" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>240</v>
+        <v>279</v>
       </c>
       <c r="B276" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="C276">
-        <v>49.824</v>
+        <v>66.0</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>242</v>
+        <v>287</v>
       </c>
       <c r="B277" t="s">
-        <v>243</v>
+        <v>288</v>
       </c>
       <c r="C277">
-        <v>50.016</v>
+        <v>74.88</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>244</v>
+        <v>289</v>
       </c>
       <c r="B278" t="s">
-        <v>245</v>
+        <v>290</v>
       </c>
       <c r="C278">
-        <v>50.172</v>
+        <v>76.8</v>
       </c>
       <c r="D278" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>246</v>
+        <v>291</v>
       </c>
       <c r="B279" t="s">
-        <v>247</v>
+        <v>292</v>
       </c>
       <c r="C279">
-        <v>50.952</v>
+        <v>79.128</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>248</v>
+        <v>293</v>
       </c>
       <c r="B280" t="s">
-        <v>249</v>
+        <v>294</v>
       </c>
       <c r="C280">
-        <v>50.988</v>
+        <v>81.6</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>250</v>
+        <v>295</v>
       </c>
       <c r="B281" t="s">
-        <v>251</v>
+        <v>296</v>
       </c>
       <c r="C281">
-        <v>53.412</v>
+        <v>81.84</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>252</v>
+        <v>297</v>
       </c>
       <c r="B282" t="s">
-        <v>253</v>
+        <v>298</v>
       </c>
       <c r="C282">
-        <v>53.64</v>
+        <v>87.984</v>
       </c>
       <c r="D282" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>254</v>
+        <v>299</v>
       </c>
       <c r="B283" t="s">
-        <v>255</v>
+        <v>300</v>
       </c>
       <c r="C283">
-        <v>54.0</v>
+        <v>87.984</v>
       </c>
       <c r="D283" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>256</v>
+        <v>301</v>
       </c>
       <c r="B284" t="s">
-        <v>257</v>
+        <v>302</v>
       </c>
       <c r="C284">
-        <v>54.0</v>
+        <v>87.984</v>
       </c>
       <c r="D284" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>258</v>
+        <v>303</v>
       </c>
       <c r="B285" t="s">
-        <v>259</v>
+        <v>304</v>
       </c>
       <c r="C285">
-        <v>54.252</v>
+        <v>88.62</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>260</v>
+        <v>305</v>
       </c>
       <c r="B286" t="s">
-        <v>261</v>
+        <v>306</v>
       </c>
       <c r="C286">
-        <v>54.372</v>
+        <v>95.004</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>262</v>
+        <v>307</v>
       </c>
       <c r="B287" t="s">
-        <v>263</v>
+        <v>308</v>
       </c>
       <c r="C287">
-        <v>54.648</v>
+        <v>99.396</v>
       </c>
       <c r="D287" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>264</v>
+        <v>309</v>
       </c>
       <c r="B288" t="s">
-        <v>265</v>
+        <v>310</v>
       </c>
       <c r="C288">
-        <v>56.4</v>
+        <v>103.968</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>266</v>
+        <v>311</v>
       </c>
       <c r="B289" t="s">
-        <v>267</v>
+        <v>312</v>
       </c>
       <c r="C289">
-        <v>58.404</v>
+        <v>103.968</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>268</v>
+        <v>313</v>
       </c>
       <c r="B290" t="s">
-        <v>269</v>
+        <v>314</v>
       </c>
       <c r="C290">
-        <v>58.992</v>
+        <v>103.968</v>
       </c>
       <c r="D290" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>270</v>
+        <v>315</v>
       </c>
       <c r="B291" t="s">
-        <v>271</v>
+        <v>316</v>
       </c>
       <c r="C291">
-        <v>60.156</v>
+        <v>106.548</v>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>272</v>
+        <v>317</v>
       </c>
       <c r="B292" t="s">
-        <v>273</v>
+        <v>318</v>
       </c>
       <c r="C292">
-        <v>60.228</v>
+        <v>114.0</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>274</v>
+        <v>319</v>
       </c>
       <c r="B293" t="s">
-        <v>275</v>
+        <v>320</v>
       </c>
       <c r="C293">
-        <v>60.228</v>
+        <v>118.8</v>
       </c>
       <c r="D293" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>276</v>
+        <v>321</v>
       </c>
       <c r="B294" t="s">
-        <v>277</v>
+        <v>322</v>
       </c>
       <c r="C294">
-        <v>61.548</v>
+        <v>119.004</v>
       </c>
       <c r="D294" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>280</v>
+        <v>323</v>
       </c>
       <c r="B295" t="s">
-        <v>281</v>
+        <v>324</v>
       </c>
       <c r="C295">
-        <v>62.4</v>
+        <v>119.964</v>
       </c>
       <c r="D295" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>282</v>
+        <v>325</v>
       </c>
       <c r="B296" t="s">
-        <v>283</v>
+        <v>326</v>
       </c>
       <c r="C296">
-        <v>65.376</v>
+        <v>131.772</v>
       </c>
       <c r="D296" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>284</v>
+        <v>327</v>
       </c>
       <c r="B297" t="s">
-        <v>285</v>
+        <v>328</v>
       </c>
       <c r="C297">
-        <v>66.0</v>
+        <v>132.0</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>286</v>
+        <v>329</v>
       </c>
       <c r="B298" t="s">
-        <v>287</v>
+        <v>330</v>
       </c>
       <c r="C298">
-        <v>72.0</v>
+        <v>176.028</v>
       </c>
       <c r="D298" t="s">
-        <v>6</v>
+        <v>331</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>288</v>
+        <v>332</v>
       </c>
       <c r="B299" t="s">
-        <v>289</v>
+        <v>333</v>
       </c>
       <c r="C299">
-        <v>72.24</v>
+        <v>202.8</v>
       </c>
       <c r="D299" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>290</v>
+        <v>334</v>
       </c>
       <c r="B300" t="s">
-        <v>291</v>
+        <v>335</v>
       </c>
       <c r="C300">
-        <v>73.344</v>
+        <v>218.268</v>
       </c>
       <c r="D300" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>292</v>
+        <v>336</v>
       </c>
       <c r="B301" t="s">
-        <v>293</v>
+        <v>337</v>
       </c>
       <c r="C301">
-        <v>75.168</v>
+        <v>219.0</v>
       </c>
       <c r="D301" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B302" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C302">
-        <v>17.664</v>
+        <v>17.724</v>
       </c>
       <c r="D302" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B303" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C303">
-        <v>17.724</v>
+        <v>17.784</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B304" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="C304">
-        <v>17.724</v>
+        <v>17.82</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B305" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C305">
-        <v>17.82</v>
+        <v>18.036</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
+        <v>35</v>
+      </c>
+      <c r="B306" t="s">
         <v>36</v>
       </c>
-      <c r="B306" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C306">
-        <v>17.868</v>
+        <v>18.036</v>
       </c>
       <c r="D306" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="B307" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="C307">
-        <v>19.992</v>
+        <v>22.8</v>
       </c>
       <c r="D307" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="B308" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
       <c r="C308">
-        <v>19.992</v>
+        <v>23.496</v>
       </c>
       <c r="D308" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="B309" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="C309">
-        <v>19.992</v>
+        <v>24.996</v>
       </c>
       <c r="D309" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>50</v>
+        <v>91</v>
       </c>
       <c r="B310" t="s">
-        <v>51</v>
+        <v>92</v>
       </c>
       <c r="C310">
-        <v>19.992</v>
+        <v>25.38</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>52</v>
+        <v>93</v>
       </c>
       <c r="B311" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="C311">
-        <v>19.992</v>
+        <v>25.38</v>
       </c>
       <c r="D311" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>56</v>
+        <v>95</v>
       </c>
       <c r="B312" t="s">
-        <v>57</v>
+        <v>96</v>
       </c>
       <c r="C312">
-        <v>21.084</v>
+        <v>25.68</v>
       </c>
       <c r="D312" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="B313" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="C313">
-        <v>21.996</v>
+        <v>25.932</v>
       </c>
       <c r="D313" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="B314" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="C314">
-        <v>21.996</v>
+        <v>27.42</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="B315" t="s">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="C315">
-        <v>22.584</v>
+        <v>27.6</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>82</v>
+        <v>113</v>
       </c>
       <c r="B316" t="s">
-        <v>83</v>
+        <v>114</v>
       </c>
       <c r="C316">
-        <v>23.496</v>
+        <v>28.8</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>84</v>
+        <v>115</v>
       </c>
       <c r="B317" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="C317">
-        <v>24.444</v>
+        <v>28.8</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="B318" t="s">
-        <v>93</v>
+        <v>118</v>
       </c>
       <c r="C318">
-        <v>25.38</v>
+        <v>28.98</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="B319" t="s">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="C319">
-        <v>25.38</v>
+        <v>30.0</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>96</v>
+        <v>129</v>
       </c>
       <c r="B320" t="s">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="C320">
-        <v>25.728</v>
+        <v>30.876</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="B321" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="C321">
-        <v>25.932</v>
+        <v>31.02</v>
       </c>
       <c r="D321" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>106</v>
+        <v>137</v>
       </c>
       <c r="B322" t="s">
-        <v>107</v>
+        <v>138</v>
       </c>
       <c r="C322">
-        <v>27.42</v>
+        <v>31.2</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="B323" t="s">
-        <v>109</v>
+        <v>144</v>
       </c>
       <c r="C323">
-        <v>27.6</v>
+        <v>33.36</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>114</v>
+        <v>145</v>
       </c>
       <c r="B324" t="s">
-        <v>115</v>
+        <v>146</v>
       </c>
       <c r="C324">
-        <v>28.98</v>
+        <v>33.36</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>116</v>
+        <v>147</v>
       </c>
       <c r="B325" t="s">
-        <v>117</v>
+        <v>148</v>
       </c>
       <c r="C325">
-        <v>29.928</v>
+        <v>33.36</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>118</v>
+        <v>149</v>
       </c>
       <c r="B326" t="s">
-        <v>119</v>
+        <v>150</v>
       </c>
       <c r="C326">
-        <v>30.0</v>
+        <v>33.444</v>
       </c>
       <c r="D326" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>126</v>
+        <v>151</v>
       </c>
       <c r="B327" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="C327">
-        <v>30.876</v>
+        <v>33.6</v>
       </c>
       <c r="D327" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>128</v>
+        <v>153</v>
       </c>
       <c r="B328" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="C328">
-        <v>31.02</v>
+        <v>34.152</v>
       </c>
       <c r="D328" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="B329" t="s">
-        <v>131</v>
+        <v>162</v>
       </c>
       <c r="C329">
-        <v>32.568</v>
+        <v>35.388</v>
       </c>
       <c r="D329" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>132</v>
+        <v>167</v>
       </c>
       <c r="B330" t="s">
-        <v>133</v>
+        <v>168</v>
       </c>
       <c r="C330">
-        <v>33.36</v>
+        <v>36.0</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>134</v>
+        <v>169</v>
       </c>
       <c r="B331" t="s">
-        <v>135</v>
+        <v>170</v>
       </c>
       <c r="C331">
-        <v>33.444</v>
+        <v>36.0</v>
       </c>
       <c r="D331" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>136</v>
+        <v>179</v>
       </c>
       <c r="B332" t="s">
-        <v>137</v>
+        <v>180</v>
       </c>
       <c r="C332">
-        <v>33.6</v>
+        <v>38.328</v>
       </c>
       <c r="D332" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>138</v>
+        <v>187</v>
       </c>
       <c r="B333" t="s">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="C333">
-        <v>33.816</v>
+        <v>38.604</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>140</v>
+        <v>189</v>
       </c>
       <c r="B334" t="s">
-        <v>141</v>
+        <v>190</v>
       </c>
       <c r="C334">
-        <v>34.152</v>
+        <v>38.676</v>
       </c>
       <c r="D334" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>148</v>
+        <v>191</v>
       </c>
       <c r="B335" t="s">
-        <v>149</v>
+        <v>192</v>
       </c>
       <c r="C335">
-        <v>34.992</v>
+        <v>39.6</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="B336" t="s">
-        <v>151</v>
+        <v>194</v>
       </c>
       <c r="C336">
-        <v>35.388</v>
+        <v>39.78</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>154</v>
+        <v>195</v>
       </c>
       <c r="B337" t="s">
-        <v>155</v>
+        <v>196</v>
       </c>
       <c r="C337">
-        <v>35.94</v>
+        <v>40.008</v>
       </c>
       <c r="D337" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>156</v>
+        <v>207</v>
       </c>
       <c r="B338" t="s">
-        <v>157</v>
+        <v>208</v>
       </c>
       <c r="C338">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D338" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>160</v>
+        <v>209</v>
       </c>
       <c r="B339" t="s">
-        <v>161</v>
+        <v>210</v>
       </c>
       <c r="C339">
-        <v>37.02</v>
+        <v>42.0</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>164</v>
+        <v>213</v>
       </c>
       <c r="B340" t="s">
-        <v>165</v>
+        <v>214</v>
       </c>
       <c r="C340">
-        <v>38.16</v>
+        <v>44.4</v>
       </c>
       <c r="D340" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>166</v>
+        <v>221</v>
       </c>
       <c r="B341" t="s">
-        <v>167</v>
+        <v>222</v>
       </c>
       <c r="C341">
-        <v>38.328</v>
+        <v>46.38</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>174</v>
+        <v>223</v>
       </c>
       <c r="B342" t="s">
-        <v>175</v>
+        <v>224</v>
       </c>
       <c r="C342">
-        <v>38.676</v>
+        <v>46.524</v>
       </c>
       <c r="D342" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>176</v>
+        <v>225</v>
       </c>
       <c r="B343" t="s">
-        <v>177</v>
+        <v>226</v>
       </c>
       <c r="C343">
-        <v>38.7</v>
+        <v>46.752</v>
       </c>
       <c r="D343" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>184</v>
+        <v>229</v>
       </c>
       <c r="B344" t="s">
-        <v>185</v>
+        <v>230</v>
       </c>
       <c r="C344">
-        <v>39.876</v>
+        <v>48.0</v>
       </c>
       <c r="D344" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>186</v>
+        <v>231</v>
       </c>
       <c r="B345" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C345">
-        <v>39.876</v>
+        <v>49.02</v>
       </c>
       <c r="D345" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>192</v>
+        <v>247</v>
       </c>
       <c r="B346" t="s">
-        <v>193</v>
+        <v>248</v>
       </c>
       <c r="C346">
-        <v>40.632</v>
+        <v>50.988</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>194</v>
+        <v>251</v>
       </c>
       <c r="B347" t="s">
-        <v>195</v>
+        <v>252</v>
       </c>
       <c r="C347">
-        <v>41.172</v>
+        <v>53.64</v>
       </c>
       <c r="D347" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>200</v>
+        <v>253</v>
       </c>
       <c r="B348" t="s">
-        <v>201</v>
+        <v>254</v>
       </c>
       <c r="C348">
-        <v>42.0</v>
+        <v>54.0</v>
       </c>
       <c r="D348" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>208</v>
+        <v>255</v>
       </c>
       <c r="B349" t="s">
-        <v>209</v>
+        <v>256</v>
       </c>
       <c r="C349">
-        <v>43.284</v>
+        <v>54.0</v>
       </c>
       <c r="D349" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="B350" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="C350">
-        <v>45.684</v>
+        <v>60.228</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="B351" t="s">
-        <v>213</v>
+        <v>272</v>
       </c>
       <c r="C351">
-        <v>45.876</v>
+        <v>60.228</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>216</v>
+        <v>275</v>
       </c>
       <c r="B352" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="C352">
-        <v>46.068</v>
+        <v>61.548</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>218</v>
+        <v>277</v>
       </c>
       <c r="B353" t="s">
-        <v>219</v>
+        <v>278</v>
       </c>
       <c r="C353">
-        <v>46.38</v>
+        <v>62.4</v>
       </c>
       <c r="D353" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>220</v>
+        <v>279</v>
       </c>
       <c r="B354" t="s">
-        <v>221</v>
+        <v>280</v>
       </c>
       <c r="C354">
-        <v>46.524</v>
+        <v>66.0</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>222</v>
+        <v>287</v>
       </c>
       <c r="B355" t="s">
-        <v>223</v>
+        <v>288</v>
       </c>
       <c r="C355">
-        <v>46.752</v>
+        <v>74.88</v>
       </c>
       <c r="D355" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>224</v>
+        <v>289</v>
       </c>
       <c r="B356" t="s">
-        <v>225</v>
+        <v>290</v>
       </c>
       <c r="C356">
-        <v>47.316</v>
+        <v>76.8</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>228</v>
+        <v>293</v>
       </c>
       <c r="B357" t="s">
-        <v>229</v>
+        <v>294</v>
       </c>
       <c r="C357">
-        <v>48.0</v>
+        <v>81.6</v>
       </c>
       <c r="D357" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>230</v>
+        <v>295</v>
       </c>
       <c r="B358" t="s">
-        <v>231</v>
+        <v>296</v>
       </c>
       <c r="C358">
-        <v>49.02</v>
+        <v>81.84</v>
       </c>
       <c r="D358" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>232</v>
+        <v>297</v>
       </c>
       <c r="B359" t="s">
-        <v>233</v>
+        <v>298</v>
       </c>
       <c r="C359">
-        <v>49.452</v>
+        <v>87.984</v>
       </c>
       <c r="D359" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>234</v>
+        <v>299</v>
       </c>
       <c r="B360" t="s">
-        <v>235</v>
+        <v>300</v>
       </c>
       <c r="C360">
-        <v>49.452</v>
+        <v>87.984</v>
       </c>
       <c r="D360" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>236</v>
+        <v>301</v>
       </c>
       <c r="B361" t="s">
-        <v>237</v>
+        <v>302</v>
       </c>
       <c r="C361">
-        <v>49.452</v>
+        <v>87.984</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>238</v>
+        <v>303</v>
       </c>
       <c r="B362" t="s">
-        <v>239</v>
+        <v>304</v>
       </c>
       <c r="C362">
-        <v>49.452</v>
+        <v>88.62</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>240</v>
+        <v>309</v>
       </c>
       <c r="B363" t="s">
-        <v>241</v>
+        <v>310</v>
       </c>
       <c r="C363">
-        <v>49.824</v>
+        <v>103.968</v>
       </c>
       <c r="D363" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>246</v>
+        <v>311</v>
       </c>
       <c r="B364" t="s">
-        <v>247</v>
+        <v>312</v>
       </c>
       <c r="C364">
-        <v>50.952</v>
+        <v>103.968</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>248</v>
+        <v>313</v>
       </c>
       <c r="B365" t="s">
-        <v>249</v>
+        <v>314</v>
       </c>
       <c r="C365">
-        <v>50.988</v>
+        <v>103.968</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>252</v>
+        <v>315</v>
       </c>
       <c r="B366" t="s">
-        <v>253</v>
+        <v>316</v>
       </c>
       <c r="C366">
-        <v>53.64</v>
+        <v>106.548</v>
       </c>
       <c r="D366" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>254</v>
+        <v>317</v>
       </c>
       <c r="B367" t="s">
-        <v>255</v>
+        <v>318</v>
       </c>
       <c r="C367">
-        <v>54.0</v>
+        <v>114.0</v>
       </c>
       <c r="D367" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>256</v>
+        <v>323</v>
       </c>
       <c r="B368" t="s">
-        <v>257</v>
+        <v>324</v>
       </c>
       <c r="C368">
-        <v>54.0</v>
+        <v>119.964</v>
       </c>
       <c r="D368" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>262</v>
+        <v>332</v>
       </c>
       <c r="B369" t="s">
-        <v>263</v>
+        <v>333</v>
       </c>
       <c r="C369">
-        <v>54.648</v>
+        <v>202.8</v>
       </c>
       <c r="D369" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>268</v>
+        <v>334</v>
       </c>
       <c r="B370" t="s">
-        <v>269</v>
+        <v>335</v>
       </c>
       <c r="C370">
-        <v>58.992</v>
+        <v>218.268</v>
       </c>
       <c r="D370" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>270</v>
+        <v>338</v>
       </c>
       <c r="B371" t="s">
-        <v>271</v>
+        <v>339</v>
       </c>
       <c r="C371">
-        <v>60.156</v>
+        <v>221.268</v>
       </c>
       <c r="D371" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>272</v>
+        <v>340</v>
       </c>
       <c r="B372" t="s">
-        <v>273</v>
+        <v>341</v>
       </c>
       <c r="C372">
-        <v>60.228</v>
+        <v>270.0</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>274</v>
+        <v>342</v>
       </c>
       <c r="B373" t="s">
-        <v>275</v>
+        <v>343</v>
       </c>
       <c r="C373">
-        <v>60.228</v>
+        <v>534.0</v>
       </c>
       <c r="D373" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>276</v>
+        <v>344</v>
       </c>
       <c r="B374" t="s">
-        <v>277</v>
+        <v>345</v>
       </c>
       <c r="C374">
-        <v>61.548</v>
+        <v>669.0</v>
       </c>
       <c r="D374" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>280</v>
+        <v>346</v>
       </c>
       <c r="B375" t="s">
-        <v>281</v>
+        <v>347</v>
       </c>
       <c r="C375">
-        <v>62.4</v>
+        <v>780.0</v>
       </c>
       <c r="D375" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>284</v>
+        <v>348</v>
       </c>
       <c r="B376" t="s">
-        <v>285</v>
+        <v>349</v>
       </c>
       <c r="C376">
-        <v>66.0</v>
+        <v>789.0</v>
       </c>
       <c r="D376" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>286</v>
+        <v>350</v>
       </c>
       <c r="B377" t="s">
-        <v>287</v>
+        <v>351</v>
       </c>
       <c r="C377">
-        <v>72.0</v>
+        <v>815.064</v>
       </c>
       <c r="D377" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>288</v>
+        <v>352</v>
       </c>
       <c r="B378" t="s">
-        <v>289</v>
+        <v>353</v>
       </c>
       <c r="C378">
-        <v>72.24</v>
+        <v>825.0</v>
       </c>
       <c r="D378" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>290</v>
+        <v>354</v>
       </c>
       <c r="B379" t="s">
-        <v>291</v>
+        <v>355</v>
       </c>
       <c r="C379">
-        <v>73.344</v>
+        <v>879.0</v>
       </c>
       <c r="D379" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>294</v>
+        <v>356</v>
       </c>
       <c r="B380" t="s">
-        <v>295</v>
+        <v>357</v>
       </c>
       <c r="C380">
-        <v>76.8</v>
+        <v>942.0</v>
       </c>
       <c r="D380" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>296</v>
+        <v>358</v>
       </c>
       <c r="B381" t="s">
-        <v>297</v>
+        <v>359</v>
       </c>
       <c r="C381">
-        <v>79.128</v>
+        <v>999.0</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>298</v>
+        <v>360</v>
       </c>
       <c r="B382" t="s">
-        <v>299</v>
+        <v>361</v>
       </c>
       <c r="C382">
-        <v>87.984</v>
+        <v>1038.0</v>
       </c>
       <c r="D382" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>300</v>
+        <v>362</v>
       </c>
       <c r="B383" t="s">
-        <v>301</v>
+        <v>363</v>
       </c>
       <c r="C383">
-        <v>87.984</v>
+        <v>1057.44</v>
       </c>
       <c r="D383" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>302</v>
+        <v>364</v>
       </c>
       <c r="B384" t="s">
-        <v>303</v>
+        <v>365</v>
       </c>
       <c r="C384">
-        <v>87.984</v>
+        <v>1080.456</v>
       </c>
       <c r="D384" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>304</v>
+        <v>366</v>
       </c>
       <c r="B385" t="s">
-        <v>305</v>
+        <v>367</v>
       </c>
       <c r="C385">
-        <v>88.656</v>
+        <v>1098.996</v>
       </c>
       <c r="D385" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>306</v>
+        <v>368</v>
       </c>
       <c r="B386" t="s">
-        <v>307</v>
+        <v>369</v>
       </c>
       <c r="C386">
-        <v>89.784</v>
+        <v>1098.996</v>
       </c>
       <c r="D386" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>308</v>
+        <v>370</v>
       </c>
       <c r="B387" t="s">
-        <v>309</v>
+        <v>371</v>
       </c>
       <c r="C387">
-        <v>95.004</v>
+        <v>1149.0</v>
       </c>
       <c r="D387" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>310</v>
+        <v>372</v>
       </c>
       <c r="B388" t="s">
-        <v>311</v>
+        <v>373</v>
       </c>
       <c r="C388">
-        <v>98.076</v>
+        <v>1218.0</v>
       </c>
       <c r="D388" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>312</v>
+        <v>374</v>
       </c>
       <c r="B389" t="s">
-        <v>313</v>
+        <v>375</v>
       </c>
       <c r="C389">
-        <v>99.396</v>
+        <v>1329.0</v>
       </c>
       <c r="D389" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>314</v>
+        <v>376</v>
       </c>
       <c r="B390" t="s">
-        <v>315</v>
+        <v>377</v>
       </c>
       <c r="C390">
-        <v>103.968</v>
+        <v>1398.996</v>
       </c>
       <c r="D390" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>316</v>
+        <v>378</v>
       </c>
       <c r="B391" t="s">
-        <v>317</v>
+        <v>379</v>
       </c>
       <c r="C391">
-        <v>103.968</v>
+        <v>1542.0</v>
       </c>
       <c r="D391" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>318</v>
+        <v>380</v>
       </c>
       <c r="B392" t="s">
-        <v>319</v>
+        <v>381</v>
       </c>
       <c r="C392">
-        <v>103.968</v>
+        <v>1542.0</v>
       </c>
       <c r="D392" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>320</v>
+        <v>382</v>
       </c>
       <c r="B393" t="s">
-        <v>321</v>
+        <v>383</v>
       </c>
       <c r="C393">
-        <v>106.548</v>
+        <v>1578.996</v>
       </c>
       <c r="D393" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>322</v>
+        <v>384</v>
       </c>
       <c r="B394" t="s">
-        <v>323</v>
+        <v>385</v>
       </c>
       <c r="C394">
-        <v>114.0</v>
+        <v>1662.0</v>
       </c>
       <c r="D394" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>324</v>
+        <v>386</v>
       </c>
       <c r="B395" t="s">
-        <v>325</v>
+        <v>387</v>
       </c>
       <c r="C395">
-        <v>114.384</v>
+        <v>1689.0</v>
       </c>
       <c r="D395" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>326</v>
+        <v>388</v>
       </c>
       <c r="B396" t="s">
-        <v>327</v>
+        <v>389</v>
       </c>
       <c r="C396">
-        <v>118.8</v>
+        <v>1998.996</v>
       </c>
       <c r="D396" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>328</v>
+        <v>390</v>
       </c>
       <c r="B397" t="s">
-        <v>329</v>
+        <v>391</v>
       </c>
       <c r="C397">
-        <v>119.964</v>
+        <v>2098.992</v>
       </c>
       <c r="D397" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>330</v>
+        <v>392</v>
       </c>
       <c r="B398" t="s">
-        <v>331</v>
+        <v>393</v>
       </c>
       <c r="C398">
-        <v>123.204</v>
+        <v>2100.0</v>
       </c>
       <c r="D398" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>332</v>
+        <v>394</v>
       </c>
       <c r="B399" t="s">
-        <v>333</v>
+        <v>395</v>
       </c>
       <c r="C399">
-        <v>131.772</v>
+        <v>2188.992</v>
       </c>
       <c r="D399" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>334</v>
+        <v>396</v>
       </c>
       <c r="B400" t="s">
-        <v>335</v>
+        <v>397</v>
       </c>
       <c r="C400">
-        <v>145.344</v>
+        <v>2196.0</v>
       </c>
       <c r="D400" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>336</v>
+        <v>398</v>
       </c>
       <c r="B401" t="s">
-        <v>337</v>
+        <v>399</v>
       </c>
       <c r="C401">
-        <v>149.004</v>
+        <v>2244.0</v>
       </c>
       <c r="D401" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>26</v>
+        <v>109</v>
       </c>
       <c r="B402" t="s">
-        <v>27</v>
+        <v>110</v>
       </c>
       <c r="C402">
-        <v>17.664</v>
+        <v>27.6</v>
       </c>
       <c r="D402" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="B403" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="C403">
-        <v>17.724</v>
+        <v>28.8</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>30</v>
+        <v>143</v>
       </c>
       <c r="B404" t="s">
-        <v>31</v>
+        <v>144</v>
       </c>
       <c r="C404">
-        <v>17.724</v>
+        <v>33.36</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>32</v>
+        <v>145</v>
       </c>
       <c r="B405" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
       <c r="C405">
-        <v>17.82</v>
+        <v>33.36</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="B406" t="s">
-        <v>37</v>
+        <v>148</v>
       </c>
       <c r="C406">
-        <v>17.868</v>
+        <v>33.36</v>
       </c>
       <c r="D406" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>62</v>
+        <v>161</v>
       </c>
       <c r="B407" t="s">
-        <v>63</v>
+        <v>162</v>
       </c>
       <c r="C407">
-        <v>21.996</v>
+        <v>35.388</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>64</v>
+        <v>209</v>
       </c>
       <c r="B408" t="s">
-        <v>65</v>
+        <v>210</v>
       </c>
       <c r="C408">
-        <v>21.996</v>
+        <v>42.0</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>82</v>
+        <v>231</v>
       </c>
       <c r="B409" t="s">
-        <v>83</v>
+        <v>232</v>
       </c>
       <c r="C409">
-        <v>23.496</v>
+        <v>49.02</v>
       </c>
       <c r="D409" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>92</v>
+        <v>279</v>
       </c>
       <c r="B410" t="s">
-        <v>93</v>
+        <v>280</v>
       </c>
       <c r="C410">
-        <v>25.38</v>
+        <v>66.0</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>94</v>
+        <v>287</v>
       </c>
       <c r="B411" t="s">
-        <v>95</v>
+        <v>288</v>
       </c>
       <c r="C411">
-        <v>25.38</v>
+        <v>74.88</v>
       </c>
       <c r="D411" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>96</v>
+        <v>315</v>
       </c>
       <c r="B412" t="s">
-        <v>97</v>
+        <v>316</v>
       </c>
       <c r="C412">
-        <v>25.728</v>
+        <v>106.548</v>
       </c>
       <c r="D412" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>98</v>
+        <v>334</v>
       </c>
       <c r="B413" t="s">
-        <v>99</v>
+        <v>335</v>
       </c>
       <c r="C413">
-        <v>25.932</v>
+        <v>218.268</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>106</v>
+        <v>342</v>
       </c>
       <c r="B414" t="s">
-        <v>107</v>
+        <v>343</v>
       </c>
       <c r="C414">
-        <v>27.42</v>
+        <v>534.0</v>
       </c>
       <c r="D414" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>108</v>
+        <v>344</v>
       </c>
       <c r="B415" t="s">
-        <v>109</v>
+        <v>345</v>
       </c>
       <c r="C415">
-        <v>27.6</v>
+        <v>669.0</v>
       </c>
       <c r="D415" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>114</v>
+        <v>346</v>
       </c>
       <c r="B416" t="s">
-        <v>115</v>
+        <v>347</v>
       </c>
       <c r="C416">
-        <v>28.98</v>
+        <v>780.0</v>
       </c>
       <c r="D416" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>118</v>
+        <v>348</v>
       </c>
       <c r="B417" t="s">
-        <v>119</v>
+        <v>349</v>
       </c>
       <c r="C417">
-        <v>30.0</v>
+        <v>789.0</v>
       </c>
       <c r="D417" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>126</v>
+        <v>350</v>
       </c>
       <c r="B418" t="s">
-        <v>127</v>
+        <v>351</v>
       </c>
       <c r="C418">
-        <v>30.876</v>
+        <v>815.064</v>
       </c>
       <c r="D418" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>128</v>
+        <v>352</v>
       </c>
       <c r="B419" t="s">
-        <v>129</v>
+        <v>353</v>
       </c>
       <c r="C419">
-        <v>31.02</v>
+        <v>825.0</v>
       </c>
       <c r="D419" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>130</v>
+        <v>358</v>
       </c>
       <c r="B420" t="s">
-        <v>131</v>
+        <v>359</v>
       </c>
       <c r="C420">
-        <v>32.568</v>
+        <v>999.0</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>134</v>
+        <v>362</v>
       </c>
       <c r="B421" t="s">
-        <v>135</v>
+        <v>363</v>
       </c>
       <c r="C421">
-        <v>33.444</v>
+        <v>1057.44</v>
       </c>
       <c r="D421" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>136</v>
+        <v>366</v>
       </c>
       <c r="B422" t="s">
-        <v>137</v>
+        <v>367</v>
       </c>
       <c r="C422">
-        <v>33.6</v>
+        <v>1098.996</v>
       </c>
       <c r="D422" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>138</v>
+        <v>368</v>
       </c>
       <c r="B423" t="s">
-        <v>139</v>
+        <v>369</v>
       </c>
       <c r="C423">
-        <v>33.816</v>
+        <v>1098.996</v>
       </c>
       <c r="D423" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>140</v>
+        <v>372</v>
       </c>
       <c r="B424" t="s">
-        <v>141</v>
+        <v>373</v>
       </c>
       <c r="C424">
-        <v>34.152</v>
+        <v>1218.0</v>
       </c>
       <c r="D424" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>148</v>
+        <v>378</v>
       </c>
       <c r="B425" t="s">
-        <v>149</v>
+        <v>379</v>
       </c>
       <c r="C425">
-        <v>34.992</v>
+        <v>1542.0</v>
       </c>
       <c r="D425" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>150</v>
+        <v>380</v>
       </c>
       <c r="B426" t="s">
-        <v>151</v>
+        <v>381</v>
       </c>
       <c r="C426">
-        <v>35.388</v>
+        <v>1542.0</v>
       </c>
       <c r="D426" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>156</v>
+        <v>382</v>
       </c>
       <c r="B427" t="s">
-        <v>157</v>
+        <v>383</v>
       </c>
       <c r="C427">
-        <v>36.0</v>
+        <v>1578.996</v>
       </c>
       <c r="D427" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>166</v>
+        <v>386</v>
       </c>
       <c r="B428" t="s">
-        <v>167</v>
+        <v>387</v>
       </c>
       <c r="C428">
-        <v>38.328</v>
+        <v>1689.0</v>
       </c>
       <c r="D428" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>174</v>
+        <v>390</v>
       </c>
       <c r="B429" t="s">
-        <v>175</v>
+        <v>391</v>
       </c>
       <c r="C429">
-        <v>38.676</v>
+        <v>2098.992</v>
       </c>
       <c r="D429" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>176</v>
+        <v>392</v>
       </c>
       <c r="B430" t="s">
-        <v>177</v>
+        <v>393</v>
       </c>
       <c r="C430">
-        <v>38.7</v>
+        <v>2100.0</v>
       </c>
       <c r="D430" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>184</v>
+        <v>396</v>
       </c>
       <c r="B431" t="s">
-        <v>185</v>
+        <v>397</v>
       </c>
       <c r="C431">
-        <v>39.876</v>
+        <v>2196.0</v>
       </c>
       <c r="D431" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>186</v>
+        <v>400</v>
       </c>
       <c r="B432" t="s">
-        <v>187</v>
+        <v>401</v>
       </c>
       <c r="C432">
-        <v>39.876</v>
+        <v>2256.0</v>
       </c>
       <c r="D432" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>194</v>
+        <v>402</v>
       </c>
       <c r="B433" t="s">
-        <v>195</v>
+        <v>403</v>
       </c>
       <c r="C433">
-        <v>41.172</v>
+        <v>2298.996</v>
       </c>
       <c r="D433" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>200</v>
+        <v>404</v>
       </c>
       <c r="B434" t="s">
-        <v>201</v>
+        <v>405</v>
       </c>
       <c r="C434">
-        <v>42.0</v>
+        <v>2340.0</v>
       </c>
       <c r="D434" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>212</v>
+        <v>406</v>
       </c>
       <c r="B435" t="s">
-        <v>213</v>
+        <v>407</v>
       </c>
       <c r="C435">
-        <v>45.876</v>
+        <v>2388.0</v>
       </c>
       <c r="D435" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>218</v>
+        <v>408</v>
       </c>
       <c r="B436" t="s">
-        <v>219</v>
+        <v>409</v>
       </c>
       <c r="C436">
-        <v>46.38</v>
+        <v>2628.0</v>
       </c>
       <c r="D436" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>220</v>
+        <v>410</v>
       </c>
       <c r="B437" t="s">
-        <v>221</v>
+        <v>411</v>
       </c>
       <c r="C437">
-        <v>46.524</v>
+        <v>2724.0</v>
       </c>
       <c r="D437" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>222</v>
+        <v>412</v>
       </c>
       <c r="B438" t="s">
-        <v>223</v>
+        <v>413</v>
       </c>
       <c r="C438">
-        <v>46.752</v>
+        <v>2758.992</v>
       </c>
       <c r="D438" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>224</v>
+        <v>414</v>
       </c>
       <c r="B439" t="s">
-        <v>225</v>
+        <v>415</v>
       </c>
       <c r="C439">
-        <v>47.316</v>
+        <v>2799.0</v>
       </c>
       <c r="D439" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>228</v>
+        <v>416</v>
       </c>
       <c r="B440" t="s">
-        <v>229</v>
+        <v>417</v>
       </c>
       <c r="C440">
-        <v>48.0</v>
+        <v>2979.336</v>
       </c>
       <c r="D440" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>230</v>
+        <v>418</v>
       </c>
       <c r="B441" t="s">
-        <v>231</v>
+        <v>419</v>
       </c>
       <c r="C441">
-        <v>49.02</v>
+        <v>3047.82</v>
       </c>
       <c r="D441" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>246</v>
+        <v>420</v>
       </c>
       <c r="B442" t="s">
-        <v>247</v>
+        <v>421</v>
       </c>
       <c r="C442">
-        <v>50.952</v>
+        <v>3240.0</v>
       </c>
       <c r="D442" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>248</v>
+        <v>422</v>
       </c>
       <c r="B443" t="s">
-        <v>249</v>
+        <v>423</v>
       </c>
       <c r="C443">
-        <v>50.988</v>
+        <v>3365.124</v>
       </c>
       <c r="D443" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>252</v>
+        <v>424</v>
       </c>
       <c r="B444" t="s">
-        <v>253</v>
+        <v>425</v>
       </c>
       <c r="C444">
-        <v>53.64</v>
+        <v>3462.132</v>
       </c>
       <c r="D444" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>254</v>
+        <v>426</v>
       </c>
       <c r="B445" t="s">
-        <v>255</v>
+        <v>427</v>
       </c>
       <c r="C445">
-        <v>54.0</v>
+        <v>3582.0</v>
       </c>
       <c r="D445" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>256</v>
+        <v>428</v>
       </c>
       <c r="B446" t="s">
-        <v>257</v>
+        <v>429</v>
       </c>
       <c r="C446">
-        <v>54.0</v>
+        <v>3740.652</v>
       </c>
       <c r="D446" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>272</v>
+        <v>430</v>
       </c>
       <c r="B447" t="s">
-        <v>273</v>
+        <v>431</v>
       </c>
       <c r="C447">
-        <v>60.228</v>
+        <v>3828.996</v>
       </c>
       <c r="D447" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>274</v>
+        <v>432</v>
       </c>
       <c r="B448" t="s">
-        <v>275</v>
+        <v>433</v>
       </c>
       <c r="C448">
-        <v>60.228</v>
+        <v>3837.024</v>
       </c>
       <c r="D448" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>276</v>
+        <v>434</v>
       </c>
       <c r="B449" t="s">
-        <v>277</v>
+        <v>435</v>
       </c>
       <c r="C449">
-        <v>61.548</v>
+        <v>4608.0</v>
       </c>
       <c r="D449" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>280</v>
+        <v>436</v>
       </c>
       <c r="B450" t="s">
-        <v>281</v>
+        <v>437</v>
       </c>
       <c r="C450">
-        <v>62.4</v>
+        <v>5739.0</v>
       </c>
       <c r="D450" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>284</v>
+        <v>438</v>
       </c>
       <c r="B451" t="s">
-        <v>285</v>
+        <v>439</v>
       </c>
       <c r="C451">
-        <v>66.0</v>
+        <v>8199.0</v>
       </c>
       <c r="D451" t="s">
-        <v>6</v>
-[...1301 lines deleted...]
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D545"/>
+  <autoFilter ref="A1:D452"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>