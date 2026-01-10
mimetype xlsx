--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$452</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$127</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Rugged Tablet Protection Case 13.3''</t>
   </si>
   <si>
     <t>HSG-ACC-2G00K</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Sleeve HAMA "Piscine", 7", blue</t>
   </si>
   <si>
@@ -91,146 +91,149 @@
   <si>
     <t>Hama "Fold" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
   </si>
   <si>
     <t>HAMA-216451</t>
   </si>
   <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-216510</t>
   </si>
   <si>
     <t>Hama "Fold Clear" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
   </si>
   <si>
     <t>HAMA-216452</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), lilac</t>
   </si>
   <si>
     <t>HAMA-222031</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1")</t>
   </si>
   <si>
     <t>HAMA-222035</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), turquoise</t>
   </si>
   <si>
     <t>HAMA-222039</t>
   </si>
   <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 34 cm (13.3"), black</t>
   </si>
   <si>
     <t>HAMA-216503</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-222033</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), coral</t>
+  </si>
+  <si>
+    <t>HAMA-222037</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 36 cm (14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216504</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216505</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222032</t>
+  </si>
+  <si>
+    <t>HAMA-222032</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222034</t>
+  </si>
+  <si>
+    <t>HAMA-222034</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222036</t>
+  </si>
+  <si>
+    <t>HAMA-222036</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222038</t>
+  </si>
+  <si>
+    <t>HAMA-222038</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222040</t>
+  </si>
+  <si>
+    <t>HAMA-222040</t>
+  </si>
+  <si>
     <t>Notebook Sleeve HAMA "Neoprene", 11.6", Black</t>
   </si>
   <si>
     <t>HAMA-216502</t>
   </si>
   <si>
-    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), sand</t>
-[...55 lines deleted...]
-  <si>
     <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
   </si>
   <si>
     <t>HAMA-126817</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama "Xpand" Tablet Case for Tablets up to 20.3 cm (8"), black</t>
   </si>
   <si>
     <t>HAMA-216426</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N114L-WDMI</t>
   </si>
   <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 44 cm (17.3"), black</t>
   </si>
   <si>
     <t>HAMA-216506</t>
   </si>
   <si>
     <t>"Strap" Tablet Case for Tablets 9,5 - 11", HAMA-216431</t>
   </si>
   <si>
     <t>HAMA-216431</t>
   </si>
   <si>
     <t>Hama Universal Switchable Power Supply Unit, Adjustable, 300mA, 223611</t>
   </si>
   <si>
     <t>HAMA-223611</t>
   </si>
   <si>
     <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
@@ -259,1125 +262,552 @@
   <si>
     <t>Notebook Combination Lock HAMA  54106, 100 cm</t>
   </si>
   <si>
     <t>HAMA-54106</t>
   </si>
   <si>
     <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), blue</t>
   </si>
   <si>
     <t>HAMA-216430</t>
   </si>
   <si>
     <t>Hama "Genua" Laptop Backpack, 15.6", 217273</t>
   </si>
   <si>
     <t>HAMA-217273</t>
   </si>
   <si>
     <t>Hama "Genua" Laptop Backpack, 15.6", black</t>
   </si>
   <si>
     <t>HAMA-216597</t>
   </si>
   <si>
+    <t>Hama "Bend 2.0" Tablet Case for Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
+  </si>
+  <si>
+    <t>HAMA-222029</t>
+  </si>
+  <si>
     <t>ACT City laptop sleeve 13.3", black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8510</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), black</t>
   </si>
   <si>
     <t>HAMA-216427</t>
   </si>
   <si>
     <t>Artist glove HUION GL200 for graphic tablet</t>
   </si>
   <si>
     <t>HUION-TAB-GLOVES</t>
   </si>
   <si>
     <t>Hama "Florence" Laptop Sleeve, up to 34 cm (13.3"), black/grey</t>
   </si>
   <si>
     <t>HAMA-217113</t>
   </si>
   <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), magenta</t>
+  </si>
+  <si>
+    <t>HAMA-227075</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Blue</t>
+  </si>
+  <si>
+    <t>HAMA-227074</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Orange</t>
+  </si>
+  <si>
+    <t>HAMA-227076</t>
+  </si>
+  <si>
+    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
+  </si>
+  <si>
+    <t>HAMA-126812</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8110</t>
+  </si>
+  <si>
+    <t>Cooler for NUC/BRIX Delta BSB05505HP-SM</t>
+  </si>
+  <si>
+    <t>DELTA-BSB05505HP</t>
+  </si>
+  <si>
+    <t>ACT Laptop shoulder bag 15 up to 16.1 inch</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8505</t>
+  </si>
+  <si>
+    <t>ACT Laptop Case City 14.1"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8515</t>
+  </si>
+  <si>
+    <t>Universal Switchable Power Supply Unit, Adjustable, 1000mA, 12W, HAMA-223613</t>
+  </si>
+  <si>
+    <t>HAMA-223613</t>
+  </si>
+  <si>
+    <t>MAXELL bag for laptop BX-SL41 Laptop sleeve 14,1" black</t>
+  </si>
+  <si>
+    <t>ML-BAG-BX-SL41</t>
+  </si>
+  <si>
+    <t>ACT Metro, laptop bag, 15.6 inch, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8550</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-231018</t>
+  </si>
+  <si>
+    <t>ACT Laptop Case City 15.6"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8520</t>
+  </si>
+  <si>
+    <t>ACT Office shoulder laptop bag, 16.1", black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8500</t>
+  </si>
+  <si>
+    <t>Hama HaHaHa Feel Notebook Rucksack, up to 40 cm (15.6"), Red</t>
+  </si>
+  <si>
+    <t>HAMA-185672</t>
+  </si>
+  <si>
+    <t>Hama HaHaHa Live Notebook Rucksack, up to 40 cm (15.6"), Violets</t>
+  </si>
+  <si>
+    <t>HAMA-185671</t>
+  </si>
+  <si>
+    <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126809</t>
+  </si>
+  <si>
+    <t>Hama "Tortuga" Laptop Bag, up to 44 cm (17,3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216443</t>
+  </si>
+  <si>
+    <t>Hama "Fold" Tablet Case for Samsung Galaxy Tab S7/ S8 11", black</t>
+  </si>
+  <si>
+    <t>HAMA-217169</t>
+  </si>
+  <si>
+    <t>Hama "Montego" Laptop Bag, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216440</t>
+  </si>
+  <si>
+    <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126808</t>
+  </si>
+  <si>
+    <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8145</t>
+  </si>
+  <si>
+    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8150</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), black</t>
+  </si>
+  <si>
+    <t>HAMA-231015</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), brown</t>
+  </si>
+  <si>
+    <t>HAMA-231017</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), beige</t>
+  </si>
+  <si>
+    <t>HAMA-231016</t>
+  </si>
+  <si>
+    <t>ACT City Accessory Travel Organizer, 24 x 5.50 x 14 cm, 7 compartments, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8501</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm   GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD25P-TOSH-19V-3.42A</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
+  </si>
+  <si>
+    <t>HAMA-126813</t>
+  </si>
+  <si>
+    <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8120</t>
+  </si>
+  <si>
+    <t>Spare nibs PN05  - 10 pcs. for Digital pen HUION PW500/PW507</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN05</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N214A5UPAL</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
+  </si>
+  <si>
+    <t>DP-N222-WPALFS</t>
+  </si>
+  <si>
     <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-145</t>
   </si>
   <si>
-    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), magenta</t>
-[...140 lines deleted...]
-    <t>HAMA-126813</t>
+    <t>Hama "Xpand" Tablet Case for Tablets 28 - 33 cm (11 - 13"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227086</t>
+  </si>
+  <si>
+    <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", black</t>
+  </si>
+  <si>
+    <t>HAMA-217134</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110  GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD07AP-DELL-19.5V</t>
+  </si>
+  <si>
+    <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", lilac</t>
+  </si>
+  <si>
+    <t>HAMA-217136</t>
+  </si>
+  <si>
+    <t>Spare nibs PN032 - 5 pcs. for Digital pen HUION PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN032</t>
+  </si>
+  <si>
+    <t>"Montego" Laptop Bag - 17.3" 216441</t>
+  </si>
+  <si>
+    <t>HAMA-216441</t>
+  </si>
+  <si>
+    <t>Spare nibs PN032A- 5 pcs. for Digital pen HUION PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN032A</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
+  </si>
+  <si>
+    <t>HAMA-217257</t>
+  </si>
+  <si>
+    <t>Travel Adapter  FUJITSU ADAPTER AD13P 20V 4,5 A GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-FUJITSU-ADAPTER-AD13P</t>
+  </si>
+  <si>
+    <t>Android Mirror j5create JUC610, USB 2.0</t>
+  </si>
+  <si>
+    <t>J5-JUC610</t>
+  </si>
+  <si>
+    <t>ACT Urban, shoulder bag, 15.6 inch, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8525</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-217256</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-217258</t>
   </si>
   <si>
     <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
   </si>
   <si>
     <t>J5-JUC400</t>
   </si>
   <si>
-    <t>Hama "Bend 2.0" Tablet Case for Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
-[...74 lines deleted...]
-    <t>HAMA-216529</t>
+    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), petrol blue</t>
+  </si>
+  <si>
+    <t>HAMA-217260</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-217259</t>
+  </si>
+  <si>
+    <t>Hama "Tayrona" Laptop Bag, up to 36 cm (14.1"), dark grey</t>
+  </si>
+  <si>
+    <t>HAMA-216545</t>
+  </si>
+  <si>
+    <t>External power adapter Inter Tech 60W, C14-Connector</t>
+  </si>
+  <si>
+    <t>INTER-TECH-PSU-60W</t>
+  </si>
+  <si>
+    <t>Hama "Nano" Laptop Lock, 4-digit Combination Lock, Carbon Steel, 126822</t>
+  </si>
+  <si>
+    <t>HAMA-126822</t>
+  </si>
+  <si>
+    <t>Hama "Nice" Laptop Bag, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216528</t>
   </si>
   <si>
     <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
   </si>
   <si>
     <t>HAMA-126811</t>
   </si>
   <si>
-    <t>Notebook Power Supply AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110  GREEN CELL</t>
-[...106 lines deleted...]
-  <si>
     <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8105</t>
   </si>
   <si>
-    <t>Hama "Extreme Protect" Laptop Sleeve, 34 - 36 cm (13.3"- 14.1"), black</t>
-[...2 lines deleted...]
-    <t>HAMA-227055</t>
+    <t>AC Adapter за Asus Eee PC 19V 2.1A GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD06P-ASUS-19V-2.1A</t>
   </si>
   <si>
     <t>MAXELL BX200 Laptop Backpack, 16"</t>
   </si>
   <si>
     <t>ML-BAG-BX200</t>
   </si>
   <si>
-    <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
-[...202 lines deleted...]
-  <si>
     <t>MAXELL BX350 ROLLUP Laptop Backpack, 16"</t>
   </si>
   <si>
     <t>ML-BAG-BX350</t>
   </si>
   <si>
-    <t>Hama "Perth" Laptop Backpack, up to 40 cm (15.6"), grey</t>
-[...16 lines deleted...]
-  <si>
     <t>Power adapter MikroTik 48V2A96W High power 48V 2A 96W power supply with EU plug</t>
   </si>
   <si>
     <t>MIKROTIK-48V2A96W</t>
   </si>
   <si>
-    <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Pwr Del. (PD), 5-20V/100W</t>
-[...161 lines deleted...]
-    <t>WACOM-TAB-PTH-470K0B</t>
+    <t>Book Folio Cobalt Case for ReMarkable Paper Pro, blue</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO-BFCOBALT</t>
+  </si>
+  <si>
+    <t>Keyboard case for ReMarkable Paper Pro Type Folio, black</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO-BFBASALTE</t>
+  </si>
+  <si>
+    <t>Tablet Lenovo Idea Tab WiFi D6300 2.4GHz 11-inch, 90Hz, 8GB DDR4x, 128GB, Polar Blue + Keyboard and pen</t>
+  </si>
+  <si>
+    <t>LENOVO-TAB-ZAFR0559BG</t>
+  </si>
+  <si>
+    <t>Marker Plus for ReMarkable Paper Pro</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO-PEN1</t>
+  </si>
+  <si>
+    <t>WACOM Signature Tablet Signature Set STU-540 &amp; Sign Pro PDF</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-STU540-SignPRO</t>
   </si>
   <si>
     <t>WACOM Graphics display tablet One pen display 14.0"</t>
   </si>
   <si>
     <t>WACOM-TAB-DTC141W0</t>
   </si>
   <si>
-    <t>WACOM Graphics Display Tablet Intuos Pro pen Medium</t>
-[...16 lines deleted...]
-  <si>
     <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250-i3-8-512</t>
   </si>
   <si>
-    <t>HUION /Huiyan/ Graphic display tablet Kamvas 16 GEN3 /without stand/, GS1563</t>
-[...10 lines deleted...]
-  <si>
     <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250i5-16-512</t>
   </si>
   <si>
-    <t>Universal charging cabinet for up to 16 tablets Estillo IP-2316 for wall mounting or freestanding, 16 x USB-C ports</t>
-[...34 lines deleted...]
-  <si>
     <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250i7-16-512</t>
   </si>
   <si>
-    <t>Notebook ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
-[...52 lines deleted...]
-  <si>
     <t>Notebook GIGABYTE GAMING A16 3TH - 16" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-3THK3EE893SD</t>
   </si>
   <si>
-    <t>Notebook ASUS TUF GAMING A15 2023 - FA507NUR-LP080</t>
-[...34 lines deleted...]
-  <si>
     <t>Notebook GIGABYTE GAMING A18 3TH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 512GB SSD Gen4, nVIdia RTX 5050 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3THK3EEC93SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A18 3VH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5060 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A18-3VHK3EEC94SD</t>
   </si>
   <si>
+    <t>Apple MacBook Air 13.6" Sky Blue, M4 10C CPU, 10C GPU, 16GB, 512GB-ZEE</t>
+  </si>
+  <si>
+    <t>APPLE-MC6U4ZEA</t>
+  </si>
+  <si>
     <t>Notebook GIGABYTE GAMING A16 CWH - 16" IPS WUXGA 165Hz, Intel Core i7-13620H, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16-CWHI3EE894SD</t>
   </si>
   <si>
-    <t>Notebook GIGABYTE AERO X16 1TH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5050, Win 11 Home - Space Grey</t>
-[...20 lines deleted...]
-    <t>APPLE-MVV93HCA</t>
+    <t>Notebook GIGABYTE GAMING A18 3WH - 18" IPS WUXGA 165Hz, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD Gen4, nVIdia RTX 5070 8GB GDDR7, Free DOS</t>
+  </si>
+  <si>
+    <t>GA-NOT-A18-3WHK3EEC94SD</t>
   </si>
   <si>
     <t>Notebook GIGABYTE AERO X16 1VH93EEC94DH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - White</t>
   </si>
   <si>
     <t>GA-NOT-AEROX16-93EEC94DH</t>
   </si>
   <si>
-    <t>Apple MacBook 13.6", M4 10C CPU, 10C GPU, 24GB, 512GB-ZEE, MIDNIGHT</t>
-[...8 lines deleted...]
-    <t>APPLE-MW1K3ZEA</t>
+    <t>Notebook GIGABYTE AERO X16 1VH93EEC94AH - 16" inch IPS 165Hz,  AMD Ryzen Al 7 350, 16GB DDR5, 1TB SSD Gen4, RTX 5060, Win 11 Home - Gray</t>
+  </si>
+  <si>
+    <t>GA-NOT-AEROX16-93EEC94AH</t>
   </si>
   <si>
     <t>Notebook GIGABYTE GAMING A16 PRO DXH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5070 TI 12GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16PRO-HG4EECC4SD</t>
   </si>
   <si>
-    <t>Apple 13-inch iPad Pro (M4) WiFi 256GB with Standard glass - space black</t>
-[...16 lines deleted...]
-  <si>
     <t>Notebook GIGABYTE GAMING A16 PRO DYH - 16" IPS WQXGA 165Hz, Intel Core 7 240H, 32GB LPDDR5x, 1TB SSD Gen4, nVIdia RTX 5080 16GB GDDR7, Free DOS</t>
   </si>
   <si>
     <t>GA-NOT-A16PRO-HG5EECC4SD</t>
-  </si>
-[...10 lines deleted...]
-    <t>ASUS-NOT-90NR0LC1-M006M0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1681,6380 +1111,1830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D452"/>
+  <dimension ref="A1:D127"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.272</v>
+        <v>2.184</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.28</v>
+        <v>2.7</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>5.28</v>
+        <v>2.7</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>9.996</v>
+        <v>5.112</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>14.136</v>
+        <v>7.236</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>15.876</v>
+        <v>8.112</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>17.208</v>
+        <v>8.796</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>17.592</v>
+        <v>8.988</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>17.724</v>
+        <v>9.06</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>17.784</v>
+        <v>9.096</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>17.82</v>
+        <v>9.108</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14">
-        <v>17.868</v>
+        <v>9.132</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>18.0</v>
+        <v>9.228</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>18.036</v>
+        <v>9.228</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>18.036</v>
+        <v>9.36</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>18.3</v>
+        <v>9.792</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>19.152</v>
+        <v>10.224</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>19.992</v>
+        <v>10.224</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>19.992</v>
+        <v>10.224</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>19.992</v>
+        <v>10.224</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>19.992</v>
+        <v>10.224</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>19.992</v>
+        <v>10.536</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>21.084</v>
+        <v>10.776</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>21.54</v>
+        <v>11.016</v>
       </c>
       <c r="D26" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>21.6</v>
+        <v>11.04</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>22.14</v>
+        <v>11.316</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>22.212</v>
+        <v>11.352</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>22.332</v>
+        <v>11.424</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>22.584</v>
+        <v>11.544</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>22.608</v>
+        <v>11.556</v>
       </c>
       <c r="D32" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>22.776</v>
+        <v>11.652</v>
       </c>
       <c r="D33" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>22.8</v>
+        <v>11.652</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>22.872</v>
+        <v>11.688</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>22.992</v>
+        <v>11.76</v>
       </c>
       <c r="D36" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>23.496</v>
+        <v>12.012</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>23.496</v>
+        <v>12.012</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>24.444</v>
+        <v>12.276</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>24.528</v>
+        <v>12.504</v>
       </c>
       <c r="D40" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>24.6</v>
+        <v>12.54</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>24.636</v>
+        <v>12.576</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>24.996</v>
+        <v>12.6</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>25.38</v>
+        <v>12.972</v>
       </c>
       <c r="D44" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>25.38</v>
+        <v>12.972</v>
       </c>
       <c r="D45" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>25.68</v>
+        <v>13.128</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>25.932</v>
+        <v>13.26</v>
       </c>
       <c r="D47" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>26.184</v>
+        <v>13.38</v>
       </c>
       <c r="D48" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>27.0</v>
+        <v>13.8</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>27.192</v>
+        <v>13.896</v>
       </c>
       <c r="D50" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>27.42</v>
+        <v>14.016</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>27.6</v>
+        <v>14.112</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>27.6</v>
+        <v>14.112</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>28.164</v>
+        <v>14.4</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>28.8</v>
+        <v>14.724</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>28.8</v>
+        <v>14.82</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>28.98</v>
+        <v>15.3</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>29.928</v>
+        <v>15.336</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>30.24</v>
+        <v>15.336</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>30.348</v>
+        <v>15.468</v>
       </c>
       <c r="D61" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>30.468</v>
+        <v>15.516</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>30.876</v>
+        <v>15.576</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>31.02</v>
+        <v>15.78</v>
       </c>
       <c r="D64" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>31.2</v>
+        <v>15.864</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>31.2</v>
+        <v>16.656</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>31.2</v>
+        <v>17.064</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>32.4</v>
+        <v>17.064</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>33.36</v>
+        <v>17.064</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>33.36</v>
+        <v>17.1</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>33.36</v>
+        <v>17.184</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>33.36</v>
+        <v>17.292</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>33.444</v>
+        <v>17.46</v>
       </c>
       <c r="D73" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>33.6</v>
+        <v>17.76</v>
       </c>
       <c r="D74" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>34.152</v>
+        <v>17.796</v>
       </c>
       <c r="D75" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>34.728</v>
+        <v>17.892</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>34.8</v>
+        <v>17.892</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>34.992</v>
+        <v>18.096</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>35.388</v>
+        <v>18.324</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>35.832</v>
+        <v>18.408</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
-        <v>36.0</v>
+        <v>18.42</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
-        <v>36.0</v>
+        <v>18.924</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>36.0</v>
+        <v>19.392</v>
       </c>
       <c r="D83" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84">
-        <v>36.024</v>
+        <v>19.512</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85">
-        <v>37.02</v>
+        <v>19.596</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86">
-        <v>37.92</v>
+        <v>19.632</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87">
-        <v>38.16</v>
+        <v>19.692</v>
       </c>
       <c r="D87" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88">
-        <v>38.328</v>
+        <v>19.74</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C89">
-        <v>38.4</v>
+        <v>19.74</v>
       </c>
       <c r="D89" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C90">
-        <v>38.508</v>
+        <v>19.776</v>
       </c>
       <c r="D90" t="s">
-        <v>54</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C91">
-        <v>38.604</v>
+        <v>20.04</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B92" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C92">
-        <v>38.604</v>
+        <v>20.34</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B93" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C93">
-        <v>38.676</v>
+        <v>20.46</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B94" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C94">
-        <v>39.6</v>
+        <v>20.58</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B95" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C95">
-        <v>39.78</v>
+        <v>20.64</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B96" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C96">
-        <v>40.008</v>
+        <v>20.772</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>57</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B97" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C97">
-        <v>40.236</v>
+        <v>21.012</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C98">
-        <v>40.368</v>
+        <v>21.048</v>
       </c>
       <c r="D98" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B99" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C99">
-        <v>40.632</v>
+        <v>21.324</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B100" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C100">
-        <v>41.088</v>
+        <v>21.48</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B101" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C101">
-        <v>41.7</v>
+        <v>21.48</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="B102" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="C102">
-        <v>17.208</v>
+        <v>14.112</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="B103" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="C103">
-        <v>17.724</v>
+        <v>17.064</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="B104" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="C104">
-        <v>17.784</v>
+        <v>17.064</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>27</v>
+        <v>142</v>
       </c>
       <c r="B105" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="C105">
-        <v>17.82</v>
+        <v>17.064</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>33</v>
+        <v>208</v>
       </c>
       <c r="B106" t="s">
-        <v>34</v>
+        <v>209</v>
       </c>
       <c r="C106">
-        <v>18.036</v>
+        <v>33.744</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="B107" t="s">
-        <v>36</v>
+        <v>211</v>
       </c>
       <c r="C107">
-        <v>18.036</v>
+        <v>38.28</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>42</v>
+        <v>212</v>
       </c>
       <c r="B108" t="s">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="C108">
-        <v>19.992</v>
+        <v>76.512</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>44</v>
+        <v>214</v>
       </c>
       <c r="B109" t="s">
-        <v>45</v>
+        <v>215</v>
       </c>
       <c r="C109">
-        <v>19.992</v>
+        <v>137.724</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>46</v>
+        <v>216</v>
       </c>
       <c r="B110" t="s">
-        <v>47</v>
+        <v>217</v>
       </c>
       <c r="C110">
-        <v>19.992</v>
+        <v>174.864</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>48</v>
+        <v>218</v>
       </c>
       <c r="B111" t="s">
-        <v>49</v>
+        <v>219</v>
       </c>
       <c r="C111">
-        <v>19.992</v>
+        <v>183.624</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>50</v>
+        <v>220</v>
       </c>
       <c r="B112" t="s">
-        <v>51</v>
+        <v>221</v>
       </c>
       <c r="C112">
-        <v>19.992</v>
+        <v>303.708</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>52</v>
+        <v>222</v>
       </c>
       <c r="B113" t="s">
-        <v>53</v>
+        <v>223</v>
       </c>
       <c r="C113">
-        <v>21.084</v>
+        <v>342.06</v>
       </c>
       <c r="D113" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>61</v>
+        <v>224</v>
       </c>
       <c r="B114" t="s">
-        <v>62</v>
+        <v>225</v>
       </c>
       <c r="C114">
-        <v>22.212</v>
+        <v>540.0</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>63</v>
+        <v>226</v>
       </c>
       <c r="B115" t="s">
-        <v>64</v>
+        <v>227</v>
       </c>
       <c r="C115">
-        <v>22.332</v>
+        <v>654.0</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>65</v>
+        <v>228</v>
       </c>
       <c r="B116" t="s">
-        <v>66</v>
+        <v>229</v>
       </c>
       <c r="C116">
-        <v>22.584</v>
+        <v>756.0</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>71</v>
+        <v>230</v>
       </c>
       <c r="B117" t="s">
-        <v>72</v>
+        <v>231</v>
       </c>
       <c r="C117">
-        <v>22.8</v>
+        <v>1073.712</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>77</v>
+        <v>232</v>
       </c>
       <c r="B118" t="s">
-        <v>78</v>
+        <v>233</v>
       </c>
       <c r="C118">
-        <v>23.496</v>
+        <v>1220.964</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>79</v>
+        <v>234</v>
       </c>
       <c r="B119" t="s">
-        <v>80</v>
+        <v>235</v>
       </c>
       <c r="C119">
-        <v>23.496</v>
+        <v>1343.676</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>81</v>
+        <v>236</v>
       </c>
       <c r="B120" t="s">
-        <v>82</v>
+        <v>237</v>
       </c>
       <c r="C120">
-        <v>24.444</v>
+        <v>1375.716</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>89</v>
+        <v>238</v>
       </c>
       <c r="B121" t="s">
-        <v>90</v>
+        <v>239</v>
       </c>
       <c r="C121">
-        <v>24.996</v>
+        <v>1392.756</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>91</v>
+        <v>240</v>
       </c>
       <c r="B122" t="s">
-        <v>92</v>
+        <v>241</v>
       </c>
       <c r="C122">
-        <v>25.38</v>
+        <v>1570.692</v>
       </c>
       <c r="D122" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>93</v>
+        <v>242</v>
       </c>
       <c r="B123" t="s">
-        <v>94</v>
+        <v>243</v>
       </c>
       <c r="C123">
-        <v>25.38</v>
+        <v>1748.616</v>
       </c>
       <c r="D123" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>95</v>
+        <v>244</v>
       </c>
       <c r="B124" t="s">
-        <v>96</v>
+        <v>245</v>
       </c>
       <c r="C124">
-        <v>25.68</v>
+        <v>1748.616</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>97</v>
+        <v>246</v>
       </c>
       <c r="B125" t="s">
-        <v>98</v>
+        <v>247</v>
       </c>
       <c r="C125">
-        <v>25.932</v>
+        <v>1831.452</v>
       </c>
       <c r="D125" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>99</v>
+        <v>248</v>
       </c>
       <c r="B126" t="s">
-        <v>100</v>
+        <v>249</v>
       </c>
       <c r="C126">
-        <v>26.184</v>
+        <v>2356.032</v>
       </c>
       <c r="D126" t="s">
-        <v>39</v>
-[...1067 lines deleted...]
-      <c r="A203" t="s">
         <v>25</v>
       </c>
-      <c r="B203" t="s">
-[...3479 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D452"/>
+  <autoFilter ref="A1:D127"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>