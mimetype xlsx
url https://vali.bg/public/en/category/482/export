--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,807 +7,1173 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$127</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$321</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Sleeve HAMA "Piscine", 7", blue</t>
+  </si>
+  <si>
+    <t>HAMA-173547</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Sleeve HAMA "Piscine", 7", turquoise</t>
+  </si>
+  <si>
+    <t>HAMA-173549</t>
+  </si>
+  <si>
+    <t>Delock Webcam Cover for Laptop, Tablet and Smartphone 3 pack</t>
+  </si>
+  <si>
+    <t>DELOCK-20652</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets up to 17.8 cm (7"), black</t>
+  </si>
+  <si>
+    <t>HAMA-173596</t>
+  </si>
+  <si>
+    <t>Notebook Combination Lock HAMA Light, 180 cm</t>
+  </si>
+  <si>
+    <t>HAMA-11788</t>
+  </si>
+  <si>
+    <t>Hama "Fold" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
+  </si>
+  <si>
+    <t>HAMA-216451</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-216510</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama "Fold Clear" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
+  </si>
+  <si>
+    <t>HAMA-216452</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), lilac</t>
+  </si>
+  <si>
+    <t>HAMA-222031</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1")</t>
+  </si>
+  <si>
+    <t>HAMA-222035</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216503</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-222033</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), coral</t>
+  </si>
+  <si>
+    <t>HAMA-222037</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 36 cm (14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216504</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216505</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222032</t>
+  </si>
+  <si>
+    <t>HAMA-222032</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222034</t>
+  </si>
+  <si>
+    <t>HAMA-222034</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222036</t>
+  </si>
+  <si>
+    <t>HAMA-222036</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222038</t>
+  </si>
+  <si>
+    <t>HAMA-222038</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222040</t>
+  </si>
+  <si>
+    <t>HAMA-222040</t>
+  </si>
+  <si>
+    <t>Notebook Sleeve HAMA "Neoprene", 11.6", Black</t>
+  </si>
+  <si>
+    <t>HAMA-216502</t>
+  </si>
+  <si>
+    <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
+  </si>
+  <si>
+    <t>HAMA-126817</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets up to 20.3 cm (8"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216426</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 44 cm (17.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216506</t>
+  </si>
+  <si>
+    <t>"Strap" Tablet Case for Tablets 9,5 - 11", HAMA-216431</t>
+  </si>
+  <si>
+    <t>HAMA-216431</t>
+  </si>
+  <si>
+    <t>Hama Universal Switchable Power Supply Unit, Adjustable, 300mA, 223611</t>
+  </si>
+  <si>
+    <t>HAMA-223611</t>
+  </si>
+  <si>
+    <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
+  </si>
+  <si>
+    <t>HAMA-126810</t>
+  </si>
+  <si>
+    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), blue</t>
+  </si>
+  <si>
+    <t>HAMA-216430</t>
+  </si>
+  <si>
+    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Black</t>
+  </si>
+  <si>
+    <t>HAMA-216429</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-227053</t>
+  </si>
+  <si>
+    <t>Notebook Combination Lock HAMA  54106, 100 cm</t>
+  </si>
+  <si>
+    <t>HAMA-54106</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Backpack, 15.6", 217273</t>
+  </si>
+  <si>
+    <t>HAMA-217273</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Backpack, 15.6", black</t>
+  </si>
+  <si>
+    <t>HAMA-216597</t>
+  </si>
+  <si>
+    <t>Hama "Bend 2.0" Tablet Case for Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
+  </si>
+  <si>
+    <t>HAMA-222029</t>
+  </si>
+  <si>
+    <t>ACT City laptop sleeve 13.3", black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8510</t>
+  </si>
+  <si>
+    <t>Artist glove HUION GL200 for graphic tablet</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GLOVES</t>
+  </si>
+  <si>
+    <t>Hama "Florence" Laptop Sleeve, up to 34 cm (13.3"), black/grey</t>
+  </si>
+  <si>
+    <t>HAMA-217113</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216427</t>
+  </si>
+  <si>
+    <t>Spare nibs PN04  - 10 pcs. for Digital pen HUION PW100/PW201</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN04</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Blue</t>
+  </si>
+  <si>
+    <t>HAMA-227074</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Orange</t>
+  </si>
+  <si>
+    <t>HAMA-227076</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), magenta</t>
+  </si>
+  <si>
+    <t>HAMA-227075</t>
+  </si>
+  <si>
+    <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
+  </si>
+  <si>
+    <t>HAMA-126812</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8110</t>
+  </si>
+  <si>
+    <t>ACT Laptop shoulder bag 15 up to 16.1 inch</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8505</t>
+  </si>
+  <si>
+    <t>ACT Laptop Case City 14.1"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8515</t>
+  </si>
+  <si>
+    <t>Universal Switchable Power Supply Unit, Adjustable, 1000mA, 12W, HAMA-223613</t>
+  </si>
+  <si>
+    <t>HAMA-223613</t>
+  </si>
+  <si>
+    <t>MAXELL bag for laptop BX-SL41 Laptop sleeve 14,1" black</t>
+  </si>
+  <si>
+    <t>ML-BAG-BX-SL41</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N114L-WDMI</t>
+  </si>
+  <si>
+    <t>ACT Metro, laptop bag, 15.6 inch, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8550</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-231018</t>
+  </si>
+  <si>
+    <t>ACT Laptop Case City 15.6"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8520</t>
+  </si>
+  <si>
+    <t>ACT Office shoulder laptop bag, 16.1", black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8500</t>
+  </si>
+  <si>
+    <t>Hama HaHaHa Feel Notebook Rucksack, up to 40 cm (15.6"), Red</t>
+  </si>
+  <si>
+    <t>HAMA-185672</t>
+  </si>
+  <si>
+    <t>Hama HaHaHa Live Notebook Rucksack, up to 40 cm (15.6"), Violets</t>
+  </si>
+  <si>
+    <t>HAMA-185671</t>
+  </si>
+  <si>
+    <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126809</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 28 - 33 cm (11 - 13"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227086</t>
+  </si>
+  <si>
+    <t>Hama "Tortuga" Laptop Bag, up to 44 cm (17,3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216443</t>
+  </si>
+  <si>
+    <t>Hama "Montego" Laptop Bag, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216440</t>
+  </si>
+  <si>
+    <t>Cooler for NUC/BRIX Delta BSB05505HP-SM</t>
+  </si>
+  <si>
+    <t>DELTA-BSB05505HP</t>
+  </si>
+  <si>
+    <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126808</t>
+  </si>
+  <si>
+    <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8145</t>
+  </si>
+  <si>
+    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8150</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), black</t>
+  </si>
+  <si>
+    <t>HAMA-231015</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), brown</t>
+  </si>
+  <si>
+    <t>HAMA-231017</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), beige</t>
+  </si>
+  <si>
+    <t>HAMA-231016</t>
+  </si>
+  <si>
+    <t>ACT City Accessory Travel Organizer, 24 x 5.50 x 14 cm, 7 compartments, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8501</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm   GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD25P-TOSH-19V-3.42A</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
+  </si>
+  <si>
+    <t>HAMA-126813</t>
+  </si>
+  <si>
+    <t>ACT Suburb 13.3" laptop case made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8575</t>
+  </si>
+  <si>
+    <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
+  </si>
+  <si>
+    <t>J5-JUC400</t>
+  </si>
+  <si>
+    <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8120</t>
+  </si>
+  <si>
+    <t>ACT Suburb 15.6" laptop case made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8585</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N214A5UPAL</t>
+  </si>
+  <si>
+    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-145</t>
+  </si>
+  <si>
+    <t>ACT Suburb 14.1" laptop case made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8580</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110  GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD07AP-DELL-19.5V</t>
+  </si>
+  <si>
+    <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", lilac</t>
+  </si>
+  <si>
+    <t>HAMA-217136</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
+  </si>
+  <si>
+    <t>DP-N222-WPALFS</t>
+  </si>
+  <si>
+    <t>"Montego" Laptop Bag - 17.3" 216441</t>
+  </si>
+  <si>
+    <t>HAMA-216441</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
+  </si>
+  <si>
+    <t>HAMA-217257</t>
+  </si>
+  <si>
+    <t>Travel Adapter  FUJITSU ADAPTER AD13P 20V 4,5 A GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-FUJITSU-ADAPTER-AD13P</t>
+  </si>
+  <si>
+    <t>Android Mirror j5create JUC610, USB 2.0</t>
+  </si>
+  <si>
+    <t>J5-JUC610</t>
+  </si>
+  <si>
+    <t>ACT Urban, shoulder bag, 15.6 inch, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8525</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-217256</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-217258</t>
+  </si>
+  <si>
+    <t>Hama "Nano" Laptop Lock, 4-digit Combination Lock, Carbon Steel, 126822</t>
+  </si>
+  <si>
+    <t>HAMA-126822</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), petrol blue</t>
+  </si>
+  <si>
+    <t>HAMA-217260</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-217259</t>
+  </si>
+  <si>
+    <t>External power adapter Inter Tech 60W, C14-Connector</t>
+  </si>
+  <si>
+    <t>INTER-TECH-PSU-60W</t>
+  </si>
+  <si>
+    <t>Spare nibs PN032 - 5 pcs. for Digital pen HUION PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN032</t>
+  </si>
+  <si>
+    <t>Hama "Nice" Laptop Bag, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216528</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
+  </si>
+  <si>
+    <t>HAMA-126811</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8105</t>
+  </si>
+  <si>
+    <t>AC Adapter за Asus Eee PC 19V 2.1A GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD06P-ASUS-19V-2.1A</t>
+  </si>
+  <si>
+    <t>MAXELL BX200 Laptop Backpack, 16"</t>
+  </si>
+  <si>
+    <t>ML-BAG-BX200</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N422-MCX6</t>
+  </si>
+  <si>
     <t>Rugged Tablet Protection Case 13.3''</t>
   </si>
   <si>
     <t>HSG-ACC-2G00K</t>
   </si>
   <si>
-    <t>available</t>
-[...494 lines deleted...]
-    <t>HAMA-216441</t>
+    <t>Rugged Tablet Protection Case 10.1''</t>
+  </si>
+  <si>
+    <t>HSG-ACC-1G00K</t>
   </si>
   <si>
     <t>Spare nibs PN032A- 5 pcs. for Digital pen HUION PW320</t>
   </si>
   <si>
     <t>HUION-TAB-NIBS-PN032A</t>
   </si>
   <si>
-    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
-[...98 lines deleted...]
-    <t>ML-BAG-BX200</t>
+    <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
+  </si>
+  <si>
+    <t>HAMA-126806</t>
+  </si>
+  <si>
+    <t>ASUS AP4600 Backpack up to 16" - Grey</t>
+  </si>
+  <si>
+    <t>ASUS-P-BP-AP4600-GRAY</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
+  </si>
+  <si>
+    <t>HAMA-126807</t>
+  </si>
+  <si>
+    <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Power Del. (PD), 5-20V/45W</t>
+  </si>
+  <si>
+    <t>HAMA-200022</t>
+  </si>
+  <si>
+    <t>ACT Wedge Laptop Lock with combination lock</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-LOCK-AC9035</t>
+  </si>
+  <si>
+    <t>Hama "Ultra Lightweight" Laptop Backpack, up to 41 cm (16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-222056</t>
+  </si>
+  <si>
+    <t>Hama "Ultra Lightweight" Laptop Backpack, up to 41 cm (16.2"), olive</t>
+  </si>
+  <si>
+    <t>HAMA-222054</t>
+  </si>
+  <si>
+    <t>Hama "Casual" Laptop Bag, from 34 to 36 cm (13.3" - 14.1"), Blue</t>
+  </si>
+  <si>
+    <t>HAMA-222078</t>
+  </si>
+  <si>
+    <t>Hama "Extreme Protect" Laptop Sleeve, 34 - 36 cm (13.3"- 14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227055</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply PRO Charger / AC Adapter 20V 4.5A 90W for Lenovo G500 G500s G510 Z51-70 IdeaPad Z510 Z710 ThinkPad T440s T460p T470p    GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD39AP-LENOVO-20V</t>
+  </si>
+  <si>
+    <t>Hama "Protection 2.0" Laptop Hardcase from 40 to 41 cm (15.6" - 16.2"), blue</t>
+  </si>
+  <si>
+    <t>HAMA-222081</t>
+  </si>
+  <si>
+    <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"-16.2"), 222063</t>
+  </si>
+  <si>
+    <t>HAMA-222063</t>
+  </si>
+  <si>
+    <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"-16.2"), 222064</t>
+  </si>
+  <si>
+    <t>HAMA-222064</t>
+  </si>
+  <si>
+    <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"- 16.2"), 222065</t>
+  </si>
+  <si>
+    <t>HAMA-222065</t>
+  </si>
+  <si>
+    <t>Hama "Silvan" Laptop Bag, Sustainable, from 40 - 41 cm (15.6"- 16.2"), 222066</t>
+  </si>
+  <si>
+    <t>HAMA-222066</t>
+  </si>
+  <si>
+    <t>Hama Wall Holder for Tablets from 7 – 11", 125121</t>
+  </si>
+  <si>
+    <t>HAMA-125121</t>
+  </si>
+  <si>
+    <t>ACT Ergonomic Height Adjustable Footrest with Massage Rollers</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8020</t>
+  </si>
+  <si>
+    <t>Hama "Extreme Protect" Laptop Sleeve, 40 - 41 cm (15.6"- 16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227056</t>
+  </si>
+  <si>
+    <t>ACT LOCK AC9040, Wedge Laptop Lock with combination lock</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-LOCK-AC9040</t>
+  </si>
+  <si>
+    <t>Hama "Metal" Laptop Stand, 4-stage Tilt, Folding, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-126814</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply HP PRO Charger / AC Adapter 19V 3.42A 65W for Acer Aspire 5741G 5742 5742G E1-521 E1-531 E1-531G E1-570 E1-571 E1-571G   GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD01P-HP-19V-3.42A</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply HP PRO Charger / AC Adapter 19.5V 3.33A 65W for HP 250 G2 G3 G4 G5 15-R 15-R100NW 15-R101NW 15-R104NW 15-R233NW  4,5mm- 3,0mm GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD49P-HP-19V-3.33A</t>
+  </si>
+  <si>
+    <t>ACT Move backpack for laptops up to 15.6" made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8560</t>
+  </si>
+  <si>
+    <t>ACT LED laptop lamp with adjustable brightness and clip, USB power supply</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8050</t>
+  </si>
+  <si>
+    <t>Backpack ASUS TUF Gaming VP4700 up to 17.3" - Black</t>
+  </si>
+  <si>
+    <t>ASUS-P-BP-TUF-VP4700</t>
+  </si>
+  <si>
+    <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-146</t>
+  </si>
+  <si>
+    <t>Hama "Premium Lightweight" Laptop Bag, 40 - 41 cm (15.6"- 16.2"), dark blue</t>
+  </si>
+  <si>
+    <t>HAMA-222042</t>
+  </si>
+  <si>
+    <t>Hama "Premium Lightweight" Laptop Bag, 40 - 41 cm (15.6"- 16.2"), beige</t>
+  </si>
+  <si>
+    <t>HAMA-222044</t>
+  </si>
+  <si>
+    <t>Hama "Premium Lightweight" Laptop Backpack, up to 41 cm (16.2"), beige</t>
+  </si>
+  <si>
+    <t>HAMA-222046</t>
+  </si>
+  <si>
+    <t>Hama "Premium Lightweight" Laptop Backpack, up to 41 cm (16.2"), dark blue</t>
+  </si>
+  <si>
+    <t>HAMA-222045</t>
+  </si>
+  <si>
+    <t>Hama "Extreme Protect" Laptop Bag, Shockproof, 40 - 41 cm (15.6" -16.2"), 227051</t>
+  </si>
+  <si>
+    <t>HAMA-227051</t>
+  </si>
+  <si>
+    <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Power Del. (PD), 5-20V/65W</t>
+  </si>
+  <si>
+    <t>HAMA-200023</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply MICROSOFT Pro 3/4/5/6 PRO 1706 65W 15V 4A  Microsoft Surface Laptop, Pro, Book, Go  GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD135P-MICROSOFT</t>
+  </si>
+  <si>
+    <t>ACT Suburb 15.6" laptop bag made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8570</t>
   </si>
   <si>
     <t>MAXELL BX350 ROLLUP Laptop Backpack, 16"</t>
   </si>
   <si>
     <t>ML-BAG-BX350</t>
   </si>
   <si>
+    <t>Hama "Ultimate" Laptop Bag, 34 - 36 cm (13.3" - 14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227061</t>
+  </si>
+  <si>
+    <t>Hama "Ultimate" Laptop Bag, 34 - 36 cm (13.3" - 14.1"), green</t>
+  </si>
+  <si>
+    <t>HAMA-227063</t>
+  </si>
+  <si>
+    <t>Hama “Ultimate” Laptop Bag, 34 - 36 cm (13.3” - 14.1”, red</t>
+  </si>
+  <si>
+    <t>HAMA-227064</t>
+  </si>
+  <si>
+    <t>Hama "Ultimate" Laptop Bag, 40 - 41 cm (15.6" - 16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227065</t>
+  </si>
+  <si>
+    <t>Hama “Ultimate” Laptop Bag, 40 - 41 cm (15.6” - 16.2”), green</t>
+  </si>
+  <si>
+    <t>HAMA-227067</t>
+  </si>
+  <si>
+    <t>Hama “Ultimate” Laptop Bag, 40 - 41 cm (15.6” - 16.2”), red</t>
+  </si>
+  <si>
+    <t>HAMA-227068</t>
+  </si>
+  <si>
+    <t>ACT Suburb 15.6" laptop backpack made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8565</t>
+  </si>
+  <si>
     <t>Power adapter MikroTik 48V2A96W High power 48V 2A 96W power supply with EU plug</t>
   </si>
   <si>
     <t>MIKROTIK-48V2A96W</t>
   </si>
   <si>
+    <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Pwr Del. (PD), 5-20V/100W</t>
+  </si>
+  <si>
+    <t>HAMA-200024</t>
+  </si>
+  <si>
+    <t>Digital pen HUION Scribo PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-PEN-PW320</t>
+  </si>
+  <si>
+    <t>Hama "Connect2Mobile V2" USB-C Hub, Multiport, 7 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200143</t>
+  </si>
+  <si>
+    <t>Universal Notebook Power Supply FSP NB C 100, 100W</t>
+  </si>
+  <si>
+    <t>FORT-PS-NBC100</t>
+  </si>
+  <si>
+    <t>ACT Dimmable Monitor LED Light Bar, USB powered</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8055</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Black</t>
+  </si>
+  <si>
+    <t>RD-10075</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Midnight</t>
+  </si>
+  <si>
+    <t>RD-10090</t>
+  </si>
+  <si>
+    <t>Hama "Extreme Protect" Laptop Backpack, Shockproof, up to 41 cm (16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227052</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design mStand, Starlight</t>
+  </si>
+  <si>
+    <t>RD-10092</t>
+  </si>
+  <si>
+    <t>j5create JUP25102V Charger 220V- GaN 102W USB-C 2ports- for laptops, tablets, phones</t>
+  </si>
+  <si>
+    <t>J5-JUP25102V</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Black</t>
+  </si>
+  <si>
+    <t>RD-10076</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Midnight</t>
+  </si>
+  <si>
+    <t>RD-10091</t>
+  </si>
+  <si>
+    <t>Laptop Stand Rain Design Rain Design mStand360 with Swivel Base - Starlight</t>
+  </si>
+  <si>
+    <t>RD-10093</t>
+  </si>
+  <si>
+    <t>Delock Docking Station for MacBook Pro / MacBook Air Thunderbolt™ 4 with 5K Resolution / 100 W PD / 10 Gbps Hub / LAN / Audio</t>
+  </si>
+  <si>
+    <t>DELOCK-87757</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply PRO Charger / AC Adapter 20V 8.5A 170W for Lenovo Legion 5-15 15ARH05 15IMH05 17IMH05 Y530-15 Y540-15IRH Y540-17 Y720    GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD117P-LENOVO-20V</t>
+  </si>
+  <si>
+    <t>Stand for iMac Rain Design mBase 24" for iMAC PC</t>
+  </si>
+  <si>
+    <t>RD-10046</t>
+  </si>
+  <si>
+    <t>Docking station ASUS DC201 Dual 4K - USB-C</t>
+  </si>
+  <si>
+    <t>ASUS-P-DC201-DOCK</t>
+  </si>
+  <si>
+    <t>Dell Pro 7-in-1 USB-C Travel Hub - DA310</t>
+  </si>
+  <si>
+    <t>DELL-D3100</t>
+  </si>
+  <si>
     <t>Book Folio Cobalt Case for ReMarkable Paper Pro, blue</t>
   </si>
   <si>
     <t>REM-PAPERPRO-BFCOBALT</t>
   </si>
   <si>
+    <t>ATEN Docking 11-in-1 USB-C Multiport Dock + Power Pass-Through, 2 x HDMI, LAN, 3.5mm, USB-C, SD Card, microSD, 3 x USB 3.2</t>
+  </si>
+  <si>
+    <t>ATEN-UH3240-AT</t>
+  </si>
+  <si>
+    <t>Hama "Connect2Office Speed" USB4 Docking Station, USB-C, PD, 40 Gbit/s, 10 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200200</t>
+  </si>
+  <si>
+    <t>ReMarkable Paper Pro Marker Basic Pen</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO-PEN</t>
+  </si>
+  <si>
+    <t>Docking station ASUS DC300 Triple Display USB-C</t>
+  </si>
+  <si>
+    <t>ASUS-P-DC300-DOCK</t>
+  </si>
+  <si>
     <t>Keyboard case for ReMarkable Paper Pro Type Folio, black</t>
   </si>
   <si>
     <t>REM-PAPERPRO-BFBASALTE</t>
   </si>
   <si>
-    <t>Tablet Lenovo Idea Tab WiFi D6300 2.4GHz 11-inch, 90Hz, 8GB DDR4x, 128GB, Polar Blue + Keyboard and pen</t>
-[...4 lines deleted...]
-  <si>
     <t>Marker Plus for ReMarkable Paper Pro</t>
   </si>
   <si>
     <t>REM-PAPERPRO-PEN1</t>
   </si>
   <si>
+    <t>WACOM Graphics tablet Intuos Pro pen small</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-PTH-470K0B</t>
+  </si>
+  <si>
     <t>WACOM Signature Tablet Signature Set STU-540 &amp; Sign Pro PDF</t>
   </si>
   <si>
     <t>WACOM-TAB-STU540-SignPRO</t>
   </si>
   <si>
     <t>WACOM Graphics display tablet One pen display 14.0"</t>
   </si>
   <si>
     <t>WACOM-TAB-DTC141W0</t>
   </si>
   <si>
-    <t>Notebook Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
-[...74 lines deleted...]
-    <t>GA-NOT-A16PRO-HG5EECC4SD</t>
+    <t>WACOM Graphics Display Tablet Intuos Pro pen Medium</t>
+  </si>
+  <si>
+    <t>WACOM-TAB-PTK670K0B</t>
+  </si>
+  <si>
+    <t>Apple Magic Keyboard for iPad Pro 13-inch (M4) - Bulgarian - Black</t>
+  </si>
+  <si>
+    <t>APPLE-MWR53BGA</t>
+  </si>
+  <si>
+    <t>HUION /Huiyan/ Graphic display tablet Kamvas 16 GEN3 /without stand/, GS1563</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GS1563</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook Go 15 E1504FA-BQ2337 - 15.6" FHD, Ryzen 3 7320U, 16GB LPDDR5, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0ZR1-M04190</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ2626 - 15.6"FHD, Intel i3-1315U, 16GB DDR4, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y1-M00ZU0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 X1504VA-BQ2625- 15.6"FHD, Intel i3-1315U, 16GB DDR4, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y2-M00ZT0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 16 X1607CA-MB059  - 16" IPS WUXGA, Intel Core 5 225H, 16GB LPDDR5X, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB15A2-M00CX0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF Gaming A16 2025 FA608UM-RV016 - 16" IPS FullHD+, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD, RTX 5060 8GB GDD7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0KV1-M003V0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS TUF Gaming F16 2025 FX608JPR-QT026 - 16" FullHD+ Intel Core i7-14650HX, 16GB DDR5, 1TB SSD, RTX 5070 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0NG1-M003E0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS ROG Strix G16 2025 G615LR-S5152W - 16" IPS 240Hz, WQXGA, Intel Core Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5070TI 12GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NR0LR1-M00A30</t>
+  </si>
+  <si>
+    <t>Notebook ASUS ProArt Studiobook P16 OLED H7606WP-RJ083X - 16" OLED Touchscreen, AMD Ryzen AI 9 HX 370, 64GB RAM, 4TB SSD, RTX 5070 8GB GDRR7</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB15K1-M00CF0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1111,1830 +1477,4546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D127"/>
+  <dimension ref="A1:D321"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.184</v>
+        <v>2.7</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>2.7</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>2.7</v>
+        <v>5.112</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>5.112</v>
+        <v>5.52</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>5.52</v>
+        <v>7.236</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>7.236</v>
+        <v>8.112</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>8.112</v>
+        <v>8.796</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>8.796</v>
+        <v>8.988</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>8.988</v>
+        <v>9.06</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>9.06</v>
+        <v>9.096</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>9.096</v>
+        <v>9.132</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>9.108</v>
+        <v>9.228</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>9.132</v>
+        <v>9.228</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>9.228</v>
+        <v>9.336</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>9.228</v>
+        <v>9.768</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>9.36</v>
+        <v>10.224</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>9.792</v>
+        <v>10.224</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
         <v>10.224</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>10.224</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>10.224</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>10.224</v>
+        <v>10.536</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>10.224</v>
+        <v>10.86</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>10.536</v>
+        <v>11.208</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>10.776</v>
+        <v>11.304</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>11.016</v>
+        <v>11.352</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>11.04</v>
+        <v>11.424</v>
       </c>
       <c r="D27" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>11.316</v>
+        <v>11.544</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>11.352</v>
+        <v>11.556</v>
       </c>
       <c r="D29" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>11.424</v>
+        <v>11.64</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>11.544</v>
+        <v>11.652</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>11.556</v>
+        <v>11.688</v>
       </c>
       <c r="D32" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>11.652</v>
+        <v>12.012</v>
       </c>
       <c r="D33" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>11.652</v>
+        <v>12.012</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>11.688</v>
+        <v>12.276</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>11.76</v>
+        <v>12.504</v>
       </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>12.012</v>
+        <v>12.576</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>12.012</v>
+        <v>12.6</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>12.276</v>
+        <v>12.732</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>12.504</v>
+        <v>12.9</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>12.54</v>
+        <v>13.068</v>
       </c>
       <c r="D41" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>12.576</v>
+        <v>13.128</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>12.6</v>
+        <v>13.164</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>12.972</v>
+        <v>13.164</v>
       </c>
       <c r="D44" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>12.972</v>
+        <v>13.38</v>
       </c>
       <c r="D45" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>13.128</v>
+        <v>13.896</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>13.26</v>
+        <v>14.016</v>
       </c>
       <c r="D47" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>13.38</v>
+        <v>14.112</v>
       </c>
       <c r="D48" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>13.8</v>
+        <v>14.112</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>13.896</v>
+        <v>14.4</v>
       </c>
       <c r="D50" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>14.016</v>
+        <v>14.4</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>14.112</v>
+        <v>14.724</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>14.112</v>
+        <v>14.82</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>14.4</v>
+        <v>15.3</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>14.724</v>
+        <v>15.336</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>14.82</v>
+        <v>15.336</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>15.3</v>
+        <v>15.336</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>15.336</v>
+        <v>15.456</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>15.336</v>
+        <v>15.468</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>15.336</v>
+        <v>15.576</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>15.468</v>
+        <v>15.6</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>15.516</v>
+        <v>15.78</v>
       </c>
       <c r="D62" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>15.576</v>
+        <v>15.864</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>15.78</v>
+        <v>16.656</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>15.864</v>
+        <v>17.064</v>
       </c>
       <c r="D65" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>16.656</v>
+        <v>17.064</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
         <v>17.064</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>17.064</v>
+        <v>17.1</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>17.064</v>
+        <v>17.184</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>17.1</v>
+        <v>17.292</v>
       </c>
       <c r="D70" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>17.184</v>
+        <v>17.34</v>
       </c>
       <c r="D71" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>17.292</v>
+        <v>17.364</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
         <v>17.46</v>
       </c>
       <c r="D73" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>17.76</v>
+        <v>17.616</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
         <v>17.796</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
         <v>17.892</v>
       </c>
       <c r="D76" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>17.892</v>
+        <v>18.288</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>18.096</v>
+        <v>18.408</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>18.324</v>
+        <v>18.42</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>18.408</v>
+        <v>19.2</v>
       </c>
       <c r="D80" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>18.42</v>
+        <v>19.392</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>18.924</v>
+        <v>19.596</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>19.392</v>
+        <v>19.632</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>19.512</v>
+        <v>19.692</v>
       </c>
       <c r="D84" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>19.596</v>
+        <v>19.74</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>19.632</v>
+        <v>19.74</v>
       </c>
       <c r="D86" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>19.692</v>
+        <v>19.776</v>
       </c>
       <c r="D87" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>19.74</v>
+        <v>19.884</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>19.74</v>
+        <v>20.34</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>19.776</v>
+        <v>20.46</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>20.04</v>
+        <v>20.64</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>20.34</v>
+        <v>20.964</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>20.46</v>
+        <v>21.012</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>20.58</v>
+        <v>21.048</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>20.64</v>
+        <v>21.324</v>
       </c>
       <c r="D95" t="s">
-        <v>57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>20.772</v>
+        <v>21.48</v>
       </c>
       <c r="D96" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>21.012</v>
+        <v>21.48</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>21.048</v>
+        <v>21.6</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>21.324</v>
+        <v>21.6</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>21.48</v>
+        <v>21.6</v>
       </c>
       <c r="D100" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>21.48</v>
+        <v>21.612</v>
       </c>
       <c r="D101" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="B102" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="C102">
-        <v>14.112</v>
+        <v>9.06</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>138</v>
+        <v>26</v>
       </c>
       <c r="B103" t="s">
-        <v>139</v>
+        <v>27</v>
       </c>
       <c r="C103">
-        <v>17.064</v>
+        <v>9.096</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>140</v>
+        <v>30</v>
       </c>
       <c r="B104" t="s">
-        <v>141</v>
+        <v>31</v>
       </c>
       <c r="C104">
-        <v>17.064</v>
+        <v>9.228</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>142</v>
+        <v>32</v>
       </c>
       <c r="B105" t="s">
-        <v>143</v>
+        <v>33</v>
       </c>
       <c r="C105">
-        <v>17.064</v>
+        <v>9.228</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>208</v>
+        <v>38</v>
       </c>
       <c r="B106" t="s">
-        <v>209</v>
+        <v>39</v>
       </c>
       <c r="C106">
-        <v>33.744</v>
+        <v>10.224</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>210</v>
+        <v>40</v>
       </c>
       <c r="B107" t="s">
-        <v>211</v>
+        <v>41</v>
       </c>
       <c r="C107">
-        <v>38.28</v>
+        <v>10.224</v>
       </c>
       <c r="D107" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>212</v>
+        <v>42</v>
       </c>
       <c r="B108" t="s">
-        <v>213</v>
+        <v>43</v>
       </c>
       <c r="C108">
-        <v>76.512</v>
+        <v>10.224</v>
       </c>
       <c r="D108" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="B109" t="s">
-        <v>215</v>
+        <v>45</v>
       </c>
       <c r="C109">
-        <v>137.724</v>
+        <v>10.224</v>
       </c>
       <c r="D109" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>216</v>
+        <v>46</v>
       </c>
       <c r="B110" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="C110">
-        <v>174.864</v>
+        <v>10.224</v>
       </c>
       <c r="D110" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>218</v>
+        <v>50</v>
       </c>
       <c r="B111" t="s">
-        <v>219</v>
+        <v>51</v>
       </c>
       <c r="C111">
-        <v>183.624</v>
+        <v>10.86</v>
       </c>
       <c r="D111" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>220</v>
+        <v>60</v>
       </c>
       <c r="B112" t="s">
-        <v>221</v>
+        <v>61</v>
       </c>
       <c r="C112">
-        <v>303.708</v>
+        <v>11.544</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>222</v>
+        <v>66</v>
       </c>
       <c r="B113" t="s">
-        <v>223</v>
+        <v>67</v>
       </c>
       <c r="C113">
-        <v>342.06</v>
+        <v>11.652</v>
       </c>
       <c r="D113" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>224</v>
+        <v>72</v>
       </c>
       <c r="B114" t="s">
-        <v>225</v>
+        <v>73</v>
       </c>
       <c r="C114">
-        <v>540.0</v>
+        <v>12.012</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>226</v>
+        <v>74</v>
       </c>
       <c r="B115" t="s">
-        <v>227</v>
+        <v>75</v>
       </c>
       <c r="C115">
-        <v>654.0</v>
+        <v>12.276</v>
       </c>
       <c r="D115" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>228</v>
+        <v>76</v>
       </c>
       <c r="B116" t="s">
-        <v>229</v>
+        <v>77</v>
       </c>
       <c r="C116">
-        <v>756.0</v>
+        <v>12.504</v>
       </c>
       <c r="D116" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>230</v>
+        <v>86</v>
       </c>
       <c r="B117" t="s">
-        <v>231</v>
+        <v>87</v>
       </c>
       <c r="C117">
-        <v>1073.712</v>
+        <v>13.068</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>232</v>
+        <v>88</v>
       </c>
       <c r="B118" t="s">
-        <v>233</v>
+        <v>89</v>
       </c>
       <c r="C118">
-        <v>1220.964</v>
+        <v>13.128</v>
       </c>
       <c r="D118" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>234</v>
+        <v>90</v>
       </c>
       <c r="B119" t="s">
-        <v>235</v>
+        <v>91</v>
       </c>
       <c r="C119">
-        <v>1343.676</v>
+        <v>13.164</v>
       </c>
       <c r="D119" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>236</v>
+        <v>92</v>
       </c>
       <c r="B120" t="s">
-        <v>237</v>
+        <v>93</v>
       </c>
       <c r="C120">
-        <v>1375.716</v>
+        <v>13.164</v>
       </c>
       <c r="D120" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>238</v>
+        <v>98</v>
       </c>
       <c r="B121" t="s">
-        <v>239</v>
+        <v>99</v>
       </c>
       <c r="C121">
-        <v>1392.756</v>
+        <v>14.016</v>
       </c>
       <c r="D121" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>240</v>
+        <v>102</v>
       </c>
       <c r="B122" t="s">
-        <v>241</v>
+        <v>103</v>
       </c>
       <c r="C122">
-        <v>1570.692</v>
+        <v>14.112</v>
       </c>
       <c r="D122" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>242</v>
+        <v>108</v>
       </c>
       <c r="B123" t="s">
-        <v>243</v>
+        <v>109</v>
       </c>
       <c r="C123">
-        <v>1748.616</v>
+        <v>14.724</v>
       </c>
       <c r="D123" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>244</v>
+        <v>110</v>
       </c>
       <c r="B124" t="s">
-        <v>245</v>
+        <v>111</v>
       </c>
       <c r="C124">
-        <v>1748.616</v>
+        <v>14.82</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>246</v>
+        <v>112</v>
       </c>
       <c r="B125" t="s">
-        <v>247</v>
+        <v>113</v>
       </c>
       <c r="C125">
-        <v>1831.452</v>
+        <v>15.3</v>
       </c>
       <c r="D125" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
+        <v>118</v>
+      </c>
+      <c r="B126" t="s">
+        <v>119</v>
+      </c>
+      <c r="C126">
+        <v>15.336</v>
+      </c>
+      <c r="D126" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>120</v>
+      </c>
+      <c r="B127" t="s">
+        <v>121</v>
+      </c>
+      <c r="C127">
+        <v>15.456</v>
+      </c>
+      <c r="D127" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>128</v>
+      </c>
+      <c r="B128" t="s">
+        <v>129</v>
+      </c>
+      <c r="C128">
+        <v>15.78</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>130</v>
+      </c>
+      <c r="B129" t="s">
+        <v>131</v>
+      </c>
+      <c r="C129">
+        <v>15.864</v>
+      </c>
+      <c r="D129" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>132</v>
+      </c>
+      <c r="B130" t="s">
+        <v>133</v>
+      </c>
+      <c r="C130">
+        <v>16.656</v>
+      </c>
+      <c r="D130" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>134</v>
+      </c>
+      <c r="B131" t="s">
+        <v>135</v>
+      </c>
+      <c r="C131">
+        <v>17.064</v>
+      </c>
+      <c r="D131" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>136</v>
+      </c>
+      <c r="B132" t="s">
+        <v>137</v>
+      </c>
+      <c r="C132">
+        <v>17.064</v>
+      </c>
+      <c r="D132" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>138</v>
+      </c>
+      <c r="B133" t="s">
+        <v>139</v>
+      </c>
+      <c r="C133">
+        <v>17.064</v>
+      </c>
+      <c r="D133" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>140</v>
+      </c>
+      <c r="B134" t="s">
+        <v>141</v>
+      </c>
+      <c r="C134">
+        <v>17.1</v>
+      </c>
+      <c r="D134" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>142</v>
+      </c>
+      <c r="B135" t="s">
+        <v>143</v>
+      </c>
+      <c r="C135">
+        <v>17.184</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>144</v>
+      </c>
+      <c r="B136" t="s">
+        <v>145</v>
+      </c>
+      <c r="C136">
+        <v>17.292</v>
+      </c>
+      <c r="D136" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>146</v>
+      </c>
+      <c r="B137" t="s">
+        <v>147</v>
+      </c>
+      <c r="C137">
+        <v>17.34</v>
+      </c>
+      <c r="D137" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>150</v>
+      </c>
+      <c r="B138" t="s">
+        <v>151</v>
+      </c>
+      <c r="C138">
+        <v>17.46</v>
+      </c>
+      <c r="D138" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>152</v>
+      </c>
+      <c r="B139" t="s">
+        <v>153</v>
+      </c>
+      <c r="C139">
+        <v>17.616</v>
+      </c>
+      <c r="D139" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>156</v>
+      </c>
+      <c r="B140" t="s">
+        <v>157</v>
+      </c>
+      <c r="C140">
+        <v>17.892</v>
+      </c>
+      <c r="D140" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>158</v>
+      </c>
+      <c r="B141" t="s">
+        <v>159</v>
+      </c>
+      <c r="C141">
+        <v>18.288</v>
+      </c>
+      <c r="D141" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>160</v>
+      </c>
+      <c r="B142" t="s">
+        <v>161</v>
+      </c>
+      <c r="C142">
+        <v>18.408</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>168</v>
+      </c>
+      <c r="B143" t="s">
+        <v>169</v>
+      </c>
+      <c r="C143">
+        <v>19.596</v>
+      </c>
+      <c r="D143" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>176</v>
+      </c>
+      <c r="B144" t="s">
+        <v>177</v>
+      </c>
+      <c r="C144">
+        <v>19.74</v>
+      </c>
+      <c r="D144" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>178</v>
+      </c>
+      <c r="B145" t="s">
+        <v>179</v>
+      </c>
+      <c r="C145">
+        <v>19.776</v>
+      </c>
+      <c r="D145" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>180</v>
+      </c>
+      <c r="B146" t="s">
+        <v>181</v>
+      </c>
+      <c r="C146">
+        <v>19.884</v>
+      </c>
+      <c r="D146" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>182</v>
+      </c>
+      <c r="B147" t="s">
+        <v>183</v>
+      </c>
+      <c r="C147">
+        <v>20.34</v>
+      </c>
+      <c r="D147" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>184</v>
+      </c>
+      <c r="B148" t="s">
+        <v>185</v>
+      </c>
+      <c r="C148">
+        <v>20.46</v>
+      </c>
+      <c r="D148" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>192</v>
+      </c>
+      <c r="B149" t="s">
+        <v>193</v>
+      </c>
+      <c r="C149">
+        <v>21.048</v>
+      </c>
+      <c r="D149" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>198</v>
+      </c>
+      <c r="B150" t="s">
+        <v>199</v>
+      </c>
+      <c r="C150">
+        <v>21.48</v>
+      </c>
+      <c r="D150" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>208</v>
+      </c>
+      <c r="B151" t="s">
+        <v>209</v>
+      </c>
+      <c r="C151">
+        <v>22.128</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>210</v>
+      </c>
+      <c r="B152" t="s">
+        <v>211</v>
+      </c>
+      <c r="C152">
+        <v>22.992</v>
+      </c>
+      <c r="D152" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>212</v>
+      </c>
+      <c r="B153" t="s">
+        <v>213</v>
+      </c>
+      <c r="C153">
+        <v>23.268</v>
+      </c>
+      <c r="D153" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>214</v>
+      </c>
+      <c r="B154" t="s">
+        <v>215</v>
+      </c>
+      <c r="C154">
+        <v>23.46</v>
+      </c>
+      <c r="D154" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>216</v>
+      </c>
+      <c r="B155" t="s">
+        <v>217</v>
+      </c>
+      <c r="C155">
+        <v>23.556</v>
+      </c>
+      <c r="D155" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>218</v>
+      </c>
+      <c r="B156" t="s">
+        <v>219</v>
+      </c>
+      <c r="C156">
+        <v>23.712</v>
+      </c>
+      <c r="D156" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>220</v>
+      </c>
+      <c r="B157" t="s">
+        <v>221</v>
+      </c>
+      <c r="C157">
+        <v>23.784</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>222</v>
+      </c>
+      <c r="B158" t="s">
+        <v>223</v>
+      </c>
+      <c r="C158">
+        <v>23.904</v>
+      </c>
+      <c r="D158" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>224</v>
+      </c>
+      <c r="B159" t="s">
+        <v>225</v>
+      </c>
+      <c r="C159">
+        <v>24.192</v>
+      </c>
+      <c r="D159" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>226</v>
+      </c>
+      <c r="B160" t="s">
+        <v>227</v>
+      </c>
+      <c r="C160">
+        <v>24.54</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>228</v>
+      </c>
+      <c r="B161" t="s">
+        <v>229</v>
+      </c>
+      <c r="C161">
+        <v>25.068</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>230</v>
+      </c>
+      <c r="B162" t="s">
+        <v>231</v>
+      </c>
+      <c r="C162">
+        <v>25.284</v>
+      </c>
+      <c r="D162" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>232</v>
+      </c>
+      <c r="B163" t="s">
+        <v>233</v>
+      </c>
+      <c r="C163">
+        <v>25.284</v>
+      </c>
+      <c r="D163" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>234</v>
+      </c>
+      <c r="B164" t="s">
+        <v>235</v>
+      </c>
+      <c r="C164">
+        <v>25.284</v>
+      </c>
+      <c r="D164" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>236</v>
+      </c>
+      <c r="B165" t="s">
+        <v>237</v>
+      </c>
+      <c r="C165">
+        <v>25.284</v>
+      </c>
+      <c r="D165" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>238</v>
+      </c>
+      <c r="B166" t="s">
+        <v>239</v>
+      </c>
+      <c r="C166">
+        <v>25.548</v>
+      </c>
+      <c r="D166" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>240</v>
+      </c>
+      <c r="B167" t="s">
+        <v>241</v>
+      </c>
+      <c r="C167">
+        <v>25.776</v>
+      </c>
+      <c r="D167" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>242</v>
+      </c>
+      <c r="B168" t="s">
+        <v>243</v>
+      </c>
+      <c r="C168">
+        <v>26.052</v>
+      </c>
+      <c r="D168" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>244</v>
+      </c>
+      <c r="B169" t="s">
+        <v>245</v>
+      </c>
+      <c r="C169">
+        <v>26.064</v>
+      </c>
+      <c r="D169" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>246</v>
+      </c>
+      <c r="B170" t="s">
+        <v>247</v>
+      </c>
+      <c r="C170">
+        <v>27.432</v>
+      </c>
+      <c r="D170" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
         <v>248</v>
       </c>
-      <c r="B126" t="s">
+      <c r="B171" t="s">
         <v>249</v>
       </c>
-      <c r="C126">
-[...2 lines deleted...]
-      <c r="D126" t="s">
+      <c r="C171">
+        <v>27.612</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>250</v>
+      </c>
+      <c r="B172" t="s">
+        <v>251</v>
+      </c>
+      <c r="C172">
+        <v>27.612</v>
+      </c>
+      <c r="D172" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>252</v>
+      </c>
+      <c r="B173" t="s">
+        <v>253</v>
+      </c>
+      <c r="C173">
+        <v>27.936</v>
+      </c>
+      <c r="D173" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>254</v>
+      </c>
+      <c r="B174" t="s">
+        <v>255</v>
+      </c>
+      <c r="C174">
+        <v>28.62</v>
+      </c>
+      <c r="D174" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>256</v>
+      </c>
+      <c r="B175" t="s">
+        <v>257</v>
+      </c>
+      <c r="C175">
+        <v>28.992</v>
+      </c>
+      <c r="D175" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>258</v>
+      </c>
+      <c r="B176" t="s">
+        <v>259</v>
+      </c>
+      <c r="C176">
+        <v>30.168</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>260</v>
+      </c>
+      <c r="B177" t="s">
+        <v>261</v>
+      </c>
+      <c r="C177">
+        <v>30.612</v>
+      </c>
+      <c r="D177" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>262</v>
+      </c>
+      <c r="B178" t="s">
+        <v>263</v>
+      </c>
+      <c r="C178">
+        <v>30.612</v>
+      </c>
+      <c r="D178" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>264</v>
+      </c>
+      <c r="B179" t="s">
+        <v>265</v>
+      </c>
+      <c r="C179">
+        <v>30.792</v>
+      </c>
+      <c r="D179" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>266</v>
+      </c>
+      <c r="B180" t="s">
+        <v>267</v>
+      </c>
+      <c r="C180">
+        <v>30.996</v>
+      </c>
+      <c r="D180" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>268</v>
+      </c>
+      <c r="B181" t="s">
+        <v>269</v>
+      </c>
+      <c r="C181">
+        <v>31.044</v>
+      </c>
+      <c r="D181" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>270</v>
+      </c>
+      <c r="B182" t="s">
+        <v>271</v>
+      </c>
+      <c r="C182">
+        <v>31.464</v>
+      </c>
+      <c r="D182" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>272</v>
+      </c>
+      <c r="B183" t="s">
+        <v>273</v>
+      </c>
+      <c r="C183">
+        <v>31.908</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>274</v>
+      </c>
+      <c r="B184" t="s">
+        <v>275</v>
+      </c>
+      <c r="C184">
+        <v>32.34</v>
+      </c>
+      <c r="D184" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>276</v>
+      </c>
+      <c r="B185" t="s">
+        <v>277</v>
+      </c>
+      <c r="C185">
+        <v>33.744</v>
+      </c>
+      <c r="D185" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>278</v>
+      </c>
+      <c r="B186" t="s">
+        <v>279</v>
+      </c>
+      <c r="C186">
+        <v>33.888</v>
+      </c>
+      <c r="D186" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>280</v>
+      </c>
+      <c r="B187" t="s">
+        <v>281</v>
+      </c>
+      <c r="C187">
+        <v>33.888</v>
+      </c>
+      <c r="D187" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>282</v>
+      </c>
+      <c r="B188" t="s">
+        <v>283</v>
+      </c>
+      <c r="C188">
+        <v>33.888</v>
+      </c>
+      <c r="D188" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>284</v>
+      </c>
+      <c r="B189" t="s">
+        <v>285</v>
+      </c>
+      <c r="C189">
+        <v>36.948</v>
+      </c>
+      <c r="D189" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>286</v>
+      </c>
+      <c r="B190" t="s">
+        <v>287</v>
+      </c>
+      <c r="C190">
+        <v>36.948</v>
+      </c>
+      <c r="D190" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>288</v>
+      </c>
+      <c r="B191" t="s">
+        <v>289</v>
+      </c>
+      <c r="C191">
+        <v>36.948</v>
+      </c>
+      <c r="D191" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>290</v>
+      </c>
+      <c r="B192" t="s">
+        <v>291</v>
+      </c>
+      <c r="C192">
+        <v>37.488</v>
+      </c>
+      <c r="D192" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>292</v>
+      </c>
+      <c r="B193" t="s">
+        <v>293</v>
+      </c>
+      <c r="C193">
+        <v>38.292</v>
+      </c>
+      <c r="D193" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>294</v>
+      </c>
+      <c r="B194" t="s">
+        <v>295</v>
+      </c>
+      <c r="C194">
+        <v>39.264</v>
+      </c>
+      <c r="D194" t="s">
         <v>25</v>
       </c>
     </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>296</v>
+      </c>
+      <c r="B195" t="s">
+        <v>297</v>
+      </c>
+      <c r="C195">
+        <v>40.908</v>
+      </c>
+      <c r="D195" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>298</v>
+      </c>
+      <c r="B196" t="s">
+        <v>299</v>
+      </c>
+      <c r="C196">
+        <v>41.772</v>
+      </c>
+      <c r="D196" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>300</v>
+      </c>
+      <c r="B197" t="s">
+        <v>301</v>
+      </c>
+      <c r="C197">
+        <v>42.0</v>
+      </c>
+      <c r="D197" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>302</v>
+      </c>
+      <c r="B198" t="s">
+        <v>303</v>
+      </c>
+      <c r="C198">
+        <v>43.74</v>
+      </c>
+      <c r="D198" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>304</v>
+      </c>
+      <c r="B199" t="s">
+        <v>305</v>
+      </c>
+      <c r="C199">
+        <v>44.988</v>
+      </c>
+      <c r="D199" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>306</v>
+      </c>
+      <c r="B200" t="s">
+        <v>307</v>
+      </c>
+      <c r="C200">
+        <v>44.988</v>
+      </c>
+      <c r="D200" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>308</v>
+      </c>
+      <c r="B201" t="s">
+        <v>309</v>
+      </c>
+      <c r="C201">
+        <v>45.312</v>
+      </c>
+      <c r="D201" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>23</v>
+      </c>
+      <c r="B202" t="s">
+        <v>24</v>
+      </c>
+      <c r="C202">
+        <v>9.06</v>
+      </c>
+      <c r="D202" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>26</v>
+      </c>
+      <c r="B203" t="s">
+        <v>27</v>
+      </c>
+      <c r="C203">
+        <v>9.096</v>
+      </c>
+      <c r="D203" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>30</v>
+      </c>
+      <c r="B204" t="s">
+        <v>31</v>
+      </c>
+      <c r="C204">
+        <v>9.228</v>
+      </c>
+      <c r="D204" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>32</v>
+      </c>
+      <c r="B205" t="s">
+        <v>33</v>
+      </c>
+      <c r="C205">
+        <v>9.228</v>
+      </c>
+      <c r="D205" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>66</v>
+      </c>
+      <c r="B206" t="s">
+        <v>67</v>
+      </c>
+      <c r="C206">
+        <v>11.652</v>
+      </c>
+      <c r="D206" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>72</v>
+      </c>
+      <c r="B207" t="s">
+        <v>73</v>
+      </c>
+      <c r="C207">
+        <v>12.012</v>
+      </c>
+      <c r="D207" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>86</v>
+      </c>
+      <c r="B208" t="s">
+        <v>87</v>
+      </c>
+      <c r="C208">
+        <v>13.068</v>
+      </c>
+      <c r="D208" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>88</v>
+      </c>
+      <c r="B209" t="s">
+        <v>89</v>
+      </c>
+      <c r="C209">
+        <v>13.128</v>
+      </c>
+      <c r="D209" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>90</v>
+      </c>
+      <c r="B210" t="s">
+        <v>91</v>
+      </c>
+      <c r="C210">
+        <v>13.164</v>
+      </c>
+      <c r="D210" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>92</v>
+      </c>
+      <c r="B211" t="s">
+        <v>93</v>
+      </c>
+      <c r="C211">
+        <v>13.164</v>
+      </c>
+      <c r="D211" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>98</v>
+      </c>
+      <c r="B212" t="s">
+        <v>99</v>
+      </c>
+      <c r="C212">
+        <v>14.016</v>
+      </c>
+      <c r="D212" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>102</v>
+      </c>
+      <c r="B213" t="s">
+        <v>103</v>
+      </c>
+      <c r="C213">
+        <v>14.112</v>
+      </c>
+      <c r="D213" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>108</v>
+      </c>
+      <c r="B214" t="s">
+        <v>109</v>
+      </c>
+      <c r="C214">
+        <v>14.724</v>
+      </c>
+      <c r="D214" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>110</v>
+      </c>
+      <c r="B215" t="s">
+        <v>111</v>
+      </c>
+      <c r="C215">
+        <v>14.82</v>
+      </c>
+      <c r="D215" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>118</v>
+      </c>
+      <c r="B216" t="s">
+        <v>119</v>
+      </c>
+      <c r="C216">
+        <v>15.336</v>
+      </c>
+      <c r="D216" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>120</v>
+      </c>
+      <c r="B217" t="s">
+        <v>121</v>
+      </c>
+      <c r="C217">
+        <v>15.456</v>
+      </c>
+      <c r="D217" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>128</v>
+      </c>
+      <c r="B218" t="s">
+        <v>129</v>
+      </c>
+      <c r="C218">
+        <v>15.78</v>
+      </c>
+      <c r="D218" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>130</v>
+      </c>
+      <c r="B219" t="s">
+        <v>131</v>
+      </c>
+      <c r="C219">
+        <v>15.864</v>
+      </c>
+      <c r="D219" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>132</v>
+      </c>
+      <c r="B220" t="s">
+        <v>133</v>
+      </c>
+      <c r="C220">
+        <v>16.656</v>
+      </c>
+      <c r="D220" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>134</v>
+      </c>
+      <c r="B221" t="s">
+        <v>135</v>
+      </c>
+      <c r="C221">
+        <v>17.064</v>
+      </c>
+      <c r="D221" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>136</v>
+      </c>
+      <c r="B222" t="s">
+        <v>137</v>
+      </c>
+      <c r="C222">
+        <v>17.064</v>
+      </c>
+      <c r="D222" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>138</v>
+      </c>
+      <c r="B223" t="s">
+        <v>139</v>
+      </c>
+      <c r="C223">
+        <v>17.064</v>
+      </c>
+      <c r="D223" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>140</v>
+      </c>
+      <c r="B224" t="s">
+        <v>141</v>
+      </c>
+      <c r="C224">
+        <v>17.1</v>
+      </c>
+      <c r="D224" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>142</v>
+      </c>
+      <c r="B225" t="s">
+        <v>143</v>
+      </c>
+      <c r="C225">
+        <v>17.184</v>
+      </c>
+      <c r="D225" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>144</v>
+      </c>
+      <c r="B226" t="s">
+        <v>145</v>
+      </c>
+      <c r="C226">
+        <v>17.292</v>
+      </c>
+      <c r="D226" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>146</v>
+      </c>
+      <c r="B227" t="s">
+        <v>147</v>
+      </c>
+      <c r="C227">
+        <v>17.34</v>
+      </c>
+      <c r="D227" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>150</v>
+      </c>
+      <c r="B228" t="s">
+        <v>151</v>
+      </c>
+      <c r="C228">
+        <v>17.46</v>
+      </c>
+      <c r="D228" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>152</v>
+      </c>
+      <c r="B229" t="s">
+        <v>153</v>
+      </c>
+      <c r="C229">
+        <v>17.616</v>
+      </c>
+      <c r="D229" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>156</v>
+      </c>
+      <c r="B230" t="s">
+        <v>157</v>
+      </c>
+      <c r="C230">
+        <v>17.892</v>
+      </c>
+      <c r="D230" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>158</v>
+      </c>
+      <c r="B231" t="s">
+        <v>159</v>
+      </c>
+      <c r="C231">
+        <v>18.288</v>
+      </c>
+      <c r="D231" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>160</v>
+      </c>
+      <c r="B232" t="s">
+        <v>161</v>
+      </c>
+      <c r="C232">
+        <v>18.408</v>
+      </c>
+      <c r="D232" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>168</v>
+      </c>
+      <c r="B233" t="s">
+        <v>169</v>
+      </c>
+      <c r="C233">
+        <v>19.596</v>
+      </c>
+      <c r="D233" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>176</v>
+      </c>
+      <c r="B234" t="s">
+        <v>177</v>
+      </c>
+      <c r="C234">
+        <v>19.74</v>
+      </c>
+      <c r="D234" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>178</v>
+      </c>
+      <c r="B235" t="s">
+        <v>179</v>
+      </c>
+      <c r="C235">
+        <v>19.776</v>
+      </c>
+      <c r="D235" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>182</v>
+      </c>
+      <c r="B236" t="s">
+        <v>183</v>
+      </c>
+      <c r="C236">
+        <v>20.34</v>
+      </c>
+      <c r="D236" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>184</v>
+      </c>
+      <c r="B237" t="s">
+        <v>185</v>
+      </c>
+      <c r="C237">
+        <v>20.46</v>
+      </c>
+      <c r="D237" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>192</v>
+      </c>
+      <c r="B238" t="s">
+        <v>193</v>
+      </c>
+      <c r="C238">
+        <v>21.048</v>
+      </c>
+      <c r="D238" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>198</v>
+      </c>
+      <c r="B239" t="s">
+        <v>199</v>
+      </c>
+      <c r="C239">
+        <v>21.48</v>
+      </c>
+      <c r="D239" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>210</v>
+      </c>
+      <c r="B240" t="s">
+        <v>211</v>
+      </c>
+      <c r="C240">
+        <v>22.992</v>
+      </c>
+      <c r="D240" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>214</v>
+      </c>
+      <c r="B241" t="s">
+        <v>215</v>
+      </c>
+      <c r="C241">
+        <v>23.46</v>
+      </c>
+      <c r="D241" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>218</v>
+      </c>
+      <c r="B242" t="s">
+        <v>219</v>
+      </c>
+      <c r="C242">
+        <v>23.712</v>
+      </c>
+      <c r="D242" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>220</v>
+      </c>
+      <c r="B243" t="s">
+        <v>221</v>
+      </c>
+      <c r="C243">
+        <v>23.784</v>
+      </c>
+      <c r="D243" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>222</v>
+      </c>
+      <c r="B244" t="s">
+        <v>223</v>
+      </c>
+      <c r="C244">
+        <v>23.904</v>
+      </c>
+      <c r="D244" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>224</v>
+      </c>
+      <c r="B245" t="s">
+        <v>225</v>
+      </c>
+      <c r="C245">
+        <v>24.192</v>
+      </c>
+      <c r="D245" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>226</v>
+      </c>
+      <c r="B246" t="s">
+        <v>227</v>
+      </c>
+      <c r="C246">
+        <v>24.54</v>
+      </c>
+      <c r="D246" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>228</v>
+      </c>
+      <c r="B247" t="s">
+        <v>229</v>
+      </c>
+      <c r="C247">
+        <v>25.068</v>
+      </c>
+      <c r="D247" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>240</v>
+      </c>
+      <c r="B248" t="s">
+        <v>241</v>
+      </c>
+      <c r="C248">
+        <v>25.776</v>
+      </c>
+      <c r="D248" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>242</v>
+      </c>
+      <c r="B249" t="s">
+        <v>243</v>
+      </c>
+      <c r="C249">
+        <v>26.052</v>
+      </c>
+      <c r="D249" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>244</v>
+      </c>
+      <c r="B250" t="s">
+        <v>245</v>
+      </c>
+      <c r="C250">
+        <v>26.064</v>
+      </c>
+      <c r="D250" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>246</v>
+      </c>
+      <c r="B251" t="s">
+        <v>247</v>
+      </c>
+      <c r="C251">
+        <v>27.432</v>
+      </c>
+      <c r="D251" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>248</v>
+      </c>
+      <c r="B252" t="s">
+        <v>249</v>
+      </c>
+      <c r="C252">
+        <v>27.612</v>
+      </c>
+      <c r="D252" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>250</v>
+      </c>
+      <c r="B253" t="s">
+        <v>251</v>
+      </c>
+      <c r="C253">
+        <v>27.612</v>
+      </c>
+      <c r="D253" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>254</v>
+      </c>
+      <c r="B254" t="s">
+        <v>255</v>
+      </c>
+      <c r="C254">
+        <v>28.62</v>
+      </c>
+      <c r="D254" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>256</v>
+      </c>
+      <c r="B255" t="s">
+        <v>257</v>
+      </c>
+      <c r="C255">
+        <v>28.992</v>
+      </c>
+      <c r="D255" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>260</v>
+      </c>
+      <c r="B256" t="s">
+        <v>261</v>
+      </c>
+      <c r="C256">
+        <v>30.612</v>
+      </c>
+      <c r="D256" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>262</v>
+      </c>
+      <c r="B257" t="s">
+        <v>263</v>
+      </c>
+      <c r="C257">
+        <v>30.612</v>
+      </c>
+      <c r="D257" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>264</v>
+      </c>
+      <c r="B258" t="s">
+        <v>265</v>
+      </c>
+      <c r="C258">
+        <v>30.792</v>
+      </c>
+      <c r="D258" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>266</v>
+      </c>
+      <c r="B259" t="s">
+        <v>267</v>
+      </c>
+      <c r="C259">
+        <v>30.996</v>
+      </c>
+      <c r="D259" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>270</v>
+      </c>
+      <c r="B260" t="s">
+        <v>271</v>
+      </c>
+      <c r="C260">
+        <v>31.464</v>
+      </c>
+      <c r="D260" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>272</v>
+      </c>
+      <c r="B261" t="s">
+        <v>273</v>
+      </c>
+      <c r="C261">
+        <v>31.908</v>
+      </c>
+      <c r="D261" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>274</v>
+      </c>
+      <c r="B262" t="s">
+        <v>275</v>
+      </c>
+      <c r="C262">
+        <v>32.34</v>
+      </c>
+      <c r="D262" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>276</v>
+      </c>
+      <c r="B263" t="s">
+        <v>277</v>
+      </c>
+      <c r="C263">
+        <v>33.744</v>
+      </c>
+      <c r="D263" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>278</v>
+      </c>
+      <c r="B264" t="s">
+        <v>279</v>
+      </c>
+      <c r="C264">
+        <v>33.888</v>
+      </c>
+      <c r="D264" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>280</v>
+      </c>
+      <c r="B265" t="s">
+        <v>281</v>
+      </c>
+      <c r="C265">
+        <v>33.888</v>
+      </c>
+      <c r="D265" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>282</v>
+      </c>
+      <c r="B266" t="s">
+        <v>283</v>
+      </c>
+      <c r="C266">
+        <v>33.888</v>
+      </c>
+      <c r="D266" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>284</v>
+      </c>
+      <c r="B267" t="s">
+        <v>285</v>
+      </c>
+      <c r="C267">
+        <v>36.948</v>
+      </c>
+      <c r="D267" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>286</v>
+      </c>
+      <c r="B268" t="s">
+        <v>287</v>
+      </c>
+      <c r="C268">
+        <v>36.948</v>
+      </c>
+      <c r="D268" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>288</v>
+      </c>
+      <c r="B269" t="s">
+        <v>289</v>
+      </c>
+      <c r="C269">
+        <v>36.948</v>
+      </c>
+      <c r="D269" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>290</v>
+      </c>
+      <c r="B270" t="s">
+        <v>291</v>
+      </c>
+      <c r="C270">
+        <v>37.488</v>
+      </c>
+      <c r="D270" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>292</v>
+      </c>
+      <c r="B271" t="s">
+        <v>293</v>
+      </c>
+      <c r="C271">
+        <v>38.292</v>
+      </c>
+      <c r="D271" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>294</v>
+      </c>
+      <c r="B272" t="s">
+        <v>295</v>
+      </c>
+      <c r="C272">
+        <v>39.264</v>
+      </c>
+      <c r="D272" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>298</v>
+      </c>
+      <c r="B273" t="s">
+        <v>299</v>
+      </c>
+      <c r="C273">
+        <v>41.772</v>
+      </c>
+      <c r="D273" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>302</v>
+      </c>
+      <c r="B274" t="s">
+        <v>303</v>
+      </c>
+      <c r="C274">
+        <v>43.74</v>
+      </c>
+      <c r="D274" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>304</v>
+      </c>
+      <c r="B275" t="s">
+        <v>305</v>
+      </c>
+      <c r="C275">
+        <v>44.988</v>
+      </c>
+      <c r="D275" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>306</v>
+      </c>
+      <c r="B276" t="s">
+        <v>307</v>
+      </c>
+      <c r="C276">
+        <v>44.988</v>
+      </c>
+      <c r="D276" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>310</v>
+      </c>
+      <c r="B277" t="s">
+        <v>311</v>
+      </c>
+      <c r="C277">
+        <v>45.6</v>
+      </c>
+      <c r="D277" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>312</v>
+      </c>
+      <c r="B278" t="s">
+        <v>313</v>
+      </c>
+      <c r="C278">
+        <v>46.8</v>
+      </c>
+      <c r="D278" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>314</v>
+      </c>
+      <c r="B279" t="s">
+        <v>315</v>
+      </c>
+      <c r="C279">
+        <v>53.16</v>
+      </c>
+      <c r="D279" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>316</v>
+      </c>
+      <c r="B280" t="s">
+        <v>317</v>
+      </c>
+      <c r="C280">
+        <v>53.16</v>
+      </c>
+      <c r="D280" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>318</v>
+      </c>
+      <c r="B281" t="s">
+        <v>319</v>
+      </c>
+      <c r="C281">
+        <v>53.16</v>
+      </c>
+      <c r="D281" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>320</v>
+      </c>
+      <c r="B282" t="s">
+        <v>321</v>
+      </c>
+      <c r="C282">
+        <v>54.48</v>
+      </c>
+      <c r="D282" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>322</v>
+      </c>
+      <c r="B283" t="s">
+        <v>323</v>
+      </c>
+      <c r="C283">
+        <v>58.284</v>
+      </c>
+      <c r="D283" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>324</v>
+      </c>
+      <c r="B284" t="s">
+        <v>325</v>
+      </c>
+      <c r="C284">
+        <v>62.4</v>
+      </c>
+      <c r="D284" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>326</v>
+      </c>
+      <c r="B285" t="s">
+        <v>327</v>
+      </c>
+      <c r="C285">
+        <v>78.996</v>
+      </c>
+      <c r="D285" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>328</v>
+      </c>
+      <c r="B286" t="s">
+        <v>329</v>
+      </c>
+      <c r="C286">
+        <v>103.692</v>
+      </c>
+      <c r="D286" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>330</v>
+      </c>
+      <c r="B287" t="s">
+        <v>331</v>
+      </c>
+      <c r="C287">
+        <v>105.288</v>
+      </c>
+      <c r="D287" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>332</v>
+      </c>
+      <c r="B288" t="s">
+        <v>333</v>
+      </c>
+      <c r="C288">
+        <v>111.6</v>
+      </c>
+      <c r="D288" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>334</v>
+      </c>
+      <c r="B289" t="s">
+        <v>335</v>
+      </c>
+      <c r="C289">
+        <v>138.048</v>
+      </c>
+      <c r="D289" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>336</v>
+      </c>
+      <c r="B290" t="s">
+        <v>337</v>
+      </c>
+      <c r="C290">
+        <v>146.616</v>
+      </c>
+      <c r="D290" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>338</v>
+      </c>
+      <c r="B291" t="s">
+        <v>339</v>
+      </c>
+      <c r="C291">
+        <v>148.992</v>
+      </c>
+      <c r="D291" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>340</v>
+      </c>
+      <c r="B292" t="s">
+        <v>341</v>
+      </c>
+      <c r="C292">
+        <v>189.528</v>
+      </c>
+      <c r="D292" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>342</v>
+      </c>
+      <c r="B293" t="s">
+        <v>343</v>
+      </c>
+      <c r="C293">
+        <v>252.696</v>
+      </c>
+      <c r="D293" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>344</v>
+      </c>
+      <c r="B294" t="s">
+        <v>345</v>
+      </c>
+      <c r="C294">
+        <v>273.024</v>
+      </c>
+      <c r="D294" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>346</v>
+      </c>
+      <c r="B295" t="s">
+        <v>347</v>
+      </c>
+      <c r="C295">
+        <v>303.708</v>
+      </c>
+      <c r="D295" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>348</v>
+      </c>
+      <c r="B296" t="s">
+        <v>349</v>
+      </c>
+      <c r="C296">
+        <v>332.4</v>
+      </c>
+      <c r="D296" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>350</v>
+      </c>
+      <c r="B297" t="s">
+        <v>351</v>
+      </c>
+      <c r="C297">
+        <v>398.808</v>
+      </c>
+      <c r="D297" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>352</v>
+      </c>
+      <c r="B298" t="s">
+        <v>353</v>
+      </c>
+      <c r="C298">
+        <v>416.736</v>
+      </c>
+      <c r="D298" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>354</v>
+      </c>
+      <c r="B299" t="s">
+        <v>355</v>
+      </c>
+      <c r="C299">
+        <v>449.424</v>
+      </c>
+      <c r="D299" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>356</v>
+      </c>
+      <c r="B300" t="s">
+        <v>357</v>
+      </c>
+      <c r="C300">
+        <v>469.5</v>
+      </c>
+      <c r="D300" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>358</v>
+      </c>
+      <c r="B301" t="s">
+        <v>359</v>
+      </c>
+      <c r="C301">
+        <v>469.728</v>
+      </c>
+      <c r="D301" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>210</v>
+      </c>
+      <c r="B302" t="s">
+        <v>211</v>
+      </c>
+      <c r="C302">
+        <v>22.992</v>
+      </c>
+      <c r="D302" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>256</v>
+      </c>
+      <c r="B303" t="s">
+        <v>257</v>
+      </c>
+      <c r="C303">
+        <v>28.992</v>
+      </c>
+      <c r="D303" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>260</v>
+      </c>
+      <c r="B304" t="s">
+        <v>261</v>
+      </c>
+      <c r="C304">
+        <v>30.612</v>
+      </c>
+      <c r="D304" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>262</v>
+      </c>
+      <c r="B305" t="s">
+        <v>263</v>
+      </c>
+      <c r="C305">
+        <v>30.612</v>
+      </c>
+      <c r="D305" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>278</v>
+      </c>
+      <c r="B306" t="s">
+        <v>279</v>
+      </c>
+      <c r="C306">
+        <v>33.888</v>
+      </c>
+      <c r="D306" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>280</v>
+      </c>
+      <c r="B307" t="s">
+        <v>281</v>
+      </c>
+      <c r="C307">
+        <v>33.888</v>
+      </c>
+      <c r="D307" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>282</v>
+      </c>
+      <c r="B308" t="s">
+        <v>283</v>
+      </c>
+      <c r="C308">
+        <v>33.888</v>
+      </c>
+      <c r="D308" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>284</v>
+      </c>
+      <c r="B309" t="s">
+        <v>285</v>
+      </c>
+      <c r="C309">
+        <v>36.948</v>
+      </c>
+      <c r="D309" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>286</v>
+      </c>
+      <c r="B310" t="s">
+        <v>287</v>
+      </c>
+      <c r="C310">
+        <v>36.948</v>
+      </c>
+      <c r="D310" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>288</v>
+      </c>
+      <c r="B311" t="s">
+        <v>289</v>
+      </c>
+      <c r="C311">
+        <v>36.948</v>
+      </c>
+      <c r="D311" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>326</v>
+      </c>
+      <c r="B312" t="s">
+        <v>327</v>
+      </c>
+      <c r="C312">
+        <v>78.996</v>
+      </c>
+      <c r="D312" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>338</v>
+      </c>
+      <c r="B313" t="s">
+        <v>339</v>
+      </c>
+      <c r="C313">
+        <v>148.992</v>
+      </c>
+      <c r="D313" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>356</v>
+      </c>
+      <c r="B314" t="s">
+        <v>357</v>
+      </c>
+      <c r="C314">
+        <v>469.5</v>
+      </c>
+      <c r="D314" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>360</v>
+      </c>
+      <c r="B315" t="s">
+        <v>361</v>
+      </c>
+      <c r="C315">
+        <v>469.872</v>
+      </c>
+      <c r="D315" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>362</v>
+      </c>
+      <c r="B316" t="s">
+        <v>363</v>
+      </c>
+      <c r="C316">
+        <v>864.0</v>
+      </c>
+      <c r="D316" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>364</v>
+      </c>
+      <c r="B317" t="s">
+        <v>365</v>
+      </c>
+      <c r="C317">
+        <v>1664.052</v>
+      </c>
+      <c r="D317" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>366</v>
+      </c>
+      <c r="B318" t="s">
+        <v>367</v>
+      </c>
+      <c r="C318">
+        <v>1999.5</v>
+      </c>
+      <c r="D318" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>368</v>
+      </c>
+      <c r="B319" t="s">
+        <v>369</v>
+      </c>
+      <c r="C319">
+        <v>3358.5</v>
+      </c>
+      <c r="D319" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>370</v>
+      </c>
+      <c r="B320" t="s">
+        <v>371</v>
+      </c>
+      <c r="C320">
+        <v>4287.0</v>
+      </c>
+      <c r="D320" t="s">
+        <v>17</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D127"/>
+  <autoFilter ref="A1:D321"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>