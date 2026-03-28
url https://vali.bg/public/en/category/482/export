--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$321</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$224</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Sleeve HAMA "Piscine", 7", blue</t>
   </si>
   <si>
     <t>HAMA-173547</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Sleeve HAMA "Piscine", 7", turquoise</t>
   </si>
   <si>
@@ -67,1113 +67,777 @@
   <si>
     <t>Delock Webcam Cover for Laptop, Tablet and Smartphone 3 pack</t>
   </si>
   <si>
     <t>DELOCK-20652</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets up to 17.8 cm (7"), black</t>
   </si>
   <si>
     <t>HAMA-173596</t>
   </si>
   <si>
     <t>Notebook Combination Lock HAMA Light, 180 cm</t>
   </si>
   <si>
     <t>HAMA-11788</t>
   </si>
   <si>
     <t>Hama "Fold" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
   </si>
   <si>
     <t>HAMA-216451</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-216510</t>
+  </si>
+  <si>
+    <t>Hama "Fold Clear" Tablet Case for Apple iPad mini 8.3" (6th gen./2021), black</t>
+  </si>
+  <si>
+    <t>HAMA-216452</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216503</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), lilac</t>
+  </si>
+  <si>
+    <t>HAMA-222031</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-222033</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1")</t>
+  </si>
+  <si>
+    <t>HAMA-222035</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 36 cm (14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216504</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216505</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222032</t>
+  </si>
+  <si>
+    <t>HAMA-222032</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222034</t>
+  </si>
+  <si>
+    <t>HAMA-222034</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222036</t>
+  </si>
+  <si>
+    <t>HAMA-222036</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222038</t>
+  </si>
+  <si>
+    <t>HAMA-222038</t>
+  </si>
+  <si>
+    <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222040</t>
+  </si>
+  <si>
+    <t>HAMA-222040</t>
+  </si>
+  <si>
+    <t>Notebook Sleeve HAMA "Neoprene", 11.6", Black</t>
+  </si>
+  <si>
+    <t>HAMA-216502</t>
+  </si>
+  <si>
+    <t>Hama "Rotation" Laptop Stand, 360° Swivel, 8-stage Tilt, up to 40 cm (15.6"), blk</t>
+  </si>
+  <si>
+    <t>HAMA-126817</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve, up to 44 cm (17.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216506</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets up to 20.3 cm (8"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216426</t>
+  </si>
+  <si>
+    <t>"Strap" Tablet Case for Tablets 9,5 - 11", HAMA-216431</t>
+  </si>
+  <si>
+    <t>HAMA-216431</t>
+  </si>
+  <si>
+    <t>Hama Universal Switchable Power Supply Unit, Adjustable, 300mA, 223611</t>
+  </si>
+  <si>
+    <t>HAMA-223611</t>
+  </si>
+  <si>
+    <t>Hama "Neoprene" Laptop Sleeve with front compartment, 36 cm - 40 cm (14.1" - 15.6")</t>
+  </si>
+  <si>
+    <t>HAMA-227069</t>
+  </si>
+  <si>
+    <t>Hama "Wave" Laptop Cooler, Quiet, up to 40 cm (15.6"), 126810</t>
+  </si>
+  <si>
+    <t>HAMA-126810</t>
+  </si>
+  <si>
+    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), blue</t>
+  </si>
+  <si>
+    <t>HAMA-216430</t>
+  </si>
+  <si>
+    <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Black</t>
+  </si>
+  <si>
+    <t>HAMA-216429</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), grey</t>
+  </si>
+  <si>
+    <t>HAMA-227053</t>
+  </si>
+  <si>
+    <t>Notebook Combination Lock HAMA  54106, 100 cm</t>
+  </si>
+  <si>
+    <t>HAMA-54106</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Backpack, 15.6", 217273</t>
+  </si>
+  <si>
+    <t>HAMA-217273</t>
+  </si>
+  <si>
+    <t>Hama "Genua" Laptop Backpack, 15.6", black</t>
+  </si>
+  <si>
+    <t>HAMA-216597</t>
+  </si>
+  <si>
+    <t>Hama "Bend 2.0" Tablet Case for Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
+  </si>
+  <si>
+    <t>HAMA-222029</t>
+  </si>
+  <si>
+    <t>ACT City laptop sleeve 13.3", black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8510</t>
+  </si>
+  <si>
+    <t>Artist glove HUION GL200 for graphic tablet</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GLOVES</t>
+  </si>
+  <si>
+    <t>Hama "Florence" Laptop Sleeve, up to 34 cm (13.3"), black/grey</t>
+  </si>
+  <si>
+    <t>HAMA-217113</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216427</t>
+  </si>
+  <si>
+    <t>Spare nibs PN04  - 10 pcs. for Digital pen HUION PW100/PW201</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN04</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Blue</t>
+  </si>
+  <si>
+    <t>HAMA-227074</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Orange</t>
+  </si>
+  <si>
+    <t>HAMA-227076</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), grey</t>
-[...214 lines deleted...]
-  <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), magenta</t>
   </si>
   <si>
     <t>HAMA-227075</t>
   </si>
   <si>
     <t>Hama "Carbon" Laptop Stand, up to 47 cm (18.4"), Carbon Look, black</t>
   </si>
   <si>
     <t>HAMA-126812</t>
   </si>
   <si>
     <t>Laptop cooling stand, up to 17", adjustable height (5 positions), 2-port hub</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8110</t>
   </si>
   <si>
     <t>ACT Laptop shoulder bag 15 up to 16.1 inch</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8505</t>
   </si>
   <si>
     <t>ACT Laptop Case City 14.1"</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8515</t>
   </si>
   <si>
     <t>Universal Switchable Power Supply Unit, Adjustable, 1000mA, 12W, HAMA-223613</t>
   </si>
   <si>
     <t>HAMA-223613</t>
   </si>
   <si>
     <t>MAXELL bag for laptop BX-SL41 Laptop sleeve 14,1" black</t>
   </si>
   <si>
     <t>ML-BAG-BX-SL41</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool WIND PAL MINI, 15.6", 140 mm, Black</t>
   </si>
   <si>
     <t>DP-N114L-WDMI</t>
   </si>
   <si>
+    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-231018</t>
+  </si>
+  <si>
+    <t>ACT Laptop Case City 15.6"</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8520</t>
+  </si>
+  <si>
+    <t>ACT Office shoulder laptop bag, 16.1", black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8500</t>
+  </si>
+  <si>
+    <t>Hama HaHaHa Feel Notebook Rucksack, up to 40 cm (15.6"), Red</t>
+  </si>
+  <si>
+    <t>HAMA-185672</t>
+  </si>
+  <si>
+    <t>Hama HaHaHa Live Notebook Rucksack, up to 40 cm (15.6"), Violets</t>
+  </si>
+  <si>
+    <t>HAMA-185671</t>
+  </si>
+  <si>
+    <t>Hama "Black" Laptop Cooler, Quiet, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126809</t>
+  </si>
+  <si>
+    <t>Hama "Xpand" Tablet Case for Tablets 28 - 33 cm (11 - 13"), black</t>
+  </si>
+  <si>
+    <t>HAMA-227086</t>
+  </si>
+  <si>
+    <t>Hama "Tortuga" Laptop Bag, up to 44 cm (17,3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216443</t>
+  </si>
+  <si>
+    <t>Hama "Montego" Laptop Bag, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216440</t>
+  </si>
+  <si>
+    <t>Cooler for NUC/BRIX Delta BSB05505HP-SM</t>
+  </si>
+  <si>
+    <t>DELTA-BSB05505HP</t>
+  </si>
+  <si>
+    <t>Hama "Slim" Laptop Cooler, Ultra-flat, Quiet, Lightweight, up to 40 cm (15.6"), black</t>
+  </si>
+  <si>
+    <t>HAMA-126808</t>
+  </si>
+  <si>
+    <t>ACT AC8145 Folding Laptop Stand, 5 Positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8145</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), beige</t>
+  </si>
+  <si>
+    <t>HAMA-231016</t>
+  </si>
+  <si>
+    <t>Foldable lightweight laptop stand ACT AC8150, 7 positions, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8150</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), black</t>
+  </si>
+  <si>
+    <t>HAMA-231015</t>
+  </si>
+  <si>
+    <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), brown</t>
+  </si>
+  <si>
+    <t>HAMA-231017</t>
+  </si>
+  <si>
+    <t>ACT City Accessory Travel Organizer, 24 x 5.50 x 14 cm, 7 compartments, Black</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8501</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply PRO Charger / AC Adapter 19V 3.42A 65W for Asus R510C R510L R556L X550C X550L Toshiba Satellite C650 L750 5.5mm-2.5mm   GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD25P-TOSH-19V-3.42A</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, 6-stage Tilt, Folding, up to 40 cm (15.6"), silve</t>
+  </si>
+  <si>
+    <t>HAMA-126813</t>
+  </si>
+  <si>
+    <t>Hama Universal Switchable Power Supply Unit, Adjustable, 1500mA, 18W, max. 12V, 7 Adapters</t>
+  </si>
+  <si>
+    <t>HAMA-223615</t>
+  </si>
+  <si>
+    <t>ACT Suburb 13.3" laptop case made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8575</t>
+  </si>
+  <si>
+    <t>Wormhole Switch - Windows &amp; Mac j5create JUC400</t>
+  </si>
+  <si>
+    <t>J5-JUC400</t>
+  </si>
+  <si>
+    <t>Foldable aluminum laptop stand ACT AC8120, 6 positions</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8120</t>
+  </si>
+  <si>
+    <t>ACT Suburb 15.6" laptop case made from recycled plastic bottles</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC8585</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool U-PAL, 15.6", 140 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N214A5UPAL</t>
+  </si>
+  <si>
+    <t>Suport de racire pentru notebook Kolink KL-N200 15.6</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-NBNK-145</t>
+  </si>
+  <si>
     <t>ACT Metro, laptop bag, 15.6 inch, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8550</t>
   </si>
   <si>
-    <t>Hama "Genua" Laptop Bag, up to 40 cm (15.6"), black</t>
-[...148 lines deleted...]
-  <si>
     <t>ACT Suburb 14.1" laptop case made from recycled plastic bottles</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8580</t>
   </si>
   <si>
     <t>Notebook Power Supply AC Adapter за DELL  PRO Charger / AC Adapter 19.5V 3.34A 65W for Dell Latitude E6330 E6410 E6430 E6530 E7440 Inspiron 15 5558 15R N5110  GREEN CELL</t>
   </si>
   <si>
     <t>GC-AD07AP-DELL-19.5V</t>
   </si>
   <si>
     <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", lilac</t>
   </si>
   <si>
     <t>HAMA-217136</t>
   </si>
   <si>
     <t>Notebook Cooler DeepCool WIND PAL FS, 17", 2x140 mm, 1200 RPM, Black</t>
   </si>
   <si>
     <t>DP-N222-WPALFS</t>
   </si>
   <si>
     <t>"Montego" Laptop Bag - 17.3" 216441</t>
   </si>
   <si>
     <t>HAMA-216441</t>
   </si>
   <si>
     <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
   </si>
   <si>
     <t>HAMA-217257</t>
   </si>
   <si>
     <t>Travel Adapter  FUJITSU ADAPTER AD13P 20V 4,5 A GREEN CELL</t>
   </si>
   <si>
     <t>GC-FUJITSU-ADAPTER-AD13P</t>
   </si>
   <si>
     <t>Android Mirror j5create JUC610, USB 2.0</t>
   </si>
   <si>
     <t>J5-JUC610</t>
   </si>
   <si>
+    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-217256</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 34 - 36 cm (13.3"- 14.1"), sand</t>
+  </si>
+  <si>
+    <t>HAMA-217258</t>
+  </si>
+  <si>
+    <t>Hama "Nano" Laptop Lock, 4-digit Combination Lock, Carbon Steel, 126822</t>
+  </si>
+  <si>
+    <t>HAMA-126822</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), petrol blue</t>
+  </si>
+  <si>
+    <t>HAMA-217260</t>
+  </si>
+  <si>
+    <t>Notebook Power Supply  GREEN CELL, PRO Charger / AC Adapter 19V 2.37A 45W for Acer  5,5mm- 1,7mm</t>
+  </si>
+  <si>
+    <t>GC-AD66P-ACER-19V-2.37A</t>
+  </si>
+  <si>
+    <t>Hama "Velvet" Laptop Bag, from 40 - 41 cm (15.6"- 16.2"), black</t>
+  </si>
+  <si>
+    <t>HAMA-217259</t>
+  </si>
+  <si>
+    <t>Hama Universal Switchable Power Supply Unit, Adjustable, 1500mA, 24W, max. 24V, 7 Adapters</t>
+  </si>
+  <si>
+    <t>HAMA-223616</t>
+  </si>
+  <si>
+    <t>External power adapter Inter Tech 60W, C14-Connector</t>
+  </si>
+  <si>
+    <t>INTER-TECH-PSU-60W</t>
+  </si>
+  <si>
+    <t>Spare nibs PN032 - 5 pcs. for Digital pen HUION PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN032</t>
+  </si>
+  <si>
+    <t>Hama "Nice" Laptop Bag, up to 34 cm (13.3"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216528</t>
+  </si>
+  <si>
+    <t>Hama "Aluminium" Laptop Stand, Folding, up to 40 cm (15.6"), silver</t>
+  </si>
+  <si>
+    <t>HAMA-126811</t>
+  </si>
+  <si>
+    <t>Laptop cooling stand, up to 17", adjustable height (2 positions), 4-port hub</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-NOT-AC8105</t>
+  </si>
+  <si>
+    <t>AC Adapter за Asus Eee PC 19V 2.1A GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-AD06P-ASUS-19V-2.1A</t>
+  </si>
+  <si>
+    <t>MAXELL BX200 Laptop Backpack, 16"</t>
+  </si>
+  <si>
+    <t>ML-BAG-BX200</t>
+  </si>
+  <si>
+    <t>Hama Universal Switchable Power Supply Unit, Adjustable, 2250mA, 27W, max. 12V, 7 Adapters</t>
+  </si>
+  <si>
+    <t>HAMA-223617</t>
+  </si>
+  <si>
+    <t>Notebook Cooler DeepCool Multi Core X6, 15.6", 2x140+100 mm, Black</t>
+  </si>
+  <si>
+    <t>DP-N422-MCX6</t>
+  </si>
+  <si>
+    <t>Rugged Tablet Protection Case 13.3''</t>
+  </si>
+  <si>
+    <t>HSG-ACC-2G00K</t>
+  </si>
+  <si>
+    <t>Rugged Tablet Protection Case 10.1''</t>
+  </si>
+  <si>
+    <t>HSG-ACC-1G00K</t>
+  </si>
+  <si>
+    <t>Spare nibs PN032A- 5 pcs. for Digital pen HUION PW320</t>
+  </si>
+  <si>
+    <t>HUION-TAB-NIBS-PN032A</t>
+  </si>
+  <si>
+    <t>Hama "Nice" Laptop Bag, up to 36 cm (14.1"), black</t>
+  </si>
+  <si>
+    <t>HAMA-216529</t>
+  </si>
+  <si>
+    <t>Hama "Florence" Notebook Bag, up to 40 cm (15.6"), black/grey</t>
+  </si>
+  <si>
+    <t>HAMA-217116</t>
+  </si>
+  <si>
+    <t>Hama "Black Metal" Laptop Cooler, 40 cm (15.6"), 126806</t>
+  </si>
+  <si>
+    <t>HAMA-126806</t>
+  </si>
+  <si>
+    <t>Hama Universal USB-C Notebook Power Supply Unit, GaN, Power Del. (PD), 5-20V/45W</t>
+  </si>
+  <si>
+    <t>HAMA-200022</t>
+  </si>
+  <si>
     <t>ACT Urban, shoulder bag, 15.6 inch, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8525</t>
   </si>
   <si>
-    <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), black</t>
-[...100 lines deleted...]
-  <si>
     <t>ASUS AP4600 Backpack up to 16" - Grey</t>
   </si>
   <si>
     <t>ASUS-P-BP-AP4600-GRAY</t>
   </si>
   <si>
-    <t>Hama "Aluminium" Laptop Cooler, up to 40 cm (15.6"), 126807</t>
-[...128 lines deleted...]
-    <t>EWENT-ACT-NOT-AC8050</t>
+    <t>Notebook Power Supply GREEN CELL, PRO Charger / AC Adapter 19V 4.74A 90W for Acer  5,5mm- 1,7mm</t>
+  </si>
+  <si>
+    <t>GC-AD02P-ACER-19V-4.74A</t>
   </si>
   <si>
     <t>Backpack ASUS TUF Gaming VP4700 up to 17.3" - Black</t>
   </si>
   <si>
     <t>ASUS-P-BP-TUF-VP4700</t>
   </si>
   <si>
-    <t>Notebook Cooler Kolink KL-F500 17.3" ARGB</t>
-[...202 lines deleted...]
-  <si>
     <t>Docking station ASUS DC201 Dual 4K - USB-C</t>
   </si>
   <si>
     <t>ASUS-P-DC201-DOCK</t>
   </si>
   <si>
-    <t>Dell Pro 7-in-1 USB-C Travel Hub - DA310</t>
-[...28 lines deleted...]
-  <si>
     <t>Docking station ASUS DC300 Triple Display USB-C</t>
   </si>
   <si>
     <t>ASUS-P-DC300-DOCK</t>
   </si>
   <si>
-    <t>Keyboard case for ReMarkable Paper Pro Type Folio, black</t>
-[...44 lines deleted...]
-    <t>HUION-TAB-GS1563</t>
+    <t>Tablet Samsung Galaxy Tab A11 LTE 4+ 64GB</t>
+  </si>
+  <si>
+    <t>SAM-TAB-A11-64GB</t>
+  </si>
+  <si>
+    <t>Tablet Samsung Galaxy Tab A11 LTE 4+ 128GB</t>
+  </si>
+  <si>
+    <t>SAM-TAB-A11-128GB</t>
+  </si>
+  <si>
+    <t>Apple Magic Keyboard for iPad Pro 11-inch (M4/M5) - International English - Black</t>
+  </si>
+  <si>
+    <t>APPLE-MWR23ZA</t>
+  </si>
+  <si>
+    <t>Notebook ACER Aspire Lite 15 AL15-33P-359M - 15.6" IPS FullHD, Intel Core 3 N355, 16GB DDR5, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ACER-NOT-N355-359M</t>
   </si>
   <si>
     <t>Notebook ASUS Vivobook Go 15 E1504FA-BQ2337 - 15.6" FHD, Ryzen 3 7320U, 16GB LPDDR5, 512GB SSD, Free OS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0ZR1-M04190</t>
   </si>
   <si>
-    <t>Notebook ASUS Vivobook 15 X1504VA-BQ2626 - 15.6"FHD, Intel i3-1315U, 16GB DDR4, 512GB SSD, Free OS</t>
-[...4 lines deleted...]
-  <si>
     <t>Notebook ASUS Vivobook 15 X1504VA-BQ2625- 15.6"FHD, Intel i3-1315U, 16GB DDR4, 512GB SSD, Free OS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB13Y2-M00ZT0</t>
   </si>
   <si>
+    <t>Notebook ASUS Vivobook 15 2026 X1504VA-BQ4105 - 15.6" IPS FullHD, Intel Core 5 120U, 16GB DDR5, 512GB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y2-M02HE0</t>
+  </si>
+  <si>
+    <t>Notebook ASUS Vivobook 15 2026 X1504VA-BQ4595  - 15.6" IPS FullHD, Intel Core 5 120U, 16GB DDR5, 1TB SSD, Free OS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB13Y2-M02HJ0</t>
+  </si>
+  <si>
+    <t>Tablet Apple iPad Air 11-inch (M3) Wi-Fi 128GB - Space Grey</t>
+  </si>
+  <si>
+    <t>APPLE-IPAD-MC9W4HC</t>
+  </si>
+  <si>
     <t>Notebook ASUS Vivobook 16 X1607CA-MB059  - 16" IPS WUXGA, Intel Core 5 225H, 16GB LPDDR5X, 512GB SSD, Free OS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB15A2-M00CX0</t>
   </si>
   <si>
+    <t>Tablet Apple iPad Pro 11-inch (M5) WiFi 256GB with Standard glass - space black</t>
+  </si>
+  <si>
+    <t>APPLE-MDWK4HCA</t>
+  </si>
+  <si>
     <t>Notebook ASUS TUF Gaming A16 2025 FA608UM-RV016 - 16" IPS FullHD+, AMD Ryzen 7 260, 16GB DDR5, 1TB SSD, RTX 5060 8GB GDD7</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0KV1-M003V0</t>
   </si>
   <si>
-    <t>Notebook ASUS TUF Gaming F16 2025 FX608JPR-QT026 - 16" FullHD+ Intel Core i7-14650HX, 16GB DDR5, 1TB SSD, RTX 5070 8GB GDDR7</t>
-[...4 lines deleted...]
-  <si>
     <t>Notebook ASUS ROG Strix G16 2025 G615LR-S5152W - 16" IPS 240Hz, WQXGA, Intel Core Ultra 9 275HX, 32GB DDR5, 1TB SSD, RTX 5070TI 12GB GDDR7</t>
   </si>
   <si>
     <t>ASUS-NOT-90NR0LR1-M00A30</t>
-  </si>
-[...4 lines deleted...]
-    <t>ASUS-NOT-90NB15K1-M00CF0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1477,51 +1141,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D321"/>
+  <dimension ref="A1:D224"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1600,541 +1264,541 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>8.112</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>8.796</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>8.988</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>9.06</v>
+        <v>9.012</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>9.096</v>
+        <v>9.012</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>9.132</v>
+        <v>9.012</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>9.228</v>
+        <v>9.036</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14">
-        <v>9.228</v>
+        <v>9.336</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15">
-        <v>9.336</v>
+        <v>9.66</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>9.768</v>
+        <v>10.224</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C17">
         <v>10.224</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C18">
         <v>10.224</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19">
         <v>10.224</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C20">
         <v>10.224</v>
       </c>
       <c r="D20" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21">
-        <v>10.224</v>
+        <v>10.86</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22">
-        <v>10.536</v>
+        <v>10.86</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
-        <v>10.86</v>
+        <v>11.196</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
         <v>11.208</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
-        <v>11.304</v>
+        <v>11.352</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C26">
         <v>11.352</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C27">
-        <v>11.424</v>
+        <v>11.412</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C28">
         <v>11.544</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C29">
         <v>11.556</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C30">
         <v>11.64</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>11.652</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>11.688</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>12.012</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>12.012</v>
       </c>
       <c r="D34" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>12.276</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>12.504</v>
       </c>
       <c r="D36" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>12.576</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>12.6</v>
       </c>
       <c r="D38" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>12.732</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>12.9</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>13.068</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>13.128</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>13.164</v>
       </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
         <v>13.164</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>13.38</v>
@@ -2157,261 +1821,261 @@
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
         <v>14.016</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>14.112</v>
+        <v>14.028</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>14.112</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
         <v>14.4</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>14.4</v>
+        <v>14.724</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>14.724</v>
+        <v>14.82</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>14.82</v>
+        <v>15.3</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>15.3</v>
+        <v>15.336</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>15.336</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
         <v>15.336</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>15.336</v>
+        <v>15.456</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>15.456</v>
+        <v>15.468</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>15.468</v>
+        <v>15.492</v>
       </c>
       <c r="D59" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>15.576</v>
+        <v>15.6</v>
       </c>
       <c r="D60" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>15.6</v>
+        <v>15.792</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>15.78</v>
+        <v>15.864</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>15.864</v>
+        <v>16.212</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
         <v>16.656</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
@@ -2423,93 +2087,93 @@
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
         <v>17.064</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>17.064</v>
+        <v>17.1</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>17.1</v>
+        <v>17.184</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>17.184</v>
+        <v>17.292</v>
       </c>
       <c r="D69" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>17.292</v>
+        <v>17.304</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
         <v>17.34</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
@@ -2538,191 +2202,191 @@
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
         <v>17.616</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
         <v>17.796</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
         <v>17.892</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>18.288</v>
+        <v>18.276</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>18.408</v>
+        <v>18.288</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>18.42</v>
+        <v>18.408</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>19.2</v>
+        <v>18.42</v>
       </c>
       <c r="D80" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>19.392</v>
+        <v>19.2</v>
       </c>
       <c r="D81" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>19.596</v>
+        <v>19.392</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>19.632</v>
+        <v>19.596</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>19.692</v>
+        <v>19.632</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>19.74</v>
+        <v>19.692</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
         <v>19.74</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
         <v>19.776</v>
@@ -2745,3278 +2409,1920 @@
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
         <v>20.34</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>20.46</v>
+        <v>20.4</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>20.64</v>
+        <v>20.46</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>20.964</v>
+        <v>20.46</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>21.012</v>
+        <v>20.64</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>21.048</v>
+        <v>20.964</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>21.324</v>
+        <v>21.012</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>21.48</v>
+        <v>21.048</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>21.48</v>
+        <v>21.324</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>21.6</v>
+        <v>21.48</v>
       </c>
       <c r="D98" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>21.6</v>
+        <v>21.48</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>21.6</v>
+        <v>21.552</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>21.612</v>
+        <v>21.6</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="B102" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C102">
-        <v>9.06</v>
+        <v>5.112</v>
       </c>
       <c r="D102" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B103" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="C103">
-        <v>9.096</v>
+        <v>8.112</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="C104">
-        <v>9.228</v>
+        <v>8.796</v>
       </c>
       <c r="D104" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="B105" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="C105">
-        <v>9.228</v>
+        <v>8.988</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="B106" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C106">
-        <v>10.224</v>
+        <v>9.012</v>
       </c>
       <c r="D106" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="B107" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="C107">
-        <v>10.224</v>
+        <v>9.012</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="B108" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="C108">
-        <v>10.224</v>
+        <v>9.012</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="B109" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C109">
-        <v>10.224</v>
+        <v>9.036</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="B110" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="C110">
-        <v>10.224</v>
+        <v>9.336</v>
       </c>
       <c r="D110" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="B111" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="C111">
-        <v>10.86</v>
+        <v>9.66</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="B112" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="C112">
-        <v>11.544</v>
+        <v>10.224</v>
       </c>
       <c r="D112" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="B113" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="C113">
-        <v>11.652</v>
+        <v>10.224</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="B114" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="C114">
-        <v>12.012</v>
+        <v>10.224</v>
       </c>
       <c r="D114" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="B115" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="C115">
-        <v>12.276</v>
+        <v>10.224</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="B116" t="s">
-        <v>77</v>
+        <v>43</v>
       </c>
       <c r="C116">
-        <v>12.504</v>
+        <v>10.224</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>86</v>
+        <v>44</v>
       </c>
       <c r="B117" t="s">
-        <v>87</v>
+        <v>45</v>
       </c>
       <c r="C117">
-        <v>13.068</v>
+        <v>10.86</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="B118" t="s">
-        <v>89</v>
+        <v>47</v>
       </c>
       <c r="C118">
-        <v>13.128</v>
+        <v>10.86</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="B119" t="s">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="C119">
-        <v>13.164</v>
+        <v>11.196</v>
       </c>
       <c r="D119" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>92</v>
+        <v>50</v>
       </c>
       <c r="B120" t="s">
-        <v>93</v>
+        <v>51</v>
       </c>
       <c r="C120">
-        <v>13.164</v>
+        <v>11.208</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>98</v>
+        <v>52</v>
       </c>
       <c r="B121" t="s">
-        <v>99</v>
+        <v>53</v>
       </c>
       <c r="C121">
-        <v>14.016</v>
+        <v>11.352</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="B122" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="C122">
-        <v>14.112</v>
+        <v>11.352</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="B123" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="C123">
-        <v>14.724</v>
+        <v>11.412</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>110</v>
+        <v>58</v>
       </c>
       <c r="B124" t="s">
-        <v>111</v>
+        <v>59</v>
       </c>
       <c r="C124">
-        <v>14.82</v>
+        <v>11.544</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="B125" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="C125">
-        <v>15.3</v>
+        <v>11.556</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="B126" t="s">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="C126">
-        <v>15.336</v>
+        <v>11.64</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>120</v>
+        <v>65</v>
       </c>
       <c r="B127" t="s">
-        <v>121</v>
+        <v>66</v>
       </c>
       <c r="C127">
-        <v>15.456</v>
+        <v>11.652</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>128</v>
+        <v>69</v>
       </c>
       <c r="B128" t="s">
-        <v>129</v>
+        <v>70</v>
       </c>
       <c r="C128">
-        <v>15.78</v>
+        <v>12.012</v>
       </c>
       <c r="D128" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>130</v>
+        <v>71</v>
       </c>
       <c r="B129" t="s">
-        <v>131</v>
+        <v>72</v>
       </c>
       <c r="C129">
-        <v>15.864</v>
+        <v>12.012</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="B130" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="C130">
-        <v>16.656</v>
+        <v>12.276</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>134</v>
+        <v>75</v>
       </c>
       <c r="B131" t="s">
-        <v>135</v>
+        <v>76</v>
       </c>
       <c r="C131">
-        <v>17.064</v>
+        <v>12.504</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>136</v>
+        <v>77</v>
       </c>
       <c r="B132" t="s">
-        <v>137</v>
+        <v>78</v>
       </c>
       <c r="C132">
-        <v>17.064</v>
+        <v>12.576</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>138</v>
+        <v>79</v>
       </c>
       <c r="B133" t="s">
-        <v>139</v>
+        <v>80</v>
       </c>
       <c r="C133">
-        <v>17.064</v>
+        <v>12.6</v>
       </c>
       <c r="D133" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>140</v>
+        <v>81</v>
       </c>
       <c r="B134" t="s">
-        <v>141</v>
+        <v>82</v>
       </c>
       <c r="C134">
-        <v>17.1</v>
+        <v>12.732</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="B135" t="s">
-        <v>143</v>
+        <v>84</v>
       </c>
       <c r="C135">
-        <v>17.184</v>
+        <v>12.9</v>
       </c>
       <c r="D135" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
       <c r="B136" t="s">
-        <v>145</v>
+        <v>86</v>
       </c>
       <c r="C136">
-        <v>17.292</v>
+        <v>13.068</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>146</v>
+        <v>87</v>
       </c>
       <c r="B137" t="s">
-        <v>147</v>
+        <v>88</v>
       </c>
       <c r="C137">
-        <v>17.34</v>
+        <v>13.128</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>150</v>
+        <v>90</v>
       </c>
       <c r="B138" t="s">
-        <v>151</v>
+        <v>91</v>
       </c>
       <c r="C138">
-        <v>17.46</v>
+        <v>13.164</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>152</v>
+        <v>92</v>
       </c>
       <c r="B139" t="s">
-        <v>153</v>
+        <v>93</v>
       </c>
       <c r="C139">
-        <v>17.616</v>
+        <v>13.164</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>156</v>
+        <v>94</v>
       </c>
       <c r="B140" t="s">
-        <v>157</v>
+        <v>95</v>
       </c>
       <c r="C140">
-        <v>17.892</v>
+        <v>13.38</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>158</v>
+        <v>96</v>
       </c>
       <c r="B141" t="s">
-        <v>159</v>
+        <v>97</v>
       </c>
       <c r="C141">
-        <v>18.288</v>
+        <v>13.896</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>160</v>
+        <v>98</v>
       </c>
       <c r="B142" t="s">
-        <v>161</v>
+        <v>99</v>
       </c>
       <c r="C142">
-        <v>18.408</v>
+        <v>14.016</v>
       </c>
       <c r="D142" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>168</v>
+        <v>100</v>
       </c>
       <c r="B143" t="s">
-        <v>169</v>
+        <v>101</v>
       </c>
       <c r="C143">
-        <v>19.596</v>
+        <v>14.028</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>176</v>
+        <v>102</v>
       </c>
       <c r="B144" t="s">
-        <v>177</v>
+        <v>103</v>
       </c>
       <c r="C144">
-        <v>19.74</v>
+        <v>14.112</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>178</v>
+        <v>104</v>
       </c>
       <c r="B145" t="s">
-        <v>179</v>
+        <v>105</v>
       </c>
       <c r="C145">
-        <v>19.776</v>
+        <v>14.4</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>180</v>
+        <v>106</v>
       </c>
       <c r="B146" t="s">
-        <v>181</v>
+        <v>107</v>
       </c>
       <c r="C146">
-        <v>19.884</v>
+        <v>14.724</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>182</v>
+        <v>108</v>
       </c>
       <c r="B147" t="s">
-        <v>183</v>
+        <v>109</v>
       </c>
       <c r="C147">
-        <v>20.34</v>
+        <v>14.82</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>184</v>
+        <v>110</v>
       </c>
       <c r="B148" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="C148">
-        <v>20.46</v>
+        <v>15.3</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>192</v>
+        <v>112</v>
       </c>
       <c r="B149" t="s">
-        <v>193</v>
+        <v>113</v>
       </c>
       <c r="C149">
-        <v>21.048</v>
+        <v>15.336</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>198</v>
+        <v>114</v>
       </c>
       <c r="B150" t="s">
-        <v>199</v>
+        <v>115</v>
       </c>
       <c r="C150">
-        <v>21.48</v>
+        <v>15.336</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>208</v>
+        <v>116</v>
       </c>
       <c r="B151" t="s">
-        <v>209</v>
+        <v>117</v>
       </c>
       <c r="C151">
-        <v>22.128</v>
+        <v>15.336</v>
       </c>
       <c r="D151" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>210</v>
+        <v>118</v>
       </c>
       <c r="B152" t="s">
-        <v>211</v>
+        <v>119</v>
       </c>
       <c r="C152">
-        <v>22.992</v>
+        <v>15.456</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>212</v>
+        <v>120</v>
       </c>
       <c r="B153" t="s">
-        <v>213</v>
+        <v>121</v>
       </c>
       <c r="C153">
-        <v>23.268</v>
+        <v>15.468</v>
       </c>
       <c r="D153" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>214</v>
+        <v>122</v>
       </c>
       <c r="B154" t="s">
-        <v>215</v>
+        <v>123</v>
       </c>
       <c r="C154">
-        <v>23.46</v>
+        <v>15.492</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>216</v>
+        <v>124</v>
       </c>
       <c r="B155" t="s">
-        <v>217</v>
+        <v>125</v>
       </c>
       <c r="C155">
-        <v>23.556</v>
+        <v>15.6</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>218</v>
+        <v>126</v>
       </c>
       <c r="B156" t="s">
-        <v>219</v>
+        <v>127</v>
       </c>
       <c r="C156">
-        <v>23.712</v>
+        <v>15.792</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>220</v>
+        <v>128</v>
       </c>
       <c r="B157" t="s">
-        <v>221</v>
+        <v>129</v>
       </c>
       <c r="C157">
-        <v>23.784</v>
+        <v>15.864</v>
       </c>
       <c r="D157" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>222</v>
+        <v>130</v>
       </c>
       <c r="B158" t="s">
-        <v>223</v>
+        <v>131</v>
       </c>
       <c r="C158">
-        <v>23.904</v>
+        <v>16.212</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>224</v>
+        <v>132</v>
       </c>
       <c r="B159" t="s">
-        <v>225</v>
+        <v>133</v>
       </c>
       <c r="C159">
-        <v>24.192</v>
+        <v>16.656</v>
       </c>
       <c r="D159" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>226</v>
+        <v>134</v>
       </c>
       <c r="B160" t="s">
-        <v>227</v>
+        <v>135</v>
       </c>
       <c r="C160">
-        <v>24.54</v>
+        <v>17.064</v>
       </c>
       <c r="D160" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>228</v>
+        <v>136</v>
       </c>
       <c r="B161" t="s">
-        <v>229</v>
+        <v>137</v>
       </c>
       <c r="C161">
-        <v>25.068</v>
+        <v>17.064</v>
       </c>
       <c r="D161" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>230</v>
+        <v>138</v>
       </c>
       <c r="B162" t="s">
-        <v>231</v>
+        <v>139</v>
       </c>
       <c r="C162">
-        <v>25.284</v>
+        <v>17.1</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>232</v>
+        <v>140</v>
       </c>
       <c r="B163" t="s">
-        <v>233</v>
+        <v>141</v>
       </c>
       <c r="C163">
-        <v>25.284</v>
+        <v>17.184</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>234</v>
+        <v>142</v>
       </c>
       <c r="B164" t="s">
-        <v>235</v>
+        <v>143</v>
       </c>
       <c r="C164">
-        <v>25.284</v>
+        <v>17.292</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>236</v>
+        <v>144</v>
       </c>
       <c r="B165" t="s">
-        <v>237</v>
+        <v>145</v>
       </c>
       <c r="C165">
-        <v>25.284</v>
+        <v>17.304</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>238</v>
+        <v>146</v>
       </c>
       <c r="B166" t="s">
-        <v>239</v>
+        <v>147</v>
       </c>
       <c r="C166">
-        <v>25.548</v>
+        <v>17.34</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="B167" t="s">
-        <v>241</v>
+        <v>151</v>
       </c>
       <c r="C167">
-        <v>25.776</v>
+        <v>17.46</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>242</v>
+        <v>152</v>
       </c>
       <c r="B168" t="s">
-        <v>243</v>
+        <v>153</v>
       </c>
       <c r="C168">
-        <v>26.052</v>
+        <v>17.616</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>244</v>
+        <v>154</v>
       </c>
       <c r="B169" t="s">
-        <v>245</v>
+        <v>155</v>
       </c>
       <c r="C169">
-        <v>26.064</v>
+        <v>17.796</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>246</v>
+        <v>156</v>
       </c>
       <c r="B170" t="s">
-        <v>247</v>
+        <v>157</v>
       </c>
       <c r="C170">
-        <v>27.432</v>
+        <v>17.892</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>248</v>
+        <v>158</v>
       </c>
       <c r="B171" t="s">
-        <v>249</v>
+        <v>159</v>
       </c>
       <c r="C171">
-        <v>27.612</v>
+        <v>18.276</v>
       </c>
       <c r="D171" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="B172" t="s">
-        <v>251</v>
+        <v>161</v>
       </c>
       <c r="C172">
-        <v>27.612</v>
+        <v>18.288</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>252</v>
+        <v>162</v>
       </c>
       <c r="B173" t="s">
-        <v>253</v>
+        <v>163</v>
       </c>
       <c r="C173">
-        <v>27.936</v>
+        <v>18.408</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>254</v>
+        <v>164</v>
       </c>
       <c r="B174" t="s">
-        <v>255</v>
+        <v>165</v>
       </c>
       <c r="C174">
-        <v>28.62</v>
+        <v>18.42</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>256</v>
+        <v>166</v>
       </c>
       <c r="B175" t="s">
-        <v>257</v>
+        <v>167</v>
       </c>
       <c r="C175">
-        <v>28.992</v>
+        <v>19.2</v>
       </c>
       <c r="D175" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>258</v>
+        <v>168</v>
       </c>
       <c r="B176" t="s">
-        <v>259</v>
+        <v>169</v>
       </c>
       <c r="C176">
-        <v>30.168</v>
+        <v>19.392</v>
       </c>
       <c r="D176" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>260</v>
+        <v>170</v>
       </c>
       <c r="B177" t="s">
-        <v>261</v>
+        <v>171</v>
       </c>
       <c r="C177">
-        <v>30.612</v>
+        <v>19.596</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>262</v>
+        <v>176</v>
       </c>
       <c r="B178" t="s">
-        <v>263</v>
+        <v>177</v>
       </c>
       <c r="C178">
-        <v>30.612</v>
+        <v>19.74</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>264</v>
+        <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>265</v>
+        <v>179</v>
       </c>
       <c r="C179">
-        <v>30.792</v>
+        <v>19.776</v>
       </c>
       <c r="D179" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>266</v>
+        <v>180</v>
       </c>
       <c r="B180" t="s">
-        <v>267</v>
+        <v>181</v>
       </c>
       <c r="C180">
-        <v>30.996</v>
+        <v>19.884</v>
       </c>
       <c r="D180" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>268</v>
+        <v>182</v>
       </c>
       <c r="B181" t="s">
-        <v>269</v>
+        <v>183</v>
       </c>
       <c r="C181">
-        <v>31.044</v>
+        <v>20.34</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>270</v>
+        <v>184</v>
       </c>
       <c r="B182" t="s">
-        <v>271</v>
+        <v>185</v>
       </c>
       <c r="C182">
-        <v>31.464</v>
+        <v>20.4</v>
       </c>
       <c r="D182" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>272</v>
+        <v>186</v>
       </c>
       <c r="B183" t="s">
-        <v>273</v>
+        <v>187</v>
       </c>
       <c r="C183">
-        <v>31.908</v>
+        <v>20.46</v>
       </c>
       <c r="D183" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>274</v>
+        <v>188</v>
       </c>
       <c r="B184" t="s">
-        <v>275</v>
+        <v>189</v>
       </c>
       <c r="C184">
-        <v>32.34</v>
+        <v>20.46</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>276</v>
+        <v>190</v>
       </c>
       <c r="B185" t="s">
-        <v>277</v>
+        <v>191</v>
       </c>
       <c r="C185">
-        <v>33.744</v>
+        <v>20.64</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>278</v>
+        <v>192</v>
       </c>
       <c r="B186" t="s">
-        <v>279</v>
+        <v>193</v>
       </c>
       <c r="C186">
-        <v>33.888</v>
+        <v>20.964</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>280</v>
+        <v>194</v>
       </c>
       <c r="B187" t="s">
-        <v>281</v>
+        <v>195</v>
       </c>
       <c r="C187">
-        <v>33.888</v>
+        <v>21.012</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>282</v>
+        <v>196</v>
       </c>
       <c r="B188" t="s">
-        <v>283</v>
+        <v>197</v>
       </c>
       <c r="C188">
-        <v>33.888</v>
+        <v>21.048</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>284</v>
+        <v>198</v>
       </c>
       <c r="B189" t="s">
-        <v>285</v>
+        <v>199</v>
       </c>
       <c r="C189">
-        <v>36.948</v>
+        <v>21.324</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>286</v>
+        <v>200</v>
       </c>
       <c r="B190" t="s">
-        <v>287</v>
+        <v>201</v>
       </c>
       <c r="C190">
-        <v>36.948</v>
+        <v>21.48</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>288</v>
+        <v>202</v>
       </c>
       <c r="B191" t="s">
-        <v>289</v>
+        <v>203</v>
       </c>
       <c r="C191">
-        <v>36.948</v>
+        <v>21.48</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>290</v>
+        <v>204</v>
       </c>
       <c r="B192" t="s">
-        <v>291</v>
+        <v>205</v>
       </c>
       <c r="C192">
-        <v>37.488</v>
+        <v>21.552</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>292</v>
+        <v>208</v>
       </c>
       <c r="B193" t="s">
-        <v>293</v>
+        <v>209</v>
       </c>
       <c r="C193">
-        <v>38.292</v>
+        <v>21.6</v>
       </c>
       <c r="D193" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>294</v>
+        <v>210</v>
       </c>
       <c r="B194" t="s">
-        <v>295</v>
+        <v>211</v>
       </c>
       <c r="C194">
-        <v>39.264</v>
+        <v>21.6</v>
       </c>
       <c r="D194" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>296</v>
+        <v>212</v>
       </c>
       <c r="B195" t="s">
-        <v>297</v>
+        <v>213</v>
       </c>
       <c r="C195">
-        <v>40.908</v>
+        <v>21.612</v>
       </c>
       <c r="D195" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>298</v>
+        <v>214</v>
       </c>
       <c r="B196" t="s">
-        <v>299</v>
+        <v>215</v>
       </c>
       <c r="C196">
-        <v>41.772</v>
+        <v>21.9</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>300</v>
+        <v>216</v>
       </c>
       <c r="B197" t="s">
-        <v>301</v>
+        <v>217</v>
       </c>
       <c r="C197">
-        <v>42.0</v>
+        <v>22.128</v>
       </c>
       <c r="D197" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>302</v>
+        <v>218</v>
       </c>
       <c r="B198" t="s">
-        <v>303</v>
+        <v>219</v>
       </c>
       <c r="C198">
-        <v>43.74</v>
+        <v>22.128</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>304</v>
+        <v>220</v>
       </c>
       <c r="B199" t="s">
-        <v>305</v>
+        <v>221</v>
       </c>
       <c r="C199">
-        <v>44.988</v>
+        <v>22.644</v>
       </c>
       <c r="D199" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>306</v>
+        <v>222</v>
       </c>
       <c r="B200" t="s">
-        <v>307</v>
+        <v>223</v>
       </c>
       <c r="C200">
-        <v>44.988</v>
+        <v>22.836</v>
       </c>
       <c r="D200" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>308</v>
+        <v>224</v>
       </c>
       <c r="B201" t="s">
-        <v>309</v>
+        <v>225</v>
       </c>
       <c r="C201">
-        <v>45.312</v>
+        <v>22.992</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="B202" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="C202">
-        <v>9.06</v>
+        <v>11.412</v>
       </c>
       <c r="D202" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="B203" t="s">
-        <v>27</v>
+        <v>145</v>
       </c>
       <c r="C203">
-        <v>9.096</v>
+        <v>17.304</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>30</v>
+        <v>184</v>
       </c>
       <c r="B204" t="s">
-        <v>31</v>
+        <v>185</v>
       </c>
       <c r="C204">
-        <v>9.228</v>
+        <v>20.4</v>
       </c>
       <c r="D204" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>32</v>
+        <v>188</v>
       </c>
       <c r="B205" t="s">
-        <v>33</v>
+        <v>189</v>
       </c>
       <c r="C205">
-        <v>9.228</v>
+        <v>20.46</v>
       </c>
       <c r="D205" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>66</v>
+        <v>204</v>
       </c>
       <c r="B206" t="s">
-        <v>67</v>
+        <v>205</v>
       </c>
       <c r="C206">
-        <v>11.652</v>
+        <v>21.552</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="B207" t="s">
-        <v>73</v>
+        <v>227</v>
       </c>
       <c r="C207">
-        <v>12.012</v>
+        <v>28.8</v>
       </c>
       <c r="D207" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>86</v>
+        <v>228</v>
       </c>
       <c r="B208" t="s">
-        <v>87</v>
+        <v>229</v>
       </c>
       <c r="C208">
-        <v>13.068</v>
+        <v>28.992</v>
       </c>
       <c r="D208" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>88</v>
+        <v>230</v>
       </c>
       <c r="B209" t="s">
+        <v>231</v>
+      </c>
+      <c r="C209">
+        <v>78.996</v>
+      </c>
+      <c r="D209" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>90</v>
+        <v>232</v>
       </c>
       <c r="B210" t="s">
-        <v>91</v>
+        <v>233</v>
       </c>
       <c r="C210">
-        <v>13.164</v>
+        <v>148.992</v>
       </c>
       <c r="D210" t="s">
-        <v>20</v>
+        <v>89</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>92</v>
+        <v>234</v>
       </c>
       <c r="B211" t="s">
-        <v>93</v>
+        <v>235</v>
       </c>
       <c r="C211">
-        <v>13.164</v>
+        <v>198.0</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>98</v>
+        <v>236</v>
       </c>
       <c r="B212" t="s">
-        <v>99</v>
+        <v>237</v>
       </c>
       <c r="C212">
-        <v>14.016</v>
+        <v>223.2</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>102</v>
+        <v>238</v>
       </c>
       <c r="B213" t="s">
-        <v>103</v>
+        <v>239</v>
       </c>
       <c r="C213">
-        <v>14.112</v>
+        <v>365.592</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>89</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>108</v>
+        <v>240</v>
       </c>
       <c r="B214" t="s">
-        <v>109</v>
+        <v>241</v>
       </c>
       <c r="C214">
-        <v>14.724</v>
+        <v>399.0</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>110</v>
+        <v>242</v>
       </c>
       <c r="B215" t="s">
-        <v>111</v>
+        <v>243</v>
       </c>
       <c r="C215">
-        <v>14.82</v>
+        <v>469.5</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>118</v>
+        <v>244</v>
       </c>
       <c r="B216" t="s">
-        <v>119</v>
+        <v>245</v>
       </c>
       <c r="C216">
-        <v>15.336</v>
+        <v>469.872</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>120</v>
+        <v>246</v>
       </c>
       <c r="B217" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="C217">
-        <v>15.456</v>
+        <v>618.072</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>128</v>
+        <v>248</v>
       </c>
       <c r="B218" t="s">
-        <v>129</v>
+        <v>249</v>
       </c>
       <c r="C218">
-        <v>15.78</v>
+        <v>671.508</v>
       </c>
       <c r="D218" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>130</v>
+        <v>250</v>
       </c>
       <c r="B219" t="s">
-        <v>131</v>
+        <v>251</v>
       </c>
       <c r="C219">
-        <v>15.864</v>
+        <v>693.42</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>132</v>
+        <v>252</v>
       </c>
       <c r="B220" t="s">
-        <v>133</v>
+        <v>253</v>
       </c>
       <c r="C220">
-        <v>16.656</v>
+        <v>864.0</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>134</v>
+        <v>254</v>
       </c>
       <c r="B221" t="s">
-        <v>135</v>
+        <v>255</v>
       </c>
       <c r="C221">
-        <v>17.064</v>
+        <v>1180.14</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>136</v>
+        <v>256</v>
       </c>
       <c r="B222" t="s">
-        <v>137</v>
+        <v>257</v>
       </c>
       <c r="C222">
-        <v>17.064</v>
+        <v>1664.052</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>138</v>
+        <v>258</v>
       </c>
       <c r="B223" t="s">
-        <v>139</v>
+        <v>259</v>
       </c>
       <c r="C223">
-        <v>17.064</v>
+        <v>3358.5</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
-[...1357 lines deleted...]
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D321"/>
+  <autoFilter ref="A1:D224"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>