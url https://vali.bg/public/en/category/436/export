--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$625</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$810</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="711">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="731">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Magenta</t>
   </si>
   <si>
@@ -715,773 +715,779 @@
   <si>
     <t>Bulk inks INKTEC for HP CB317/CB32/No564/364,Cyan, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-HP-7064-100MC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP CB319/CB324/No564/364, Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-HP-7064-100MM</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP CC640/CC641/No-300/901, Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-HP-4060-100MM</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500M-XL-UP</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK TN-2320 / TN2320 BROTHER, 2600k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2320</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN1050/TN1030/TN1070, BROTHER HL-1110/1112/ DCP-1510/1512/MFC-1810, 1000k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN1050</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500B-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON,Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500C-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500Y-XL-UP</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK TN-2320 / TN2320 BROTHER, 2600k., Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92  , Cyan, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-007-100C</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CE278A / CRG728, HP / Canon, Black</t>
   </si>
   <si>
     <t>ORINK-TON-CAS-CE278</t>
   </si>
   <si>
     <t>Bulk inks Epson L4150/L4160/L6160/L6170/L6190 WiFi MFP , Cyan, 70 ml</t>
   </si>
   <si>
     <t>EPS-INK-C13T03V24A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D116L</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK TN2220/2210/2010, BROTHER HL2240 /2250/ 2270/2130/DCP-7060/7065/7070/MFC-7360/7460, 2600k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2220</t>
+  </si>
+  <si>
+    <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1125</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF402X, HP LJ PRO MFP M252/277, 2300 k., Yellow</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF402X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN3480/3430 BROTHER, 8000k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN3480</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CN047AE HP, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-CN047AE-UP</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21K / GC31K / GC41K - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, Black</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MB</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21M / GC31M / GC41M - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100kl, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MM</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21C / GC31C / GC41C - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MC</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh  Ricoh RC-1MS1/ RC-1M01/ RC-1M11/ GC21MS/ GC21M/ GC21MH, 100ml, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MM</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh  Ricoh GC21Y / GC31Y / GC41Y - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, Yellow</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MY</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581BK-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581C-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581M-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581Y-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL Photo Blue, CANON PIXMA TS9150/TS6151/TS8152/TS6150</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581PHBL-XXL</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI-580 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI580BK-XXL-U</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG SCX4300, (MLT-D1092S) 2000 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D1092S</t>
+  </si>
+  <si>
+    <t>Toner cartridge ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280A</t>
+  </si>
+  <si>
+    <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , white</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-W</t>
+  </si>
+  <si>
+    <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , Transparent</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-TRSP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Toner Cartridge ORINK, CF401X, HP LJ PRO MFP M252/277, 2300 k., Cyan </t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF401X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF403X, HP LJ PRO MFP M252/277, 2300 k., Magenta</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF403X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF244A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D101S</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CB435A/CB436A/CE285A/CE285A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK HP Q2612A / Can LBP2900/ Q2612A, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-Q2612-FX10</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CANON PGI-520 + CLI-521BK/C/M/Y XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-520-521-PACK</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF400X black, HP LJ PRO MFP M252/277, 2800 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF400X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF217X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D111L, M2020/M2022/M2070/M2026, 1800 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D111L</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100B</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020, Yellow, Pigment, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-100MY</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK1170</t>
   </si>
   <si>
-    <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
-[...110 lines deleted...]
-    <t>LF-TON-HP-CAS-CF244A</t>
+    <t>Bulk inks INKTEC for HP CC640/CC641/No-300/901, Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-4060-100B</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100Y</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF283X</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK SAMSUNG SCX4300, (MLT-D1092S) 2000 k., Black</t>
-[...104 lines deleted...]
-    <t>INKTEC-EPS-019-100Y</t>
+    <t>Toner cartridge ORINK CF283A, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 1500k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF283A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CF230X, HP LJ Pro M203/M227, 3500 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF230X</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK CF226X,  HP LJ Pro M402/MFP M426 series,  Canon LBP212DW, 9000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF226X</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TK-1140, KYOCERA, Black</t>
   </si>
   <si>
     <t>ORINK-TON-KYO-CAS-TK1140</t>
   </si>
   <si>
     <t>Gel ink UPRINT GC41K, RICOH, 336ml, 2500 copies, 405761, Black</t>
   </si>
   <si>
     <t>LF-INK-RICOH-GC41K</t>
   </si>
   <si>
     <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405763, Magenta</t>
   </si>
   <si>
     <t>LF-INK-RICOH-GC41M</t>
   </si>
   <si>
     <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405762, Cyan</t>
   </si>
   <si>
     <t>LF-INK-RICOH-GC41C</t>
   </si>
   <si>
     <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405764, Yellow</t>
   </si>
   <si>
     <t>LF-INK-RICOH-GC41Y</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CLI-251Bk/251XL /551BK -IP7220 MG5420 MG6320 MX722 MX922 , Black, 1000 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-C5051-01LB</t>
   </si>
   <si>
-    <t>Toner cartridge ORINK CF283A, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 1500k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT L0S70AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 50 ml, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-L0S70AE-UP</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT F6U18AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-F6U18AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT F6U17AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-F6U17AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT F6U16AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Cyan</t>
   </si>
   <si>
     <t>LF-INK-HP-F6U16AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CANON CANON PGI-570 + CLI-571BK/C/M/Y XL</t>
   </si>
   <si>
     <t>LF-INK-CAN-570-571-PACK</t>
   </si>
   <si>
+    <t>Toner Cartridge UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1150</t>
+  </si>
+  <si>
+    <t>Toner Cartridge MLT-D111L, SAMSUNG M2020/M2022/М2070/M2026, 1800 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D111L-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF279A, HP LJ Pro M12/MFP M26, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF279A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK Xerox Phaser 3020, WorkCentre 30255, 1500 k., 106R02773, Black</t>
+  </si>
+  <si>
+    <t>TON-XER-CAS-3025</t>
+  </si>
+  <si>
+    <t>Toner cartridge ORINK CF280X, HP LJ Pro 400/ M401/M425, 6900k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF217X-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge HP 650 Tri-colour Ink Cartridge</t>
+  </si>
+  <si>
+    <t>HP-INK-CZ102AE</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK TK-1160, KYOCERA P2040dn/dw, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1160</t>
+  </si>
+  <si>
+    <t>Ink cartridge HP 650, CZ101AE Black,  360 k.</t>
+  </si>
+  <si>
+    <t>HP-INK-CZ101AE</t>
+  </si>
+  <si>
+    <t>Develop drum for use in Develop WB-P05, Ineo C3350, C3850, +3351</t>
+  </si>
+  <si>
+    <t>DEV-TON-WASTE-B-P05</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT HP 304XL, HP DJ 2620/2630/ 750/ 3760/ 3762, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-N9K08AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, HP 305XL, 3YM62AE, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-3YM62AE</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, HP 305XL, 3YM63AE, Color</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-3YM63AE</t>
+  </si>
+  <si>
+    <t>UPRINT ink cartridge HP 304XL color, HP DJ 2620/2630/ 3750/ 3760/ 3762</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-N9K07AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-545XL-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK, Ricoh SP230SFNW, 3000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP230SFNW-G</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF226X,  HP LJ Pro M402/MFP M426 series, 9000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF226X-UP</t>
+  </si>
+  <si>
+    <t>Toner cartridge XEROX Phaser 3020/ WC 3025, 106R02773, 1500 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-XER-CAS-106R02773</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP150HE</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC BT6000Bk, for Brother DCP-700W,DCP-T300,DCP-T500W, Black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-BR-6000-01LB</t>
+  </si>
+  <si>
+    <t>Brother DR3400 Drum Unit, 30000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LB</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-546XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
+    <t>Ricoh C2011SP Waste Toner Bottle, 100,000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LY</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON PG-560XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-560XL-BK</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN2421, BROTHER, 3000 k. Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
+    <t>HP CF232A 32A Drum Unit, 23 000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-HP-CF232A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK160-170</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, COLOR CANON CL-576XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-576XL-C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC Т6732-C13T67324A for Epson L800/ L810/ L850/ L1800, Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6733-C13T67334A for Epson L800/ L810/ L850/ L1800, Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC Т6734-C13T67344A for Epson L800/ L810/ L850/ L1800, Yellow, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6735-C13T67354A for Epson L800/ L810/ L850/ L1800, Light Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LLC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6736-C13T67364A for Epson L800/ L810/ L850/ L1800, Light Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LLM</t>
+  </si>
+  <si>
+    <t>Ricoh IMC6000 Waste Toner Bottle, 100,000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Cyan, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Magenta, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Yellow, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LY</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON C-561XL, Color</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-561XL-CL</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6731-C13T67314A for Epson L800/ L810/ L850/ L1800, Black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LB</t>
+  </si>
+  <si>
+    <t>RICOH Drum SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
+  </si>
+  <si>
+    <t>DRUM-RICOH-SP3500-SCC</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP 2501E, 2001SP, 9000p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP2501E</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK Q5949X, HP LJ 1320/3390/3392, 6000k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-Q5949X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W1106A, HP 106A, MFP135a/137fnw/ LJ107, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1106A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2070A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 1000k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2070A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK RICOH SP330SN - SP330SN/330SFN/P310/M320/M320FB, 7000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP330SN-G</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2072A</t>
+  </si>
+  <si>
+    <t>Set of 4 pcs. rolls of adhesive labels for STICK EASY UP21, 4x 180 pcs. , pink, yellow, blue, transparent</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-PACK</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP51K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Orink SP 201LE, RICOH, Black, 2600 pages, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP201LE</t>
+  </si>
+  <si>
+    <t>Brother DR2401 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR2401</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG40 XL+ CL41XL Black/Color</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG40-CL41XL-UP</t>
+  </si>
+  <si>
+    <t>Brother DR1090 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR1090</t>
+  </si>
+  <si>
     <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
   </si>
   <si>
     <t>DRUM-SAM-MLT-R116</t>
   </si>
   <si>
-    <t>Toner Cartridge UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Black</t>
-[...301 lines deleted...]
-  <si>
     <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP301</t>
   </si>
   <si>
-    <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
-[...40 lines deleted...]
-  <si>
     <t>Ricoh 406043 Waste Toner Bottle</t>
   </si>
   <si>
     <t>RICOH-TON-C220E</t>
   </si>
   <si>
     <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205L</t>
   </si>
   <si>
     <t>SP C352 Waste Toner Bottle</t>
   </si>
   <si>
     <t>RICOH-PART-SPC353-WT</t>
   </si>
   <si>
     <t>Ricoh IM460 Waste Toner Bottle, RICOH IM370/ IM 370F, 50000 prints</t>
   </si>
   <si>
     <t>RICOH-WASTE-IM460</t>
   </si>
   <si>
     <t>Multifunctional Device 3 in 1 RICOH  IM 2702- for rent</t>
@@ -1576,56 +1582,74 @@
   <si>
     <t>Refill 3D printer XYZprinting - PETG (NFC) filament, 1.75 mm, NATURE</t>
   </si>
   <si>
     <t>3D-XYZ-PETG-600GR-NATURE</t>
   </si>
   <si>
     <t>Refill 3D printer XYZprinting RF10CXEU06A, ABS, 1.75 mm, 600 gr, Bottle GREEN</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-GR-NFC</t>
   </si>
   <si>
     <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP3710X-G</t>
   </si>
   <si>
     <t>Refill 3D printer XYZprinting RF10CXEU02H, ABS, 1.75 mm, 600 gr, Pure white</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-SN-NFC</t>
   </si>
   <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0TH, PLA, 1.75 mm, 600, AQUA GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-AGR-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0SK, PLA, 1.75 mm, 600, Sky blue</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-BLUE-NFC</t>
+  </si>
+  <si>
     <t>Refill 3D printer XYZprinting RF10CXEU01K, ABS, 1.75 mm, 600 gr, Nature</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-NAT-NFC</t>
   </si>
   <si>
+    <t>XYZprinting 3D printer consumable - Filament PLA(NFC) 600gr, Pink, for DaVinci Super and da Vinci Jr Pro x+</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600PINK-NFC</t>
+  </si>
+  <si>
     <t>Generink RICOH SP230 Photo Conductor Unit 12000 к</t>
   </si>
   <si>
     <t>LF-DRUM-RICOH-SP230-G</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2590XL</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP3353, Type 2220D, 11000, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP3353</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh IM460, 9000 pages, IM 370/370F, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IM460</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
@@ -1747,86 +1771,86 @@
   <si>
     <t>Toner cartridge RICOH Cyan MP C305, 4000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-C</t>
   </si>
   <si>
     <t>Ricoh CON-3708-100K, Roller</t>
   </si>
   <si>
     <t>RICOH-CON-3708-100K</t>
   </si>
   <si>
     <t>Ricoh IEEE 802.11 a/b/g/n/ac Interface Unit Type M54</t>
   </si>
   <si>
     <t>RICOH-LAN-M54</t>
   </si>
   <si>
     <t>Ricoh  IEEE 802.11 a/b/g/n/ac Interface Unit Type M52</t>
   </si>
   <si>
     <t>RICOH-LAN-M52</t>
   </si>
   <si>
+    <t>RICOH Drum MP2014, MP2014AD, M2700, M2701, IM2702</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-MP2014</t>
+  </si>
+  <si>
     <t>Toner cartridge compatible MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2193X</t>
   </si>
   <si>
     <t>Toner cartridge compatible YELLOW HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2192X</t>
   </si>
   <si>
     <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2191X</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2190X</t>
   </si>
   <si>
     <t>Toner Cartridge KYOCERA TK1248 - PA2001, MA2001</t>
   </si>
   <si>
     <t>KYO-TON-TK1248</t>
   </si>
   <si>
-    <t>RICOH Drum MP2014, MP2014AD, M2700, M2701, IM2702</t>
-[...4 lines deleted...]
-  <si>
     <t>Ricoh Caster table39</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE78</t>
   </si>
   <si>
     <t>RICOH Consumables Kit iX1300 (CON-3805-090K)</t>
   </si>
   <si>
     <t>RICOH-CON-3805-090K</t>
   </si>
   <si>
     <t>Develop drum for use in Develop IUP16, ineo 3300P/ 3301P/ 4000P, 4700P</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP16</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-C</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
@@ -1945,116 +1969,200 @@
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HC</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HM</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh M C320H, 4200 k, For M C320FSE, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-MC320HY</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-BL</t>
   </si>
   <si>
+    <t>Ricoh Low Cabinet 61, P501/P502</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-61</t>
+  </si>
+  <si>
     <t>Ricoh CON-3810-400K, Roller</t>
   </si>
   <si>
     <t>RICOH-CON-3810-400K</t>
   </si>
   <si>
     <t>IRIScan Visualizer 7, 4K webcam and Scanner - ALL-IN-ONE</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER</t>
   </si>
   <si>
     <t>Develop drum for use in DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 k.</t>
   </si>
   <si>
     <t>DEV-DRUM-DR-312</t>
   </si>
   <si>
+    <t>Toner RICOH Print Cartridge Black P C600, 17000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-BL</t>
+  </si>
+  <si>
+    <t>RICOH PCDU Black Drum, IM C300, IM C400F, 36000 p, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-D0CB0123</t>
+  </si>
+  <si>
+    <t>RICOH PCDU Black Drum, IM C300, IM C400F, 36000 p, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-D0CB0124</t>
+  </si>
+  <si>
+    <t>RICOH PCDU Black Drum, IM C300, IM C400F, 60000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-D0CB0121</t>
+  </si>
+  <si>
+    <t>IRIScan Book 7</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-BOOK7</t>
+  </si>
+  <si>
+    <t>Toner RICOH Print Cartridge Cyan P C600, 12000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-C</t>
+  </si>
+  <si>
+    <t>Toner RICOH Print Cartridge Magenta P C600, 12000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-M</t>
+  </si>
+  <si>
+    <t>Toner RICOH Print Cartridge Yellow P C600, 12000 p</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC600-Y</t>
+  </si>
+  <si>
     <t>Stand/pedestal/ for RICOH machine/High cabinet 81- IM 370, IM370F, IM460F</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-81</t>
   </si>
   <si>
     <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X4</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Yellow P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-Y</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan P 375, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-C</t>
   </si>
   <si>
+    <t>Document camera with portable scanner-visualizer IRIScan VISUALIZER 7 Dislexic, 4K, USB-C</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-VISUALIZER-DYSL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge RICOH IM C530,18000 p, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC530-CY</t>
+  </si>
+  <si>
+    <t>Toner Cartridge RICOH IM C530FB,18000 p, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC530-MA</t>
+  </si>
+  <si>
+    <t>Toner Cartridge RICOH IM C530FB,18000 p, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC530-YE</t>
+  </si>
+  <si>
     <t>3D Printer Creality Ender-3 V3 SE</t>
   </si>
   <si>
     <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
     <t>Mobile Scanner Ricoh ScanSnap iX100, A4, USB2.0</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX100</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M320SE USB,LAN,ADF,A4, 32 pages</t>
   </si>
   <si>
     <t>RICOH-MFC-M320SE</t>
   </si>
   <si>
+    <t>Laser printer RICOH P311SE, A4, LAN, 32 ppm, 7000 pages starter toner</t>
+  </si>
+  <si>
+    <t>RICOH-LJ-P311SE</t>
+  </si>
+  <si>
     <t>Ricoh Image Scanner fi-70F, A6, 1.3s, LED, USB 2.0, AC adapter</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-70F</t>
   </si>
   <si>
     <t>Ricoh Image Scanner SP1120N, A4, Duplex, ADF USB 3.2, Gigabit LAN</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1120N</t>
   </si>
   <si>
     <t>Document Scanner Ricoh SP-1425, A4, USB 2.0, ARDF</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1425</t>
   </si>
   <si>
     <t>Ricoh ScanSnap iX1300, ADF, 30 ppm, 600 dpi, USB, WiFi</t>
   </si>
   <si>
     <t>RICOH-SCAN-IX1300</t>
   </si>
   <si>
     <t>Document Scanner Ricoh SP-1125N, A4, USB 3.2 gen1, ADF, 25 ppm</t>
@@ -2089,108 +2197,60 @@
   <si>
     <t>3D printer FlashForge ADX5 Multi color</t>
   </si>
   <si>
     <t>FLASH-3D-AD5X</t>
   </si>
   <si>
     <t>Image Scanner Ricoh SP-1130N, A4, ADF USB 3.2 LED</t>
   </si>
   <si>
     <t>RICOH-SCAN-SP1130N</t>
   </si>
   <si>
     <t>Document Scanner Ricoh Fi-8040, 40 ppm, 80 ipm, ADF 50 pages, 4.3" тъч, USB 3.2, LAN</t>
   </si>
   <si>
     <t>RICOH-SCAN-FI-8040</t>
   </si>
   <si>
     <t>Creality FaIcon A1 10W Laser Engraver</t>
   </si>
   <si>
     <t>CREALITY-FALCON-A1-10W</t>
   </si>
   <si>
-    <t>Ricoh ScanSnap iX1600, ADF, 40 ppm, 600 dpi, USB 3.2, WiFi, Duplex ADF, 4.3" touch</t>
-[...56 lines deleted...]
-    <t>RICOH-MFC-IM-550F</t>
+    <t>Revopoint Pop 3 Plus Premium 3D scanner</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-POP3PLUS</t>
+  </si>
+  <si>
+    <t>3D scanner Einscan-SE V2</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSCAN-SE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2494,51 +2554,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D625"/>
+  <dimension ref="A1:D810"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2813,79 +2873,79 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>6.6</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>6.6</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>6.6</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>6.6</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>7.2</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>7.2</v>
@@ -3933,79 +3993,79 @@
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
         <v>10.848</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>47</v>
       </c>
       <c r="B102" t="s">
         <v>48</v>
       </c>
       <c r="C102">
         <v>6.6</v>
       </c>
       <c r="D102" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>49</v>
       </c>
       <c r="B103" t="s">
         <v>50</v>
       </c>
       <c r="C103">
         <v>6.6</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>51</v>
       </c>
       <c r="B104" t="s">
         <v>52</v>
       </c>
       <c r="C104">
         <v>6.6</v>
       </c>
       <c r="D104" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>89</v>
       </c>
       <c r="B105" t="s">
         <v>90</v>
       </c>
       <c r="C105">
         <v>7.2</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>91</v>
       </c>
       <c r="B106" t="s">
         <v>92</v>
       </c>
       <c r="C106">
         <v>7.2</v>
@@ -4504,219 +4564,219 @@
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>231</v>
       </c>
       <c r="B142" t="s">
         <v>232</v>
       </c>
       <c r="C142">
         <v>12.288</v>
       </c>
       <c r="D142" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>233</v>
       </c>
       <c r="B143" t="s">
         <v>234</v>
       </c>
       <c r="C143">
-        <v>14.4</v>
+        <v>12.612</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>235</v>
       </c>
       <c r="B144" t="s">
         <v>236</v>
       </c>
       <c r="C144">
-        <v>14.4</v>
+        <v>13.764</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>237</v>
       </c>
       <c r="B145" t="s">
         <v>238</v>
       </c>
       <c r="C145">
         <v>14.4</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>239</v>
       </c>
       <c r="B146" t="s">
         <v>240</v>
       </c>
       <c r="C146">
-        <v>14.556</v>
+        <v>14.4</v>
       </c>
       <c r="D146" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>241</v>
       </c>
       <c r="B147" t="s">
         <v>242</v>
       </c>
       <c r="C147">
-        <v>14.688</v>
+        <v>14.4</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>243</v>
       </c>
       <c r="B148" t="s">
         <v>244</v>
       </c>
       <c r="C148">
-        <v>15.96</v>
+        <v>14.688</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>245</v>
       </c>
       <c r="B149" t="s">
         <v>246</v>
       </c>
       <c r="C149">
-        <v>16.08</v>
+        <v>15.372</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>247</v>
       </c>
       <c r="B150" t="s">
         <v>248</v>
       </c>
       <c r="C150">
-        <v>16.104</v>
+        <v>16.08</v>
       </c>
       <c r="D150" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>249</v>
       </c>
       <c r="B151" t="s">
         <v>250</v>
       </c>
       <c r="C151">
-        <v>16.128</v>
+        <v>16.8</v>
       </c>
       <c r="D151" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>251</v>
       </c>
       <c r="B152" t="s">
         <v>252</v>
       </c>
       <c r="C152">
-        <v>17.364</v>
+        <v>17.136</v>
       </c>
       <c r="D152" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>253</v>
       </c>
       <c r="B153" t="s">
         <v>254</v>
       </c>
       <c r="C153">
-        <v>17.724</v>
+        <v>17.364</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
         <v>255</v>
       </c>
       <c r="B154" t="s">
         <v>256</v>
       </c>
       <c r="C154">
-        <v>18.0</v>
+        <v>17.628</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>257</v>
       </c>
       <c r="B155" t="s">
         <v>258</v>
       </c>
       <c r="C155">
-        <v>18.0</v>
+        <v>17.796</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>259</v>
       </c>
       <c r="B156" t="s">
         <v>260</v>
       </c>
       <c r="C156">
         <v>18.0</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>261</v>
       </c>
       <c r="B157" t="s">
         <v>262</v>
@@ -4731,65 +4791,65 @@
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>263</v>
       </c>
       <c r="B158" t="s">
         <v>264</v>
       </c>
       <c r="C158">
         <v>18.0</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>265</v>
       </c>
       <c r="B159" t="s">
         <v>266</v>
       </c>
       <c r="C159">
         <v>18.0</v>
       </c>
       <c r="D159" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>267</v>
       </c>
       <c r="B160" t="s">
         <v>268</v>
       </c>
       <c r="C160">
         <v>18.0</v>
       </c>
       <c r="D160" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>269</v>
       </c>
       <c r="B161" t="s">
         <v>270</v>
       </c>
       <c r="C161">
         <v>18.0</v>
       </c>
       <c r="D161" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>271</v>
       </c>
       <c r="B162" t="s">
         <v>272</v>
       </c>
       <c r="C162">
         <v>18.0</v>
@@ -4801,345 +4861,345 @@
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>273</v>
       </c>
       <c r="B163" t="s">
         <v>274</v>
       </c>
       <c r="C163">
         <v>18.0</v>
       </c>
       <c r="D163" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>275</v>
       </c>
       <c r="B164" t="s">
         <v>276</v>
       </c>
       <c r="C164">
         <v>18.0</v>
       </c>
       <c r="D164" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>277</v>
       </c>
       <c r="B165" t="s">
         <v>278</v>
       </c>
       <c r="C165">
         <v>18.0</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>279</v>
       </c>
       <c r="B166" t="s">
         <v>280</v>
       </c>
       <c r="C166">
-        <v>18.912</v>
+        <v>18.0</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>281</v>
       </c>
       <c r="B167" t="s">
         <v>282</v>
       </c>
       <c r="C167">
-        <v>19.2</v>
+        <v>18.0</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>283</v>
       </c>
       <c r="B168" t="s">
         <v>284</v>
       </c>
       <c r="C168">
-        <v>19.2</v>
+        <v>18.384</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>285</v>
       </c>
       <c r="B169" t="s">
         <v>286</v>
       </c>
       <c r="C169">
-        <v>19.416</v>
+        <v>18.912</v>
       </c>
       <c r="D169" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>287</v>
       </c>
       <c r="B170" t="s">
         <v>288</v>
       </c>
       <c r="C170">
-        <v>19.608</v>
+        <v>19.2</v>
       </c>
       <c r="D170" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>289</v>
       </c>
       <c r="B171" t="s">
         <v>290</v>
       </c>
       <c r="C171">
-        <v>19.716</v>
+        <v>19.2</v>
       </c>
       <c r="D171" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>291</v>
       </c>
       <c r="B172" t="s">
         <v>292</v>
       </c>
       <c r="C172">
-        <v>19.836</v>
+        <v>19.344</v>
       </c>
       <c r="D172" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
         <v>293</v>
       </c>
       <c r="B173" t="s">
         <v>294</v>
       </c>
       <c r="C173">
-        <v>20.424</v>
+        <v>19.392</v>
       </c>
       <c r="D173" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>295</v>
       </c>
       <c r="B174" t="s">
         <v>296</v>
       </c>
       <c r="C174">
-        <v>20.7</v>
+        <v>19.608</v>
       </c>
       <c r="D174" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>297</v>
       </c>
       <c r="B175" t="s">
         <v>298</v>
       </c>
       <c r="C175">
-        <v>20.76</v>
+        <v>19.716</v>
       </c>
       <c r="D175" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>299</v>
       </c>
       <c r="B176" t="s">
         <v>300</v>
       </c>
       <c r="C176">
-        <v>21.228</v>
+        <v>20.424</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>301</v>
       </c>
       <c r="B177" t="s">
         <v>302</v>
       </c>
       <c r="C177">
-        <v>21.276</v>
+        <v>20.892</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>303</v>
       </c>
       <c r="B178" t="s">
         <v>304</v>
       </c>
       <c r="C178">
-        <v>21.276</v>
+        <v>21.6</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
         <v>305</v>
       </c>
       <c r="B179" t="s">
         <v>306</v>
       </c>
       <c r="C179">
-        <v>21.312</v>
+        <v>21.6</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
         <v>307</v>
       </c>
       <c r="B180" t="s">
         <v>308</v>
       </c>
       <c r="C180">
-        <v>21.36</v>
+        <v>21.636</v>
       </c>
       <c r="D180" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>309</v>
       </c>
       <c r="B181" t="s">
         <v>310</v>
       </c>
       <c r="C181">
-        <v>21.6</v>
+        <v>21.768</v>
       </c>
       <c r="D181" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>311</v>
       </c>
       <c r="B182" t="s">
         <v>312</v>
       </c>
       <c r="C182">
-        <v>21.6</v>
+        <v>22.176</v>
       </c>
       <c r="D182" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>313</v>
       </c>
       <c r="B183" t="s">
         <v>314</v>
       </c>
       <c r="C183">
-        <v>21.636</v>
+        <v>22.464</v>
       </c>
       <c r="D183" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>315</v>
       </c>
       <c r="B184" t="s">
         <v>316</v>
       </c>
       <c r="C184">
-        <v>22.464</v>
+        <v>22.62</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>317</v>
       </c>
       <c r="B185" t="s">
         <v>318</v>
       </c>
       <c r="C185">
-        <v>22.62</v>
+        <v>22.668</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>319</v>
       </c>
       <c r="B186" t="s">
         <v>320</v>
       </c>
       <c r="C186">
         <v>22.68</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>321</v>
       </c>
       <c r="B187" t="s">
         <v>322</v>
       </c>
       <c r="C187">
         <v>22.68</v>
@@ -5162,1188 +5222,1188 @@
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>325</v>
       </c>
       <c r="B189" t="s">
         <v>326</v>
       </c>
       <c r="C189">
         <v>22.68</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>327</v>
       </c>
       <c r="B190" t="s">
         <v>328</v>
       </c>
       <c r="C190">
-        <v>24.996</v>
+        <v>23.76</v>
       </c>
       <c r="D190" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>329</v>
       </c>
       <c r="B191" t="s">
         <v>330</v>
       </c>
       <c r="C191">
-        <v>25.212</v>
+        <v>24.504</v>
       </c>
       <c r="D191" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>331</v>
       </c>
       <c r="B192" t="s">
         <v>332</v>
       </c>
       <c r="C192">
-        <v>26.4</v>
+        <v>24.996</v>
       </c>
       <c r="D192" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>333</v>
       </c>
       <c r="B193" t="s">
         <v>334</v>
       </c>
       <c r="C193">
-        <v>26.4</v>
+        <v>25.212</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>335</v>
       </c>
       <c r="B194" t="s">
         <v>336</v>
       </c>
       <c r="C194">
         <v>26.4</v>
       </c>
       <c r="D194" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>337</v>
       </c>
       <c r="B195" t="s">
         <v>338</v>
       </c>
       <c r="C195">
         <v>26.4</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>339</v>
       </c>
       <c r="B196" t="s">
         <v>340</v>
       </c>
       <c r="C196">
         <v>26.4</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>341</v>
       </c>
       <c r="B197" t="s">
         <v>342</v>
       </c>
       <c r="C197">
-        <v>26.652</v>
+        <v>26.4</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>343</v>
       </c>
       <c r="B198" t="s">
         <v>344</v>
       </c>
       <c r="C198">
-        <v>27.036</v>
+        <v>26.4</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>345</v>
       </c>
       <c r="B199" t="s">
         <v>346</v>
       </c>
       <c r="C199">
-        <v>27.6</v>
+        <v>26.652</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>347</v>
       </c>
       <c r="B200" t="s">
         <v>348</v>
       </c>
       <c r="C200">
         <v>27.6</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>349</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B201" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C201">
         <v>27.6</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B202" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C202">
         <v>16.08</v>
       </c>
       <c r="D202" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B203" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C203">
-        <v>16.104</v>
+        <v>16.8</v>
       </c>
       <c r="D203" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B204" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C204">
-        <v>16.128</v>
+        <v>17.136</v>
       </c>
       <c r="D204" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>253</v>
+        <v>271</v>
       </c>
       <c r="B205" t="s">
-        <v>254</v>
+        <v>272</v>
       </c>
       <c r="C205">
-        <v>17.724</v>
+        <v>18.0</v>
       </c>
       <c r="D205" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B206" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="C206">
         <v>18.0</v>
       </c>
       <c r="D206" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B207" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C207">
         <v>18.0</v>
       </c>
       <c r="D207" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B208" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C208">
         <v>18.0</v>
       </c>
       <c r="D208" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B209" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C209">
         <v>18.0</v>
       </c>
       <c r="D209" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B210" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C210">
         <v>18.0</v>
       </c>
       <c r="D210" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B211" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C211">
-        <v>18.0</v>
+        <v>18.912</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="B212" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="C212">
-        <v>18.912</v>
+        <v>19.2</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="B213" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C213">
         <v>19.2</v>
       </c>
       <c r="D213" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="B214" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="C214">
-        <v>19.2</v>
+        <v>19.608</v>
       </c>
       <c r="D214" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="B215" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="C215">
-        <v>19.608</v>
+        <v>19.716</v>
       </c>
       <c r="D215" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="B216" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="C216">
-        <v>19.716</v>
+        <v>21.6</v>
       </c>
       <c r="D216" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B217" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="C217">
-        <v>21.228</v>
+        <v>22.464</v>
       </c>
       <c r="D217" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="B218" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C218">
-        <v>21.6</v>
+        <v>22.668</v>
       </c>
       <c r="D218" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="B219" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C219">
-        <v>22.464</v>
+        <v>22.68</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B220" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C220">
         <v>22.68</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B221" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C221">
         <v>22.68</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B222" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C222">
-        <v>22.68</v>
+        <v>23.76</v>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B223" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C223">
         <v>27.6</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B224" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C224">
-        <v>28.8</v>
+        <v>27.6</v>
       </c>
       <c r="D224" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B225" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C225">
         <v>28.8</v>
       </c>
       <c r="D225" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B226" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C226">
         <v>30.0</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B227" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C227">
         <v>30.0</v>
       </c>
       <c r="D227" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B228" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C228">
         <v>30.0</v>
       </c>
       <c r="D228" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B229" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C229">
         <v>30.0</v>
       </c>
       <c r="D229" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B230" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C230">
-        <v>32.4</v>
+        <v>32.076</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B231" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C231">
-        <v>33.6</v>
+        <v>32.4</v>
       </c>
       <c r="D231" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B232" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C232">
         <v>33.6</v>
       </c>
       <c r="D232" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B233" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C233">
         <v>33.6</v>
       </c>
       <c r="D233" t="s">
-        <v>13</v>
+        <v>349</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B234" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C234">
         <v>33.6</v>
       </c>
       <c r="D234" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B235" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C235">
-        <v>33.636</v>
+        <v>33.6</v>
       </c>
       <c r="D235" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B236" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C236">
         <v>34.8</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B237" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C237">
         <v>34.8</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B238" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C238">
         <v>34.8</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B239" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C239">
         <v>36.0</v>
       </c>
       <c r="D239" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B240" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C240">
         <v>36.0</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>349</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B241" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C241">
         <v>36.0</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B242" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C242">
         <v>37.2</v>
       </c>
       <c r="D242" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B243" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C243">
         <v>37.2</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B244" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C244">
         <v>38.76</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B245" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C245">
         <v>38.988</v>
       </c>
       <c r="D245" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B246" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C246">
         <v>39.0</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B247" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C247">
         <v>39.0</v>
       </c>
       <c r="D247" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B248" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C248">
         <v>39.6</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B249" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C249">
         <v>40.2</v>
       </c>
       <c r="D249" t="s">
-        <v>13</v>
+        <v>349</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B250" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C250">
         <v>40.584</v>
       </c>
       <c r="D250" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B251" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C251">
         <v>40.668</v>
       </c>
       <c r="D251" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B252" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C252">
         <v>40.668</v>
       </c>
       <c r="D252" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B253" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C253">
         <v>40.668</v>
       </c>
       <c r="D253" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B254" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C254">
         <v>41.424</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B255" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C255">
         <v>42.0</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B256" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C256">
         <v>42.0</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B257" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C257">
         <v>43.2</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B258" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C258">
         <v>44.7</v>
       </c>
       <c r="D258" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B259" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C259">
         <v>45.756</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B260" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C260">
         <v>45.756</v>
       </c>
       <c r="D260" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B261" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C261">
         <v>45.756</v>
       </c>
       <c r="D261" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B262" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C262">
         <v>45.756</v>
       </c>
       <c r="D262" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B263" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C263">
         <v>45.756</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B264" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C264">
         <v>46.176</v>
       </c>
       <c r="D264" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B265" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C265">
         <v>46.98</v>
       </c>
       <c r="D265" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B266" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C266">
         <v>46.98</v>
       </c>
       <c r="D266" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B267" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C267">
         <v>46.98</v>
       </c>
       <c r="D267" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B268" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C268">
         <v>47.004</v>
       </c>
       <c r="D268" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B269" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C269">
         <v>47.316</v>
       </c>
       <c r="D269" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B270" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C270">
         <v>48.0</v>
       </c>
       <c r="D270" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B271" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C271">
         <v>49.308</v>
       </c>
       <c r="D271" t="s">
-        <v>449</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
         <v>450</v>
       </c>
       <c r="B272" t="s">
         <v>451</v>
       </c>
       <c r="C272">
         <v>49.968</v>
       </c>
       <c r="D272" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
         <v>452</v>
       </c>
       <c r="B273" t="s">
         <v>453</v>
       </c>
       <c r="C273">
         <v>50.4</v>
@@ -6366,1342 +6426,1342 @@
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
         <v>456</v>
       </c>
       <c r="B275" t="s">
         <v>457</v>
       </c>
       <c r="C275">
         <v>50.4</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
         <v>458</v>
       </c>
       <c r="B276" t="s">
         <v>459</v>
       </c>
       <c r="C276">
-        <v>51.924</v>
+        <v>52.8</v>
       </c>
       <c r="D276" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
         <v>460</v>
       </c>
       <c r="B277" t="s">
         <v>461</v>
       </c>
       <c r="C277">
         <v>52.8</v>
       </c>
       <c r="D277" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
         <v>462</v>
       </c>
       <c r="B278" t="s">
         <v>463</v>
       </c>
       <c r="C278">
-        <v>52.8</v>
+        <v>52.824</v>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
         <v>464</v>
       </c>
       <c r="B279" t="s">
         <v>465</v>
       </c>
       <c r="C279">
-        <v>52.824</v>
+        <v>54.0</v>
       </c>
       <c r="D279" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
         <v>466</v>
       </c>
       <c r="B280" t="s">
         <v>467</v>
       </c>
       <c r="C280">
         <v>54.0</v>
       </c>
       <c r="D280" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
         <v>468</v>
       </c>
       <c r="B281" t="s">
         <v>469</v>
       </c>
       <c r="C281">
         <v>54.0</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
         <v>470</v>
       </c>
       <c r="B282" t="s">
         <v>471</v>
       </c>
       <c r="C282">
         <v>54.0</v>
       </c>
       <c r="D282" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
         <v>472</v>
       </c>
       <c r="B283" t="s">
         <v>473</v>
       </c>
       <c r="C283">
         <v>54.0</v>
       </c>
       <c r="D283" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
         <v>474</v>
       </c>
       <c r="B284" t="s">
         <v>475</v>
       </c>
       <c r="C284">
-        <v>55.164</v>
+        <v>54.66</v>
       </c>
       <c r="D284" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
         <v>476</v>
       </c>
       <c r="B285" t="s">
         <v>477</v>
       </c>
       <c r="C285">
-        <v>56.4</v>
+        <v>55.164</v>
       </c>
       <c r="D285" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
         <v>478</v>
       </c>
       <c r="B286" t="s">
         <v>479</v>
       </c>
       <c r="C286">
-        <v>56.46</v>
+        <v>56.4</v>
       </c>
       <c r="D286" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
         <v>480</v>
       </c>
       <c r="B287" t="s">
         <v>481</v>
       </c>
       <c r="C287">
-        <v>58.62</v>
+        <v>56.46</v>
       </c>
       <c r="D287" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
         <v>482</v>
       </c>
       <c r="B288" t="s">
         <v>483</v>
       </c>
       <c r="C288">
-        <v>58.8</v>
+        <v>58.62</v>
       </c>
       <c r="D288" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>484</v>
       </c>
       <c r="B289" t="s">
         <v>485</v>
       </c>
       <c r="C289">
-        <v>58.908</v>
+        <v>58.8</v>
       </c>
       <c r="D289" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>486</v>
       </c>
       <c r="B290" t="s">
         <v>487</v>
       </c>
       <c r="C290">
-        <v>60.0</v>
+        <v>58.908</v>
       </c>
       <c r="D290" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
         <v>488</v>
       </c>
       <c r="B291" t="s">
         <v>489</v>
       </c>
       <c r="C291">
-        <v>60.132</v>
+        <v>60.0</v>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
         <v>490</v>
       </c>
       <c r="B292" t="s">
         <v>491</v>
       </c>
       <c r="C292">
-        <v>61.008</v>
+        <v>60.132</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
         <v>492</v>
       </c>
       <c r="B293" t="s">
         <v>493</v>
       </c>
       <c r="C293">
-        <v>62.16</v>
+        <v>61.008</v>
       </c>
       <c r="D293" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
         <v>494</v>
       </c>
       <c r="B294" t="s">
         <v>495</v>
       </c>
       <c r="C294">
         <v>62.16</v>
       </c>
       <c r="D294" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
         <v>496</v>
       </c>
       <c r="B295" t="s">
         <v>497</v>
       </c>
       <c r="C295">
-        <v>62.4</v>
+        <v>62.16</v>
       </c>
       <c r="D295" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
         <v>498</v>
       </c>
       <c r="B296" t="s">
         <v>499</v>
       </c>
       <c r="C296">
         <v>62.4</v>
       </c>
       <c r="D296" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
         <v>500</v>
       </c>
       <c r="B297" t="s">
         <v>501</v>
       </c>
       <c r="C297">
         <v>62.4</v>
       </c>
       <c r="D297" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
         <v>502</v>
       </c>
       <c r="B298" t="s">
         <v>503</v>
       </c>
       <c r="C298">
         <v>62.4</v>
       </c>
       <c r="D298" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
         <v>504</v>
       </c>
       <c r="B299" t="s">
         <v>505</v>
       </c>
       <c r="C299">
-        <v>62.58</v>
+        <v>62.4</v>
       </c>
       <c r="D299" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
         <v>506</v>
       </c>
       <c r="B300" t="s">
         <v>507</v>
       </c>
       <c r="C300">
-        <v>63.6</v>
+        <v>62.58</v>
       </c>
       <c r="D300" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
         <v>508</v>
       </c>
       <c r="B301" t="s">
         <v>509</v>
       </c>
       <c r="C301">
-        <v>64.8</v>
+        <v>63.6</v>
       </c>
       <c r="D301" t="s">
-        <v>449</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B302" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C302">
         <v>16.08</v>
       </c>
       <c r="D302" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B303" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C303">
-        <v>16.104</v>
+        <v>16.8</v>
       </c>
       <c r="D303" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B304" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C304">
-        <v>16.128</v>
+        <v>17.136</v>
       </c>
       <c r="D304" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>253</v>
+        <v>271</v>
       </c>
       <c r="B305" t="s">
-        <v>254</v>
+        <v>272</v>
       </c>
       <c r="C305">
-        <v>17.724</v>
+        <v>18.0</v>
       </c>
       <c r="D305" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B306" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="C306">
         <v>18.0</v>
       </c>
       <c r="D306" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B307" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C307">
         <v>18.0</v>
       </c>
       <c r="D307" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B308" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C308">
         <v>18.0</v>
       </c>
       <c r="D308" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B309" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="C309">
         <v>18.0</v>
       </c>
       <c r="D309" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B310" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C310">
         <v>18.0</v>
       </c>
       <c r="D310" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="B311" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="C311">
-        <v>18.0</v>
+        <v>18.912</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="B312" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="C312">
-        <v>18.912</v>
+        <v>19.2</v>
       </c>
       <c r="D312" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="B313" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C313">
         <v>19.2</v>
       </c>
       <c r="D313" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
       <c r="B314" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="C314">
-        <v>19.2</v>
+        <v>19.608</v>
       </c>
       <c r="D314" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="B315" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="C315">
-        <v>19.608</v>
+        <v>19.716</v>
       </c>
       <c r="D315" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="B316" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="C316">
-        <v>21.228</v>
+        <v>21.6</v>
       </c>
       <c r="D316" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B317" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C317">
-        <v>21.6</v>
+        <v>22.464</v>
       </c>
       <c r="D317" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C318">
-        <v>22.464</v>
+        <v>22.668</v>
       </c>
       <c r="D318" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
         <v>321</v>
       </c>
       <c r="B319" t="s">
         <v>322</v>
       </c>
       <c r="C319">
         <v>22.68</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>323</v>
       </c>
       <c r="B320" t="s">
         <v>324</v>
       </c>
       <c r="C320">
         <v>22.68</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
         <v>325</v>
       </c>
       <c r="B321" t="s">
         <v>326</v>
       </c>
       <c r="C321">
         <v>22.68</v>
       </c>
       <c r="D321" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B322" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C322">
         <v>28.8</v>
       </c>
       <c r="D322" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B323" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C323">
         <v>30.0</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B324" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C324">
         <v>30.0</v>
       </c>
       <c r="D324" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B325" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C325">
         <v>30.0</v>
       </c>
       <c r="D325" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B326" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C326">
         <v>30.0</v>
       </c>
       <c r="D326" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B327" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C327">
-        <v>32.4</v>
+        <v>32.076</v>
       </c>
       <c r="D327" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B328" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C328">
-        <v>33.6</v>
+        <v>32.4</v>
       </c>
       <c r="D328" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B329" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C329">
         <v>33.6</v>
       </c>
       <c r="D329" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B330" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C330">
         <v>33.6</v>
       </c>
       <c r="D330" t="s">
-        <v>13</v>
+        <v>349</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B331" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C331">
         <v>33.6</v>
       </c>
       <c r="D331" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B332" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C332">
-        <v>33.636</v>
+        <v>33.6</v>
       </c>
       <c r="D332" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B333" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C333">
         <v>34.8</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B334" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C334">
         <v>34.8</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B335" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C335">
         <v>34.8</v>
       </c>
       <c r="D335" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B336" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C336">
         <v>36.0</v>
       </c>
       <c r="D336" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B337" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C337">
         <v>36.0</v>
       </c>
       <c r="D337" t="s">
-        <v>6</v>
+        <v>349</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B338" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C338">
         <v>36.0</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B339" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C339">
         <v>37.2</v>
       </c>
       <c r="D339" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B340" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C340">
         <v>37.2</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B341" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C341">
         <v>38.76</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B342" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C342">
         <v>38.988</v>
       </c>
       <c r="D342" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B343" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C343">
         <v>39.0</v>
       </c>
       <c r="D343" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B344" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C344">
         <v>39.0</v>
       </c>
       <c r="D344" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B345" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C345">
         <v>39.6</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B346" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C346">
         <v>40.2</v>
       </c>
       <c r="D346" t="s">
-        <v>13</v>
+        <v>349</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B347" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C347">
         <v>40.584</v>
       </c>
       <c r="D347" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B348" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C348">
         <v>40.668</v>
       </c>
       <c r="D348" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B349" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C349">
         <v>40.668</v>
       </c>
       <c r="D349" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B350" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C350">
         <v>40.668</v>
       </c>
       <c r="D350" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B351" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C351">
         <v>41.424</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B352" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C352">
         <v>42.0</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B353" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C353">
         <v>42.0</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B354" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C354">
         <v>43.2</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B355" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C355">
         <v>44.7</v>
       </c>
       <c r="D355" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B356" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C356">
         <v>45.756</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B357" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C357">
         <v>45.756</v>
       </c>
       <c r="D357" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B358" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C358">
         <v>45.756</v>
       </c>
       <c r="D358" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B359" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C359">
         <v>45.756</v>
       </c>
       <c r="D359" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B360" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C360">
         <v>45.756</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B361" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C361">
         <v>46.176</v>
       </c>
       <c r="D361" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B362" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C362">
         <v>46.98</v>
       </c>
       <c r="D362" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B363" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C363">
         <v>46.98</v>
       </c>
       <c r="D363" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B364" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C364">
         <v>46.98</v>
       </c>
       <c r="D364" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B365" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C365">
         <v>47.004</v>
       </c>
       <c r="D365" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B366" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C366">
         <v>47.316</v>
       </c>
       <c r="D366" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B367" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C367">
         <v>48.0</v>
       </c>
       <c r="D367" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B368" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C368">
         <v>49.308</v>
       </c>
       <c r="D368" t="s">
-        <v>449</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
         <v>450</v>
       </c>
       <c r="B369" t="s">
         <v>451</v>
       </c>
       <c r="C369">
         <v>49.968</v>
       </c>
       <c r="D369" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
         <v>452</v>
       </c>
       <c r="B370" t="s">
         <v>453</v>
       </c>
       <c r="C370">
         <v>50.4</v>
@@ -7724,580 +7784,580 @@
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
         <v>456</v>
       </c>
       <c r="B372" t="s">
         <v>457</v>
       </c>
       <c r="C372">
         <v>50.4</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
         <v>458</v>
       </c>
       <c r="B373" t="s">
         <v>459</v>
       </c>
       <c r="C373">
-        <v>51.924</v>
+        <v>52.8</v>
       </c>
       <c r="D373" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
         <v>460</v>
       </c>
       <c r="B374" t="s">
         <v>461</v>
       </c>
       <c r="C374">
         <v>52.8</v>
       </c>
       <c r="D374" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
         <v>462</v>
       </c>
       <c r="B375" t="s">
         <v>463</v>
       </c>
       <c r="C375">
-        <v>52.8</v>
+        <v>52.824</v>
       </c>
       <c r="D375" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
         <v>464</v>
       </c>
       <c r="B376" t="s">
         <v>465</v>
       </c>
       <c r="C376">
-        <v>52.824</v>
+        <v>54.0</v>
       </c>
       <c r="D376" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
         <v>466</v>
       </c>
       <c r="B377" t="s">
         <v>467</v>
       </c>
       <c r="C377">
         <v>54.0</v>
       </c>
       <c r="D377" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
         <v>468</v>
       </c>
       <c r="B378" t="s">
         <v>469</v>
       </c>
       <c r="C378">
         <v>54.0</v>
       </c>
       <c r="D378" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
         <v>470</v>
       </c>
       <c r="B379" t="s">
         <v>471</v>
       </c>
       <c r="C379">
         <v>54.0</v>
       </c>
       <c r="D379" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
         <v>472</v>
       </c>
       <c r="B380" t="s">
         <v>473</v>
       </c>
       <c r="C380">
         <v>54.0</v>
       </c>
       <c r="D380" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
         <v>474</v>
       </c>
       <c r="B381" t="s">
         <v>475</v>
       </c>
       <c r="C381">
-        <v>55.164</v>
+        <v>54.66</v>
       </c>
       <c r="D381" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
         <v>476</v>
       </c>
       <c r="B382" t="s">
         <v>477</v>
       </c>
       <c r="C382">
-        <v>56.4</v>
+        <v>55.164</v>
       </c>
       <c r="D382" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
         <v>478</v>
       </c>
       <c r="B383" t="s">
         <v>479</v>
       </c>
       <c r="C383">
-        <v>56.46</v>
+        <v>56.4</v>
       </c>
       <c r="D383" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
         <v>480</v>
       </c>
       <c r="B384" t="s">
         <v>481</v>
       </c>
       <c r="C384">
-        <v>58.62</v>
+        <v>56.46</v>
       </c>
       <c r="D384" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
         <v>482</v>
       </c>
       <c r="B385" t="s">
         <v>483</v>
       </c>
       <c r="C385">
-        <v>58.8</v>
+        <v>58.62</v>
       </c>
       <c r="D385" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
         <v>484</v>
       </c>
       <c r="B386" t="s">
         <v>485</v>
       </c>
       <c r="C386">
-        <v>58.908</v>
+        <v>58.8</v>
       </c>
       <c r="D386" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
         <v>486</v>
       </c>
       <c r="B387" t="s">
         <v>487</v>
       </c>
       <c r="C387">
-        <v>60.0</v>
+        <v>58.908</v>
       </c>
       <c r="D387" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
         <v>488</v>
       </c>
       <c r="B388" t="s">
         <v>489</v>
       </c>
       <c r="C388">
-        <v>60.132</v>
+        <v>60.0</v>
       </c>
       <c r="D388" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
         <v>490</v>
       </c>
       <c r="B389" t="s">
         <v>491</v>
       </c>
       <c r="C389">
-        <v>61.008</v>
+        <v>60.132</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
         <v>492</v>
       </c>
       <c r="B390" t="s">
         <v>493</v>
       </c>
       <c r="C390">
-        <v>62.16</v>
+        <v>61.008</v>
       </c>
       <c r="D390" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
         <v>494</v>
       </c>
       <c r="B391" t="s">
         <v>495</v>
       </c>
       <c r="C391">
         <v>62.16</v>
       </c>
       <c r="D391" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
         <v>496</v>
       </c>
       <c r="B392" t="s">
         <v>497</v>
       </c>
       <c r="C392">
-        <v>62.4</v>
+        <v>62.16</v>
       </c>
       <c r="D392" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
         <v>498</v>
       </c>
       <c r="B393" t="s">
         <v>499</v>
       </c>
       <c r="C393">
         <v>62.4</v>
       </c>
       <c r="D393" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
         <v>500</v>
       </c>
       <c r="B394" t="s">
         <v>501</v>
       </c>
       <c r="C394">
         <v>62.4</v>
       </c>
       <c r="D394" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
         <v>502</v>
       </c>
       <c r="B395" t="s">
         <v>503</v>
       </c>
       <c r="C395">
         <v>62.4</v>
       </c>
       <c r="D395" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
         <v>504</v>
       </c>
       <c r="B396" t="s">
         <v>505</v>
       </c>
       <c r="C396">
-        <v>62.58</v>
+        <v>62.4</v>
       </c>
       <c r="D396" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B397" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C397">
-        <v>64.8</v>
+        <v>62.58</v>
       </c>
       <c r="D397" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="B398" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C398">
         <v>64.8</v>
       </c>
       <c r="D398" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="B399" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C399">
         <v>64.8</v>
       </c>
       <c r="D399" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B400" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C400">
         <v>64.8</v>
       </c>
       <c r="D400" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B401" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C401">
-        <v>65.4</v>
+        <v>64.8</v>
       </c>
       <c r="D401" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B402" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C402">
         <v>16.08</v>
       </c>
       <c r="D402" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B403" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C403">
         <v>18.0</v>
       </c>
       <c r="D403" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B404" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C404">
         <v>18.0</v>
       </c>
       <c r="D404" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B405" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C405">
         <v>18.0</v>
       </c>
       <c r="D405" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B406" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C406">
         <v>18.0</v>
       </c>
       <c r="D406" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B407" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C407">
         <v>18.0</v>
       </c>
       <c r="D407" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B408" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C408">
         <v>18.0</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B409" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C409">
         <v>19.2</v>
       </c>
       <c r="D409" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B410" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C410">
         <v>19.2</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B411" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C411">
         <v>22.464</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
         <v>321</v>
       </c>
       <c r="B412" t="s">
         <v>322</v>
       </c>
       <c r="C412">
         <v>22.68</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
         <v>323</v>
@@ -8306,2990 +8366,5580 @@
         <v>324</v>
       </c>
       <c r="C413">
         <v>22.68</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
         <v>325</v>
       </c>
       <c r="B414" t="s">
         <v>326</v>
       </c>
       <c r="C414">
         <v>22.68</v>
       </c>
       <c r="D414" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="B415" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="C415">
-        <v>28.8</v>
+        <v>30.0</v>
       </c>
       <c r="D415" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B416" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C416">
         <v>30.0</v>
       </c>
       <c r="D416" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="B417" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="C417">
-        <v>30.0</v>
+        <v>33.6</v>
       </c>
       <c r="D417" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="B418" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C418">
-        <v>33.6</v>
+        <v>34.8</v>
       </c>
       <c r="D418" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B419" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C419">
         <v>34.8</v>
       </c>
       <c r="D419" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="B420" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="C420">
-        <v>34.8</v>
+        <v>36.0</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B421" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C421">
-        <v>36.0</v>
+        <v>37.2</v>
       </c>
       <c r="D421" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="B422" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="C422">
-        <v>37.2</v>
+        <v>39.0</v>
       </c>
       <c r="D422" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B423" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C423">
-        <v>39.0</v>
+        <v>40.2</v>
       </c>
       <c r="D423" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B424" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C424">
-        <v>40.2</v>
+        <v>40.668</v>
       </c>
       <c r="D424" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B425" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="C425">
         <v>40.668</v>
       </c>
       <c r="D425" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B426" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C426">
         <v>40.668</v>
       </c>
       <c r="D426" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B427" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C427">
-        <v>40.668</v>
+        <v>41.424</v>
       </c>
       <c r="D427" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B428" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C428">
-        <v>41.424</v>
+        <v>42.0</v>
       </c>
       <c r="D428" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B429" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C429">
         <v>42.0</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="B430" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="C430">
-        <v>42.0</v>
+        <v>44.7</v>
       </c>
       <c r="D430" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>421</v>
+        <v>442</v>
       </c>
       <c r="B431" t="s">
-        <v>422</v>
+        <v>443</v>
       </c>
       <c r="C431">
-        <v>44.7</v>
+        <v>47.004</v>
       </c>
       <c r="D431" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>441</v>
+        <v>456</v>
       </c>
       <c r="B432" t="s">
-        <v>442</v>
+        <v>457</v>
       </c>
       <c r="C432">
-        <v>47.004</v>
+        <v>50.4</v>
       </c>
       <c r="D432" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="B433" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C433">
-        <v>50.4</v>
+        <v>52.8</v>
       </c>
       <c r="D433" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B434" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C434">
-        <v>52.8</v>
+        <v>54.0</v>
       </c>
       <c r="D434" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
         <v>470</v>
       </c>
       <c r="B435" t="s">
         <v>471</v>
       </c>
       <c r="C435">
         <v>54.0</v>
       </c>
       <c r="D435" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
         <v>472</v>
       </c>
       <c r="B436" t="s">
         <v>473</v>
       </c>
       <c r="C436">
         <v>54.0</v>
       </c>
       <c r="D436" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B437" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C437">
         <v>56.4</v>
       </c>
       <c r="D437" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B438" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C438">
         <v>58.62</v>
       </c>
       <c r="D438" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B439" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C439">
         <v>58.908</v>
       </c>
       <c r="D439" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B440" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C440">
         <v>60.0</v>
       </c>
       <c r="D440" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B441" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C441">
         <v>61.008</v>
       </c>
       <c r="D441" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B442" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C442">
         <v>62.4</v>
       </c>
       <c r="D442" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B443" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C443">
         <v>62.4</v>
       </c>
       <c r="D443" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B444" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C444">
         <v>62.4</v>
       </c>
       <c r="D444" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B445" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C445">
         <v>62.4</v>
       </c>
       <c r="D445" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B446" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C446">
         <v>62.58</v>
       </c>
       <c r="D446" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B447" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C447">
         <v>64.8</v>
       </c>
       <c r="D447" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
         <v>520</v>
       </c>
       <c r="B448" t="s">
         <v>521</v>
       </c>
       <c r="C448">
         <v>65.4</v>
       </c>
       <c r="D448" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
         <v>522</v>
       </c>
       <c r="B449" t="s">
         <v>523</v>
       </c>
       <c r="C449">
-        <v>66.0</v>
+        <v>65.4</v>
       </c>
       <c r="D449" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
         <v>524</v>
       </c>
       <c r="B450" t="s">
         <v>525</v>
       </c>
       <c r="C450">
-        <v>69.6</v>
+        <v>65.4</v>
       </c>
       <c r="D450" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
         <v>526</v>
       </c>
       <c r="B451" t="s">
         <v>527</v>
       </c>
       <c r="C451">
-        <v>72.204</v>
+        <v>65.4</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
         <v>528</v>
       </c>
       <c r="B452" t="s">
         <v>529</v>
       </c>
       <c r="C452">
-        <v>74.88</v>
+        <v>65.4</v>
       </c>
       <c r="D452" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
         <v>530</v>
       </c>
       <c r="B453" t="s">
         <v>531</v>
       </c>
       <c r="C453">
-        <v>76.8</v>
+        <v>66.0</v>
       </c>
       <c r="D453" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
         <v>532</v>
       </c>
       <c r="B454" t="s">
         <v>533</v>
       </c>
       <c r="C454">
-        <v>80.4</v>
+        <v>69.6</v>
       </c>
       <c r="D454" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
         <v>534</v>
       </c>
       <c r="B455" t="s">
         <v>535</v>
       </c>
       <c r="C455">
-        <v>80.4</v>
+        <v>72.204</v>
       </c>
       <c r="D455" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
         <v>536</v>
       </c>
       <c r="B456" t="s">
         <v>537</v>
       </c>
       <c r="C456">
-        <v>80.4</v>
+        <v>74.88</v>
       </c>
       <c r="D456" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
         <v>538</v>
       </c>
       <c r="B457" t="s">
         <v>539</v>
       </c>
       <c r="C457">
-        <v>81.6</v>
+        <v>76.8</v>
       </c>
       <c r="D457" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
         <v>540</v>
       </c>
       <c r="B458" t="s">
         <v>541</v>
       </c>
       <c r="C458">
-        <v>82.8</v>
+        <v>80.4</v>
       </c>
       <c r="D458" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
         <v>542</v>
       </c>
       <c r="B459" t="s">
         <v>543</v>
       </c>
       <c r="C459">
-        <v>86.484</v>
+        <v>80.4</v>
       </c>
       <c r="D459" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
         <v>544</v>
       </c>
       <c r="B460" t="s">
         <v>545</v>
       </c>
       <c r="C460">
-        <v>90.408</v>
+        <v>80.4</v>
       </c>
       <c r="D460" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
         <v>546</v>
       </c>
       <c r="B461" t="s">
         <v>547</v>
       </c>
       <c r="C461">
-        <v>90.408</v>
+        <v>81.6</v>
       </c>
       <c r="D461" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
         <v>548</v>
       </c>
       <c r="B462" t="s">
         <v>549</v>
       </c>
       <c r="C462">
-        <v>90.408</v>
+        <v>82.8</v>
       </c>
       <c r="D462" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
         <v>550</v>
       </c>
       <c r="B463" t="s">
         <v>551</v>
       </c>
       <c r="C463">
-        <v>90.516</v>
+        <v>86.484</v>
       </c>
       <c r="D463" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
         <v>552</v>
       </c>
       <c r="B464" t="s">
         <v>553</v>
       </c>
       <c r="C464">
-        <v>92.016</v>
+        <v>90.408</v>
       </c>
       <c r="D464" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
         <v>554</v>
       </c>
       <c r="B465" t="s">
         <v>555</v>
       </c>
       <c r="C465">
-        <v>93.876</v>
+        <v>90.408</v>
       </c>
       <c r="D465" t="s">
-        <v>556</v>
+        <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
+        <v>556</v>
+      </c>
+      <c r="B466" t="s">
         <v>557</v>
       </c>
-      <c r="B466" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466">
-        <v>96.228</v>
+        <v>90.408</v>
       </c>
       <c r="D466" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
+        <v>558</v>
+      </c>
+      <c r="B467" t="s">
         <v>559</v>
       </c>
-      <c r="B467" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C467">
-        <v>99.876</v>
+        <v>90.516</v>
       </c>
       <c r="D467" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
+        <v>560</v>
+      </c>
+      <c r="B468" t="s">
         <v>561</v>
       </c>
-      <c r="B468" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C468">
-        <v>105.6</v>
+        <v>92.016</v>
       </c>
       <c r="D468" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
+        <v>562</v>
+      </c>
+      <c r="B469" t="s">
         <v>563</v>
       </c>
-      <c r="B469" t="s">
+      <c r="C469">
+        <v>93.876</v>
+      </c>
+      <c r="D469" t="s">
         <v>564</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
         <v>565</v>
       </c>
       <c r="B470" t="s">
         <v>566</v>
       </c>
       <c r="C470">
-        <v>111.66</v>
+        <v>96.228</v>
       </c>
       <c r="D470" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
         <v>567</v>
       </c>
       <c r="B471" t="s">
         <v>568</v>
       </c>
       <c r="C471">
-        <v>111.66</v>
+        <v>99.876</v>
       </c>
       <c r="D471" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
         <v>569</v>
       </c>
       <c r="B472" t="s">
         <v>570</v>
       </c>
       <c r="C472">
-        <v>111.66</v>
+        <v>105.6</v>
       </c>
       <c r="D472" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
         <v>571</v>
       </c>
       <c r="B473" t="s">
         <v>572</v>
       </c>
       <c r="C473">
-        <v>114.0</v>
+        <v>106.464</v>
       </c>
       <c r="D473" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
         <v>573</v>
       </c>
       <c r="B474" t="s">
         <v>574</v>
       </c>
       <c r="C474">
-        <v>114.192</v>
+        <v>111.66</v>
       </c>
       <c r="D474" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
         <v>575</v>
       </c>
       <c r="B475" t="s">
         <v>576</v>
       </c>
       <c r="C475">
-        <v>117.372</v>
+        <v>111.66</v>
       </c>
       <c r="D475" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
         <v>577</v>
       </c>
       <c r="B476" t="s">
         <v>578</v>
       </c>
       <c r="C476">
-        <v>124.8</v>
+        <v>111.66</v>
       </c>
       <c r="D476" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
         <v>579</v>
       </c>
       <c r="B477" t="s">
         <v>580</v>
       </c>
       <c r="C477">
-        <v>124.8</v>
+        <v>114.0</v>
       </c>
       <c r="D477" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
         <v>581</v>
       </c>
       <c r="B478" t="s">
         <v>582</v>
       </c>
       <c r="C478">
-        <v>124.8</v>
+        <v>114.192</v>
       </c>
       <c r="D478" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
         <v>583</v>
       </c>
       <c r="B479" t="s">
         <v>584</v>
       </c>
       <c r="C479">
-        <v>124.8</v>
+        <v>117.372</v>
       </c>
       <c r="D479" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
         <v>585</v>
       </c>
       <c r="B480" t="s">
         <v>586</v>
       </c>
       <c r="C480">
-        <v>130.8</v>
+        <v>122.952</v>
       </c>
       <c r="D480" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
         <v>587</v>
       </c>
       <c r="B481" t="s">
         <v>588</v>
       </c>
       <c r="C481">
-        <v>131.52</v>
+        <v>124.8</v>
       </c>
       <c r="D481" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
         <v>589</v>
       </c>
       <c r="B482" t="s">
         <v>590</v>
       </c>
       <c r="C482">
-        <v>138.0</v>
+        <v>124.8</v>
       </c>
       <c r="D482" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
         <v>591</v>
       </c>
       <c r="B483" t="s">
         <v>592</v>
       </c>
       <c r="C483">
-        <v>144.0</v>
+        <v>124.8</v>
       </c>
       <c r="D483" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
         <v>593</v>
       </c>
       <c r="B484" t="s">
         <v>594</v>
       </c>
       <c r="C484">
-        <v>150.0</v>
+        <v>124.8</v>
       </c>
       <c r="D484" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
         <v>595</v>
       </c>
       <c r="B485" t="s">
         <v>596</v>
       </c>
       <c r="C485">
-        <v>152.904</v>
+        <v>130.8</v>
       </c>
       <c r="D485" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
         <v>597</v>
       </c>
       <c r="B486" t="s">
         <v>598</v>
       </c>
       <c r="C486">
-        <v>152.904</v>
+        <v>138.0</v>
       </c>
       <c r="D486" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
         <v>599</v>
       </c>
       <c r="B487" t="s">
         <v>600</v>
       </c>
       <c r="C487">
-        <v>152.904</v>
+        <v>144.0</v>
       </c>
       <c r="D487" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
         <v>601</v>
       </c>
       <c r="B488" t="s">
         <v>602</v>
       </c>
       <c r="C488">
-        <v>154.8</v>
+        <v>150.0</v>
       </c>
       <c r="D488" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
         <v>603</v>
       </c>
       <c r="B489" t="s">
         <v>604</v>
       </c>
       <c r="C489">
-        <v>159.0</v>
+        <v>152.904</v>
       </c>
       <c r="D489" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
         <v>605</v>
       </c>
       <c r="B490" t="s">
         <v>606</v>
       </c>
       <c r="C490">
-        <v>163.092</v>
+        <v>152.904</v>
       </c>
       <c r="D490" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
         <v>607</v>
       </c>
       <c r="B491" t="s">
         <v>608</v>
       </c>
       <c r="C491">
-        <v>172.116</v>
+        <v>152.904</v>
       </c>
       <c r="D491" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
         <v>609</v>
       </c>
       <c r="B492" t="s">
         <v>610</v>
       </c>
       <c r="C492">
-        <v>172.116</v>
+        <v>154.8</v>
       </c>
       <c r="D492" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
         <v>611</v>
       </c>
       <c r="B493" t="s">
         <v>612</v>
       </c>
       <c r="C493">
-        <v>172.116</v>
+        <v>159.0</v>
       </c>
       <c r="D493" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
         <v>613</v>
       </c>
       <c r="B494" t="s">
         <v>614</v>
       </c>
       <c r="C494">
-        <v>186.708</v>
+        <v>163.092</v>
       </c>
       <c r="D494" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
         <v>615</v>
       </c>
       <c r="B495" t="s">
         <v>616</v>
       </c>
       <c r="C495">
-        <v>187.236</v>
+        <v>172.116</v>
       </c>
       <c r="D495" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
         <v>617</v>
       </c>
       <c r="B496" t="s">
         <v>618</v>
       </c>
       <c r="C496">
-        <v>204.204</v>
+        <v>172.116</v>
       </c>
       <c r="D496" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
         <v>619</v>
       </c>
       <c r="B497" t="s">
         <v>620</v>
       </c>
       <c r="C497">
-        <v>213.6</v>
+        <v>172.116</v>
       </c>
       <c r="D497" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
         <v>621</v>
       </c>
       <c r="B498" t="s">
         <v>622</v>
       </c>
       <c r="C498">
-        <v>222.0</v>
+        <v>186.708</v>
       </c>
       <c r="D498" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
         <v>623</v>
       </c>
       <c r="B499" t="s">
         <v>624</v>
       </c>
       <c r="C499">
-        <v>227.532</v>
+        <v>187.236</v>
       </c>
       <c r="D499" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
         <v>625</v>
       </c>
       <c r="B500" t="s">
         <v>626</v>
       </c>
       <c r="C500">
-        <v>234.996</v>
+        <v>204.204</v>
       </c>
       <c r="D500" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
         <v>627</v>
       </c>
       <c r="B501" t="s">
         <v>628</v>
       </c>
       <c r="C501">
-        <v>242.556</v>
+        <v>213.6</v>
       </c>
       <c r="D501" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>281</v>
+        <v>247</v>
       </c>
       <c r="B502" t="s">
-        <v>282</v>
+        <v>248</v>
       </c>
       <c r="C502">
-        <v>19.2</v>
+        <v>16.08</v>
       </c>
       <c r="D502" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B503" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C503">
         <v>19.2</v>
       </c>
       <c r="D503" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>315</v>
+        <v>289</v>
       </c>
       <c r="B504" t="s">
-        <v>316</v>
+        <v>290</v>
       </c>
       <c r="C504">
-        <v>22.464</v>
+        <v>19.2</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="B505" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="C505">
-        <v>22.68</v>
+        <v>22.464</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B506" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C506">
         <v>22.68</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B507" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C507">
         <v>22.68</v>
       </c>
       <c r="D507" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>355</v>
+        <v>325</v>
       </c>
       <c r="B508" t="s">
-        <v>356</v>
+        <v>326</v>
       </c>
       <c r="C508">
-        <v>28.8</v>
+        <v>22.68</v>
       </c>
       <c r="D508" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
+        <v>362</v>
+      </c>
+      <c r="B509" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="C509">
         <v>30.0</v>
       </c>
       <c r="D509" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="B510" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
       <c r="C510">
-        <v>33.6</v>
+        <v>30.0</v>
       </c>
       <c r="D510" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="B511" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="C511">
-        <v>34.8</v>
+        <v>33.6</v>
       </c>
       <c r="D511" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
+        <v>380</v>
+      </c>
+      <c r="B512" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C512">
         <v>34.8</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="B513" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="C513">
-        <v>37.2</v>
+        <v>34.8</v>
       </c>
       <c r="D513" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>399</v>
+        <v>388</v>
       </c>
       <c r="B514" t="s">
-        <v>400</v>
+        <v>389</v>
       </c>
       <c r="C514">
-        <v>39.0</v>
+        <v>36.0</v>
       </c>
       <c r="D514" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>403</v>
+        <v>392</v>
       </c>
       <c r="B515" t="s">
-        <v>404</v>
+        <v>393</v>
       </c>
       <c r="C515">
-        <v>40.2</v>
+        <v>37.2</v>
       </c>
       <c r="D515" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="B516" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="C516">
-        <v>40.668</v>
+        <v>39.0</v>
       </c>
       <c r="D516" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B517" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C517">
-        <v>40.668</v>
+        <v>40.2</v>
       </c>
       <c r="D517" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B518" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C518">
         <v>40.668</v>
       </c>
       <c r="D518" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B519" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C519">
-        <v>41.424</v>
+        <v>40.668</v>
       </c>
       <c r="D519" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="B520" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C520">
-        <v>42.0</v>
+        <v>40.668</v>
       </c>
       <c r="D520" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B521" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C521">
-        <v>42.0</v>
+        <v>41.424</v>
       </c>
       <c r="D521" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B522" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="C522">
-        <v>44.7</v>
+        <v>42.0</v>
       </c>
       <c r="D522" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>441</v>
+        <v>418</v>
       </c>
       <c r="B523" t="s">
-        <v>442</v>
+        <v>419</v>
       </c>
       <c r="C523">
-        <v>47.004</v>
+        <v>42.0</v>
       </c>
       <c r="D523" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>462</v>
+        <v>422</v>
       </c>
       <c r="B524" t="s">
-        <v>463</v>
+        <v>423</v>
       </c>
       <c r="C524">
-        <v>52.8</v>
+        <v>44.7</v>
       </c>
       <c r="D524" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>472</v>
+        <v>442</v>
       </c>
       <c r="B525" t="s">
-        <v>473</v>
+        <v>443</v>
       </c>
       <c r="C525">
-        <v>54.0</v>
+        <v>47.004</v>
       </c>
       <c r="D525" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>484</v>
+        <v>456</v>
       </c>
       <c r="B526" t="s">
-        <v>485</v>
+        <v>457</v>
       </c>
       <c r="C526">
-        <v>58.908</v>
+        <v>50.4</v>
       </c>
       <c r="D526" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>486</v>
+        <v>460</v>
       </c>
       <c r="B527" t="s">
-        <v>487</v>
+        <v>461</v>
       </c>
       <c r="C527">
-        <v>60.0</v>
+        <v>52.8</v>
       </c>
       <c r="D527" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>490</v>
+        <v>468</v>
       </c>
       <c r="B528" t="s">
-        <v>491</v>
+        <v>469</v>
       </c>
       <c r="C528">
-        <v>61.008</v>
+        <v>54.0</v>
       </c>
       <c r="D528" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>496</v>
+        <v>470</v>
       </c>
       <c r="B529" t="s">
-        <v>497</v>
+        <v>471</v>
       </c>
       <c r="C529">
-        <v>62.4</v>
+        <v>54.0</v>
       </c>
       <c r="D529" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>498</v>
+        <v>472</v>
       </c>
       <c r="B530" t="s">
-        <v>499</v>
+        <v>473</v>
       </c>
       <c r="C530">
-        <v>62.4</v>
+        <v>54.0</v>
       </c>
       <c r="D530" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>500</v>
+        <v>478</v>
       </c>
       <c r="B531" t="s">
-        <v>501</v>
+        <v>479</v>
       </c>
       <c r="C531">
-        <v>62.4</v>
+        <v>56.4</v>
       </c>
       <c r="D531" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>502</v>
+        <v>482</v>
       </c>
       <c r="B532" t="s">
-        <v>503</v>
+        <v>483</v>
       </c>
       <c r="C532">
-        <v>62.4</v>
+        <v>58.62</v>
       </c>
       <c r="D532" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>524</v>
+        <v>486</v>
       </c>
       <c r="B533" t="s">
-        <v>525</v>
+        <v>487</v>
       </c>
       <c r="C533">
-        <v>69.6</v>
+        <v>58.908</v>
       </c>
       <c r="D533" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>530</v>
+        <v>488</v>
       </c>
       <c r="B534" t="s">
-        <v>531</v>
+        <v>489</v>
       </c>
       <c r="C534">
-        <v>76.8</v>
+        <v>60.0</v>
       </c>
       <c r="D534" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>532</v>
+        <v>492</v>
       </c>
       <c r="B535" t="s">
-        <v>533</v>
+        <v>493</v>
       </c>
       <c r="C535">
-        <v>80.4</v>
+        <v>61.008</v>
       </c>
       <c r="D535" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>534</v>
+        <v>498</v>
       </c>
       <c r="B536" t="s">
-        <v>535</v>
+        <v>499</v>
       </c>
       <c r="C536">
-        <v>80.4</v>
+        <v>62.4</v>
       </c>
       <c r="D536" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>536</v>
+        <v>500</v>
       </c>
       <c r="B537" t="s">
-        <v>537</v>
+        <v>501</v>
       </c>
       <c r="C537">
-        <v>80.4</v>
+        <v>62.4</v>
       </c>
       <c r="D537" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>538</v>
+        <v>502</v>
       </c>
       <c r="B538" t="s">
-        <v>539</v>
+        <v>503</v>
       </c>
       <c r="C538">
-        <v>81.6</v>
+        <v>62.4</v>
       </c>
       <c r="D538" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>540</v>
+        <v>504</v>
       </c>
       <c r="B539" t="s">
-        <v>541</v>
+        <v>505</v>
       </c>
       <c r="C539">
-        <v>82.8</v>
+        <v>62.4</v>
       </c>
       <c r="D539" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>542</v>
+        <v>506</v>
       </c>
       <c r="B540" t="s">
-        <v>543</v>
+        <v>507</v>
       </c>
       <c r="C540">
-        <v>86.484</v>
+        <v>62.58</v>
       </c>
       <c r="D540" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>550</v>
+        <v>518</v>
       </c>
       <c r="B541" t="s">
-        <v>551</v>
+        <v>519</v>
       </c>
       <c r="C541">
-        <v>90.516</v>
+        <v>64.8</v>
       </c>
       <c r="D541" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>559</v>
+        <v>528</v>
       </c>
       <c r="B542" t="s">
-        <v>560</v>
+        <v>529</v>
       </c>
       <c r="C542">
-        <v>99.876</v>
+        <v>65.4</v>
       </c>
       <c r="D542" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>561</v>
+        <v>530</v>
       </c>
       <c r="B543" t="s">
-        <v>562</v>
+        <v>531</v>
       </c>
       <c r="C543">
-        <v>105.6</v>
+        <v>66.0</v>
       </c>
       <c r="D543" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>565</v>
+        <v>532</v>
       </c>
       <c r="B544" t="s">
-        <v>566</v>
+        <v>533</v>
       </c>
       <c r="C544">
-        <v>111.66</v>
+        <v>69.6</v>
       </c>
       <c r="D544" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" t="s">
-        <v>567</v>
+        <v>534</v>
       </c>
       <c r="B545" t="s">
-        <v>568</v>
+        <v>535</v>
       </c>
       <c r="C545">
-        <v>111.66</v>
+        <v>72.204</v>
       </c>
       <c r="D545" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>569</v>
+        <v>536</v>
       </c>
       <c r="B546" t="s">
-        <v>570</v>
+        <v>537</v>
       </c>
       <c r="C546">
-        <v>111.66</v>
+        <v>74.88</v>
       </c>
       <c r="D546" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>571</v>
+        <v>538</v>
       </c>
       <c r="B547" t="s">
-        <v>572</v>
+        <v>539</v>
       </c>
       <c r="C547">
-        <v>114.0</v>
+        <v>76.8</v>
       </c>
       <c r="D547" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>577</v>
+        <v>540</v>
       </c>
       <c r="B548" t="s">
-        <v>578</v>
+        <v>541</v>
       </c>
       <c r="C548">
-        <v>124.8</v>
+        <v>80.4</v>
       </c>
       <c r="D548" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>579</v>
+        <v>542</v>
       </c>
       <c r="B549" t="s">
-        <v>580</v>
+        <v>543</v>
       </c>
       <c r="C549">
-        <v>124.8</v>
+        <v>80.4</v>
       </c>
       <c r="D549" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>581</v>
+        <v>544</v>
       </c>
       <c r="B550" t="s">
-        <v>582</v>
+        <v>545</v>
       </c>
       <c r="C550">
-        <v>124.8</v>
+        <v>80.4</v>
       </c>
       <c r="D550" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" t="s">
-        <v>583</v>
+        <v>546</v>
       </c>
       <c r="B551" t="s">
-        <v>584</v>
+        <v>547</v>
       </c>
       <c r="C551">
-        <v>124.8</v>
+        <v>81.6</v>
       </c>
       <c r="D551" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" t="s">
-        <v>585</v>
+        <v>548</v>
       </c>
       <c r="B552" t="s">
-        <v>586</v>
+        <v>549</v>
       </c>
       <c r="C552">
-        <v>130.8</v>
+        <v>82.8</v>
       </c>
       <c r="D552" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>591</v>
+        <v>550</v>
       </c>
       <c r="B553" t="s">
-        <v>592</v>
+        <v>551</v>
       </c>
       <c r="C553">
-        <v>144.0</v>
+        <v>86.484</v>
       </c>
       <c r="D553" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>593</v>
+        <v>554</v>
       </c>
       <c r="B554" t="s">
-        <v>594</v>
+        <v>555</v>
       </c>
       <c r="C554">
-        <v>150.0</v>
+        <v>90.408</v>
       </c>
       <c r="D554" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>595</v>
+        <v>556</v>
       </c>
       <c r="B555" t="s">
-        <v>596</v>
+        <v>557</v>
       </c>
       <c r="C555">
-        <v>152.904</v>
+        <v>90.408</v>
       </c>
       <c r="D555" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>597</v>
+        <v>558</v>
       </c>
       <c r="B556" t="s">
-        <v>598</v>
+        <v>559</v>
       </c>
       <c r="C556">
-        <v>152.904</v>
+        <v>90.516</v>
       </c>
       <c r="D556" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>599</v>
+        <v>562</v>
       </c>
       <c r="B557" t="s">
-        <v>600</v>
+        <v>563</v>
       </c>
       <c r="C557">
-        <v>152.904</v>
+        <v>93.876</v>
       </c>
       <c r="D557" t="s">
-        <v>449</v>
+        <v>564</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>601</v>
+        <v>565</v>
       </c>
       <c r="B558" t="s">
-        <v>602</v>
+        <v>566</v>
       </c>
       <c r="C558">
-        <v>154.8</v>
+        <v>96.228</v>
       </c>
       <c r="D558" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" t="s">
-        <v>603</v>
+        <v>567</v>
       </c>
       <c r="B559" t="s">
-        <v>604</v>
+        <v>568</v>
       </c>
       <c r="C559">
-        <v>159.0</v>
+        <v>99.876</v>
       </c>
       <c r="D559" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>607</v>
+        <v>569</v>
       </c>
       <c r="B560" t="s">
-        <v>608</v>
+        <v>570</v>
       </c>
       <c r="C560">
-        <v>172.116</v>
+        <v>105.6</v>
       </c>
       <c r="D560" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" t="s">
-        <v>609</v>
+        <v>571</v>
       </c>
       <c r="B561" t="s">
-        <v>610</v>
+        <v>572</v>
       </c>
       <c r="C561">
-        <v>172.116</v>
+        <v>106.464</v>
       </c>
       <c r="D561" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" t="s">
-        <v>611</v>
+        <v>573</v>
       </c>
       <c r="B562" t="s">
-        <v>612</v>
+        <v>574</v>
       </c>
       <c r="C562">
-        <v>172.116</v>
+        <v>111.66</v>
       </c>
       <c r="D562" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" t="s">
-        <v>613</v>
+        <v>575</v>
       </c>
       <c r="B563" t="s">
-        <v>614</v>
+        <v>576</v>
       </c>
       <c r="C563">
-        <v>186.708</v>
+        <v>111.66</v>
       </c>
       <c r="D563" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" t="s">
-        <v>621</v>
+        <v>577</v>
       </c>
       <c r="B564" t="s">
-        <v>622</v>
+        <v>578</v>
       </c>
       <c r="C564">
-        <v>222.0</v>
+        <v>111.66</v>
       </c>
       <c r="D564" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>629</v>
+        <v>579</v>
       </c>
       <c r="B565" t="s">
-        <v>630</v>
+        <v>580</v>
       </c>
       <c r="C565">
-        <v>246.432</v>
+        <v>114.0</v>
       </c>
       <c r="D565" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>631</v>
+        <v>581</v>
       </c>
       <c r="B566" t="s">
-        <v>632</v>
+        <v>582</v>
       </c>
       <c r="C566">
-        <v>246.432</v>
+        <v>114.192</v>
       </c>
       <c r="D566" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" t="s">
-        <v>633</v>
+        <v>585</v>
       </c>
       <c r="B567" t="s">
-        <v>634</v>
+        <v>586</v>
       </c>
       <c r="C567">
-        <v>246.432</v>
+        <v>122.952</v>
       </c>
       <c r="D567" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" t="s">
-        <v>635</v>
+        <v>587</v>
       </c>
       <c r="B568" t="s">
-        <v>636</v>
+        <v>588</v>
       </c>
       <c r="C568">
-        <v>252.0</v>
+        <v>124.8</v>
       </c>
       <c r="D568" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" t="s">
-        <v>637</v>
+        <v>589</v>
       </c>
       <c r="B569" t="s">
-        <v>638</v>
+        <v>590</v>
       </c>
       <c r="C569">
-        <v>252.0</v>
+        <v>124.8</v>
       </c>
       <c r="D569" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" t="s">
-        <v>639</v>
+        <v>591</v>
       </c>
       <c r="B570" t="s">
-        <v>640</v>
+        <v>592</v>
       </c>
       <c r="C570">
-        <v>252.0</v>
+        <v>124.8</v>
       </c>
       <c r="D570" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" t="s">
-        <v>641</v>
+        <v>593</v>
       </c>
       <c r="B571" t="s">
-        <v>642</v>
+        <v>594</v>
       </c>
       <c r="C571">
-        <v>257.208</v>
+        <v>124.8</v>
       </c>
       <c r="D571" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" t="s">
-        <v>643</v>
+        <v>595</v>
       </c>
       <c r="B572" t="s">
-        <v>644</v>
+        <v>596</v>
       </c>
       <c r="C572">
-        <v>258.0</v>
+        <v>130.8</v>
       </c>
       <c r="D572" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" t="s">
-        <v>645</v>
+        <v>599</v>
       </c>
       <c r="B573" t="s">
-        <v>646</v>
+        <v>600</v>
       </c>
       <c r="C573">
-        <v>261.168</v>
+        <v>144.0</v>
       </c>
       <c r="D573" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" t="s">
-        <v>647</v>
+        <v>601</v>
       </c>
       <c r="B574" t="s">
-        <v>648</v>
+        <v>602</v>
       </c>
       <c r="C574">
-        <v>276.936</v>
+        <v>150.0</v>
       </c>
       <c r="D574" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" t="s">
-        <v>649</v>
+        <v>603</v>
       </c>
       <c r="B575" t="s">
-        <v>650</v>
+        <v>604</v>
       </c>
       <c r="C575">
-        <v>324.0</v>
+        <v>152.904</v>
       </c>
       <c r="D575" t="s">
-        <v>16</v>
+        <v>349</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" t="s">
-        <v>651</v>
+        <v>605</v>
       </c>
       <c r="B576" t="s">
-        <v>652</v>
+        <v>606</v>
       </c>
       <c r="C576">
-        <v>329.004</v>
+        <v>152.904</v>
       </c>
       <c r="D576" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" t="s">
-        <v>653</v>
+        <v>607</v>
       </c>
       <c r="B577" t="s">
-        <v>654</v>
+        <v>608</v>
       </c>
       <c r="C577">
-        <v>333.06</v>
+        <v>152.904</v>
       </c>
       <c r="D577" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" t="s">
-        <v>655</v>
+        <v>609</v>
       </c>
       <c r="B578" t="s">
-        <v>656</v>
+        <v>610</v>
       </c>
       <c r="C578">
-        <v>333.06</v>
+        <v>154.8</v>
       </c>
       <c r="D578" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" t="s">
-        <v>657</v>
+        <v>611</v>
       </c>
       <c r="B579" t="s">
-        <v>658</v>
+        <v>612</v>
       </c>
       <c r="C579">
-        <v>333.072</v>
+        <v>159.0</v>
       </c>
       <c r="D579" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" t="s">
-        <v>659</v>
+        <v>615</v>
       </c>
       <c r="B580" t="s">
-        <v>660</v>
+        <v>616</v>
       </c>
       <c r="C580">
-        <v>399.0</v>
+        <v>172.116</v>
       </c>
       <c r="D580" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" t="s">
-        <v>661</v>
+        <v>617</v>
       </c>
       <c r="B581" t="s">
-        <v>662</v>
+        <v>618</v>
       </c>
       <c r="C581">
-        <v>486.0</v>
+        <v>172.116</v>
       </c>
       <c r="D581" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" t="s">
-        <v>663</v>
+        <v>619</v>
       </c>
       <c r="B582" t="s">
-        <v>664</v>
+        <v>620</v>
       </c>
       <c r="C582">
-        <v>538.992</v>
+        <v>172.116</v>
       </c>
       <c r="D582" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="B583" t="s">
-        <v>666</v>
+        <v>622</v>
       </c>
       <c r="C583">
-        <v>684.0</v>
+        <v>186.708</v>
       </c>
       <c r="D583" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" t="s">
-        <v>667</v>
+        <v>623</v>
       </c>
       <c r="B584" t="s">
-        <v>668</v>
+        <v>624</v>
       </c>
       <c r="C584">
-        <v>759.0</v>
+        <v>187.236</v>
       </c>
       <c r="D584" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" t="s">
-        <v>669</v>
+        <v>625</v>
       </c>
       <c r="B585" t="s">
-        <v>670</v>
+        <v>626</v>
       </c>
       <c r="C585">
-        <v>784.8</v>
+        <v>204.204</v>
       </c>
       <c r="D585" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" t="s">
-        <v>671</v>
+        <v>629</v>
       </c>
       <c r="B586" t="s">
-        <v>672</v>
+        <v>630</v>
       </c>
       <c r="C586">
-        <v>789.0</v>
+        <v>222.0</v>
       </c>
       <c r="D586" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" t="s">
-        <v>673</v>
+        <v>631</v>
       </c>
       <c r="B587" t="s">
-        <v>674</v>
+        <v>632</v>
       </c>
       <c r="C587">
-        <v>798.996</v>
+        <v>227.532</v>
       </c>
       <c r="D587" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
-        <v>675</v>
+        <v>633</v>
       </c>
       <c r="B588" t="s">
-        <v>676</v>
+        <v>634</v>
       </c>
       <c r="C588">
-        <v>798.996</v>
+        <v>234.996</v>
       </c>
       <c r="D588" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" t="s">
-        <v>677</v>
+        <v>635</v>
       </c>
       <c r="B589" t="s">
-        <v>678</v>
+        <v>636</v>
       </c>
       <c r="C589">
-        <v>826.8</v>
+        <v>242.556</v>
       </c>
       <c r="D589" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
-        <v>679</v>
+        <v>637</v>
       </c>
       <c r="B590" t="s">
-        <v>680</v>
+        <v>638</v>
       </c>
       <c r="C590">
-        <v>849.0</v>
+        <v>246.432</v>
       </c>
       <c r="D590" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" t="s">
-        <v>681</v>
+        <v>639</v>
       </c>
       <c r="B591" t="s">
-        <v>682</v>
+        <v>640</v>
       </c>
       <c r="C591">
-        <v>898.992</v>
+        <v>246.432</v>
       </c>
       <c r="D591" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" t="s">
-        <v>683</v>
+        <v>641</v>
       </c>
       <c r="B592" t="s">
-        <v>684</v>
+        <v>642</v>
       </c>
       <c r="C592">
-        <v>898.992</v>
+        <v>246.432</v>
       </c>
       <c r="D592" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" t="s">
-        <v>685</v>
+        <v>643</v>
       </c>
       <c r="B593" t="s">
-        <v>686</v>
+        <v>644</v>
       </c>
       <c r="C593">
-        <v>999.0</v>
+        <v>252.0</v>
       </c>
       <c r="D593" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
-        <v>687</v>
+        <v>645</v>
       </c>
       <c r="B594" t="s">
-        <v>688</v>
+        <v>646</v>
       </c>
       <c r="C594">
-        <v>999.0</v>
+        <v>252.0</v>
       </c>
       <c r="D594" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
-        <v>689</v>
+        <v>647</v>
       </c>
       <c r="B595" t="s">
-        <v>690</v>
+        <v>648</v>
       </c>
       <c r="C595">
-        <v>999.0</v>
+        <v>252.0</v>
       </c>
       <c r="D595" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
-        <v>691</v>
+        <v>649</v>
       </c>
       <c r="B596" t="s">
-        <v>692</v>
+        <v>650</v>
       </c>
       <c r="C596">
-        <v>1059.0</v>
+        <v>257.208</v>
       </c>
       <c r="D596" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" t="s">
-        <v>693</v>
+        <v>651</v>
       </c>
       <c r="B597" t="s">
-        <v>694</v>
+        <v>652</v>
       </c>
       <c r="C597">
-        <v>1098.996</v>
+        <v>258.0</v>
       </c>
       <c r="D597" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" t="s">
-        <v>695</v>
+        <v>653</v>
       </c>
       <c r="B598" t="s">
-        <v>696</v>
+        <v>654</v>
       </c>
       <c r="C598">
-        <v>1198.8</v>
+        <v>258.0</v>
       </c>
       <c r="D598" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" t="s">
-        <v>697</v>
+        <v>655</v>
       </c>
       <c r="B599" t="s">
-        <v>698</v>
+        <v>656</v>
       </c>
       <c r="C599">
-        <v>1198.992</v>
+        <v>261.168</v>
       </c>
       <c r="D599" t="s">
-        <v>556</v>
+        <v>6</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
-        <v>699</v>
+        <v>657</v>
       </c>
       <c r="B600" t="s">
-        <v>700</v>
+        <v>658</v>
       </c>
       <c r="C600">
-        <v>1458.996</v>
+        <v>276.936</v>
       </c>
       <c r="D600" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" t="s">
-        <v>701</v>
+        <v>659</v>
       </c>
       <c r="B601" t="s">
-        <v>702</v>
+        <v>660</v>
       </c>
       <c r="C601">
-        <v>1499.004</v>
+        <v>281.34</v>
       </c>
       <c r="D601" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
-        <v>355</v>
+        <v>287</v>
       </c>
       <c r="B602" t="s">
-        <v>356</v>
+        <v>288</v>
       </c>
       <c r="C602">
-        <v>28.8</v>
+        <v>19.2</v>
       </c>
       <c r="D602" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" t="s">
-        <v>391</v>
+        <v>289</v>
       </c>
       <c r="B603" t="s">
-        <v>392</v>
+        <v>290</v>
       </c>
       <c r="C603">
-        <v>37.2</v>
+        <v>19.2</v>
       </c>
       <c r="D603" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" t="s">
-        <v>403</v>
+        <v>313</v>
       </c>
       <c r="B604" t="s">
-        <v>404</v>
+        <v>314</v>
       </c>
       <c r="C604">
-        <v>40.2</v>
+        <v>22.464</v>
       </c>
       <c r="D604" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" t="s">
-        <v>417</v>
+        <v>321</v>
       </c>
       <c r="B605" t="s">
-        <v>418</v>
+        <v>322</v>
       </c>
       <c r="C605">
-        <v>42.0</v>
+        <v>22.68</v>
       </c>
       <c r="D605" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" t="s">
-        <v>421</v>
+        <v>323</v>
       </c>
       <c r="B606" t="s">
-        <v>422</v>
+        <v>324</v>
       </c>
       <c r="C606">
-        <v>44.7</v>
+        <v>22.68</v>
       </c>
       <c r="D606" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" t="s">
-        <v>472</v>
+        <v>325</v>
       </c>
       <c r="B607" t="s">
-        <v>473</v>
+        <v>326</v>
       </c>
       <c r="C607">
-        <v>54.0</v>
+        <v>22.68</v>
       </c>
       <c r="D607" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" t="s">
-        <v>577</v>
+        <v>364</v>
       </c>
       <c r="B608" t="s">
-        <v>578</v>
+        <v>365</v>
       </c>
       <c r="C608">
-        <v>124.8</v>
+        <v>30.0</v>
       </c>
       <c r="D608" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" t="s">
-        <v>579</v>
+        <v>376</v>
       </c>
       <c r="B609" t="s">
-        <v>580</v>
+        <v>377</v>
       </c>
       <c r="C609">
-        <v>124.8</v>
+        <v>33.6</v>
       </c>
       <c r="D609" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" t="s">
-        <v>581</v>
+        <v>380</v>
       </c>
       <c r="B610" t="s">
-        <v>582</v>
+        <v>381</v>
       </c>
       <c r="C610">
-        <v>124.8</v>
+        <v>34.8</v>
       </c>
       <c r="D610" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" t="s">
-        <v>583</v>
+        <v>382</v>
       </c>
       <c r="B611" t="s">
-        <v>584</v>
+        <v>383</v>
       </c>
       <c r="C611">
-        <v>124.8</v>
+        <v>34.8</v>
       </c>
       <c r="D611" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
-        <v>603</v>
+        <v>388</v>
       </c>
       <c r="B612" t="s">
-        <v>604</v>
+        <v>389</v>
       </c>
       <c r="C612">
-        <v>159.0</v>
+        <v>36.0</v>
       </c>
       <c r="D612" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
-        <v>647</v>
+        <v>392</v>
       </c>
       <c r="B613" t="s">
-        <v>648</v>
+        <v>393</v>
       </c>
       <c r="C613">
-        <v>276.936</v>
+        <v>37.2</v>
       </c>
       <c r="D613" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
-        <v>651</v>
+        <v>400</v>
       </c>
       <c r="B614" t="s">
-        <v>652</v>
+        <v>401</v>
       </c>
       <c r="C614">
-        <v>329.004</v>
+        <v>39.0</v>
       </c>
       <c r="D614" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" t="s">
-        <v>659</v>
+        <v>404</v>
       </c>
       <c r="B615" t="s">
-        <v>660</v>
+        <v>405</v>
       </c>
       <c r="C615">
-        <v>399.0</v>
+        <v>40.2</v>
       </c>
       <c r="D615" t="s">
-        <v>6</v>
+        <v>349</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
-        <v>663</v>
+        <v>408</v>
       </c>
       <c r="B616" t="s">
-        <v>664</v>
+        <v>409</v>
       </c>
       <c r="C616">
-        <v>538.992</v>
+        <v>40.668</v>
       </c>
       <c r="D616" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" t="s">
-        <v>681</v>
+        <v>410</v>
       </c>
       <c r="B617" t="s">
-        <v>682</v>
+        <v>411</v>
       </c>
       <c r="C617">
-        <v>898.992</v>
+        <v>40.668</v>
       </c>
       <c r="D617" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" t="s">
-        <v>683</v>
+        <v>412</v>
       </c>
       <c r="B618" t="s">
-        <v>684</v>
+        <v>413</v>
       </c>
       <c r="C618">
-        <v>898.992</v>
+        <v>40.668</v>
       </c>
       <c r="D618" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" t="s">
-        <v>689</v>
+        <v>414</v>
       </c>
       <c r="B619" t="s">
-        <v>690</v>
+        <v>415</v>
       </c>
       <c r="C619">
-        <v>999.0</v>
+        <v>41.424</v>
       </c>
       <c r="D619" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
-        <v>693</v>
+        <v>416</v>
       </c>
       <c r="B620" t="s">
-        <v>694</v>
+        <v>417</v>
       </c>
       <c r="C620">
-        <v>1098.996</v>
+        <v>42.0</v>
       </c>
       <c r="D620" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
-        <v>703</v>
+        <v>418</v>
       </c>
       <c r="B621" t="s">
-        <v>704</v>
+        <v>419</v>
       </c>
       <c r="C621">
-        <v>1599.0</v>
+        <v>42.0</v>
       </c>
       <c r="D621" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
-        <v>705</v>
+        <v>422</v>
       </c>
       <c r="B622" t="s">
-        <v>706</v>
+        <v>423</v>
       </c>
       <c r="C622">
-        <v>1824.0</v>
+        <v>44.7</v>
       </c>
       <c r="D622" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" t="s">
-        <v>707</v>
+        <v>442</v>
       </c>
       <c r="B623" t="s">
-        <v>708</v>
+        <v>443</v>
       </c>
       <c r="C623">
-        <v>2999.004</v>
+        <v>47.004</v>
       </c>
       <c r="D623" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
+        <v>456</v>
+      </c>
+      <c r="B624" t="s">
+        <v>457</v>
+      </c>
+      <c r="C624">
+        <v>50.4</v>
+      </c>
+      <c r="D624" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4">
+      <c r="A625" t="s">
+        <v>460</v>
+      </c>
+      <c r="B625" t="s">
+        <v>461</v>
+      </c>
+      <c r="C625">
+        <v>52.8</v>
+      </c>
+      <c r="D625" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4">
+      <c r="A626" t="s">
+        <v>470</v>
+      </c>
+      <c r="B626" t="s">
+        <v>471</v>
+      </c>
+      <c r="C626">
+        <v>54.0</v>
+      </c>
+      <c r="D626" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4">
+      <c r="A627" t="s">
+        <v>472</v>
+      </c>
+      <c r="B627" t="s">
+        <v>473</v>
+      </c>
+      <c r="C627">
+        <v>54.0</v>
+      </c>
+      <c r="D627" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4">
+      <c r="A628" t="s">
+        <v>478</v>
+      </c>
+      <c r="B628" t="s">
+        <v>479</v>
+      </c>
+      <c r="C628">
+        <v>56.4</v>
+      </c>
+      <c r="D628" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4">
+      <c r="A629" t="s">
+        <v>486</v>
+      </c>
+      <c r="B629" t="s">
+        <v>487</v>
+      </c>
+      <c r="C629">
+        <v>58.908</v>
+      </c>
+      <c r="D629" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4">
+      <c r="A630" t="s">
+        <v>488</v>
+      </c>
+      <c r="B630" t="s">
+        <v>489</v>
+      </c>
+      <c r="C630">
+        <v>60.0</v>
+      </c>
+      <c r="D630" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4">
+      <c r="A631" t="s">
+        <v>492</v>
+      </c>
+      <c r="B631" t="s">
+        <v>493</v>
+      </c>
+      <c r="C631">
+        <v>61.008</v>
+      </c>
+      <c r="D631" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4">
+      <c r="A632" t="s">
+        <v>498</v>
+      </c>
+      <c r="B632" t="s">
+        <v>499</v>
+      </c>
+      <c r="C632">
+        <v>62.4</v>
+      </c>
+      <c r="D632" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4">
+      <c r="A633" t="s">
+        <v>500</v>
+      </c>
+      <c r="B633" t="s">
+        <v>501</v>
+      </c>
+      <c r="C633">
+        <v>62.4</v>
+      </c>
+      <c r="D633" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4">
+      <c r="A634" t="s">
+        <v>502</v>
+      </c>
+      <c r="B634" t="s">
+        <v>503</v>
+      </c>
+      <c r="C634">
+        <v>62.4</v>
+      </c>
+      <c r="D634" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4">
+      <c r="A635" t="s">
+        <v>504</v>
+      </c>
+      <c r="B635" t="s">
+        <v>505</v>
+      </c>
+      <c r="C635">
+        <v>62.4</v>
+      </c>
+      <c r="D635" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4">
+      <c r="A636" t="s">
+        <v>518</v>
+      </c>
+      <c r="B636" t="s">
+        <v>519</v>
+      </c>
+      <c r="C636">
+        <v>64.8</v>
+      </c>
+      <c r="D636" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4">
+      <c r="A637" t="s">
+        <v>528</v>
+      </c>
+      <c r="B637" t="s">
+        <v>529</v>
+      </c>
+      <c r="C637">
+        <v>65.4</v>
+      </c>
+      <c r="D637" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4">
+      <c r="A638" t="s">
+        <v>530</v>
+      </c>
+      <c r="B638" t="s">
+        <v>531</v>
+      </c>
+      <c r="C638">
+        <v>66.0</v>
+      </c>
+      <c r="D638" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4">
+      <c r="A639" t="s">
+        <v>532</v>
+      </c>
+      <c r="B639" t="s">
+        <v>533</v>
+      </c>
+      <c r="C639">
+        <v>69.6</v>
+      </c>
+      <c r="D639" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4">
+      <c r="A640" t="s">
+        <v>538</v>
+      </c>
+      <c r="B640" t="s">
+        <v>539</v>
+      </c>
+      <c r="C640">
+        <v>76.8</v>
+      </c>
+      <c r="D640" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4">
+      <c r="A641" t="s">
+        <v>540</v>
+      </c>
+      <c r="B641" t="s">
+        <v>541</v>
+      </c>
+      <c r="C641">
+        <v>80.4</v>
+      </c>
+      <c r="D641" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4">
+      <c r="A642" t="s">
+        <v>542</v>
+      </c>
+      <c r="B642" t="s">
+        <v>543</v>
+      </c>
+      <c r="C642">
+        <v>80.4</v>
+      </c>
+      <c r="D642" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4">
+      <c r="A643" t="s">
+        <v>544</v>
+      </c>
+      <c r="B643" t="s">
+        <v>545</v>
+      </c>
+      <c r="C643">
+        <v>80.4</v>
+      </c>
+      <c r="D643" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4">
+      <c r="A644" t="s">
+        <v>546</v>
+      </c>
+      <c r="B644" t="s">
+        <v>547</v>
+      </c>
+      <c r="C644">
+        <v>81.6</v>
+      </c>
+      <c r="D644" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4">
+      <c r="A645" t="s">
+        <v>548</v>
+      </c>
+      <c r="B645" t="s">
+        <v>549</v>
+      </c>
+      <c r="C645">
+        <v>82.8</v>
+      </c>
+      <c r="D645" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4">
+      <c r="A646" t="s">
+        <v>550</v>
+      </c>
+      <c r="B646" t="s">
+        <v>551</v>
+      </c>
+      <c r="C646">
+        <v>86.484</v>
+      </c>
+      <c r="D646" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4">
+      <c r="A647" t="s">
+        <v>558</v>
+      </c>
+      <c r="B647" t="s">
+        <v>559</v>
+      </c>
+      <c r="C647">
+        <v>90.516</v>
+      </c>
+      <c r="D647" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4">
+      <c r="A648" t="s">
+        <v>562</v>
+      </c>
+      <c r="B648" t="s">
+        <v>563</v>
+      </c>
+      <c r="C648">
+        <v>93.876</v>
+      </c>
+      <c r="D648" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4">
+      <c r="A649" t="s">
+        <v>567</v>
+      </c>
+      <c r="B649" t="s">
+        <v>568</v>
+      </c>
+      <c r="C649">
+        <v>99.876</v>
+      </c>
+      <c r="D649" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4">
+      <c r="A650" t="s">
+        <v>569</v>
+      </c>
+      <c r="B650" t="s">
+        <v>570</v>
+      </c>
+      <c r="C650">
+        <v>105.6</v>
+      </c>
+      <c r="D650" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4">
+      <c r="A651" t="s">
+        <v>571</v>
+      </c>
+      <c r="B651" t="s">
+        <v>572</v>
+      </c>
+      <c r="C651">
+        <v>106.464</v>
+      </c>
+      <c r="D651" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4">
+      <c r="A652" t="s">
+        <v>573</v>
+      </c>
+      <c r="B652" t="s">
+        <v>574</v>
+      </c>
+      <c r="C652">
+        <v>111.66</v>
+      </c>
+      <c r="D652" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4">
+      <c r="A653" t="s">
+        <v>575</v>
+      </c>
+      <c r="B653" t="s">
+        <v>576</v>
+      </c>
+      <c r="C653">
+        <v>111.66</v>
+      </c>
+      <c r="D653" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4">
+      <c r="A654" t="s">
+        <v>577</v>
+      </c>
+      <c r="B654" t="s">
+        <v>578</v>
+      </c>
+      <c r="C654">
+        <v>111.66</v>
+      </c>
+      <c r="D654" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4">
+      <c r="A655" t="s">
+        <v>579</v>
+      </c>
+      <c r="B655" t="s">
+        <v>580</v>
+      </c>
+      <c r="C655">
+        <v>114.0</v>
+      </c>
+      <c r="D655" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4">
+      <c r="A656" t="s">
+        <v>581</v>
+      </c>
+      <c r="B656" t="s">
+        <v>582</v>
+      </c>
+      <c r="C656">
+        <v>114.192</v>
+      </c>
+      <c r="D656" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4">
+      <c r="A657" t="s">
+        <v>585</v>
+      </c>
+      <c r="B657" t="s">
+        <v>586</v>
+      </c>
+      <c r="C657">
+        <v>122.952</v>
+      </c>
+      <c r="D657" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4">
+      <c r="A658" t="s">
+        <v>587</v>
+      </c>
+      <c r="B658" t="s">
+        <v>588</v>
+      </c>
+      <c r="C658">
+        <v>124.8</v>
+      </c>
+      <c r="D658" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4">
+      <c r="A659" t="s">
+        <v>589</v>
+      </c>
+      <c r="B659" t="s">
+        <v>590</v>
+      </c>
+      <c r="C659">
+        <v>124.8</v>
+      </c>
+      <c r="D659" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4">
+      <c r="A660" t="s">
+        <v>591</v>
+      </c>
+      <c r="B660" t="s">
+        <v>592</v>
+      </c>
+      <c r="C660">
+        <v>124.8</v>
+      </c>
+      <c r="D660" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4">
+      <c r="A661" t="s">
+        <v>593</v>
+      </c>
+      <c r="B661" t="s">
+        <v>594</v>
+      </c>
+      <c r="C661">
+        <v>124.8</v>
+      </c>
+      <c r="D661" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4">
+      <c r="A662" t="s">
+        <v>595</v>
+      </c>
+      <c r="B662" t="s">
+        <v>596</v>
+      </c>
+      <c r="C662">
+        <v>130.8</v>
+      </c>
+      <c r="D662" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4">
+      <c r="A663" t="s">
+        <v>599</v>
+      </c>
+      <c r="B663" t="s">
+        <v>600</v>
+      </c>
+      <c r="C663">
+        <v>144.0</v>
+      </c>
+      <c r="D663" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4">
+      <c r="A664" t="s">
+        <v>601</v>
+      </c>
+      <c r="B664" t="s">
+        <v>602</v>
+      </c>
+      <c r="C664">
+        <v>150.0</v>
+      </c>
+      <c r="D664" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4">
+      <c r="A665" t="s">
+        <v>603</v>
+      </c>
+      <c r="B665" t="s">
+        <v>604</v>
+      </c>
+      <c r="C665">
+        <v>152.904</v>
+      </c>
+      <c r="D665" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4">
+      <c r="A666" t="s">
+        <v>605</v>
+      </c>
+      <c r="B666" t="s">
+        <v>606</v>
+      </c>
+      <c r="C666">
+        <v>152.904</v>
+      </c>
+      <c r="D666" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4">
+      <c r="A667" t="s">
+        <v>607</v>
+      </c>
+      <c r="B667" t="s">
+        <v>608</v>
+      </c>
+      <c r="C667">
+        <v>152.904</v>
+      </c>
+      <c r="D667" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4">
+      <c r="A668" t="s">
+        <v>609</v>
+      </c>
+      <c r="B668" t="s">
+        <v>610</v>
+      </c>
+      <c r="C668">
+        <v>154.8</v>
+      </c>
+      <c r="D668" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4">
+      <c r="A669" t="s">
+        <v>611</v>
+      </c>
+      <c r="B669" t="s">
+        <v>612</v>
+      </c>
+      <c r="C669">
+        <v>159.0</v>
+      </c>
+      <c r="D669" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4">
+      <c r="A670" t="s">
+        <v>615</v>
+      </c>
+      <c r="B670" t="s">
+        <v>616</v>
+      </c>
+      <c r="C670">
+        <v>172.116</v>
+      </c>
+      <c r="D670" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4">
+      <c r="A671" t="s">
+        <v>617</v>
+      </c>
+      <c r="B671" t="s">
+        <v>618</v>
+      </c>
+      <c r="C671">
+        <v>172.116</v>
+      </c>
+      <c r="D671" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4">
+      <c r="A672" t="s">
+        <v>619</v>
+      </c>
+      <c r="B672" t="s">
+        <v>620</v>
+      </c>
+      <c r="C672">
+        <v>172.116</v>
+      </c>
+      <c r="D672" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4">
+      <c r="A673" t="s">
+        <v>621</v>
+      </c>
+      <c r="B673" t="s">
+        <v>622</v>
+      </c>
+      <c r="C673">
+        <v>186.708</v>
+      </c>
+      <c r="D673" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4">
+      <c r="A674" t="s">
+        <v>629</v>
+      </c>
+      <c r="B674" t="s">
+        <v>630</v>
+      </c>
+      <c r="C674">
+        <v>222.0</v>
+      </c>
+      <c r="D674" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4">
+      <c r="A675" t="s">
+        <v>635</v>
+      </c>
+      <c r="B675" t="s">
+        <v>636</v>
+      </c>
+      <c r="C675">
+        <v>242.556</v>
+      </c>
+      <c r="D675" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4">
+      <c r="A676" t="s">
+        <v>637</v>
+      </c>
+      <c r="B676" t="s">
+        <v>638</v>
+      </c>
+      <c r="C676">
+        <v>246.432</v>
+      </c>
+      <c r="D676" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4">
+      <c r="A677" t="s">
+        <v>639</v>
+      </c>
+      <c r="B677" t="s">
+        <v>640</v>
+      </c>
+      <c r="C677">
+        <v>246.432</v>
+      </c>
+      <c r="D677" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4">
+      <c r="A678" t="s">
+        <v>641</v>
+      </c>
+      <c r="B678" t="s">
+        <v>642</v>
+      </c>
+      <c r="C678">
+        <v>246.432</v>
+      </c>
+      <c r="D678" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4">
+      <c r="A679" t="s">
+        <v>643</v>
+      </c>
+      <c r="B679" t="s">
+        <v>644</v>
+      </c>
+      <c r="C679">
+        <v>252.0</v>
+      </c>
+      <c r="D679" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4">
+      <c r="A680" t="s">
+        <v>645</v>
+      </c>
+      <c r="B680" t="s">
+        <v>646</v>
+      </c>
+      <c r="C680">
+        <v>252.0</v>
+      </c>
+      <c r="D680" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4">
+      <c r="A681" t="s">
+        <v>647</v>
+      </c>
+      <c r="B681" t="s">
+        <v>648</v>
+      </c>
+      <c r="C681">
+        <v>252.0</v>
+      </c>
+      <c r="D681" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4">
+      <c r="A682" t="s">
+        <v>649</v>
+      </c>
+      <c r="B682" t="s">
+        <v>650</v>
+      </c>
+      <c r="C682">
+        <v>257.208</v>
+      </c>
+      <c r="D682" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4">
+      <c r="A683" t="s">
+        <v>651</v>
+      </c>
+      <c r="B683" t="s">
+        <v>652</v>
+      </c>
+      <c r="C683">
+        <v>258.0</v>
+      </c>
+      <c r="D683" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4">
+      <c r="A684" t="s">
+        <v>653</v>
+      </c>
+      <c r="B684" t="s">
+        <v>654</v>
+      </c>
+      <c r="C684">
+        <v>258.0</v>
+      </c>
+      <c r="D684" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4">
+      <c r="A685" t="s">
+        <v>655</v>
+      </c>
+      <c r="B685" t="s">
+        <v>656</v>
+      </c>
+      <c r="C685">
+        <v>261.168</v>
+      </c>
+      <c r="D685" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4">
+      <c r="A686" t="s">
+        <v>657</v>
+      </c>
+      <c r="B686" t="s">
+        <v>658</v>
+      </c>
+      <c r="C686">
+        <v>276.936</v>
+      </c>
+      <c r="D686" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4">
+      <c r="A687" t="s">
+        <v>661</v>
+      </c>
+      <c r="B687" t="s">
+        <v>662</v>
+      </c>
+      <c r="C687">
+        <v>289.932</v>
+      </c>
+      <c r="D687" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4">
+      <c r="A688" t="s">
+        <v>663</v>
+      </c>
+      <c r="B688" t="s">
+        <v>664</v>
+      </c>
+      <c r="C688">
+        <v>289.932</v>
+      </c>
+      <c r="D688" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4">
+      <c r="A689" t="s">
+        <v>665</v>
+      </c>
+      <c r="B689" t="s">
+        <v>666</v>
+      </c>
+      <c r="C689">
+        <v>299.04</v>
+      </c>
+      <c r="D689" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4">
+      <c r="A690" t="s">
+        <v>667</v>
+      </c>
+      <c r="B690" t="s">
+        <v>668</v>
+      </c>
+      <c r="C690">
+        <v>316.872</v>
+      </c>
+      <c r="D690" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4">
+      <c r="A691" t="s">
+        <v>669</v>
+      </c>
+      <c r="B691" t="s">
+        <v>670</v>
+      </c>
+      <c r="C691">
+        <v>323.436</v>
+      </c>
+      <c r="D691" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4">
+      <c r="A692" t="s">
+        <v>671</v>
+      </c>
+      <c r="B692" t="s">
+        <v>672</v>
+      </c>
+      <c r="C692">
+        <v>323.436</v>
+      </c>
+      <c r="D692" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4">
+      <c r="A693" t="s">
+        <v>673</v>
+      </c>
+      <c r="B693" t="s">
+        <v>674</v>
+      </c>
+      <c r="C693">
+        <v>323.436</v>
+      </c>
+      <c r="D693" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4">
+      <c r="A694" t="s">
+        <v>675</v>
+      </c>
+      <c r="B694" t="s">
+        <v>676</v>
+      </c>
+      <c r="C694">
+        <v>324.0</v>
+      </c>
+      <c r="D694" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4">
+      <c r="A695" t="s">
+        <v>677</v>
+      </c>
+      <c r="B695" t="s">
+        <v>678</v>
+      </c>
+      <c r="C695">
+        <v>329.004</v>
+      </c>
+      <c r="D695" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4">
+      <c r="A696" t="s">
+        <v>679</v>
+      </c>
+      <c r="B696" t="s">
+        <v>680</v>
+      </c>
+      <c r="C696">
+        <v>333.06</v>
+      </c>
+      <c r="D696" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4">
+      <c r="A697" t="s">
+        <v>681</v>
+      </c>
+      <c r="B697" t="s">
+        <v>682</v>
+      </c>
+      <c r="C697">
+        <v>333.06</v>
+      </c>
+      <c r="D697" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4">
+      <c r="A698" t="s">
+        <v>683</v>
+      </c>
+      <c r="B698" t="s">
+        <v>684</v>
+      </c>
+      <c r="C698">
+        <v>333.072</v>
+      </c>
+      <c r="D698" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4">
+      <c r="A699" t="s">
+        <v>685</v>
+      </c>
+      <c r="B699" t="s">
+        <v>686</v>
+      </c>
+      <c r="C699">
+        <v>353.208</v>
+      </c>
+      <c r="D699" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4">
+      <c r="A700" t="s">
+        <v>687</v>
+      </c>
+      <c r="B700" t="s">
+        <v>688</v>
+      </c>
+      <c r="C700">
+        <v>357.888</v>
+      </c>
+      <c r="D700" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4">
+      <c r="A701" t="s">
+        <v>689</v>
+      </c>
+      <c r="B701" t="s">
+        <v>690</v>
+      </c>
+      <c r="C701">
+        <v>357.888</v>
+      </c>
+      <c r="D701" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4">
+      <c r="A702" t="s">
+        <v>287</v>
+      </c>
+      <c r="B702" t="s">
+        <v>288</v>
+      </c>
+      <c r="C702">
+        <v>19.2</v>
+      </c>
+      <c r="D702" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4">
+      <c r="A703" t="s">
+        <v>289</v>
+      </c>
+      <c r="B703" t="s">
+        <v>290</v>
+      </c>
+      <c r="C703">
+        <v>19.2</v>
+      </c>
+      <c r="D703" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4">
+      <c r="A704" t="s">
+        <v>313</v>
+      </c>
+      <c r="B704" t="s">
+        <v>314</v>
+      </c>
+      <c r="C704">
+        <v>22.464</v>
+      </c>
+      <c r="D704" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4">
+      <c r="A705" t="s">
+        <v>321</v>
+      </c>
+      <c r="B705" t="s">
+        <v>322</v>
+      </c>
+      <c r="C705">
+        <v>22.68</v>
+      </c>
+      <c r="D705" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4">
+      <c r="A706" t="s">
+        <v>323</v>
+      </c>
+      <c r="B706" t="s">
+        <v>324</v>
+      </c>
+      <c r="C706">
+        <v>22.68</v>
+      </c>
+      <c r="D706" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4">
+      <c r="A707" t="s">
+        <v>325</v>
+      </c>
+      <c r="B707" t="s">
+        <v>326</v>
+      </c>
+      <c r="C707">
+        <v>22.68</v>
+      </c>
+      <c r="D707" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4">
+      <c r="A708" t="s">
+        <v>364</v>
+      </c>
+      <c r="B708" t="s">
+        <v>365</v>
+      </c>
+      <c r="C708">
+        <v>30.0</v>
+      </c>
+      <c r="D708" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4">
+      <c r="A709" t="s">
+        <v>376</v>
+      </c>
+      <c r="B709" t="s">
+        <v>377</v>
+      </c>
+      <c r="C709">
+        <v>33.6</v>
+      </c>
+      <c r="D709" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4">
+      <c r="A710" t="s">
+        <v>380</v>
+      </c>
+      <c r="B710" t="s">
+        <v>381</v>
+      </c>
+      <c r="C710">
+        <v>34.8</v>
+      </c>
+      <c r="D710" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4">
+      <c r="A711" t="s">
+        <v>382</v>
+      </c>
+      <c r="B711" t="s">
+        <v>383</v>
+      </c>
+      <c r="C711">
+        <v>34.8</v>
+      </c>
+      <c r="D711" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4">
+      <c r="A712" t="s">
+        <v>392</v>
+      </c>
+      <c r="B712" t="s">
+        <v>393</v>
+      </c>
+      <c r="C712">
+        <v>37.2</v>
+      </c>
+      <c r="D712" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4">
+      <c r="A713" t="s">
+        <v>400</v>
+      </c>
+      <c r="B713" t="s">
+        <v>401</v>
+      </c>
+      <c r="C713">
+        <v>39.0</v>
+      </c>
+      <c r="D713" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4">
+      <c r="A714" t="s">
+        <v>404</v>
+      </c>
+      <c r="B714" t="s">
+        <v>405</v>
+      </c>
+      <c r="C714">
+        <v>40.2</v>
+      </c>
+      <c r="D714" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4">
+      <c r="A715" t="s">
+        <v>408</v>
+      </c>
+      <c r="B715" t="s">
+        <v>409</v>
+      </c>
+      <c r="C715">
+        <v>40.668</v>
+      </c>
+      <c r="D715" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4">
+      <c r="A716" t="s">
+        <v>410</v>
+      </c>
+      <c r="B716" t="s">
+        <v>411</v>
+      </c>
+      <c r="C716">
+        <v>40.668</v>
+      </c>
+      <c r="D716" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4">
+      <c r="A717" t="s">
+        <v>412</v>
+      </c>
+      <c r="B717" t="s">
+        <v>413</v>
+      </c>
+      <c r="C717">
+        <v>40.668</v>
+      </c>
+      <c r="D717" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4">
+      <c r="A718" t="s">
+        <v>414</v>
+      </c>
+      <c r="B718" t="s">
+        <v>415</v>
+      </c>
+      <c r="C718">
+        <v>41.424</v>
+      </c>
+      <c r="D718" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4">
+      <c r="A719" t="s">
+        <v>416</v>
+      </c>
+      <c r="B719" t="s">
+        <v>417</v>
+      </c>
+      <c r="C719">
+        <v>42.0</v>
+      </c>
+      <c r="D719" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4">
+      <c r="A720" t="s">
+        <v>418</v>
+      </c>
+      <c r="B720" t="s">
+        <v>419</v>
+      </c>
+      <c r="C720">
+        <v>42.0</v>
+      </c>
+      <c r="D720" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4">
+      <c r="A721" t="s">
+        <v>422</v>
+      </c>
+      <c r="B721" t="s">
+        <v>423</v>
+      </c>
+      <c r="C721">
+        <v>44.7</v>
+      </c>
+      <c r="D721" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4">
+      <c r="A722" t="s">
+        <v>442</v>
+      </c>
+      <c r="B722" t="s">
+        <v>443</v>
+      </c>
+      <c r="C722">
+        <v>47.004</v>
+      </c>
+      <c r="D722" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4">
+      <c r="A723" t="s">
+        <v>460</v>
+      </c>
+      <c r="B723" t="s">
+        <v>461</v>
+      </c>
+      <c r="C723">
+        <v>52.8</v>
+      </c>
+      <c r="D723" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="724" spans="1:4">
+      <c r="A724" t="s">
+        <v>470</v>
+      </c>
+      <c r="B724" t="s">
+        <v>471</v>
+      </c>
+      <c r="C724">
+        <v>54.0</v>
+      </c>
+      <c r="D724" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4">
+      <c r="A725" t="s">
+        <v>472</v>
+      </c>
+      <c r="B725" t="s">
+        <v>473</v>
+      </c>
+      <c r="C725">
+        <v>54.0</v>
+      </c>
+      <c r="D725" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4">
+      <c r="A726" t="s">
+        <v>486</v>
+      </c>
+      <c r="B726" t="s">
+        <v>487</v>
+      </c>
+      <c r="C726">
+        <v>58.908</v>
+      </c>
+      <c r="D726" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4">
+      <c r="A727" t="s">
+        <v>488</v>
+      </c>
+      <c r="B727" t="s">
+        <v>489</v>
+      </c>
+      <c r="C727">
+        <v>60.0</v>
+      </c>
+      <c r="D727" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4">
+      <c r="A728" t="s">
+        <v>492</v>
+      </c>
+      <c r="B728" t="s">
+        <v>493</v>
+      </c>
+      <c r="C728">
+        <v>61.008</v>
+      </c>
+      <c r="D728" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4">
+      <c r="A729" t="s">
+        <v>498</v>
+      </c>
+      <c r="B729" t="s">
+        <v>499</v>
+      </c>
+      <c r="C729">
+        <v>62.4</v>
+      </c>
+      <c r="D729" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4">
+      <c r="A730" t="s">
+        <v>500</v>
+      </c>
+      <c r="B730" t="s">
+        <v>501</v>
+      </c>
+      <c r="C730">
+        <v>62.4</v>
+      </c>
+      <c r="D730" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4">
+      <c r="A731" t="s">
+        <v>502</v>
+      </c>
+      <c r="B731" t="s">
+        <v>503</v>
+      </c>
+      <c r="C731">
+        <v>62.4</v>
+      </c>
+      <c r="D731" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4">
+      <c r="A732" t="s">
+        <v>504</v>
+      </c>
+      <c r="B732" t="s">
+        <v>505</v>
+      </c>
+      <c r="C732">
+        <v>62.4</v>
+      </c>
+      <c r="D732" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4">
+      <c r="A733" t="s">
+        <v>528</v>
+      </c>
+      <c r="B733" t="s">
+        <v>529</v>
+      </c>
+      <c r="C733">
+        <v>65.4</v>
+      </c>
+      <c r="D733" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4">
+      <c r="A734" t="s">
+        <v>532</v>
+      </c>
+      <c r="B734" t="s">
+        <v>533</v>
+      </c>
+      <c r="C734">
+        <v>69.6</v>
+      </c>
+      <c r="D734" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="735" spans="1:4">
+      <c r="A735" t="s">
+        <v>538</v>
+      </c>
+      <c r="B735" t="s">
+        <v>539</v>
+      </c>
+      <c r="C735">
+        <v>76.8</v>
+      </c>
+      <c r="D735" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4">
+      <c r="A736" t="s">
+        <v>540</v>
+      </c>
+      <c r="B736" t="s">
+        <v>541</v>
+      </c>
+      <c r="C736">
+        <v>80.4</v>
+      </c>
+      <c r="D736" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4">
+      <c r="A737" t="s">
+        <v>542</v>
+      </c>
+      <c r="B737" t="s">
+        <v>543</v>
+      </c>
+      <c r="C737">
+        <v>80.4</v>
+      </c>
+      <c r="D737" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4">
+      <c r="A738" t="s">
+        <v>544</v>
+      </c>
+      <c r="B738" t="s">
+        <v>545</v>
+      </c>
+      <c r="C738">
+        <v>80.4</v>
+      </c>
+      <c r="D738" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4">
+      <c r="A739" t="s">
+        <v>546</v>
+      </c>
+      <c r="B739" t="s">
+        <v>547</v>
+      </c>
+      <c r="C739">
+        <v>81.6</v>
+      </c>
+      <c r="D739" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4">
+      <c r="A740" t="s">
+        <v>548</v>
+      </c>
+      <c r="B740" t="s">
+        <v>549</v>
+      </c>
+      <c r="C740">
+        <v>82.8</v>
+      </c>
+      <c r="D740" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4">
+      <c r="A741" t="s">
+        <v>550</v>
+      </c>
+      <c r="B741" t="s">
+        <v>551</v>
+      </c>
+      <c r="C741">
+        <v>86.484</v>
+      </c>
+      <c r="D741" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4">
+      <c r="A742" t="s">
+        <v>558</v>
+      </c>
+      <c r="B742" t="s">
+        <v>559</v>
+      </c>
+      <c r="C742">
+        <v>90.516</v>
+      </c>
+      <c r="D742" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4">
+      <c r="A743" t="s">
+        <v>567</v>
+      </c>
+      <c r="B743" t="s">
+        <v>568</v>
+      </c>
+      <c r="C743">
+        <v>99.876</v>
+      </c>
+      <c r="D743" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4">
+      <c r="A744" t="s">
+        <v>569</v>
+      </c>
+      <c r="B744" t="s">
+        <v>570</v>
+      </c>
+      <c r="C744">
+        <v>105.6</v>
+      </c>
+      <c r="D744" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4">
+      <c r="A745" t="s">
+        <v>573</v>
+      </c>
+      <c r="B745" t="s">
+        <v>574</v>
+      </c>
+      <c r="C745">
+        <v>111.66</v>
+      </c>
+      <c r="D745" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4">
+      <c r="A746" t="s">
+        <v>575</v>
+      </c>
+      <c r="B746" t="s">
+        <v>576</v>
+      </c>
+      <c r="C746">
+        <v>111.66</v>
+      </c>
+      <c r="D746" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4">
+      <c r="A747" t="s">
+        <v>577</v>
+      </c>
+      <c r="B747" t="s">
+        <v>578</v>
+      </c>
+      <c r="C747">
+        <v>111.66</v>
+      </c>
+      <c r="D747" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4">
+      <c r="A748" t="s">
+        <v>579</v>
+      </c>
+      <c r="B748" t="s">
+        <v>580</v>
+      </c>
+      <c r="C748">
+        <v>114.0</v>
+      </c>
+      <c r="D748" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4">
+      <c r="A749" t="s">
+        <v>587</v>
+      </c>
+      <c r="B749" t="s">
+        <v>588</v>
+      </c>
+      <c r="C749">
+        <v>124.8</v>
+      </c>
+      <c r="D749" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4">
+      <c r="A750" t="s">
+        <v>589</v>
+      </c>
+      <c r="B750" t="s">
+        <v>590</v>
+      </c>
+      <c r="C750">
+        <v>124.8</v>
+      </c>
+      <c r="D750" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4">
+      <c r="A751" t="s">
+        <v>591</v>
+      </c>
+      <c r="B751" t="s">
+        <v>592</v>
+      </c>
+      <c r="C751">
+        <v>124.8</v>
+      </c>
+      <c r="D751" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4">
+      <c r="A752" t="s">
+        <v>593</v>
+      </c>
+      <c r="B752" t="s">
+        <v>594</v>
+      </c>
+      <c r="C752">
+        <v>124.8</v>
+      </c>
+      <c r="D752" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4">
+      <c r="A753" t="s">
+        <v>595</v>
+      </c>
+      <c r="B753" t="s">
+        <v>596</v>
+      </c>
+      <c r="C753">
+        <v>130.8</v>
+      </c>
+      <c r="D753" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4">
+      <c r="A754" t="s">
+        <v>599</v>
+      </c>
+      <c r="B754" t="s">
+        <v>600</v>
+      </c>
+      <c r="C754">
+        <v>144.0</v>
+      </c>
+      <c r="D754" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4">
+      <c r="A755" t="s">
+        <v>601</v>
+      </c>
+      <c r="B755" t="s">
+        <v>602</v>
+      </c>
+      <c r="C755">
+        <v>150.0</v>
+      </c>
+      <c r="D755" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4">
+      <c r="A756" t="s">
+        <v>603</v>
+      </c>
+      <c r="B756" t="s">
+        <v>604</v>
+      </c>
+      <c r="C756">
+        <v>152.904</v>
+      </c>
+      <c r="D756" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4">
+      <c r="A757" t="s">
+        <v>605</v>
+      </c>
+      <c r="B757" t="s">
+        <v>606</v>
+      </c>
+      <c r="C757">
+        <v>152.904</v>
+      </c>
+      <c r="D757" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4">
+      <c r="A758" t="s">
+        <v>607</v>
+      </c>
+      <c r="B758" t="s">
+        <v>608</v>
+      </c>
+      <c r="C758">
+        <v>152.904</v>
+      </c>
+      <c r="D758" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="759" spans="1:4">
+      <c r="A759" t="s">
+        <v>609</v>
+      </c>
+      <c r="B759" t="s">
+        <v>610</v>
+      </c>
+      <c r="C759">
+        <v>154.8</v>
+      </c>
+      <c r="D759" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="760" spans="1:4">
+      <c r="A760" t="s">
+        <v>611</v>
+      </c>
+      <c r="B760" t="s">
+        <v>612</v>
+      </c>
+      <c r="C760">
+        <v>159.0</v>
+      </c>
+      <c r="D760" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4">
+      <c r="A761" t="s">
+        <v>615</v>
+      </c>
+      <c r="B761" t="s">
+        <v>616</v>
+      </c>
+      <c r="C761">
+        <v>172.116</v>
+      </c>
+      <c r="D761" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4">
+      <c r="A762" t="s">
+        <v>617</v>
+      </c>
+      <c r="B762" t="s">
+        <v>618</v>
+      </c>
+      <c r="C762">
+        <v>172.116</v>
+      </c>
+      <c r="D762" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4">
+      <c r="A763" t="s">
+        <v>619</v>
+      </c>
+      <c r="B763" t="s">
+        <v>620</v>
+      </c>
+      <c r="C763">
+        <v>172.116</v>
+      </c>
+      <c r="D763" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4">
+      <c r="A764" t="s">
+        <v>621</v>
+      </c>
+      <c r="B764" t="s">
+        <v>622</v>
+      </c>
+      <c r="C764">
+        <v>186.708</v>
+      </c>
+      <c r="D764" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4">
+      <c r="A765" t="s">
+        <v>629</v>
+      </c>
+      <c r="B765" t="s">
+        <v>630</v>
+      </c>
+      <c r="C765">
+        <v>222.0</v>
+      </c>
+      <c r="D765" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4">
+      <c r="A766" t="s">
+        <v>635</v>
+      </c>
+      <c r="B766" t="s">
+        <v>636</v>
+      </c>
+      <c r="C766">
+        <v>242.556</v>
+      </c>
+      <c r="D766" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4">
+      <c r="A767" t="s">
+        <v>637</v>
+      </c>
+      <c r="B767" t="s">
+        <v>638</v>
+      </c>
+      <c r="C767">
+        <v>246.432</v>
+      </c>
+      <c r="D767" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="768" spans="1:4">
+      <c r="A768" t="s">
+        <v>639</v>
+      </c>
+      <c r="B768" t="s">
+        <v>640</v>
+      </c>
+      <c r="C768">
+        <v>246.432</v>
+      </c>
+      <c r="D768" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4">
+      <c r="A769" t="s">
+        <v>641</v>
+      </c>
+      <c r="B769" t="s">
+        <v>642</v>
+      </c>
+      <c r="C769">
+        <v>246.432</v>
+      </c>
+      <c r="D769" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="770" spans="1:4">
+      <c r="A770" t="s">
+        <v>643</v>
+      </c>
+      <c r="B770" t="s">
+        <v>644</v>
+      </c>
+      <c r="C770">
+        <v>252.0</v>
+      </c>
+      <c r="D770" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4">
+      <c r="A771" t="s">
+        <v>645</v>
+      </c>
+      <c r="B771" t="s">
+        <v>646</v>
+      </c>
+      <c r="C771">
+        <v>252.0</v>
+      </c>
+      <c r="D771" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4">
+      <c r="A772" t="s">
+        <v>647</v>
+      </c>
+      <c r="B772" t="s">
+        <v>648</v>
+      </c>
+      <c r="C772">
+        <v>252.0</v>
+      </c>
+      <c r="D772" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4">
+      <c r="A773" t="s">
+        <v>649</v>
+      </c>
+      <c r="B773" t="s">
+        <v>650</v>
+      </c>
+      <c r="C773">
+        <v>257.208</v>
+      </c>
+      <c r="D773" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4">
+      <c r="A774" t="s">
+        <v>653</v>
+      </c>
+      <c r="B774" t="s">
+        <v>654</v>
+      </c>
+      <c r="C774">
+        <v>258.0</v>
+      </c>
+      <c r="D774" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4">
+      <c r="A775" t="s">
+        <v>655</v>
+      </c>
+      <c r="B775" t="s">
+        <v>656</v>
+      </c>
+      <c r="C775">
+        <v>261.168</v>
+      </c>
+      <c r="D775" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4">
+      <c r="A776" t="s">
+        <v>657</v>
+      </c>
+      <c r="B776" t="s">
+        <v>658</v>
+      </c>
+      <c r="C776">
+        <v>276.936</v>
+      </c>
+      <c r="D776" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4">
+      <c r="A777" t="s">
+        <v>667</v>
+      </c>
+      <c r="B777" t="s">
+        <v>668</v>
+      </c>
+      <c r="C777">
+        <v>316.872</v>
+      </c>
+      <c r="D777" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4">
+      <c r="A778" t="s">
+        <v>675</v>
+      </c>
+      <c r="B778" t="s">
+        <v>676</v>
+      </c>
+      <c r="C778">
+        <v>324.0</v>
+      </c>
+      <c r="D778" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4">
+      <c r="A779" t="s">
+        <v>677</v>
+      </c>
+      <c r="B779" t="s">
+        <v>678</v>
+      </c>
+      <c r="C779">
+        <v>329.004</v>
+      </c>
+      <c r="D779" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4">
+      <c r="A780" t="s">
+        <v>679</v>
+      </c>
+      <c r="B780" t="s">
+        <v>680</v>
+      </c>
+      <c r="C780">
+        <v>333.06</v>
+      </c>
+      <c r="D780" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4">
+      <c r="A781" t="s">
+        <v>681</v>
+      </c>
+      <c r="B781" t="s">
+        <v>682</v>
+      </c>
+      <c r="C781">
+        <v>333.06</v>
+      </c>
+      <c r="D781" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4">
+      <c r="A782" t="s">
+        <v>683</v>
+      </c>
+      <c r="B782" t="s">
+        <v>684</v>
+      </c>
+      <c r="C782">
+        <v>333.072</v>
+      </c>
+      <c r="D782" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4">
+      <c r="A783" t="s">
+        <v>685</v>
+      </c>
+      <c r="B783" t="s">
+        <v>686</v>
+      </c>
+      <c r="C783">
+        <v>353.208</v>
+      </c>
+      <c r="D783" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4">
+      <c r="A784" t="s">
+        <v>691</v>
+      </c>
+      <c r="B784" t="s">
+        <v>692</v>
+      </c>
+      <c r="C784">
+        <v>357.888</v>
+      </c>
+      <c r="D784" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4">
+      <c r="A785" t="s">
+        <v>693</v>
+      </c>
+      <c r="B785" t="s">
+        <v>694</v>
+      </c>
+      <c r="C785">
+        <v>399.0</v>
+      </c>
+      <c r="D785" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4">
+      <c r="A786" t="s">
+        <v>695</v>
+      </c>
+      <c r="B786" t="s">
+        <v>696</v>
+      </c>
+      <c r="C786">
+        <v>486.0</v>
+      </c>
+      <c r="D786" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4">
+      <c r="A787" t="s">
+        <v>697</v>
+      </c>
+      <c r="B787" t="s">
+        <v>698</v>
+      </c>
+      <c r="C787">
+        <v>538.992</v>
+      </c>
+      <c r="D787" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4">
+      <c r="A788" t="s">
+        <v>699</v>
+      </c>
+      <c r="B788" t="s">
+        <v>700</v>
+      </c>
+      <c r="C788">
+        <v>558.996</v>
+      </c>
+      <c r="D788" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4">
+      <c r="A789" t="s">
+        <v>701</v>
+      </c>
+      <c r="B789" t="s">
+        <v>702</v>
+      </c>
+      <c r="C789">
+        <v>684.0</v>
+      </c>
+      <c r="D789" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4">
+      <c r="A790" t="s">
+        <v>703</v>
+      </c>
+      <c r="B790" t="s">
+        <v>704</v>
+      </c>
+      <c r="C790">
+        <v>759.0</v>
+      </c>
+      <c r="D790" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4">
+      <c r="A791" t="s">
+        <v>705</v>
+      </c>
+      <c r="B791" t="s">
+        <v>706</v>
+      </c>
+      <c r="C791">
+        <v>784.8</v>
+      </c>
+      <c r="D791" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4">
+      <c r="A792" t="s">
+        <v>707</v>
+      </c>
+      <c r="B792" t="s">
+        <v>708</v>
+      </c>
+      <c r="C792">
+        <v>789.0</v>
+      </c>
+      <c r="D792" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4">
+      <c r="A793" t="s">
         <v>709</v>
       </c>
-      <c r="B624" t="s">
+      <c r="B793" t="s">
         <v>710</v>
       </c>
-      <c r="C624">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="C793">
+        <v>798.996</v>
+      </c>
+      <c r="D793" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4">
+      <c r="A794" t="s">
+        <v>711</v>
+      </c>
+      <c r="B794" t="s">
+        <v>712</v>
+      </c>
+      <c r="C794">
+        <v>798.996</v>
+      </c>
+      <c r="D794" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4">
+      <c r="A795" t="s">
+        <v>713</v>
+      </c>
+      <c r="B795" t="s">
+        <v>714</v>
+      </c>
+      <c r="C795">
+        <v>838.8</v>
+      </c>
+      <c r="D795" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4">
+      <c r="A796" t="s">
+        <v>715</v>
+      </c>
+      <c r="B796" t="s">
+        <v>716</v>
+      </c>
+      <c r="C796">
+        <v>849.0</v>
+      </c>
+      <c r="D796" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4">
+      <c r="A797" t="s">
+        <v>717</v>
+      </c>
+      <c r="B797" t="s">
+        <v>718</v>
+      </c>
+      <c r="C797">
+        <v>898.992</v>
+      </c>
+      <c r="D797" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4">
+      <c r="A798" t="s">
+        <v>719</v>
+      </c>
+      <c r="B798" t="s">
+        <v>720</v>
+      </c>
+      <c r="C798">
+        <v>898.992</v>
+      </c>
+      <c r="D798" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4">
+      <c r="A799" t="s">
+        <v>721</v>
+      </c>
+      <c r="B799" t="s">
+        <v>722</v>
+      </c>
+      <c r="C799">
+        <v>999.0</v>
+      </c>
+      <c r="D799" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4">
+      <c r="A800" t="s">
+        <v>723</v>
+      </c>
+      <c r="B800" t="s">
+        <v>724</v>
+      </c>
+      <c r="C800">
+        <v>999.0</v>
+      </c>
+      <c r="D800" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4">
+      <c r="A801" t="s">
+        <v>725</v>
+      </c>
+      <c r="B801" t="s">
+        <v>726</v>
+      </c>
+      <c r="C801">
+        <v>999.0</v>
+      </c>
+      <c r="D801" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4">
+      <c r="A802" t="s">
+        <v>404</v>
+      </c>
+      <c r="B802" t="s">
+        <v>405</v>
+      </c>
+      <c r="C802">
+        <v>40.2</v>
+      </c>
+      <c r="D802" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4">
+      <c r="A803" t="s">
+        <v>422</v>
+      </c>
+      <c r="B803" t="s">
+        <v>423</v>
+      </c>
+      <c r="C803">
+        <v>44.7</v>
+      </c>
+      <c r="D803" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4">
+      <c r="A804" t="s">
+        <v>528</v>
+      </c>
+      <c r="B804" t="s">
+        <v>529</v>
+      </c>
+      <c r="C804">
+        <v>65.4</v>
+      </c>
+      <c r="D804" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4">
+      <c r="A805" t="s">
+        <v>667</v>
+      </c>
+      <c r="B805" t="s">
+        <v>668</v>
+      </c>
+      <c r="C805">
+        <v>316.872</v>
+      </c>
+      <c r="D805" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4">
+      <c r="A806" t="s">
+        <v>685</v>
+      </c>
+      <c r="B806" t="s">
+        <v>686</v>
+      </c>
+      <c r="C806">
+        <v>353.208</v>
+      </c>
+      <c r="D806" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4">
+      <c r="A807" t="s">
+        <v>699</v>
+      </c>
+      <c r="B807" t="s">
+        <v>700</v>
+      </c>
+      <c r="C807">
+        <v>558.996</v>
+      </c>
+      <c r="D807" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4">
+      <c r="A808" t="s">
+        <v>727</v>
+      </c>
+      <c r="B808" t="s">
+        <v>728</v>
+      </c>
+      <c r="C808">
+        <v>1648.992</v>
+      </c>
+      <c r="D808" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4">
+      <c r="A809" t="s">
+        <v>729</v>
+      </c>
+      <c r="B809" t="s">
+        <v>730</v>
+      </c>
+      <c r="C809">
+        <v>1906.8</v>
+      </c>
+      <c r="D809" t="s">
+        <v>564</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D625"/>
+  <autoFilter ref="A1:D810"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>