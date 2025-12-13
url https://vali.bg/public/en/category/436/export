--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$810</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$360</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="731">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="589">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Magenta</t>
   </si>
   <si>
@@ -361,50 +361,62 @@
   <si>
     <t>Ink cartridge UPRINT CLI 571XL-M CANON, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571M-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI 571XL-Y CANON, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI571Y-XL-UP</t>
   </si>
   <si>
     <t>Ribbon Cartridge OKI 182/280/320/321/390/391/3320/3321, Black</t>
   </si>
   <si>
     <t>LF-CAS-OKI-182-390</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Cyan, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-2011-100MC</t>
   </si>
   <si>
+    <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-2011-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-2011-100MY</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT CN684 HP, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-CN684EE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN685 HP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-HP-CN685-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN686 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CN686-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN687 HP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CN687-UP</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson C64/C84,T0321, T0431, T044, T0461 , Black, 100 ml</t>
@@ -631,701 +643,509 @@
   <si>
     <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-0090-100MY</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-0090-100MB</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Cyan, Pigment, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-5000-100MC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Magenta, Pigment, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-5000-100MM</t>
   </si>
   <si>
-    <t>Bulk inks INKTEC for HP-5088,C9387A,C9392A-HP OfficetJet K550/K5300/L7380 , Magenta, 100 ml</t>
-[...124 lines deleted...]
-  <si>
     <t>Bulk inks Epson L4150/L4160/L6160/L6170/L6190 WiFi MFP , Cyan, 70 ml</t>
   </si>
   <si>
     <t>EPS-INK-C13T03V24A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D116L</t>
   </si>
   <si>
+    <t>Gel INKTEC Ricoh GC21K / GC31K / GC41K - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, Black</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MB</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21M / GC31M / GC41M - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100kl, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MM</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21C / GC31C / GC41C - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MC</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh  Ricoh RC-1MS1/ RC-1M01/ RC-1M11/ GC21MS/ GC21M/ GC21MH, 100ml, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MM</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh  Ricoh GC21Y / GC31Y / GC41Y - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, Yellow</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MY</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581BK-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581C-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581M-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581Y-XXL-U</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI-581 XXL Photo Blue, CANON PIXMA TS9150/TS6151/TS8152/TS6150</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI581PHBL-XXL</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI-580 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI580BK-XXL-U</t>
+  </si>
+  <si>
+    <t>Toner cartridge ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280A</t>
+  </si>
+  <si>
+    <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , white</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-W</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , Transparent</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-TRSP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF244A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D101S</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100B</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020, Yellow, Pigment, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-100MY</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1170</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100Y</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF283X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF226X,  HP LJ Pro M402/MFP M426 series,  Canon LBP212DW, 9000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF226X</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41K, RICOH, 336ml, 2500 copies, 405761, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41K</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405763, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41M</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405762, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41C</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405764, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41Y</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT L0S70AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 50 ml, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-L0S70AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT F6U18AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U18AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT F6U17AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U17AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT F6U16AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U16AE-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK KYOCERA TK-160- FS1120D/ P2035D, 2500, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK160</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CANON CANON PGI-570 + CLI-571BK/C/M/Y XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-570-571-PACK</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK TN2220/2210/2010, BROTHER HL2240 /2250/ 2270/2130/DCP-7060/7065/7070/MFC-7360/7460, 2600k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2220</t>
   </si>
   <si>
-    <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
-[...313 lines deleted...]
-  <si>
     <t>Toner Cartridge UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK1150</t>
   </si>
   <si>
     <t>Toner Cartridge MLT-D111L, SAMSUNG M2020/M2022/М2070/M2026, 1800 k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D111L-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CF279A, HP LJ Pro M12/MFP M26, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF279A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK Xerox Phaser 3020, WorkCentre 30255, 1500 k., 106R02773, Black</t>
   </si>
   <si>
     <t>TON-XER-CAS-3025</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK CE255X,  HP LJ P3015/ MFP M525 /Canon LBP 6750-CRG-724 , CE255X, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CE255X</t>
+  </si>
+  <si>
     <t>Toner cartridge ORINK CF280X, HP LJ Pro 400/ M401/M425, 6900k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF280X</t>
   </si>
   <si>
     <t>Toner Cartridge CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF217X-UP</t>
   </si>
   <si>
     <t>Ink cartridge HP 650 Tri-colour Ink Cartridge</t>
   </si>
   <si>
     <t>HP-INK-CZ102AE</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK TK-1160, KYOCERA P2040dn/dw, 7200 k, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK1160</t>
   </si>
   <si>
     <t>Ink cartridge HP 650, CZ101AE Black,  360 k.</t>
   </si>
   <si>
     <t>HP-INK-CZ101AE</t>
   </si>
   <si>
     <t>Develop drum for use in Develop WB-P05, Ineo C3350, C3850, +3351</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-B-P05</t>
   </si>
   <si>
+    <t>Bulk inks INKTEC for Epson, T2421,T2431,T2561, T2611, T2631, T2691, T2731.., Black, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-014-1LB</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT HP 304XL, HP DJ 2620/2630/ 750/ 3760/ 3762, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-N9K08AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, HP 305XL, 3YM62AE, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-3YM62AE</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, HP 305XL, 3YM63AE, Color</t>
   </si>
   <si>
     <t>LF-INK-HP-3YM63AE</t>
   </si>
   <si>
+    <t>Toner Cartridge UPRINT CF210X/731, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF210X-UP</t>
+  </si>
+  <si>
     <t>UPRINT ink cartridge HP 304XL color, HP DJ 2620/2630/ 3750/ 3760/ 3762</t>
   </si>
   <si>
     <t>LF-INK-HP-N9K07AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-545XL-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK, Ricoh SP230SFNW, 3000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP230SFNW-G</t>
   </si>
   <si>
+    <t>Toner Cartridge GENERINK TN2421, BROTHER,  Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT CF226X,  HP LJ Pro M402/MFP M426 series, 9000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF226X-UP</t>
   </si>
   <si>
     <t>Toner cartridge XEROX Phaser 3020/ WC 3025, 106R02773, 1500 k.</t>
   </si>
   <si>
     <t>LF-TON-XER-CAS-106R02773</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
   </si>
   <si>
     <t>ORINK-TON-RICOH-SP150HE</t>
   </si>
   <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020,black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-01LB</t>
+  </si>
+  <si>
     <t>Bulk inks INKTEC BT6000Bk, for Brother DCP-700W,DCP-T300,DCP-T500W, Black, 1L</t>
   </si>
   <si>
     <t>INKTEC-BR-6000-01LB</t>
   </si>
   <si>
     <t>Brother DR3400 Drum Unit, 30000 k.</t>
   </si>
   <si>
     <t>DRUM-BR-DR3400</t>
   </si>
   <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 1L</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-1LB</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
+    <t>Ricoh C2011SP Waste Toner Bottle, 100,000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LY</t>
+  </si>
+  <si>
     <t>Ink cartridge CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-546XL-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
-[...28 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT, CANON PG-560XL, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-560XL-BK</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN2421, BROTHER, 3000 k. Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2421</t>
   </si>
   <si>
     <t>HP CF232A 32A Drum Unit, 23 000 k.</t>
   </si>
   <si>
     <t>DRUM-HP-CF232A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Black</t>
   </si>
   <si>
     <t>LF-TON-KYO-CAS-TK160-170</t>
   </si>
   <si>
+    <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1420A</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT, COLOR CANON CL-576XL</t>
   </si>
   <si>
     <t>LF-INK-CAN-CL-576XL-C</t>
   </si>
   <si>
     <t>Bulk inks INKTEC Т6732-C13T67324A for Epson L800/ L810/ L850/ L1800, Cyan, 1L</t>
   </si>
   <si>
     <t>INKTEC-EPS-017-1LC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC T6733-C13T67334A for Epson L800/ L810/ L850/ L1800, Magenta, 1L</t>
   </si>
   <si>
     <t>INKTEC-EPS-017-1LM</t>
   </si>
   <si>
     <t>Bulk inks INKTEC Т6734-C13T67344A for Epson L800/ L810/ L850/ L1800, Yellow, 1L</t>
   </si>
   <si>
     <t>INKTEC-EPS-017-1LY</t>
   </si>
   <si>
     <t>Bulk inks INKTEC T6735-C13T67354A for Epson L800/ L810/ L850/ L1800, Light Cyan, 1L</t>
@@ -1444,92 +1264,74 @@
   <si>
     <t>Ink cartridge CANON PG40 XL+ CL41XL Black/Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG40-CL41XL-UP</t>
   </si>
   <si>
     <t>Brother DR1090 Drum Unit, 12000 k.</t>
   </si>
   <si>
     <t>DRUM-BR-DR1090</t>
   </si>
   <si>
     <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
   </si>
   <si>
     <t>DRUM-SAM-MLT-R116</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP301</t>
   </si>
   <si>
-    <t>Ricoh 406043 Waste Toner Bottle</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205L</t>
   </si>
   <si>
     <t>SP C352 Waste Toner Bottle</t>
   </si>
   <si>
     <t>RICOH-PART-SPC353-WT</t>
   </si>
   <si>
     <t>Ricoh IM460 Waste Toner Bottle, RICOH IM370/ IM 370F, 50000 prints</t>
   </si>
   <si>
     <t>RICOH-WASTE-IM460</t>
   </si>
   <si>
-    <t>Multifunctional Device 3 in 1 RICOH  IM 2702- for rent</t>
-[...4 lines deleted...]
-  <si>
     <t>Ricoh IMC530FB Waste Toner Bottle, 3000 prints</t>
   </si>
   <si>
     <t>RICOH-TON-IMC350FB</t>
   </si>
   <si>
-    <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner bottle for RICOH MP 201, 7000 p., Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP201</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK SP 311XE, RICOH, Black, 6400 pages</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP311UHY</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2071A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2073A</t>
   </si>
   <si>
     <t>Label mini printer STICK EASY UP21, wireless monochrome, white</t>
@@ -1540,62 +1342,50 @@
   <si>
     <t>Label mini printer STICK EASY UP21, wireless monochrome, turquoise</t>
   </si>
   <si>
     <t>LF-PRN-LABEL-STICK-UP21-T</t>
   </si>
   <si>
     <t>Label mini printer STICK EASY UP21, wireless monochrome, Black</t>
   </si>
   <si>
     <t>LF-PRN-LABEL-STICK-UP21-K</t>
   </si>
   <si>
     <t>Label mini printer STICK EASY UP21, wireless monochrome, Pink</t>
   </si>
   <si>
     <t>LF-PRN-LABEL-STICK-UP21-P</t>
   </si>
   <si>
     <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP305</t>
   </si>
   <si>
-    <t>Refill 3D printer XYZprinting RFPLCXEU0LA, PLA (NFC) filament, 1.75 mm, Green</t>
-[...10 lines deleted...]
-  <si>
     <t>Refill 3D printer XYZprinting - ABS refil, NFC, 1.75 mm, Black</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-BL-NFC</t>
   </si>
   <si>
     <t>Refill 3D printer XYZprinting - PETG (NFC) filament, 1.75 mm, NATURE</t>
   </si>
   <si>
     <t>3D-XYZ-PETG-600GR-NATURE</t>
   </si>
   <si>
     <t>Refill 3D printer XYZprinting RF10CXEU06A, ABS, 1.75 mm, 600 gr, Bottle GREEN</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-GR-NFC</t>
   </si>
   <si>
     <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP3710X-G</t>
   </si>
   <si>
     <t>Refill 3D printer XYZprinting RF10CXEU02H, ABS, 1.75 mm, 600 gr, Pure white</t>
@@ -1612,645 +1402,429 @@
   <si>
     <t>Refill 3D printer XYZprinting RFPLCXEU0SK, PLA, 1.75 mm, 600, Sky blue</t>
   </si>
   <si>
     <t>3D-XYZ-PLA-600GR-BLUE-NFC</t>
   </si>
   <si>
     <t>Refill 3D printer XYZprinting RF10CXEU01K, ABS, 1.75 mm, 600 gr, Nature</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-NAT-NFC</t>
   </si>
   <si>
     <t>XYZprinting 3D printer consumable - Filament PLA(NFC) 600gr, Pink, for DaVinci Super and da Vinci Jr Pro x+</t>
   </si>
   <si>
     <t>3D-XYZ-PLA-600PINK-NFC</t>
   </si>
   <si>
     <t>Generink RICOH SP230 Photo Conductor Unit 12000 к</t>
   </si>
   <si>
     <t>LF-DRUM-RICOH-SP230-G</t>
   </si>
   <si>
+    <t>Ricoh Waste Toner Bottle RICOH MC 240FW/P C200W</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC240</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP49K, ineo+ 3351, +3851, 13000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49K</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG-545XL/CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, BK/C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-545-546-Pack</t>
+  </si>
+  <si>
     <t>Toner Cartridge BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2590XL</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TNP81K, ineo +3300i, +4000i, 13 000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP401, 401, 402, 401 SPF, 4520, 4520 DN, 11900 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP401</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh MP3353, Type 2220D, 11000, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP3353</t>
   </si>
   <si>
+    <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-MAG</t>
+  </si>
+  <si>
+    <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-CYAN</t>
+  </si>
+  <si>
+    <t>Toner Ricoh MC2000, for RICOH M C2000, 2500 pages, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-YEL</t>
+  </si>
+  <si>
     <t>Toner Cartridge Ricoh IM460, 9000 pages, IM 370/370F, Black</t>
   </si>
   <si>
     <t>RICOH-TON-IM460</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT HP 953XL (Bk+C+Y+M) OfficeJet Pro 8210/8710/7720</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-953XL-Pack-UP</t>
+  </si>
+  <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-BK</t>
   </si>
   <si>
+    <t>Refill for 3D pen PEN Magic Filament PLA 36 pcs. x 5 m, different colors</t>
+  </si>
+  <si>
+    <t>3D-PEN-MAGIC-PLA</t>
+  </si>
+  <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-C</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-M</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-Y</t>
   </si>
   <si>
     <t>Toner cartridge compatible LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
   </si>
   <si>
     <t>LF-TON-LEX-CAS-50F2X00</t>
   </si>
   <si>
-    <t>Develop drum for use in Develop WB-P08, C33xxi, C40xxi</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner cartridge RICOH Print Cartridge Black IM C320F for 11700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-BL</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Yellow</t>
-[...16 lines deleted...]
-  <si>
     <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-BL</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh IM C2010/C2510/C3510 18000 копия, Black</t>
-[...8 lines deleted...]
-    <t>DEV-TON-CAS-TN324K</t>
+    <t>Toner Cartridge DEVELOP TN-328K, ineo + 251i, + 301i, + 361i, 28000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328K</t>
+  </si>
+  <si>
+    <t>BROTHER Drum Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR248CL</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Yellow MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842080</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-Y</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Magenta MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842081</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Cyan MP C305, 4000 pages - MP C305, C305 SP, C305 SPF</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-C</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2193X</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible YELLOW HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2192X</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2191X</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2190X</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-C</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-Y</t>
+  </si>
+  <si>
+    <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TN-328M, ineo + 251i, + 301i, + 361i, 28000 k., Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-BL</t>
+  </si>
+  <si>
+    <t>Develop drum for use in DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 k.</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-DR-312</t>
+  </si>
+  <si>
+    <t>IRIScan Book 7</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-BOOK7</t>
+  </si>
+  <si>
+    <t>Stand/pedestal/ for RICOH machine/High cabinet 81- IM 370, IM370F, IM460F</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-81</t>
+  </si>
+  <si>
+    <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Magenta P C375H, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Yellow P C375H, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-Y</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Cyan P 375, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-C</t>
+  </si>
+  <si>
+    <t>Document camera with portable scanner-visualizer IRIScan VISUALIZER 7 Dislexic, 4K, USB-C</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-VISUALIZER-DYSL</t>
+  </si>
+  <si>
+    <t>3D Printer Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
+    <t>Multipurpose printer/scanner/copier RICOH M320SE USB,LAN,ADF,A4, 32 pages</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M320SE</t>
+  </si>
+  <si>
+    <t>Laser printer RICOH P311SE, A4, LAN, 32 ppm, 7000 pages starter toner</t>
+  </si>
+  <si>
+    <t>RICOH-LJ-P311SE</t>
+  </si>
+  <si>
+    <t>Creality CR-Scan Ferret Pro 3D Scanner</t>
+  </si>
+  <si>
+    <t>CREALITY-FERRET-PRO</t>
+  </si>
+  <si>
+    <t>Multi-functional scanner IRIScan Desk 7 Business</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-DESK7-BUSINESS</t>
+  </si>
+  <si>
+    <t>Multipurpose printer/scanner/copier RICOH M 320FSE, A4, 32 pages/min, LAN, USB, 7000 pages, ARDF</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M320FSE</t>
+  </si>
+  <si>
+    <t>3D printer FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
+    <t>Ricoh ScanSnap iX2400 Scanner, A4, USB 3.2, Duplex ADF/100 sheets/, 45ppm/90 ipm, white</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2400</t>
+  </si>
+  <si>
+    <t>Ricoh ScanSnap iX2500 Scanner, A4, USB 3.2, Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" touch display; white</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2500</t>
+  </si>
+  <si>
+    <t>Creality FaIcon A1 10W Laser Engraver</t>
+  </si>
+  <si>
+    <t>CREALITY-FALCON-A1-10W</t>
+  </si>
+  <si>
+    <t>Laser Color Printer RICOH P C375, A4, USB 2.0, LAN, WiFi, 32 ppm</t>
+  </si>
+  <si>
+    <t>RICOH-LJ-PC375</t>
+  </si>
+  <si>
+    <t>3D Printer Creality K1 Max</t>
+  </si>
+  <si>
+    <t>CREALITY-K1-MAX</t>
+  </si>
+  <si>
+    <t>Creality CR-Scan Otter 3D scanner</t>
+  </si>
+  <si>
+    <t>CREALITY-OTTER</t>
+  </si>
+  <si>
+    <t>Revopoint Pop 3 Plus Premium 3D scanner</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-POP3PLUS</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
-    <t>Toner Cartridge DEVELOP TN221MH, ineo+227, +287, 10500 k., A8K335H, Magenta</t>
-[...488 lines deleted...]
-    <t>3D-SCAN-REV-POP3PLUS</t>
+    <t>MFP color printer/scanner/copier RICOH M C320FSE, 32 ppm, SPDF/50 pages/, LAN, Bluetooth, 4.3" touch display</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-MC320FSE</t>
   </si>
   <si>
     <t>3D scanner Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
+  </si>
+  <si>
+    <t>3D scanner Einstar Shining 3D</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSTAR-3D</t>
+  </si>
+  <si>
+    <t>Multifunctional Device 3 in 1 Ricoh IMC320F, A4, 32ppm, 1200dpi</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IMC320F</t>
+  </si>
+  <si>
+    <t>Creality K2 PLUS / COMBO 3D color printer</t>
+  </si>
+  <si>
+    <t>CREALITY-K2-PL-COMBO</t>
+  </si>
+  <si>
+    <t>MFP copier, printer, scanner Ricoh IM 550F</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-550F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2554,51 +2128,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D810"/>
+  <dimension ref="A1:D360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2887,51 +2461,51 @@
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>6.6</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>6.6</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>6.6</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>7.2</v>
@@ -3167,65 +2741,65 @@
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>7.2</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>7.2</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>7.2</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>7.2</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>7.2</v>
@@ -3335,135 +2909,135 @@
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>8.4</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>9.0</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>9.6</v>
+        <v>9.0</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>9.6</v>
+        <v>9.0</v>
       </c>
       <c r="D57" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>9.6</v>
       </c>
       <c r="D58" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>9.6</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>9.6</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>9.6</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>9.6</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>9.6</v>
@@ -3472,135 +3046,135 @@
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>9.6</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>9.9</v>
+        <v>9.6</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>10.2</v>
+        <v>9.6</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>10.2</v>
+        <v>9.9</v>
       </c>
       <c r="D67" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>10.2</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>10.776</v>
+        <v>10.2</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>10.8</v>
+        <v>10.2</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>10.8</v>
+        <v>10.776</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>10.8</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
@@ -3629,177 +3203,177 @@
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>10.8</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>10.8</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>10.8</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>10.8</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>10.8</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>10.8</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>10.8</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>10.8</v>
       </c>
       <c r="D82" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>10.8</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>10.8</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
         <v>10.8</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
         <v>10.8</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
         <v>10.8</v>
@@ -3965,9981 +3539,3681 @@
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
         <v>10.8</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>10.8</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>10.848</v>
+        <v>10.8</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>47</v>
+        <v>135</v>
       </c>
       <c r="B102" t="s">
-        <v>48</v>
+        <v>136</v>
       </c>
       <c r="C102">
-        <v>6.6</v>
+        <v>9.6</v>
       </c>
       <c r="D102" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>49</v>
+        <v>207</v>
       </c>
       <c r="B103" t="s">
-        <v>50</v>
+        <v>208</v>
       </c>
       <c r="C103">
-        <v>6.6</v>
+        <v>10.8</v>
       </c>
       <c r="D103" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>51</v>
+        <v>209</v>
       </c>
       <c r="B104" t="s">
-        <v>52</v>
+        <v>210</v>
       </c>
       <c r="C104">
-        <v>6.6</v>
+        <v>16.08</v>
       </c>
       <c r="D104" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>89</v>
+        <v>211</v>
       </c>
       <c r="B105" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="C105">
-        <v>7.2</v>
+        <v>16.8</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>91</v>
+        <v>213</v>
       </c>
       <c r="B106" t="s">
-        <v>92</v>
+        <v>214</v>
       </c>
       <c r="C106">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>93</v>
+        <v>215</v>
       </c>
       <c r="B107" t="s">
-        <v>94</v>
+        <v>216</v>
       </c>
       <c r="C107">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>95</v>
+        <v>217</v>
       </c>
       <c r="B108" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="C108">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>97</v>
+        <v>219</v>
       </c>
       <c r="B109" t="s">
-        <v>98</v>
+        <v>220</v>
       </c>
       <c r="C109">
-        <v>7.2</v>
+        <v>18.0</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="B110" t="s">
-        <v>132</v>
+        <v>222</v>
       </c>
       <c r="C110">
-        <v>9.6</v>
+        <v>18.0</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>133</v>
+        <v>223</v>
       </c>
       <c r="B111" t="s">
-        <v>134</v>
+        <v>224</v>
       </c>
       <c r="C111">
-        <v>9.9</v>
+        <v>18.0</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>141</v>
+        <v>225</v>
       </c>
       <c r="B112" t="s">
-        <v>142</v>
+        <v>226</v>
       </c>
       <c r="C112">
-        <v>10.776</v>
+        <v>18.0</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>171</v>
+        <v>227</v>
       </c>
       <c r="B113" t="s">
-        <v>172</v>
+        <v>228</v>
       </c>
       <c r="C113">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="B114" t="s">
-        <v>174</v>
+        <v>230</v>
       </c>
       <c r="C114">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>175</v>
+        <v>231</v>
       </c>
       <c r="B115" t="s">
-        <v>176</v>
+        <v>232</v>
       </c>
       <c r="C115">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>177</v>
+        <v>233</v>
       </c>
       <c r="B116" t="s">
-        <v>178</v>
+        <v>234</v>
       </c>
       <c r="C116">
-        <v>10.8</v>
+        <v>18.0</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>179</v>
+        <v>235</v>
       </c>
       <c r="B117" t="s">
-        <v>180</v>
+        <v>236</v>
       </c>
       <c r="C117">
-        <v>10.8</v>
+        <v>18.912</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>181</v>
+        <v>237</v>
       </c>
       <c r="B118" t="s">
-        <v>182</v>
+        <v>238</v>
       </c>
       <c r="C118">
-        <v>10.8</v>
+        <v>19.2</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>183</v>
+        <v>240</v>
       </c>
       <c r="B119" t="s">
-        <v>184</v>
+        <v>241</v>
       </c>
       <c r="C119">
-        <v>10.8</v>
+        <v>19.2</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>185</v>
+        <v>242</v>
       </c>
       <c r="B120" t="s">
-        <v>186</v>
+        <v>243</v>
       </c>
       <c r="C120">
-        <v>10.8</v>
+        <v>19.608</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>187</v>
+        <v>244</v>
       </c>
       <c r="B121" t="s">
-        <v>188</v>
+        <v>245</v>
       </c>
       <c r="C121">
-        <v>10.8</v>
+        <v>19.716</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>189</v>
+        <v>246</v>
       </c>
       <c r="B122" t="s">
-        <v>190</v>
+        <v>247</v>
       </c>
       <c r="C122">
-        <v>10.8</v>
+        <v>21.6</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>191</v>
+        <v>248</v>
       </c>
       <c r="B123" t="s">
-        <v>192</v>
+        <v>249</v>
       </c>
       <c r="C123">
-        <v>10.8</v>
+        <v>22.464</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>193</v>
+        <v>250</v>
       </c>
       <c r="B124" t="s">
-        <v>194</v>
+        <v>251</v>
       </c>
       <c r="C124">
-        <v>10.8</v>
+        <v>22.62</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>195</v>
+        <v>252</v>
       </c>
       <c r="B125" t="s">
-        <v>196</v>
+        <v>253</v>
       </c>
       <c r="C125">
-        <v>10.8</v>
+        <v>22.668</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>197</v>
+        <v>254</v>
       </c>
       <c r="B126" t="s">
-        <v>198</v>
+        <v>255</v>
       </c>
       <c r="C126">
-        <v>10.8</v>
+        <v>22.68</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>199</v>
+        <v>256</v>
       </c>
       <c r="B127" t="s">
-        <v>200</v>
+        <v>257</v>
       </c>
       <c r="C127">
-        <v>10.8</v>
+        <v>22.68</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>201</v>
+        <v>258</v>
       </c>
       <c r="B128" t="s">
-        <v>202</v>
+        <v>259</v>
       </c>
       <c r="C128">
-        <v>10.8</v>
+        <v>22.68</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>203</v>
+        <v>260</v>
       </c>
       <c r="B129" t="s">
-        <v>204</v>
+        <v>261</v>
       </c>
       <c r="C129">
-        <v>10.8</v>
+        <v>23.76</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>207</v>
+        <v>262</v>
       </c>
       <c r="B130" t="s">
-        <v>208</v>
+        <v>263</v>
       </c>
       <c r="C130">
-        <v>10.848</v>
+        <v>25.212</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>209</v>
+        <v>264</v>
       </c>
       <c r="B131" t="s">
-        <v>210</v>
+        <v>265</v>
       </c>
       <c r="C131">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D131" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>211</v>
+        <v>266</v>
       </c>
       <c r="B132" t="s">
-        <v>212</v>
+        <v>267</v>
       </c>
       <c r="C132">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>213</v>
+        <v>268</v>
       </c>
       <c r="B133" t="s">
-        <v>214</v>
+        <v>269</v>
       </c>
       <c r="C133">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>215</v>
+        <v>270</v>
       </c>
       <c r="B134" t="s">
-        <v>216</v>
+        <v>271</v>
       </c>
       <c r="C134">
-        <v>12.0</v>
+        <v>26.4</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>217</v>
+        <v>272</v>
       </c>
       <c r="B135" t="s">
-        <v>218</v>
+        <v>273</v>
       </c>
       <c r="C135">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>219</v>
+        <v>274</v>
       </c>
       <c r="B136" t="s">
-        <v>220</v>
+        <v>275</v>
       </c>
       <c r="C136">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>221</v>
+        <v>276</v>
       </c>
       <c r="B137" t="s">
-        <v>222</v>
+        <v>277</v>
       </c>
       <c r="C137">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>223</v>
+        <v>278</v>
       </c>
       <c r="B138" t="s">
-        <v>224</v>
+        <v>279</v>
       </c>
       <c r="C138">
-        <v>12.0</v>
+        <v>27.6</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>225</v>
+        <v>280</v>
       </c>
       <c r="B139" t="s">
-        <v>226</v>
+        <v>281</v>
       </c>
       <c r="C139">
-        <v>12.0</v>
+        <v>28.8</v>
       </c>
       <c r="D139" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>227</v>
+        <v>282</v>
       </c>
       <c r="B140" t="s">
-        <v>228</v>
+        <v>283</v>
       </c>
       <c r="C140">
-        <v>12.0</v>
+        <v>28.8</v>
       </c>
       <c r="D140" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>229</v>
+        <v>284</v>
       </c>
       <c r="B141" t="s">
-        <v>230</v>
+        <v>285</v>
       </c>
       <c r="C141">
-        <v>12.0</v>
+        <v>28.8</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>231</v>
+        <v>286</v>
       </c>
       <c r="B142" t="s">
-        <v>232</v>
+        <v>287</v>
       </c>
       <c r="C142">
-        <v>12.288</v>
+        <v>30.0</v>
       </c>
       <c r="D142" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>233</v>
+        <v>288</v>
       </c>
       <c r="B143" t="s">
-        <v>234</v>
+        <v>289</v>
       </c>
       <c r="C143">
-        <v>12.612</v>
+        <v>30.0</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>235</v>
+        <v>290</v>
       </c>
       <c r="B144" t="s">
-        <v>236</v>
+        <v>291</v>
       </c>
       <c r="C144">
-        <v>13.764</v>
+        <v>30.0</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>237</v>
+        <v>292</v>
       </c>
       <c r="B145" t="s">
-        <v>238</v>
+        <v>293</v>
       </c>
       <c r="C145">
-        <v>14.4</v>
+        <v>30.0</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>239</v>
+        <v>294</v>
       </c>
       <c r="B146" t="s">
-        <v>240</v>
+        <v>295</v>
       </c>
       <c r="C146">
-        <v>14.4</v>
+        <v>30.144</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>241</v>
+        <v>296</v>
       </c>
       <c r="B147" t="s">
-        <v>242</v>
+        <v>297</v>
       </c>
       <c r="C147">
-        <v>14.4</v>
+        <v>32.076</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>243</v>
+        <v>298</v>
       </c>
       <c r="B148" t="s">
-        <v>244</v>
+        <v>299</v>
       </c>
       <c r="C148">
-        <v>14.688</v>
+        <v>32.4</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>245</v>
+        <v>300</v>
       </c>
       <c r="B149" t="s">
-        <v>246</v>
+        <v>301</v>
       </c>
       <c r="C149">
-        <v>15.372</v>
+        <v>33.6</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>247</v>
+        <v>302</v>
       </c>
       <c r="B150" t="s">
-        <v>248</v>
+        <v>303</v>
       </c>
       <c r="C150">
-        <v>16.08</v>
+        <v>33.6</v>
       </c>
       <c r="D150" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>249</v>
+        <v>304</v>
       </c>
       <c r="B151" t="s">
-        <v>250</v>
+        <v>305</v>
       </c>
       <c r="C151">
-        <v>16.8</v>
+        <v>33.6</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>251</v>
+        <v>306</v>
       </c>
       <c r="B152" t="s">
-        <v>252</v>
+        <v>307</v>
       </c>
       <c r="C152">
-        <v>17.136</v>
+        <v>33.6</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>253</v>
+        <v>308</v>
       </c>
       <c r="B153" t="s">
-        <v>254</v>
+        <v>309</v>
       </c>
       <c r="C153">
-        <v>17.364</v>
+        <v>34.8</v>
       </c>
       <c r="D153" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>255</v>
+        <v>310</v>
       </c>
       <c r="B154" t="s">
-        <v>256</v>
+        <v>311</v>
       </c>
       <c r="C154">
-        <v>17.628</v>
+        <v>34.8</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>257</v>
+        <v>312</v>
       </c>
       <c r="B155" t="s">
-        <v>258</v>
+        <v>313</v>
       </c>
       <c r="C155">
-        <v>17.796</v>
+        <v>34.8</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>259</v>
+        <v>314</v>
       </c>
       <c r="B156" t="s">
-        <v>260</v>
+        <v>315</v>
       </c>
       <c r="C156">
-        <v>18.0</v>
+        <v>34.8</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>261</v>
+        <v>316</v>
       </c>
       <c r="B157" t="s">
-        <v>262</v>
+        <v>317</v>
       </c>
       <c r="C157">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>263</v>
+        <v>318</v>
       </c>
       <c r="B158" t="s">
-        <v>264</v>
+        <v>319</v>
       </c>
       <c r="C158">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>265</v>
+        <v>320</v>
       </c>
       <c r="B159" t="s">
-        <v>266</v>
+        <v>321</v>
       </c>
       <c r="C159">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>267</v>
+        <v>322</v>
       </c>
       <c r="B160" t="s">
-        <v>268</v>
+        <v>323</v>
       </c>
       <c r="C160">
-        <v>18.0</v>
+        <v>36.0</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>269</v>
+        <v>324</v>
       </c>
       <c r="B161" t="s">
-        <v>270</v>
+        <v>325</v>
       </c>
       <c r="C161">
-        <v>18.0</v>
+        <v>37.2</v>
       </c>
       <c r="D161" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>271</v>
+        <v>326</v>
       </c>
       <c r="B162" t="s">
-        <v>272</v>
+        <v>327</v>
       </c>
       <c r="C162">
-        <v>18.0</v>
+        <v>37.2</v>
       </c>
       <c r="D162" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>273</v>
+        <v>328</v>
       </c>
       <c r="B163" t="s">
-        <v>274</v>
+        <v>329</v>
       </c>
       <c r="C163">
-        <v>18.0</v>
+        <v>37.2</v>
       </c>
       <c r="D163" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>275</v>
+        <v>330</v>
       </c>
       <c r="B164" t="s">
-        <v>276</v>
+        <v>331</v>
       </c>
       <c r="C164">
-        <v>18.0</v>
+        <v>38.76</v>
       </c>
       <c r="D164" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>277</v>
+        <v>332</v>
       </c>
       <c r="B165" t="s">
-        <v>278</v>
+        <v>333</v>
       </c>
       <c r="C165">
-        <v>18.0</v>
+        <v>38.988</v>
       </c>
       <c r="D165" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>279</v>
+        <v>334</v>
       </c>
       <c r="B166" t="s">
-        <v>280</v>
+        <v>335</v>
       </c>
       <c r="C166">
-        <v>18.0</v>
+        <v>38.988</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>281</v>
+        <v>336</v>
       </c>
       <c r="B167" t="s">
-        <v>282</v>
+        <v>337</v>
       </c>
       <c r="C167">
-        <v>18.0</v>
+        <v>39.0</v>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>283</v>
+        <v>338</v>
       </c>
       <c r="B168" t="s">
-        <v>284</v>
+        <v>339</v>
       </c>
       <c r="C168">
-        <v>18.384</v>
+        <v>39.0</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>285</v>
+        <v>340</v>
       </c>
       <c r="B169" t="s">
-        <v>286</v>
+        <v>341</v>
       </c>
       <c r="C169">
-        <v>18.912</v>
+        <v>40.2</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>287</v>
+        <v>342</v>
       </c>
       <c r="B170" t="s">
-        <v>288</v>
+        <v>343</v>
       </c>
       <c r="C170">
-        <v>19.2</v>
+        <v>40.584</v>
       </c>
       <c r="D170" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>289</v>
+        <v>344</v>
       </c>
       <c r="B171" t="s">
-        <v>290</v>
+        <v>345</v>
       </c>
       <c r="C171">
-        <v>19.2</v>
+        <v>40.668</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>291</v>
+        <v>346</v>
       </c>
       <c r="B172" t="s">
-        <v>292</v>
+        <v>347</v>
       </c>
       <c r="C172">
-        <v>19.344</v>
+        <v>40.668</v>
       </c>
       <c r="D172" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>293</v>
+        <v>348</v>
       </c>
       <c r="B173" t="s">
-        <v>294</v>
+        <v>349</v>
       </c>
       <c r="C173">
-        <v>19.392</v>
+        <v>40.668</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>295</v>
+        <v>350</v>
       </c>
       <c r="B174" t="s">
-        <v>296</v>
+        <v>351</v>
       </c>
       <c r="C174">
-        <v>19.608</v>
+        <v>40.8</v>
       </c>
       <c r="D174" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>297</v>
+        <v>352</v>
       </c>
       <c r="B175" t="s">
-        <v>298</v>
+        <v>353</v>
       </c>
       <c r="C175">
-        <v>19.716</v>
+        <v>41.424</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>299</v>
+        <v>354</v>
       </c>
       <c r="B176" t="s">
-        <v>300</v>
+        <v>355</v>
       </c>
       <c r="C176">
-        <v>20.424</v>
+        <v>42.0</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>301</v>
+        <v>356</v>
       </c>
       <c r="B177" t="s">
-        <v>302</v>
+        <v>357</v>
       </c>
       <c r="C177">
-        <v>20.892</v>
+        <v>42.0</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>303</v>
+        <v>358</v>
       </c>
       <c r="B178" t="s">
-        <v>304</v>
+        <v>359</v>
       </c>
       <c r="C178">
-        <v>21.6</v>
+        <v>43.2</v>
       </c>
       <c r="D178" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>305</v>
+        <v>360</v>
       </c>
       <c r="B179" t="s">
-        <v>306</v>
+        <v>361</v>
       </c>
       <c r="C179">
-        <v>21.6</v>
+        <v>44.4</v>
       </c>
       <c r="D179" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>307</v>
+        <v>362</v>
       </c>
       <c r="B180" t="s">
-        <v>308</v>
+        <v>363</v>
       </c>
       <c r="C180">
-        <v>21.636</v>
+        <v>44.7</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>309</v>
+        <v>364</v>
       </c>
       <c r="B181" t="s">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="C181">
-        <v>21.768</v>
+        <v>45.756</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>311</v>
+        <v>366</v>
       </c>
       <c r="B182" t="s">
-        <v>312</v>
+        <v>367</v>
       </c>
       <c r="C182">
-        <v>22.176</v>
+        <v>45.756</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>313</v>
+        <v>368</v>
       </c>
       <c r="B183" t="s">
-        <v>314</v>
+        <v>369</v>
       </c>
       <c r="C183">
-        <v>22.464</v>
+        <v>45.756</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>315</v>
+        <v>370</v>
       </c>
       <c r="B184" t="s">
-        <v>316</v>
+        <v>371</v>
       </c>
       <c r="C184">
-        <v>22.62</v>
+        <v>45.756</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>317</v>
+        <v>372</v>
       </c>
       <c r="B185" t="s">
-        <v>318</v>
+        <v>373</v>
       </c>
       <c r="C185">
-        <v>22.668</v>
+        <v>45.756</v>
       </c>
       <c r="D185" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>319</v>
+        <v>374</v>
       </c>
       <c r="B186" t="s">
-        <v>320</v>
+        <v>375</v>
       </c>
       <c r="C186">
-        <v>22.68</v>
+        <v>46.176</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>321</v>
+        <v>376</v>
       </c>
       <c r="B187" t="s">
-        <v>322</v>
+        <v>377</v>
       </c>
       <c r="C187">
-        <v>22.68</v>
+        <v>46.98</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>323</v>
+        <v>378</v>
       </c>
       <c r="B188" t="s">
-        <v>324</v>
+        <v>379</v>
       </c>
       <c r="C188">
-        <v>22.68</v>
+        <v>46.98</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>325</v>
+        <v>380</v>
       </c>
       <c r="B189" t="s">
-        <v>326</v>
+        <v>381</v>
       </c>
       <c r="C189">
-        <v>22.68</v>
+        <v>46.98</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>327</v>
+        <v>382</v>
       </c>
       <c r="B190" t="s">
-        <v>328</v>
+        <v>383</v>
       </c>
       <c r="C190">
-        <v>23.76</v>
+        <v>47.004</v>
       </c>
       <c r="D190" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>329</v>
+        <v>384</v>
       </c>
       <c r="B191" t="s">
-        <v>330</v>
+        <v>385</v>
       </c>
       <c r="C191">
-        <v>24.504</v>
+        <v>47.316</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>331</v>
+        <v>386</v>
       </c>
       <c r="B192" t="s">
-        <v>332</v>
+        <v>387</v>
       </c>
       <c r="C192">
-        <v>24.996</v>
+        <v>48.0</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>333</v>
+        <v>388</v>
       </c>
       <c r="B193" t="s">
-        <v>334</v>
+        <v>389</v>
       </c>
       <c r="C193">
-        <v>25.212</v>
+        <v>49.308</v>
       </c>
       <c r="D193" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>335</v>
+        <v>390</v>
       </c>
       <c r="B194" t="s">
-        <v>336</v>
+        <v>391</v>
       </c>
       <c r="C194">
-        <v>26.4</v>
+        <v>49.968</v>
       </c>
       <c r="D194" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>337</v>
+        <v>392</v>
       </c>
       <c r="B195" t="s">
-        <v>338</v>
+        <v>393</v>
       </c>
       <c r="C195">
-        <v>26.4</v>
+        <v>50.4</v>
       </c>
       <c r="D195" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>339</v>
+        <v>394</v>
       </c>
       <c r="B196" t="s">
-        <v>340</v>
+        <v>395</v>
       </c>
       <c r="C196">
-        <v>26.4</v>
+        <v>50.4</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>341</v>
+        <v>396</v>
       </c>
       <c r="B197" t="s">
-        <v>342</v>
+        <v>397</v>
       </c>
       <c r="C197">
-        <v>26.4</v>
+        <v>50.4</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>343</v>
+        <v>398</v>
       </c>
       <c r="B198" t="s">
-        <v>344</v>
+        <v>399</v>
       </c>
       <c r="C198">
-        <v>26.4</v>
+        <v>52.8</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>345</v>
+        <v>400</v>
       </c>
       <c r="B199" t="s">
-        <v>346</v>
+        <v>401</v>
       </c>
       <c r="C199">
-        <v>26.652</v>
+        <v>52.8</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>347</v>
+        <v>402</v>
       </c>
       <c r="B200" t="s">
-        <v>348</v>
+        <v>403</v>
       </c>
       <c r="C200">
-        <v>27.6</v>
+        <v>52.824</v>
       </c>
       <c r="D200" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>350</v>
+        <v>404</v>
       </c>
       <c r="B201" t="s">
-        <v>351</v>
+        <v>405</v>
       </c>
       <c r="C201">
-        <v>27.6</v>
+        <v>54.0</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>247</v>
+        <v>209</v>
       </c>
       <c r="B202" t="s">
-        <v>248</v>
+        <v>210</v>
       </c>
       <c r="C202">
         <v>16.08</v>
       </c>
       <c r="D202" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>249</v>
+        <v>223</v>
       </c>
       <c r="B203" t="s">
-        <v>250</v>
+        <v>224</v>
       </c>
       <c r="C203">
-        <v>16.8</v>
+        <v>18.0</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>251</v>
+        <v>225</v>
       </c>
       <c r="B204" t="s">
-        <v>252</v>
+        <v>226</v>
       </c>
       <c r="C204">
-        <v>17.136</v>
+        <v>18.0</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>271</v>
+        <v>227</v>
       </c>
       <c r="B205" t="s">
-        <v>272</v>
+        <v>228</v>
       </c>
       <c r="C205">
         <v>18.0</v>
       </c>
       <c r="D205" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>273</v>
+        <v>229</v>
       </c>
       <c r="B206" t="s">
-        <v>274</v>
+        <v>230</v>
       </c>
       <c r="C206">
         <v>18.0</v>
       </c>
       <c r="D206" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>275</v>
+        <v>231</v>
       </c>
       <c r="B207" t="s">
-        <v>276</v>
+        <v>232</v>
       </c>
       <c r="C207">
         <v>18.0</v>
       </c>
       <c r="D207" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>277</v>
+        <v>233</v>
       </c>
       <c r="B208" t="s">
-        <v>278</v>
+        <v>234</v>
       </c>
       <c r="C208">
         <v>18.0</v>
       </c>
       <c r="D208" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>279</v>
+        <v>237</v>
       </c>
       <c r="B209" t="s">
-        <v>280</v>
+        <v>238</v>
       </c>
       <c r="C209">
-        <v>18.0</v>
+        <v>19.2</v>
       </c>
       <c r="D209" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>281</v>
+        <v>240</v>
       </c>
       <c r="B210" t="s">
-        <v>282</v>
+        <v>241</v>
       </c>
       <c r="C210">
-        <v>18.0</v>
+        <v>19.2</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>285</v>
+        <v>242</v>
       </c>
       <c r="B211" t="s">
-        <v>286</v>
+        <v>243</v>
       </c>
       <c r="C211">
-        <v>18.912</v>
+        <v>19.608</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>287</v>
+        <v>248</v>
       </c>
       <c r="B212" t="s">
-        <v>288</v>
+        <v>249</v>
       </c>
       <c r="C212">
-        <v>19.2</v>
+        <v>22.464</v>
       </c>
       <c r="D212" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>289</v>
+        <v>252</v>
       </c>
       <c r="B213" t="s">
-        <v>290</v>
+        <v>253</v>
       </c>
       <c r="C213">
-        <v>19.2</v>
+        <v>22.668</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>295</v>
+        <v>254</v>
       </c>
       <c r="B214" t="s">
-        <v>296</v>
+        <v>255</v>
       </c>
       <c r="C214">
-        <v>19.608</v>
+        <v>22.68</v>
       </c>
       <c r="D214" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>297</v>
+        <v>256</v>
       </c>
       <c r="B215" t="s">
-        <v>298</v>
+        <v>257</v>
       </c>
       <c r="C215">
-        <v>19.716</v>
+        <v>22.68</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>305</v>
+        <v>258</v>
       </c>
       <c r="B216" t="s">
-        <v>306</v>
+        <v>259</v>
       </c>
       <c r="C216">
-        <v>21.6</v>
+        <v>22.68</v>
       </c>
       <c r="D216" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="B217" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
       <c r="C217">
-        <v>22.464</v>
+        <v>30.0</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>317</v>
+        <v>290</v>
       </c>
       <c r="B218" t="s">
-        <v>318</v>
+        <v>291</v>
       </c>
       <c r="C218">
-        <v>22.668</v>
+        <v>30.0</v>
       </c>
       <c r="D218" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>321</v>
+        <v>292</v>
       </c>
       <c r="B219" t="s">
-        <v>322</v>
+        <v>293</v>
       </c>
       <c r="C219">
-        <v>22.68</v>
+        <v>30.0</v>
       </c>
       <c r="D219" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>323</v>
+        <v>298</v>
       </c>
       <c r="B220" t="s">
-        <v>324</v>
+        <v>299</v>
       </c>
       <c r="C220">
-        <v>22.68</v>
+        <v>32.4</v>
       </c>
       <c r="D220" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>325</v>
+        <v>306</v>
       </c>
       <c r="B221" t="s">
-        <v>326</v>
+        <v>307</v>
       </c>
       <c r="C221">
-        <v>22.68</v>
+        <v>33.6</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>327</v>
+        <v>310</v>
       </c>
       <c r="B222" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="C222">
-        <v>23.76</v>
+        <v>34.8</v>
       </c>
       <c r="D222" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>352</v>
+        <v>312</v>
       </c>
       <c r="B223" t="s">
-        <v>353</v>
+        <v>313</v>
       </c>
       <c r="C223">
-        <v>27.6</v>
+        <v>34.8</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>354</v>
+        <v>314</v>
       </c>
       <c r="B224" t="s">
-        <v>355</v>
+        <v>315</v>
       </c>
       <c r="C224">
-        <v>27.6</v>
+        <v>34.8</v>
       </c>
       <c r="D224" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>356</v>
+        <v>318</v>
       </c>
       <c r="B225" t="s">
-        <v>357</v>
+        <v>319</v>
       </c>
       <c r="C225">
-        <v>28.8</v>
+        <v>36.0</v>
       </c>
       <c r="D225" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>358</v>
+        <v>320</v>
       </c>
       <c r="B226" t="s">
-        <v>359</v>
+        <v>321</v>
       </c>
       <c r="C226">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>360</v>
+        <v>322</v>
       </c>
       <c r="B227" t="s">
-        <v>361</v>
+        <v>323</v>
       </c>
       <c r="C227">
-        <v>30.0</v>
+        <v>36.0</v>
       </c>
       <c r="D227" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>362</v>
+        <v>328</v>
       </c>
       <c r="B228" t="s">
-        <v>363</v>
+        <v>329</v>
       </c>
       <c r="C228">
-        <v>30.0</v>
+        <v>37.2</v>
       </c>
       <c r="D228" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>364</v>
+        <v>330</v>
       </c>
       <c r="B229" t="s">
-        <v>365</v>
+        <v>331</v>
       </c>
       <c r="C229">
-        <v>30.0</v>
+        <v>38.76</v>
       </c>
       <c r="D229" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>366</v>
+        <v>336</v>
       </c>
       <c r="B230" t="s">
-        <v>367</v>
+        <v>337</v>
       </c>
       <c r="C230">
-        <v>32.076</v>
+        <v>39.0</v>
       </c>
       <c r="D230" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>368</v>
+        <v>338</v>
       </c>
       <c r="B231" t="s">
-        <v>369</v>
+        <v>339</v>
       </c>
       <c r="C231">
-        <v>32.4</v>
+        <v>39.0</v>
       </c>
       <c r="D231" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>370</v>
+        <v>340</v>
       </c>
       <c r="B232" t="s">
-        <v>371</v>
+        <v>341</v>
       </c>
       <c r="C232">
-        <v>33.6</v>
+        <v>40.2</v>
       </c>
       <c r="D232" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>372</v>
+        <v>342</v>
       </c>
       <c r="B233" t="s">
-        <v>373</v>
+        <v>343</v>
       </c>
       <c r="C233">
-        <v>33.6</v>
+        <v>40.584</v>
       </c>
       <c r="D233" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>374</v>
+        <v>344</v>
       </c>
       <c r="B234" t="s">
-        <v>375</v>
+        <v>345</v>
       </c>
       <c r="C234">
-        <v>33.6</v>
+        <v>40.668</v>
       </c>
       <c r="D234" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>376</v>
+        <v>346</v>
       </c>
       <c r="B235" t="s">
-        <v>377</v>
+        <v>347</v>
       </c>
       <c r="C235">
-        <v>33.6</v>
+        <v>40.668</v>
       </c>
       <c r="D235" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>378</v>
+        <v>348</v>
       </c>
       <c r="B236" t="s">
-        <v>379</v>
+        <v>349</v>
       </c>
       <c r="C236">
-        <v>34.8</v>
+        <v>40.668</v>
       </c>
       <c r="D236" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>380</v>
+        <v>350</v>
       </c>
       <c r="B237" t="s">
-        <v>381</v>
+        <v>351</v>
       </c>
       <c r="C237">
-        <v>34.8</v>
+        <v>40.8</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>382</v>
+        <v>352</v>
       </c>
       <c r="B238" t="s">
-        <v>383</v>
+        <v>353</v>
       </c>
       <c r="C238">
-        <v>34.8</v>
+        <v>41.424</v>
       </c>
       <c r="D238" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>384</v>
+        <v>354</v>
       </c>
       <c r="B239" t="s">
-        <v>385</v>
+        <v>355</v>
       </c>
       <c r="C239">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D239" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>386</v>
+        <v>356</v>
       </c>
       <c r="B240" t="s">
-        <v>387</v>
+        <v>357</v>
       </c>
       <c r="C240">
-        <v>36.0</v>
+        <v>42.0</v>
       </c>
       <c r="D240" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>388</v>
+        <v>358</v>
       </c>
       <c r="B241" t="s">
-        <v>389</v>
+        <v>359</v>
       </c>
       <c r="C241">
-        <v>36.0</v>
+        <v>43.2</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>390</v>
+        <v>360</v>
       </c>
       <c r="B242" t="s">
-        <v>391</v>
+        <v>361</v>
       </c>
       <c r="C242">
-        <v>37.2</v>
+        <v>44.4</v>
       </c>
       <c r="D242" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>392</v>
+        <v>362</v>
       </c>
       <c r="B243" t="s">
-        <v>393</v>
+        <v>363</v>
       </c>
       <c r="C243">
-        <v>37.2</v>
+        <v>44.7</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>394</v>
+        <v>374</v>
       </c>
       <c r="B244" t="s">
-        <v>395</v>
+        <v>375</v>
       </c>
       <c r="C244">
-        <v>38.76</v>
+        <v>46.176</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>396</v>
+        <v>376</v>
       </c>
       <c r="B245" t="s">
-        <v>397</v>
+        <v>377</v>
       </c>
       <c r="C245">
-        <v>38.988</v>
+        <v>46.98</v>
       </c>
       <c r="D245" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>398</v>
+        <v>378</v>
       </c>
       <c r="B246" t="s">
-        <v>399</v>
+        <v>379</v>
       </c>
       <c r="C246">
-        <v>39.0</v>
+        <v>46.98</v>
       </c>
       <c r="D246" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>400</v>
+        <v>380</v>
       </c>
       <c r="B247" t="s">
-        <v>401</v>
+        <v>381</v>
       </c>
       <c r="C247">
-        <v>39.0</v>
+        <v>46.98</v>
       </c>
       <c r="D247" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>402</v>
+        <v>382</v>
       </c>
       <c r="B248" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="C248">
-        <v>39.6</v>
+        <v>47.004</v>
       </c>
       <c r="D248" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>404</v>
+        <v>386</v>
       </c>
       <c r="B249" t="s">
-        <v>405</v>
+        <v>387</v>
       </c>
       <c r="C249">
-        <v>40.2</v>
+        <v>48.0</v>
       </c>
       <c r="D249" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>406</v>
+        <v>388</v>
       </c>
       <c r="B250" t="s">
-        <v>407</v>
+        <v>389</v>
       </c>
       <c r="C250">
-        <v>40.584</v>
+        <v>49.308</v>
       </c>
       <c r="D250" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>408</v>
+        <v>392</v>
       </c>
       <c r="B251" t="s">
-        <v>409</v>
+        <v>393</v>
       </c>
       <c r="C251">
-        <v>40.668</v>
+        <v>50.4</v>
       </c>
       <c r="D251" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>410</v>
+        <v>394</v>
       </c>
       <c r="B252" t="s">
-        <v>411</v>
+        <v>395</v>
       </c>
       <c r="C252">
-        <v>40.668</v>
+        <v>50.4</v>
       </c>
       <c r="D252" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>412</v>
+        <v>396</v>
       </c>
       <c r="B253" t="s">
-        <v>413</v>
+        <v>397</v>
       </c>
       <c r="C253">
-        <v>40.668</v>
+        <v>50.4</v>
       </c>
       <c r="D253" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>414</v>
+        <v>398</v>
       </c>
       <c r="B254" t="s">
-        <v>415</v>
+        <v>399</v>
       </c>
       <c r="C254">
-        <v>41.424</v>
+        <v>52.8</v>
       </c>
       <c r="D254" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>416</v>
+        <v>400</v>
       </c>
       <c r="B255" t="s">
-        <v>417</v>
+        <v>401</v>
       </c>
       <c r="C255">
-        <v>42.0</v>
+        <v>52.8</v>
       </c>
       <c r="D255" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>418</v>
+        <v>402</v>
       </c>
       <c r="B256" t="s">
-        <v>419</v>
+        <v>403</v>
       </c>
       <c r="C256">
-        <v>42.0</v>
+        <v>52.824</v>
       </c>
       <c r="D256" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="B257" t="s">
-        <v>421</v>
+        <v>407</v>
       </c>
       <c r="C257">
-        <v>43.2</v>
+        <v>54.0</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>422</v>
+        <v>408</v>
       </c>
       <c r="B258" t="s">
-        <v>423</v>
+        <v>409</v>
       </c>
       <c r="C258">
-        <v>44.7</v>
+        <v>54.0</v>
       </c>
       <c r="D258" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>424</v>
+        <v>410</v>
       </c>
       <c r="B259" t="s">
-        <v>425</v>
+        <v>411</v>
       </c>
       <c r="C259">
-        <v>45.756</v>
+        <v>54.0</v>
       </c>
       <c r="D259" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>426</v>
+        <v>412</v>
       </c>
       <c r="B260" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="C260">
-        <v>45.756</v>
+        <v>54.0</v>
       </c>
       <c r="D260" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="B261" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="C261">
-        <v>45.756</v>
+        <v>54.66</v>
       </c>
       <c r="D261" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="B262" t="s">
-        <v>431</v>
+        <v>417</v>
       </c>
       <c r="C262">
-        <v>45.756</v>
+        <v>56.4</v>
       </c>
       <c r="D262" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="B263" t="s">
-        <v>433</v>
+        <v>419</v>
       </c>
       <c r="C263">
-        <v>45.756</v>
+        <v>56.46</v>
       </c>
       <c r="D263" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>434</v>
+        <v>420</v>
       </c>
       <c r="B264" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
       <c r="C264">
-        <v>46.176</v>
+        <v>58.62</v>
       </c>
       <c r="D264" t="s">
-        <v>349</v>
+        <v>13</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="B265" t="s">
-        <v>437</v>
+        <v>423</v>
       </c>
       <c r="C265">
-        <v>46.98</v>
+        <v>58.908</v>
       </c>
       <c r="D265" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
       <c r="B266" t="s">
-        <v>439</v>
+        <v>425</v>
       </c>
       <c r="C266">
-        <v>46.98</v>
+        <v>60.132</v>
       </c>
       <c r="D266" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
       <c r="B267" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="C267">
-        <v>46.98</v>
+        <v>61.008</v>
       </c>
       <c r="D267" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="B268" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="C268">
-        <v>47.004</v>
+        <v>62.16</v>
       </c>
       <c r="D268" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>444</v>
+        <v>430</v>
       </c>
       <c r="B269" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="C269">
-        <v>47.316</v>
+        <v>62.16</v>
       </c>
       <c r="D269" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>446</v>
+        <v>432</v>
       </c>
       <c r="B270" t="s">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="C270">
-        <v>48.0</v>
+        <v>62.4</v>
       </c>
       <c r="D270" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>448</v>
+        <v>434</v>
       </c>
       <c r="B271" t="s">
-        <v>449</v>
+        <v>435</v>
       </c>
       <c r="C271">
-        <v>49.308</v>
+        <v>62.4</v>
       </c>
       <c r="D271" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>450</v>
+        <v>436</v>
       </c>
       <c r="B272" t="s">
-        <v>451</v>
+        <v>437</v>
       </c>
       <c r="C272">
-        <v>49.968</v>
+        <v>62.4</v>
       </c>
       <c r="D272" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>452</v>
+        <v>438</v>
       </c>
       <c r="B273" t="s">
-        <v>453</v>
+        <v>439</v>
       </c>
       <c r="C273">
-        <v>50.4</v>
+        <v>62.4</v>
       </c>
       <c r="D273" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>454</v>
+        <v>440</v>
       </c>
       <c r="B274" t="s">
-        <v>455</v>
+        <v>441</v>
       </c>
       <c r="C274">
-        <v>50.4</v>
+        <v>62.58</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>456</v>
+        <v>442</v>
       </c>
       <c r="B275" t="s">
-        <v>457</v>
+        <v>443</v>
       </c>
       <c r="C275">
-        <v>50.4</v>
+        <v>64.8</v>
       </c>
       <c r="D275" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>458</v>
+        <v>444</v>
       </c>
       <c r="B276" t="s">
-        <v>459</v>
+        <v>445</v>
       </c>
       <c r="C276">
-        <v>52.8</v>
+        <v>64.8</v>
       </c>
       <c r="D276" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>460</v>
+        <v>446</v>
       </c>
       <c r="B277" t="s">
-        <v>461</v>
+        <v>447</v>
       </c>
       <c r="C277">
-        <v>52.8</v>
+        <v>64.8</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="B278" t="s">
-        <v>463</v>
+        <v>449</v>
       </c>
       <c r="C278">
-        <v>52.824</v>
+        <v>64.8</v>
       </c>
       <c r="D278" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>464</v>
+        <v>450</v>
       </c>
       <c r="B279" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="C279">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D279" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="B280" t="s">
-        <v>467</v>
+        <v>453</v>
       </c>
       <c r="C280">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>468</v>
+        <v>454</v>
       </c>
       <c r="B281" t="s">
-        <v>469</v>
+        <v>455</v>
       </c>
       <c r="C281">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D281" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>470</v>
+        <v>456</v>
       </c>
       <c r="B282" t="s">
-        <v>471</v>
+        <v>457</v>
       </c>
       <c r="C282">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D282" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="B283" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="C283">
-        <v>54.0</v>
+        <v>65.4</v>
       </c>
       <c r="D283" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>474</v>
+        <v>460</v>
       </c>
       <c r="B284" t="s">
-        <v>475</v>
+        <v>461</v>
       </c>
       <c r="C284">
-        <v>54.66</v>
+        <v>66.0</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>476</v>
+        <v>462</v>
       </c>
       <c r="B285" t="s">
-        <v>477</v>
+        <v>463</v>
       </c>
       <c r="C285">
-        <v>55.164</v>
+        <v>66.204</v>
       </c>
       <c r="D285" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>478</v>
+        <v>464</v>
       </c>
       <c r="B286" t="s">
-        <v>479</v>
+        <v>465</v>
       </c>
       <c r="C286">
-        <v>56.4</v>
+        <v>69.264</v>
       </c>
       <c r="D286" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>480</v>
+        <v>466</v>
       </c>
       <c r="B287" t="s">
-        <v>481</v>
+        <v>467</v>
       </c>
       <c r="C287">
-        <v>56.46</v>
+        <v>69.6</v>
       </c>
       <c r="D287" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>482</v>
+        <v>468</v>
       </c>
       <c r="B288" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="C288">
-        <v>58.62</v>
+        <v>69.6</v>
       </c>
       <c r="D288" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>484</v>
+        <v>470</v>
       </c>
       <c r="B289" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
       <c r="C289">
-        <v>58.8</v>
+        <v>70.104</v>
       </c>
       <c r="D289" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>486</v>
+        <v>472</v>
       </c>
       <c r="B290" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="C290">
-        <v>58.908</v>
+        <v>71.568</v>
       </c>
       <c r="D290" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="B291" t="s">
-        <v>489</v>
+        <v>475</v>
       </c>
       <c r="C291">
-        <v>60.0</v>
+        <v>72.204</v>
       </c>
       <c r="D291" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>490</v>
+        <v>476</v>
       </c>
       <c r="B292" t="s">
-        <v>491</v>
+        <v>477</v>
       </c>
       <c r="C292">
-        <v>60.132</v>
+        <v>74.544</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>492</v>
+        <v>478</v>
       </c>
       <c r="B293" t="s">
-        <v>493</v>
+        <v>479</v>
       </c>
       <c r="C293">
-        <v>61.008</v>
+        <v>74.544</v>
       </c>
       <c r="D293" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>494</v>
+        <v>480</v>
       </c>
       <c r="B294" t="s">
-        <v>495</v>
+        <v>481</v>
       </c>
       <c r="C294">
-        <v>62.16</v>
+        <v>74.544</v>
       </c>
       <c r="D294" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>496</v>
+        <v>482</v>
       </c>
       <c r="B295" t="s">
-        <v>497</v>
+        <v>483</v>
       </c>
       <c r="C295">
-        <v>62.16</v>
+        <v>74.88</v>
       </c>
       <c r="D295" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>498</v>
+        <v>484</v>
       </c>
       <c r="B296" t="s">
-        <v>499</v>
+        <v>485</v>
       </c>
       <c r="C296">
-        <v>62.4</v>
+        <v>76.26</v>
       </c>
       <c r="D296" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>500</v>
+        <v>486</v>
       </c>
       <c r="B297" t="s">
-        <v>501</v>
+        <v>487</v>
       </c>
       <c r="C297">
-        <v>62.4</v>
+        <v>76.8</v>
       </c>
       <c r="D297" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>502</v>
+        <v>488</v>
       </c>
       <c r="B298" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="C298">
-        <v>62.4</v>
+        <v>78.0</v>
       </c>
       <c r="D298" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>504</v>
+        <v>490</v>
       </c>
       <c r="B299" t="s">
-        <v>505</v>
+        <v>491</v>
       </c>
       <c r="C299">
-        <v>62.4</v>
+        <v>80.4</v>
       </c>
       <c r="D299" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>506</v>
+        <v>492</v>
       </c>
       <c r="B300" t="s">
-        <v>507</v>
+        <v>493</v>
       </c>
       <c r="C300">
-        <v>62.58</v>
+        <v>80.4</v>
       </c>
       <c r="D300" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>508</v>
+        <v>494</v>
       </c>
       <c r="B301" t="s">
-        <v>509</v>
+        <v>495</v>
       </c>
       <c r="C301">
-        <v>63.6</v>
+        <v>80.4</v>
       </c>
       <c r="D301" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>247</v>
+        <v>292</v>
       </c>
       <c r="B302" t="s">
-        <v>248</v>
+        <v>293</v>
       </c>
       <c r="C302">
-        <v>16.08</v>
+        <v>30.0</v>
       </c>
       <c r="D302" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>249</v>
+        <v>328</v>
       </c>
       <c r="B303" t="s">
-        <v>250</v>
+        <v>329</v>
       </c>
       <c r="C303">
-        <v>16.8</v>
+        <v>37.2</v>
       </c>
       <c r="D303" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>251</v>
+        <v>340</v>
       </c>
       <c r="B304" t="s">
-        <v>252</v>
+        <v>341</v>
       </c>
       <c r="C304">
-        <v>17.136</v>
+        <v>40.2</v>
       </c>
       <c r="D304" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>271</v>
+        <v>354</v>
       </c>
       <c r="B305" t="s">
-        <v>272</v>
+        <v>355</v>
       </c>
       <c r="C305">
-        <v>18.0</v>
+        <v>42.0</v>
       </c>
       <c r="D305" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>273</v>
+        <v>356</v>
       </c>
       <c r="B306" t="s">
-        <v>274</v>
+        <v>357</v>
       </c>
       <c r="C306">
-        <v>18.0</v>
+        <v>42.0</v>
       </c>
       <c r="D306" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>275</v>
+        <v>360</v>
       </c>
       <c r="B307" t="s">
-        <v>276</v>
+        <v>361</v>
       </c>
       <c r="C307">
-        <v>18.0</v>
+        <v>44.4</v>
       </c>
       <c r="D307" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>277</v>
+        <v>362</v>
       </c>
       <c r="B308" t="s">
-        <v>278</v>
+        <v>363</v>
       </c>
       <c r="C308">
-        <v>18.0</v>
+        <v>44.7</v>
       </c>
       <c r="D308" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>279</v>
+        <v>410</v>
       </c>
       <c r="B309" t="s">
-        <v>280</v>
+        <v>411</v>
       </c>
       <c r="C309">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="D309" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>281</v>
+        <v>412</v>
       </c>
       <c r="B310" t="s">
-        <v>282</v>
+        <v>413</v>
       </c>
       <c r="C310">
-        <v>18.0</v>
+        <v>54.0</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>285</v>
+        <v>458</v>
       </c>
       <c r="B311" t="s">
-        <v>286</v>
+        <v>459</v>
       </c>
       <c r="C311">
-        <v>18.912</v>
+        <v>65.4</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>287</v>
+        <v>468</v>
       </c>
       <c r="B312" t="s">
-        <v>288</v>
+        <v>469</v>
       </c>
       <c r="C312">
-        <v>19.2</v>
+        <v>69.6</v>
       </c>
       <c r="D312" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>289</v>
+        <v>488</v>
       </c>
       <c r="B313" t="s">
-        <v>290</v>
+        <v>489</v>
       </c>
       <c r="C313">
-        <v>19.2</v>
+        <v>78.0</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>295</v>
+        <v>496</v>
       </c>
       <c r="B314" t="s">
-        <v>296</v>
+        <v>497</v>
       </c>
       <c r="C314">
-        <v>19.608</v>
+        <v>81.6</v>
       </c>
       <c r="D314" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>297</v>
+        <v>498</v>
       </c>
       <c r="B315" t="s">
-        <v>298</v>
+        <v>499</v>
       </c>
       <c r="C315">
-        <v>19.716</v>
+        <v>86.484</v>
       </c>
       <c r="D315" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>305</v>
+        <v>500</v>
       </c>
       <c r="B316" t="s">
-        <v>306</v>
+        <v>501</v>
       </c>
       <c r="C316">
-        <v>21.6</v>
+        <v>90.516</v>
       </c>
       <c r="D316" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>313</v>
+        <v>502</v>
       </c>
       <c r="B317" t="s">
-        <v>314</v>
+        <v>503</v>
       </c>
       <c r="C317">
-        <v>22.464</v>
+        <v>99.876</v>
       </c>
       <c r="D317" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>317</v>
+        <v>504</v>
       </c>
       <c r="B318" t="s">
-        <v>318</v>
+        <v>505</v>
       </c>
       <c r="C318">
-        <v>22.668</v>
+        <v>105.6</v>
       </c>
       <c r="D318" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>321</v>
+        <v>506</v>
       </c>
       <c r="B319" t="s">
-        <v>322</v>
+        <v>507</v>
       </c>
       <c r="C319">
-        <v>22.68</v>
+        <v>111.66</v>
       </c>
       <c r="D319" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>323</v>
+        <v>508</v>
       </c>
       <c r="B320" t="s">
-        <v>324</v>
+        <v>509</v>
       </c>
       <c r="C320">
-        <v>22.68</v>
+        <v>111.66</v>
       </c>
       <c r="D320" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>325</v>
+        <v>510</v>
       </c>
       <c r="B321" t="s">
-        <v>326</v>
+        <v>511</v>
       </c>
       <c r="C321">
-        <v>22.68</v>
+        <v>111.66</v>
       </c>
       <c r="D321" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>356</v>
+        <v>512</v>
       </c>
       <c r="B322" t="s">
-        <v>357</v>
+        <v>513</v>
       </c>
       <c r="C322">
-        <v>28.8</v>
+        <v>124.8</v>
       </c>
       <c r="D322" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>358</v>
+        <v>514</v>
       </c>
       <c r="B323" t="s">
-        <v>359</v>
+        <v>515</v>
       </c>
       <c r="C323">
-        <v>30.0</v>
+        <v>124.8</v>
       </c>
       <c r="D323" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>360</v>
+        <v>516</v>
       </c>
       <c r="B324" t="s">
-        <v>361</v>
+        <v>517</v>
       </c>
       <c r="C324">
-        <v>30.0</v>
+        <v>124.8</v>
       </c>
       <c r="D324" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>362</v>
+        <v>518</v>
       </c>
       <c r="B325" t="s">
-        <v>363</v>
+        <v>519</v>
       </c>
       <c r="C325">
-        <v>30.0</v>
+        <v>124.8</v>
       </c>
       <c r="D325" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>364</v>
+        <v>520</v>
       </c>
       <c r="B326" t="s">
-        <v>365</v>
+        <v>521</v>
       </c>
       <c r="C326">
-        <v>30.0</v>
+        <v>152.904</v>
       </c>
       <c r="D326" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>366</v>
+        <v>522</v>
       </c>
       <c r="B327" t="s">
-        <v>367</v>
+        <v>523</v>
       </c>
       <c r="C327">
-        <v>32.076</v>
+        <v>152.904</v>
       </c>
       <c r="D327" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>368</v>
+        <v>524</v>
       </c>
       <c r="B328" t="s">
-        <v>369</v>
+        <v>525</v>
       </c>
       <c r="C328">
-        <v>32.4</v>
+        <v>152.904</v>
       </c>
       <c r="D328" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>370</v>
+        <v>526</v>
       </c>
       <c r="B329" t="s">
-        <v>371</v>
+        <v>527</v>
       </c>
       <c r="C329">
-        <v>33.6</v>
+        <v>159.0</v>
       </c>
       <c r="D329" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>372</v>
+        <v>528</v>
       </c>
       <c r="B330" t="s">
-        <v>373</v>
+        <v>529</v>
       </c>
       <c r="C330">
-        <v>33.6</v>
+        <v>246.432</v>
       </c>
       <c r="D330" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>374</v>
+        <v>530</v>
       </c>
       <c r="B331" t="s">
-        <v>375</v>
+        <v>531</v>
       </c>
       <c r="C331">
-        <v>33.6</v>
+        <v>257.208</v>
       </c>
       <c r="D331" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>376</v>
+        <v>532</v>
       </c>
       <c r="B332" t="s">
-        <v>377</v>
+        <v>533</v>
       </c>
       <c r="C332">
-        <v>33.6</v>
+        <v>276.936</v>
       </c>
       <c r="D332" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>378</v>
+        <v>534</v>
       </c>
       <c r="B333" t="s">
-        <v>379</v>
+        <v>535</v>
       </c>
       <c r="C333">
-        <v>34.8</v>
+        <v>316.872</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>380</v>
+        <v>536</v>
       </c>
       <c r="B334" t="s">
-        <v>381</v>
+        <v>537</v>
       </c>
       <c r="C334">
-        <v>34.8</v>
+        <v>324.0</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>382</v>
+        <v>538</v>
       </c>
       <c r="B335" t="s">
-        <v>383</v>
+        <v>539</v>
       </c>
       <c r="C335">
-        <v>34.8</v>
+        <v>329.004</v>
       </c>
       <c r="D335" t="s">
-        <v>16</v>
+        <v>239</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>384</v>
+        <v>540</v>
       </c>
       <c r="B336" t="s">
-        <v>385</v>
+        <v>541</v>
       </c>
       <c r="C336">
-        <v>36.0</v>
+        <v>333.06</v>
       </c>
       <c r="D336" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>386</v>
+        <v>542</v>
       </c>
       <c r="B337" t="s">
-        <v>387</v>
+        <v>543</v>
       </c>
       <c r="C337">
-        <v>36.0</v>
+        <v>333.06</v>
       </c>
       <c r="D337" t="s">
-        <v>349</v>
+        <v>16</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>388</v>
+        <v>544</v>
       </c>
       <c r="B338" t="s">
-        <v>389</v>
+        <v>545</v>
       </c>
       <c r="C338">
-        <v>36.0</v>
+        <v>333.072</v>
       </c>
       <c r="D338" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>390</v>
+        <v>546</v>
       </c>
       <c r="B339" t="s">
-        <v>391</v>
+        <v>547</v>
       </c>
       <c r="C339">
-        <v>37.2</v>
+        <v>353.208</v>
       </c>
       <c r="D339" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>392</v>
+        <v>548</v>
       </c>
       <c r="B340" t="s">
-        <v>393</v>
+        <v>549</v>
       </c>
       <c r="C340">
-        <v>37.2</v>
+        <v>399.0</v>
       </c>
       <c r="D340" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>394</v>
+        <v>550</v>
       </c>
       <c r="B341" t="s">
-        <v>395</v>
+        <v>551</v>
       </c>
       <c r="C341">
-        <v>38.76</v>
+        <v>498.996</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>396</v>
+        <v>552</v>
       </c>
       <c r="B342" t="s">
-        <v>397</v>
+        <v>553</v>
       </c>
       <c r="C342">
-        <v>38.988</v>
+        <v>528.996</v>
       </c>
       <c r="D342" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>398</v>
+        <v>554</v>
       </c>
       <c r="B343" t="s">
-        <v>399</v>
+        <v>555</v>
       </c>
       <c r="C343">
-        <v>39.0</v>
+        <v>798.996</v>
       </c>
       <c r="D343" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>400</v>
+        <v>556</v>
       </c>
       <c r="B344" t="s">
-        <v>401</v>
+        <v>557</v>
       </c>
       <c r="C344">
-        <v>39.0</v>
+        <v>838.8</v>
       </c>
       <c r="D344" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>402</v>
+        <v>558</v>
       </c>
       <c r="B345" t="s">
-        <v>403</v>
+        <v>559</v>
       </c>
       <c r="C345">
-        <v>39.6</v>
+        <v>849.0</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>404</v>
+        <v>560</v>
       </c>
       <c r="B346" t="s">
-        <v>405</v>
+        <v>561</v>
       </c>
       <c r="C346">
-        <v>40.2</v>
+        <v>898.992</v>
       </c>
       <c r="D346" t="s">
-        <v>349</v>
+        <v>13</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>406</v>
+        <v>562</v>
       </c>
       <c r="B347" t="s">
-        <v>407</v>
+        <v>563</v>
       </c>
       <c r="C347">
-        <v>40.584</v>
+        <v>918.996</v>
       </c>
       <c r="D347" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>408</v>
+        <v>564</v>
       </c>
       <c r="B348" t="s">
-        <v>409</v>
+        <v>565</v>
       </c>
       <c r="C348">
-        <v>40.668</v>
+        <v>984.0</v>
       </c>
       <c r="D348" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>410</v>
+        <v>566</v>
       </c>
       <c r="B349" t="s">
-        <v>411</v>
+        <v>567</v>
       </c>
       <c r="C349">
-        <v>40.668</v>
+        <v>999.0</v>
       </c>
       <c r="D349" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>412</v>
+        <v>568</v>
       </c>
       <c r="B350" t="s">
-        <v>413</v>
+        <v>569</v>
       </c>
       <c r="C350">
-        <v>40.668</v>
+        <v>1488.996</v>
       </c>
       <c r="D350" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>414</v>
+        <v>570</v>
       </c>
       <c r="B351" t="s">
-        <v>415</v>
+        <v>571</v>
       </c>
       <c r="C351">
-        <v>41.424</v>
+        <v>1499.004</v>
       </c>
       <c r="D351" t="s">
-        <v>6</v>
+        <v>239</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>416</v>
+        <v>572</v>
       </c>
       <c r="B352" t="s">
-        <v>417</v>
+        <v>573</v>
       </c>
       <c r="C352">
-        <v>42.0</v>
+        <v>1599.0</v>
       </c>
       <c r="D352" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>418</v>
+        <v>574</v>
       </c>
       <c r="B353" t="s">
-        <v>419</v>
+        <v>575</v>
       </c>
       <c r="C353">
-        <v>42.0</v>
+        <v>1648.992</v>
       </c>
       <c r="D353" t="s">
-        <v>6</v>
+        <v>576</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>420</v>
+        <v>577</v>
       </c>
       <c r="B354" t="s">
-        <v>421</v>
+        <v>578</v>
       </c>
       <c r="C354">
-        <v>43.2</v>
+        <v>1728.996</v>
       </c>
       <c r="D354" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>422</v>
+        <v>579</v>
       </c>
       <c r="B355" t="s">
-        <v>423</v>
+        <v>580</v>
       </c>
       <c r="C355">
-        <v>44.7</v>
+        <v>1906.8</v>
       </c>
       <c r="D355" t="s">
-        <v>16</v>
+        <v>576</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>424</v>
+        <v>581</v>
       </c>
       <c r="B356" t="s">
-        <v>425</v>
+        <v>582</v>
       </c>
       <c r="C356">
-        <v>45.756</v>
+        <v>1906.8</v>
       </c>
       <c r="D356" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>426</v>
+        <v>583</v>
       </c>
       <c r="B357" t="s">
-        <v>427</v>
+        <v>584</v>
       </c>
       <c r="C357">
-        <v>45.756</v>
+        <v>2499.0</v>
       </c>
       <c r="D357" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>428</v>
+        <v>585</v>
       </c>
       <c r="B358" t="s">
-        <v>429</v>
+        <v>586</v>
       </c>
       <c r="C358">
-        <v>45.756</v>
+        <v>2999.004</v>
       </c>
       <c r="D358" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>430</v>
+        <v>587</v>
       </c>
       <c r="B359" t="s">
-        <v>431</v>
+        <v>588</v>
       </c>
       <c r="C359">
-        <v>45.756</v>
+        <v>3198.996</v>
       </c>
       <c r="D359" t="s">
-        <v>16</v>
-[...96 lines deleted...]
-      <c r="D366" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="367" spans="1:4">
-[...6200 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D810"/>
+  <autoFilter ref="A1:D360"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>