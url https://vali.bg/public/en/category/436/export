--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$360</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$561</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="589">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Magenta</t>
   </si>
   <si>
@@ -157,68 +157,56 @@
   <si>
     <t>Ink cartridge UPRINT CLI526  CANON, WITH CHIP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI526Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC900, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC900B-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000BL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI-5 CANON, WITH CHIP, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI5BK-UP</t>
   </si>
   <si>
-    <t>Ink cartridge INKTEC, Brother LC1100C/980C/67C/65C/61C/38C, Blue</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge INKTEC, Brother LC1100M/980M/67M/65M/61M/38M, Magenta</t>
   </si>
   <si>
     <t>INKTEC-BR-1100HM</t>
   </si>
   <si>
-    <t>Ink cartridge INKTEC, Brother LC1100Y/980Y/67Y/65Y/61Y/38Y, Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985B-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Magenta</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Yellow</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC1280XL/1240/1220, BROTHER, Black</t>
@@ -277,56 +265,50 @@
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121B-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Magenta</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Yellow</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC123-121Y-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CLI-551XL CANON, Grey</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CLI521  CANON, WITH CHIP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI521C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI521M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI521Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI550BK XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI550BK-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, Black</t>
@@ -373,56 +355,50 @@
   <si>
     <t>Ribbon Cartridge OKI 182/280/320/321/390/391/3320/3321, Black</t>
   </si>
   <si>
     <t>LF-CAS-OKI-182-390</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Cyan, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-2011-100MC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-2011-100MM</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-2011-100MY</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CN684 HP, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CN685 HP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-HP-CN685-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN686 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CN686-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN687 HP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CN687-UP</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson C64/C84,T0321, T0431, T044, T0461 , Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-004-100B</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson C64/C84,T0322, T0422, T0442, T0472 , Cyan, 100 ml</t>
@@ -439,56 +415,50 @@
   <si>
     <t>Bulk inks INKTEC for Epson INKTEC-EPS-004-100M , Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-004-100Y</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP C6657,C8728A, 51649, 100 ml, Cyan</t>
   </si>
   <si>
     <t>INKTEC-HP-0006-100MC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92/SX215  , Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-007-100B</t>
   </si>
   <si>
     <t>Ribbon Cartridge EPSON LX 350, Black</t>
   </si>
   <si>
     <t>LF-CAS-EPS-LX350</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT 14N1095, LEXMARK 100XL/Lex S305/S405/S505/S605/Pro705/Pro805, Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>Bulk inks INKTEC for Brother LC1100Bk/LC980Bk/LC67BK/C/M/Y  , Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-BR-1100-100MM</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP CB319/CB324/No564/364, Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-HP-7064-100MY</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP, H08, C6656,C8727, C9351, Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-H05-100M</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CLI-8Y/PG-41/51, Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-C908-100Y</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CLI-221Bk/821BK/521Bk, Black, 100 ml</t>
@@ -643,1061 +613,1142 @@
   <si>
     <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-0090-100MY</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-0090-100MB</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Cyan, Pigment, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-5000-100MC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Magenta, Pigment, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-CAN-5000-100MM</t>
   </si>
   <si>
+    <t>Bulk inks INKTEC for HP-5088,C9387A,C9392A-HP OfficetJet K550/K5300/L7380 , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-5088-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CB316/CB321/No564/364/CD971/564XL ,Pigment Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-7064-100MB</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CD973 HP, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-CD973A-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CD974 HP, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-CD974A-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CD975 HP, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-CD975A-UP</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP, H65, C8765,C8767, Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-H65-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP C8766,9363,343, Samsung M110, Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-6066-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP C8766,9363,343, Samsung M110, Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-6066-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-220Bk/520Bk/BCI-320BK, Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C9020-100B</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-225Bk/425Bk/ 525Bk/ 725Bk , Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C5025-100MB</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C5041-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C5041-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C5041-100MY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP-5088, C9386A,C9391A-HP OfficetJet K550/K5300/L7380, Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-5088-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson R200/R300,T0481, T0491, T0771, T0781  , Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-005-100B</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson R200/R300,T0483, T0493, T0773, T0783 , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-005-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson R200/R300,T0484, T0494, T0774, T0784 , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-005-100Y</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92 pigment , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-007-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92 pigment , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-007-100Y</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CC640/CC641/No-300/901, Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-4060-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP, CC640/CC641/No-300/901, Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-4060-100Y</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CB364/564/364/CB317/CB322 ,Photo Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-7064-100MPB</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CB317/CB32/No564/364,Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-7064-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CB319/CB324/No564/364, Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-7064-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CC640/CC641/No-300/901, Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-4060-100MM</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI1500 CANON, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI1500M-XL-UP</t>
+  </si>
+  <si>
+    <t>Ribbon Cartridge PANASONIC KX-P110/145/1150/1090/1123, Black</t>
+  </si>
+  <si>
+    <t>LF-CAS-PAN-KX-P145</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN-2320 / TN2320 BROTHER, 2600k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2320</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN1050/TN1030/TN1070, BROTHER HL-1110/1112/ DCP-1510/1512/MFC-1810, 1000k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN1050</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI1500 CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI1500B-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI1500 CANON,Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI1500C-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI1500 CANON, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI1500Y-XL-UP</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92  , Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-007-100C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CE278A / CRG728, HP / Canon, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-CAS-CE278</t>
+  </si>
+  <si>
     <t>Bulk inks Epson L4150/L4160/L6160/L6170/L6190 WiFi MFP , Cyan, 70 ml</t>
   </si>
   <si>
     <t>EPS-INK-C13T03V24A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D116L</t>
   </si>
   <si>
-    <t>Gel INKTEC Ricoh GC21K / GC31K / GC41K - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, Black</t>
-[...28 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581BK-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581C-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581M-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581Y-XXL-U</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT CLI-581 XXL Photo Blue, CANON PIXMA TS9150/TS6151/TS8152/TS6150</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT PGI-580 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI580BK-XXL-U</t>
   </si>
   <si>
-    <t>Toner cartridge ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , white</t>
   </si>
   <si>
     <t>LF-LABEL-STICK-UP21-W</t>
   </si>
   <si>
+    <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF244A</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100B</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1170</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 100ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-100Y</t>
+  </si>
+  <si>
+    <t>Toner Cartridge MLT-D111L, SAMSUNG M2020/M2022/М2070/M2026, 1800 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D111L-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF279A, HP LJ Pro M12/MFP M26, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF279A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK Xerox Phaser 3020, WorkCentre 30255, 1500 k., 106R02773, Black</t>
+  </si>
+  <si>
+    <t>TON-XER-CAS-3025</t>
+  </si>
+  <si>
+    <t>Toner Cartridge CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF217X-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge HP 650, CZ101AE Black,  360 k.</t>
+  </si>
+  <si>
+    <t>HP-INK-CZ101AE</t>
+  </si>
+  <si>
+    <t>Develop drum for use in Develop WB-P05, Ineo C3350, C3850, +3351</t>
+  </si>
+  <si>
+    <t>DEV-TON-WASTE-B-P05</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT HP 304XL, HP DJ 2620/2630/ 750/ 3760/ 3762, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-N9K08AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, HP 305XL, 3YM62AE, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-3YM62AE</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, HP 305XL, 3YM63AE, Color</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-3YM63AE</t>
+  </si>
+  <si>
+    <t>UPRINT ink cartridge HP 304XL color, HP DJ 2620/2630/ 3750/ 3760/ 3762</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-N9K07AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-545XL-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK, Ricoh SP230SFNW, 3000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP230SFNW-G</t>
+  </si>
+  <si>
+    <t>Drum compatible Brother DR2400 for MFP-L2710/2730/2750/2375/2370/2350/DCP-L2550/DCP-L2530, 12000k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR2400</t>
+  </si>
+  <si>
+    <t>Toner cartridge XEROX Phaser 3020/ WC 3025, 106R02773, 1500 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-XER-CAS-106R02773</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP150HE</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LB</t>
+  </si>
+  <si>
+    <t>Brother DR3400 Drum Unit, 30000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
+    <t>Ricoh C2011SP Waste Toner Bottle, 100,000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LY</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-546XL-UP</t>
+  </si>
+  <si>
+    <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , Transparent</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-TRSP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN2421, BROTHER, 3000 k. Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
+    <t>HP CF232A 32A Drum Unit, 23 000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-HP-CF232A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK160-170</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1420A</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, COLOR CANON CL-576XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-576XL-C</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON PG-560XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-560XL-BK</t>
+  </si>
+  <si>
+    <t>Ricoh IMC6000 Waste Toner Bottle, 100,000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Cyan, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Magenta, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Yellow, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LY</t>
+  </si>
+  <si>
+    <t>RICOH Drum SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
+  </si>
+  <si>
+    <t>DRUM-RICOH-SP3500-SCC</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON C-561XL, Color</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-561XL-CL</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP 2501E, 2001SP, 9000p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP2501E</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W1106A, HP 106A, MFP135a/137fnw/ LJ107, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1106A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2070A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 1000k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2070A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK RICOH SP330SN - SP330SN/330SFN/P310/M320/M320FB, 7000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP330SN-G</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2072A</t>
+  </si>
+  <si>
+    <t>Set of 4 pcs. rolls of adhesive labels for STICK EASY UP21, 4x 180 pcs. , pink, yellow, blue, transparent</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-PACK</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP51K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Orink SP 201LE, RICOH, Black, 2600 pages, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP201LE</t>
+  </si>
+  <si>
+    <t>Brother DR2401 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR2401</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG40 XL+ CL41XL Black/Color</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG40-CL41XL-UP</t>
+  </si>
+  <si>
+    <t>Brother DR1090 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR1090</t>
+  </si>
+  <si>
+    <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-SAM-MLT-R116</t>
+  </si>
+  <si>
+    <t>Toner cartridge SAMSUNG SL-M3825/M3875/M4025/M4075 (MLT-D204L)- 5000k, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D204L-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP301</t>
+  </si>
+  <si>
+    <t>Ricoh 406043 Waste Toner Bottle</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C220E</t>
+  </si>
+  <si>
+    <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-MLT-D205L</t>
+  </si>
+  <si>
+    <t>Toner cartridge SAMSUNG ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833 (MLT-D205E)- 10000k</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-MLT-D205E</t>
+  </si>
+  <si>
+    <t>SP C352 Waste Toner Bottle</t>
+  </si>
+  <si>
+    <t>RICOH-PART-SPC353-WT</t>
+  </si>
+  <si>
+    <t>Ricoh IM460 Waste Toner Bottle, RICOH IM370/ IM 370F, 50000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-WASTE-IM460</t>
+  </si>
+  <si>
+    <t>Multifunctional Device 3 in 1 RICOH  IM 2702- for rent</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-2702-BW-NAEM</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN3600XXL- L5210/ L5710/ L6910/ DCP-L5510/ DCP-L6410, 11 000 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN3600XL</t>
+  </si>
+  <si>
+    <t>Ricoh IMC530FB Waste Toner Bottle, 3000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC350FB</t>
+  </si>
+  <si>
+    <t>Drum compatible BROTHER DR3400, for HL-L6400DW/ L6800DW/ L6900/ L5700/ L5750, Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP 201, 7000 p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP201</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK SP 311XE, RICOH, Black, 6400 pages</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP311UHY</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2071A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2073A</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, white</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-W</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, turquoise</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-T</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, Black</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-K</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, Pink</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-P</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP305</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting - ABS refil, NFC, 1.75 mm, Black</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-BL-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting - PETG (NFC) filament, 1.75 mm, NATURE</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PETG-600GR-NATURE</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU06A, ABS, 1.75 mm, 600 gr, Bottle GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-GR-NFC</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP3710X-G</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU02H, ABS, 1.75 mm, 600 gr, Pure white</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-SN-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0TH, PLA, 1.75 mm, 600, AQUA GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-AGR-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0SK, PLA, 1.75 mm, 600, Sky blue</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-BLUE-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU01K, ABS, 1.75 mm, 600 gr, Nature</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-NAT-NFC</t>
+  </si>
+  <si>
+    <t>XYZprinting 3D printer consumable - Filament PLA(NFC) 600gr, Pink, for DaVinci Super and da Vinci Jr Pro x+</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600PINK-NFC</t>
+  </si>
+  <si>
+    <t>Generink RICOH SP230 Photo Conductor Unit 12000 к</t>
+  </si>
+  <si>
+    <t>LF-DRUM-RICOH-SP230-G</t>
+  </si>
+  <si>
+    <t>Ricoh Waste Toner Bottle RICOH MC 240FW/P C200W</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC240</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP49K, ineo+ 3351, +3851, 13000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49K</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG-545XL/CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, BK/C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-545-546-Pack</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2590XL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP81K, ineo +3300i, +4000i, 13 000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP401, 401, 402, 401 SPF, 4520, 4520 DN, 11900 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP401</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP3353, Type 2220D, 11000, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP3353</t>
+  </si>
+  <si>
+    <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-MAG</t>
+  </si>
+  <si>
+    <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-CYAN</t>
+  </si>
+  <si>
+    <t>Toner Ricoh MC2000, for RICOH M C2000, 2500 pages, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC2000L-YEL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM460, 9000 pages, IM 370/370F, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IM460</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT HP 953XL (Bk+C+Y+M) OfficeJet Pro 8210/8710/7720</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-953XL-Pack-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-BK</t>
+  </si>
+  <si>
+    <t>Refill for 3D pen PEN Magic Filament PLA 36 pcs. x 5 m, different colors</t>
+  </si>
+  <si>
+    <t>3D-PEN-MAGIC-PLA</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-Y</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP2000, 1230D, 9000p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP2000</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
+  </si>
+  <si>
+    <t>LF-TON-LEX-CAS-50F2X00</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP81C, ineo +3300i, +4000i, 9000 k., Cyan</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP81M, ineo +3300i, +4000i, 9000 k., Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP81Y, ineo +3300i, +4000i, 9000 k., Yellow</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81Y</t>
+  </si>
+  <si>
+    <t>Develop drum for use in Develop WB-P08, C33xxi, C40xxi</t>
+  </si>
+  <si>
+    <t>DEV-CLEAN-WB-P08</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Black IM C320F for 11700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-BL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510-Y</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM C2010/2510/3510, 5500 копия, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510-M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510-C</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-BL</t>
+  </si>
+  <si>
+    <t>RICOH Black IJM C180F, 1600 copies, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-INK-C180F-CYAN</t>
+  </si>
+  <si>
+    <t>RICOH Black IJM C180F, 1600 copies, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-INK-C180F-MAG</t>
+  </si>
+  <si>
+    <t>RICOH Black IJM C180F, 1600 copies, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-INK-C180F-YEL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM C2010/C2510/C3510 18000 копия, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC2510-BL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP -TN324K, ineo+ 258, +308, +368, 28000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN324K</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Develop drum for use in Konica/DEVELOP IUP34, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000</t>
+  </si>
+  <si>
+    <t>KM-DRUM-IUP34</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TN221MH, ineo+227, +287, 10500 k., A8K335H, Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN221M-H</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TN-328K, ineo + 251i, + 301i, + 361i, 28000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328K</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Yellow MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842080</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-Y</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Magenta MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842081</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Cyan MP C305, 4000 pages - MP C305, C305 SP, C305 SPF</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MPC305H-C</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2193X</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible YELLOW HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2192X</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2191X</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2190X</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-C</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-Y</t>
+  </si>
+  <si>
+    <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , Transparent</t>
-[...868 lines deleted...]
-  <si>
     <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-BL</t>
   </si>
   <si>
     <t>Develop drum for use in DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 k.</t>
   </si>
   <si>
     <t>DEV-DRUM-DR-312</t>
   </si>
   <si>
     <t>IRIScan Book 7</t>
   </si>
   <si>
     <t>IRIS-SCAN-BOOK7</t>
   </si>
   <si>
     <t>Stand/pedestal/ for RICOH machine/High cabinet 81- IM 370, IM370F, IM460F</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-81</t>
   </si>
   <si>
     <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X4</t>
   </si>
   <si>
+    <t>Toner cartridge RICOH Print Cartridge Cyan P 375, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-C</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Yellow P C375H, 5700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-PC375H-Y</t>
   </si>
   <si>
-    <t>Toner cartridge RICOH Print Cartridge Cyan P 375, 5700 pages</t>
-[...4 lines deleted...]
-  <si>
     <t>Document camera with portable scanner-visualizer IRIScan VISUALIZER 7 Dislexic, 4K, USB-C</t>
   </si>
   <si>
     <t>IRIS-SCAN-VISUALIZER-DYSL</t>
   </si>
   <si>
     <t>3D Printer Creality Ender-3 V3 SE</t>
   </si>
   <si>
     <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M320SE USB,LAN,ADF,A4, 32 pages</t>
   </si>
   <si>
     <t>RICOH-MFC-M320SE</t>
   </si>
   <si>
     <t>Laser printer RICOH P311SE, A4, LAN, 32 ppm, 7000 pages starter toner</t>
   </si>
   <si>
     <t>RICOH-LJ-P311SE</t>
   </si>
   <si>
     <t>Creality CR-Scan Ferret Pro 3D Scanner</t>
@@ -1708,87 +1759,84 @@
   <si>
     <t>Multi-functional scanner IRIScan Desk 7 Business</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK7-BUSINESS</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M 320FSE, A4, 32 pages/min, LAN, USB, 7000 pages, ARDF</t>
   </si>
   <si>
     <t>RICOH-MFC-M320FSE</t>
   </si>
   <si>
     <t>3D printer FlashForge ADX5 Multi color</t>
   </si>
   <si>
     <t>FLASH-3D-AD5X</t>
   </si>
   <si>
     <t>Ricoh ScanSnap iX2400 Scanner, A4, USB 3.2, Duplex ADF/100 sheets/, 45ppm/90 ipm, white</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2400</t>
   </si>
   <si>
+    <t>Creality FaIcon A1 10W Laser Engraver</t>
+  </si>
+  <si>
+    <t>CREALITY-FALCON-A1-10W</t>
+  </si>
+  <si>
     <t>Ricoh ScanSnap iX2500 Scanner, A4, USB 3.2, Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" touch display; white</t>
   </si>
   <si>
     <t>RICOH-SCAN-iX2500</t>
   </si>
   <si>
-    <t>Creality FaIcon A1 10W Laser Engraver</t>
-[...2 lines deleted...]
-    <t>CREALITY-FALCON-A1-10W</t>
+    <t>3D Printer Creality K1 Max</t>
+  </si>
+  <si>
+    <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>Laser Color Printer RICOH P C375, A4, USB 2.0, LAN, WiFi, 32 ppm</t>
   </si>
   <si>
     <t>RICOH-LJ-PC375</t>
   </si>
   <si>
-    <t>3D Printer Creality K1 Max</t>
-[...4 lines deleted...]
-  <si>
     <t>Creality CR-Scan Otter 3D scanner</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
   </si>
   <si>
     <t>Revopoint Pop 3 Plus Premium 3D scanner</t>
   </si>
   <si>
     <t>3D-SCAN-REV-POP3PLUS</t>
-  </si>
-[...1 lines deleted...]
-    <t>call</t>
   </si>
   <si>
     <t>MFP color printer/scanner/copier RICOH M C320FSE, 32 ppm, SPDF/50 pages/, LAN, Bluetooth, 4.3" touch display</t>
   </si>
   <si>
     <t>RICOH-MFC-MC320FSE</t>
   </si>
   <si>
     <t>3D scanner Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
   </si>
   <si>
     <t>3D scanner Einstar Shining 3D</t>
   </si>
   <si>
     <t>3D-SCAN-EINSTAR-3D</t>
   </si>
   <si>
     <t>Multifunctional Device 3 in 1 Ricoh IMC320F, A4, 32ppm, 1200dpi</t>
   </si>
   <si>
     <t>RICOH-MFC-IMC320F</t>
   </si>
@@ -2128,5092 +2176,7906 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D360"/>
+  <dimension ref="A1:D561"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>6.6</v>
+        <v>3.372</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>6.6</v>
+        <v>3.684</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>6.6</v>
+        <v>3.684</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D36" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D37" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D43" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D44" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>7.2</v>
+        <v>4.296</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>7.2</v>
+        <v>4.296</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>7.2</v>
+        <v>4.296</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>8.4</v>
+        <v>4.296</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>8.4</v>
+        <v>4.596</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>8.4</v>
+        <v>4.596</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>8.4</v>
+        <v>4.596</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>9.0</v>
+        <v>4.908</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>9.0</v>
+        <v>4.908</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>9.0</v>
+        <v>4.908</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>9.6</v>
+        <v>4.908</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>9.6</v>
+        <v>4.908</v>
       </c>
       <c r="D59" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>9.6</v>
+        <v>4.908</v>
       </c>
       <c r="D60" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>9.6</v>
+        <v>4.908</v>
       </c>
       <c r="D61" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>9.6</v>
+        <v>4.908</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>9.6</v>
+        <v>5.064</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>9.6</v>
+        <v>5.22</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>9.6</v>
+        <v>5.22</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>9.6</v>
+        <v>5.508</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>9.9</v>
+        <v>5.52</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>10.2</v>
+        <v>5.52</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>10.2</v>
+        <v>5.52</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>10.2</v>
+        <v>5.52</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>10.776</v>
+        <v>5.52</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D79" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D82" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D85" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D86" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D95" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>10.8</v>
+        <v>5.52</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>10.8</v>
+        <v>5.544</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>10.8</v>
+        <v>5.544</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>10.8</v>
+        <v>6.132</v>
       </c>
       <c r="D100" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>10.8</v>
+        <v>6.132</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>135</v>
+        <v>41</v>
       </c>
       <c r="B102" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="C102">
-        <v>9.6</v>
+        <v>3.072</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>207</v>
+        <v>47</v>
       </c>
       <c r="B103" t="s">
-        <v>208</v>
+        <v>48</v>
       </c>
       <c r="C103">
-        <v>10.8</v>
+        <v>3.372</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>209</v>
+        <v>65</v>
       </c>
       <c r="B104" t="s">
-        <v>210</v>
+        <v>66</v>
       </c>
       <c r="C104">
-        <v>16.08</v>
+        <v>3.684</v>
       </c>
       <c r="D104" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>211</v>
+        <v>67</v>
       </c>
       <c r="B105" t="s">
-        <v>212</v>
+        <v>68</v>
       </c>
       <c r="C105">
-        <v>16.8</v>
+        <v>3.684</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>213</v>
+        <v>69</v>
       </c>
       <c r="B106" t="s">
-        <v>214</v>
+        <v>70</v>
       </c>
       <c r="C106">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>215</v>
+        <v>71</v>
       </c>
       <c r="B107" t="s">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="C107">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D107" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>217</v>
+        <v>73</v>
       </c>
       <c r="B108" t="s">
-        <v>218</v>
+        <v>74</v>
       </c>
       <c r="C108">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>219</v>
+        <v>75</v>
       </c>
       <c r="B109" t="s">
-        <v>220</v>
+        <v>76</v>
       </c>
       <c r="C109">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>221</v>
+        <v>77</v>
       </c>
       <c r="B110" t="s">
-        <v>222</v>
+        <v>78</v>
       </c>
       <c r="C110">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D110" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>223</v>
+        <v>79</v>
       </c>
       <c r="B111" t="s">
-        <v>224</v>
+        <v>80</v>
       </c>
       <c r="C111">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>225</v>
+        <v>81</v>
       </c>
       <c r="B112" t="s">
-        <v>226</v>
+        <v>82</v>
       </c>
       <c r="C112">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>227</v>
+        <v>83</v>
       </c>
       <c r="B113" t="s">
-        <v>228</v>
+        <v>84</v>
       </c>
       <c r="C113">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="B114" t="s">
-        <v>230</v>
+        <v>86</v>
       </c>
       <c r="C114">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>231</v>
+        <v>87</v>
       </c>
       <c r="B115" t="s">
-        <v>232</v>
+        <v>88</v>
       </c>
       <c r="C115">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>233</v>
+        <v>89</v>
       </c>
       <c r="B116" t="s">
-        <v>234</v>
+        <v>90</v>
       </c>
       <c r="C116">
-        <v>18.0</v>
+        <v>3.684</v>
       </c>
       <c r="D116" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>235</v>
+        <v>91</v>
       </c>
       <c r="B117" t="s">
-        <v>236</v>
+        <v>92</v>
       </c>
       <c r="C117">
-        <v>18.912</v>
+        <v>3.684</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>237</v>
+        <v>93</v>
       </c>
       <c r="B118" t="s">
-        <v>238</v>
+        <v>94</v>
       </c>
       <c r="C118">
-        <v>19.2</v>
+        <v>4.296</v>
       </c>
       <c r="D118" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>240</v>
+        <v>95</v>
       </c>
       <c r="B119" t="s">
-        <v>241</v>
+        <v>96</v>
       </c>
       <c r="C119">
-        <v>19.2</v>
+        <v>4.296</v>
       </c>
       <c r="D119" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>242</v>
+        <v>97</v>
       </c>
       <c r="B120" t="s">
-        <v>243</v>
+        <v>98</v>
       </c>
       <c r="C120">
-        <v>19.608</v>
+        <v>4.296</v>
       </c>
       <c r="D120" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>244</v>
+        <v>99</v>
       </c>
       <c r="B121" t="s">
-        <v>245</v>
+        <v>100</v>
       </c>
       <c r="C121">
-        <v>19.716</v>
+        <v>4.296</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>246</v>
+        <v>101</v>
       </c>
       <c r="B122" t="s">
-        <v>247</v>
+        <v>102</v>
       </c>
       <c r="C122">
-        <v>21.6</v>
+        <v>4.296</v>
       </c>
       <c r="D122" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>248</v>
+        <v>103</v>
       </c>
       <c r="B123" t="s">
-        <v>249</v>
+        <v>104</v>
       </c>
       <c r="C123">
-        <v>22.464</v>
+        <v>4.296</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>250</v>
+        <v>105</v>
       </c>
       <c r="B124" t="s">
-        <v>251</v>
+        <v>106</v>
       </c>
       <c r="C124">
-        <v>22.62</v>
+        <v>4.296</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>252</v>
+        <v>107</v>
       </c>
       <c r="B125" t="s">
-        <v>253</v>
+        <v>108</v>
       </c>
       <c r="C125">
-        <v>22.668</v>
+        <v>4.596</v>
       </c>
       <c r="D125" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>254</v>
+        <v>109</v>
       </c>
       <c r="B126" t="s">
-        <v>255</v>
+        <v>110</v>
       </c>
       <c r="C126">
-        <v>22.68</v>
+        <v>4.596</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>256</v>
+        <v>111</v>
       </c>
       <c r="B127" t="s">
-        <v>257</v>
+        <v>112</v>
       </c>
       <c r="C127">
-        <v>22.68</v>
+        <v>4.596</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>258</v>
+        <v>119</v>
       </c>
       <c r="B128" t="s">
-        <v>259</v>
+        <v>120</v>
       </c>
       <c r="C128">
-        <v>22.68</v>
+        <v>4.908</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>260</v>
+        <v>121</v>
       </c>
       <c r="B129" t="s">
-        <v>261</v>
+        <v>122</v>
       </c>
       <c r="C129">
-        <v>23.76</v>
+        <v>4.908</v>
       </c>
       <c r="D129" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="B130" t="s">
-        <v>263</v>
+        <v>124</v>
       </c>
       <c r="C130">
-        <v>25.212</v>
+        <v>4.908</v>
       </c>
       <c r="D130" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>264</v>
+        <v>125</v>
       </c>
       <c r="B131" t="s">
-        <v>265</v>
+        <v>126</v>
       </c>
       <c r="C131">
-        <v>26.4</v>
+        <v>4.908</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>266</v>
+        <v>127</v>
       </c>
       <c r="B132" t="s">
-        <v>267</v>
+        <v>128</v>
       </c>
       <c r="C132">
-        <v>26.4</v>
+        <v>4.908</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>268</v>
+        <v>129</v>
       </c>
       <c r="B133" t="s">
-        <v>269</v>
+        <v>130</v>
       </c>
       <c r="C133">
-        <v>26.4</v>
+        <v>5.064</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>270</v>
+        <v>131</v>
       </c>
       <c r="B134" t="s">
-        <v>271</v>
+        <v>132</v>
       </c>
       <c r="C134">
-        <v>26.4</v>
+        <v>5.22</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>272</v>
+        <v>133</v>
       </c>
       <c r="B135" t="s">
-        <v>273</v>
+        <v>134</v>
       </c>
       <c r="C135">
-        <v>27.6</v>
+        <v>5.22</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>274</v>
+        <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>275</v>
+        <v>136</v>
       </c>
       <c r="C136">
-        <v>27.6</v>
+        <v>5.508</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>276</v>
+        <v>137</v>
       </c>
       <c r="B137" t="s">
-        <v>277</v>
+        <v>138</v>
       </c>
       <c r="C137">
-        <v>27.6</v>
+        <v>5.52</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>278</v>
+        <v>139</v>
       </c>
       <c r="B138" t="s">
-        <v>279</v>
+        <v>140</v>
       </c>
       <c r="C138">
-        <v>27.6</v>
+        <v>5.52</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>280</v>
+        <v>141</v>
       </c>
       <c r="B139" t="s">
-        <v>281</v>
+        <v>142</v>
       </c>
       <c r="C139">
-        <v>28.8</v>
+        <v>5.52</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>282</v>
+        <v>143</v>
       </c>
       <c r="B140" t="s">
-        <v>283</v>
+        <v>144</v>
       </c>
       <c r="C140">
-        <v>28.8</v>
+        <v>5.52</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>284</v>
+        <v>145</v>
       </c>
       <c r="B141" t="s">
-        <v>285</v>
+        <v>146</v>
       </c>
       <c r="C141">
-        <v>28.8</v>
+        <v>5.52</v>
       </c>
       <c r="D141" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>286</v>
+        <v>147</v>
       </c>
       <c r="B142" t="s">
-        <v>287</v>
+        <v>148</v>
       </c>
       <c r="C142">
-        <v>30.0</v>
+        <v>5.52</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>288</v>
+        <v>149</v>
       </c>
       <c r="B143" t="s">
-        <v>289</v>
+        <v>150</v>
       </c>
       <c r="C143">
-        <v>30.0</v>
+        <v>5.52</v>
       </c>
       <c r="D143" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>290</v>
+        <v>151</v>
       </c>
       <c r="B144" t="s">
-        <v>291</v>
+        <v>152</v>
       </c>
       <c r="C144">
-        <v>30.0</v>
+        <v>5.52</v>
       </c>
       <c r="D144" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>292</v>
+        <v>153</v>
       </c>
       <c r="B145" t="s">
-        <v>293</v>
+        <v>154</v>
       </c>
       <c r="C145">
-        <v>30.0</v>
+        <v>5.52</v>
       </c>
       <c r="D145" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>294</v>
+        <v>155</v>
       </c>
       <c r="B146" t="s">
-        <v>295</v>
+        <v>156</v>
       </c>
       <c r="C146">
-        <v>30.144</v>
+        <v>5.52</v>
       </c>
       <c r="D146" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>296</v>
+        <v>157</v>
       </c>
       <c r="B147" t="s">
-        <v>297</v>
+        <v>158</v>
       </c>
       <c r="C147">
-        <v>32.076</v>
+        <v>5.52</v>
       </c>
       <c r="D147" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>298</v>
+        <v>159</v>
       </c>
       <c r="B148" t="s">
-        <v>299</v>
+        <v>160</v>
       </c>
       <c r="C148">
-        <v>32.4</v>
+        <v>5.52</v>
       </c>
       <c r="D148" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>300</v>
+        <v>161</v>
       </c>
       <c r="B149" t="s">
-        <v>301</v>
+        <v>162</v>
       </c>
       <c r="C149">
-        <v>33.6</v>
+        <v>5.52</v>
       </c>
       <c r="D149" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>302</v>
+        <v>163</v>
       </c>
       <c r="B150" t="s">
-        <v>303</v>
+        <v>164</v>
       </c>
       <c r="C150">
-        <v>33.6</v>
+        <v>5.52</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>304</v>
+        <v>165</v>
       </c>
       <c r="B151" t="s">
-        <v>305</v>
+        <v>166</v>
       </c>
       <c r="C151">
-        <v>33.6</v>
+        <v>5.52</v>
       </c>
       <c r="D151" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>306</v>
+        <v>167</v>
       </c>
       <c r="B152" t="s">
-        <v>307</v>
+        <v>168</v>
       </c>
       <c r="C152">
-        <v>33.6</v>
+        <v>5.52</v>
       </c>
       <c r="D152" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>308</v>
+        <v>169</v>
       </c>
       <c r="B153" t="s">
-        <v>309</v>
+        <v>170</v>
       </c>
       <c r="C153">
-        <v>34.8</v>
+        <v>5.52</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>310</v>
+        <v>171</v>
       </c>
       <c r="B154" t="s">
-        <v>311</v>
+        <v>172</v>
       </c>
       <c r="C154">
-        <v>34.8</v>
+        <v>5.52</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>312</v>
+        <v>173</v>
       </c>
       <c r="B155" t="s">
-        <v>313</v>
+        <v>174</v>
       </c>
       <c r="C155">
-        <v>34.8</v>
+        <v>5.52</v>
       </c>
       <c r="D155" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>314</v>
+        <v>175</v>
       </c>
       <c r="B156" t="s">
-        <v>315</v>
+        <v>176</v>
       </c>
       <c r="C156">
-        <v>34.8</v>
+        <v>5.52</v>
       </c>
       <c r="D156" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>316</v>
+        <v>177</v>
       </c>
       <c r="B157" t="s">
-        <v>317</v>
+        <v>178</v>
       </c>
       <c r="C157">
-        <v>36.0</v>
+        <v>5.52</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>318</v>
+        <v>179</v>
       </c>
       <c r="B158" t="s">
-        <v>319</v>
+        <v>180</v>
       </c>
       <c r="C158">
-        <v>36.0</v>
+        <v>5.52</v>
       </c>
       <c r="D158" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>320</v>
+        <v>181</v>
       </c>
       <c r="B159" t="s">
-        <v>321</v>
+        <v>182</v>
       </c>
       <c r="C159">
-        <v>36.0</v>
+        <v>5.52</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>322</v>
+        <v>183</v>
       </c>
       <c r="B160" t="s">
-        <v>323</v>
+        <v>184</v>
       </c>
       <c r="C160">
-        <v>36.0</v>
+        <v>5.52</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>324</v>
+        <v>185</v>
       </c>
       <c r="B161" t="s">
-        <v>325</v>
+        <v>186</v>
       </c>
       <c r="C161">
-        <v>37.2</v>
+        <v>5.52</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>326</v>
+        <v>187</v>
       </c>
       <c r="B162" t="s">
-        <v>327</v>
+        <v>188</v>
       </c>
       <c r="C162">
-        <v>37.2</v>
+        <v>5.52</v>
       </c>
       <c r="D162" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>328</v>
+        <v>189</v>
       </c>
       <c r="B163" t="s">
-        <v>329</v>
+        <v>190</v>
       </c>
       <c r="C163">
-        <v>37.2</v>
+        <v>5.52</v>
       </c>
       <c r="D163" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>330</v>
+        <v>191</v>
       </c>
       <c r="B164" t="s">
-        <v>331</v>
+        <v>192</v>
       </c>
       <c r="C164">
-        <v>38.76</v>
+        <v>5.52</v>
       </c>
       <c r="D164" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>332</v>
+        <v>193</v>
       </c>
       <c r="B165" t="s">
-        <v>333</v>
+        <v>194</v>
       </c>
       <c r="C165">
-        <v>38.988</v>
+        <v>5.52</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>334</v>
+        <v>195</v>
       </c>
       <c r="B166" t="s">
-        <v>335</v>
+        <v>196</v>
       </c>
       <c r="C166">
-        <v>38.988</v>
+        <v>5.52</v>
       </c>
       <c r="D166" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>336</v>
+        <v>197</v>
       </c>
       <c r="B167" t="s">
-        <v>337</v>
+        <v>198</v>
       </c>
       <c r="C167">
-        <v>39.0</v>
+        <v>5.52</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>338</v>
+        <v>199</v>
       </c>
       <c r="B168" t="s">
-        <v>339</v>
+        <v>200</v>
       </c>
       <c r="C168">
-        <v>39.0</v>
+        <v>5.544</v>
       </c>
       <c r="D168" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>340</v>
+        <v>201</v>
       </c>
       <c r="B169" t="s">
-        <v>341</v>
+        <v>202</v>
       </c>
       <c r="C169">
-        <v>40.2</v>
+        <v>5.544</v>
       </c>
       <c r="D169" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>342</v>
+        <v>207</v>
       </c>
       <c r="B170" t="s">
-        <v>343</v>
+        <v>208</v>
       </c>
       <c r="C170">
-        <v>40.584</v>
+        <v>6.132</v>
       </c>
       <c r="D170" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>344</v>
+        <v>209</v>
       </c>
       <c r="B171" t="s">
-        <v>345</v>
+        <v>210</v>
       </c>
       <c r="C171">
-        <v>40.668</v>
+        <v>6.132</v>
       </c>
       <c r="D171" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>346</v>
+        <v>211</v>
       </c>
       <c r="B172" t="s">
-        <v>347</v>
+        <v>212</v>
       </c>
       <c r="C172">
-        <v>40.668</v>
+        <v>6.132</v>
       </c>
       <c r="D172" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>348</v>
+        <v>213</v>
       </c>
       <c r="B173" t="s">
-        <v>349</v>
+        <v>214</v>
       </c>
       <c r="C173">
-        <v>40.668</v>
+        <v>6.132</v>
       </c>
       <c r="D173" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>350</v>
+        <v>215</v>
       </c>
       <c r="B174" t="s">
-        <v>351</v>
+        <v>216</v>
       </c>
       <c r="C174">
-        <v>40.8</v>
+        <v>6.132</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>352</v>
+        <v>217</v>
       </c>
       <c r="B175" t="s">
-        <v>353</v>
+        <v>218</v>
       </c>
       <c r="C175">
-        <v>41.424</v>
+        <v>6.132</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>354</v>
+        <v>219</v>
       </c>
       <c r="B176" t="s">
-        <v>355</v>
+        <v>220</v>
       </c>
       <c r="C176">
-        <v>42.0</v>
+        <v>6.132</v>
       </c>
       <c r="D176" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>356</v>
+        <v>221</v>
       </c>
       <c r="B177" t="s">
-        <v>357</v>
+        <v>222</v>
       </c>
       <c r="C177">
-        <v>42.0</v>
+        <v>6.132</v>
       </c>
       <c r="D177" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>358</v>
+        <v>223</v>
       </c>
       <c r="B178" t="s">
-        <v>359</v>
+        <v>224</v>
       </c>
       <c r="C178">
-        <v>43.2</v>
+        <v>6.132</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>360</v>
+        <v>225</v>
       </c>
       <c r="B179" t="s">
-        <v>361</v>
+        <v>226</v>
       </c>
       <c r="C179">
-        <v>44.4</v>
+        <v>6.132</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>362</v>
+        <v>227</v>
       </c>
       <c r="B180" t="s">
-        <v>363</v>
+        <v>228</v>
       </c>
       <c r="C180">
-        <v>44.7</v>
+        <v>6.132</v>
       </c>
       <c r="D180" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>364</v>
+        <v>229</v>
       </c>
       <c r="B181" t="s">
-        <v>365</v>
+        <v>230</v>
       </c>
       <c r="C181">
-        <v>45.756</v>
+        <v>6.132</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>366</v>
+        <v>231</v>
       </c>
       <c r="B182" t="s">
-        <v>367</v>
+        <v>232</v>
       </c>
       <c r="C182">
-        <v>45.756</v>
+        <v>6.132</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>368</v>
+        <v>233</v>
       </c>
       <c r="B183" t="s">
-        <v>369</v>
+        <v>234</v>
       </c>
       <c r="C183">
-        <v>45.756</v>
+        <v>6.132</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>370</v>
+        <v>235</v>
       </c>
       <c r="B184" t="s">
-        <v>371</v>
+        <v>236</v>
       </c>
       <c r="C184">
-        <v>45.756</v>
+        <v>6.132</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>372</v>
+        <v>237</v>
       </c>
       <c r="B185" t="s">
-        <v>373</v>
+        <v>238</v>
       </c>
       <c r="C185">
-        <v>45.756</v>
+        <v>6.132</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>374</v>
+        <v>239</v>
       </c>
       <c r="B186" t="s">
-        <v>375</v>
+        <v>240</v>
       </c>
       <c r="C186">
-        <v>46.176</v>
+        <v>6.132</v>
       </c>
       <c r="D186" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>376</v>
+        <v>241</v>
       </c>
       <c r="B187" t="s">
-        <v>377</v>
+        <v>242</v>
       </c>
       <c r="C187">
-        <v>46.98</v>
+        <v>6.132</v>
       </c>
       <c r="D187" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>378</v>
+        <v>243</v>
       </c>
       <c r="B188" t="s">
-        <v>379</v>
+        <v>244</v>
       </c>
       <c r="C188">
-        <v>46.98</v>
+        <v>6.132</v>
       </c>
       <c r="D188" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>380</v>
+        <v>245</v>
       </c>
       <c r="B189" t="s">
-        <v>381</v>
+        <v>246</v>
       </c>
       <c r="C189">
-        <v>46.98</v>
+        <v>6.132</v>
       </c>
       <c r="D189" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>382</v>
+        <v>247</v>
       </c>
       <c r="B190" t="s">
-        <v>383</v>
+        <v>248</v>
       </c>
       <c r="C190">
-        <v>47.004</v>
+        <v>6.132</v>
       </c>
       <c r="D190" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>384</v>
+        <v>249</v>
       </c>
       <c r="B191" t="s">
-        <v>385</v>
+        <v>250</v>
       </c>
       <c r="C191">
-        <v>47.316</v>
+        <v>6.288</v>
       </c>
       <c r="D191" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>386</v>
+        <v>251</v>
       </c>
       <c r="B192" t="s">
-        <v>387</v>
+        <v>252</v>
       </c>
       <c r="C192">
-        <v>48.0</v>
+        <v>6.444</v>
       </c>
       <c r="D192" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>388</v>
+        <v>253</v>
       </c>
       <c r="B193" t="s">
-        <v>389</v>
+        <v>254</v>
       </c>
       <c r="C193">
-        <v>49.308</v>
+        <v>6.456</v>
       </c>
       <c r="D193" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>390</v>
+        <v>255</v>
       </c>
       <c r="B194" t="s">
-        <v>391</v>
+        <v>256</v>
       </c>
       <c r="C194">
-        <v>49.968</v>
+        <v>7.044</v>
       </c>
       <c r="D194" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>392</v>
+        <v>257</v>
       </c>
       <c r="B195" t="s">
-        <v>393</v>
+        <v>258</v>
       </c>
       <c r="C195">
-        <v>50.4</v>
+        <v>7.368</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>394</v>
+        <v>259</v>
       </c>
       <c r="B196" t="s">
-        <v>395</v>
+        <v>260</v>
       </c>
       <c r="C196">
-        <v>50.4</v>
+        <v>7.368</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>396</v>
+        <v>261</v>
       </c>
       <c r="B197" t="s">
-        <v>397</v>
+        <v>262</v>
       </c>
       <c r="C197">
-        <v>50.4</v>
+        <v>7.368</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>398</v>
+        <v>263</v>
       </c>
       <c r="B198" t="s">
-        <v>399</v>
+        <v>264</v>
       </c>
       <c r="C198">
-        <v>52.8</v>
+        <v>7.512</v>
       </c>
       <c r="D198" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>400</v>
+        <v>265</v>
       </c>
       <c r="B199" t="s">
-        <v>401</v>
+        <v>266</v>
       </c>
       <c r="C199">
-        <v>52.8</v>
+        <v>7.86</v>
       </c>
       <c r="D199" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>402</v>
+        <v>267</v>
       </c>
       <c r="B200" t="s">
-        <v>403</v>
+        <v>268</v>
       </c>
       <c r="C200">
-        <v>52.824</v>
+        <v>8.388</v>
       </c>
       <c r="D200" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>404</v>
+        <v>269</v>
       </c>
       <c r="B201" t="s">
-        <v>405</v>
+        <v>270</v>
       </c>
       <c r="C201">
-        <v>54.0</v>
+        <v>8.592</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>209</v>
+        <v>267</v>
       </c>
       <c r="B202" t="s">
-        <v>210</v>
+        <v>268</v>
       </c>
       <c r="C202">
-        <v>16.08</v>
+        <v>8.388</v>
       </c>
       <c r="D202" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>223</v>
+        <v>271</v>
       </c>
       <c r="B203" t="s">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="C203">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>225</v>
+        <v>273</v>
       </c>
       <c r="B204" t="s">
-        <v>226</v>
+        <v>274</v>
       </c>
       <c r="C204">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>227</v>
+        <v>275</v>
       </c>
       <c r="B205" t="s">
-        <v>228</v>
+        <v>276</v>
       </c>
       <c r="C205">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>229</v>
+        <v>277</v>
       </c>
       <c r="B206" t="s">
-        <v>230</v>
+        <v>278</v>
       </c>
       <c r="C206">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>231</v>
+        <v>279</v>
       </c>
       <c r="B207" t="s">
-        <v>232</v>
+        <v>280</v>
       </c>
       <c r="C207">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D207" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>233</v>
+        <v>281</v>
       </c>
       <c r="B208" t="s">
-        <v>234</v>
+        <v>282</v>
       </c>
       <c r="C208">
-        <v>18.0</v>
+        <v>9.816</v>
       </c>
       <c r="D208" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>237</v>
+        <v>283</v>
       </c>
       <c r="B209" t="s">
-        <v>238</v>
+        <v>284</v>
       </c>
       <c r="C209">
-        <v>19.2</v>
+        <v>10.02</v>
       </c>
       <c r="D209" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>240</v>
+        <v>285</v>
       </c>
       <c r="B210" t="s">
-        <v>241</v>
+        <v>286</v>
       </c>
       <c r="C210">
-        <v>19.2</v>
+        <v>11.484</v>
       </c>
       <c r="D210" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>242</v>
+        <v>287</v>
       </c>
       <c r="B211" t="s">
-        <v>243</v>
+        <v>288</v>
       </c>
       <c r="C211">
-        <v>19.608</v>
+        <v>11.592</v>
       </c>
       <c r="D211" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>248</v>
+        <v>289</v>
       </c>
       <c r="B212" t="s">
-        <v>249</v>
+        <v>290</v>
       </c>
       <c r="C212">
-        <v>22.464</v>
+        <v>11.592</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>252</v>
+        <v>291</v>
       </c>
       <c r="B213" t="s">
-        <v>253</v>
+        <v>292</v>
       </c>
       <c r="C213">
-        <v>22.668</v>
+        <v>11.592</v>
       </c>
       <c r="D213" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>254</v>
+        <v>293</v>
       </c>
       <c r="B214" t="s">
-        <v>255</v>
+        <v>294</v>
       </c>
       <c r="C214">
-        <v>22.68</v>
+        <v>11.592</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>256</v>
+        <v>295</v>
       </c>
       <c r="B215" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="C215">
-        <v>22.68</v>
+        <v>15.336</v>
       </c>
       <c r="D215" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="B216" t="s">
-        <v>259</v>
+        <v>298</v>
       </c>
       <c r="C216">
-        <v>22.68</v>
+        <v>15.336</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>288</v>
+        <v>299</v>
       </c>
       <c r="B217" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="C217">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D217" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="B218" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="C218">
-        <v>30.0</v>
+        <v>16.56</v>
       </c>
       <c r="D218" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="B219" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="C219">
-        <v>30.0</v>
+        <v>17.184</v>
       </c>
       <c r="D219" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="B220" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="C220">
-        <v>32.4</v>
+        <v>17.184</v>
       </c>
       <c r="D220" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B221" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C221">
-        <v>33.6</v>
+        <v>17.796</v>
       </c>
       <c r="D221" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
+        <v>309</v>
+      </c>
+      <c r="B222" t="s">
         <v>310</v>
       </c>
-      <c r="B222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C222">
-        <v>34.8</v>
+        <v>17.796</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
+        <v>311</v>
+      </c>
+      <c r="B223" t="s">
         <v>312</v>
       </c>
-      <c r="B223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C223">
-        <v>34.8</v>
+        <v>17.796</v>
       </c>
       <c r="D223" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
+        <v>313</v>
+      </c>
+      <c r="B224" t="s">
         <v>314</v>
       </c>
-      <c r="B224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C224">
-        <v>34.8</v>
+        <v>18.408</v>
       </c>
       <c r="D224" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B225" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C225">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D225" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B226" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C226">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B227" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C227">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="B228" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="C228">
-        <v>37.2</v>
+        <v>19.02</v>
       </c>
       <c r="D228" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="B229" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="C229">
-        <v>38.76</v>
+        <v>19.824</v>
       </c>
       <c r="D229" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="B230" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="C230">
-        <v>39.0</v>
+        <v>19.932</v>
       </c>
       <c r="D230" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="B231" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="C231">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D231" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="B232" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="C232">
-        <v>40.2</v>
+        <v>20.556</v>
       </c>
       <c r="D232" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B233" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="C233">
-        <v>40.584</v>
+        <v>20.748</v>
       </c>
       <c r="D233" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>344</v>
+        <v>333</v>
       </c>
       <c r="B234" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="C234">
-        <v>40.668</v>
+        <v>20.796</v>
       </c>
       <c r="D234" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
       <c r="B235" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="C235">
-        <v>40.668</v>
+        <v>20.796</v>
       </c>
       <c r="D235" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="B236" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="C236">
-        <v>40.668</v>
+        <v>20.796</v>
       </c>
       <c r="D236" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="B237" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="C237">
-        <v>40.8</v>
+        <v>20.856</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="B238" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="C238">
-        <v>41.424</v>
+        <v>21.48</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="B239" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="C239">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
       <c r="B240" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="C240">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D240" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="B241" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="C241">
-        <v>43.2</v>
+        <v>22.092</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="B242" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="C242">
-        <v>44.4</v>
+        <v>22.704</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="B243" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="C243">
-        <v>44.7</v>
+        <v>22.86</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>374</v>
+        <v>353</v>
       </c>
       <c r="B244" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="C244">
-        <v>46.176</v>
+        <v>22.98</v>
       </c>
       <c r="D244" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
       <c r="B245" t="s">
-        <v>377</v>
+        <v>356</v>
       </c>
       <c r="C245">
-        <v>46.98</v>
+        <v>23.604</v>
       </c>
       <c r="D245" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>378</v>
+        <v>357</v>
       </c>
       <c r="B246" t="s">
-        <v>379</v>
+        <v>358</v>
       </c>
       <c r="C246">
-        <v>46.98</v>
+        <v>24.024</v>
       </c>
       <c r="D246" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>380</v>
+        <v>359</v>
       </c>
       <c r="B247" t="s">
-        <v>381</v>
+        <v>360</v>
       </c>
       <c r="C247">
-        <v>46.98</v>
+        <v>24.024</v>
       </c>
       <c r="D247" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>382</v>
+        <v>361</v>
       </c>
       <c r="B248" t="s">
-        <v>383</v>
+        <v>362</v>
       </c>
       <c r="C248">
-        <v>47.004</v>
+        <v>24.024</v>
       </c>
       <c r="D248" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>386</v>
+        <v>363</v>
       </c>
       <c r="B249" t="s">
-        <v>387</v>
+        <v>364</v>
       </c>
       <c r="C249">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D249" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="B250" t="s">
-        <v>389</v>
+        <v>366</v>
       </c>
       <c r="C250">
-        <v>49.308</v>
+        <v>24.768</v>
       </c>
       <c r="D250" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>392</v>
+        <v>367</v>
       </c>
       <c r="B251" t="s">
-        <v>393</v>
+        <v>368</v>
       </c>
       <c r="C251">
-        <v>50.4</v>
+        <v>25.212</v>
       </c>
       <c r="D251" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>394</v>
+        <v>369</v>
       </c>
       <c r="B252" t="s">
-        <v>395</v>
+        <v>370</v>
       </c>
       <c r="C252">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>396</v>
+        <v>371</v>
       </c>
       <c r="B253" t="s">
-        <v>397</v>
+        <v>372</v>
       </c>
       <c r="C253">
-        <v>50.4</v>
+        <v>25.764</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="B254" t="s">
-        <v>399</v>
+        <v>374</v>
       </c>
       <c r="C254">
-        <v>52.8</v>
+        <v>25.764</v>
       </c>
       <c r="D254" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>400</v>
+        <v>375</v>
       </c>
       <c r="B255" t="s">
-        <v>401</v>
+        <v>376</v>
       </c>
       <c r="C255">
-        <v>52.8</v>
+        <v>27.0</v>
       </c>
       <c r="D255" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>402</v>
+        <v>377</v>
       </c>
       <c r="B256" t="s">
-        <v>403</v>
+        <v>378</v>
       </c>
       <c r="C256">
-        <v>52.824</v>
+        <v>27.0</v>
       </c>
       <c r="D256" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>406</v>
+        <v>379</v>
       </c>
       <c r="B257" t="s">
-        <v>407</v>
+        <v>380</v>
       </c>
       <c r="C257">
-        <v>54.0</v>
+        <v>27.012</v>
       </c>
       <c r="D257" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>408</v>
+        <v>381</v>
       </c>
       <c r="B258" t="s">
-        <v>409</v>
+        <v>382</v>
       </c>
       <c r="C258">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D258" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>410</v>
+        <v>383</v>
       </c>
       <c r="B259" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
       <c r="C259">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D259" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>412</v>
+        <v>385</v>
       </c>
       <c r="B260" t="s">
-        <v>413</v>
+        <v>386</v>
       </c>
       <c r="C260">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D260" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>414</v>
+        <v>387</v>
       </c>
       <c r="B261" t="s">
-        <v>415</v>
+        <v>388</v>
       </c>
       <c r="C261">
-        <v>54.66</v>
+        <v>27.612</v>
       </c>
       <c r="D261" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>416</v>
+        <v>389</v>
       </c>
       <c r="B262" t="s">
-        <v>417</v>
+        <v>390</v>
       </c>
       <c r="C262">
-        <v>56.4</v>
+        <v>27.612</v>
       </c>
       <c r="D262" t="s">
-        <v>239</v>
+        <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>418</v>
+        <v>391</v>
       </c>
       <c r="B263" t="s">
-        <v>419</v>
+        <v>392</v>
       </c>
       <c r="C263">
-        <v>56.46</v>
+        <v>27.612</v>
       </c>
       <c r="D263" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>420</v>
+        <v>393</v>
       </c>
       <c r="B264" t="s">
-        <v>421</v>
+        <v>394</v>
       </c>
       <c r="C264">
-        <v>58.62</v>
+        <v>27.948</v>
       </c>
       <c r="D264" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>422</v>
+        <v>395</v>
       </c>
       <c r="B265" t="s">
-        <v>423</v>
+        <v>396</v>
       </c>
       <c r="C265">
-        <v>58.908</v>
+        <v>28.2</v>
       </c>
       <c r="D265" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>424</v>
+        <v>397</v>
       </c>
       <c r="B266" t="s">
-        <v>425</v>
+        <v>398</v>
       </c>
       <c r="C266">
-        <v>60.132</v>
+        <v>28.836</v>
       </c>
       <c r="D266" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>426</v>
+        <v>399</v>
       </c>
       <c r="B267" t="s">
-        <v>427</v>
+        <v>400</v>
       </c>
       <c r="C267">
-        <v>61.008</v>
+        <v>28.836</v>
       </c>
       <c r="D267" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>428</v>
+        <v>401</v>
       </c>
       <c r="B268" t="s">
-        <v>429</v>
+        <v>402</v>
       </c>
       <c r="C268">
-        <v>62.16</v>
+        <v>28.872</v>
       </c>
       <c r="D268" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>430</v>
+        <v>403</v>
       </c>
       <c r="B269" t="s">
-        <v>431</v>
+        <v>404</v>
       </c>
       <c r="C269">
-        <v>62.16</v>
+        <v>29.964</v>
       </c>
       <c r="D269" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>432</v>
+        <v>405</v>
       </c>
       <c r="B270" t="s">
-        <v>433</v>
+        <v>406</v>
       </c>
       <c r="C270">
-        <v>62.4</v>
+        <v>30.06</v>
       </c>
       <c r="D270" t="s">
-        <v>239</v>
+        <v>13</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>434</v>
+        <v>407</v>
       </c>
       <c r="B271" t="s">
-        <v>435</v>
+        <v>408</v>
       </c>
       <c r="C271">
-        <v>62.4</v>
+        <v>30.06</v>
       </c>
       <c r="D271" t="s">
-        <v>239</v>
+        <v>13</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>436</v>
+        <v>409</v>
       </c>
       <c r="B272" t="s">
-        <v>437</v>
+        <v>410</v>
       </c>
       <c r="C272">
-        <v>62.4</v>
+        <v>30.12</v>
       </c>
       <c r="D272" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>438</v>
+        <v>411</v>
       </c>
       <c r="B273" t="s">
-        <v>439</v>
+        <v>412</v>
       </c>
       <c r="C273">
-        <v>62.4</v>
+        <v>30.672</v>
       </c>
       <c r="D273" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>440</v>
+        <v>413</v>
       </c>
       <c r="B274" t="s">
-        <v>441</v>
+        <v>414</v>
       </c>
       <c r="C274">
-        <v>62.58</v>
+        <v>30.744</v>
       </c>
       <c r="D274" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>442</v>
+        <v>415</v>
       </c>
       <c r="B275" t="s">
-        <v>443</v>
+        <v>416</v>
       </c>
       <c r="C275">
-        <v>64.8</v>
+        <v>31.188</v>
       </c>
       <c r="D275" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>444</v>
+        <v>417</v>
       </c>
       <c r="B276" t="s">
-        <v>445</v>
+        <v>418</v>
       </c>
       <c r="C276">
-        <v>64.8</v>
+        <v>31.776</v>
       </c>
       <c r="D276" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>446</v>
+        <v>419</v>
       </c>
       <c r="B277" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="C277">
-        <v>64.8</v>
+        <v>31.776</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="B278" t="s">
-        <v>449</v>
+        <v>422</v>
       </c>
       <c r="C278">
-        <v>64.8</v>
+        <v>31.908</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>450</v>
+        <v>423</v>
       </c>
       <c r="B279" t="s">
-        <v>451</v>
+        <v>424</v>
       </c>
       <c r="C279">
-        <v>65.4</v>
+        <v>31.908</v>
       </c>
       <c r="D279" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>452</v>
+        <v>425</v>
       </c>
       <c r="B280" t="s">
-        <v>453</v>
+        <v>426</v>
       </c>
       <c r="C280">
-        <v>65.4</v>
+        <v>31.908</v>
       </c>
       <c r="D280" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>454</v>
+        <v>427</v>
       </c>
       <c r="B281" t="s">
-        <v>455</v>
+        <v>428</v>
       </c>
       <c r="C281">
-        <v>65.4</v>
+        <v>31.908</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>456</v>
+        <v>429</v>
       </c>
       <c r="B282" t="s">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c r="C282">
-        <v>65.4</v>
+        <v>31.992</v>
       </c>
       <c r="D282" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>458</v>
+        <v>431</v>
       </c>
       <c r="B283" t="s">
-        <v>459</v>
+        <v>432</v>
       </c>
       <c r="C283">
-        <v>65.4</v>
+        <v>33.132</v>
       </c>
       <c r="D283" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>460</v>
+        <v>433</v>
       </c>
       <c r="B284" t="s">
-        <v>461</v>
+        <v>434</v>
       </c>
       <c r="C284">
-        <v>66.0</v>
+        <v>33.132</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>462</v>
+        <v>435</v>
       </c>
       <c r="B285" t="s">
-        <v>463</v>
+        <v>436</v>
       </c>
       <c r="C285">
-        <v>66.204</v>
+        <v>33.132</v>
       </c>
       <c r="D285" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>464</v>
+        <v>437</v>
       </c>
       <c r="B286" t="s">
-        <v>465</v>
+        <v>438</v>
       </c>
       <c r="C286">
-        <v>69.264</v>
+        <v>33.132</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>466</v>
+        <v>439</v>
       </c>
       <c r="B287" t="s">
-        <v>467</v>
+        <v>440</v>
       </c>
       <c r="C287">
-        <v>69.6</v>
+        <v>33.444</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>468</v>
+        <v>441</v>
       </c>
       <c r="B288" t="s">
-        <v>469</v>
+        <v>442</v>
       </c>
       <c r="C288">
-        <v>69.6</v>
+        <v>33.444</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>470</v>
+        <v>443</v>
       </c>
       <c r="B289" t="s">
-        <v>471</v>
+        <v>444</v>
       </c>
       <c r="C289">
-        <v>70.104</v>
+        <v>33.444</v>
       </c>
       <c r="D289" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>472</v>
+        <v>445</v>
       </c>
       <c r="B290" t="s">
-        <v>473</v>
+        <v>446</v>
       </c>
       <c r="C290">
-        <v>71.568</v>
+        <v>33.444</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>474</v>
+        <v>447</v>
       </c>
       <c r="B291" t="s">
-        <v>475</v>
+        <v>448</v>
       </c>
       <c r="C291">
-        <v>72.204</v>
+        <v>33.444</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>476</v>
+        <v>449</v>
       </c>
       <c r="B292" t="s">
-        <v>477</v>
+        <v>450</v>
       </c>
       <c r="C292">
-        <v>74.544</v>
+        <v>33.744</v>
       </c>
       <c r="D292" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>478</v>
+        <v>451</v>
       </c>
       <c r="B293" t="s">
-        <v>479</v>
+        <v>452</v>
       </c>
       <c r="C293">
-        <v>74.544</v>
+        <v>33.852</v>
       </c>
       <c r="D293" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>480</v>
+        <v>453</v>
       </c>
       <c r="B294" t="s">
-        <v>481</v>
+        <v>454</v>
       </c>
       <c r="C294">
-        <v>74.544</v>
+        <v>35.412</v>
       </c>
       <c r="D294" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>482</v>
+        <v>455</v>
       </c>
       <c r="B295" t="s">
-        <v>483</v>
+        <v>456</v>
       </c>
       <c r="C295">
-        <v>74.88</v>
+        <v>35.58</v>
       </c>
       <c r="D295" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>484</v>
+        <v>457</v>
       </c>
       <c r="B296" t="s">
-        <v>485</v>
+        <v>458</v>
       </c>
       <c r="C296">
-        <v>76.26</v>
+        <v>35.58</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>486</v>
+        <v>459</v>
       </c>
       <c r="B297" t="s">
-        <v>487</v>
+        <v>460</v>
       </c>
       <c r="C297">
-        <v>76.8</v>
+        <v>35.844</v>
       </c>
       <c r="D297" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>488</v>
+        <v>461</v>
       </c>
       <c r="B298" t="s">
-        <v>489</v>
+        <v>462</v>
       </c>
       <c r="C298">
-        <v>78.0</v>
+        <v>36.588</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>490</v>
+        <v>463</v>
       </c>
       <c r="B299" t="s">
-        <v>491</v>
+        <v>464</v>
       </c>
       <c r="C299">
-        <v>80.4</v>
+        <v>36.924</v>
       </c>
       <c r="D299" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>492</v>
+        <v>465</v>
       </c>
       <c r="B300" t="s">
-        <v>493</v>
+        <v>466</v>
       </c>
       <c r="C300">
-        <v>80.4</v>
+        <v>38.112</v>
       </c>
       <c r="D300" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>494</v>
+        <v>467</v>
       </c>
       <c r="B301" t="s">
-        <v>495</v>
+        <v>468</v>
       </c>
       <c r="C301">
-        <v>80.4</v>
+        <v>38.112</v>
       </c>
       <c r="D301" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>292</v>
+        <v>267</v>
       </c>
       <c r="B302" t="s">
-        <v>293</v>
+        <v>268</v>
       </c>
       <c r="C302">
-        <v>30.0</v>
+        <v>8.388</v>
       </c>
       <c r="D302" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>328</v>
+        <v>271</v>
       </c>
       <c r="B303" t="s">
-        <v>329</v>
+        <v>272</v>
       </c>
       <c r="C303">
-        <v>37.2</v>
+        <v>9.204</v>
       </c>
       <c r="D303" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>340</v>
+        <v>273</v>
       </c>
       <c r="B304" t="s">
-        <v>341</v>
+        <v>274</v>
       </c>
       <c r="C304">
-        <v>40.2</v>
+        <v>9.204</v>
       </c>
       <c r="D304" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>354</v>
+        <v>275</v>
       </c>
       <c r="B305" t="s">
-        <v>355</v>
+        <v>276</v>
       </c>
       <c r="C305">
-        <v>42.0</v>
+        <v>9.204</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>356</v>
+        <v>277</v>
       </c>
       <c r="B306" t="s">
-        <v>357</v>
+        <v>278</v>
       </c>
       <c r="C306">
-        <v>42.0</v>
+        <v>9.204</v>
       </c>
       <c r="D306" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>360</v>
+        <v>279</v>
       </c>
       <c r="B307" t="s">
-        <v>361</v>
+        <v>280</v>
       </c>
       <c r="C307">
-        <v>44.4</v>
+        <v>9.204</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>362</v>
+        <v>281</v>
       </c>
       <c r="B308" t="s">
-        <v>363</v>
+        <v>282</v>
       </c>
       <c r="C308">
-        <v>44.7</v>
+        <v>9.816</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>410</v>
+        <v>283</v>
       </c>
       <c r="B309" t="s">
-        <v>411</v>
+        <v>284</v>
       </c>
       <c r="C309">
-        <v>54.0</v>
+        <v>10.02</v>
       </c>
       <c r="D309" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>412</v>
+        <v>285</v>
       </c>
       <c r="B310" t="s">
-        <v>413</v>
+        <v>286</v>
       </c>
       <c r="C310">
-        <v>54.0</v>
+        <v>11.484</v>
       </c>
       <c r="D310" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>458</v>
+        <v>287</v>
       </c>
       <c r="B311" t="s">
-        <v>459</v>
+        <v>288</v>
       </c>
       <c r="C311">
-        <v>65.4</v>
+        <v>11.592</v>
       </c>
       <c r="D311" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>468</v>
+        <v>289</v>
       </c>
       <c r="B312" t="s">
-        <v>469</v>
+        <v>290</v>
       </c>
       <c r="C312">
-        <v>69.6</v>
+        <v>11.592</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>488</v>
+        <v>291</v>
       </c>
       <c r="B313" t="s">
-        <v>489</v>
+        <v>292</v>
       </c>
       <c r="C313">
-        <v>78.0</v>
+        <v>11.592</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>496</v>
+        <v>293</v>
       </c>
       <c r="B314" t="s">
-        <v>497</v>
+        <v>294</v>
       </c>
       <c r="C314">
-        <v>81.6</v>
+        <v>11.592</v>
       </c>
       <c r="D314" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>498</v>
+        <v>297</v>
       </c>
       <c r="B315" t="s">
-        <v>499</v>
+        <v>298</v>
       </c>
       <c r="C315">
-        <v>86.484</v>
+        <v>15.336</v>
       </c>
       <c r="D315" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>500</v>
+        <v>299</v>
       </c>
       <c r="B316" t="s">
-        <v>501</v>
+        <v>300</v>
       </c>
       <c r="C316">
-        <v>90.516</v>
+        <v>15.336</v>
       </c>
       <c r="D316" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>502</v>
+        <v>305</v>
       </c>
       <c r="B317" t="s">
-        <v>503</v>
+        <v>306</v>
       </c>
       <c r="C317">
-        <v>99.876</v>
+        <v>17.184</v>
       </c>
       <c r="D317" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>504</v>
+        <v>307</v>
       </c>
       <c r="B318" t="s">
-        <v>505</v>
+        <v>308</v>
       </c>
       <c r="C318">
-        <v>105.6</v>
+        <v>17.796</v>
       </c>
       <c r="D318" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>506</v>
+        <v>309</v>
       </c>
       <c r="B319" t="s">
-        <v>507</v>
+        <v>310</v>
       </c>
       <c r="C319">
-        <v>111.66</v>
+        <v>17.796</v>
       </c>
       <c r="D319" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>508</v>
+        <v>311</v>
       </c>
       <c r="B320" t="s">
-        <v>509</v>
+        <v>312</v>
       </c>
       <c r="C320">
-        <v>111.66</v>
+        <v>17.796</v>
       </c>
       <c r="D320" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>510</v>
+        <v>313</v>
       </c>
       <c r="B321" t="s">
-        <v>511</v>
+        <v>314</v>
       </c>
       <c r="C321">
-        <v>111.66</v>
+        <v>18.408</v>
       </c>
       <c r="D321" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>512</v>
+        <v>315</v>
       </c>
       <c r="B322" t="s">
-        <v>513</v>
+        <v>316</v>
       </c>
       <c r="C322">
-        <v>124.8</v>
+        <v>18.408</v>
       </c>
       <c r="D322" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>514</v>
+        <v>317</v>
       </c>
       <c r="B323" t="s">
-        <v>515</v>
+        <v>318</v>
       </c>
       <c r="C323">
-        <v>124.8</v>
+        <v>18.408</v>
       </c>
       <c r="D323" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>516</v>
+        <v>319</v>
       </c>
       <c r="B324" t="s">
-        <v>517</v>
+        <v>320</v>
       </c>
       <c r="C324">
-        <v>124.8</v>
+        <v>18.408</v>
       </c>
       <c r="D324" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>518</v>
+        <v>321</v>
       </c>
       <c r="B325" t="s">
-        <v>519</v>
+        <v>322</v>
       </c>
       <c r="C325">
-        <v>124.8</v>
+        <v>19.02</v>
       </c>
       <c r="D325" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>520</v>
+        <v>323</v>
       </c>
       <c r="B326" t="s">
-        <v>521</v>
+        <v>324</v>
       </c>
       <c r="C326">
-        <v>152.904</v>
+        <v>19.824</v>
       </c>
       <c r="D326" t="s">
-        <v>239</v>
+        <v>13</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>522</v>
+        <v>325</v>
       </c>
       <c r="B327" t="s">
-        <v>523</v>
+        <v>326</v>
       </c>
       <c r="C327">
-        <v>152.904</v>
+        <v>19.932</v>
       </c>
       <c r="D327" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>524</v>
+        <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>525</v>
+        <v>328</v>
       </c>
       <c r="C328">
-        <v>152.904</v>
+        <v>19.944</v>
       </c>
       <c r="D328" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>526</v>
+        <v>329</v>
       </c>
       <c r="B329" t="s">
-        <v>527</v>
+        <v>330</v>
       </c>
       <c r="C329">
-        <v>159.0</v>
+        <v>20.556</v>
       </c>
       <c r="D329" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>528</v>
+        <v>331</v>
       </c>
       <c r="B330" t="s">
-        <v>529</v>
+        <v>332</v>
       </c>
       <c r="C330">
-        <v>246.432</v>
+        <v>20.748</v>
       </c>
       <c r="D330" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>530</v>
+        <v>333</v>
       </c>
       <c r="B331" t="s">
-        <v>531</v>
+        <v>334</v>
       </c>
       <c r="C331">
-        <v>257.208</v>
+        <v>20.796</v>
       </c>
       <c r="D331" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>532</v>
+        <v>335</v>
       </c>
       <c r="B332" t="s">
-        <v>533</v>
+        <v>336</v>
       </c>
       <c r="C332">
-        <v>276.936</v>
+        <v>20.796</v>
       </c>
       <c r="D332" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>534</v>
+        <v>337</v>
       </c>
       <c r="B333" t="s">
-        <v>535</v>
+        <v>338</v>
       </c>
       <c r="C333">
-        <v>316.872</v>
+        <v>20.796</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>536</v>
+        <v>339</v>
       </c>
       <c r="B334" t="s">
-        <v>537</v>
+        <v>340</v>
       </c>
       <c r="C334">
-        <v>324.0</v>
+        <v>20.856</v>
       </c>
       <c r="D334" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>538</v>
+        <v>341</v>
       </c>
       <c r="B335" t="s">
-        <v>539</v>
+        <v>342</v>
       </c>
       <c r="C335">
-        <v>329.004</v>
+        <v>21.48</v>
       </c>
       <c r="D335" t="s">
-        <v>239</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>540</v>
+        <v>343</v>
       </c>
       <c r="B336" t="s">
-        <v>541</v>
+        <v>344</v>
       </c>
       <c r="C336">
-        <v>333.06</v>
+        <v>21.48</v>
       </c>
       <c r="D336" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>542</v>
+        <v>345</v>
       </c>
       <c r="B337" t="s">
-        <v>543</v>
+        <v>346</v>
       </c>
       <c r="C337">
-        <v>333.06</v>
+        <v>21.48</v>
       </c>
       <c r="D337" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>544</v>
+        <v>347</v>
       </c>
       <c r="B338" t="s">
-        <v>545</v>
+        <v>348</v>
       </c>
       <c r="C338">
-        <v>333.072</v>
+        <v>22.092</v>
       </c>
       <c r="D338" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>546</v>
+        <v>349</v>
       </c>
       <c r="B339" t="s">
-        <v>547</v>
+        <v>350</v>
       </c>
       <c r="C339">
-        <v>353.208</v>
+        <v>22.704</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>548</v>
+        <v>351</v>
       </c>
       <c r="B340" t="s">
-        <v>549</v>
+        <v>352</v>
       </c>
       <c r="C340">
-        <v>399.0</v>
+        <v>22.86</v>
       </c>
       <c r="D340" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>550</v>
+        <v>353</v>
       </c>
       <c r="B341" t="s">
-        <v>551</v>
+        <v>354</v>
       </c>
       <c r="C341">
-        <v>498.996</v>
+        <v>22.98</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>552</v>
+        <v>355</v>
       </c>
       <c r="B342" t="s">
-        <v>553</v>
+        <v>356</v>
       </c>
       <c r="C342">
-        <v>528.996</v>
+        <v>23.604</v>
       </c>
       <c r="D342" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>554</v>
+        <v>357</v>
       </c>
       <c r="B343" t="s">
-        <v>555</v>
+        <v>358</v>
       </c>
       <c r="C343">
-        <v>798.996</v>
+        <v>24.024</v>
       </c>
       <c r="D343" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>556</v>
+        <v>359</v>
       </c>
       <c r="B344" t="s">
-        <v>557</v>
+        <v>360</v>
       </c>
       <c r="C344">
-        <v>838.8</v>
+        <v>24.024</v>
       </c>
       <c r="D344" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>558</v>
+        <v>361</v>
       </c>
       <c r="B345" t="s">
-        <v>559</v>
+        <v>362</v>
       </c>
       <c r="C345">
-        <v>849.0</v>
+        <v>24.024</v>
       </c>
       <c r="D345" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>560</v>
+        <v>363</v>
       </c>
       <c r="B346" t="s">
-        <v>561</v>
+        <v>364</v>
       </c>
       <c r="C346">
-        <v>898.992</v>
+        <v>24.54</v>
       </c>
       <c r="D346" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>562</v>
+        <v>365</v>
       </c>
       <c r="B347" t="s">
-        <v>563</v>
+        <v>366</v>
       </c>
       <c r="C347">
-        <v>918.996</v>
+        <v>24.768</v>
       </c>
       <c r="D347" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>564</v>
+        <v>367</v>
       </c>
       <c r="B348" t="s">
-        <v>565</v>
+        <v>368</v>
       </c>
       <c r="C348">
-        <v>984.0</v>
+        <v>25.212</v>
       </c>
       <c r="D348" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>566</v>
+        <v>371</v>
       </c>
       <c r="B349" t="s">
-        <v>567</v>
+        <v>372</v>
       </c>
       <c r="C349">
-        <v>999.0</v>
+        <v>25.764</v>
       </c>
       <c r="D349" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>568</v>
+        <v>373</v>
       </c>
       <c r="B350" t="s">
-        <v>569</v>
+        <v>374</v>
       </c>
       <c r="C350">
-        <v>1488.996</v>
+        <v>25.764</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>570</v>
+        <v>375</v>
       </c>
       <c r="B351" t="s">
-        <v>571</v>
+        <v>376</v>
       </c>
       <c r="C351">
-        <v>1499.004</v>
+        <v>27.0</v>
       </c>
       <c r="D351" t="s">
-        <v>239</v>
+        <v>16</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>572</v>
+        <v>377</v>
       </c>
       <c r="B352" t="s">
-        <v>573</v>
+        <v>378</v>
       </c>
       <c r="C352">
-        <v>1599.0</v>
+        <v>27.0</v>
       </c>
       <c r="D352" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>574</v>
+        <v>379</v>
       </c>
       <c r="B353" t="s">
-        <v>575</v>
+        <v>380</v>
       </c>
       <c r="C353">
-        <v>1648.992</v>
+        <v>27.012</v>
       </c>
       <c r="D353" t="s">
-        <v>576</v>
+        <v>16</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>577</v>
+        <v>383</v>
       </c>
       <c r="B354" t="s">
-        <v>578</v>
+        <v>384</v>
       </c>
       <c r="C354">
-        <v>1728.996</v>
+        <v>27.612</v>
       </c>
       <c r="D354" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>579</v>
+        <v>385</v>
       </c>
       <c r="B355" t="s">
-        <v>580</v>
+        <v>386</v>
       </c>
       <c r="C355">
-        <v>1906.8</v>
+        <v>27.612</v>
       </c>
       <c r="D355" t="s">
-        <v>576</v>
+        <v>16</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>581</v>
+        <v>387</v>
       </c>
       <c r="B356" t="s">
-        <v>582</v>
+        <v>388</v>
       </c>
       <c r="C356">
-        <v>1906.8</v>
+        <v>27.612</v>
       </c>
       <c r="D356" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>583</v>
+        <v>389</v>
       </c>
       <c r="B357" t="s">
-        <v>584</v>
+        <v>390</v>
       </c>
       <c r="C357">
-        <v>2499.0</v>
+        <v>27.612</v>
       </c>
       <c r="D357" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>585</v>
+        <v>391</v>
       </c>
       <c r="B358" t="s">
-        <v>586</v>
+        <v>392</v>
       </c>
       <c r="C358">
-        <v>2999.004</v>
+        <v>27.612</v>
       </c>
       <c r="D358" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
+        <v>393</v>
+      </c>
+      <c r="B359" t="s">
+        <v>394</v>
+      </c>
+      <c r="C359">
+        <v>27.948</v>
+      </c>
+      <c r="D359" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>397</v>
+      </c>
+      <c r="B360" t="s">
+        <v>398</v>
+      </c>
+      <c r="C360">
+        <v>28.836</v>
+      </c>
+      <c r="D360" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>399</v>
+      </c>
+      <c r="B361" t="s">
+        <v>400</v>
+      </c>
+      <c r="C361">
+        <v>28.836</v>
+      </c>
+      <c r="D361" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>401</v>
+      </c>
+      <c r="B362" t="s">
+        <v>402</v>
+      </c>
+      <c r="C362">
+        <v>28.872</v>
+      </c>
+      <c r="D362" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" t="s">
+        <v>403</v>
+      </c>
+      <c r="B363" t="s">
+        <v>404</v>
+      </c>
+      <c r="C363">
+        <v>29.964</v>
+      </c>
+      <c r="D363" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" t="s">
+        <v>407</v>
+      </c>
+      <c r="B364" t="s">
+        <v>408</v>
+      </c>
+      <c r="C364">
+        <v>30.06</v>
+      </c>
+      <c r="D364" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" t="s">
+        <v>409</v>
+      </c>
+      <c r="B365" t="s">
+        <v>410</v>
+      </c>
+      <c r="C365">
+        <v>30.12</v>
+      </c>
+      <c r="D365" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" t="s">
+        <v>411</v>
+      </c>
+      <c r="B366" t="s">
+        <v>412</v>
+      </c>
+      <c r="C366">
+        <v>30.672</v>
+      </c>
+      <c r="D366" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" t="s">
+        <v>413</v>
+      </c>
+      <c r="B367" t="s">
+        <v>414</v>
+      </c>
+      <c r="C367">
+        <v>30.744</v>
+      </c>
+      <c r="D367" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" t="s">
+        <v>415</v>
+      </c>
+      <c r="B368" t="s">
+        <v>416</v>
+      </c>
+      <c r="C368">
+        <v>31.188</v>
+      </c>
+      <c r="D368" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" t="s">
+        <v>417</v>
+      </c>
+      <c r="B369" t="s">
+        <v>418</v>
+      </c>
+      <c r="C369">
+        <v>31.776</v>
+      </c>
+      <c r="D369" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>419</v>
+      </c>
+      <c r="B370" t="s">
+        <v>420</v>
+      </c>
+      <c r="C370">
+        <v>31.776</v>
+      </c>
+      <c r="D370" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>421</v>
+      </c>
+      <c r="B371" t="s">
+        <v>422</v>
+      </c>
+      <c r="C371">
+        <v>31.908</v>
+      </c>
+      <c r="D371" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>423</v>
+      </c>
+      <c r="B372" t="s">
+        <v>424</v>
+      </c>
+      <c r="C372">
+        <v>31.908</v>
+      </c>
+      <c r="D372" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>425</v>
+      </c>
+      <c r="B373" t="s">
+        <v>426</v>
+      </c>
+      <c r="C373">
+        <v>31.908</v>
+      </c>
+      <c r="D373" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" t="s">
+        <v>427</v>
+      </c>
+      <c r="B374" t="s">
+        <v>428</v>
+      </c>
+      <c r="C374">
+        <v>31.908</v>
+      </c>
+      <c r="D374" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" t="s">
+        <v>429</v>
+      </c>
+      <c r="B375" t="s">
+        <v>430</v>
+      </c>
+      <c r="C375">
+        <v>31.992</v>
+      </c>
+      <c r="D375" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" t="s">
+        <v>431</v>
+      </c>
+      <c r="B376" t="s">
+        <v>432</v>
+      </c>
+      <c r="C376">
+        <v>33.132</v>
+      </c>
+      <c r="D376" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>433</v>
+      </c>
+      <c r="B377" t="s">
+        <v>434</v>
+      </c>
+      <c r="C377">
+        <v>33.132</v>
+      </c>
+      <c r="D377" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
+        <v>435</v>
+      </c>
+      <c r="B378" t="s">
+        <v>436</v>
+      </c>
+      <c r="C378">
+        <v>33.132</v>
+      </c>
+      <c r="D378" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" t="s">
+        <v>437</v>
+      </c>
+      <c r="B379" t="s">
+        <v>438</v>
+      </c>
+      <c r="C379">
+        <v>33.132</v>
+      </c>
+      <c r="D379" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" t="s">
+        <v>439</v>
+      </c>
+      <c r="B380" t="s">
+        <v>440</v>
+      </c>
+      <c r="C380">
+        <v>33.444</v>
+      </c>
+      <c r="D380" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" t="s">
+        <v>441</v>
+      </c>
+      <c r="B381" t="s">
+        <v>442</v>
+      </c>
+      <c r="C381">
+        <v>33.444</v>
+      </c>
+      <c r="D381" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" t="s">
+        <v>443</v>
+      </c>
+      <c r="B382" t="s">
+        <v>444</v>
+      </c>
+      <c r="C382">
+        <v>33.444</v>
+      </c>
+      <c r="D382" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" t="s">
+        <v>445</v>
+      </c>
+      <c r="B383" t="s">
+        <v>446</v>
+      </c>
+      <c r="C383">
+        <v>33.444</v>
+      </c>
+      <c r="D383" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" t="s">
+        <v>447</v>
+      </c>
+      <c r="B384" t="s">
+        <v>448</v>
+      </c>
+      <c r="C384">
+        <v>33.444</v>
+      </c>
+      <c r="D384" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" t="s">
+        <v>449</v>
+      </c>
+      <c r="B385" t="s">
+        <v>450</v>
+      </c>
+      <c r="C385">
+        <v>33.744</v>
+      </c>
+      <c r="D385" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
+        <v>451</v>
+      </c>
+      <c r="B386" t="s">
+        <v>452</v>
+      </c>
+      <c r="C386">
+        <v>33.852</v>
+      </c>
+      <c r="D386" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" t="s">
+        <v>453</v>
+      </c>
+      <c r="B387" t="s">
+        <v>454</v>
+      </c>
+      <c r="C387">
+        <v>35.412</v>
+      </c>
+      <c r="D387" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" t="s">
+        <v>455</v>
+      </c>
+      <c r="B388" t="s">
+        <v>456</v>
+      </c>
+      <c r="C388">
+        <v>35.58</v>
+      </c>
+      <c r="D388" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" t="s">
+        <v>457</v>
+      </c>
+      <c r="B389" t="s">
+        <v>458</v>
+      </c>
+      <c r="C389">
+        <v>35.58</v>
+      </c>
+      <c r="D389" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" t="s">
+        <v>459</v>
+      </c>
+      <c r="B390" t="s">
+        <v>460</v>
+      </c>
+      <c r="C390">
+        <v>35.844</v>
+      </c>
+      <c r="D390" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>461</v>
+      </c>
+      <c r="B391" t="s">
+        <v>462</v>
+      </c>
+      <c r="C391">
+        <v>36.588</v>
+      </c>
+      <c r="D391" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>463</v>
+      </c>
+      <c r="B392" t="s">
+        <v>464</v>
+      </c>
+      <c r="C392">
+        <v>36.924</v>
+      </c>
+      <c r="D392" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>469</v>
+      </c>
+      <c r="B393" t="s">
+        <v>470</v>
+      </c>
+      <c r="C393">
+        <v>38.112</v>
+      </c>
+      <c r="D393" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>471</v>
+      </c>
+      <c r="B394" t="s">
+        <v>472</v>
+      </c>
+      <c r="C394">
+        <v>38.292</v>
+      </c>
+      <c r="D394" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
+        <v>473</v>
+      </c>
+      <c r="B395" t="s">
+        <v>474</v>
+      </c>
+      <c r="C395">
+        <v>38.988</v>
+      </c>
+      <c r="D395" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>475</v>
+      </c>
+      <c r="B396" t="s">
+        <v>476</v>
+      </c>
+      <c r="C396">
+        <v>39.264</v>
+      </c>
+      <c r="D396" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>477</v>
+      </c>
+      <c r="B397" t="s">
+        <v>478</v>
+      </c>
+      <c r="C397">
+        <v>39.876</v>
+      </c>
+      <c r="D397" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>479</v>
+      </c>
+      <c r="B398" t="s">
+        <v>480</v>
+      </c>
+      <c r="C398">
+        <v>41.112</v>
+      </c>
+      <c r="D398" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>481</v>
+      </c>
+      <c r="B399" t="s">
+        <v>482</v>
+      </c>
+      <c r="C399">
+        <v>41.112</v>
+      </c>
+      <c r="D399" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>483</v>
+      </c>
+      <c r="B400" t="s">
+        <v>484</v>
+      </c>
+      <c r="C400">
+        <v>41.112</v>
+      </c>
+      <c r="D400" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>485</v>
+      </c>
+      <c r="B401" t="s">
+        <v>486</v>
+      </c>
+      <c r="C401">
+        <v>41.592</v>
+      </c>
+      <c r="D401" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>267</v>
+      </c>
+      <c r="B402" t="s">
+        <v>268</v>
+      </c>
+      <c r="C402">
+        <v>8.388</v>
+      </c>
+      <c r="D402" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
+        <v>271</v>
+      </c>
+      <c r="B403" t="s">
+        <v>272</v>
+      </c>
+      <c r="C403">
+        <v>9.204</v>
+      </c>
+      <c r="D403" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" t="s">
+        <v>273</v>
+      </c>
+      <c r="B404" t="s">
+        <v>274</v>
+      </c>
+      <c r="C404">
+        <v>9.204</v>
+      </c>
+      <c r="D404" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" t="s">
+        <v>275</v>
+      </c>
+      <c r="B405" t="s">
+        <v>276</v>
+      </c>
+      <c r="C405">
+        <v>9.204</v>
+      </c>
+      <c r="D405" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" t="s">
+        <v>277</v>
+      </c>
+      <c r="B406" t="s">
+        <v>278</v>
+      </c>
+      <c r="C406">
+        <v>9.204</v>
+      </c>
+      <c r="D406" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" t="s">
+        <v>279</v>
+      </c>
+      <c r="B407" t="s">
+        <v>280</v>
+      </c>
+      <c r="C407">
+        <v>9.204</v>
+      </c>
+      <c r="D407" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" t="s">
+        <v>281</v>
+      </c>
+      <c r="B408" t="s">
+        <v>282</v>
+      </c>
+      <c r="C408">
+        <v>9.816</v>
+      </c>
+      <c r="D408" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" t="s">
+        <v>285</v>
+      </c>
+      <c r="B409" t="s">
+        <v>286</v>
+      </c>
+      <c r="C409">
+        <v>11.484</v>
+      </c>
+      <c r="D409" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>289</v>
+      </c>
+      <c r="B410" t="s">
+        <v>290</v>
+      </c>
+      <c r="C410">
+        <v>11.592</v>
+      </c>
+      <c r="D410" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" t="s">
+        <v>291</v>
+      </c>
+      <c r="B411" t="s">
+        <v>292</v>
+      </c>
+      <c r="C411">
+        <v>11.592</v>
+      </c>
+      <c r="D411" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" t="s">
+        <v>293</v>
+      </c>
+      <c r="B412" t="s">
+        <v>294</v>
+      </c>
+      <c r="C412">
+        <v>11.592</v>
+      </c>
+      <c r="D412" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" t="s">
+        <v>297</v>
+      </c>
+      <c r="B413" t="s">
+        <v>298</v>
+      </c>
+      <c r="C413">
+        <v>15.336</v>
+      </c>
+      <c r="D413" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>299</v>
+      </c>
+      <c r="B414" t="s">
+        <v>300</v>
+      </c>
+      <c r="C414">
+        <v>15.336</v>
+      </c>
+      <c r="D414" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" t="s">
+        <v>305</v>
+      </c>
+      <c r="B415" t="s">
+        <v>306</v>
+      </c>
+      <c r="C415">
+        <v>17.184</v>
+      </c>
+      <c r="D415" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" t="s">
+        <v>307</v>
+      </c>
+      <c r="B416" t="s">
+        <v>308</v>
+      </c>
+      <c r="C416">
+        <v>17.796</v>
+      </c>
+      <c r="D416" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
+        <v>309</v>
+      </c>
+      <c r="B417" t="s">
+        <v>310</v>
+      </c>
+      <c r="C417">
+        <v>17.796</v>
+      </c>
+      <c r="D417" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" t="s">
+        <v>311</v>
+      </c>
+      <c r="B418" t="s">
+        <v>312</v>
+      </c>
+      <c r="C418">
+        <v>17.796</v>
+      </c>
+      <c r="D418" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" t="s">
+        <v>313</v>
+      </c>
+      <c r="B419" t="s">
+        <v>314</v>
+      </c>
+      <c r="C419">
+        <v>18.408</v>
+      </c>
+      <c r="D419" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" t="s">
+        <v>315</v>
+      </c>
+      <c r="B420" t="s">
+        <v>316</v>
+      </c>
+      <c r="C420">
+        <v>18.408</v>
+      </c>
+      <c r="D420" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" t="s">
+        <v>317</v>
+      </c>
+      <c r="B421" t="s">
+        <v>318</v>
+      </c>
+      <c r="C421">
+        <v>18.408</v>
+      </c>
+      <c r="D421" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" t="s">
+        <v>319</v>
+      </c>
+      <c r="B422" t="s">
+        <v>320</v>
+      </c>
+      <c r="C422">
+        <v>18.408</v>
+      </c>
+      <c r="D422" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" t="s">
+        <v>321</v>
+      </c>
+      <c r="B423" t="s">
+        <v>322</v>
+      </c>
+      <c r="C423">
+        <v>19.02</v>
+      </c>
+      <c r="D423" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" t="s">
+        <v>325</v>
+      </c>
+      <c r="B424" t="s">
+        <v>326</v>
+      </c>
+      <c r="C424">
+        <v>19.932</v>
+      </c>
+      <c r="D424" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
+        <v>327</v>
+      </c>
+      <c r="B425" t="s">
+        <v>328</v>
+      </c>
+      <c r="C425">
+        <v>19.944</v>
+      </c>
+      <c r="D425" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" t="s">
+        <v>329</v>
+      </c>
+      <c r="B426" t="s">
+        <v>330</v>
+      </c>
+      <c r="C426">
+        <v>20.556</v>
+      </c>
+      <c r="D426" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" t="s">
+        <v>333</v>
+      </c>
+      <c r="B427" t="s">
+        <v>334</v>
+      </c>
+      <c r="C427">
+        <v>20.796</v>
+      </c>
+      <c r="D427" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" t="s">
+        <v>335</v>
+      </c>
+      <c r="B428" t="s">
+        <v>336</v>
+      </c>
+      <c r="C428">
+        <v>20.796</v>
+      </c>
+      <c r="D428" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" t="s">
+        <v>337</v>
+      </c>
+      <c r="B429" t="s">
+        <v>338</v>
+      </c>
+      <c r="C429">
+        <v>20.796</v>
+      </c>
+      <c r="D429" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" t="s">
+        <v>339</v>
+      </c>
+      <c r="B430" t="s">
+        <v>340</v>
+      </c>
+      <c r="C430">
+        <v>20.856</v>
+      </c>
+      <c r="D430" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" t="s">
+        <v>341</v>
+      </c>
+      <c r="B431" t="s">
+        <v>342</v>
+      </c>
+      <c r="C431">
+        <v>21.48</v>
+      </c>
+      <c r="D431" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" t="s">
+        <v>343</v>
+      </c>
+      <c r="B432" t="s">
+        <v>344</v>
+      </c>
+      <c r="C432">
+        <v>21.48</v>
+      </c>
+      <c r="D432" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" t="s">
+        <v>345</v>
+      </c>
+      <c r="B433" t="s">
+        <v>346</v>
+      </c>
+      <c r="C433">
+        <v>21.48</v>
+      </c>
+      <c r="D433" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" t="s">
+        <v>349</v>
+      </c>
+      <c r="B434" t="s">
+        <v>350</v>
+      </c>
+      <c r="C434">
+        <v>22.704</v>
+      </c>
+      <c r="D434" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" t="s">
+        <v>351</v>
+      </c>
+      <c r="B435" t="s">
+        <v>352</v>
+      </c>
+      <c r="C435">
+        <v>22.86</v>
+      </c>
+      <c r="D435" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" t="s">
+        <v>353</v>
+      </c>
+      <c r="B436" t="s">
+        <v>354</v>
+      </c>
+      <c r="C436">
+        <v>22.98</v>
+      </c>
+      <c r="D436" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" t="s">
+        <v>357</v>
+      </c>
+      <c r="B437" t="s">
+        <v>358</v>
+      </c>
+      <c r="C437">
+        <v>24.024</v>
+      </c>
+      <c r="D437" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" t="s">
+        <v>359</v>
+      </c>
+      <c r="B438" t="s">
+        <v>360</v>
+      </c>
+      <c r="C438">
+        <v>24.024</v>
+      </c>
+      <c r="D438" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" t="s">
+        <v>361</v>
+      </c>
+      <c r="B439" t="s">
+        <v>362</v>
+      </c>
+      <c r="C439">
+        <v>24.024</v>
+      </c>
+      <c r="D439" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" t="s">
+        <v>363</v>
+      </c>
+      <c r="B440" t="s">
+        <v>364</v>
+      </c>
+      <c r="C440">
+        <v>24.54</v>
+      </c>
+      <c r="D440" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" t="s">
+        <v>365</v>
+      </c>
+      <c r="B441" t="s">
+        <v>366</v>
+      </c>
+      <c r="C441">
+        <v>24.768</v>
+      </c>
+      <c r="D441" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" t="s">
+        <v>371</v>
+      </c>
+      <c r="B442" t="s">
+        <v>372</v>
+      </c>
+      <c r="C442">
+        <v>25.764</v>
+      </c>
+      <c r="D442" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" t="s">
+        <v>373</v>
+      </c>
+      <c r="B443" t="s">
+        <v>374</v>
+      </c>
+      <c r="C443">
+        <v>25.764</v>
+      </c>
+      <c r="D443" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4">
+      <c r="A444" t="s">
+        <v>375</v>
+      </c>
+      <c r="B444" t="s">
+        <v>376</v>
+      </c>
+      <c r="C444">
+        <v>27.0</v>
+      </c>
+      <c r="D444" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4">
+      <c r="A445" t="s">
+        <v>377</v>
+      </c>
+      <c r="B445" t="s">
+        <v>378</v>
+      </c>
+      <c r="C445">
+        <v>27.0</v>
+      </c>
+      <c r="D445" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4">
+      <c r="A446" t="s">
+        <v>379</v>
+      </c>
+      <c r="B446" t="s">
+        <v>380</v>
+      </c>
+      <c r="C446">
+        <v>27.012</v>
+      </c>
+      <c r="D446" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>385</v>
+      </c>
+      <c r="B447" t="s">
+        <v>386</v>
+      </c>
+      <c r="C447">
+        <v>27.612</v>
+      </c>
+      <c r="D447" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>387</v>
+      </c>
+      <c r="B448" t="s">
+        <v>388</v>
+      </c>
+      <c r="C448">
+        <v>27.612</v>
+      </c>
+      <c r="D448" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>389</v>
+      </c>
+      <c r="B449" t="s">
+        <v>390</v>
+      </c>
+      <c r="C449">
+        <v>27.612</v>
+      </c>
+      <c r="D449" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>391</v>
+      </c>
+      <c r="B450" t="s">
+        <v>392</v>
+      </c>
+      <c r="C450">
+        <v>27.612</v>
+      </c>
+      <c r="D450" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>397</v>
+      </c>
+      <c r="B451" t="s">
+        <v>398</v>
+      </c>
+      <c r="C451">
+        <v>28.836</v>
+      </c>
+      <c r="D451" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>399</v>
+      </c>
+      <c r="B452" t="s">
+        <v>400</v>
+      </c>
+      <c r="C452">
+        <v>28.836</v>
+      </c>
+      <c r="D452" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>403</v>
+      </c>
+      <c r="B453" t="s">
+        <v>404</v>
+      </c>
+      <c r="C453">
+        <v>29.964</v>
+      </c>
+      <c r="D453" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>407</v>
+      </c>
+      <c r="B454" t="s">
+        <v>408</v>
+      </c>
+      <c r="C454">
+        <v>30.06</v>
+      </c>
+      <c r="D454" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>409</v>
+      </c>
+      <c r="B455" t="s">
+        <v>410</v>
+      </c>
+      <c r="C455">
+        <v>30.12</v>
+      </c>
+      <c r="D455" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>411</v>
+      </c>
+      <c r="B456" t="s">
+        <v>412</v>
+      </c>
+      <c r="C456">
+        <v>30.672</v>
+      </c>
+      <c r="D456" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>415</v>
+      </c>
+      <c r="B457" t="s">
+        <v>416</v>
+      </c>
+      <c r="C457">
+        <v>31.188</v>
+      </c>
+      <c r="D457" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>417</v>
+      </c>
+      <c r="B458" t="s">
+        <v>418</v>
+      </c>
+      <c r="C458">
+        <v>31.776</v>
+      </c>
+      <c r="D458" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>419</v>
+      </c>
+      <c r="B459" t="s">
+        <v>420</v>
+      </c>
+      <c r="C459">
+        <v>31.776</v>
+      </c>
+      <c r="D459" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>421</v>
+      </c>
+      <c r="B460" t="s">
+        <v>422</v>
+      </c>
+      <c r="C460">
+        <v>31.908</v>
+      </c>
+      <c r="D460" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>423</v>
+      </c>
+      <c r="B461" t="s">
+        <v>424</v>
+      </c>
+      <c r="C461">
+        <v>31.908</v>
+      </c>
+      <c r="D461" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>425</v>
+      </c>
+      <c r="B462" t="s">
+        <v>426</v>
+      </c>
+      <c r="C462">
+        <v>31.908</v>
+      </c>
+      <c r="D462" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>427</v>
+      </c>
+      <c r="B463" t="s">
+        <v>428</v>
+      </c>
+      <c r="C463">
+        <v>31.908</v>
+      </c>
+      <c r="D463" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>429</v>
+      </c>
+      <c r="B464" t="s">
+        <v>430</v>
+      </c>
+      <c r="C464">
+        <v>31.992</v>
+      </c>
+      <c r="D464" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>435</v>
+      </c>
+      <c r="B465" t="s">
+        <v>436</v>
+      </c>
+      <c r="C465">
+        <v>33.132</v>
+      </c>
+      <c r="D465" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>437</v>
+      </c>
+      <c r="B466" t="s">
+        <v>438</v>
+      </c>
+      <c r="C466">
+        <v>33.132</v>
+      </c>
+      <c r="D466" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>439</v>
+      </c>
+      <c r="B467" t="s">
+        <v>440</v>
+      </c>
+      <c r="C467">
+        <v>33.444</v>
+      </c>
+      <c r="D467" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>441</v>
+      </c>
+      <c r="B468" t="s">
+        <v>442</v>
+      </c>
+      <c r="C468">
+        <v>33.444</v>
+      </c>
+      <c r="D468" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>443</v>
+      </c>
+      <c r="B469" t="s">
+        <v>444</v>
+      </c>
+      <c r="C469">
+        <v>33.444</v>
+      </c>
+      <c r="D469" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>445</v>
+      </c>
+      <c r="B470" t="s">
+        <v>446</v>
+      </c>
+      <c r="C470">
+        <v>33.444</v>
+      </c>
+      <c r="D470" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>447</v>
+      </c>
+      <c r="B471" t="s">
+        <v>448</v>
+      </c>
+      <c r="C471">
+        <v>33.444</v>
+      </c>
+      <c r="D471" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>449</v>
+      </c>
+      <c r="B472" t="s">
+        <v>450</v>
+      </c>
+      <c r="C472">
+        <v>33.744</v>
+      </c>
+      <c r="D472" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>453</v>
+      </c>
+      <c r="B473" t="s">
+        <v>454</v>
+      </c>
+      <c r="C473">
+        <v>35.412</v>
+      </c>
+      <c r="D473" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>455</v>
+      </c>
+      <c r="B474" t="s">
+        <v>456</v>
+      </c>
+      <c r="C474">
+        <v>35.58</v>
+      </c>
+      <c r="D474" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>457</v>
+      </c>
+      <c r="B475" t="s">
+        <v>458</v>
+      </c>
+      <c r="C475">
+        <v>35.58</v>
+      </c>
+      <c r="D475" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>459</v>
+      </c>
+      <c r="B476" t="s">
+        <v>460</v>
+      </c>
+      <c r="C476">
+        <v>35.844</v>
+      </c>
+      <c r="D476" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>463</v>
+      </c>
+      <c r="B477" t="s">
+        <v>464</v>
+      </c>
+      <c r="C477">
+        <v>36.924</v>
+      </c>
+      <c r="D477" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>471</v>
+      </c>
+      <c r="B478" t="s">
+        <v>472</v>
+      </c>
+      <c r="C478">
+        <v>38.292</v>
+      </c>
+      <c r="D478" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>475</v>
+      </c>
+      <c r="B479" t="s">
+        <v>476</v>
+      </c>
+      <c r="C479">
+        <v>39.264</v>
+      </c>
+      <c r="D479" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>477</v>
+      </c>
+      <c r="B480" t="s">
+        <v>478</v>
+      </c>
+      <c r="C480">
+        <v>39.876</v>
+      </c>
+      <c r="D480" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>479</v>
+      </c>
+      <c r="B481" t="s">
+        <v>480</v>
+      </c>
+      <c r="C481">
+        <v>41.112</v>
+      </c>
+      <c r="D481" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>481</v>
+      </c>
+      <c r="B482" t="s">
+        <v>482</v>
+      </c>
+      <c r="C482">
+        <v>41.112</v>
+      </c>
+      <c r="D482" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>483</v>
+      </c>
+      <c r="B483" t="s">
+        <v>484</v>
+      </c>
+      <c r="C483">
+        <v>41.112</v>
+      </c>
+      <c r="D483" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>487</v>
+      </c>
+      <c r="B484" t="s">
+        <v>488</v>
+      </c>
+      <c r="C484">
+        <v>41.724</v>
+      </c>
+      <c r="D484" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>489</v>
+      </c>
+      <c r="B485" t="s">
+        <v>490</v>
+      </c>
+      <c r="C485">
+        <v>42.084</v>
+      </c>
+      <c r="D485" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>491</v>
+      </c>
+      <c r="B486" t="s">
+        <v>492</v>
+      </c>
+      <c r="C486">
+        <v>42.084</v>
+      </c>
+      <c r="D486" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>493</v>
+      </c>
+      <c r="B487" t="s">
+        <v>494</v>
+      </c>
+      <c r="C487">
+        <v>42.084</v>
+      </c>
+      <c r="D487" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>495</v>
+      </c>
+      <c r="B488" t="s">
+        <v>496</v>
+      </c>
+      <c r="C488">
+        <v>42.336</v>
+      </c>
+      <c r="D488" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>497</v>
+      </c>
+      <c r="B489" t="s">
+        <v>498</v>
+      </c>
+      <c r="C489">
+        <v>44.22</v>
+      </c>
+      <c r="D489" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>499</v>
+      </c>
+      <c r="B490" t="s">
+        <v>500</v>
+      </c>
+      <c r="C490">
+        <v>46.224</v>
+      </c>
+      <c r="D490" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>501</v>
+      </c>
+      <c r="B491" t="s">
+        <v>502</v>
+      </c>
+      <c r="C491">
+        <v>46.224</v>
+      </c>
+      <c r="D491" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
+        <v>503</v>
+      </c>
+      <c r="B492" t="s">
+        <v>504</v>
+      </c>
+      <c r="C492">
+        <v>46.224</v>
+      </c>
+      <c r="D492" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>505</v>
+      </c>
+      <c r="B493" t="s">
+        <v>506</v>
+      </c>
+      <c r="C493">
+        <v>46.284</v>
+      </c>
+      <c r="D493" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>507</v>
+      </c>
+      <c r="B494" t="s">
+        <v>508</v>
+      </c>
+      <c r="C494">
+        <v>46.296</v>
+      </c>
+      <c r="D494" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>509</v>
+      </c>
+      <c r="B495" t="s">
+        <v>510</v>
+      </c>
+      <c r="C495">
+        <v>46.296</v>
+      </c>
+      <c r="D495" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>511</v>
+      </c>
+      <c r="B496" t="s">
+        <v>512</v>
+      </c>
+      <c r="C496">
+        <v>46.296</v>
+      </c>
+      <c r="D496" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>513</v>
+      </c>
+      <c r="B497" t="s">
+        <v>514</v>
+      </c>
+      <c r="C497">
+        <v>47.052</v>
+      </c>
+      <c r="D497" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>515</v>
+      </c>
+      <c r="B498" t="s">
+        <v>516</v>
+      </c>
+      <c r="C498">
+        <v>48.0</v>
+      </c>
+      <c r="D498" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>518</v>
+      </c>
+      <c r="B499" t="s">
+        <v>519</v>
+      </c>
+      <c r="C499">
+        <v>48.468</v>
+      </c>
+      <c r="D499" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>520</v>
+      </c>
+      <c r="B500" t="s">
+        <v>521</v>
+      </c>
+      <c r="C500">
+        <v>49.2</v>
+      </c>
+      <c r="D500" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>522</v>
+      </c>
+      <c r="B501" t="s">
+        <v>523</v>
+      </c>
+      <c r="C501">
+        <v>51.06</v>
+      </c>
+      <c r="D501" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>299</v>
+      </c>
+      <c r="B502" t="s">
+        <v>300</v>
+      </c>
+      <c r="C502">
+        <v>15.336</v>
+      </c>
+      <c r="D502" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>319</v>
+      </c>
+      <c r="B503" t="s">
+        <v>320</v>
+      </c>
+      <c r="C503">
+        <v>18.408</v>
+      </c>
+      <c r="D503" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>321</v>
+      </c>
+      <c r="B504" t="s">
+        <v>322</v>
+      </c>
+      <c r="C504">
+        <v>19.02</v>
+      </c>
+      <c r="D504" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4">
+      <c r="A505" t="s">
+        <v>329</v>
+      </c>
+      <c r="B505" t="s">
+        <v>330</v>
+      </c>
+      <c r="C505">
+        <v>20.556</v>
+      </c>
+      <c r="D505" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4">
+      <c r="A506" t="s">
+        <v>343</v>
+      </c>
+      <c r="B506" t="s">
+        <v>344</v>
+      </c>
+      <c r="C506">
+        <v>21.48</v>
+      </c>
+      <c r="D506" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4">
+      <c r="A507" t="s">
+        <v>345</v>
+      </c>
+      <c r="B507" t="s">
+        <v>346</v>
+      </c>
+      <c r="C507">
+        <v>21.48</v>
+      </c>
+      <c r="D507" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4">
+      <c r="A508" t="s">
+        <v>349</v>
+      </c>
+      <c r="B508" t="s">
+        <v>350</v>
+      </c>
+      <c r="C508">
+        <v>22.704</v>
+      </c>
+      <c r="D508" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4">
+      <c r="A509" t="s">
+        <v>351</v>
+      </c>
+      <c r="B509" t="s">
+        <v>352</v>
+      </c>
+      <c r="C509">
+        <v>22.86</v>
+      </c>
+      <c r="D509" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4">
+      <c r="A510" t="s">
+        <v>387</v>
+      </c>
+      <c r="B510" t="s">
+        <v>388</v>
+      </c>
+      <c r="C510">
+        <v>27.612</v>
+      </c>
+      <c r="D510" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4">
+      <c r="A511" t="s">
+        <v>389</v>
+      </c>
+      <c r="B511" t="s">
+        <v>390</v>
+      </c>
+      <c r="C511">
+        <v>27.612</v>
+      </c>
+      <c r="D511" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4">
+      <c r="A512" t="s">
+        <v>391</v>
+      </c>
+      <c r="B512" t="s">
+        <v>392</v>
+      </c>
+      <c r="C512">
+        <v>27.612</v>
+      </c>
+      <c r="D512" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" t="s">
+        <v>399</v>
+      </c>
+      <c r="B513" t="s">
+        <v>400</v>
+      </c>
+      <c r="C513">
+        <v>28.836</v>
+      </c>
+      <c r="D513" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" t="s">
+        <v>407</v>
+      </c>
+      <c r="B514" t="s">
+        <v>408</v>
+      </c>
+      <c r="C514">
+        <v>30.06</v>
+      </c>
+      <c r="D514" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>411</v>
+      </c>
+      <c r="B515" t="s">
+        <v>412</v>
+      </c>
+      <c r="C515">
+        <v>30.672</v>
+      </c>
+      <c r="D515" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>447</v>
+      </c>
+      <c r="B516" t="s">
+        <v>448</v>
+      </c>
+      <c r="C516">
+        <v>33.444</v>
+      </c>
+      <c r="D516" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>477</v>
+      </c>
+      <c r="B517" t="s">
+        <v>478</v>
+      </c>
+      <c r="C517">
+        <v>39.876</v>
+      </c>
+      <c r="D517" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>487</v>
+      </c>
+      <c r="B518" t="s">
+        <v>488</v>
+      </c>
+      <c r="C518">
+        <v>41.724</v>
+      </c>
+      <c r="D518" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>497</v>
+      </c>
+      <c r="B519" t="s">
+        <v>498</v>
+      </c>
+      <c r="C519">
+        <v>44.22</v>
+      </c>
+      <c r="D519" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>505</v>
+      </c>
+      <c r="B520" t="s">
+        <v>506</v>
+      </c>
+      <c r="C520">
+        <v>46.284</v>
+      </c>
+      <c r="D520" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>524</v>
+      </c>
+      <c r="B521" t="s">
+        <v>525</v>
+      </c>
+      <c r="C521">
+        <v>57.096</v>
+      </c>
+      <c r="D521" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>526</v>
+      </c>
+      <c r="B522" t="s">
+        <v>527</v>
+      </c>
+      <c r="C522">
+        <v>57.096</v>
+      </c>
+      <c r="D522" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>528</v>
+      </c>
+      <c r="B523" t="s">
+        <v>529</v>
+      </c>
+      <c r="C523">
+        <v>57.096</v>
+      </c>
+      <c r="D523" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>530</v>
+      </c>
+      <c r="B524" t="s">
+        <v>531</v>
+      </c>
+      <c r="C524">
+        <v>63.804</v>
+      </c>
+      <c r="D524" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>532</v>
+      </c>
+      <c r="B525" t="s">
+        <v>533</v>
+      </c>
+      <c r="C525">
+        <v>63.804</v>
+      </c>
+      <c r="D525" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>534</v>
+      </c>
+      <c r="B526" t="s">
+        <v>535</v>
+      </c>
+      <c r="C526">
+        <v>63.804</v>
+      </c>
+      <c r="D526" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
+        <v>536</v>
+      </c>
+      <c r="B527" t="s">
+        <v>537</v>
+      </c>
+      <c r="C527">
+        <v>63.804</v>
+      </c>
+      <c r="D527" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>538</v>
+      </c>
+      <c r="B528" t="s">
+        <v>539</v>
+      </c>
+      <c r="C528">
+        <v>78.18</v>
+      </c>
+      <c r="D528" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>540</v>
+      </c>
+      <c r="B529" t="s">
+        <v>541</v>
+      </c>
+      <c r="C529">
+        <v>78.18</v>
+      </c>
+      <c r="D529" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>542</v>
+      </c>
+      <c r="B530" t="s">
+        <v>543</v>
+      </c>
+      <c r="C530">
+        <v>78.18</v>
+      </c>
+      <c r="D530" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>544</v>
+      </c>
+      <c r="B531" t="s">
+        <v>545</v>
+      </c>
+      <c r="C531">
+        <v>81.3</v>
+      </c>
+      <c r="D531" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>547</v>
+      </c>
+      <c r="B532" t="s">
+        <v>548</v>
+      </c>
+      <c r="C532">
+        <v>131.508</v>
+      </c>
+      <c r="D532" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" t="s">
+        <v>549</v>
+      </c>
+      <c r="B533" t="s">
+        <v>550</v>
+      </c>
+      <c r="C533">
+        <v>141.6</v>
+      </c>
+      <c r="D533" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" t="s">
+        <v>551</v>
+      </c>
+      <c r="B534" t="s">
+        <v>552</v>
+      </c>
+      <c r="C534">
+        <v>162.012</v>
+      </c>
+      <c r="D534" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" t="s">
+        <v>553</v>
+      </c>
+      <c r="B535" t="s">
+        <v>554</v>
+      </c>
+      <c r="C535">
+        <v>165.66</v>
+      </c>
+      <c r="D535" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" t="s">
+        <v>555</v>
+      </c>
+      <c r="B536" t="s">
+        <v>556</v>
+      </c>
+      <c r="C536">
+        <v>168.216</v>
+      </c>
+      <c r="D536" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" t="s">
+        <v>557</v>
+      </c>
+      <c r="B537" t="s">
+        <v>558</v>
+      </c>
+      <c r="C537">
+        <v>170.292</v>
+      </c>
+      <c r="D537" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" t="s">
+        <v>559</v>
+      </c>
+      <c r="B538" t="s">
+        <v>560</v>
+      </c>
+      <c r="C538">
+        <v>170.292</v>
+      </c>
+      <c r="D538" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" t="s">
+        <v>561</v>
+      </c>
+      <c r="B539" t="s">
+        <v>562</v>
+      </c>
+      <c r="C539">
+        <v>170.292</v>
+      </c>
+      <c r="D539" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" t="s">
+        <v>563</v>
+      </c>
+      <c r="B540" t="s">
+        <v>564</v>
+      </c>
+      <c r="C540">
+        <v>180.588</v>
+      </c>
+      <c r="D540" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" t="s">
+        <v>565</v>
+      </c>
+      <c r="B541" t="s">
+        <v>566</v>
+      </c>
+      <c r="C541">
+        <v>204.0</v>
+      </c>
+      <c r="D541" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" t="s">
+        <v>567</v>
+      </c>
+      <c r="B542" t="s">
+        <v>568</v>
+      </c>
+      <c r="C542">
+        <v>275.58</v>
+      </c>
+      <c r="D542" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" t="s">
+        <v>569</v>
+      </c>
+      <c r="B543" t="s">
+        <v>570</v>
+      </c>
+      <c r="C543">
+        <v>285.816</v>
+      </c>
+      <c r="D543" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>571</v>
+      </c>
+      <c r="B544" t="s">
+        <v>572</v>
+      </c>
+      <c r="C544">
+        <v>408.516</v>
+      </c>
+      <c r="D544" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" t="s">
+        <v>573</v>
+      </c>
+      <c r="B545" t="s">
+        <v>574</v>
+      </c>
+      <c r="C545">
+        <v>428.868</v>
+      </c>
+      <c r="D545" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" t="s">
+        <v>575</v>
+      </c>
+      <c r="B546" t="s">
+        <v>576</v>
+      </c>
+      <c r="C546">
+        <v>459.648</v>
+      </c>
+      <c r="D546" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" t="s">
+        <v>577</v>
+      </c>
+      <c r="B547" t="s">
+        <v>578</v>
+      </c>
+      <c r="C547">
+        <v>459.648</v>
+      </c>
+      <c r="D547" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" t="s">
+        <v>579</v>
+      </c>
+      <c r="B548" t="s">
+        <v>580</v>
+      </c>
+      <c r="C548">
+        <v>469.872</v>
+      </c>
+      <c r="D548" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>581</v>
+      </c>
+      <c r="B549" t="s">
+        <v>582</v>
+      </c>
+      <c r="C549">
+        <v>510.78</v>
+      </c>
+      <c r="D549" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" t="s">
+        <v>583</v>
+      </c>
+      <c r="B550" t="s">
+        <v>584</v>
+      </c>
+      <c r="C550">
+        <v>561.912</v>
+      </c>
+      <c r="D550" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" t="s">
+        <v>585</v>
+      </c>
+      <c r="B551" t="s">
+        <v>586</v>
+      </c>
+      <c r="C551">
+        <v>766.428</v>
+      </c>
+      <c r="D551" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" t="s">
         <v>587</v>
       </c>
-      <c r="B359" t="s">
+      <c r="B552" t="s">
         <v>588</v>
       </c>
-      <c r="C359">
-[...2 lines deleted...]
-      <c r="D359" t="s">
+      <c r="C552">
+        <v>817.56</v>
+      </c>
+      <c r="D552" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" t="s">
+        <v>589</v>
+      </c>
+      <c r="B553" t="s">
+        <v>590</v>
+      </c>
+      <c r="C553">
+        <v>817.56</v>
+      </c>
+      <c r="D553" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" t="s">
+        <v>591</v>
+      </c>
+      <c r="B554" t="s">
+        <v>592</v>
+      </c>
+      <c r="C554">
+        <v>843.12</v>
+      </c>
+      <c r="D554" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>593</v>
+      </c>
+      <c r="B555" t="s">
+        <v>594</v>
+      </c>
+      <c r="C555">
+        <v>932.592</v>
+      </c>
+      <c r="D555" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" t="s">
+        <v>595</v>
+      </c>
+      <c r="B556" t="s">
+        <v>596</v>
+      </c>
+      <c r="C556">
+        <v>974.928</v>
+      </c>
+      <c r="D556" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" t="s">
+        <v>597</v>
+      </c>
+      <c r="B557" t="s">
+        <v>598</v>
+      </c>
+      <c r="C557">
+        <v>974.928</v>
+      </c>
+      <c r="D557" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" t="s">
+        <v>599</v>
+      </c>
+      <c r="B558" t="s">
+        <v>600</v>
+      </c>
+      <c r="C558">
+        <v>1380.492</v>
+      </c>
+      <c r="D558" t="s">
         <v>13</v>
       </c>
     </row>
+    <row r="559" spans="1:4">
+      <c r="A559" t="s">
+        <v>601</v>
+      </c>
+      <c r="B559" t="s">
+        <v>602</v>
+      </c>
+      <c r="C559">
+        <v>1533.372</v>
+      </c>
+      <c r="D559" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" t="s">
+        <v>603</v>
+      </c>
+      <c r="B560" t="s">
+        <v>604</v>
+      </c>
+      <c r="C560">
+        <v>1635.624</v>
+      </c>
+      <c r="D560" t="s">
+        <v>13</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D360"/>
+  <autoFilter ref="A1:D561"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>