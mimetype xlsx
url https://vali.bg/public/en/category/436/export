--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$561</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$587</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="690">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Magenta</t>
   </si>
   <si>
@@ -193,212 +193,212 @@
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985C-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Magenta</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985M-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC985, BROTHER, Yellow</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC985Y-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC1280XL/1240/1220, BROTHER, Black</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1240B-UP</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT LC1280XL/1240, BROTHER, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC1240C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC1280XL/1240, BROTHER, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC1240M-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC1280XL/1240 BROTHER, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC1240Y-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC223 BROTHER, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC223C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC223 BROTHER, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC223Y-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121B-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121M-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT LC121/123/127 BROTHER, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-BROT-LC123-121Y-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI521  CANON, WITH CHIP, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI521C-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI521M-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI521 CANON, WITH CHIP, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI521Y-UP</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP, H001,51645/C6615,51640A, Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-H01-100M</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT PGI 570XL CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PGI570BK-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-BK CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571BK-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-C CANON, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571C-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-M CANON, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571M-XL-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CLI 571XL-Y CANON, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CLI571Y-XL-UP</t>
+  </si>
+  <si>
+    <t>Ribbon Cartridge OKI 182/280/320/321/390/391/3320/3321, Black</t>
+  </si>
+  <si>
+    <t>LF-CAS-OKI-182-390</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-2011-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-2011-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-511/CL-211 /CL-811/CL-513 , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-2011-100MY</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, WITH CHIP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551C-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, WITH CHIP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551M-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, WITH CHIP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551Y-XL-UP</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT LC1280XL/1240, BROTHER, Cyan</t>
-[...70 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT PGI550BK XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI550BK-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-551XL CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI551BK-XL-UP</t>
   </si>
   <si>
-    <t>Bulk inks INKTEC for HP, H001,51645/C6615,51640A, Black, 100 ml</t>
-[...58 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CN685 HP, Cyan</t>
   </si>
   <si>
     <t>LF-INK-HP-CN685-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN686 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CN686-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CN687 HP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CN687-UP</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson C64/C84,T0321, T0431, T044, T0461 , Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-004-100B</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson C64/C84,T0322, T0422, T0442, T0472 , Cyan, 100 ml</t>
@@ -409,266 +409,260 @@
   <si>
     <t>Bulk inks INKTEC for Epson INKTEC-EPS-004-100M , Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-004-100M</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson INKTEC-EPS-004-100M , Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-004-100Y</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP C6657,C8728A, 51649, 100 ml, Cyan</t>
   </si>
   <si>
     <t>INKTEC-HP-0006-100MC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92/SX215  , Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-007-100B</t>
   </si>
   <si>
+    <t>Bulk inks INKTEC for Brother LC1100Bk/LC980Bk/LC67BK/C/M/Y  , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-BR-1100-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CB319/CB324/No564/364, Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-7064-100MY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP, H08, C6656,C8727, C9351, Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-H05-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-8Y/PG-41/51, Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C908-100Y</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-221Bk/821BK/521Bk, Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C9021-100B</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-221C/821C/521C , Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C9021-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-221M/821M/521M , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C9021-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-221Y/821Y/521Y , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C9021-100Y</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-226Bk/426Bk/ 526Bk/ 726Bk , Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C5026-100MB</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-226Y/426Y/ 526Y/ 726Y , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C5026-100MY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-226M/426M/ 526M/ 726M , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C5026-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CLI-8M/PG-41/51, Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-C908-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson T0822 Stylus Photo R285/R270/ R290/ R390/ RX590/ P50  , Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-009-10-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson T0823,Stylus Photo R285/ R270/ R290/ R390/ RX590/P50  , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-009-10-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Epson T0825,Stylus Photo R285/R270/ R290/ R390/ RX59/P50  , Light Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-009-10-100LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP, C4903AN(940), HP C4907AN(940XL),HP CN017AA(942XL , Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-8940-100C</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP, C4903AN(940), HP C4907AN(940XL),HP CN017AA(942XL , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-8940-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP, C4903AN(940), HP C4907AN(940XL),HP CN017AA(942XL , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-8940-100Y</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CH561WA,HP61/301/122  , Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-1061-100MB</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CH561WA,HP61/301/122, Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-1061-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CH561WA ,HP61/301/122, Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-1061-100MY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CH561WA,HP61/301/122, Magenta, 100 m</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-1061-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500 Bk,MB2020/5020/5070/iB4020 , Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-100MB</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000D-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000D-100MY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000D-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Cyan, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-0090-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-0090-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Yellow, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-0090-100MY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon GI-490/790/890/990 , Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-0090-100MB</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Cyan, Pigment, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-100MC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020 , Magenta, Pigment, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-100MM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP-5088,C9387A,C9392A-HP OfficetJet K550/K5300/L7380 , Magenta, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-5088-100M</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP CB316/CB321/No564/364/CD971/564XL ,Pigment Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-7064-100MB</t>
+  </si>
+  <si>
     <t>Ribbon Cartridge EPSON LX 350, Black</t>
   </si>
   <si>
     <t>LF-CAS-EPS-LX350</t>
   </si>
   <si>
-    <t>Bulk inks INKTEC for Brother LC1100Bk/LC980Bk/LC67BK/C/M/Y  , Magenta, 100 ml</t>
-[...208 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT CD973 HP, Magenta</t>
   </si>
   <si>
     <t>LF-INK-HP-CD973A-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CD974 HP, Yellow</t>
   </si>
   <si>
     <t>LF-INK-HP-CD974A-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CD975 HP, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-CD975A-UP</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP, H65, C8765,C8767, Black, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-H65-100M</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP C8766,9363,343, Samsung M110, Cyan, 100 ml</t>
@@ -697,56 +691,50 @@
   <si>
     <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Cyan, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-C5041-100MC</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-C5041-100MM</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-C5041-100MY</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP-5088, C9386A,C9391A-HP OfficetJet K550/K5300/L7380, Cyan, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-HP-5088-100C</t>
   </si>
   <si>
-    <t>Bulk inks INKTEC for Epson R200/R300,T0481, T0491, T0771, T0781  , Black, 100 ml</t>
-[...4 lines deleted...]
-  <si>
     <t>Bulk inks INKTEC for Epson R200/R300,T0483, T0493, T0773, T0783 , Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-005-100M</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson R200/R300,T0484, T0494, T0774, T0784 , Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-005-100Y</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92 pigment , Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-007-100M</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92 pigment , Yellow, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-007-100Y</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for HP CC640/CC641/No-300/901, Cyan, 100 ml</t>
@@ -781,638 +769,896 @@
   <si>
     <t>Bulk inks INKTEC for HP CC640/CC641/No-300/901, Magenta, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-HP-4060-100MM</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500M-XL-UP</t>
   </si>
   <si>
     <t>Ribbon Cartridge PANASONIC KX-P110/145/1150/1090/1123, Black</t>
   </si>
   <si>
     <t>LF-CAS-PAN-KX-P145</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK TN-2320 / TN2320 BROTHER, 2600k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-BR-CAS-TN2320</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK TN1050/TN1030/TN1070, BROTHER HL-1110/1112/ DCP-1510/1512/MFC-1810, 1000k, Black</t>
-[...2 lines deleted...]
-    <t>ORINK-TON-BR-CAS-TN1050</t>
+    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1170</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500B-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON,Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500C-XL-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI1500 CANON, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI1500Y-XL-UP</t>
   </si>
   <si>
     <t>Bulk inks INKTEC for Epson D68/D88/ DX3800/D78/D92  , Cyan, 100 ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-007-100C</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF217X</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK CE278A / CRG728, HP / Canon, Black</t>
   </si>
   <si>
     <t>ORINK-TON-CAS-CE278</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK CF283X, HP LJ Pro MFP M125 / M127/ M225/M201N, Canon 727/ 737- MF211/212/215/227/244, 2200k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF283X</t>
+  </si>
+  <si>
     <t>Bulk inks Epson L4150/L4160/L6160/L6170/L6190 WiFi MFP , Cyan, 70 ml</t>
   </si>
   <si>
     <t>EPS-INK-C13T03V24A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK MLT-D116L, SAMSUNG M2625/2825 / M2675/2875 ,3000 k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D116L</t>
   </si>
   <si>
+    <t>Toner Cartridge KYOCERA TK1125, за FS-1061DN/ FS-1325MFP, 2100 k. ORINK</t>
+  </si>
+  <si>
+    <t>ORINK-TON-KYO-CAS-TK1125</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for HP-5088, OfficetJet K550/K5300/L7380, Black, 100 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-HP-5088-100BL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK CF402X, HP LJ PRO MFP M252/277, 2300 k., Yellow</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF402X</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN3480/3430 BROTHER, 8000k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN3480</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CN047AE HP, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-CN047AE-UP</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21K / GC31K / GC41K - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, Black</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MB</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21M / GC31M / GC41M - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100kl, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0002-100MM</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh GC21C / GC31C / GC41C - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, cyan</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MC</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh  Ricoh RC-1MS1/ RC-1M01/ RC-1M11/ GC21MS/ GC21M/ GC21MH, 100ml, magenta</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MM</t>
+  </si>
+  <si>
+    <t>Gel INKTEC Ricoh  Ricoh GC21Y / GC31Y / GC41Y - SG2100N/ SG3100SNw/ SG3110DN/ SG3110DNw/ SG3110SFNw/ SG7100DN, 100ml, Yellow</t>
+  </si>
+  <si>
+    <t>INKTEC-RICOH-R0001-100MY</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581BK-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Cyan</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581C-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Magenta</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581M-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT CLI-581 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Yellow</t>
   </si>
   <si>
     <t>LF-INK-CAN-CLI581Y-XXL-U</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT PGI-580 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI580BK-XXL-U</t>
   </si>
   <si>
+    <t>Toner cartridge ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280A</t>
+  </si>
+  <si>
     <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , white</t>
   </si>
   <si>
     <t>LF-LABEL-STICK-UP21-W</t>
   </si>
   <si>
     <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF244A</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-SAM-CAS-D101S</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-35-36-85</t>
+  </si>
+  <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 100ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-100B</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK TK-1170, KYOCERA M2040DN/2540DN/2640DN, 7200 k, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 100ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-100C</t>
   </si>
   <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 100ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-100M</t>
   </si>
   <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 100ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-100Y</t>
   </si>
   <si>
+    <t>Toner Cartridge TN1090, BROTHER, 1500 k. Black</t>
+  </si>
+  <si>
+    <t>TON-BR-CAS-TN1090</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41K, RICOH, 336ml, 2500 copies, 405761, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41K</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405763, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41M</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405762, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41C</t>
+  </si>
+  <si>
+    <t>Gel ink UPRINT GC41M, RICOH, 336ml, 2500 copies, 405764, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-RICOH-GC41Y</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP150HE</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT L0S70AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 50 ml, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-L0S70AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT F6U18AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Yellow</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U18AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT F6U17AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Magenta</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U17AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT F6U16AE, HP 953XL, OfficeJet Pro 8210/8710/7720, 25 ml, Cyan</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-F6U16AE-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT CANON CANON PGI-570 + CLI-571BK/C/M/Y XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-570-571-PACK</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN2220/2210/2010, BROTHER HL2240 /2250/ 2270/2130/DCP-7060/7065/7070/MFC-7360/7460, 2600k., Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2220</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TK-1150, KYOCERA M2135dn/ M2635dn/ M2735dw/P2235, 3000k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1150</t>
+  </si>
+  <si>
     <t>Toner Cartridge MLT-D111L, SAMSUNG M2020/M2022/М2070/M2026, 1800 k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-D111L-UP</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CF279A, HP LJ Pro M12/MFP M26, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF279A</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK Xerox Phaser 3020, WorkCentre 30255, 1500 k., 106R02773, Black</t>
   </si>
   <si>
     <t>TON-XER-CAS-3025</t>
   </si>
   <si>
+    <t>Toner cartridge ORINK CF280X, HP LJ Pro 400/ M401/M425, 6900k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-CF280X</t>
+  </si>
+  <si>
     <t>Toner Cartridge CF217X, HP LJ Pro M102/M130, 5000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF217X-UP</t>
   </si>
   <si>
+    <t>Ink cartridge HP 650 Tri-colour Ink Cartridge</t>
+  </si>
+  <si>
+    <t>HP-INK-CZ102AE</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK TK-1160, KYOCERA P2040dn/dw, 7200 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK1160</t>
+  </si>
+  <si>
     <t>Ink cartridge HP 650, CZ101AE Black,  360 k.</t>
   </si>
   <si>
     <t>HP-INK-CZ101AE</t>
   </si>
   <si>
-    <t>Develop drum for use in Develop WB-P05, Ineo C3350, C3850, +3351</t>
+    <t>Develop drum for use in Develop WB-P05,</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-B-P05</t>
   </si>
   <si>
+    <t>Bulk inks INKTEC for Epson, T2421,T2431,T2561, T2611, T2631, T2691, T2731.., Black, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-014-1LB</t>
+  </si>
+  <si>
     <t>Ink cartridge UPRINT HP 304XL, HP DJ 2620/2630/ 750/ 3760/ 3762, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-N9K08AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, HP 305XL, 3YM62AE, Black</t>
   </si>
   <si>
     <t>LF-INK-HP-3YM62AE</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT, HP 305XL, 3YM63AE, Color</t>
   </si>
   <si>
     <t>LF-INK-HP-3YM63AE</t>
   </si>
   <si>
+    <t>Brother DR1090 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR1090</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF210X/731, HP/CANON, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF210X-UP</t>
+  </si>
+  <si>
     <t>UPRINT ink cartridge HP 304XL color, HP DJ 2620/2630/ 3750/ 3760/ 3762</t>
   </si>
   <si>
     <t>LF-INK-HP-N9K07AE-UP</t>
   </si>
   <si>
     <t>Ink cartridge CANON PG-545XL Black, Canon IP2850/ MG2450/MG2550/TS335x, 450k, 18ml, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG-545XL-UP</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK, Ricoh SP230SFNW, 3000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP230SFNW-G</t>
   </si>
   <si>
     <t>Drum compatible Brother DR2400 for MFP-L2710/2730/2750/2375/2370/2350/DCP-L2550/DCP-L2530, 12000k. Uprint</t>
   </si>
   <si>
     <t>LF-DRUM-BR-DR2400</t>
   </si>
   <si>
+    <t>Toner Cartridge GENERINK TN2421, BROTHER,  Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT CF226X,  HP LJ Pro M402/MFP M426 series, 9000 k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-CF226X-UP</t>
+  </si>
+  <si>
     <t>Toner cartridge XEROX Phaser 3020/ WC 3025, 106R02773, 1500 k.</t>
   </si>
   <si>
     <t>LF-TON-XER-CAS-106R02773</t>
   </si>
   <si>
-    <t>Toner Cartridge ORINK SP 150HE, RICOH, Black</t>
-[...2 lines deleted...]
-    <t>ORINK-TON-RICOH-SP150HE</t>
+    <t>Ink set, compatible Epson 103 EcoTank, BK/C/M/Y for Epson L3151/L3150/L3111/L3110/L3230/L3260</t>
+  </si>
+  <si>
+    <t>LF-INK-EPS-T00S64A</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon PGI-1200/1300/1400/1500/2500,MB2020/5020/5070/iB4020,black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-5000-01LB</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC BT6000Bk, for Brother DCP-700W,DCP-T300,DCP-T500W, Black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-BR-6000-01LB</t>
   </si>
   <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 1L</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-1LB</t>
   </si>
   <si>
+    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-575XL-BK</t>
+  </si>
+  <si>
+    <t>Ricoh C2011SP Waste Toner Bottle, 100,000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Yellow, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-019-1LY</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, 360k, 15ml, C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-546XL-UP</t>
+  </si>
+  <si>
+    <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , Transparent</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-TRSP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge ORINK TN2421, BROTHER, 3000 k. Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-BR-CAS-TN2421</t>
+  </si>
+  <si>
+    <t>HP CF232A 32A Drum Unit, 23 000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-HP-CF232A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT TK-160-170, KYOCERA TK-130/TK-140/TK-160/ TK-170, 2500p, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-KYO-CAS-TK160-170</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible BLACK HP W1410A, HP 142A, LJ M110, MFP M140, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W1420A</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, COLOR CANON CL-576XL</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-CL-576XL-C</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON PG-560XL, Black</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-560XL-BK</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC Т6732-C13T67324A for Epson L800/ L810/ L850/ L1800, Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6733-C13T67334A for Epson L800/ L810/ L850/ L1800, Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC Т6734-C13T67344A for Epson L800/ L810/ L850/ L1800, Yellow, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6735-C13T67354A for Epson L800/ L810/ L850/ L1800, Light Cyan, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LLC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6736-C13T67364A for Epson L800/ L810/ L850/ L1800, Light Magenta, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LLM</t>
+  </si>
+  <si>
+    <t>Toner bottle M2810 for RICOH M2310N,M2810N for 6000 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-M2810</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Cyan, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LC</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Magenta, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LM</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC for Canon CL-241 C/CL-541C /640C/740C/88/241XL/541XL/640XL/740X, Yellow, 1000 ml</t>
+  </si>
+  <si>
+    <t>INKTEC-CAN-C5041-1LY</t>
+  </si>
+  <si>
+    <t>Bulk inks INKTEC T6731-C13T67314A for Epson L800/ L810/ L850/ L1800, Black, 1L</t>
+  </si>
+  <si>
+    <t>INKTEC-EPS-017-1LB</t>
+  </si>
+  <si>
+    <t>Ricoh IMC6000 Waste Toner Bottle, 100,000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000</t>
+  </si>
+  <si>
+    <t>RICOH Drum SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
+  </si>
+  <si>
+    <t>DRUM-RICOH-SP3500-SCC</t>
+  </si>
+  <si>
+    <t>Develop drum for use in Develop WB-P03,</t>
+  </si>
+  <si>
+    <t>DEV-TON-WASTE-WB-P03</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT, CANON C-561XL, Color</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG-561XL-CL</t>
+  </si>
+  <si>
     <t>Brother DR3400 Drum Unit, 30000 k.</t>
   </si>
   <si>
     <t>DRUM-BR-DR3400</t>
   </si>
   <si>
-    <t>Ink cartridge UPRINT, CANON PG-575XL, Black</t>
-[...112 lines deleted...]
-  <si>
     <t>Toner bottle for RICOH MP 2501E, 2001SP, 9000p., Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP2501E</t>
   </si>
   <si>
+    <t>Toner Cartridge ORINK Q5949X, HP LJ 1320/3390/3392, 6000k, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-HP-CAS-Q5949X</t>
+  </si>
+  <si>
     <t>Toner Cartridge UPRINT HP W1106A, HP 106A, MFP135a/137fnw/ LJ107, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W1106A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2070A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 1000k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2070A</t>
   </si>
   <si>
     <t>Toner Cartridge GENERINK RICOH SP330SN - SP330SN/330SFN/P310/M320/M320FB, 7000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP330SN-G</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2072A</t>
   </si>
   <si>
     <t>Set of 4 pcs. rolls of adhesive labels for STICK EASY UP21, 4x 180 pcs. , pink, yellow, blue, transparent</t>
   </si>
   <si>
     <t>LF-LABEL-STICK-UP21-PACK</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP51K</t>
   </si>
   <si>
+    <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP301</t>
+  </si>
+  <si>
     <t>Toner Cartridge Orink SP 201LE, RICOH, Black, 2600 pages, Black</t>
   </si>
   <si>
     <t>ORINK-TON-RICOH-SP201LE</t>
   </si>
   <si>
     <t>Brother DR2401 Drum Unit, 12000 k.</t>
   </si>
   <si>
     <t>DRUM-BR-DR2401</t>
   </si>
   <si>
+    <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-SAM-MLT-R116</t>
+  </si>
+  <si>
+    <t>Toner cartridge SAMSUNG SL-M3825/M3875/M4025/M4075 (MLT-D204L)- 5000k, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D204L-UP</t>
+  </si>
+  <si>
     <t>Ink cartridge CANON PG40 XL+ CL41XL Black/Color</t>
   </si>
   <si>
     <t>LF-INK-CAN-PG40-CL41XL-UP</t>
   </si>
   <si>
-    <t>Brother DR1090 Drum Unit, 12000 k.</t>
-[...28 lines deleted...]
-  <si>
     <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205L</t>
   </si>
   <si>
     <t>Toner cartridge SAMSUNG ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833 (MLT-D205E)- 10000k</t>
   </si>
   <si>
     <t>LF-TON-SAM-CAS-MLT-D205E</t>
   </si>
   <si>
+    <t>Toner Cartridge BROTHER TN3600XXL- L5210/ L5710/ L6910/ DCP-L5510/ DCP-L6410, 11 000 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN3600XL</t>
+  </si>
+  <si>
+    <t>Ricoh IMC530FB Waste Toner Bottle, 3000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC350FB</t>
+  </si>
+  <si>
+    <t>Drum compatible BROTHER DR3400, for HL-L6400DW/ L6800DW/ L6900/ L5700/ L5750, Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK SP 311XE, RICOH, Black, 6400 pages</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP311UHY</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP 201, 7000 p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP201</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2071A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2073A</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, white</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-W</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, turquoise</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-T</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, Black</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-K</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, Pink</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-P</t>
+  </si>
+  <si>
+    <t>Ricoh IM460 Waste Toner Bottle, RICOH IM370/ IM 370F, 50000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-WASTE-IM460</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP305</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting - ABS refil, NFC, 1.75 mm, Black</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-BL-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting - PETG (NFC) filament, 1.75 mm, NATURE</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PETG-600GR-NATURE</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU06A, ABS, 1.75 mm, 600 gr, Bottle GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-GR-NFC</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP3710X-G</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU02H, ABS, 1.75 mm, 600 gr, Pure white</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-SN-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0TH, PLA, 1.75 mm, 600, AQUA GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-AGR-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0SK, PLA, 1.75 mm, 600, Sky blue</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-BLUE-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU01K, ABS, 1.75 mm, 600 gr, Nature</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-NAT-NFC</t>
+  </si>
+  <si>
+    <t>XYZprinting 3D printer consumable - Filament PLA(NFC) 600gr, Pink, for DaVinci Super and da Vinci Jr Pro x+</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600PINK-NFC</t>
+  </si>
+  <si>
+    <t>Generink RICOH SP230 Photo Conductor Unit 12000 к</t>
+  </si>
+  <si>
+    <t>LF-DRUM-RICOH-SP230-G</t>
+  </si>
+  <si>
     <t>SP C352 Waste Toner Bottle</t>
   </si>
   <si>
     <t>RICOH-PART-SPC353-WT</t>
   </si>
   <si>
-    <t>Ricoh IM460 Waste Toner Bottle, RICOH IM370/ IM 370F, 50000 prints</t>
-[...142 lines deleted...]
-  <si>
     <t>Ricoh Waste Toner Bottle RICOH MC 240FW/P C200W</t>
   </si>
   <si>
     <t>RICOH-TON-MC240</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP49K, ineo+ 3351, +3851, 13000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TNP49K</t>
   </si>
   <si>
     <t>Ink cartridge CANON PG-545XL/CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, BK/C/M/Y</t>
   </si>
   <si>
     <t>LF-INK-CAN-545-546-Pack</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN2590XL</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TNP81K, ineo +3300i, +4000i, 13 000 k., Black</t>
@@ -1429,450 +1675,459 @@
   <si>
     <t>Toner Cartridge Ricoh MP3353, Type 2220D, 11000, Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP3353</t>
   </si>
   <si>
     <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Magenta</t>
   </si>
   <si>
     <t>RICOH-TON-MC2000L-MAG</t>
   </si>
   <si>
     <t>Toner  Ricoh MC2000, for RICOH M C2000, 2500 pages, Cyan</t>
   </si>
   <si>
     <t>RICOH-TON-MC2000L-CYAN</t>
   </si>
   <si>
     <t>Toner Ricoh MC2000, for RICOH M C2000, 2500 pages, Yellow</t>
   </si>
   <si>
     <t>RICOH-TON-MC2000L-YEL</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh IM460, 9000 pages, IM 370/370F, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Ink cartridge UPRINT HP 953XL (Bk+C+Y+M) OfficeJet Pro 8210/8710/7720</t>
   </si>
   <si>
     <t>LF-INK-HP-953XL-Pack-UP</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-BK</t>
   </si>
   <si>
     <t>Refill for 3D pen PEN Magic Filament PLA 36 pcs. x 5 m, different colors</t>
   </si>
   <si>
     <t>3D-PEN-MAGIC-PLA</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-C</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-M</t>
   </si>
   <si>
     <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
   </si>
   <si>
     <t>LF-TON-BR-CAS-TN248XL-Y</t>
   </si>
   <si>
-    <t>Toner bottle for RICOH MP2000, 1230D, 9000p., Black</t>
-[...4 lines deleted...]
-  <si>
     <t>Toner cartridge compatible LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
   </si>
   <si>
     <t>LF-TON-LEX-CAS-50F2X00</t>
   </si>
   <si>
-    <t>Toner Cartridge DEVELOP TNP81C, ineo +3300i, +4000i, 9000 k., Cyan</t>
-[...20 lines deleted...]
-    <t>DEV-CLEAN-WB-P08</t>
+    <t>Toner bottle M2810H for RICOH M2310N,M2810N for 17500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-M2810H</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Black IM C320F for 11700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-BL</t>
   </si>
   <si>
-    <t>Toner Cartridge Ricoh IM C2010/2510/3510 5500 копия, Yellow</t>
-[...16 lines deleted...]
-  <si>
     <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-BL</t>
   </si>
   <si>
-    <t>RICOH Black IJM C180F, 1600 copies, Cyan</t>
-[...41 lines deleted...]
-    <t>DEV-TON-CAS-TN221M-H</t>
+    <t>Safety cover for RICOH M2310 and M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-COVER-PN2020</t>
   </si>
   <si>
     <t>Toner Cartridge DEVELOP TN-328K, ineo + 251i, + 301i, + 361i, 28000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328K</t>
   </si>
   <si>
+    <t>BROTHER Drum Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR248CL</t>
+  </si>
+  <si>
+    <t>Network card Ricoh Wi-FI 802.11 TYPE M57, IMC320F, P C375</t>
+  </si>
+  <si>
+    <t>RICOH-LAN-M57</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Yellow MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842080</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-Y</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Magenta MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842081</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Cyan MP C305, 4000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-C</t>
   </si>
   <si>
+    <t>Develop drum for use in DEVELOP IUP43 ineo 4201i, 4221i, 5001i, 5021i, 75 000 k.</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-IUP43</t>
+  </si>
+  <si>
     <t>Toner cartridge compatible MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2193X</t>
   </si>
   <si>
     <t>Toner cartridge compatible YELLOW HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2192X</t>
   </si>
   <si>
     <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2191X</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2190X</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-C</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-Y</t>
   </si>
   <si>
     <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X2</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TN-328M, ineo + 251i, + 301i, + 361i, 28000 k., Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328M</t>
+  </si>
+  <si>
+    <t>Additional tray RICOH PB2080 for 250 pages for M2310N, M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-PART-PB2080</t>
+  </si>
+  <si>
+    <t>Toner Cartridge KYOCERA TK3410 for KYOCERA PA5000x/PA5500x/PA6000x, 155000 k.</t>
+  </si>
+  <si>
+    <t>KYO-TON-TK3410</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-BL</t>
+  </si>
+  <si>
+    <t>Paper Feed Unit Ricoh ARDF 50 Pages for RICOH M2310N and M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-ARDF-DF2040</t>
+  </si>
+  <si>
+    <t>Develop drum for use in DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 k.</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-DR-312</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP99, - ineo 4201i, 4221i, 5001i, 5021i, 18000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP99</t>
+  </si>
+  <si>
+    <t>Stand/pedestal/ for RICOH Low cabinet 82 -Ricoh IM C320F/PC375/MC320FW</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-82</t>
+  </si>
+  <si>
+    <t>IRIScan Book 7</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-BOOK7</t>
+  </si>
+  <si>
+    <t>Stand/pedestal/ for RICOH machine/High cabinet 81- IM 370, IM370F, IM460F</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-81</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Cyan P 375, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-C</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Magenta P C375H, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-M</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Yellow P C375H, 5700 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-PC375H-Y</t>
+  </si>
+  <si>
+    <t>Filament dryer for 3D printer Creality Space Pi x4, for 4 rolls</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Document camera with portable scanner-visualizer IRIScan VISUALIZER 7 Dislexic, 4K, USB-C</t>
+  </si>
+  <si>
+    <t>IRIS-SCAN-VISUALIZER-DYSL</t>
+  </si>
+  <si>
+    <t>Stand/pedestal/ for RICOH /cabinet 88/ for M2310N, M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-88</t>
+  </si>
+  <si>
+    <t>Additional tray RICOH PB1210 for 500 pages for RICOH PC375/IM C320F/MC 320FW</t>
+  </si>
+  <si>
+    <t>RICOH-PART-PB1210</t>
+  </si>
+  <si>
+    <t>3D Printer Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
-[...58 lines deleted...]
-  <si>
     <t>Multipurpose printer/scanner/copier RICOH M320SE USB,LAN,ADF,A4, 32 pages</t>
   </si>
   <si>
     <t>RICOH-MFC-M320SE</t>
   </si>
   <si>
     <t>Laser printer RICOH P311SE, A4, LAN, 32 ppm, 7000 pages starter toner</t>
   </si>
   <si>
     <t>RICOH-LJ-P311SE</t>
   </si>
   <si>
+    <t>Laser printer DEVELOP ineo 4201i, A4, 42 ppm</t>
+  </si>
+  <si>
+    <t>DEV-INEO-4201i</t>
+  </si>
+  <si>
     <t>Creality CR-Scan Ferret Pro 3D Scanner</t>
   </si>
   <si>
     <t>CREALITY-FERRET-PRO</t>
   </si>
   <si>
     <t>Multi-functional scanner IRIScan Desk 7 Business</t>
   </si>
   <si>
     <t>IRIS-SCAN-DESK7-BUSINESS</t>
   </si>
   <si>
     <t>Multipurpose printer/scanner/copier RICOH M 320FSE, A4, 32 pages/min, LAN, USB, 7000 pages, ARDF</t>
   </si>
   <si>
     <t>RICOH-MFC-M320FSE</t>
   </si>
   <si>
+    <t>Ricoh ScanSnap iX2400 Scanner, A4, USB 3.2, Duplex ADF/100 sheets/, 45ppm/90 ipm, white</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2400</t>
+  </si>
+  <si>
+    <t>3D Printer Creality K1C</t>
+  </si>
+  <si>
+    <t>CREALITY-K1C</t>
+  </si>
+  <si>
     <t>3D printer FlashForge ADX5 Multi color</t>
   </si>
   <si>
     <t>FLASH-3D-AD5X</t>
   </si>
   <si>
-    <t>Ricoh ScanSnap iX2400 Scanner, A4, USB 3.2, Duplex ADF/100 sheets/, 45ppm/90 ipm, white</t>
-[...2 lines deleted...]
-    <t>RICOH-SCAN-iX2400</t>
+    <t>Ricoh ScanSnap iX2500 Scanner, A4, USB 3.2, Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" touch display; white</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-iX2500</t>
   </si>
   <si>
     <t>Creality FaIcon A1 10W Laser Engraver</t>
   </si>
   <si>
     <t>CREALITY-FALCON-A1-10W</t>
   </si>
   <si>
-    <t>Ricoh ScanSnap iX2500 Scanner, A4, USB 3.2, Wi-Fi, Duplex ADF, 45ppm/90 ipm, 5" touch display; white</t>
-[...2 lines deleted...]
-    <t>RICOH-SCAN-iX2500</t>
+    <t>Multifunctional Device DEVELOP ineo 4121i, 42 ppm., A4</t>
+  </si>
+  <si>
+    <t>DEV-INEO-4221i</t>
+  </si>
+  <si>
+    <t>MFU - copier, scanner, printer RICOH M2310N B/W, A3,23ppm</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M2310N</t>
+  </si>
+  <si>
+    <t>Multi-function copier, scanner, printer RICOH M2810N B/W, A3, 28ppm, 6000 pages, starter toner</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M2810N</t>
+  </si>
+  <si>
+    <t>Laser Color Printer RICOH P C375, A4, USB 2.0, LAN, WiFi, 32 ppm</t>
+  </si>
+  <si>
+    <t>RICOH-LJ-PC375</t>
   </si>
   <si>
     <t>3D Printer Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
-    <t>Laser Color Printer RICOH P C375, A4, USB 2.0, LAN, WiFi, 32 ppm</t>
-[...4 lines deleted...]
-  <si>
     <t>Creality CR-Scan Otter 3D scanner</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
   </si>
   <si>
-    <t>Revopoint Pop 3 Plus Premium 3D scanner</t>
-[...4 lines deleted...]
-  <si>
     <t>MFP color printer/scanner/copier RICOH M C320FSE, 32 ppm, SPDF/50 pages/, LAN, Bluetooth, 4.3" touch display</t>
   </si>
   <si>
     <t>RICOH-MFC-MC320FSE</t>
   </si>
   <si>
     <t>3D scanner Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
   </si>
   <si>
     <t>3D scanner Einstar Shining 3D</t>
   </si>
   <si>
     <t>3D-SCAN-EINSTAR-3D</t>
   </si>
   <si>
     <t>Multifunctional Device 3 in 1 Ricoh IMC320F, A4, 32ppm, 1200dpi</t>
   </si>
   <si>
     <t>RICOH-MFC-IMC320F</t>
   </si>
   <si>
+    <t>MFP copier, printer, scanner Ricoh IM 550F</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-550F</t>
+  </si>
+  <si>
     <t>Creality K2 PLUS / COMBO 3D color printer</t>
   </si>
   <si>
     <t>CREALITY-K2-PL-COMBO</t>
   </si>
   <si>
-    <t>MFP copier, printer, scanner Ricoh IM 550F</t>
-[...2 lines deleted...]
-    <t>RICOH-MFC-IM-550F</t>
+    <t>Document scanner network Ricoh fi-7460, A3, Duplex ADF, 60ppm/120ipm, USB 3.0</t>
+  </si>
+  <si>
+    <t>RICOH-SCAN-FI-7460</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2176,59 +2431,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D561"/>
+  <dimension ref="A1:D587"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -2299,93 +2554,93 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>3.072</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>3.072</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>3.072</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>3.072</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>3.072</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3.072</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>3.072</v>
@@ -2411,51 +2666,51 @@
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>3.072</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>3.072</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>3.072</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>3.072</v>
@@ -2621,107 +2876,107 @@
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>3.684</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>3.684</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>3.684</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>3.684</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>3.684</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>3.684</v>
       </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>3.684</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>3.684</v>
@@ -2744,247 +2999,247 @@
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>3.684</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D40" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>4.296</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>4.296</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>4.296</v>
+        <v>4.596</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>4.296</v>
+        <v>4.596</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>4.296</v>
+        <v>4.596</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>4.596</v>
+        <v>4.68</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>4.596</v>
+        <v>4.68</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>4.596</v>
+        <v>4.68</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>4.908</v>
       </c>
       <c r="D55" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
@@ -3069,90 +3324,90 @@
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>4.908</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>5.064</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>5.22</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>5.22</v>
+        <v>5.508</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>5.508</v>
+        <v>5.52</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>5.52</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
@@ -3209,149 +3464,149 @@
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>5.52</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>5.52</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>5.52</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>5.52</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>5.52</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>5.52</v>
       </c>
       <c r="D77" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
         <v>5.52</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
         <v>5.52</v>
       </c>
       <c r="D79" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
         <v>5.52</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
         <v>5.52</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>5.52</v>
@@ -3489,6593 +3744,6957 @@
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
         <v>5.52</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
         <v>5.52</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
         <v>5.52</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
         <v>5.52</v>
       </c>
       <c r="D95" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>5.52</v>
+        <v>5.544</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>5.52</v>
+        <v>5.544</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>5.544</v>
+        <v>5.76</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>5.544</v>
+        <v>6.132</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
         <v>6.132</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
         <v>6.132</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B102" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C102">
-        <v>3.072</v>
+        <v>3.372</v>
       </c>
       <c r="D102" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="B103" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="C103">
-        <v>3.372</v>
+        <v>3.684</v>
       </c>
       <c r="D103" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B104" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C104">
         <v>3.684</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B105" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C105">
         <v>3.684</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B106" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C106">
         <v>3.684</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B107" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C107">
         <v>3.684</v>
       </c>
       <c r="D107" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B108" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C108">
         <v>3.684</v>
       </c>
       <c r="D108" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B109" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C109">
         <v>3.684</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B110" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C110">
         <v>3.684</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B111" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C111">
         <v>3.684</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B112" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C112">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B113" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C113">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D113" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B114" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C114">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D114" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B115" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C115">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B116" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C116">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B117" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C117">
-        <v>3.684</v>
+        <v>4.296</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B118" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C118">
-        <v>4.296</v>
+        <v>4.596</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B119" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C119">
-        <v>4.296</v>
+        <v>4.596</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B120" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C120">
-        <v>4.296</v>
+        <v>4.596</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="B121" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="C121">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="B122" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="C122">
-        <v>4.296</v>
+        <v>4.68</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="B123" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="C123">
-        <v>4.296</v>
+        <v>4.908</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="B124" t="s">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="C124">
-        <v>4.296</v>
+        <v>4.908</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="B125" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="C125">
-        <v>4.596</v>
+        <v>4.908</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="C126">
-        <v>4.596</v>
+        <v>4.908</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="B127" t="s">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="C127">
-        <v>4.596</v>
+        <v>4.908</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="B128" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="C128">
-        <v>4.908</v>
+        <v>5.064</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="B129" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="C129">
-        <v>4.908</v>
+        <v>5.22</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B130" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="C130">
-        <v>4.908</v>
+        <v>5.508</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="B131" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="C131">
-        <v>4.908</v>
+        <v>5.52</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="B132" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="C132">
-        <v>4.908</v>
+        <v>5.52</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B133" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="C133">
-        <v>5.064</v>
+        <v>5.52</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B134" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="C134">
-        <v>5.22</v>
+        <v>5.52</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="B135" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="C135">
-        <v>5.22</v>
+        <v>5.52</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="B136" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="C136">
-        <v>5.508</v>
+        <v>5.52</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B137" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="C137">
         <v>5.52</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="B138" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C138">
         <v>5.52</v>
       </c>
       <c r="D138" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="B139" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="C139">
         <v>5.52</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="B140" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="C140">
         <v>5.52</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="B141" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="C141">
         <v>5.52</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="B142" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="C142">
         <v>5.52</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="B143" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="C143">
         <v>5.52</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="B144" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="C144">
         <v>5.52</v>
       </c>
       <c r="D144" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="B145" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="C145">
         <v>5.52</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="B146" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="C146">
         <v>5.52</v>
       </c>
       <c r="D146" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B147" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="C147">
         <v>5.52</v>
       </c>
       <c r="D147" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="B148" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="C148">
         <v>5.52</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="B149" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="C149">
         <v>5.52</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="B150" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="C150">
         <v>5.52</v>
       </c>
       <c r="D150" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="B151" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="C151">
         <v>5.52</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="B152" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="C152">
         <v>5.52</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="B153" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="C153">
         <v>5.52</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="B154" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="C154">
         <v>5.52</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>173</v>
+        <v>183</v>
       </c>
       <c r="B155" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="C155">
         <v>5.52</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="B156" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="C156">
         <v>5.52</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="B157" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="C157">
         <v>5.52</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="B158" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="C158">
         <v>5.52</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="B159" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="C159">
         <v>5.52</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="B160" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="C160">
         <v>5.52</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="B161" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="C161">
-        <v>5.52</v>
+        <v>5.544</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="B162" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="C162">
-        <v>5.52</v>
+        <v>5.544</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="B163" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C163">
-        <v>5.52</v>
+        <v>5.76</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="B164" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="C164">
-        <v>5.52</v>
+        <v>6.132</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="B165" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="C165">
-        <v>5.52</v>
+        <v>6.132</v>
       </c>
       <c r="D165" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="B166" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="C166">
-        <v>5.52</v>
+        <v>6.132</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="B167" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="C167">
-        <v>5.52</v>
+        <v>6.132</v>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>199</v>
+        <v>215</v>
       </c>
       <c r="B168" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="C168">
-        <v>5.544</v>
+        <v>6.132</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="B169" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="C169">
-        <v>5.544</v>
+        <v>6.132</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="B170" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="C170">
         <v>6.132</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="B171" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="C171">
         <v>6.132</v>
       </c>
       <c r="D171" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="B172" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="C172">
         <v>6.132</v>
       </c>
       <c r="D172" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="B173" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="C173">
         <v>6.132</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="B174" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="C174">
         <v>6.132</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="B175" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="C175">
         <v>6.132</v>
       </c>
       <c r="D175" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="B176" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="C176">
         <v>6.132</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="B177" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="C177">
         <v>6.132</v>
       </c>
       <c r="D177" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="B178" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="C178">
         <v>6.132</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="B179" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="C179">
         <v>6.132</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="B180" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="C180">
         <v>6.132</v>
       </c>
       <c r="D180" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="B181" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C181">
         <v>6.132</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="B182" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="C182">
         <v>6.132</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="B183" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="C183">
-        <v>6.132</v>
+        <v>6.288</v>
       </c>
       <c r="D183" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="B184" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="C184">
-        <v>6.132</v>
+        <v>6.444</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
       <c r="B185" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="C185">
-        <v>6.132</v>
+        <v>6.456</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="B186" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="C186">
-        <v>6.132</v>
+        <v>7.14</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="B187" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="C187">
-        <v>6.132</v>
+        <v>7.368</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="B188" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="C188">
-        <v>6.132</v>
+        <v>7.368</v>
       </c>
       <c r="D188" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="B189" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="C189">
-        <v>6.132</v>
+        <v>7.368</v>
       </c>
       <c r="D189" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="B190" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="C190">
-        <v>6.132</v>
+        <v>7.512</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="B191" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="C191">
-        <v>6.288</v>
+        <v>7.956</v>
       </c>
       <c r="D191" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="B192" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C192">
-        <v>6.444</v>
+        <v>8.196</v>
       </c>
       <c r="D192" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="B193" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="C193">
-        <v>6.456</v>
+        <v>8.376</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="B194" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="C194">
-        <v>7.044</v>
+        <v>8.388</v>
       </c>
       <c r="D194" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="B195" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="C195">
-        <v>7.368</v>
+        <v>8.592</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
       <c r="B196" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="C196">
-        <v>7.368</v>
+        <v>8.88</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="B197" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="C197">
-        <v>7.368</v>
+        <v>9.0</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="B198" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="C198">
-        <v>7.512</v>
+        <v>9.012</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="B199" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="C199">
-        <v>7.86</v>
+        <v>9.096</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="B200" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="C200">
-        <v>8.388</v>
+        <v>9.204</v>
       </c>
       <c r="D200" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="B201" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="C201">
-        <v>8.592</v>
+        <v>9.204</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>267</v>
+        <v>127</v>
       </c>
       <c r="B202" t="s">
-        <v>268</v>
+        <v>128</v>
       </c>
       <c r="C202">
-        <v>8.388</v>
+        <v>4.908</v>
       </c>
       <c r="D202" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>271</v>
+        <v>251</v>
       </c>
       <c r="B203" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="C203">
-        <v>9.204</v>
+        <v>7.14</v>
       </c>
       <c r="D203" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="B204" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="C204">
-        <v>9.204</v>
+        <v>8.376</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="B205" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="C205">
-        <v>9.204</v>
+        <v>8.388</v>
       </c>
       <c r="D205" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="B206" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="C206">
-        <v>9.204</v>
+        <v>8.592</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B207" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C207">
         <v>9.204</v>
       </c>
       <c r="D207" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B208" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C208">
-        <v>9.816</v>
+        <v>9.204</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B209" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C209">
-        <v>10.02</v>
+        <v>9.204</v>
       </c>
       <c r="D209" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B210" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C210">
-        <v>11.484</v>
+        <v>9.204</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B211" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C211">
-        <v>11.592</v>
+        <v>9.204</v>
       </c>
       <c r="D211" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B212" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C212">
-        <v>11.592</v>
+        <v>9.204</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B213" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C213">
-        <v>11.592</v>
+        <v>9.204</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B214" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C214">
-        <v>11.592</v>
+        <v>9.204</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B215" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C215">
-        <v>15.336</v>
+        <v>9.204</v>
       </c>
       <c r="D215" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B216" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C216">
-        <v>15.336</v>
+        <v>9.672</v>
       </c>
       <c r="D216" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B217" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C217">
-        <v>15.336</v>
+        <v>9.816</v>
       </c>
       <c r="D217" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B218" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C218">
-        <v>16.56</v>
+        <v>10.02</v>
       </c>
       <c r="D218" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B219" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C219">
-        <v>17.184</v>
+        <v>10.08</v>
       </c>
       <c r="D219" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B220" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C220">
-        <v>17.184</v>
+        <v>11.04</v>
       </c>
       <c r="D220" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B221" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C221">
-        <v>17.796</v>
+        <v>11.484</v>
       </c>
       <c r="D221" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B222" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C222">
-        <v>17.796</v>
+        <v>11.592</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B223" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C223">
-        <v>17.796</v>
+        <v>11.592</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B224" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C224">
-        <v>18.408</v>
+        <v>11.592</v>
       </c>
       <c r="D224" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B225" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C225">
-        <v>18.408</v>
+        <v>12.0</v>
       </c>
       <c r="D225" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B226" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C226">
-        <v>18.408</v>
+        <v>13.5</v>
       </c>
       <c r="D226" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B227" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C227">
-        <v>18.408</v>
+        <v>13.5</v>
       </c>
       <c r="D227" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B228" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C228">
-        <v>19.02</v>
+        <v>13.5</v>
       </c>
       <c r="D228" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B229" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C229">
-        <v>19.824</v>
+        <v>13.5</v>
       </c>
       <c r="D229" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B230" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C230">
-        <v>19.932</v>
+        <v>13.5</v>
       </c>
       <c r="D230" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B231" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C231">
-        <v>19.944</v>
+        <v>14.112</v>
       </c>
       <c r="D231" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B232" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C232">
-        <v>20.556</v>
+        <v>14.112</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B233" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C233">
-        <v>20.748</v>
+        <v>14.112</v>
       </c>
       <c r="D233" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B234" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C234">
-        <v>20.796</v>
+        <v>14.112</v>
       </c>
       <c r="D234" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B235" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C235">
-        <v>20.796</v>
+        <v>14.724</v>
       </c>
       <c r="D235" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B236" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C236">
-        <v>20.796</v>
+        <v>14.724</v>
       </c>
       <c r="D236" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B237" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C237">
-        <v>20.856</v>
+        <v>15.336</v>
       </c>
       <c r="D237" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B238" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C238">
-        <v>21.48</v>
+        <v>15.336</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B239" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C239">
-        <v>21.48</v>
+        <v>15.336</v>
       </c>
       <c r="D239" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B240" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C240">
-        <v>21.48</v>
+        <v>15.336</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B241" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C241">
-        <v>22.092</v>
+        <v>16.404</v>
       </c>
       <c r="D241" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B242" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C242">
-        <v>22.704</v>
+        <v>16.56</v>
       </c>
       <c r="D242" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B243" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C243">
-        <v>22.86</v>
+        <v>17.184</v>
       </c>
       <c r="D243" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B244" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C244">
-        <v>22.98</v>
+        <v>17.184</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B245" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C245">
-        <v>23.604</v>
+        <v>17.184</v>
       </c>
       <c r="D245" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B246" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C246">
-        <v>24.024</v>
+        <v>17.184</v>
       </c>
       <c r="D246" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B247" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C247">
-        <v>24.024</v>
+        <v>17.796</v>
       </c>
       <c r="D247" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B248" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C248">
-        <v>24.024</v>
+        <v>17.796</v>
       </c>
       <c r="D248" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B249" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C249">
-        <v>24.54</v>
+        <v>17.796</v>
       </c>
       <c r="D249" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B250" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C250">
-        <v>24.768</v>
+        <v>17.796</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="B251" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C251">
-        <v>25.212</v>
+        <v>18.0</v>
       </c>
       <c r="D251" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B252" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C252">
-        <v>25.764</v>
+        <v>18.408</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B253" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C253">
-        <v>25.764</v>
+        <v>18.408</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B254" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C254">
-        <v>25.764</v>
+        <v>18.408</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B255" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C255">
-        <v>27.0</v>
+        <v>18.408</v>
       </c>
       <c r="D255" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B256" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C256">
-        <v>27.0</v>
+        <v>18.408</v>
       </c>
       <c r="D256" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B257" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C257">
-        <v>27.012</v>
+        <v>19.02</v>
       </c>
       <c r="D257" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B258" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C258">
-        <v>27.612</v>
+        <v>19.02</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B259" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C259">
-        <v>27.612</v>
+        <v>19.02</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B260" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C260">
-        <v>27.612</v>
+        <v>19.2</v>
       </c>
       <c r="D260" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B261" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="C261">
-        <v>27.612</v>
+        <v>19.932</v>
       </c>
       <c r="D261" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B262" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C262">
-        <v>27.612</v>
+        <v>19.932</v>
       </c>
       <c r="D262" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B263" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C263">
-        <v>27.612</v>
+        <v>19.932</v>
       </c>
       <c r="D263" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B264" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C264">
-        <v>27.948</v>
+        <v>20.556</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B265" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C265">
-        <v>28.2</v>
+        <v>20.748</v>
       </c>
       <c r="D265" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B266" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C266">
-        <v>28.836</v>
+        <v>20.796</v>
       </c>
       <c r="D266" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B267" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C267">
-        <v>28.836</v>
+        <v>20.796</v>
       </c>
       <c r="D267" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B268" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C268">
-        <v>28.872</v>
+        <v>20.796</v>
       </c>
       <c r="D268" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B269" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C269">
-        <v>29.964</v>
+        <v>20.856</v>
       </c>
       <c r="D269" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="B270" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C270">
-        <v>30.06</v>
+        <v>21.48</v>
       </c>
       <c r="D270" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B271" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C271">
-        <v>30.06</v>
+        <v>21.48</v>
       </c>
       <c r="D271" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B272" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="C272">
-        <v>30.12</v>
+        <v>21.48</v>
       </c>
       <c r="D272" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B273" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C273">
-        <v>30.672</v>
+        <v>22.092</v>
       </c>
       <c r="D273" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B274" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="C274">
-        <v>30.744</v>
+        <v>22.704</v>
       </c>
       <c r="D274" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B275" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C275">
-        <v>31.188</v>
+        <v>22.86</v>
       </c>
       <c r="D275" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="B276" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C276">
-        <v>31.776</v>
+        <v>22.98</v>
       </c>
       <c r="D276" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B277" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="C277">
-        <v>31.776</v>
+        <v>23.4</v>
       </c>
       <c r="D277" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B278" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="C278">
-        <v>31.908</v>
+        <v>23.4</v>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B279" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C279">
-        <v>31.908</v>
+        <v>23.4</v>
       </c>
       <c r="D279" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="B280" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C280">
-        <v>31.908</v>
+        <v>23.4</v>
       </c>
       <c r="D280" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B281" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C281">
-        <v>31.908</v>
+        <v>23.4</v>
       </c>
       <c r="D281" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="B282" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C282">
-        <v>31.992</v>
+        <v>24.0</v>
       </c>
       <c r="D282" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B283" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C283">
-        <v>33.132</v>
+        <v>24.024</v>
       </c>
       <c r="D283" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B284" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C284">
-        <v>33.132</v>
+        <v>24.024</v>
       </c>
       <c r="D284" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B285" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C285">
-        <v>33.132</v>
+        <v>24.024</v>
       </c>
       <c r="D285" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B286" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C286">
-        <v>33.132</v>
+        <v>24.192</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B287" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C287">
-        <v>33.444</v>
+        <v>24.54</v>
       </c>
       <c r="D287" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B288" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C288">
-        <v>33.444</v>
+        <v>24.54</v>
       </c>
       <c r="D288" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B289" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C289">
-        <v>33.444</v>
+        <v>24.54</v>
       </c>
       <c r="D289" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B290" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C290">
-        <v>33.444</v>
+        <v>24.768</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B291" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C291">
-        <v>33.444</v>
+        <v>25.2</v>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B292" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C292">
-        <v>33.744</v>
+        <v>25.212</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B293" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C293">
-        <v>33.852</v>
+        <v>25.548</v>
       </c>
       <c r="D293" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="B294" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C294">
-        <v>35.412</v>
+        <v>25.764</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B295" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C295">
-        <v>35.58</v>
+        <v>25.764</v>
       </c>
       <c r="D295" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B296" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="C296">
-        <v>35.58</v>
+        <v>25.764</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B297" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C297">
-        <v>35.844</v>
+        <v>27.0</v>
       </c>
       <c r="D297" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B298" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C298">
-        <v>36.588</v>
+        <v>27.0</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B299" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C299">
-        <v>36.924</v>
+        <v>27.012</v>
       </c>
       <c r="D299" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B300" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C300">
-        <v>38.112</v>
+        <v>27.036</v>
       </c>
       <c r="D300" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B301" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C301">
-        <v>38.112</v>
+        <v>27.612</v>
       </c>
       <c r="D301" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="B302" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="C302">
-        <v>8.388</v>
+        <v>7.14</v>
       </c>
       <c r="D302" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B303" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C303">
-        <v>9.204</v>
+        <v>8.388</v>
       </c>
       <c r="D303" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="B304" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="C304">
         <v>9.204</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="B305" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="C305">
         <v>9.204</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="B306" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="C306">
         <v>9.204</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="B307" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="C307">
         <v>9.204</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="B308" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="C308">
-        <v>9.816</v>
+        <v>9.204</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B309" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="C309">
-        <v>10.02</v>
+        <v>9.816</v>
       </c>
       <c r="D309" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="B310" t="s">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="C310">
-        <v>11.484</v>
+        <v>10.02</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="B311" t="s">
-        <v>288</v>
+        <v>312</v>
       </c>
       <c r="C311">
-        <v>11.592</v>
+        <v>11.484</v>
       </c>
       <c r="D311" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>289</v>
+        <v>313</v>
       </c>
       <c r="B312" t="s">
-        <v>290</v>
+        <v>314</v>
       </c>
       <c r="C312">
         <v>11.592</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>291</v>
+        <v>315</v>
       </c>
       <c r="B313" t="s">
-        <v>292</v>
+        <v>316</v>
       </c>
       <c r="C313">
         <v>11.592</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>293</v>
+        <v>317</v>
       </c>
       <c r="B314" t="s">
-        <v>294</v>
+        <v>318</v>
       </c>
       <c r="C314">
         <v>11.592</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>297</v>
+        <v>319</v>
       </c>
       <c r="B315" t="s">
-        <v>298</v>
+        <v>320</v>
       </c>
       <c r="C315">
-        <v>15.336</v>
+        <v>12.0</v>
       </c>
       <c r="D315" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>299</v>
+        <v>329</v>
       </c>
       <c r="B316" t="s">
-        <v>300</v>
+        <v>330</v>
       </c>
       <c r="C316">
-        <v>15.336</v>
+        <v>13.5</v>
       </c>
       <c r="D316" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>305</v>
+        <v>345</v>
       </c>
       <c r="B317" t="s">
-        <v>306</v>
+        <v>346</v>
       </c>
       <c r="C317">
-        <v>17.184</v>
+        <v>15.336</v>
       </c>
       <c r="D317" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>307</v>
+        <v>347</v>
       </c>
       <c r="B318" t="s">
-        <v>308</v>
+        <v>348</v>
       </c>
       <c r="C318">
-        <v>17.796</v>
+        <v>15.336</v>
       </c>
       <c r="D318" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>309</v>
+        <v>349</v>
       </c>
       <c r="B319" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="C319">
-        <v>17.796</v>
+        <v>15.336</v>
       </c>
       <c r="D319" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>311</v>
+        <v>353</v>
       </c>
       <c r="B320" t="s">
-        <v>312</v>
+        <v>354</v>
       </c>
       <c r="C320">
-        <v>17.796</v>
+        <v>16.56</v>
       </c>
       <c r="D320" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>313</v>
+        <v>361</v>
       </c>
       <c r="B321" t="s">
-        <v>314</v>
+        <v>362</v>
       </c>
       <c r="C321">
-        <v>18.408</v>
+        <v>17.184</v>
       </c>
       <c r="D321" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>315</v>
+        <v>365</v>
       </c>
       <c r="B322" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="C322">
-        <v>18.408</v>
+        <v>17.796</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>317</v>
+        <v>367</v>
       </c>
       <c r="B323" t="s">
-        <v>318</v>
+        <v>368</v>
       </c>
       <c r="C323">
-        <v>18.408</v>
+        <v>17.796</v>
       </c>
       <c r="D323" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>319</v>
+        <v>369</v>
       </c>
       <c r="B324" t="s">
-        <v>320</v>
+        <v>370</v>
       </c>
       <c r="C324">
-        <v>18.408</v>
+        <v>17.796</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>321</v>
+        <v>371</v>
       </c>
       <c r="B325" t="s">
-        <v>322</v>
+        <v>372</v>
       </c>
       <c r="C325">
-        <v>19.02</v>
+        <v>18.0</v>
       </c>
       <c r="D325" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>323</v>
+        <v>375</v>
       </c>
       <c r="B326" t="s">
-        <v>324</v>
+        <v>376</v>
       </c>
       <c r="C326">
-        <v>19.824</v>
+        <v>18.408</v>
       </c>
       <c r="D326" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>325</v>
+        <v>377</v>
       </c>
       <c r="B327" t="s">
-        <v>326</v>
+        <v>378</v>
       </c>
       <c r="C327">
-        <v>19.932</v>
+        <v>18.408</v>
       </c>
       <c r="D327" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>327</v>
+        <v>379</v>
       </c>
       <c r="B328" t="s">
-        <v>328</v>
+        <v>380</v>
       </c>
       <c r="C328">
-        <v>19.944</v>
+        <v>18.408</v>
       </c>
       <c r="D328" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>329</v>
+        <v>381</v>
       </c>
       <c r="B329" t="s">
-        <v>330</v>
+        <v>382</v>
       </c>
       <c r="C329">
-        <v>20.556</v>
+        <v>18.408</v>
       </c>
       <c r="D329" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>331</v>
+        <v>387</v>
       </c>
       <c r="B330" t="s">
-        <v>332</v>
+        <v>388</v>
       </c>
       <c r="C330">
-        <v>20.748</v>
+        <v>19.02</v>
       </c>
       <c r="D330" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>333</v>
+        <v>389</v>
       </c>
       <c r="B331" t="s">
-        <v>334</v>
+        <v>390</v>
       </c>
       <c r="C331">
-        <v>20.796</v>
+        <v>19.2</v>
       </c>
       <c r="D331" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>335</v>
+        <v>395</v>
       </c>
       <c r="B332" t="s">
-        <v>336</v>
+        <v>396</v>
       </c>
       <c r="C332">
-        <v>20.796</v>
+        <v>19.932</v>
       </c>
       <c r="D332" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>337</v>
+        <v>397</v>
       </c>
       <c r="B333" t="s">
-        <v>338</v>
+        <v>398</v>
       </c>
       <c r="C333">
-        <v>20.796</v>
+        <v>20.556</v>
       </c>
       <c r="D333" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>339</v>
+        <v>399</v>
       </c>
       <c r="B334" t="s">
-        <v>340</v>
+        <v>400</v>
       </c>
       <c r="C334">
-        <v>20.856</v>
+        <v>20.748</v>
       </c>
       <c r="D334" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>341</v>
+        <v>401</v>
       </c>
       <c r="B335" t="s">
-        <v>342</v>
+        <v>402</v>
       </c>
       <c r="C335">
-        <v>21.48</v>
+        <v>20.796</v>
       </c>
       <c r="D335" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>343</v>
+        <v>403</v>
       </c>
       <c r="B336" t="s">
-        <v>344</v>
+        <v>404</v>
       </c>
       <c r="C336">
-        <v>21.48</v>
+        <v>20.796</v>
       </c>
       <c r="D336" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>345</v>
+        <v>405</v>
       </c>
       <c r="B337" t="s">
-        <v>346</v>
+        <v>406</v>
       </c>
       <c r="C337">
-        <v>21.48</v>
+        <v>20.796</v>
       </c>
       <c r="D337" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>347</v>
+        <v>407</v>
       </c>
       <c r="B338" t="s">
-        <v>348</v>
+        <v>408</v>
       </c>
       <c r="C338">
-        <v>22.092</v>
+        <v>20.856</v>
       </c>
       <c r="D338" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>349</v>
+        <v>409</v>
       </c>
       <c r="B339" t="s">
-        <v>350</v>
+        <v>410</v>
       </c>
       <c r="C339">
-        <v>22.704</v>
+        <v>21.48</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>351</v>
+        <v>411</v>
       </c>
       <c r="B340" t="s">
-        <v>352</v>
+        <v>412</v>
       </c>
       <c r="C340">
-        <v>22.86</v>
+        <v>21.48</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>353</v>
+        <v>413</v>
       </c>
       <c r="B341" t="s">
-        <v>354</v>
+        <v>414</v>
       </c>
       <c r="C341">
-        <v>22.98</v>
+        <v>21.48</v>
       </c>
       <c r="D341" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>355</v>
+        <v>415</v>
       </c>
       <c r="B342" t="s">
-        <v>356</v>
+        <v>416</v>
       </c>
       <c r="C342">
-        <v>23.604</v>
+        <v>22.092</v>
       </c>
       <c r="D342" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>357</v>
+        <v>417</v>
       </c>
       <c r="B343" t="s">
-        <v>358</v>
+        <v>418</v>
       </c>
       <c r="C343">
-        <v>24.024</v>
+        <v>22.704</v>
       </c>
       <c r="D343" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>359</v>
+        <v>419</v>
       </c>
       <c r="B344" t="s">
-        <v>360</v>
+        <v>420</v>
       </c>
       <c r="C344">
-        <v>24.024</v>
+        <v>22.86</v>
       </c>
       <c r="D344" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>361</v>
+        <v>421</v>
       </c>
       <c r="B345" t="s">
-        <v>362</v>
+        <v>422</v>
       </c>
       <c r="C345">
-        <v>24.024</v>
+        <v>22.98</v>
       </c>
       <c r="D345" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>363</v>
+        <v>433</v>
       </c>
       <c r="B346" t="s">
-        <v>364</v>
+        <v>434</v>
       </c>
       <c r="C346">
-        <v>24.54</v>
+        <v>24.0</v>
       </c>
       <c r="D346" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>365</v>
+        <v>435</v>
       </c>
       <c r="B347" t="s">
-        <v>366</v>
+        <v>436</v>
       </c>
       <c r="C347">
-        <v>24.768</v>
+        <v>24.024</v>
       </c>
       <c r="D347" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>367</v>
+        <v>437</v>
       </c>
       <c r="B348" t="s">
-        <v>368</v>
+        <v>438</v>
       </c>
       <c r="C348">
-        <v>25.212</v>
+        <v>24.024</v>
       </c>
       <c r="D348" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>371</v>
+        <v>439</v>
       </c>
       <c r="B349" t="s">
-        <v>372</v>
+        <v>440</v>
       </c>
       <c r="C349">
-        <v>25.764</v>
+        <v>24.024</v>
       </c>
       <c r="D349" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>373</v>
+        <v>443</v>
       </c>
       <c r="B350" t="s">
-        <v>374</v>
+        <v>444</v>
       </c>
       <c r="C350">
-        <v>25.764</v>
+        <v>24.54</v>
       </c>
       <c r="D350" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>375</v>
+        <v>445</v>
       </c>
       <c r="B351" t="s">
-        <v>376</v>
+        <v>446</v>
       </c>
       <c r="C351">
-        <v>27.0</v>
+        <v>24.54</v>
       </c>
       <c r="D351" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>377</v>
+        <v>447</v>
       </c>
       <c r="B352" t="s">
-        <v>378</v>
+        <v>448</v>
       </c>
       <c r="C352">
-        <v>27.0</v>
+        <v>24.54</v>
       </c>
       <c r="D352" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>379</v>
+        <v>449</v>
       </c>
       <c r="B353" t="s">
-        <v>380</v>
+        <v>450</v>
       </c>
       <c r="C353">
-        <v>27.012</v>
+        <v>24.768</v>
       </c>
       <c r="D353" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>383</v>
+        <v>451</v>
       </c>
       <c r="B354" t="s">
-        <v>384</v>
+        <v>452</v>
       </c>
       <c r="C354">
-        <v>27.612</v>
+        <v>25.2</v>
       </c>
       <c r="D354" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>385</v>
+        <v>453</v>
       </c>
       <c r="B355" t="s">
-        <v>386</v>
+        <v>454</v>
       </c>
       <c r="C355">
-        <v>27.612</v>
+        <v>25.212</v>
       </c>
       <c r="D355" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>387</v>
+        <v>457</v>
       </c>
       <c r="B356" t="s">
-        <v>388</v>
+        <v>458</v>
       </c>
       <c r="C356">
-        <v>27.612</v>
+        <v>25.764</v>
       </c>
       <c r="D356" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>389</v>
+        <v>459</v>
       </c>
       <c r="B357" t="s">
-        <v>390</v>
+        <v>460</v>
       </c>
       <c r="C357">
-        <v>27.612</v>
+        <v>25.764</v>
       </c>
       <c r="D357" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>391</v>
+        <v>461</v>
       </c>
       <c r="B358" t="s">
-        <v>392</v>
+        <v>462</v>
       </c>
       <c r="C358">
-        <v>27.612</v>
+        <v>25.764</v>
       </c>
       <c r="D358" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>393</v>
+        <v>463</v>
       </c>
       <c r="B359" t="s">
-        <v>394</v>
+        <v>464</v>
       </c>
       <c r="C359">
-        <v>27.948</v>
+        <v>27.0</v>
       </c>
       <c r="D359" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>397</v>
+        <v>465</v>
       </c>
       <c r="B360" t="s">
-        <v>398</v>
+        <v>466</v>
       </c>
       <c r="C360">
-        <v>28.836</v>
+        <v>27.0</v>
       </c>
       <c r="D360" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>399</v>
+        <v>467</v>
       </c>
       <c r="B361" t="s">
-        <v>400</v>
+        <v>468</v>
       </c>
       <c r="C361">
-        <v>28.836</v>
+        <v>27.012</v>
       </c>
       <c r="D361" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>401</v>
+        <v>469</v>
       </c>
       <c r="B362" t="s">
-        <v>402</v>
+        <v>470</v>
       </c>
       <c r="C362">
-        <v>28.872</v>
+        <v>27.036</v>
       </c>
       <c r="D362" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>403</v>
+        <v>473</v>
       </c>
       <c r="B363" t="s">
-        <v>404</v>
+        <v>474</v>
       </c>
       <c r="C363">
-        <v>29.964</v>
+        <v>27.612</v>
       </c>
       <c r="D363" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>407</v>
+        <v>475</v>
       </c>
       <c r="B364" t="s">
-        <v>408</v>
+        <v>476</v>
       </c>
       <c r="C364">
-        <v>30.06</v>
+        <v>27.612</v>
       </c>
       <c r="D364" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>409</v>
+        <v>477</v>
       </c>
       <c r="B365" t="s">
-        <v>410</v>
+        <v>478</v>
       </c>
       <c r="C365">
-        <v>30.12</v>
+        <v>27.612</v>
       </c>
       <c r="D365" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>411</v>
+        <v>479</v>
       </c>
       <c r="B366" t="s">
-        <v>412</v>
+        <v>480</v>
       </c>
       <c r="C366">
-        <v>30.672</v>
+        <v>28.8</v>
       </c>
       <c r="D366" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>413</v>
+        <v>481</v>
       </c>
       <c r="B367" t="s">
-        <v>414</v>
+        <v>482</v>
       </c>
       <c r="C367">
-        <v>30.744</v>
+        <v>28.836</v>
       </c>
       <c r="D367" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>415</v>
+        <v>483</v>
       </c>
       <c r="B368" t="s">
-        <v>416</v>
+        <v>484</v>
       </c>
       <c r="C368">
-        <v>31.188</v>
+        <v>28.836</v>
       </c>
       <c r="D368" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>417</v>
+        <v>485</v>
       </c>
       <c r="B369" t="s">
-        <v>418</v>
+        <v>486</v>
       </c>
       <c r="C369">
-        <v>31.776</v>
+        <v>30.06</v>
       </c>
       <c r="D369" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>419</v>
+        <v>487</v>
       </c>
       <c r="B370" t="s">
-        <v>420</v>
+        <v>488</v>
       </c>
       <c r="C370">
-        <v>31.776</v>
+        <v>30.12</v>
       </c>
       <c r="D370" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>421</v>
+        <v>489</v>
       </c>
       <c r="B371" t="s">
-        <v>422</v>
+        <v>490</v>
       </c>
       <c r="C371">
-        <v>31.908</v>
+        <v>30.672</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>423</v>
+        <v>491</v>
       </c>
       <c r="B372" t="s">
-        <v>424</v>
+        <v>492</v>
       </c>
       <c r="C372">
-        <v>31.908</v>
+        <v>31.188</v>
       </c>
       <c r="D372" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>425</v>
+        <v>493</v>
       </c>
       <c r="B373" t="s">
-        <v>426</v>
+        <v>494</v>
       </c>
       <c r="C373">
-        <v>31.908</v>
+        <v>31.548</v>
       </c>
       <c r="D373" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>427</v>
+        <v>495</v>
       </c>
       <c r="B374" t="s">
-        <v>428</v>
+        <v>496</v>
       </c>
       <c r="C374">
-        <v>31.908</v>
+        <v>31.776</v>
       </c>
       <c r="D374" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>429</v>
+        <v>497</v>
       </c>
       <c r="B375" t="s">
-        <v>430</v>
+        <v>498</v>
       </c>
       <c r="C375">
-        <v>31.992</v>
+        <v>31.776</v>
       </c>
       <c r="D375" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>431</v>
+        <v>499</v>
       </c>
       <c r="B376" t="s">
-        <v>432</v>
+        <v>500</v>
       </c>
       <c r="C376">
-        <v>33.132</v>
+        <v>31.908</v>
       </c>
       <c r="D376" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>433</v>
+        <v>501</v>
       </c>
       <c r="B377" t="s">
-        <v>434</v>
+        <v>502</v>
       </c>
       <c r="C377">
-        <v>33.132</v>
+        <v>31.908</v>
       </c>
       <c r="D377" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>435</v>
+        <v>503</v>
       </c>
       <c r="B378" t="s">
-        <v>436</v>
+        <v>504</v>
       </c>
       <c r="C378">
-        <v>33.132</v>
+        <v>31.908</v>
       </c>
       <c r="D378" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>437</v>
+        <v>505</v>
       </c>
       <c r="B379" t="s">
-        <v>438</v>
+        <v>506</v>
       </c>
       <c r="C379">
-        <v>33.132</v>
+        <v>31.908</v>
       </c>
       <c r="D379" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>439</v>
+        <v>507</v>
       </c>
       <c r="B380" t="s">
-        <v>440</v>
+        <v>508</v>
       </c>
       <c r="C380">
-        <v>33.444</v>
+        <v>32.676</v>
       </c>
       <c r="D380" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>441</v>
+        <v>509</v>
       </c>
       <c r="B381" t="s">
-        <v>442</v>
+        <v>510</v>
       </c>
       <c r="C381">
-        <v>33.444</v>
+        <v>32.796</v>
       </c>
       <c r="D381" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>443</v>
+        <v>511</v>
       </c>
       <c r="B382" t="s">
-        <v>444</v>
+        <v>512</v>
       </c>
       <c r="C382">
-        <v>33.444</v>
+        <v>33.132</v>
       </c>
       <c r="D382" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>445</v>
+        <v>513</v>
       </c>
       <c r="B383" t="s">
-        <v>446</v>
+        <v>514</v>
       </c>
       <c r="C383">
-        <v>33.444</v>
+        <v>33.132</v>
       </c>
       <c r="D383" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>447</v>
+        <v>515</v>
       </c>
       <c r="B384" t="s">
-        <v>448</v>
+        <v>516</v>
       </c>
       <c r="C384">
-        <v>33.444</v>
+        <v>33.132</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>449</v>
+        <v>517</v>
       </c>
       <c r="B385" t="s">
-        <v>450</v>
+        <v>518</v>
       </c>
       <c r="C385">
-        <v>33.744</v>
+        <v>33.132</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>451</v>
+        <v>519</v>
       </c>
       <c r="B386" t="s">
-        <v>452</v>
+        <v>520</v>
       </c>
       <c r="C386">
-        <v>33.852</v>
+        <v>33.444</v>
       </c>
       <c r="D386" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>453</v>
+        <v>521</v>
       </c>
       <c r="B387" t="s">
-        <v>454</v>
+        <v>522</v>
       </c>
       <c r="C387">
-        <v>35.412</v>
+        <v>33.444</v>
       </c>
       <c r="D387" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>455</v>
+        <v>523</v>
       </c>
       <c r="B388" t="s">
-        <v>456</v>
+        <v>524</v>
       </c>
       <c r="C388">
-        <v>35.58</v>
+        <v>33.444</v>
       </c>
       <c r="D388" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>457</v>
+        <v>525</v>
       </c>
       <c r="B389" t="s">
-        <v>458</v>
+        <v>526</v>
       </c>
       <c r="C389">
-        <v>35.58</v>
+        <v>33.444</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>459</v>
+        <v>527</v>
       </c>
       <c r="B390" t="s">
-        <v>460</v>
+        <v>528</v>
       </c>
       <c r="C390">
-        <v>35.844</v>
+        <v>33.444</v>
       </c>
       <c r="D390" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>461</v>
+        <v>529</v>
       </c>
       <c r="B391" t="s">
-        <v>462</v>
+        <v>530</v>
       </c>
       <c r="C391">
-        <v>36.588</v>
+        <v>33.744</v>
       </c>
       <c r="D391" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>463</v>
+        <v>531</v>
       </c>
       <c r="B392" t="s">
-        <v>464</v>
+        <v>532</v>
       </c>
       <c r="C392">
-        <v>36.924</v>
+        <v>33.804</v>
       </c>
       <c r="D392" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>469</v>
+        <v>533</v>
       </c>
       <c r="B393" t="s">
-        <v>470</v>
+        <v>534</v>
       </c>
       <c r="C393">
-        <v>38.112</v>
+        <v>33.852</v>
       </c>
       <c r="D393" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>471</v>
+        <v>535</v>
       </c>
       <c r="B394" t="s">
-        <v>472</v>
+        <v>536</v>
       </c>
       <c r="C394">
-        <v>38.292</v>
+        <v>35.412</v>
       </c>
       <c r="D394" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>473</v>
+        <v>537</v>
       </c>
       <c r="B395" t="s">
-        <v>474</v>
+        <v>538</v>
       </c>
       <c r="C395">
-        <v>38.988</v>
+        <v>35.58</v>
       </c>
       <c r="D395" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>475</v>
+        <v>539</v>
       </c>
       <c r="B396" t="s">
-        <v>476</v>
+        <v>540</v>
       </c>
       <c r="C396">
-        <v>39.264</v>
+        <v>35.58</v>
       </c>
       <c r="D396" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>477</v>
+        <v>541</v>
       </c>
       <c r="B397" t="s">
-        <v>478</v>
+        <v>542</v>
       </c>
       <c r="C397">
-        <v>39.876</v>
+        <v>35.844</v>
       </c>
       <c r="D397" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>479</v>
+        <v>543</v>
       </c>
       <c r="B398" t="s">
-        <v>480</v>
+        <v>544</v>
       </c>
       <c r="C398">
-        <v>41.112</v>
+        <v>36.588</v>
       </c>
       <c r="D398" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>481</v>
+        <v>545</v>
       </c>
       <c r="B399" t="s">
-        <v>482</v>
+        <v>546</v>
       </c>
       <c r="C399">
-        <v>41.112</v>
+        <v>36.924</v>
       </c>
       <c r="D399" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>483</v>
+        <v>547</v>
       </c>
       <c r="B400" t="s">
-        <v>484</v>
+        <v>548</v>
       </c>
       <c r="C400">
-        <v>41.112</v>
+        <v>38.112</v>
       </c>
       <c r="D400" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>485</v>
+        <v>549</v>
       </c>
       <c r="B401" t="s">
-        <v>486</v>
+        <v>550</v>
       </c>
       <c r="C401">
-        <v>41.592</v>
+        <v>38.916</v>
       </c>
       <c r="D401" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="B402" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="C402">
-        <v>8.388</v>
+        <v>7.14</v>
       </c>
       <c r="D402" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B403" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C403">
-        <v>9.204</v>
+        <v>8.388</v>
       </c>
       <c r="D403" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="B404" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="C404">
         <v>9.204</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="B405" t="s">
-        <v>276</v>
+        <v>294</v>
       </c>
       <c r="C405">
         <v>9.204</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
       <c r="B406" t="s">
-        <v>278</v>
+        <v>296</v>
       </c>
       <c r="C406">
         <v>9.204</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
       <c r="B407" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="C407">
         <v>9.204</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="B408" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="C408">
-        <v>9.816</v>
+        <v>9.204</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>285</v>
+        <v>303</v>
       </c>
       <c r="B409" t="s">
-        <v>286</v>
+        <v>304</v>
       </c>
       <c r="C409">
-        <v>11.484</v>
+        <v>9.816</v>
       </c>
       <c r="D409" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="B410" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
       <c r="C410">
-        <v>11.592</v>
+        <v>10.02</v>
       </c>
       <c r="D410" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="B411" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="C411">
-        <v>11.592</v>
+        <v>11.484</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="B412" t="s">
-        <v>294</v>
+        <v>314</v>
       </c>
       <c r="C412">
         <v>11.592</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="B413" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
       <c r="C413">
-        <v>15.336</v>
+        <v>11.592</v>
       </c>
       <c r="D413" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="B414" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="C414">
-        <v>15.336</v>
+        <v>11.592</v>
       </c>
       <c r="D414" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B415" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="C415">
-        <v>17.184</v>
+        <v>12.0</v>
       </c>
       <c r="D415" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>307</v>
+        <v>329</v>
       </c>
       <c r="B416" t="s">
-        <v>308</v>
+        <v>330</v>
       </c>
       <c r="C416">
-        <v>17.796</v>
+        <v>13.5</v>
       </c>
       <c r="D416" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>309</v>
+        <v>347</v>
       </c>
       <c r="B417" t="s">
-        <v>310</v>
+        <v>348</v>
       </c>
       <c r="C417">
-        <v>17.796</v>
+        <v>15.336</v>
       </c>
       <c r="D417" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>311</v>
+        <v>349</v>
       </c>
       <c r="B418" t="s">
-        <v>312</v>
+        <v>350</v>
       </c>
       <c r="C418">
-        <v>17.796</v>
+        <v>15.336</v>
       </c>
       <c r="D418" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>313</v>
+        <v>361</v>
       </c>
       <c r="B419" t="s">
-        <v>314</v>
+        <v>362</v>
       </c>
       <c r="C419">
-        <v>18.408</v>
+        <v>17.184</v>
       </c>
       <c r="D419" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>315</v>
+        <v>365</v>
       </c>
       <c r="B420" t="s">
-        <v>316</v>
+        <v>366</v>
       </c>
       <c r="C420">
-        <v>18.408</v>
+        <v>17.796</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>317</v>
+        <v>367</v>
       </c>
       <c r="B421" t="s">
-        <v>318</v>
+        <v>368</v>
       </c>
       <c r="C421">
-        <v>18.408</v>
+        <v>17.796</v>
       </c>
       <c r="D421" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>319</v>
+        <v>369</v>
       </c>
       <c r="B422" t="s">
-        <v>320</v>
+        <v>370</v>
       </c>
       <c r="C422">
-        <v>18.408</v>
+        <v>17.796</v>
       </c>
       <c r="D422" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>321</v>
+        <v>371</v>
       </c>
       <c r="B423" t="s">
-        <v>322</v>
+        <v>372</v>
       </c>
       <c r="C423">
-        <v>19.02</v>
+        <v>18.0</v>
       </c>
       <c r="D423" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>325</v>
+        <v>375</v>
       </c>
       <c r="B424" t="s">
-        <v>326</v>
+        <v>376</v>
       </c>
       <c r="C424">
-        <v>19.932</v>
+        <v>18.408</v>
       </c>
       <c r="D424" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>327</v>
+        <v>377</v>
       </c>
       <c r="B425" t="s">
-        <v>328</v>
+        <v>378</v>
       </c>
       <c r="C425">
-        <v>19.944</v>
+        <v>18.408</v>
       </c>
       <c r="D425" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>329</v>
+        <v>379</v>
       </c>
       <c r="B426" t="s">
-        <v>330</v>
+        <v>380</v>
       </c>
       <c r="C426">
-        <v>20.556</v>
+        <v>18.408</v>
       </c>
       <c r="D426" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>333</v>
+        <v>381</v>
       </c>
       <c r="B427" t="s">
-        <v>334</v>
+        <v>382</v>
       </c>
       <c r="C427">
-        <v>20.796</v>
+        <v>18.408</v>
       </c>
       <c r="D427" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>335</v>
+        <v>387</v>
       </c>
       <c r="B428" t="s">
-        <v>336</v>
+        <v>388</v>
       </c>
       <c r="C428">
-        <v>20.796</v>
+        <v>19.02</v>
       </c>
       <c r="D428" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>337</v>
+        <v>389</v>
       </c>
       <c r="B429" t="s">
-        <v>338</v>
+        <v>390</v>
       </c>
       <c r="C429">
-        <v>20.796</v>
+        <v>19.2</v>
       </c>
       <c r="D429" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>339</v>
+        <v>395</v>
       </c>
       <c r="B430" t="s">
-        <v>340</v>
+        <v>396</v>
       </c>
       <c r="C430">
-        <v>20.856</v>
+        <v>19.932</v>
       </c>
       <c r="D430" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>341</v>
+        <v>397</v>
       </c>
       <c r="B431" t="s">
-        <v>342</v>
+        <v>398</v>
       </c>
       <c r="C431">
-        <v>21.48</v>
+        <v>20.556</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>343</v>
+        <v>399</v>
       </c>
       <c r="B432" t="s">
-        <v>344</v>
+        <v>400</v>
       </c>
       <c r="C432">
-        <v>21.48</v>
+        <v>20.748</v>
       </c>
       <c r="D432" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>345</v>
+        <v>401</v>
       </c>
       <c r="B433" t="s">
-        <v>346</v>
+        <v>402</v>
       </c>
       <c r="C433">
-        <v>21.48</v>
+        <v>20.796</v>
       </c>
       <c r="D433" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>349</v>
+        <v>403</v>
       </c>
       <c r="B434" t="s">
-        <v>350</v>
+        <v>404</v>
       </c>
       <c r="C434">
-        <v>22.704</v>
+        <v>20.796</v>
       </c>
       <c r="D434" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>351</v>
+        <v>405</v>
       </c>
       <c r="B435" t="s">
-        <v>352</v>
+        <v>406</v>
       </c>
       <c r="C435">
-        <v>22.86</v>
+        <v>20.796</v>
       </c>
       <c r="D435" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>353</v>
+        <v>407</v>
       </c>
       <c r="B436" t="s">
-        <v>354</v>
+        <v>408</v>
       </c>
       <c r="C436">
-        <v>22.98</v>
+        <v>20.856</v>
       </c>
       <c r="D436" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>357</v>
+        <v>409</v>
       </c>
       <c r="B437" t="s">
-        <v>358</v>
+        <v>410</v>
       </c>
       <c r="C437">
-        <v>24.024</v>
+        <v>21.48</v>
       </c>
       <c r="D437" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>359</v>
+        <v>411</v>
       </c>
       <c r="B438" t="s">
-        <v>360</v>
+        <v>412</v>
       </c>
       <c r="C438">
-        <v>24.024</v>
+        <v>21.48</v>
       </c>
       <c r="D438" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>361</v>
+        <v>413</v>
       </c>
       <c r="B439" t="s">
-        <v>362</v>
+        <v>414</v>
       </c>
       <c r="C439">
-        <v>24.024</v>
+        <v>21.48</v>
       </c>
       <c r="D439" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>363</v>
+        <v>415</v>
       </c>
       <c r="B440" t="s">
-        <v>364</v>
+        <v>416</v>
       </c>
       <c r="C440">
-        <v>24.54</v>
+        <v>22.092</v>
       </c>
       <c r="D440" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>365</v>
+        <v>417</v>
       </c>
       <c r="B441" t="s">
-        <v>366</v>
+        <v>418</v>
       </c>
       <c r="C441">
-        <v>24.768</v>
+        <v>22.704</v>
       </c>
       <c r="D441" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>371</v>
+        <v>419</v>
       </c>
       <c r="B442" t="s">
-        <v>372</v>
+        <v>420</v>
       </c>
       <c r="C442">
-        <v>25.764</v>
+        <v>22.86</v>
       </c>
       <c r="D442" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>373</v>
+        <v>421</v>
       </c>
       <c r="B443" t="s">
-        <v>374</v>
+        <v>422</v>
       </c>
       <c r="C443">
-        <v>25.764</v>
+        <v>22.98</v>
       </c>
       <c r="D443" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>375</v>
+        <v>433</v>
       </c>
       <c r="B444" t="s">
-        <v>376</v>
+        <v>434</v>
       </c>
       <c r="C444">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D444" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>377</v>
+        <v>435</v>
       </c>
       <c r="B445" t="s">
-        <v>378</v>
+        <v>436</v>
       </c>
       <c r="C445">
-        <v>27.0</v>
+        <v>24.024</v>
       </c>
       <c r="D445" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>379</v>
+        <v>437</v>
       </c>
       <c r="B446" t="s">
-        <v>380</v>
+        <v>438</v>
       </c>
       <c r="C446">
-        <v>27.012</v>
+        <v>24.024</v>
       </c>
       <c r="D446" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>385</v>
+        <v>439</v>
       </c>
       <c r="B447" t="s">
-        <v>386</v>
+        <v>440</v>
       </c>
       <c r="C447">
-        <v>27.612</v>
+        <v>24.024</v>
       </c>
       <c r="D447" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>387</v>
+        <v>443</v>
       </c>
       <c r="B448" t="s">
-        <v>388</v>
+        <v>444</v>
       </c>
       <c r="C448">
-        <v>27.612</v>
+        <v>24.54</v>
       </c>
       <c r="D448" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>389</v>
+        <v>445</v>
       </c>
       <c r="B449" t="s">
-        <v>390</v>
+        <v>446</v>
       </c>
       <c r="C449">
-        <v>27.612</v>
+        <v>24.54</v>
       </c>
       <c r="D449" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>391</v>
+        <v>447</v>
       </c>
       <c r="B450" t="s">
-        <v>392</v>
+        <v>448</v>
       </c>
       <c r="C450">
-        <v>27.612</v>
+        <v>24.54</v>
       </c>
       <c r="D450" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>397</v>
+        <v>449</v>
       </c>
       <c r="B451" t="s">
-        <v>398</v>
+        <v>450</v>
       </c>
       <c r="C451">
-        <v>28.836</v>
+        <v>24.768</v>
       </c>
       <c r="D451" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>399</v>
+        <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>400</v>
+        <v>452</v>
       </c>
       <c r="C452">
-        <v>28.836</v>
+        <v>25.2</v>
       </c>
       <c r="D452" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>403</v>
+        <v>453</v>
       </c>
       <c r="B453" t="s">
-        <v>404</v>
+        <v>454</v>
       </c>
       <c r="C453">
-        <v>29.964</v>
+        <v>25.212</v>
       </c>
       <c r="D453" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>407</v>
+        <v>459</v>
       </c>
       <c r="B454" t="s">
-        <v>408</v>
+        <v>460</v>
       </c>
       <c r="C454">
-        <v>30.06</v>
+        <v>25.764</v>
       </c>
       <c r="D454" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>409</v>
+        <v>461</v>
       </c>
       <c r="B455" t="s">
-        <v>410</v>
+        <v>462</v>
       </c>
       <c r="C455">
-        <v>30.12</v>
+        <v>25.764</v>
       </c>
       <c r="D455" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>411</v>
+        <v>463</v>
       </c>
       <c r="B456" t="s">
-        <v>412</v>
+        <v>464</v>
       </c>
       <c r="C456">
-        <v>30.672</v>
+        <v>27.0</v>
       </c>
       <c r="D456" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>415</v>
+        <v>465</v>
       </c>
       <c r="B457" t="s">
-        <v>416</v>
+        <v>466</v>
       </c>
       <c r="C457">
-        <v>31.188</v>
+        <v>27.0</v>
       </c>
       <c r="D457" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>417</v>
+        <v>467</v>
       </c>
       <c r="B458" t="s">
-        <v>418</v>
+        <v>468</v>
       </c>
       <c r="C458">
-        <v>31.776</v>
+        <v>27.012</v>
       </c>
       <c r="D458" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>419</v>
+        <v>469</v>
       </c>
       <c r="B459" t="s">
-        <v>420</v>
+        <v>470</v>
       </c>
       <c r="C459">
-        <v>31.776</v>
+        <v>27.036</v>
       </c>
       <c r="D459" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>421</v>
+        <v>473</v>
       </c>
       <c r="B460" t="s">
-        <v>422</v>
+        <v>474</v>
       </c>
       <c r="C460">
-        <v>31.908</v>
+        <v>27.612</v>
       </c>
       <c r="D460" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>423</v>
+        <v>475</v>
       </c>
       <c r="B461" t="s">
-        <v>424</v>
+        <v>476</v>
       </c>
       <c r="C461">
-        <v>31.908</v>
+        <v>27.612</v>
       </c>
       <c r="D461" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>425</v>
+        <v>477</v>
       </c>
       <c r="B462" t="s">
-        <v>426</v>
+        <v>478</v>
       </c>
       <c r="C462">
-        <v>31.908</v>
+        <v>27.612</v>
       </c>
       <c r="D462" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>427</v>
+        <v>479</v>
       </c>
       <c r="B463" t="s">
-        <v>428</v>
+        <v>480</v>
       </c>
       <c r="C463">
-        <v>31.908</v>
+        <v>28.8</v>
       </c>
       <c r="D463" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>429</v>
+        <v>481</v>
       </c>
       <c r="B464" t="s">
-        <v>430</v>
+        <v>482</v>
       </c>
       <c r="C464">
-        <v>31.992</v>
+        <v>28.836</v>
       </c>
       <c r="D464" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>435</v>
+        <v>483</v>
       </c>
       <c r="B465" t="s">
-        <v>436</v>
+        <v>484</v>
       </c>
       <c r="C465">
-        <v>33.132</v>
+        <v>28.836</v>
       </c>
       <c r="D465" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>437</v>
+        <v>485</v>
       </c>
       <c r="B466" t="s">
-        <v>438</v>
+        <v>486</v>
       </c>
       <c r="C466">
-        <v>33.132</v>
+        <v>30.06</v>
       </c>
       <c r="D466" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>439</v>
+        <v>487</v>
       </c>
       <c r="B467" t="s">
-        <v>440</v>
+        <v>488</v>
       </c>
       <c r="C467">
-        <v>33.444</v>
+        <v>30.12</v>
       </c>
       <c r="D467" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>441</v>
+        <v>489</v>
       </c>
       <c r="B468" t="s">
-        <v>442</v>
+        <v>490</v>
       </c>
       <c r="C468">
-        <v>33.444</v>
+        <v>30.672</v>
       </c>
       <c r="D468" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>443</v>
+        <v>491</v>
       </c>
       <c r="B469" t="s">
-        <v>444</v>
+        <v>492</v>
       </c>
       <c r="C469">
-        <v>33.444</v>
+        <v>31.188</v>
       </c>
       <c r="D469" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>445</v>
+        <v>493</v>
       </c>
       <c r="B470" t="s">
-        <v>446</v>
+        <v>494</v>
       </c>
       <c r="C470">
-        <v>33.444</v>
+        <v>31.548</v>
       </c>
       <c r="D470" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>447</v>
+        <v>495</v>
       </c>
       <c r="B471" t="s">
-        <v>448</v>
+        <v>496</v>
       </c>
       <c r="C471">
-        <v>33.444</v>
+        <v>31.776</v>
       </c>
       <c r="D471" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>449</v>
+        <v>497</v>
       </c>
       <c r="B472" t="s">
-        <v>450</v>
+        <v>498</v>
       </c>
       <c r="C472">
-        <v>33.744</v>
+        <v>31.776</v>
       </c>
       <c r="D472" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>453</v>
+        <v>499</v>
       </c>
       <c r="B473" t="s">
-        <v>454</v>
+        <v>500</v>
       </c>
       <c r="C473">
-        <v>35.412</v>
+        <v>31.908</v>
       </c>
       <c r="D473" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>455</v>
+        <v>501</v>
       </c>
       <c r="B474" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="C474">
-        <v>35.58</v>
+        <v>31.908</v>
       </c>
       <c r="D474" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>457</v>
+        <v>503</v>
       </c>
       <c r="B475" t="s">
-        <v>458</v>
+        <v>504</v>
       </c>
       <c r="C475">
-        <v>35.58</v>
+        <v>31.908</v>
       </c>
       <c r="D475" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>459</v>
+        <v>505</v>
       </c>
       <c r="B476" t="s">
-        <v>460</v>
+        <v>506</v>
       </c>
       <c r="C476">
-        <v>35.844</v>
+        <v>31.908</v>
       </c>
       <c r="D476" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>463</v>
+        <v>507</v>
       </c>
       <c r="B477" t="s">
-        <v>464</v>
+        <v>508</v>
       </c>
       <c r="C477">
-        <v>36.924</v>
+        <v>32.676</v>
       </c>
       <c r="D477" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>471</v>
+        <v>509</v>
       </c>
       <c r="B478" t="s">
-        <v>472</v>
+        <v>510</v>
       </c>
       <c r="C478">
-        <v>38.292</v>
+        <v>32.796</v>
       </c>
       <c r="D478" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>475</v>
+        <v>511</v>
       </c>
       <c r="B479" t="s">
-        <v>476</v>
+        <v>512</v>
       </c>
       <c r="C479">
-        <v>39.264</v>
+        <v>33.132</v>
       </c>
       <c r="D479" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>477</v>
+        <v>513</v>
       </c>
       <c r="B480" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="C480">
-        <v>39.876</v>
+        <v>33.132</v>
       </c>
       <c r="D480" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>479</v>
+        <v>515</v>
       </c>
       <c r="B481" t="s">
-        <v>480</v>
+        <v>516</v>
       </c>
       <c r="C481">
-        <v>41.112</v>
+        <v>33.132</v>
       </c>
       <c r="D481" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>481</v>
+        <v>517</v>
       </c>
       <c r="B482" t="s">
-        <v>482</v>
+        <v>518</v>
       </c>
       <c r="C482">
-        <v>41.112</v>
+        <v>33.132</v>
       </c>
       <c r="D482" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>483</v>
+        <v>519</v>
       </c>
       <c r="B483" t="s">
-        <v>484</v>
+        <v>520</v>
       </c>
       <c r="C483">
-        <v>41.112</v>
+        <v>33.444</v>
       </c>
       <c r="D483" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>487</v>
+        <v>521</v>
       </c>
       <c r="B484" t="s">
-        <v>488</v>
+        <v>522</v>
       </c>
       <c r="C484">
-        <v>41.724</v>
+        <v>33.444</v>
       </c>
       <c r="D484" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>489</v>
+        <v>523</v>
       </c>
       <c r="B485" t="s">
-        <v>490</v>
+        <v>524</v>
       </c>
       <c r="C485">
-        <v>42.084</v>
+        <v>33.444</v>
       </c>
       <c r="D485" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>491</v>
+        <v>525</v>
       </c>
       <c r="B486" t="s">
-        <v>492</v>
+        <v>526</v>
       </c>
       <c r="C486">
-        <v>42.084</v>
+        <v>33.444</v>
       </c>
       <c r="D486" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>493</v>
+        <v>527</v>
       </c>
       <c r="B487" t="s">
-        <v>494</v>
+        <v>528</v>
       </c>
       <c r="C487">
-        <v>42.084</v>
+        <v>33.444</v>
       </c>
       <c r="D487" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>495</v>
+        <v>529</v>
       </c>
       <c r="B488" t="s">
-        <v>496</v>
+        <v>530</v>
       </c>
       <c r="C488">
-        <v>42.336</v>
+        <v>33.744</v>
       </c>
       <c r="D488" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>497</v>
+        <v>531</v>
       </c>
       <c r="B489" t="s">
-        <v>498</v>
+        <v>532</v>
       </c>
       <c r="C489">
-        <v>44.22</v>
+        <v>33.804</v>
       </c>
       <c r="D489" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>499</v>
+        <v>533</v>
       </c>
       <c r="B490" t="s">
-        <v>500</v>
+        <v>534</v>
       </c>
       <c r="C490">
-        <v>46.224</v>
+        <v>33.852</v>
       </c>
       <c r="D490" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>501</v>
+        <v>535</v>
       </c>
       <c r="B491" t="s">
-        <v>502</v>
+        <v>536</v>
       </c>
       <c r="C491">
-        <v>46.224</v>
+        <v>35.412</v>
       </c>
       <c r="D491" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>503</v>
+        <v>537</v>
       </c>
       <c r="B492" t="s">
-        <v>504</v>
+        <v>538</v>
       </c>
       <c r="C492">
-        <v>46.224</v>
+        <v>35.58</v>
       </c>
       <c r="D492" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>505</v>
+        <v>539</v>
       </c>
       <c r="B493" t="s">
-        <v>506</v>
+        <v>540</v>
       </c>
       <c r="C493">
-        <v>46.284</v>
+        <v>35.58</v>
       </c>
       <c r="D493" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>507</v>
+        <v>541</v>
       </c>
       <c r="B494" t="s">
-        <v>508</v>
+        <v>542</v>
       </c>
       <c r="C494">
-        <v>46.296</v>
+        <v>35.844</v>
       </c>
       <c r="D494" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>509</v>
+        <v>543</v>
       </c>
       <c r="B495" t="s">
-        <v>510</v>
+        <v>544</v>
       </c>
       <c r="C495">
-        <v>46.296</v>
+        <v>36.588</v>
       </c>
       <c r="D495" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>511</v>
+        <v>545</v>
       </c>
       <c r="B496" t="s">
-        <v>512</v>
+        <v>546</v>
       </c>
       <c r="C496">
-        <v>46.296</v>
+        <v>36.924</v>
       </c>
       <c r="D496" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>513</v>
+        <v>551</v>
       </c>
       <c r="B497" t="s">
-        <v>514</v>
+        <v>552</v>
       </c>
       <c r="C497">
-        <v>47.052</v>
+        <v>38.916</v>
       </c>
       <c r="D497" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>515</v>
+        <v>553</v>
       </c>
       <c r="B498" t="s">
-        <v>516</v>
+        <v>554</v>
       </c>
       <c r="C498">
-        <v>48.0</v>
+        <v>38.988</v>
       </c>
       <c r="D498" t="s">
-        <v>517</v>
+        <v>16</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>518</v>
+        <v>555</v>
       </c>
       <c r="B499" t="s">
-        <v>519</v>
+        <v>556</v>
       </c>
       <c r="C499">
-        <v>48.468</v>
+        <v>39.264</v>
       </c>
       <c r="D499" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>520</v>
+        <v>557</v>
       </c>
       <c r="B500" t="s">
-        <v>521</v>
+        <v>558</v>
       </c>
       <c r="C500">
-        <v>49.2</v>
+        <v>39.876</v>
       </c>
       <c r="D500" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>522</v>
+        <v>559</v>
       </c>
       <c r="B501" t="s">
-        <v>523</v>
+        <v>560</v>
       </c>
       <c r="C501">
-        <v>51.06</v>
+        <v>41.112</v>
       </c>
       <c r="D501" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>299</v>
+        <v>319</v>
       </c>
       <c r="B502" t="s">
-        <v>300</v>
+        <v>320</v>
       </c>
       <c r="C502">
-        <v>15.336</v>
+        <v>12.0</v>
       </c>
       <c r="D502" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>319</v>
+        <v>349</v>
       </c>
       <c r="B503" t="s">
-        <v>320</v>
+        <v>350</v>
       </c>
       <c r="C503">
-        <v>18.408</v>
+        <v>15.336</v>
       </c>
       <c r="D503" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>321</v>
+        <v>371</v>
       </c>
       <c r="B504" t="s">
-        <v>322</v>
+        <v>372</v>
       </c>
       <c r="C504">
-        <v>19.02</v>
+        <v>18.0</v>
       </c>
       <c r="D504" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>329</v>
+        <v>381</v>
       </c>
       <c r="B505" t="s">
-        <v>330</v>
+        <v>382</v>
       </c>
       <c r="C505">
-        <v>20.556</v>
+        <v>18.408</v>
       </c>
       <c r="D505" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>343</v>
+        <v>387</v>
       </c>
       <c r="B506" t="s">
-        <v>344</v>
+        <v>388</v>
       </c>
       <c r="C506">
-        <v>21.48</v>
+        <v>19.02</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>345</v>
+        <v>389</v>
       </c>
       <c r="B507" t="s">
-        <v>346</v>
+        <v>390</v>
       </c>
       <c r="C507">
-        <v>21.48</v>
+        <v>19.2</v>
       </c>
       <c r="D507" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>349</v>
+        <v>397</v>
       </c>
       <c r="B508" t="s">
-        <v>350</v>
+        <v>398</v>
       </c>
       <c r="C508">
-        <v>22.704</v>
+        <v>20.556</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>351</v>
+        <v>411</v>
       </c>
       <c r="B509" t="s">
-        <v>352</v>
+        <v>412</v>
       </c>
       <c r="C509">
-        <v>22.86</v>
+        <v>21.48</v>
       </c>
       <c r="D509" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>387</v>
+        <v>413</v>
       </c>
       <c r="B510" t="s">
-        <v>388</v>
+        <v>414</v>
       </c>
       <c r="C510">
-        <v>27.612</v>
+        <v>21.48</v>
       </c>
       <c r="D510" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>389</v>
+        <v>417</v>
       </c>
       <c r="B511" t="s">
-        <v>390</v>
+        <v>418</v>
       </c>
       <c r="C511">
-        <v>27.612</v>
+        <v>22.704</v>
       </c>
       <c r="D511" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>391</v>
+        <v>419</v>
       </c>
       <c r="B512" t="s">
-        <v>392</v>
+        <v>420</v>
       </c>
       <c r="C512">
-        <v>27.612</v>
+        <v>22.86</v>
       </c>
       <c r="D512" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>399</v>
+        <v>433</v>
       </c>
       <c r="B513" t="s">
-        <v>400</v>
+        <v>434</v>
       </c>
       <c r="C513">
-        <v>28.836</v>
+        <v>24.0</v>
       </c>
       <c r="D513" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>407</v>
+        <v>447</v>
       </c>
       <c r="B514" t="s">
-        <v>408</v>
+        <v>448</v>
       </c>
       <c r="C514">
-        <v>30.06</v>
+        <v>24.54</v>
       </c>
       <c r="D514" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>411</v>
+        <v>475</v>
       </c>
       <c r="B515" t="s">
-        <v>412</v>
+        <v>476</v>
       </c>
       <c r="C515">
-        <v>30.672</v>
+        <v>27.612</v>
       </c>
       <c r="D515" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>447</v>
+        <v>477</v>
       </c>
       <c r="B516" t="s">
-        <v>448</v>
+        <v>478</v>
       </c>
       <c r="C516">
-        <v>33.444</v>
+        <v>27.612</v>
       </c>
       <c r="D516" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B517" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="C517">
-        <v>39.876</v>
+        <v>28.836</v>
       </c>
       <c r="D517" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B518" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C518">
-        <v>41.724</v>
+        <v>30.06</v>
       </c>
       <c r="D518" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="B519" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="C519">
-        <v>44.22</v>
+        <v>30.672</v>
       </c>
       <c r="D519" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>505</v>
+        <v>527</v>
       </c>
       <c r="B520" t="s">
-        <v>506</v>
+        <v>528</v>
       </c>
       <c r="C520">
-        <v>46.284</v>
+        <v>33.444</v>
       </c>
       <c r="D520" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>524</v>
+        <v>539</v>
       </c>
       <c r="B521" t="s">
-        <v>525</v>
+        <v>540</v>
       </c>
       <c r="C521">
-        <v>57.096</v>
+        <v>35.58</v>
       </c>
       <c r="D521" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>526</v>
+        <v>557</v>
       </c>
       <c r="B522" t="s">
-        <v>527</v>
+        <v>558</v>
       </c>
       <c r="C522">
-        <v>57.096</v>
+        <v>39.876</v>
       </c>
       <c r="D522" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>528</v>
+        <v>561</v>
       </c>
       <c r="B523" t="s">
-        <v>529</v>
+        <v>562</v>
       </c>
       <c r="C523">
-        <v>57.096</v>
+        <v>41.112</v>
       </c>
       <c r="D523" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>530</v>
+        <v>563</v>
       </c>
       <c r="B524" t="s">
-        <v>531</v>
+        <v>564</v>
       </c>
       <c r="C524">
-        <v>63.804</v>
+        <v>41.112</v>
       </c>
       <c r="D524" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>532</v>
+        <v>565</v>
       </c>
       <c r="B525" t="s">
-        <v>533</v>
+        <v>566</v>
       </c>
       <c r="C525">
-        <v>63.804</v>
+        <v>41.724</v>
       </c>
       <c r="D525" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>534</v>
+        <v>567</v>
       </c>
       <c r="B526" t="s">
-        <v>535</v>
+        <v>568</v>
       </c>
       <c r="C526">
-        <v>63.804</v>
+        <v>42.0</v>
       </c>
       <c r="D526" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>536</v>
+        <v>569</v>
       </c>
       <c r="B527" t="s">
-        <v>537</v>
+        <v>570</v>
       </c>
       <c r="C527">
-        <v>63.804</v>
+        <v>45.012</v>
       </c>
       <c r="D527" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>538</v>
+        <v>571</v>
       </c>
       <c r="B528" t="s">
-        <v>539</v>
+        <v>572</v>
       </c>
       <c r="C528">
-        <v>78.18</v>
+        <v>46.284</v>
       </c>
       <c r="D528" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>540</v>
+        <v>573</v>
       </c>
       <c r="B529" t="s">
-        <v>541</v>
+        <v>574</v>
       </c>
       <c r="C529">
-        <v>78.18</v>
+        <v>48.0</v>
       </c>
       <c r="D529" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>542</v>
+        <v>575</v>
       </c>
       <c r="B530" t="s">
-        <v>543</v>
+        <v>576</v>
       </c>
       <c r="C530">
-        <v>78.18</v>
+        <v>51.06</v>
       </c>
       <c r="D530" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>544</v>
+        <v>577</v>
       </c>
       <c r="B531" t="s">
-        <v>545</v>
+        <v>578</v>
       </c>
       <c r="C531">
-        <v>81.3</v>
+        <v>53.988</v>
       </c>
       <c r="D531" t="s">
-        <v>546</v>
+        <v>16</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>547</v>
+        <v>579</v>
       </c>
       <c r="B532" t="s">
-        <v>548</v>
+        <v>580</v>
       </c>
       <c r="C532">
-        <v>131.508</v>
+        <v>55.932</v>
       </c>
       <c r="D532" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>549</v>
+        <v>581</v>
       </c>
       <c r="B533" t="s">
-        <v>550</v>
+        <v>582</v>
       </c>
       <c r="C533">
-        <v>141.6</v>
+        <v>57.096</v>
       </c>
       <c r="D533" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>551</v>
+        <v>583</v>
       </c>
       <c r="B534" t="s">
-        <v>552</v>
+        <v>584</v>
       </c>
       <c r="C534">
-        <v>162.012</v>
+        <v>57.096</v>
       </c>
       <c r="D534" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>553</v>
+        <v>585</v>
       </c>
       <c r="B535" t="s">
-        <v>554</v>
+        <v>586</v>
       </c>
       <c r="C535">
-        <v>165.66</v>
+        <v>57.096</v>
       </c>
       <c r="D535" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>555</v>
+        <v>587</v>
       </c>
       <c r="B536" t="s">
-        <v>556</v>
+        <v>588</v>
       </c>
       <c r="C536">
-        <v>168.216</v>
+        <v>57.6</v>
       </c>
       <c r="D536" t="s">
-        <v>546</v>
+        <v>16</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>557</v>
+        <v>589</v>
       </c>
       <c r="B537" t="s">
-        <v>558</v>
+        <v>590</v>
       </c>
       <c r="C537">
-        <v>170.292</v>
+        <v>63.804</v>
       </c>
       <c r="D537" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>559</v>
+        <v>591</v>
       </c>
       <c r="B538" t="s">
-        <v>560</v>
+        <v>592</v>
       </c>
       <c r="C538">
-        <v>170.292</v>
+        <v>63.804</v>
       </c>
       <c r="D538" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>561</v>
+        <v>593</v>
       </c>
       <c r="B539" t="s">
-        <v>562</v>
+        <v>594</v>
       </c>
       <c r="C539">
-        <v>170.292</v>
+        <v>63.804</v>
       </c>
       <c r="D539" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>563</v>
+        <v>595</v>
       </c>
       <c r="B540" t="s">
-        <v>564</v>
+        <v>596</v>
       </c>
       <c r="C540">
-        <v>180.588</v>
+        <v>63.804</v>
       </c>
       <c r="D540" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>565</v>
+        <v>597</v>
       </c>
       <c r="B541" t="s">
-        <v>566</v>
+        <v>598</v>
       </c>
       <c r="C541">
-        <v>204.0</v>
+        <v>78.972</v>
       </c>
       <c r="D541" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>567</v>
+        <v>599</v>
       </c>
       <c r="B542" t="s">
-        <v>568</v>
+        <v>600</v>
       </c>
       <c r="C542">
-        <v>275.58</v>
+        <v>78.972</v>
       </c>
       <c r="D542" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>569</v>
+        <v>601</v>
       </c>
       <c r="B543" t="s">
-        <v>570</v>
+        <v>602</v>
       </c>
       <c r="C543">
-        <v>285.816</v>
+        <v>78.972</v>
       </c>
       <c r="D543" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>571</v>
+        <v>603</v>
       </c>
       <c r="B544" t="s">
-        <v>572</v>
+        <v>604</v>
       </c>
       <c r="C544">
-        <v>408.516</v>
+        <v>84.0</v>
       </c>
       <c r="D544" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" t="s">
-        <v>573</v>
+        <v>605</v>
       </c>
       <c r="B545" t="s">
-        <v>574</v>
+        <v>606</v>
       </c>
       <c r="C545">
-        <v>428.868</v>
+        <v>126.0</v>
       </c>
       <c r="D545" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>575</v>
+        <v>607</v>
       </c>
       <c r="B546" t="s">
-        <v>576</v>
+        <v>608</v>
       </c>
       <c r="C546">
-        <v>459.648</v>
+        <v>126.0</v>
       </c>
       <c r="D546" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>577</v>
+        <v>609</v>
       </c>
       <c r="B547" t="s">
-        <v>578</v>
+        <v>610</v>
       </c>
       <c r="C547">
-        <v>459.648</v>
+        <v>130.8</v>
       </c>
       <c r="D547" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>579</v>
+        <v>611</v>
       </c>
       <c r="B548" t="s">
-        <v>580</v>
+        <v>612</v>
       </c>
       <c r="C548">
-        <v>469.872</v>
+        <v>131.508</v>
       </c>
       <c r="D548" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>581</v>
+        <v>613</v>
       </c>
       <c r="B549" t="s">
-        <v>582</v>
+        <v>614</v>
       </c>
       <c r="C549">
-        <v>510.78</v>
+        <v>138.0</v>
       </c>
       <c r="D549" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>583</v>
+        <v>615</v>
       </c>
       <c r="B550" t="s">
-        <v>584</v>
+        <v>616</v>
       </c>
       <c r="C550">
-        <v>561.912</v>
+        <v>141.6</v>
       </c>
       <c r="D550" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" t="s">
-        <v>585</v>
+        <v>617</v>
       </c>
       <c r="B551" t="s">
-        <v>586</v>
+        <v>618</v>
       </c>
       <c r="C551">
-        <v>766.428</v>
+        <v>154.8</v>
       </c>
       <c r="D551" t="s">
-        <v>546</v>
+        <v>6</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" t="s">
-        <v>587</v>
+        <v>619</v>
       </c>
       <c r="B552" t="s">
-        <v>588</v>
+        <v>620</v>
       </c>
       <c r="C552">
-        <v>817.56</v>
+        <v>162.0</v>
       </c>
       <c r="D552" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>589</v>
+        <v>621</v>
       </c>
       <c r="B553" t="s">
-        <v>590</v>
+        <v>622</v>
       </c>
       <c r="C553">
-        <v>817.56</v>
+        <v>162.012</v>
       </c>
       <c r="D553" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>591</v>
+        <v>623</v>
       </c>
       <c r="B554" t="s">
-        <v>592</v>
+        <v>624</v>
       </c>
       <c r="C554">
-        <v>843.12</v>
+        <v>165.66</v>
       </c>
       <c r="D554" t="s">
-        <v>517</v>
+        <v>13</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>593</v>
+        <v>625</v>
       </c>
       <c r="B555" t="s">
-        <v>594</v>
+        <v>626</v>
       </c>
       <c r="C555">
-        <v>932.592</v>
+        <v>170.292</v>
       </c>
       <c r="D555" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>595</v>
+        <v>627</v>
       </c>
       <c r="B556" t="s">
-        <v>596</v>
+        <v>628</v>
       </c>
       <c r="C556">
-        <v>974.928</v>
+        <v>170.292</v>
       </c>
       <c r="D556" t="s">
-        <v>517</v>
+        <v>16</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>597</v>
+        <v>629</v>
       </c>
       <c r="B557" t="s">
-        <v>598</v>
+        <v>630</v>
       </c>
       <c r="C557">
-        <v>974.928</v>
+        <v>170.292</v>
       </c>
       <c r="D557" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>599</v>
+        <v>631</v>
       </c>
       <c r="B558" t="s">
-        <v>600</v>
+        <v>632</v>
       </c>
       <c r="C558">
-        <v>1380.492</v>
+        <v>174.0</v>
       </c>
       <c r="D558" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" t="s">
-        <v>601</v>
+        <v>633</v>
       </c>
       <c r="B559" t="s">
-        <v>602</v>
+        <v>634</v>
       </c>
       <c r="C559">
-        <v>1533.372</v>
+        <v>180.588</v>
       </c>
       <c r="D559" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>603</v>
+        <v>635</v>
       </c>
       <c r="B560" t="s">
-        <v>604</v>
+        <v>636</v>
       </c>
       <c r="C560">
-        <v>1635.624</v>
+        <v>183.552</v>
       </c>
       <c r="D560" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" t="s">
+        <v>637</v>
+      </c>
+      <c r="B561" t="s">
+        <v>638</v>
+      </c>
+      <c r="C561">
+        <v>184.98</v>
+      </c>
+      <c r="D561" t="s">
         <v>13</v>
       </c>
     </row>
+    <row r="562" spans="1:4">
+      <c r="A562" t="s">
+        <v>639</v>
+      </c>
+      <c r="B562" t="s">
+        <v>640</v>
+      </c>
+      <c r="C562">
+        <v>204.0</v>
+      </c>
+      <c r="D562" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" t="s">
+        <v>642</v>
+      </c>
+      <c r="B563" t="s">
+        <v>643</v>
+      </c>
+      <c r="C563">
+        <v>249.0</v>
+      </c>
+      <c r="D563" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" t="s">
+        <v>644</v>
+      </c>
+      <c r="B564" t="s">
+        <v>645</v>
+      </c>
+      <c r="C564">
+        <v>249.0</v>
+      </c>
+      <c r="D564" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" t="s">
+        <v>646</v>
+      </c>
+      <c r="B565" t="s">
+        <v>647</v>
+      </c>
+      <c r="C565">
+        <v>295.2</v>
+      </c>
+      <c r="D565" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" t="s">
+        <v>648</v>
+      </c>
+      <c r="B566" t="s">
+        <v>649</v>
+      </c>
+      <c r="C566">
+        <v>408.516</v>
+      </c>
+      <c r="D566" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" t="s">
+        <v>650</v>
+      </c>
+      <c r="B567" t="s">
+        <v>651</v>
+      </c>
+      <c r="C567">
+        <v>428.868</v>
+      </c>
+      <c r="D567" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" t="s">
+        <v>652</v>
+      </c>
+      <c r="B568" t="s">
+        <v>653</v>
+      </c>
+      <c r="C568">
+        <v>429.0</v>
+      </c>
+      <c r="D568" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" t="s">
+        <v>654</v>
+      </c>
+      <c r="B569" t="s">
+        <v>655</v>
+      </c>
+      <c r="C569">
+        <v>432.0</v>
+      </c>
+      <c r="D569" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>656</v>
+      </c>
+      <c r="B570" t="s">
+        <v>657</v>
+      </c>
+      <c r="C570">
+        <v>459.0</v>
+      </c>
+      <c r="D570" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>658</v>
+      </c>
+      <c r="B571" t="s">
+        <v>659</v>
+      </c>
+      <c r="C571">
+        <v>459.648</v>
+      </c>
+      <c r="D571" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>660</v>
+      </c>
+      <c r="B572" t="s">
+        <v>661</v>
+      </c>
+      <c r="C572">
+        <v>495.0</v>
+      </c>
+      <c r="D572" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
+        <v>662</v>
+      </c>
+      <c r="B573" t="s">
+        <v>663</v>
+      </c>
+      <c r="C573">
+        <v>510.78</v>
+      </c>
+      <c r="D573" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>664</v>
+      </c>
+      <c r="B574" t="s">
+        <v>665</v>
+      </c>
+      <c r="C574">
+        <v>559.2</v>
+      </c>
+      <c r="D574" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>666</v>
+      </c>
+      <c r="B575" t="s">
+        <v>667</v>
+      </c>
+      <c r="C575">
+        <v>564.0</v>
+      </c>
+      <c r="D575" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>668</v>
+      </c>
+      <c r="B576" t="s">
+        <v>669</v>
+      </c>
+      <c r="C576">
+        <v>696.0</v>
+      </c>
+      <c r="D576" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>670</v>
+      </c>
+      <c r="B577" t="s">
+        <v>671</v>
+      </c>
+      <c r="C577">
+        <v>720.0</v>
+      </c>
+      <c r="D577" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>672</v>
+      </c>
+      <c r="B578" t="s">
+        <v>673</v>
+      </c>
+      <c r="C578">
+        <v>768.0</v>
+      </c>
+      <c r="D578" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>674</v>
+      </c>
+      <c r="B579" t="s">
+        <v>675</v>
+      </c>
+      <c r="C579">
+        <v>817.56</v>
+      </c>
+      <c r="D579" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>676</v>
+      </c>
+      <c r="B580" t="s">
+        <v>677</v>
+      </c>
+      <c r="C580">
+        <v>876.0</v>
+      </c>
+      <c r="D580" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>678</v>
+      </c>
+      <c r="B581" t="s">
+        <v>679</v>
+      </c>
+      <c r="C581">
+        <v>974.928</v>
+      </c>
+      <c r="D581" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" t="s">
+        <v>680</v>
+      </c>
+      <c r="B582" t="s">
+        <v>681</v>
+      </c>
+      <c r="C582">
+        <v>974.928</v>
+      </c>
+      <c r="D582" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" t="s">
+        <v>682</v>
+      </c>
+      <c r="B583" t="s">
+        <v>683</v>
+      </c>
+      <c r="C583">
+        <v>1218.996</v>
+      </c>
+      <c r="D583" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" t="s">
+        <v>684</v>
+      </c>
+      <c r="B584" t="s">
+        <v>685</v>
+      </c>
+      <c r="C584">
+        <v>1528.992</v>
+      </c>
+      <c r="D584" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" t="s">
+        <v>686</v>
+      </c>
+      <c r="B585" t="s">
+        <v>687</v>
+      </c>
+      <c r="C585">
+        <v>1533.372</v>
+      </c>
+      <c r="D585" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" t="s">
+        <v>688</v>
+      </c>
+      <c r="B586" t="s">
+        <v>689</v>
+      </c>
+      <c r="C586">
+        <v>3159.0</v>
+      </c>
+      <c r="D586" t="s">
+        <v>16</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D561"/>
+  <autoFilter ref="A1:D587"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>