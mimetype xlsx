--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$587</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$513</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="690">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="667">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Cyan</t>
   </si>
   <si>
     <t>LF-INK-BROT-LC1000CY-UP</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Ink cartridge UPRINT LC970 BROTHER, Magenta</t>
   </si>
   <si>
@@ -937,50 +937,53 @@
   <si>
     <t>Ink cartridge UPRINT PGI-580 XXL, CANON PIXMA TS9150/TS6151/TS8152/TS6150, Black</t>
   </si>
   <si>
     <t>LF-INK-CAN-PGI580BK-XXL-U</t>
   </si>
   <si>
     <t>Toner cartridge ORINK CF280A, HP LJ Pro 400/ M401/M425, 2700k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-CF280A</t>
   </si>
   <si>
     <t>Roll of adhesive labels for STICK EASY UP21, 14x40mm, 180 pcs. , white</t>
   </si>
   <si>
     <t>LF-LABEL-STICK-UP21-W</t>
   </si>
   <si>
     <t>Toner Cartridge, HP LJ Pro M15/M15a/M15w/MFP M28/M28a/M28w, 1000 k., Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-CF244A</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>Toner Cartridge ORINK SAMSUNG MLT-D101S, CSX-3400/3405/ML-2160/2162/2165, 1500 k., Black</t>
   </si>
   <si>
     <t>ORINK-TON-SAM-CAS-D101S</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT CB435A/CB436A/CE285A/CE278A, HP/CANON, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-35-36-85</t>
   </si>
   <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Black, 100ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-100B</t>
   </si>
   <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Cyan, 100ml</t>
   </si>
   <si>
     <t>INKTEC-EPS-019-100C</t>
   </si>
   <si>
     <t>Bulk inks INKTEC, for Epson L11160 / L15150 / L15160/  WF-C5710 / WF-C5790, Magenta, 100ml</t>
@@ -1399,735 +1402,663 @@
   <si>
     <t>Toner bottle for RICOH MP 2501E, 2001SP, 9000p., Black</t>
   </si>
   <si>
     <t>RICOH-TON-MP2501E</t>
   </si>
   <si>
     <t>Toner Cartridge ORINK Q5949X, HP LJ 1320/3390/3392, 6000k, Black</t>
   </si>
   <si>
     <t>ORINK-TON-HP-CAS-Q5949X</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W1106A, HP 106A, MFP135a/137fnw/ LJ107, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W1106A</t>
   </si>
   <si>
     <t>Toner Cartridge UPRINT HP W2070A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 1000k, Black</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2070A</t>
   </si>
   <si>
+    <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2072A</t>
+  </si>
+  <si>
+    <t>Set of 4 pcs. rolls of adhesive labels for STICK EASY UP21, 4x 180 pcs. , pink, yellow, blue, transparent</t>
+  </si>
+  <si>
+    <t>LF-LABEL-STICK-UP21-PACK</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP51K, Black, ineo+ 3110, A0X54D5, 5000 k.</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP51K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh RICT301, 8000 копия, MP301SP, MP301SPF, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP301</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Orink SP 201LE, RICOH, Black, 2600 pages, Black</t>
+  </si>
+  <si>
+    <t>ORINK-TON-RICOH-SP201LE</t>
+  </si>
+  <si>
+    <t>Brother DR2401 Drum Unit, 12000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR2401</t>
+  </si>
+  <si>
+    <t>SAMSUNG MLT-R116 Drum Unit, 9000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-SAM-MLT-R116</t>
+  </si>
+  <si>
+    <t>Toner cartridge SAMSUNG SL-M3825/M3875/M4025/M4075 (MLT-D204L)- 5000k, Uprint</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-D204L-UP</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG40 XL+ CL41XL Black/Color</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-PG40-CL41XL-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge SAMSUNG MLT-D205L, ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833, 5000k, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-MLT-D205L</t>
+  </si>
+  <si>
+    <t>Toner cartridge SAMSUNG ML-3710/SCX-5637/SCX-5737/ML-3310/SCX-4833 (MLT-D205E)- 10000k</t>
+  </si>
+  <si>
+    <t>LF-TON-SAM-CAS-MLT-D205E</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN3600XXL- L5210/ L5710/ L6910/ DCP-L5510/ DCP-L6410, 11 000 k.</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN3600XL</t>
+  </si>
+  <si>
+    <t>Ricoh IMC530FB Waste Toner Bottle, 3000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC350FB</t>
+  </si>
+  <si>
+    <t>Drum compatible BROTHER DR3400, for HL-L6400DW/ L6800DW/ L6900/ L5700/ L5750, Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>Toner Cartridge GENERINK SP 311XE, RICOH, Black, 6400 pages</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP311UHY</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP 201, 7000 p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP201</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2071A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2071A</t>
+  </si>
+  <si>
+    <t>Toner Cartridge UPRINT HP W2073A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Magenta</t>
+  </si>
+  <si>
+    <t>LF-TON-HP-CAS-W2073A</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, white</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-W</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, turquoise</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-T</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, Black</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-K</t>
+  </si>
+  <si>
+    <t>Label mini printer STICK EASY UP21, wireless monochrome, Pink</t>
+  </si>
+  <si>
+    <t>LF-PRN-LABEL-STICK-UP21-P</t>
+  </si>
+  <si>
+    <t>Ricoh IM460 Waste Toner Bottle, RICOH IM370/ IM 370F, 50000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-WASTE-IM460</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP305, 9000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP305</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting - ABS refil, NFC, 1.75 mm, Black</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-BL-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting - PETG (NFC) filament, 1.75 mm, NATURE</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PETG-600GR-NATURE</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU06A, ABS, 1.75 mm, 600 gr, Bottle GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-GR-NFC</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Generink Ricoh SP 3710X, 7000 копия, 408285, Black</t>
+  </si>
+  <si>
+    <t>LF-TON-RICOH-SP3710X-G</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU02H, ABS, 1.75 mm, 600 gr, Pure white</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-SN-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLKXEU02E, PLA, 1.75 mm, 600, Yellow</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-YELL-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0TH, PLA, 1.75 mm, 600, AQUA GREEN</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-AGR-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RFPLCXEU0SK, PLA, 1.75 mm, 600, Sky blue</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-BLUE-NFC</t>
+  </si>
+  <si>
+    <t>Refill 3D printer XYZprinting RF10CXEU01K, ABS, 1.75 mm, 600 gr, Nature</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-NAT-NFC</t>
+  </si>
+  <si>
+    <t>XYZprinting 3D printer consumable - Filament PLA(NFC) 600gr, Pink, for DaVinci Super and da Vinci Jr Pro x+</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600PINK-NFC</t>
+  </si>
+  <si>
+    <t>XYZprinting 3D printer consumable - Antibacterial PLA 600gr, NFC, Neongreen, for DaVinci Super and da Vinci Jr Pro x+</t>
+  </si>
+  <si>
+    <t>3D-XYZ-PLA-600GR-GR-NFC</t>
+  </si>
+  <si>
+    <t>Generink RICOH SP230 Photo Conductor Unit 12000 к</t>
+  </si>
+  <si>
+    <t>LF-DRUM-RICOH-SP230-G</t>
+  </si>
+  <si>
+    <t>Ricoh Waste Toner Bottle RICOH MC 240FW/P C200W</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC240</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP49K, ineo+ 3351, +3851, 13000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP49K</t>
+  </si>
+  <si>
+    <t>Ink cartridge CANON PG-545XL/CL-546XL, Canon IP2850/ MG2450/MG2550/TS335x, BK/C/M/Y</t>
+  </si>
+  <si>
+    <t>LF-INK-CAN-545-546-Pack</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN2590XL, HL-L2402/L2442/L2460/ L2600/ L2640 /MFC- L2802/ L2862/ L2922, 3000k.</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN2590XL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TNP81K, ineo +3300i, +4000i, 13 000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TNP81K</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP401, 401, 402, 401 SPF, 4520, 4520 DN, 11900 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP401</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh MP3353, Type 2220D, 11000, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP3353</t>
+  </si>
+  <si>
+    <t>Ink cartridge UPRINT HP 953XL (Bk+C+Y+M) OfficeJet Pro 8210/8710/7720</t>
+  </si>
+  <si>
+    <t>LF-INK-HP-953XL-Pack-UP</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 3000 k. Black</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-BK</t>
+  </si>
+  <si>
+    <t>Refill for 3D pen PEN Magic Filament PLA 36 pcs. x 5 m, different colors</t>
+  </si>
+  <si>
+    <t>3D-PEN-MAGIC-PLA</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Cyan</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Magenta</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-M</t>
+  </si>
+  <si>
+    <t>Toner Cartridge BROTHER TN248XL, HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 2300 k. Yellow</t>
+  </si>
+  <si>
+    <t>LF-TON-BR-CAS-TN248XL-Y</t>
+  </si>
+  <si>
+    <t>Toner bottle for RICOH MP2000, 1230D, 9000p., Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MP2000</t>
+  </si>
+  <si>
+    <t>Toner cartridge compatible LEXMARK MS510/MS610/MX310/MX410/MX415/MX510/MX610 - 10000k, 50F2X00</t>
+  </si>
+  <si>
+    <t>LF-TON-LEX-CAS-50F2X00</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh IM460, 9000 pages, IM 370/370F, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IM460</t>
+  </si>
+  <si>
     <t>Toner Cartridge GENERINK RICOH SP330SN - SP330SN/330SFN/P310/M320/M320FB, 7000 k, Black</t>
   </si>
   <si>
     <t>LF-TON-RICOH-SP330SN-G</t>
   </si>
   <si>
-    <t>Toner Cartridge UPRINT HP W2072A, HP 117A, HP Color 150a/150nw/ MFP 178nw/179fnw, 700k, Yellow</t>
-[...310 lines deleted...]
-  <si>
     <t>Toner bottle M2810H for RICOH M2310N,M2810N for 17500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-M2810H</t>
   </si>
   <si>
+    <t>Develop drum for use in Develop WB-P08,</t>
+  </si>
+  <si>
+    <t>DEV-CLEAN-WB-P08</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Print Cartridge Black IM C320F for 11700 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-BL</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Black MP C305H, 12000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-BL</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP -TN324K, ineo+ 258, +308, +368, 28000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN324K</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
     <t>Safety cover for RICOH M2310 and M2810N</t>
   </si>
   <si>
     <t>RICOH-COVER-PN2020</t>
   </si>
   <si>
+    <t>Toner Cartridge DEVELOP TN221MH, ineo+227, +287, 10500 k., A8K335H, Magenta</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN221M-H</t>
+  </si>
+  <si>
     <t>Toner Cartridge DEVELOP TN-328K, ineo + 251i, + 301i, + 361i, 28000 k., Black</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328K</t>
   </si>
   <si>
     <t>BROTHER Drum Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
   </si>
   <si>
     <t>LF-DRUM-BR-DR248CL</t>
   </si>
   <si>
+    <t>Ricoh developer black (D2459640)</t>
+  </si>
+  <si>
+    <t>RICOH-DEV-MP2014</t>
+  </si>
+  <si>
     <t>Network card Ricoh Wi-FI 802.11 TYPE M57, IMC320F, P C375</t>
   </si>
   <si>
     <t>RICOH-LAN-M57</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Yellow MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842080</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-Y</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Magenta MP C305, 4000 pages - MP C305, C305 SP, C305 SPF, 842081</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-M</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Cyan MP C305, 4000 pages - MP C305, C305 SP, C305 SPF</t>
   </si>
   <si>
     <t>RICOH-TON-MPC305H-C</t>
   </si>
   <si>
     <t>Develop drum for use in DEVELOP IUP43 ineo 4201i, 4221i, 5001i, 5021i, 75 000 k.</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP43</t>
   </si>
   <si>
+    <t>Ricoh CON-3708-100K, Roller</t>
+  </si>
+  <si>
+    <t>RICOH-CON-3708-100K</t>
+  </si>
+  <si>
+    <t>Ricoh IEEE 802.11 a/b/g/n/ac Interface Unit Type M54</t>
+  </si>
+  <si>
+    <t>RICOH-LAN-M54</t>
+  </si>
+  <si>
+    <t>RICOH Drum MP2014, MP2014AD, M2700, M2701, IM2702</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-MP2014</t>
+  </si>
+  <si>
     <t>Toner cartridge compatible MAGENTA HP W2193X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2193X</t>
   </si>
   <si>
     <t>Toner cartridge compatible YELLOW HP W2192X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2192X</t>
   </si>
   <si>
     <t>Toner cartridge compatible CYAN HP W2191X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 2500k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2191X</t>
   </si>
   <si>
     <t>Toner cartridge compatible BLACK HP W2190X, HP 219X, HP Color LJ Pro MFP 3302, LJ Pro 3202, 3150k. Uprint</t>
   </si>
   <si>
     <t>LF-TON-HP-CAS-W2190X</t>
   </si>
   <si>
+    <t>Toner Cartridge KYOCERA TK1248 - PA2001, MA2001</t>
+  </si>
+  <si>
+    <t>KYO-TON-TK1248</t>
+  </si>
+  <si>
+    <t>RICOH Consumables Kit iX1300 (CON-3805-090K)</t>
+  </si>
+  <si>
+    <t>RICOH-CON-3805-090K</t>
+  </si>
+  <si>
+    <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC320F-Y</t>
+  </si>
+  <si>
+    <t>Develop drum for use in Develop IUP16, ineo 3300P/ 3301P/ 4000P, 4700P</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-IUP16</t>
+  </si>
+  <si>
     <t>Toner cartridge RICOH Print Cartridge Cyan IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-C</t>
   </si>
   <si>
     <t>Toner cartridge RICOH Print Cartridge Magenta IM C320F for 7500 pages</t>
   </si>
   <si>
     <t>RICOH-TON-IMC320F-M</t>
   </si>
   <si>
-    <t>Toner cartridge RICOH Print Cartridge Yellow IM C320F for 7500 pages</t>
-[...2 lines deleted...]
-    <t>RICOH-TON-IMC320F-Y</t>
+    <t>Toner Cartridge DEVELOP TN323, ineo 227/287, 23000 k., Black</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN323</t>
   </si>
   <si>
     <t>Filament dryer for Creality Space Pi Plus 3D printer, for 2 rolls</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X2</t>
   </si>
   <si>
+    <t>Ricoh Drum Unit IM IM C530FB, 60000 p, Cyan</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-IMC530-CY</t>
+  </si>
+  <si>
+    <t>Ricoh Drum Unit IM IM C530FB, 60000 p, Magenta</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-IMC530-MA</t>
+  </si>
+  <si>
+    <t>Ricoh Drum Unit IM IM C530FB, 60000 p, Yellow</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-IMC530-YE</t>
+  </si>
+  <si>
+    <t>Toner Cartridge RICOH IM C530FB, 20500 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC530-BL</t>
+  </si>
+  <si>
+    <t>Ricoh Caster table 79</t>
+  </si>
+  <si>
+    <t>RICOH-PART-TABLE79</t>
+  </si>
+  <si>
+    <t>Toner Cartridge Ricoh M C320H, 7600 k,  For M C320FW, Black</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC320HBL</t>
+  </si>
+  <si>
+    <t>3D Pen EDUstick</t>
+  </si>
+  <si>
+    <t>3D-PEN-EDUSTICK</t>
+  </si>
+  <si>
+    <t>Ricoh Drum Unit IM IM C530FB, 60000 p, Black</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-IMC530-BL</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TN-328C, ineo + 251i, + 301i, + 361i, 28000 k., Cyan</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328C</t>
+  </si>
+  <si>
+    <t>Toner Cartridge DEVELOP TN-328Y, ineo + 251i, + 301i, + 361i, 28000 k., Yellow</t>
+  </si>
+  <si>
+    <t>DEV-TON-CAS-TN328Y</t>
+  </si>
+  <si>
     <t>Toner Cartridge DEVELOP TN-328M, ineo + 251i, + 301i, + 361i, 28000 k., Magenta</t>
   </si>
   <si>
     <t>DEV-TON-CAS-TN328M</t>
   </si>
   <si>
     <t>Additional tray RICOH PB2080 for 250 pages for M2310N, M2810N</t>
   </si>
   <si>
     <t>RICOH-PART-PB2080</t>
   </si>
   <si>
     <t>Toner Cartridge KYOCERA TK3410 for KYOCERA PA5000x/PA5500x/PA6000x, 155000 k.</t>
   </si>
   <si>
     <t>KYO-TON-TK3410</t>
   </si>
   <si>
-    <t>Toner cartridge RICOH Print Cartridge Black P C375, 10500 pages</t>
-[...4 lines deleted...]
-  <si>
     <t>Paper Feed Unit Ricoh ARDF 50 Pages for RICOH M2310N and M2810N</t>
   </si>
   <si>
     <t>RICOH-ARDF-DF2040</t>
   </si>
   <si>
-    <t>Develop drum for use in DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 k.</t>
-[...157 lines deleted...]
-  <si>
     <t>Multi-function copier, scanner, printer RICOH M2810N B/W, A3, 28ppm, 6000 pages, starter toner</t>
   </si>
   <si>
     <t>RICOH-MFC-M2810N</t>
   </si>
   <si>
-    <t>Laser Color Printer RICOH P C375, A4, USB 2.0, LAN, WiFi, 32 ppm</t>
-[...56 lines deleted...]
-    <t>RICOH-SCAN-FI-7460</t>
+    <t>3D scanner Revopoint Pop 3 Plus Standard Edition</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-POP3PLUS2</t>
+  </si>
+  <si>
+    <t>Creality Falcon2 Pro 22W Laser Engraver</t>
+  </si>
+  <si>
+    <t>CREALITY-FALCON2-PRO-22W</t>
+  </si>
+  <si>
+    <t>3D scanner Einstar 2 Shining 3D wireless</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSTAR2-3DW</t>
+  </si>
+  <si>
+    <t>3D scanner Revopoint MIRACO Plus 32 GB</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-MIR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2431,61 +2362,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D587"/>
+  <dimension ref="A1:D513"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -2652,51 +2583,51 @@
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>3.072</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>3.072</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>3.072</v>
       </c>
       <c r="D16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>3.072</v>
@@ -2778,121 +2709,121 @@
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>3.684</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>3.684</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>3.684</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>3.684</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>3.684</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>3.684</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>3.684</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>3.684</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>3.684</v>
@@ -2932,51 +2863,51 @@
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>3.684</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>3.684</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>3.684</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>3.684</v>
@@ -3744,51 +3675,51 @@
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
         <v>5.52</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
         <v>5.52</v>
       </c>
       <c r="D93" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
         <v>5.52</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
         <v>5.52</v>
@@ -3940,51 +3871,51 @@
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>71</v>
       </c>
       <c r="B106" t="s">
         <v>72</v>
       </c>
       <c r="C106">
         <v>3.684</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>73</v>
       </c>
       <c r="B107" t="s">
         <v>74</v>
       </c>
       <c r="C107">
         <v>3.684</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>75</v>
       </c>
       <c r="B108" t="s">
         <v>76</v>
       </c>
       <c r="C108">
         <v>3.684</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>77</v>
       </c>
       <c r="B109" t="s">
         <v>78</v>
       </c>
       <c r="C109">
         <v>3.684</v>
@@ -4654,51 +4585,51 @@
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>187</v>
       </c>
       <c r="B157" t="s">
         <v>188</v>
       </c>
       <c r="C157">
         <v>5.52</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>189</v>
       </c>
       <c r="B158" t="s">
         <v>190</v>
       </c>
       <c r="C158">
         <v>5.52</v>
       </c>
       <c r="D158" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>191</v>
       </c>
       <c r="B159" t="s">
         <v>192</v>
       </c>
       <c r="C159">
         <v>5.52</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>193</v>
       </c>
       <c r="B160" t="s">
         <v>194</v>
       </c>
       <c r="C160">
         <v>5.52</v>
@@ -5018,51 +4949,51 @@
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>245</v>
       </c>
       <c r="B183" t="s">
         <v>246</v>
       </c>
       <c r="C183">
         <v>6.288</v>
       </c>
       <c r="D183" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>247</v>
       </c>
       <c r="B184" t="s">
         <v>248</v>
       </c>
       <c r="C184">
         <v>6.444</v>
       </c>
       <c r="D184" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>249</v>
       </c>
       <c r="B185" t="s">
         <v>250</v>
       </c>
       <c r="C185">
         <v>6.456</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>251</v>
       </c>
       <c r="B186" t="s">
         <v>252</v>
       </c>
       <c r="C186">
         <v>7.14</v>
@@ -5130,93 +5061,93 @@
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>261</v>
       </c>
       <c r="B191" t="s">
         <v>262</v>
       </c>
       <c r="C191">
         <v>7.956</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>263</v>
       </c>
       <c r="B192" t="s">
         <v>264</v>
       </c>
       <c r="C192">
         <v>8.196</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>265</v>
       </c>
       <c r="B193" t="s">
         <v>266</v>
       </c>
       <c r="C193">
         <v>8.376</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>267</v>
       </c>
       <c r="B194" t="s">
         <v>268</v>
       </c>
       <c r="C194">
         <v>8.388</v>
       </c>
       <c r="D194" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>269</v>
       </c>
       <c r="B195" t="s">
         <v>270</v>
       </c>
       <c r="C195">
         <v>8.592</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>271</v>
       </c>
       <c r="B196" t="s">
         <v>272</v>
       </c>
       <c r="C196">
         <v>8.88</v>
       </c>
       <c r="D196" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>273</v>
       </c>
       <c r="B197" t="s">
         <v>274</v>
       </c>
       <c r="C197">
         <v>9.0</v>
@@ -5326,51 +5257,51 @@
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>267</v>
       </c>
       <c r="B205" t="s">
         <v>268</v>
       </c>
       <c r="C205">
         <v>8.388</v>
       </c>
       <c r="D205" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>269</v>
       </c>
       <c r="B206" t="s">
         <v>270</v>
       </c>
       <c r="C206">
         <v>8.592</v>
       </c>
       <c r="D206" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>283</v>
       </c>
       <c r="B207" t="s">
         <v>284</v>
       </c>
       <c r="C207">
         <v>9.204</v>
       </c>
       <c r="D207" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>285</v>
       </c>
       <c r="B208" t="s">
         <v>286</v>
       </c>
       <c r="C208">
         <v>9.204</v>
@@ -5396,93 +5327,93 @@
     <row r="210" spans="1:4">
       <c r="A210" t="s">
         <v>289</v>
       </c>
       <c r="B210" t="s">
         <v>290</v>
       </c>
       <c r="C210">
         <v>9.204</v>
       </c>
       <c r="D210" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>291</v>
       </c>
       <c r="B211" t="s">
         <v>292</v>
       </c>
       <c r="C211">
         <v>9.204</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>293</v>
       </c>
       <c r="B212" t="s">
         <v>294</v>
       </c>
       <c r="C212">
         <v>9.204</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
         <v>295</v>
       </c>
       <c r="B213" t="s">
         <v>296</v>
       </c>
       <c r="C213">
         <v>9.204</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
         <v>297</v>
       </c>
       <c r="B214" t="s">
         <v>298</v>
       </c>
       <c r="C214">
         <v>9.204</v>
       </c>
       <c r="D214" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
         <v>299</v>
       </c>
       <c r="B215" t="s">
         <v>300</v>
       </c>
       <c r="C215">
         <v>9.204</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
         <v>301</v>
       </c>
       <c r="B216" t="s">
         <v>302</v>
       </c>
       <c r="C216">
         <v>9.672</v>
@@ -5494,5207 +5425,4171 @@
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>303</v>
       </c>
       <c r="B217" t="s">
         <v>304</v>
       </c>
       <c r="C217">
         <v>9.816</v>
       </c>
       <c r="D217" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
         <v>305</v>
       </c>
       <c r="B218" t="s">
         <v>306</v>
       </c>
       <c r="C218">
         <v>10.02</v>
       </c>
       <c r="D218" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B219" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C219">
         <v>10.08</v>
       </c>
       <c r="D219" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B220" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C220">
         <v>11.04</v>
       </c>
       <c r="D220" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B221" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C221">
         <v>11.484</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B222" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C222">
         <v>11.592</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B223" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C223">
         <v>11.592</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B224" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C224">
         <v>11.592</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B225" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C225">
         <v>12.0</v>
       </c>
       <c r="D225" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B226" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C226">
         <v>13.5</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B227" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C227">
         <v>13.5</v>
       </c>
       <c r="D227" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B228" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C228">
         <v>13.5</v>
       </c>
       <c r="D228" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B229" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C229">
         <v>13.5</v>
       </c>
       <c r="D229" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B230" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C230">
         <v>13.5</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B231" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C231">
         <v>14.112</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B232" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C232">
         <v>14.112</v>
       </c>
       <c r="D232" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B233" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C233">
         <v>14.112</v>
       </c>
       <c r="D233" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B234" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C234">
         <v>14.112</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B235" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C235">
         <v>14.724</v>
       </c>
       <c r="D235" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B236" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C236">
         <v>14.724</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B237" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C237">
         <v>15.336</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B238" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C238">
         <v>15.336</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B239" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C239">
         <v>15.336</v>
       </c>
       <c r="D239" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B240" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C240">
         <v>15.336</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B241" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C241">
         <v>16.404</v>
       </c>
       <c r="D241" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B242" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C242">
         <v>16.56</v>
       </c>
       <c r="D242" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B243" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C243">
         <v>17.184</v>
       </c>
       <c r="D243" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B244" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C244">
         <v>17.184</v>
       </c>
       <c r="D244" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B245" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C245">
         <v>17.184</v>
       </c>
       <c r="D245" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B246" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C246">
         <v>17.184</v>
       </c>
       <c r="D246" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B247" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C247">
         <v>17.796</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B248" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C248">
         <v>17.796</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B249" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C249">
         <v>17.796</v>
       </c>
       <c r="D249" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B250" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C250">
         <v>17.796</v>
       </c>
       <c r="D250" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B251" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C251">
         <v>18.0</v>
       </c>
       <c r="D251" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B252" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C252">
         <v>18.408</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B253" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C253">
         <v>18.408</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B254" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C254">
         <v>18.408</v>
       </c>
       <c r="D254" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B255" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C255">
         <v>18.408</v>
       </c>
       <c r="D255" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B256" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C256">
         <v>18.408</v>
       </c>
       <c r="D256" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B257" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C257">
         <v>19.02</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B258" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C258">
         <v>19.02</v>
       </c>
       <c r="D258" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B259" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C259">
         <v>19.02</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B260" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C260">
         <v>19.2</v>
       </c>
       <c r="D260" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B261" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C261">
         <v>19.932</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B262" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C262">
         <v>19.932</v>
       </c>
       <c r="D262" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B263" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C263">
         <v>19.932</v>
       </c>
       <c r="D263" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B264" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C264">
         <v>20.556</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B265" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C265">
         <v>20.748</v>
       </c>
       <c r="D265" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B266" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C266">
         <v>20.796</v>
       </c>
       <c r="D266" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B267" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C267">
         <v>20.796</v>
       </c>
       <c r="D267" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B268" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C268">
         <v>20.796</v>
       </c>
       <c r="D268" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B269" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C269">
         <v>20.856</v>
       </c>
       <c r="D269" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B270" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C270">
         <v>21.48</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B271" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C271">
         <v>21.48</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B272" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C272">
         <v>21.48</v>
       </c>
       <c r="D272" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B273" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C273">
         <v>22.092</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B274" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C274">
         <v>22.704</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B275" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C275">
         <v>22.86</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B276" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C276">
         <v>22.98</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B277" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C277">
         <v>23.4</v>
       </c>
       <c r="D277" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B278" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C278">
         <v>23.4</v>
       </c>
       <c r="D278" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B279" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C279">
         <v>23.4</v>
       </c>
       <c r="D279" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B280" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C280">
         <v>23.4</v>
       </c>
       <c r="D280" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B281" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C281">
         <v>23.4</v>
       </c>
       <c r="D281" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B282" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C282">
         <v>24.0</v>
       </c>
       <c r="D282" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B283" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C283">
         <v>24.024</v>
       </c>
       <c r="D283" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B284" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C284">
         <v>24.024</v>
       </c>
       <c r="D284" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B285" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C285">
         <v>24.024</v>
       </c>
       <c r="D285" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B286" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C286">
         <v>24.192</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B287" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C287">
         <v>24.54</v>
       </c>
       <c r="D287" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B288" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C288">
         <v>24.54</v>
       </c>
       <c r="D288" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B289" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C289">
         <v>24.54</v>
       </c>
       <c r="D289" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B290" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C290">
         <v>24.768</v>
       </c>
       <c r="D290" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B291" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C291">
         <v>25.2</v>
       </c>
       <c r="D291" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B292" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C292">
         <v>25.212</v>
       </c>
       <c r="D292" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B293" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C293">
         <v>25.548</v>
       </c>
       <c r="D293" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B294" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C294">
         <v>25.764</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B295" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C295">
         <v>25.764</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B296" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C296">
-        <v>25.764</v>
+        <v>27.0</v>
       </c>
       <c r="D296" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B297" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C297">
         <v>27.0</v>
       </c>
       <c r="D297" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B298" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C298">
-        <v>27.0</v>
+        <v>27.012</v>
       </c>
       <c r="D298" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B299" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C299">
-        <v>27.012</v>
+        <v>27.036</v>
       </c>
       <c r="D299" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B300" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C300">
-        <v>27.036</v>
+        <v>27.612</v>
       </c>
       <c r="D300" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B301" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C301">
         <v>27.612</v>
       </c>
       <c r="D301" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="B302" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="C302">
-        <v>7.14</v>
+        <v>8.388</v>
       </c>
       <c r="D302" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>267</v>
+        <v>291</v>
       </c>
       <c r="B303" t="s">
-        <v>268</v>
+        <v>292</v>
       </c>
       <c r="C303">
-        <v>8.388</v>
+        <v>9.204</v>
       </c>
       <c r="D303" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B304" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C304">
         <v>9.204</v>
       </c>
       <c r="D304" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B305" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C305">
         <v>9.204</v>
       </c>
       <c r="D305" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B306" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C306">
         <v>9.204</v>
       </c>
       <c r="D306" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B307" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C307">
         <v>9.204</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B308" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C308">
-        <v>9.204</v>
+        <v>9.816</v>
       </c>
       <c r="D308" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B309" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C309">
-        <v>9.816</v>
+        <v>10.02</v>
       </c>
       <c r="D309" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="B310" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C310">
-        <v>10.02</v>
+        <v>11.484</v>
       </c>
       <c r="D310" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B311" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C311">
-        <v>11.484</v>
+        <v>11.592</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B312" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C312">
         <v>11.592</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B313" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C313">
         <v>11.592</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B314" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C314">
-        <v>11.592</v>
+        <v>12.0</v>
       </c>
       <c r="D314" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="B315" t="s">
-        <v>320</v>
+        <v>331</v>
       </c>
       <c r="C315">
-        <v>12.0</v>
+        <v>13.5</v>
       </c>
       <c r="D315" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>329</v>
+        <v>348</v>
       </c>
       <c r="B316" t="s">
-        <v>330</v>
+        <v>349</v>
       </c>
       <c r="C316">
-        <v>13.5</v>
+        <v>15.336</v>
       </c>
       <c r="D316" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="B317" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C317">
         <v>15.336</v>
       </c>
       <c r="D317" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B318" t="s">
-        <v>348</v>
+        <v>363</v>
       </c>
       <c r="C318">
-        <v>15.336</v>
+        <v>17.184</v>
       </c>
       <c r="D318" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>349</v>
+        <v>366</v>
       </c>
       <c r="B319" t="s">
-        <v>350</v>
+        <v>367</v>
       </c>
       <c r="C319">
-        <v>15.336</v>
+        <v>17.796</v>
       </c>
       <c r="D319" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>353</v>
+        <v>368</v>
       </c>
       <c r="B320" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="C320">
-        <v>16.56</v>
+        <v>17.796</v>
       </c>
       <c r="D320" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B321" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="C321">
-        <v>17.184</v>
+        <v>17.796</v>
       </c>
       <c r="D321" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="B322" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="C322">
-        <v>17.796</v>
+        <v>18.0</v>
       </c>
       <c r="D322" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="B323" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="C323">
-        <v>17.796</v>
+        <v>18.408</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="B324" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="C324">
-        <v>17.796</v>
+        <v>18.408</v>
       </c>
       <c r="D324" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="B325" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="C325">
-        <v>18.0</v>
+        <v>18.408</v>
       </c>
       <c r="D325" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="B326" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="C326">
         <v>18.408</v>
       </c>
       <c r="D326" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>377</v>
+        <v>388</v>
       </c>
       <c r="B327" t="s">
-        <v>378</v>
+        <v>389</v>
       </c>
       <c r="C327">
-        <v>18.408</v>
+        <v>19.02</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>379</v>
+        <v>390</v>
       </c>
       <c r="B328" t="s">
-        <v>380</v>
+        <v>391</v>
       </c>
       <c r="C328">
-        <v>18.408</v>
+        <v>19.2</v>
       </c>
       <c r="D328" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
       <c r="B329" t="s">
-        <v>382</v>
+        <v>397</v>
       </c>
       <c r="C329">
-        <v>18.408</v>
+        <v>19.932</v>
       </c>
       <c r="D329" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="B330" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="C330">
-        <v>19.02</v>
+        <v>20.556</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="B331" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="C331">
-        <v>19.2</v>
+        <v>20.796</v>
       </c>
       <c r="D331" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="B332" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="C332">
-        <v>19.932</v>
+        <v>20.796</v>
       </c>
       <c r="D332" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="B333" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="C333">
-        <v>20.556</v>
+        <v>20.796</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="B334" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="C334">
-        <v>20.748</v>
+        <v>20.856</v>
       </c>
       <c r="D334" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B335" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="C335">
-        <v>20.796</v>
+        <v>21.48</v>
       </c>
       <c r="D335" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="B336" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="C336">
-        <v>20.796</v>
+        <v>21.48</v>
       </c>
       <c r="D336" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="B337" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="C337">
-        <v>20.796</v>
+        <v>21.48</v>
       </c>
       <c r="D337" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B338" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="C338">
-        <v>20.856</v>
+        <v>22.092</v>
       </c>
       <c r="D338" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="B339" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="C339">
-        <v>21.48</v>
+        <v>22.704</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="B340" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="C340">
-        <v>21.48</v>
+        <v>22.86</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="B341" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="C341">
-        <v>21.48</v>
+        <v>22.98</v>
       </c>
       <c r="D341" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>415</v>
+        <v>434</v>
       </c>
       <c r="B342" t="s">
-        <v>416</v>
+        <v>435</v>
       </c>
       <c r="C342">
-        <v>22.092</v>
+        <v>24.0</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="B343" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="C343">
-        <v>22.704</v>
+        <v>24.024</v>
       </c>
       <c r="D343" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="B344" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="C344">
-        <v>22.86</v>
+        <v>24.024</v>
       </c>
       <c r="D344" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="B345" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="C345">
-        <v>22.98</v>
+        <v>24.024</v>
       </c>
       <c r="D345" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="B346" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
       <c r="C346">
-        <v>24.0</v>
+        <v>24.54</v>
       </c>
       <c r="D346" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="B347" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="C347">
-        <v>24.024</v>
+        <v>24.54</v>
       </c>
       <c r="D347" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="B348" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="C348">
-        <v>24.024</v>
+        <v>24.768</v>
       </c>
       <c r="D348" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="B349" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="C349">
-        <v>24.024</v>
+        <v>25.2</v>
       </c>
       <c r="D349" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>443</v>
+        <v>454</v>
       </c>
       <c r="B350" t="s">
-        <v>444</v>
+        <v>455</v>
       </c>
       <c r="C350">
-        <v>24.54</v>
+        <v>25.212</v>
       </c>
       <c r="D350" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>445</v>
+        <v>460</v>
       </c>
       <c r="B351" t="s">
-        <v>446</v>
+        <v>461</v>
       </c>
       <c r="C351">
-        <v>24.54</v>
+        <v>25.764</v>
       </c>
       <c r="D351" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>447</v>
+        <v>462</v>
       </c>
       <c r="B352" t="s">
-        <v>448</v>
+        <v>463</v>
       </c>
       <c r="C352">
-        <v>24.54</v>
+        <v>27.0</v>
       </c>
       <c r="D352" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>449</v>
+        <v>464</v>
       </c>
       <c r="B353" t="s">
-        <v>450</v>
+        <v>465</v>
       </c>
       <c r="C353">
-        <v>24.768</v>
+        <v>27.0</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>451</v>
+        <v>466</v>
       </c>
       <c r="B354" t="s">
-        <v>452</v>
+        <v>467</v>
       </c>
       <c r="C354">
-        <v>25.2</v>
+        <v>27.012</v>
       </c>
       <c r="D354" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>453</v>
+        <v>468</v>
       </c>
       <c r="B355" t="s">
-        <v>454</v>
+        <v>469</v>
       </c>
       <c r="C355">
-        <v>25.212</v>
+        <v>27.036</v>
       </c>
       <c r="D355" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>457</v>
+        <v>474</v>
       </c>
       <c r="B356" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="C356">
-        <v>25.764</v>
+        <v>27.612</v>
       </c>
       <c r="D356" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
       <c r="B357" t="s">
-        <v>460</v>
+        <v>477</v>
       </c>
       <c r="C357">
-        <v>25.764</v>
+        <v>27.612</v>
       </c>
       <c r="D357" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>461</v>
+        <v>478</v>
       </c>
       <c r="B358" t="s">
-        <v>462</v>
+        <v>479</v>
       </c>
       <c r="C358">
-        <v>25.764</v>
+        <v>28.8</v>
       </c>
       <c r="D358" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>463</v>
+        <v>480</v>
       </c>
       <c r="B359" t="s">
-        <v>464</v>
+        <v>481</v>
       </c>
       <c r="C359">
-        <v>27.0</v>
+        <v>28.836</v>
       </c>
       <c r="D359" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>465</v>
+        <v>482</v>
       </c>
       <c r="B360" t="s">
-        <v>466</v>
+        <v>483</v>
       </c>
       <c r="C360">
-        <v>27.0</v>
+        <v>28.836</v>
       </c>
       <c r="D360" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>467</v>
+        <v>484</v>
       </c>
       <c r="B361" t="s">
-        <v>468</v>
+        <v>485</v>
       </c>
       <c r="C361">
-        <v>27.012</v>
+        <v>30.06</v>
       </c>
       <c r="D361" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="B362" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="C362">
-        <v>27.036</v>
+        <v>30.12</v>
       </c>
       <c r="D362" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>473</v>
+        <v>488</v>
       </c>
       <c r="B363" t="s">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="C363">
-        <v>27.612</v>
+        <v>30.672</v>
       </c>
       <c r="D363" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>475</v>
+        <v>490</v>
       </c>
       <c r="B364" t="s">
-        <v>476</v>
+        <v>491</v>
       </c>
       <c r="C364">
-        <v>27.612</v>
+        <v>31.188</v>
       </c>
       <c r="D364" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>477</v>
+        <v>492</v>
       </c>
       <c r="B365" t="s">
-        <v>478</v>
+        <v>493</v>
       </c>
       <c r="C365">
-        <v>27.612</v>
+        <v>31.548</v>
       </c>
       <c r="D365" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="B366" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
       <c r="C366">
-        <v>28.8</v>
+        <v>31.776</v>
       </c>
       <c r="D366" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>481</v>
+        <v>496</v>
       </c>
       <c r="B367" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="C367">
-        <v>28.836</v>
+        <v>31.776</v>
       </c>
       <c r="D367" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>483</v>
+        <v>498</v>
       </c>
       <c r="B368" t="s">
-        <v>484</v>
+        <v>499</v>
       </c>
       <c r="C368">
-        <v>28.836</v>
+        <v>31.908</v>
       </c>
       <c r="D368" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>485</v>
+        <v>500</v>
       </c>
       <c r="B369" t="s">
-        <v>486</v>
+        <v>501</v>
       </c>
       <c r="C369">
-        <v>30.06</v>
+        <v>31.908</v>
       </c>
       <c r="D369" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>487</v>
+        <v>502</v>
       </c>
       <c r="B370" t="s">
-        <v>488</v>
+        <v>503</v>
       </c>
       <c r="C370">
-        <v>30.12</v>
+        <v>31.908</v>
       </c>
       <c r="D370" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="B371" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="C371">
-        <v>30.672</v>
+        <v>31.908</v>
       </c>
       <c r="D371" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>491</v>
+        <v>506</v>
       </c>
       <c r="B372" t="s">
-        <v>492</v>
+        <v>507</v>
       </c>
       <c r="C372">
-        <v>31.188</v>
+        <v>32.676</v>
       </c>
       <c r="D372" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>493</v>
+        <v>508</v>
       </c>
       <c r="B373" t="s">
-        <v>494</v>
+        <v>509</v>
       </c>
       <c r="C373">
-        <v>31.548</v>
+        <v>32.796</v>
       </c>
       <c r="D373" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>495</v>
+        <v>510</v>
       </c>
       <c r="B374" t="s">
-        <v>496</v>
+        <v>511</v>
       </c>
       <c r="C374">
-        <v>31.776</v>
+        <v>33.132</v>
       </c>
       <c r="D374" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="B375" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="C375">
-        <v>31.776</v>
+        <v>33.132</v>
       </c>
       <c r="D375" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="B376" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="C376">
-        <v>31.908</v>
+        <v>33.132</v>
       </c>
       <c r="D376" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="B377" t="s">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="C377">
-        <v>31.908</v>
+        <v>33.132</v>
       </c>
       <c r="D377" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>503</v>
+        <v>518</v>
       </c>
       <c r="B378" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
       <c r="C378">
-        <v>31.908</v>
+        <v>33.444</v>
       </c>
       <c r="D378" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>505</v>
+        <v>520</v>
       </c>
       <c r="B379" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="C379">
-        <v>31.908</v>
+        <v>33.444</v>
       </c>
       <c r="D379" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>507</v>
+        <v>522</v>
       </c>
       <c r="B380" t="s">
-        <v>508</v>
+        <v>523</v>
       </c>
       <c r="C380">
-        <v>32.676</v>
+        <v>33.444</v>
       </c>
       <c r="D380" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>509</v>
+        <v>524</v>
       </c>
       <c r="B381" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="C381">
-        <v>32.796</v>
+        <v>33.444</v>
       </c>
       <c r="D381" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>511</v>
+        <v>526</v>
       </c>
       <c r="B382" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="C382">
-        <v>33.132</v>
+        <v>33.444</v>
       </c>
       <c r="D382" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="B383" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="C383">
-        <v>33.132</v>
+        <v>33.444</v>
       </c>
       <c r="D383" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="B384" t="s">
-        <v>516</v>
+        <v>531</v>
       </c>
       <c r="C384">
-        <v>33.132</v>
+        <v>33.444</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>517</v>
+        <v>532</v>
       </c>
       <c r="B385" t="s">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="C385">
-        <v>33.132</v>
+        <v>33.744</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>519</v>
+        <v>534</v>
       </c>
       <c r="B386" t="s">
-        <v>520</v>
+        <v>535</v>
       </c>
       <c r="C386">
-        <v>33.444</v>
+        <v>33.852</v>
       </c>
       <c r="D386" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>521</v>
+        <v>536</v>
       </c>
       <c r="B387" t="s">
-        <v>522</v>
+        <v>537</v>
       </c>
       <c r="C387">
-        <v>33.444</v>
+        <v>35.412</v>
       </c>
       <c r="D387" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>523</v>
+        <v>538</v>
       </c>
       <c r="B388" t="s">
-        <v>524</v>
+        <v>539</v>
       </c>
       <c r="C388">
-        <v>33.444</v>
+        <v>35.58</v>
       </c>
       <c r="D388" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>525</v>
+        <v>540</v>
       </c>
       <c r="B389" t="s">
-        <v>526</v>
+        <v>541</v>
       </c>
       <c r="C389">
-        <v>33.444</v>
+        <v>35.58</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="B390" t="s">
-        <v>528</v>
+        <v>543</v>
       </c>
       <c r="C390">
-        <v>33.444</v>
+        <v>35.844</v>
       </c>
       <c r="D390" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>529</v>
+        <v>544</v>
       </c>
       <c r="B391" t="s">
-        <v>530</v>
+        <v>545</v>
       </c>
       <c r="C391">
-        <v>33.744</v>
+        <v>36.588</v>
       </c>
       <c r="D391" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="B392" t="s">
-        <v>532</v>
+        <v>547</v>
       </c>
       <c r="C392">
-        <v>33.804</v>
+        <v>37.668</v>
       </c>
       <c r="D392" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>533</v>
+        <v>548</v>
       </c>
       <c r="B393" t="s">
-        <v>534</v>
+        <v>549</v>
       </c>
       <c r="C393">
-        <v>33.852</v>
+        <v>38.988</v>
       </c>
       <c r="D393" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="B394" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="C394">
-        <v>35.412</v>
+        <v>39.264</v>
       </c>
       <c r="D394" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="B395" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="C395">
-        <v>35.58</v>
+        <v>39.876</v>
       </c>
       <c r="D395" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="B396" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="C396">
-        <v>35.58</v>
+        <v>41.112</v>
       </c>
       <c r="D396" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="B397" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
       <c r="C397">
-        <v>35.844</v>
+        <v>41.112</v>
       </c>
       <c r="D397" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="B398" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="C398">
-        <v>36.588</v>
+        <v>41.112</v>
       </c>
       <c r="D398" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="B399" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="C399">
-        <v>36.924</v>
+        <v>41.592</v>
       </c>
       <c r="D399" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>547</v>
+        <v>562</v>
       </c>
       <c r="B400" t="s">
-        <v>548</v>
+        <v>563</v>
       </c>
       <c r="C400">
-        <v>38.112</v>
+        <v>41.724</v>
       </c>
       <c r="D400" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>549</v>
+        <v>564</v>
       </c>
       <c r="B401" t="s">
-        <v>550</v>
+        <v>565</v>
       </c>
       <c r="C401">
-        <v>38.916</v>
+        <v>42.0</v>
       </c>
       <c r="D401" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="B402" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="C402">
-        <v>7.14</v>
+        <v>8.388</v>
       </c>
       <c r="D402" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>267</v>
+        <v>303</v>
       </c>
       <c r="B403" t="s">
-        <v>268</v>
+        <v>304</v>
       </c>
       <c r="C403">
-        <v>8.388</v>
+        <v>9.816</v>
       </c>
       <c r="D403" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="B404" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="C404">
-        <v>9.204</v>
+        <v>11.484</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="B405" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="C405">
-        <v>9.204</v>
+        <v>11.592</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>295</v>
+        <v>316</v>
       </c>
       <c r="B406" t="s">
-        <v>296</v>
+        <v>317</v>
       </c>
       <c r="C406">
-        <v>9.204</v>
+        <v>11.592</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>297</v>
+        <v>318</v>
       </c>
       <c r="B407" t="s">
-        <v>298</v>
+        <v>319</v>
       </c>
       <c r="C407">
-        <v>9.204</v>
+        <v>11.592</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="B408" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="C408">
-        <v>9.204</v>
+        <v>12.0</v>
       </c>
       <c r="D408" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>303</v>
+        <v>348</v>
       </c>
       <c r="B409" t="s">
-        <v>304</v>
+        <v>349</v>
       </c>
       <c r="C409">
-        <v>9.816</v>
+        <v>15.336</v>
       </c>
       <c r="D409" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>305</v>
+        <v>350</v>
       </c>
       <c r="B410" t="s">
-        <v>306</v>
+        <v>351</v>
       </c>
       <c r="C410">
-        <v>10.02</v>
+        <v>15.336</v>
       </c>
       <c r="D410" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>311</v>
+        <v>362</v>
       </c>
       <c r="B411" t="s">
-        <v>312</v>
+        <v>363</v>
       </c>
       <c r="C411">
-        <v>11.484</v>
+        <v>17.184</v>
       </c>
       <c r="D411" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>313</v>
+        <v>368</v>
       </c>
       <c r="B412" t="s">
-        <v>314</v>
+        <v>369</v>
       </c>
       <c r="C412">
-        <v>11.592</v>
+        <v>17.796</v>
       </c>
       <c r="D412" t="s">
-        <v>6</v>
+        <v>307</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>315</v>
+        <v>370</v>
       </c>
       <c r="B413" t="s">
-        <v>316</v>
+        <v>371</v>
       </c>
       <c r="C413">
-        <v>11.592</v>
+        <v>17.796</v>
       </c>
       <c r="D413" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>317</v>
+        <v>372</v>
       </c>
       <c r="B414" t="s">
-        <v>318</v>
+        <v>373</v>
       </c>
       <c r="C414">
-        <v>11.592</v>
+        <v>18.0</v>
       </c>
       <c r="D414" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>319</v>
+        <v>380</v>
       </c>
       <c r="B415" t="s">
-        <v>320</v>
+        <v>381</v>
       </c>
       <c r="C415">
-        <v>12.0</v>
+        <v>18.408</v>
       </c>
       <c r="D415" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>329</v>
+        <v>382</v>
       </c>
       <c r="B416" t="s">
-        <v>330</v>
+        <v>383</v>
       </c>
       <c r="C416">
-        <v>13.5</v>
+        <v>18.408</v>
       </c>
       <c r="D416" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>347</v>
+        <v>388</v>
       </c>
       <c r="B417" t="s">
-        <v>348</v>
+        <v>389</v>
       </c>
       <c r="C417">
-        <v>15.336</v>
+        <v>19.02</v>
       </c>
       <c r="D417" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>349</v>
+        <v>390</v>
       </c>
       <c r="B418" t="s">
-        <v>350</v>
+        <v>391</v>
       </c>
       <c r="C418">
-        <v>15.336</v>
+        <v>19.2</v>
       </c>
       <c r="D418" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>361</v>
+        <v>396</v>
       </c>
       <c r="B419" t="s">
-        <v>362</v>
+        <v>397</v>
       </c>
       <c r="C419">
-        <v>17.184</v>
+        <v>19.932</v>
       </c>
       <c r="D419" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>365</v>
+        <v>398</v>
       </c>
       <c r="B420" t="s">
-        <v>366</v>
+        <v>399</v>
       </c>
       <c r="C420">
-        <v>17.796</v>
+        <v>20.556</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>367</v>
+        <v>402</v>
       </c>
       <c r="B421" t="s">
-        <v>368</v>
+        <v>403</v>
       </c>
       <c r="C421">
-        <v>17.796</v>
+        <v>20.796</v>
       </c>
       <c r="D421" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>369</v>
+        <v>404</v>
       </c>
       <c r="B422" t="s">
-        <v>370</v>
+        <v>405</v>
       </c>
       <c r="C422">
-        <v>17.796</v>
+        <v>20.796</v>
       </c>
       <c r="D422" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>371</v>
+        <v>406</v>
       </c>
       <c r="B423" t="s">
-        <v>372</v>
+        <v>407</v>
       </c>
       <c r="C423">
-        <v>18.0</v>
+        <v>20.796</v>
       </c>
       <c r="D423" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>375</v>
+        <v>410</v>
       </c>
       <c r="B424" t="s">
-        <v>376</v>
+        <v>411</v>
       </c>
       <c r="C424">
-        <v>18.408</v>
+        <v>21.48</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>377</v>
+        <v>412</v>
       </c>
       <c r="B425" t="s">
-        <v>378</v>
+        <v>413</v>
       </c>
       <c r="C425">
-        <v>18.408</v>
+        <v>21.48</v>
       </c>
       <c r="D425" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>379</v>
+        <v>414</v>
       </c>
       <c r="B426" t="s">
-        <v>380</v>
+        <v>415</v>
       </c>
       <c r="C426">
-        <v>18.408</v>
+        <v>21.48</v>
       </c>
       <c r="D426" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>381</v>
+        <v>418</v>
       </c>
       <c r="B427" t="s">
-        <v>382</v>
+        <v>419</v>
       </c>
       <c r="C427">
-        <v>18.408</v>
+        <v>22.704</v>
       </c>
       <c r="D427" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>387</v>
+        <v>420</v>
       </c>
       <c r="B428" t="s">
-        <v>388</v>
+        <v>421</v>
       </c>
       <c r="C428">
-        <v>19.02</v>
+        <v>22.86</v>
       </c>
       <c r="D428" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>389</v>
+        <v>422</v>
       </c>
       <c r="B429" t="s">
-        <v>390</v>
+        <v>423</v>
       </c>
       <c r="C429">
-        <v>19.2</v>
+        <v>22.98</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>395</v>
+        <v>434</v>
       </c>
       <c r="B430" t="s">
-        <v>396</v>
+        <v>435</v>
       </c>
       <c r="C430">
-        <v>19.932</v>
+        <v>24.0</v>
       </c>
       <c r="D430" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>397</v>
+        <v>448</v>
       </c>
       <c r="B431" t="s">
-        <v>398</v>
+        <v>449</v>
       </c>
       <c r="C431">
-        <v>20.556</v>
+        <v>24.54</v>
       </c>
       <c r="D431" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>399</v>
+        <v>450</v>
       </c>
       <c r="B432" t="s">
-        <v>400</v>
+        <v>451</v>
       </c>
       <c r="C432">
-        <v>20.748</v>
+        <v>24.768</v>
       </c>
       <c r="D432" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>401</v>
+        <v>464</v>
       </c>
       <c r="B433" t="s">
-        <v>402</v>
+        <v>465</v>
       </c>
       <c r="C433">
-        <v>20.796</v>
+        <v>27.0</v>
       </c>
       <c r="D433" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>403</v>
+        <v>474</v>
       </c>
       <c r="B434" t="s">
-        <v>404</v>
+        <v>475</v>
       </c>
       <c r="C434">
-        <v>20.796</v>
+        <v>27.612</v>
       </c>
       <c r="D434" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>405</v>
+        <v>476</v>
       </c>
       <c r="B435" t="s">
-        <v>406</v>
+        <v>477</v>
       </c>
       <c r="C435">
-        <v>20.796</v>
+        <v>27.612</v>
       </c>
       <c r="D435" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>407</v>
+        <v>478</v>
       </c>
       <c r="B436" t="s">
-        <v>408</v>
+        <v>479</v>
       </c>
       <c r="C436">
-        <v>20.856</v>
+        <v>28.8</v>
       </c>
       <c r="D436" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>409</v>
+        <v>480</v>
       </c>
       <c r="B437" t="s">
-        <v>410</v>
+        <v>481</v>
       </c>
       <c r="C437">
-        <v>21.48</v>
+        <v>28.836</v>
       </c>
       <c r="D437" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>411</v>
+        <v>482</v>
       </c>
       <c r="B438" t="s">
-        <v>412</v>
+        <v>483</v>
       </c>
       <c r="C438">
-        <v>21.48</v>
+        <v>28.836</v>
       </c>
       <c r="D438" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>413</v>
+        <v>484</v>
       </c>
       <c r="B439" t="s">
-        <v>414</v>
+        <v>485</v>
       </c>
       <c r="C439">
-        <v>21.48</v>
+        <v>30.06</v>
       </c>
       <c r="D439" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>415</v>
+        <v>486</v>
       </c>
       <c r="B440" t="s">
-        <v>416</v>
+        <v>487</v>
       </c>
       <c r="C440">
-        <v>22.092</v>
+        <v>30.12</v>
       </c>
       <c r="D440" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>417</v>
+        <v>488</v>
       </c>
       <c r="B441" t="s">
-        <v>418</v>
+        <v>489</v>
       </c>
       <c r="C441">
-        <v>22.704</v>
+        <v>30.672</v>
       </c>
       <c r="D441" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>419</v>
+        <v>490</v>
       </c>
       <c r="B442" t="s">
-        <v>420</v>
+        <v>491</v>
       </c>
       <c r="C442">
-        <v>22.86</v>
+        <v>31.188</v>
       </c>
       <c r="D442" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>421</v>
+        <v>498</v>
       </c>
       <c r="B443" t="s">
-        <v>422</v>
+        <v>499</v>
       </c>
       <c r="C443">
-        <v>22.98</v>
+        <v>31.908</v>
       </c>
       <c r="D443" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>433</v>
+        <v>500</v>
       </c>
       <c r="B444" t="s">
-        <v>434</v>
+        <v>501</v>
       </c>
       <c r="C444">
-        <v>24.0</v>
+        <v>31.908</v>
       </c>
       <c r="D444" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>435</v>
+        <v>502</v>
       </c>
       <c r="B445" t="s">
-        <v>436</v>
+        <v>503</v>
       </c>
       <c r="C445">
-        <v>24.024</v>
+        <v>31.908</v>
       </c>
       <c r="D445" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>437</v>
+        <v>504</v>
       </c>
       <c r="B446" t="s">
-        <v>438</v>
+        <v>505</v>
       </c>
       <c r="C446">
-        <v>24.024</v>
+        <v>31.908</v>
       </c>
       <c r="D446" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>439</v>
+        <v>506</v>
       </c>
       <c r="B447" t="s">
-        <v>440</v>
+        <v>507</v>
       </c>
       <c r="C447">
-        <v>24.024</v>
+        <v>32.676</v>
       </c>
       <c r="D447" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>443</v>
+        <v>516</v>
       </c>
       <c r="B448" t="s">
-        <v>444</v>
+        <v>517</v>
       </c>
       <c r="C448">
-        <v>24.54</v>
+        <v>33.132</v>
       </c>
       <c r="D448" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>445</v>
+        <v>528</v>
       </c>
       <c r="B449" t="s">
-        <v>446</v>
+        <v>529</v>
       </c>
       <c r="C449">
-        <v>24.54</v>
+        <v>33.444</v>
       </c>
       <c r="D449" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>447</v>
+        <v>530</v>
       </c>
       <c r="B450" t="s">
-        <v>448</v>
+        <v>531</v>
       </c>
       <c r="C450">
-        <v>24.54</v>
+        <v>33.444</v>
       </c>
       <c r="D450" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>449</v>
+        <v>532</v>
       </c>
       <c r="B451" t="s">
-        <v>450</v>
+        <v>533</v>
       </c>
       <c r="C451">
-        <v>24.768</v>
+        <v>33.744</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>451</v>
+        <v>540</v>
       </c>
       <c r="B452" t="s">
-        <v>452</v>
+        <v>541</v>
       </c>
       <c r="C452">
-        <v>25.2</v>
+        <v>35.58</v>
       </c>
       <c r="D452" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
-        <v>453</v>
+        <v>550</v>
       </c>
       <c r="B453" t="s">
-        <v>454</v>
+        <v>551</v>
       </c>
       <c r="C453">
-        <v>25.212</v>
+        <v>39.264</v>
       </c>
       <c r="D453" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
-        <v>459</v>
+        <v>552</v>
       </c>
       <c r="B454" t="s">
-        <v>460</v>
+        <v>553</v>
       </c>
       <c r="C454">
-        <v>25.764</v>
+        <v>39.876</v>
       </c>
       <c r="D454" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
-        <v>461</v>
+        <v>554</v>
       </c>
       <c r="B455" t="s">
-        <v>462</v>
+        <v>555</v>
       </c>
       <c r="C455">
-        <v>25.764</v>
+        <v>41.112</v>
       </c>
       <c r="D455" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
-        <v>463</v>
+        <v>556</v>
       </c>
       <c r="B456" t="s">
-        <v>464</v>
+        <v>557</v>
       </c>
       <c r="C456">
-        <v>27.0</v>
+        <v>41.112</v>
       </c>
       <c r="D456" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
-        <v>465</v>
+        <v>558</v>
       </c>
       <c r="B457" t="s">
-        <v>466</v>
+        <v>559</v>
       </c>
       <c r="C457">
-        <v>27.0</v>
+        <v>41.112</v>
       </c>
       <c r="D457" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
-        <v>467</v>
+        <v>562</v>
       </c>
       <c r="B458" t="s">
-        <v>468</v>
+        <v>563</v>
       </c>
       <c r="C458">
-        <v>27.012</v>
+        <v>41.724</v>
       </c>
       <c r="D458" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
-        <v>469</v>
+        <v>566</v>
       </c>
       <c r="B459" t="s">
-        <v>470</v>
+        <v>567</v>
       </c>
       <c r="C459">
-        <v>27.036</v>
+        <v>42.0</v>
       </c>
       <c r="D459" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
-        <v>473</v>
+        <v>568</v>
       </c>
       <c r="B460" t="s">
-        <v>474</v>
+        <v>569</v>
       </c>
       <c r="C460">
-        <v>27.612</v>
+        <v>42.0</v>
       </c>
       <c r="D460" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
-        <v>475</v>
+        <v>570</v>
       </c>
       <c r="B461" t="s">
-        <v>476</v>
+        <v>571</v>
       </c>
       <c r="C461">
-        <v>27.612</v>
+        <v>42.336</v>
       </c>
       <c r="D461" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
-        <v>477</v>
+        <v>572</v>
       </c>
       <c r="B462" t="s">
-        <v>478</v>
+        <v>573</v>
       </c>
       <c r="C462">
-        <v>27.612</v>
+        <v>45.012</v>
       </c>
       <c r="D462" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
-        <v>479</v>
+        <v>574</v>
       </c>
       <c r="B463" t="s">
-        <v>480</v>
+        <v>575</v>
       </c>
       <c r="C463">
-        <v>28.8</v>
+        <v>46.284</v>
       </c>
       <c r="D463" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
-        <v>481</v>
+        <v>576</v>
       </c>
       <c r="B464" t="s">
-        <v>482</v>
+        <v>577</v>
       </c>
       <c r="C464">
-        <v>28.836</v>
+        <v>48.0</v>
       </c>
       <c r="D464" t="s">
-        <v>16</v>
+        <v>578</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
-        <v>483</v>
+        <v>579</v>
       </c>
       <c r="B465" t="s">
-        <v>484</v>
+        <v>580</v>
       </c>
       <c r="C465">
-        <v>28.836</v>
+        <v>48.0</v>
       </c>
       <c r="D465" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
-        <v>485</v>
+        <v>581</v>
       </c>
       <c r="B466" t="s">
-        <v>486</v>
+        <v>582</v>
       </c>
       <c r="C466">
-        <v>30.06</v>
+        <v>49.2</v>
       </c>
       <c r="D466" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
-        <v>487</v>
+        <v>583</v>
       </c>
       <c r="B467" t="s">
-        <v>488</v>
+        <v>584</v>
       </c>
       <c r="C467">
-        <v>30.12</v>
+        <v>51.06</v>
       </c>
       <c r="D467" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
-        <v>489</v>
+        <v>585</v>
       </c>
       <c r="B468" t="s">
-        <v>490</v>
+        <v>586</v>
       </c>
       <c r="C468">
-        <v>30.672</v>
+        <v>53.988</v>
       </c>
       <c r="D468" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
-        <v>491</v>
+        <v>587</v>
       </c>
       <c r="B469" t="s">
-        <v>492</v>
+        <v>588</v>
       </c>
       <c r="C469">
-        <v>31.188</v>
+        <v>54.432</v>
       </c>
       <c r="D469" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
-        <v>493</v>
+        <v>589</v>
       </c>
       <c r="B470" t="s">
-        <v>494</v>
+        <v>590</v>
       </c>
       <c r="C470">
-        <v>31.548</v>
+        <v>55.932</v>
       </c>
       <c r="D470" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
-        <v>495</v>
+        <v>591</v>
       </c>
       <c r="B471" t="s">
-        <v>496</v>
+        <v>592</v>
       </c>
       <c r="C471">
-        <v>31.776</v>
+        <v>57.096</v>
       </c>
       <c r="D471" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
-        <v>497</v>
+        <v>593</v>
       </c>
       <c r="B472" t="s">
-        <v>498</v>
+        <v>594</v>
       </c>
       <c r="C472">
-        <v>31.776</v>
+        <v>57.096</v>
       </c>
       <c r="D472" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
-        <v>499</v>
+        <v>595</v>
       </c>
       <c r="B473" t="s">
-        <v>500</v>
+        <v>596</v>
       </c>
       <c r="C473">
-        <v>31.908</v>
+        <v>57.096</v>
       </c>
       <c r="D473" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
-        <v>501</v>
+        <v>597</v>
       </c>
       <c r="B474" t="s">
-        <v>502</v>
+        <v>598</v>
       </c>
       <c r="C474">
-        <v>31.908</v>
+        <v>57.6</v>
       </c>
       <c r="D474" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
-        <v>503</v>
+        <v>599</v>
       </c>
       <c r="B475" t="s">
-        <v>504</v>
+        <v>600</v>
       </c>
       <c r="C475">
-        <v>31.908</v>
+        <v>58.284</v>
       </c>
       <c r="D475" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
-        <v>505</v>
+        <v>601</v>
       </c>
       <c r="B476" t="s">
-        <v>506</v>
+        <v>602</v>
       </c>
       <c r="C476">
-        <v>31.908</v>
+        <v>58.38</v>
       </c>
       <c r="D476" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
-        <v>507</v>
+        <v>603</v>
       </c>
       <c r="B477" t="s">
-        <v>508</v>
+        <v>604</v>
       </c>
       <c r="C477">
-        <v>32.676</v>
+        <v>62.868</v>
       </c>
       <c r="D477" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
-        <v>509</v>
+        <v>605</v>
       </c>
       <c r="B478" t="s">
-        <v>510</v>
+        <v>606</v>
       </c>
       <c r="C478">
-        <v>32.796</v>
+        <v>63.804</v>
       </c>
       <c r="D478" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
-        <v>511</v>
+        <v>607</v>
       </c>
       <c r="B479" t="s">
-        <v>512</v>
+        <v>608</v>
       </c>
       <c r="C479">
-        <v>33.132</v>
+        <v>63.804</v>
       </c>
       <c r="D479" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
-        <v>513</v>
+        <v>609</v>
       </c>
       <c r="B480" t="s">
-        <v>514</v>
+        <v>610</v>
       </c>
       <c r="C480">
-        <v>33.132</v>
+        <v>63.804</v>
       </c>
       <c r="D480" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
-        <v>515</v>
+        <v>611</v>
       </c>
       <c r="B481" t="s">
-        <v>516</v>
+        <v>612</v>
       </c>
       <c r="C481">
-        <v>33.132</v>
+        <v>63.804</v>
       </c>
       <c r="D481" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
-        <v>517</v>
+        <v>613</v>
       </c>
       <c r="B482" t="s">
-        <v>518</v>
+        <v>614</v>
       </c>
       <c r="C482">
-        <v>33.132</v>
+        <v>66.876</v>
       </c>
       <c r="D482" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
-        <v>519</v>
+        <v>615</v>
       </c>
       <c r="B483" t="s">
-        <v>520</v>
+        <v>616</v>
       </c>
       <c r="C483">
-        <v>33.444</v>
+        <v>73.632</v>
       </c>
       <c r="D483" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
-        <v>521</v>
+        <v>617</v>
       </c>
       <c r="B484" t="s">
-        <v>522</v>
+        <v>618</v>
       </c>
       <c r="C484">
-        <v>33.444</v>
+        <v>75.552</v>
       </c>
       <c r="D484" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
-        <v>523</v>
+        <v>619</v>
       </c>
       <c r="B485" t="s">
-        <v>524</v>
+        <v>620</v>
       </c>
       <c r="C485">
-        <v>33.444</v>
+        <v>76.692</v>
       </c>
       <c r="D485" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
-        <v>525</v>
+        <v>621</v>
       </c>
       <c r="B486" t="s">
-        <v>526</v>
+        <v>622</v>
       </c>
       <c r="C486">
-        <v>33.444</v>
+        <v>78.972</v>
       </c>
       <c r="D486" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
-        <v>527</v>
+        <v>623</v>
       </c>
       <c r="B487" t="s">
-        <v>528</v>
+        <v>624</v>
       </c>
       <c r="C487">
-        <v>33.444</v>
+        <v>78.972</v>
       </c>
       <c r="D487" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
-        <v>529</v>
+        <v>625</v>
       </c>
       <c r="B488" t="s">
-        <v>530</v>
+        <v>626</v>
       </c>
       <c r="C488">
-        <v>33.744</v>
+        <v>79.152</v>
       </c>
       <c r="D488" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
-        <v>531</v>
+        <v>627</v>
       </c>
       <c r="B489" t="s">
-        <v>532</v>
+        <v>628</v>
       </c>
       <c r="C489">
-        <v>33.804</v>
+        <v>84.0</v>
       </c>
       <c r="D489" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
-        <v>533</v>
+        <v>629</v>
       </c>
       <c r="B490" t="s">
-        <v>534</v>
+        <v>630</v>
       </c>
       <c r="C490">
-        <v>33.852</v>
+        <v>87.996</v>
       </c>
       <c r="D490" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
-        <v>535</v>
+        <v>631</v>
       </c>
       <c r="B491" t="s">
-        <v>536</v>
+        <v>632</v>
       </c>
       <c r="C491">
-        <v>35.412</v>
+        <v>87.996</v>
       </c>
       <c r="D491" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
-        <v>537</v>
+        <v>633</v>
       </c>
       <c r="B492" t="s">
-        <v>538</v>
+        <v>634</v>
       </c>
       <c r="C492">
-        <v>35.58</v>
+        <v>87.996</v>
       </c>
       <c r="D492" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
-        <v>539</v>
+        <v>635</v>
       </c>
       <c r="B493" t="s">
-        <v>540</v>
+        <v>636</v>
       </c>
       <c r="C493">
-        <v>35.58</v>
+        <v>95.46</v>
       </c>
       <c r="D493" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
-        <v>541</v>
+        <v>637</v>
       </c>
       <c r="B494" t="s">
-        <v>542</v>
+        <v>638</v>
       </c>
       <c r="C494">
-        <v>35.844</v>
+        <v>104.412</v>
       </c>
       <c r="D494" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
-        <v>543</v>
+        <v>639</v>
       </c>
       <c r="B495" t="s">
-        <v>544</v>
+        <v>640</v>
       </c>
       <c r="C495">
-        <v>36.588</v>
+        <v>113.508</v>
       </c>
       <c r="D495" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
-        <v>545</v>
+        <v>641</v>
       </c>
       <c r="B496" t="s">
-        <v>546</v>
+        <v>642</v>
       </c>
       <c r="C496">
-        <v>36.924</v>
+        <v>120.156</v>
       </c>
       <c r="D496" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
-        <v>551</v>
+        <v>643</v>
       </c>
       <c r="B497" t="s">
-        <v>552</v>
+        <v>644</v>
       </c>
       <c r="C497">
-        <v>38.916</v>
+        <v>124.02</v>
       </c>
       <c r="D497" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
-        <v>553</v>
+        <v>645</v>
       </c>
       <c r="B498" t="s">
-        <v>554</v>
+        <v>646</v>
       </c>
       <c r="C498">
-        <v>38.988</v>
+        <v>126.0</v>
       </c>
       <c r="D498" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
-        <v>555</v>
+        <v>647</v>
       </c>
       <c r="B499" t="s">
-        <v>556</v>
+        <v>648</v>
       </c>
       <c r="C499">
-        <v>39.264</v>
+        <v>126.0</v>
       </c>
       <c r="D499" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
-        <v>557</v>
+        <v>649</v>
       </c>
       <c r="B500" t="s">
-        <v>558</v>
+        <v>650</v>
       </c>
       <c r="C500">
-        <v>39.876</v>
+        <v>126.0</v>
       </c>
       <c r="D500" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
-        <v>559</v>
+        <v>651</v>
       </c>
       <c r="B501" t="s">
-        <v>560</v>
+        <v>652</v>
       </c>
       <c r="C501">
-        <v>41.112</v>
+        <v>126.0</v>
       </c>
       <c r="D501" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>319</v>
+        <v>390</v>
       </c>
       <c r="B502" t="s">
-        <v>320</v>
+        <v>391</v>
       </c>
       <c r="C502">
-        <v>12.0</v>
+        <v>19.2</v>
       </c>
       <c r="D502" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>349</v>
+        <v>530</v>
       </c>
       <c r="B503" t="s">
-        <v>350</v>
+        <v>531</v>
       </c>
       <c r="C503">
-        <v>15.336</v>
+        <v>33.444</v>
       </c>
       <c r="D503" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>371</v>
+        <v>579</v>
       </c>
       <c r="B504" t="s">
-        <v>372</v>
+        <v>580</v>
       </c>
       <c r="C504">
-        <v>18.0</v>
+        <v>48.0</v>
       </c>
       <c r="D504" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>381</v>
+        <v>589</v>
       </c>
       <c r="B505" t="s">
-        <v>382</v>
+        <v>590</v>
       </c>
       <c r="C505">
-        <v>18.408</v>
+        <v>55.932</v>
       </c>
       <c r="D505" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>387</v>
+        <v>653</v>
       </c>
       <c r="B506" t="s">
-        <v>388</v>
+        <v>654</v>
       </c>
       <c r="C506">
-        <v>19.02</v>
+        <v>130.8</v>
       </c>
       <c r="D506" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>389</v>
+        <v>655</v>
       </c>
       <c r="B507" t="s">
-        <v>390</v>
+        <v>656</v>
       </c>
       <c r="C507">
-        <v>19.2</v>
+        <v>138.0</v>
       </c>
       <c r="D507" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>397</v>
+        <v>657</v>
       </c>
       <c r="B508" t="s">
-        <v>398</v>
+        <v>658</v>
       </c>
       <c r="C508">
-        <v>20.556</v>
+        <v>696.0</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>411</v>
+        <v>659</v>
       </c>
       <c r="B509" t="s">
-        <v>412</v>
+        <v>660</v>
       </c>
       <c r="C509">
-        <v>21.48</v>
+        <v>706.8</v>
       </c>
       <c r="D509" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>413</v>
+        <v>661</v>
       </c>
       <c r="B510" t="s">
-        <v>414</v>
+        <v>662</v>
       </c>
       <c r="C510">
-        <v>21.48</v>
+        <v>864.0</v>
       </c>
       <c r="D510" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>417</v>
+        <v>663</v>
       </c>
       <c r="B511" t="s">
-        <v>418</v>
+        <v>664</v>
       </c>
       <c r="C511">
-        <v>22.704</v>
+        <v>1078.8</v>
       </c>
       <c r="D511" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>419</v>
+        <v>665</v>
       </c>
       <c r="B512" t="s">
-        <v>420</v>
+        <v>666</v>
       </c>
       <c r="C512">
-        <v>22.86</v>
+        <v>2038.8</v>
       </c>
       <c r="D512" t="s">
-        <v>6</v>
-[...1034 lines deleted...]
-      <c r="D586" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D587"/>
+  <autoFilter ref="A1:D513"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>