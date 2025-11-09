--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$16</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>eBook Reader Kindle Touch 6", 16GB, 11 generation, 2024, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-2024-16GB-BK</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>eBooks Reader Kindle Paperwhite 6.8", 16GB,12 generation, 2024, IPX8, Black</t>
   </si>
   <si>
@@ -73,66 +73,72 @@
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>eBook reader Kindle Colorsoft Signature Edition 32GB 2024- Metallic Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-CS-2024-32R</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>eReader Hanspree HannsNote2 64GB - Black</t>
   </si>
   <si>
     <t>HSG-TAB-SN10HR1BR</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) четец  16GB - 10.2" - w Premium Pen - Tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE16PRT</t>
   </si>
   <si>
+    <t>Tablet ReMarkable 2, 10.3″, E-ink, Marker plus</t>
+  </si>
+  <si>
+    <t>REM-2TABLET</t>
+  </si>
+  <si>
     <t>Amazon Kindle Scribe (2024) reader 32GB - 10.2" - w Premium Pen - tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE32PRT</t>
   </si>
   <si>
-    <t>Tablet ReMarkable 2, 10.3″, E-ink, Marker plus</t>
-[...4 lines deleted...]
-  <si>
     <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE64PRT</t>
+  </si>
+  <si>
+    <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - metalic jade</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE64PRT1</t>
   </si>
   <si>
     <t>Huion Ink EB1010 eBook Reader, USB</t>
   </si>
   <si>
     <t>HUION-TAB-EB1010</t>
   </si>
   <si>
     <t>ReMarkable Paper Pro Tablet, E-ink, color</t>
   </si>
   <si>
     <t>REM-PAPERPRO-TAB</t>
   </si>
   <si>
     <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker</t>
   </si>
   <si>
     <t>REM-PAPERPRO1</t>
   </si>
   <si>
     <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker Plus - Gray</t>
   </si>
   <si>
     <t>REM-PAPERPRO</t>
   </si>
@@ -460,51 +466,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -566,156 +572,170 @@
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>699.0</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>767.82</v>
+        <v>722.34</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>811.872</v>
+        <v>820.752</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>820.752</v>
+        <v>823.716</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>873.552</v>
+        <v>874.404</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>948.996</v>
+        <v>874.404</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>1308.708</v>
+        <v>948.996</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>1624.26</v>
+        <v>1308.708</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>1673.76</v>
+        <v>1624.26</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15">
+        <v>1673.76</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D15"/>
+  <autoFilter ref="A1:D16"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>