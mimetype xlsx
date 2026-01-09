--- v1 (2025-11-09)
+++ v2 (2026-01-09)
@@ -7,162 +7,180 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$16</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$19</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>eBooks Reader Kindle 2022 kids, 6", 16GB, WiFi, Space Whale</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-2022-KIDS</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>eBook Reader Kindle Touch 6", 16GB, 11 generation, 2024, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-2024-16GB-BK</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>eBook Reader Kindle Paperwhite 7", 16GB, 2024, 12 generation, IPX8, Black</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-PW-2024-ADS</t>
+  </si>
+  <si>
     <t>eBooks Reader Kindle Paperwhite 6.8", 16GB,12 generation, 2024, IPX8, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-16</t>
   </si>
   <si>
-    <t>eBook Reader Kindle Paperwhite Signature Edition 7", 32GB, 2024, 12 Generation, IPX8, metallick black</t>
-[...4 lines deleted...]
-  <si>
     <t>not available</t>
   </si>
   <si>
+    <t>eBook Reader Kindle Paperwhite Signature Edition 7", 32GB, 2024, 12 Generation, IPX8, metalilic rasberry</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-PW-2024-32R</t>
+  </si>
+  <si>
     <t>eBook reader Kindle Colorsoft Signature Edition 32GB 2024- Metallic Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-CS-2024-32R</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>eReader Hanspree HannsNote2 64GB - Black</t>
   </si>
   <si>
     <t>HSG-TAB-SN10HR1BR</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) четец  16GB - 10.2" - w Premium Pen - Tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE16PRT</t>
   </si>
   <si>
+    <t>Hybrid Reader Tablet Hanspree Lumo Paper 7.8", 64 GB</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN08HD1B2AY02</t>
+  </si>
+  <si>
+    <t>Amazon Kindle Scribe (2024) reader 32GB - 10.2" - w Premium Pen - tungsten</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE32PRT</t>
+  </si>
+  <si>
     <t>Tablet ReMarkable 2, 10.3″, E-ink, Marker plus</t>
   </si>
   <si>
     <t>REM-2TABLET</t>
   </si>
   <si>
-    <t>Amazon Kindle Scribe (2024) reader 32GB - 10.2" - w Premium Pen - tungsten</t>
-[...4 lines deleted...]
-  <si>
     <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE64PRT</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - metalic jade</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE64PRT1</t>
   </si>
   <si>
-    <t>Huion Ink EB1010 eBook Reader, USB</t>
-[...2 lines deleted...]
-    <t>HUION-TAB-EB1010</t>
+    <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO1</t>
   </si>
   <si>
     <t>ReMarkable Paper Pro Tablet, E-ink, color</t>
   </si>
   <si>
     <t>REM-PAPERPRO-TAB</t>
   </si>
   <si>
-    <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker</t>
-[...4 lines deleted...]
-  <si>
     <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker Plus - Gray</t>
   </si>
   <si>
     <t>REM-PAPERPRO</t>
+  </si>
+  <si>
+    <t>reMarkable Paper Pro 11.8" Tablet with Marker Plus stylus included, Book Folio case gray</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -466,276 +484,318 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>318.0</v>
+        <v>142.656</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>388.992</v>
+        <v>162.588</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4">
+        <v>198.0</v>
+      </c>
+      <c r="D4" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>547.164</v>
+        <v>198.888</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>699.0</v>
+        <v>251.256</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>722.34</v>
+        <v>302.256</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>820.752</v>
+        <v>357.396</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>823.716</v>
+        <v>369.324</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>874.404</v>
+        <v>393.18</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>874.404</v>
+        <v>418.668</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>948.996</v>
+        <v>419.64</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>1308.708</v>
+        <v>457.308</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>1624.26</v>
+        <v>457.308</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>1673.76</v>
+        <v>830.472</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16">
+        <v>907.86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17">
+        <v>940.524</v>
+      </c>
+      <c r="D17" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18">
+        <v>981.54</v>
+      </c>
+      <c r="D18" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D16"/>
+  <autoFilter ref="A1:D19"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>