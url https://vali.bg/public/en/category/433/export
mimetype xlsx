--- v2 (2026-01-09)
+++ v3 (2026-03-08)
@@ -7,180 +7,195 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$22</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>eBooks Reader Kindle 2022 kids, 6", 16GB, WiFi, Space Whale</t>
-[...7 lines deleted...]
-  <si>
     <t>eBook Reader Kindle Touch 6", 16GB, 11 generation, 2024, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-2024-16GB-BK</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>eBook Reader Kindle Paperwhite 7", 16GB, 2024, 12 generation, IPX8, Black</t>
+    <t>eBook Reader Kindle Paperwhite 7", 16GB, 2024, 12 generation, IPX8, ADS</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-ADS</t>
   </si>
   <si>
     <t>eBooks Reader Kindle Paperwhite 6.8", 16GB,12 generation, 2024, IPX8, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-16</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>eBook Reader Kindle Colorsoft Signature Edition 16GB 2024, Metalilic Black</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-CS-2024-16R</t>
+  </si>
+  <si>
     <t>eBook Reader Kindle Paperwhite Signature Edition 7", 32GB, 2024, 12 Generation, IPX8, metalilic rasberry</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-32R</t>
   </si>
   <si>
     <t>eBook reader Kindle Colorsoft Signature Edition 32GB 2024- Metallic Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-CS-2024-32R</t>
   </si>
   <si>
+    <t>Amazon Kindle Scribe (2022) reader 16GB - 10.2" - w Basic Pen - Gray</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE16-BAS</t>
+  </si>
+  <si>
     <t>eReader Hanspree HannsNote2 64GB - Black</t>
   </si>
   <si>
     <t>HSG-TAB-SN10HR1BR</t>
   </si>
   <si>
+    <t>Hybrid Reader Tablet Hanspree Lumo Paper 7.8", 64 GB</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN08HD1B2AY02</t>
+  </si>
+  <si>
+    <t>Amazon Kindle Scribe (2024) reader 32GB - 10.2" - w Premium Pen - tungsten</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE32PRT</t>
+  </si>
+  <si>
     <t>Amazon Kindle Scribe (2024) четец  16GB - 10.2" - w Premium Pen - Tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE16PRT</t>
   </si>
   <si>
-    <t>Hybrid Reader Tablet Hanspree Lumo Paper 7.8", 64 GB</t>
-[...8 lines deleted...]
-    <t>KINDLE-EBOOK-SCRIBE32PRT</t>
+    <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - tungsten</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE64PRT</t>
+  </si>
+  <si>
+    <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - metalic jade</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-SCRIBE64PRT1</t>
   </si>
   <si>
     <t>Tablet ReMarkable 2, 10.3″, E-ink, Marker plus</t>
   </si>
   <si>
     <t>REM-2TABLET</t>
   </si>
   <si>
-    <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - tungsten</t>
-[...14 lines deleted...]
-    <t>REM-PAPERPRO1</t>
+    <t>Tablet ReMarkable 2 Marker plus black+Book Folio Premium Leather</t>
+  </si>
+  <si>
+    <t>REM-2TABLET1</t>
+  </si>
+  <si>
+    <t>Tablet ReMarkable Pro Move, Marker plus black, Book Folio Premium Black Leather</t>
+  </si>
+  <si>
+    <t>REM-2MTABLET</t>
+  </si>
+  <si>
+    <t>Tablet reMarkable Paper Pro 11.8" Paper Tablet with with Marker Plus - Gray</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO</t>
+  </si>
+  <si>
+    <t>reMarkable Paper Pro 11.8" Tablet with Marker Plus stylus included, Book Folio case gray</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO2</t>
+  </si>
+  <si>
+    <t>Tablet reMarkable Paper Pro 11.8", with with Marker plus black,Premium Leather Book Folio</t>
+  </si>
+  <si>
+    <t>REM-PAPERPRO3</t>
   </si>
   <si>
     <t>ReMarkable Paper Pro Tablet, E-ink, color</t>
   </si>
   <si>
     <t>REM-PAPERPRO-TAB</t>
-  </si>
-[...10 lines deleted...]
-    <t>REM-PAPERPRO2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -484,318 +499,360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D19"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>142.656</v>
+        <v>151.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>162.588</v>
+        <v>198.0</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>198.888</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>198.888</v>
+        <v>254.544</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>251.256</v>
+        <v>266.772</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>302.256</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>357.396</v>
+        <v>311.568</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>369.324</v>
+        <v>357.396</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>393.18</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>418.668</v>
+        <v>406.8</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>419.64</v>
+        <v>422.004</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>457.308</v>
+        <v>442.8</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>457.308</v>
+        <v>442.8</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>830.472</v>
+        <v>601.572</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>907.86</v>
+        <v>770.76</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>940.524</v>
+        <v>789.564</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>894.84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
         <v>40</v>
       </c>
-      <c r="C18">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B19" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19">
+        <v>1040.22</v>
+      </c>
+      <c r="D19" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20">
+        <v>1065.276</v>
+      </c>
+      <c r="D20" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21">
+        <v>1249.38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D19"/>
+  <autoFilter ref="A1:D22"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>