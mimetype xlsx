--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -7,123 +7,132 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$23</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>eBooks Reader Kindle Touch 6", 16GB, 11 generation, 2024, Matcha</t>
+  </si>
+  <si>
+    <t>KINDLE-EBOOK-2024-16GB-GR</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>eBook Reader Kindle Touch 6", 16GB, 11 generation, 2024, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-2024-16GB-BK</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>eBook Reader Kindle Paperwhite 7", 16GB, 2024, 12 generation, IPX8, ADS</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-ADS</t>
   </si>
   <si>
     <t>eBooks Reader Kindle Paperwhite 6.8", 16GB,12 generation, 2024, IPX8, Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-16</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>eReader Hanspree HannsNote2 64GB - Black</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN10HR1BR</t>
+  </si>
+  <si>
     <t>eBook Reader Kindle Colorsoft Signature Edition 16GB 2024, Metalilic Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-CS-2024-16R</t>
   </si>
   <si>
     <t>eBook Reader Kindle Paperwhite Signature Edition 7", 32GB, 2024, 12 Generation, IPX8, metalilic rasberry</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-PW-2024-32R</t>
   </si>
   <si>
     <t>eBook reader Kindle Colorsoft Signature Edition 32GB 2024- Metallic Black</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-CS-2024-32R</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2022) reader 16GB - 10.2" - w Basic Pen - Gray</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE16-BAS</t>
-  </si>
-[...4 lines deleted...]
-    <t>HSG-TAB-SN10HR1BR</t>
   </si>
   <si>
     <t>Hybrid Reader Tablet Hanspree Lumo Paper 7.8", 64 GB</t>
   </si>
   <si>
     <t>HSG-TAB-SN08HD1B2AY02</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) reader 32GB - 10.2" - w Premium Pen - tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE32PRT</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) четец  16GB - 10.2" - w Premium Pen - Tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE16PRT</t>
   </si>
   <si>
     <t>Amazon Kindle Scribe (2024) reader 64GB - 10.2" - w Premium Pen - tungsten</t>
   </si>
   <si>
     <t>KINDLE-EBOOK-SCRIBE64PRT</t>
   </si>
@@ -499,360 +508,374 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>151.2</v>
+        <v>135.204</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>198.0</v>
+        <v>151.2</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>198.888</v>
+        <v>198.0</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>254.544</v>
+        <v>198.888</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>266.772</v>
+        <v>219.0</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>302.256</v>
+        <v>254.544</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>311.568</v>
+        <v>266.772</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>357.396</v>
+        <v>302.256</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>393.18</v>
+        <v>311.568</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>406.8</v>
+        <v>399.0</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>422.004</v>
+        <v>406.8</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>442.8</v>
+        <v>422.004</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>442.8</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>601.572</v>
+        <v>442.8</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>770.76</v>
+        <v>601.572</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>789.564</v>
+        <v>770.76</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>894.84</v>
+        <v>789.564</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>1040.22</v>
+        <v>894.84</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>1065.276</v>
+        <v>1040.22</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
+        <v>1065.276</v>
+      </c>
+      <c r="D21" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22">
         <v>1249.38</v>
       </c>
-      <c r="D21" t="s">
-        <v>11</v>
+      <c r="D22" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D22"/>
+  <autoFilter ref="A1:D23"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>