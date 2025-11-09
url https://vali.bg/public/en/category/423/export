--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$83</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Network nozzle ESTILLO RJ45 UTP/FTP Bulk</t>
   </si>
   <si>
     <t>NET-RJ45</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>ACT Network patch cable cat.6, U/UTP 0.25 m, yellow, bulk</t>
   </si>
   <si>
@@ -124,242 +124,242 @@
   <si>
     <t>Red 1 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8501</t>
   </si>
   <si>
     <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 1.5 m, shielded, Grey</t>
   </si>
   <si>
     <t>HAMA-200915</t>
   </si>
   <si>
     <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200910</t>
   </si>
   <si>
     <t>Green 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8751</t>
   </si>
   <si>
+    <t>Hama Network Cable, CAT-6, F/UTP Shielded, 1.50 m, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-200922</t>
+  </si>
+  <si>
+    <t>Yellow 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8851</t>
+  </si>
+  <si>
     <t>Blue 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8651</t>
   </si>
   <si>
+    <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200916</t>
+  </si>
+  <si>
+    <t>Red 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8502</t>
+  </si>
+  <si>
+    <t>ACT Grey 2 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB7102</t>
+  </si>
+  <si>
+    <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200911</t>
+  </si>
+  <si>
+    <t>Yellow 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8802</t>
+  </si>
+  <si>
+    <t>Green 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8702</t>
+  </si>
+  <si>
+    <t>Blue 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8602</t>
+  </si>
+  <si>
+    <t>Hama Network Adapter, CAT-5e, 1 Gbit/s</t>
+  </si>
+  <si>
+    <t>HAMA-200326</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT-6, F/UTP Shielded, 3.00 m, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-200923</t>
+  </si>
+  <si>
+    <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200917</t>
+  </si>
+  <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 1.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200680</t>
+  </si>
+  <si>
+    <t>Hama Handset Cable, 4p4c Modular Plug, 201150</t>
+  </si>
+  <si>
+    <t>HAMA-201150</t>
+  </si>
+  <si>
+    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 0.75 m</t>
+  </si>
+  <si>
+    <t>HAMA-200688</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 0.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200679</t>
+  </si>
+  <si>
+    <t>Delock Network cable extension S/FTP RJ45 male to RJ45 female, Cat. 6A, 25 cm, black</t>
+  </si>
+  <si>
+    <t>DELOCK-86998</t>
+  </si>
+  <si>
+    <t>ACT Grey 3 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB7103</t>
+  </si>
+  <si>
+    <t>Hama Network Adapter, CAT-6, 1 Gbit/s</t>
+  </si>
+  <si>
+    <t>HAMA-200327</t>
+  </si>
+  <si>
+    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 1.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200689</t>
+  </si>
+  <si>
+    <t>Hama Handset Cable, 4p4c Modular Plug, 201151</t>
+  </si>
+  <si>
+    <t>HAMA-201151</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Network Cable, CAT-6, F/UTP Shielded, 1.50 m, 25 Pcs</t>
-[...127 lines deleted...]
-  <si>
     <t>Yellow 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8803</t>
   </si>
   <si>
     <t>Green 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8703</t>
   </si>
   <si>
     <t>Blue 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8603</t>
   </si>
   <si>
     <t>Red 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8503</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 5.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200924</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 3.0 m</t>
   </si>
   <si>
     <t>HAMA-200681</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 0.50 m</t>
   </si>
   <si>
     <t>HAMA-200691</t>
   </si>
   <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 5.00 m</t>
+  </si>
+  <si>
+    <t>HAMA-200682</t>
+  </si>
+  <si>
     <t>Network Cable HAMA, CAT 5e, STP, RJ-45 - RJ-45, 10 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200918</t>
   </si>
   <si>
-    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 5.00 m</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 10.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200925</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 1 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80233</t>
   </si>
   <si>
     <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 3.00 m</t>
   </si>
   <si>
     <t>HAMA-200690</t>
   </si>
   <si>
     <t>Green 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8705</t>
   </si>
   <si>
     <t>Blue 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
@@ -370,80 +370,80 @@
   <si>
     <t>Red 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8505</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200692</t>
   </si>
   <si>
     <t>Hama Network Plug, CAT 6a, 10 Gbit/s, Shielded, 10 Pcs</t>
   </si>
   <si>
     <t>HAMA-200772</t>
   </si>
   <si>
     <t>Delock RJ45 Port Doubler 1 x RJ45 plug to 2 x RJ45 jack (2 x Ethernet)</t>
   </si>
   <si>
     <t>DELOCK-65177</t>
   </si>
   <si>
+    <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 3.0 m</t>
+  </si>
+  <si>
+    <t>HAMA-200693</t>
+  </si>
+  <si>
     <t>Green 7 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8707</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 2 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80234</t>
   </si>
   <si>
+    <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 20 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200920</t>
+  </si>
+  <si>
     <t>Blue 10 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8610</t>
   </si>
   <si>
-    <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 20 m, Standard, Grey</t>
-[...10 lines deleted...]
-  <si>
     <t>ACT Network Connector, Outdoor, CAT-6A, 1 Gbit/s</t>
   </si>
   <si>
     <t>EWENT-ACT-SD6521</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 3 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80235</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 10.00 m</t>
   </si>
   <si>
     <t>HAMA-200683</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 5.0 m</t>
   </si>
   <si>
     <t>HAMA-200694</t>
   </si>
   <si>
     <t>Hama Network Cable, Cat-5e, F/UTP Shielded, 30.00 m, 10 Pcs</t>
@@ -485,50 +485,53 @@
     <t>EWENT-ACT-FB4051</t>
   </si>
   <si>
     <t>Hama Network Adapter, USB-C Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
   </si>
   <si>
     <t>HAMA-200322</t>
   </si>
   <si>
     <t>ACT Grey 3 meters S/FTP CAT6A IDC 4PPoE / PoE++ 100W LSZH</t>
   </si>
   <si>
     <t>EWENT-ACT-FB4003</t>
   </si>
   <si>
     <t>Hama Network Plug, CAT 6a, 10 Gbit/s, Shielded, Tool-free installation, 5 Pcs.</t>
   </si>
   <si>
     <t>HAMA-200793</t>
   </si>
   <si>
     <t>USB to RJ-45 (RS-232) Console Adapter</t>
   </si>
   <si>
     <t>ATEN-UC232B-AT</t>
+  </si>
+  <si>
+    <t>call</t>
   </si>
   <si>
     <t>Direct attach cable MikroTik XS+DA0001, SFP 1G - SFP+ 10G, 1m</t>
   </si>
   <si>
     <t>MIKROTIK-XSPlus-DA0001</t>
   </si>
   <si>
     <t>Direct attach cable ZIXEL10G SFP, 1 m</t>
   </si>
   <si>
     <t>ZYXEL-DAC10G-1M</t>
   </si>
   <si>
     <t>Delock Adapter USB 3.0 &gt; Gigabit LAN 10/100/1000 Mbps</t>
   </si>
   <si>
     <t>DELOCK-62121</t>
   </si>
   <si>
     <t>Direct attach cable Mikrotik XQ+DA0001, QSFP+, QSFP28, 1m</t>
   </si>
   <si>
     <t>MIKROTIK-XQ-DA0001</t>
   </si>
@@ -1114,348 +1117,348 @@
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>5.376</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>5.376</v>
+        <v>5.58</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>5.58</v>
+        <v>5.784</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>5.784</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>5.94</v>
+        <v>6.3</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21">
         <v>6.312</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22">
-        <v>6.312</v>
+        <v>6.516</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
-        <v>6.516</v>
+        <v>6.612</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
-        <v>6.612</v>
+        <v>6.828</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
         <v>6.828</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C26">
         <v>6.828</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C27">
-        <v>6.84</v>
+        <v>6.984</v>
       </c>
       <c r="D27" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C28">
         <v>7.272</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C29">
         <v>7.392</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>7.656</v>
+        <v>7.428</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>7.824</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>8.16</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>8.28</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>8.484</v>
+        <v>8.412</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>8.496</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>8.508</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>8.832</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>8.844</v>
       </c>
       <c r="D38" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
         <v>9.072</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
         <v>9.072</v>
@@ -1520,82 +1523,82 @@
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>11.364</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>12.024</v>
+        <v>11.94</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>12.132</v>
+        <v>12.024</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>62</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
         <v>12.492</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>12.504</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
         <v>12.888</v>
@@ -1646,250 +1649,250 @@
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>14.184</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>14.304</v>
+        <v>14.46</v>
       </c>
       <c r="D55" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
         <v>14.964</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>16.068</v>
+        <v>15.348</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>16.092</v>
+        <v>16.068</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>17.064</v>
+        <v>16.092</v>
       </c>
       <c r="D59" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>17.184</v>
+        <v>16.848</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>17.892</v>
+        <v>17.064</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
         <v>18.072</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
         <v>19.008</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>20.52</v>
+        <v>20.256</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
         <v>21.792</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
         <v>21.948</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
         <v>22.008</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>128</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>23.904</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>26.436</v>
+        <v>26.328</v>
       </c>
       <c r="D69" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>26.556</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>27.972</v>
@@ -1915,157 +1918,157 @@
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>39.264</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>44.016</v>
       </c>
       <c r="D74" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>49.296</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>55.428</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>157</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
         <v>63.072</v>
       </c>
       <c r="D77" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
         <v>65.34</v>
       </c>
       <c r="D78" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
         <v>68.736</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
         <v>81.6</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
         <v>103.8</v>
       </c>
       <c r="D81" t="s">
-        <v>38</v>
+        <v>81</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
         <v>142.8</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D83"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 