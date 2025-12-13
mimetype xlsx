--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$83</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Network nozzle ESTILLO RJ45 UTP/FTP Bulk</t>
   </si>
   <si>
     <t>NET-RJ45</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>ACT Network patch cable cat.6, U/UTP 0.25 m, yellow, bulk</t>
   </si>
   <si>
@@ -124,242 +124,239 @@
   <si>
     <t>Red 1 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8501</t>
   </si>
   <si>
     <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 1.5 m, shielded, Grey</t>
   </si>
   <si>
     <t>HAMA-200915</t>
   </si>
   <si>
     <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200910</t>
   </si>
   <si>
     <t>Green 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8751</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 1.50 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200922</t>
   </si>
   <si>
     <t>Yellow 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8851</t>
   </si>
   <si>
     <t>Blue 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8651</t>
   </si>
   <si>
     <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200916</t>
   </si>
   <si>
+    <t>ACT Grey 2 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB7102</t>
+  </si>
+  <si>
+    <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200911</t>
+  </si>
+  <si>
+    <t>Yellow 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8802</t>
+  </si>
+  <si>
+    <t>Green 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8702</t>
+  </si>
+  <si>
+    <t>Blue 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8602</t>
+  </si>
+  <si>
     <t>Red 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8502</t>
   </si>
   <si>
-    <t>ACT Grey 2 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
-[...28 lines deleted...]
-  <si>
     <t>Hama Network Adapter, CAT-5e, 1 Gbit/s</t>
   </si>
   <si>
     <t>HAMA-200326</t>
   </si>
   <si>
+    <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200917</t>
+  </si>
+  <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 3.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200923</t>
   </si>
   <si>
-    <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200680</t>
   </si>
   <si>
     <t>Hama Handset Cable, 4p4c Modular Plug, 201150</t>
   </si>
   <si>
     <t>HAMA-201150</t>
   </si>
   <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 0.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200679</t>
+  </si>
+  <si>
     <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 0.75 m</t>
   </si>
   <si>
     <t>HAMA-200688</t>
   </si>
   <si>
-    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 0.50 m</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Network cable extension S/FTP RJ45 male to RJ45 female, Cat. 6A, 25 cm, black</t>
   </si>
   <si>
     <t>DELOCK-86998</t>
   </si>
   <si>
     <t>ACT Grey 3 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB7103</t>
   </si>
   <si>
     <t>Hama Network Adapter, CAT-6, 1 Gbit/s</t>
   </si>
   <si>
     <t>HAMA-200327</t>
   </si>
   <si>
+    <t>Hama Handset Cable, 4p4c Modular Plug, 201151</t>
+  </si>
+  <si>
+    <t>HAMA-201151</t>
+  </si>
+  <si>
     <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200689</t>
   </si>
   <si>
-    <t>Hama Handset Cable, 4p4c Modular Plug, 201151</t>
-[...7 lines deleted...]
-  <si>
     <t>Yellow 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8803</t>
   </si>
   <si>
     <t>Green 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8703</t>
   </si>
   <si>
     <t>Blue 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8603</t>
   </si>
   <si>
     <t>Red 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8503</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 5.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200924</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 3.0 m</t>
   </si>
   <si>
     <t>HAMA-200681</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 0.50 m</t>
   </si>
   <si>
     <t>HAMA-200691</t>
   </si>
   <si>
+    <t>Network Cable HAMA, CAT 5e, STP, RJ-45 - RJ-45, 10 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200918</t>
+  </si>
+  <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 5.00 m</t>
   </si>
   <si>
     <t>HAMA-200682</t>
   </si>
   <si>
-    <t>Network Cable HAMA, CAT 5e, STP, RJ-45 - RJ-45, 10 m, Standard, Grey</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 10.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200925</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 1 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80233</t>
   </si>
   <si>
     <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 3.00 m</t>
   </si>
   <si>
     <t>HAMA-200690</t>
   </si>
   <si>
     <t>Green 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8705</t>
   </si>
   <si>
     <t>Blue 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
@@ -376,78 +373,78 @@
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200692</t>
   </si>
   <si>
     <t>Hama Network Plug, CAT 6a, 10 Gbit/s, Shielded, 10 Pcs</t>
   </si>
   <si>
     <t>HAMA-200772</t>
   </si>
   <si>
     <t>Delock RJ45 Port Doubler 1 x RJ45 plug to 2 x RJ45 jack (2 x Ethernet)</t>
   </si>
   <si>
     <t>DELOCK-65177</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 3.0 m</t>
   </si>
   <si>
     <t>HAMA-200693</t>
   </si>
   <si>
+    <t>ACT Network Connector, Outdoor, CAT-6A, 1 Gbit/s</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-SD6521</t>
+  </si>
+  <si>
     <t>Green 7 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8707</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 2 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80234</t>
   </si>
   <si>
     <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 20 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200920</t>
   </si>
   <si>
     <t>Blue 10 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8610</t>
-  </si>
-[...4 lines deleted...]
-    <t>EWENT-ACT-SD6521</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 3 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80235</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 10.00 m</t>
   </si>
   <si>
     <t>HAMA-200683</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 5.0 m</t>
   </si>
   <si>
     <t>HAMA-200694</t>
   </si>
   <si>
     <t>Hama Network Cable, Cat-5e, F/UTP Shielded, 30.00 m, 10 Pcs</t>
   </si>
   <si>
     <t>HAMA-200921</t>
   </si>
@@ -1106,969 +1103,969 @@
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>5.316</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>5.376</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>5.58</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>5.784</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>5.784</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>6.3</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>6.312</v>
+        <v>6.516</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>6.516</v>
+        <v>6.612</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>6.612</v>
+        <v>6.828</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>6.828</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>6.828</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>6.828</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
         <v>6.984</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
         <v>7.272</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
-        <v>7.392</v>
+        <v>7.272</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>7.428</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>7.824</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>8.16</v>
+        <v>8.28</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>8.28</v>
+        <v>8.412</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>8.412</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>8.496</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>8.508</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>8.832</v>
+        <v>8.844</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>8.844</v>
+        <v>9.012</v>
       </c>
       <c r="D38" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>9.072</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>9.072</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>9.072</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>9.072</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>9.144</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>10.704</v>
+        <v>10.596</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>11.364</v>
+        <v>11.532</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>11.94</v>
+        <v>11.916</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>12.024</v>
+        <v>11.94</v>
       </c>
       <c r="D47" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>12.492</v>
+        <v>12.456</v>
       </c>
       <c r="D48" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C49">
         <v>12.504</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C50">
         <v>12.888</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C51">
         <v>12.936</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C52">
         <v>12.936</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C53">
         <v>12.936</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C54">
         <v>14.184</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C55">
         <v>14.46</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>14.964</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C57">
         <v>15.348</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>16.068</v>
+        <v>15.6</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>16.092</v>
+        <v>16.068</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>16.848</v>
+        <v>16.092</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>17.064</v>
+        <v>16.848</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>18.072</v>
+        <v>18.012</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C63">
         <v>19.008</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C64">
         <v>20.256</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C65">
         <v>21.792</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C66">
         <v>21.948</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C67">
         <v>22.008</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C68">
         <v>23.904</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C69">
         <v>26.328</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C70">
         <v>26.556</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C71">
         <v>27.972</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C72">
         <v>34.32</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="C73">
         <v>39.264</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C74">
         <v>44.016</v>
       </c>
       <c r="D74" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C75">
         <v>49.296</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C76">
         <v>55.428</v>
       </c>
       <c r="D76" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C77">
         <v>63.072</v>
       </c>
       <c r="D77" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C78">
         <v>65.34</v>
       </c>
       <c r="D78" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C79">
         <v>68.736</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C80">
         <v>81.6</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C81">
         <v>103.8</v>
       </c>
       <c r="D81" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="C82">
         <v>142.8</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D83"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 