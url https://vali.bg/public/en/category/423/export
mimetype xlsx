--- v2 (2025-12-13)
+++ v3 (2026-03-08)
@@ -7,495 +7,540 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$83</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Network nozzle ESTILLO RJ45 UTP/FTP Bulk</t>
   </si>
   <si>
     <t>NET-RJ45</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>ACT Network patch cable cat.6, U/UTP 0.25 m, yellow, bulk</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8852</t>
   </si>
   <si>
+    <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 1.5 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200909</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 1.5 m, Standard, Grey</t>
-[...4 lines deleted...]
-  <si>
     <t>Blue 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8600</t>
   </si>
   <si>
     <t>Green 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8700</t>
   </si>
   <si>
     <t>Red 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8500</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Yellow 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8800</t>
   </si>
   <si>
     <t>Network Extender ESTILLO, RJ45 UTP/FTP Bulk</t>
   </si>
   <si>
     <t>NET-JE315</t>
   </si>
   <si>
+    <t>Blue 1.0 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8601</t>
+  </si>
+  <si>
     <t>Green 1.0 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8701</t>
   </si>
   <si>
-    <t>Blue 1.0 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
-[...4 lines deleted...]
-  <si>
     <t>Yellow 1 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8801</t>
   </si>
   <si>
     <t>Red 1 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8501</t>
   </si>
   <si>
     <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 1.5 m, shielded, Grey</t>
   </si>
   <si>
     <t>HAMA-200915</t>
   </si>
   <si>
     <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200910</t>
   </si>
   <si>
+    <t>Hama Network Cable, CAT-6, F/UTP Shielded, 1.50 m, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-200922</t>
+  </si>
+  <si>
+    <t>Yellow 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8851</t>
+  </si>
+  <si>
     <t>Green 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8751</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...13 lines deleted...]
-  <si>
     <t>Blue 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8651</t>
   </si>
   <si>
     <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200916</t>
   </si>
   <si>
     <t>ACT Grey 2 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB7102</t>
   </si>
   <si>
+    <t>Hama Network Cable, Cat 5e, 1 Gbit/s, F/UTP Shielded, 1.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200668</t>
+  </si>
+  <si>
     <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200911</t>
   </si>
   <si>
+    <t>Hama Network Adapter, CAT-5e, 1 Gbit/s</t>
+  </si>
+  <si>
+    <t>HAMA-200326</t>
+  </si>
+  <si>
     <t>Yellow 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8802</t>
   </si>
   <si>
     <t>Green 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8702</t>
   </si>
   <si>
     <t>Blue 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8602</t>
   </si>
   <si>
     <t>Red 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8502</t>
   </si>
   <si>
-    <t>Hama Network Adapter, CAT-5e, 1 Gbit/s</t>
-[...4 lines deleted...]
-  <si>
     <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200917</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 3.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200923</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200680</t>
   </si>
   <si>
     <t>Hama Handset Cable, 4p4c Modular Plug, 201150</t>
   </si>
   <si>
     <t>HAMA-201150</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, Cat 5e, 1 Gbit/s, F/UTP Shielded, 3 m</t>
+  </si>
+  <si>
+    <t>HAMA-200669</t>
+  </si>
+  <si>
+    <t>Hama Network Adapter, CAT-6, 1 Gbit/s</t>
+  </si>
+  <si>
+    <t>HAMA-200327</t>
+  </si>
+  <si>
+    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 0.75 m</t>
+  </si>
+  <si>
+    <t>HAMA-200688</t>
+  </si>
+  <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 0.50 m</t>
   </si>
   <si>
     <t>HAMA-200679</t>
   </si>
   <si>
-    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 0.75 m</t>
-[...2 lines deleted...]
-    <t>HAMA-200688</t>
+    <t>ACT Grey 3 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB7103</t>
+  </si>
+  <si>
+    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 1.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200689</t>
+  </si>
+  <si>
+    <t>Hama Handset Cable, 4p4c Modular Plug, 201151</t>
+  </si>
+  <si>
+    <t>HAMA-201151</t>
+  </si>
+  <si>
+    <t>Yellow 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8803</t>
+  </si>
+  <si>
+    <t>Green 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8703</t>
+  </si>
+  <si>
+    <t>Blue 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8603</t>
+  </si>
+  <si>
+    <t>Red 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8503</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT-6, F/UTP Shielded, 5.00 m, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-200924</t>
   </si>
   <si>
     <t>Delock Network cable extension S/FTP RJ45 male to RJ45 female, Cat. 6A, 25 cm, black</t>
   </si>
   <si>
     <t>DELOCK-86998</t>
   </si>
   <si>
-    <t>ACT Grey 3 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
-[...50 lines deleted...]
-    <t>HAMA-200924</t>
+    <t>Hama Network Cable, Cat 5e, 1 Gbit/s, F/UTP Shielded, 5 m</t>
+  </si>
+  <si>
+    <t>HAMA-200670</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 3.0 m</t>
   </si>
   <si>
     <t>HAMA-200681</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 0.50 m</t>
   </si>
   <si>
     <t>HAMA-200691</t>
   </si>
   <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 5.00 m</t>
+  </si>
+  <si>
+    <t>HAMA-200682</t>
+  </si>
+  <si>
     <t>Network Cable HAMA, CAT 5e, STP, RJ-45 - RJ-45, 10 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200918</t>
   </si>
   <si>
-    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 5.00 m</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 10.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200925</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 1 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80233</t>
   </si>
   <si>
     <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 3.00 m</t>
   </si>
   <si>
     <t>HAMA-200690</t>
   </si>
   <si>
     <t>Green 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8705</t>
   </si>
   <si>
     <t>Blue 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8605</t>
   </si>
   <si>
     <t>Red 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8505</t>
   </si>
   <si>
+    <t>ACT Network patch cable cat.6, U/UTP 5m, yellow, bulk</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8805</t>
+  </si>
+  <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200692</t>
   </si>
   <si>
     <t>Hama Network Plug, CAT 6a, 10 Gbit/s, Shielded, 10 Pcs</t>
   </si>
   <si>
     <t>HAMA-200772</t>
   </si>
   <si>
     <t>Delock RJ45 Port Doubler 1 x RJ45 plug to 2 x RJ45 jack (2 x Ethernet)</t>
   </si>
   <si>
     <t>DELOCK-65177</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 3.0 m</t>
   </si>
   <si>
     <t>HAMA-200693</t>
   </si>
   <si>
+    <t>Hama Network Cable, Cat 5e, 1 Gbit/s, F/UTP Shielded, 10 m</t>
+  </si>
+  <si>
+    <t>HAMA-200671</t>
+  </si>
+  <si>
+    <t>Green 7 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8707</t>
+  </si>
+  <si>
+    <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 2 m up to 40 Gbps black</t>
+  </si>
+  <si>
+    <t>DELOCK-80234</t>
+  </si>
+  <si>
+    <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 20 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200920</t>
+  </si>
+  <si>
+    <t>Blue 10 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8610</t>
+  </si>
+  <si>
     <t>ACT Network Connector, Outdoor, CAT-6A, 1 Gbit/s</t>
   </si>
   <si>
     <t>EWENT-ACT-SD6521</t>
   </si>
   <si>
-    <t>Green 7 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
-[...22 lines deleted...]
-  <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 3 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80235</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 10.00 m</t>
   </si>
   <si>
     <t>HAMA-200683</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 5.0 m</t>
   </si>
   <si>
     <t>HAMA-200694</t>
   </si>
   <si>
     <t>Hama Network Cable, Cat-5e, F/UTP Shielded, 30.00 m, 10 Pcs</t>
   </si>
   <si>
     <t>HAMA-200921</t>
   </si>
   <si>
     <t>Green 10 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8710</t>
   </si>
   <si>
     <t>EWENT-ACT-SD6522</t>
   </si>
   <si>
     <t>Hama Network Cable CAT-6, 1 Gbit/s, F/UTP Shielded, 15.00 m</t>
   </si>
   <si>
     <t>HAMA-300016</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 5 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80236</t>
   </si>
   <si>
+    <t>Hama Network Adapter, USB-C, 2.5 Gigabit Ethernet, Black</t>
+  </si>
+  <si>
+    <t>HAMA-200360</t>
+  </si>
+  <si>
     <t>Delock Switch RJ45 10 Gbps 2 port manual bidirectional</t>
   </si>
   <si>
     <t>DELOCK-87673</t>
+  </si>
+  <si>
+    <t>Delock RJ45 Network Cable Cat.6A S/FTP Slim 90° downwards angled / straight 5 m black</t>
+  </si>
+  <si>
+    <t>DELOCK-80308</t>
   </si>
   <si>
     <t>ACT Grey 1.5 meters S/FTP CAT6A IDC 4PPoE / PoE++ 100W LSZH</t>
   </si>
   <si>
     <t>EWENT-ACT-FB4051</t>
   </si>
   <si>
     <t>Hama Network Adapter, USB-C Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
   </si>
   <si>
     <t>HAMA-200322</t>
   </si>
   <si>
     <t>ACT Grey 3 meters S/FTP CAT6A IDC 4PPoE / PoE++ 100W LSZH</t>
   </si>
   <si>
     <t>EWENT-ACT-FB4003</t>
   </si>
   <si>
     <t>Hama Network Plug, CAT 6a, 10 Gbit/s, Shielded, Tool-free installation, 5 Pcs.</t>
   </si>
   <si>
     <t>HAMA-200793</t>
   </si>
@@ -868,1214 +913,1312 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D83"/>
+  <dimension ref="A1:D90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>0.48</v>
+        <v>0.24</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>2.004</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>4.02</v>
+        <v>2.052</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>4.02</v>
+        <v>2.052</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>4.02</v>
+        <v>2.052</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>4.02</v>
+        <v>2.052</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>4.2</v>
+        <v>2.148</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>4.488</v>
+        <v>2.448</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>4.8</v>
+        <v>2.448</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>4.8</v>
+        <v>2.448</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>4.8</v>
+        <v>2.448</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>4.86</v>
+        <v>2.484</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>5.316</v>
+        <v>2.712</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>5.376</v>
+        <v>2.94</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>5.58</v>
+        <v>2.964</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>5.784</v>
+        <v>2.964</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>5.784</v>
+        <v>2.964</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>6.3</v>
+        <v>3.216</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>6.516</v>
+        <v>3.336</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>6.612</v>
+        <v>3.348</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>6.828</v>
+        <v>3.384</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>6.828</v>
+        <v>3.468</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>6.828</v>
+        <v>3.492</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>6.828</v>
+        <v>3.492</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>6.984</v>
+        <v>3.492</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>7.272</v>
+        <v>3.492</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>7.272</v>
+        <v>3.72</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>7.428</v>
+        <v>3.72</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>7.824</v>
+        <v>3.996</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>8.28</v>
+        <v>3.996</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>8.412</v>
+        <v>3.996</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>8.412</v>
+        <v>4.008</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>8.496</v>
+        <v>4.104</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>8.508</v>
+        <v>4.164</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>8.844</v>
+        <v>4.344</v>
       </c>
       <c r="D37" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>9.012</v>
+        <v>4.428</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>9.072</v>
+        <v>4.524</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>9.072</v>
+        <v>4.644</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>9.072</v>
+        <v>4.644</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>9.072</v>
+        <v>4.644</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>9.144</v>
+        <v>4.644</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>10.596</v>
+        <v>4.68</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>11.532</v>
+        <v>4.74</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>11.916</v>
+        <v>4.872</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>11.94</v>
+        <v>5.412</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>12.456</v>
+        <v>5.892</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>12.504</v>
+        <v>6.144</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>12.888</v>
+        <v>6.252</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>12.936</v>
+        <v>6.372</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>12.936</v>
+        <v>6.396</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>12.936</v>
+        <v>6.588</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>14.184</v>
+        <v>6.612</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>14.46</v>
+        <v>6.612</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>14.964</v>
+        <v>6.612</v>
       </c>
       <c r="D56" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>15.348</v>
+        <v>6.612</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>15.6</v>
+        <v>7.26</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>16.068</v>
+        <v>7.392</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>16.092</v>
+        <v>7.644</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>16.848</v>
+        <v>7.848</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>69</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>18.012</v>
+        <v>7.932</v>
       </c>
       <c r="D62" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>19.008</v>
+        <v>8.208</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>20.256</v>
+        <v>8.232</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>21.792</v>
+        <v>8.616</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>21.948</v>
+        <v>9.204</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>22.008</v>
+        <v>9.24</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>23.904</v>
+        <v>9.72</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>26.328</v>
+        <v>10.44</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>26.556</v>
+        <v>11.148</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>27.972</v>
+        <v>11.22</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>34.32</v>
+        <v>11.256</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73">
-        <v>39.264</v>
+        <v>12.216</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74">
-        <v>44.016</v>
+        <v>13.464</v>
       </c>
       <c r="D74" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75">
-        <v>49.296</v>
+        <v>13.572</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
-        <v>55.428</v>
+        <v>13.596</v>
       </c>
       <c r="D76" t="s">
-        <v>156</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>63.072</v>
+        <v>14.304</v>
       </c>
       <c r="D77" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>65.34</v>
+        <v>14.352</v>
       </c>
       <c r="D78" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>68.736</v>
+        <v>17.544</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>81.6</v>
+        <v>20.076</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>103.8</v>
+        <v>22.512</v>
       </c>
       <c r="D81" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>142.8</v>
+        <v>25.212</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83">
+        <v>28.344</v>
+      </c>
+      <c r="D83" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>172</v>
+      </c>
+      <c r="B84" t="s">
+        <v>173</v>
+      </c>
+      <c r="C84">
+        <v>29.688</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>174</v>
+      </c>
+      <c r="B85" t="s">
+        <v>175</v>
+      </c>
+      <c r="C85">
+        <v>33.408</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" t="s">
+        <v>177</v>
+      </c>
+      <c r="C86">
+        <v>35.148</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>178</v>
+      </c>
+      <c r="B87" t="s">
+        <v>179</v>
+      </c>
+      <c r="C87">
+        <v>41.724</v>
+      </c>
+      <c r="D87" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>180</v>
+      </c>
+      <c r="B88" t="s">
+        <v>181</v>
+      </c>
+      <c r="C88">
+        <v>53.076</v>
+      </c>
+      <c r="D88" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>182</v>
+      </c>
+      <c r="B89" t="s">
+        <v>183</v>
+      </c>
+      <c r="C89">
+        <v>73.008</v>
+      </c>
+      <c r="D89" t="s">
+        <v>6</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D83"/>
+  <autoFilter ref="A1:D90"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>