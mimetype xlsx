--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -7,164 +7,170 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$91</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Network nozzle ESTILLO RJ45 UTP/FTP Bulk</t>
   </si>
   <si>
     <t>NET-RJ45</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>ACT Network patch cable cat.6, U/UTP 0.25 m, yellow, bulk</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8852</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 1.5 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200909</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Blue 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8600</t>
   </si>
   <si>
     <t>Green 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8700</t>
   </si>
   <si>
     <t>Red 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8500</t>
   </si>
   <si>
+    <t>Yellow 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8800</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Yellow 0.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
-[...4 lines deleted...]
-  <si>
     <t>Network Extender ESTILLO, RJ45 UTP/FTP Bulk</t>
   </si>
   <si>
     <t>NET-JE315</t>
   </si>
   <si>
     <t>Blue 1.0 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8601</t>
   </si>
   <si>
     <t>Green 1.0 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8701</t>
   </si>
   <si>
     <t>Yellow 1 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8801</t>
   </si>
   <si>
     <t>Red 1 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8501</t>
   </si>
   <si>
     <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 1.5 m, shielded, Grey</t>
   </si>
   <si>
     <t>HAMA-200915</t>
   </si>
   <si>
     <t>Network Cable HAMA CAT 5e, UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200910</t>
   </si>
   <si>
+    <t>Delock Telephone Cable / Coiled Cable RJ11 plug to RJ11 plug black 1 m</t>
+  </si>
+  <si>
+    <t>DELOCK-90201</t>
+  </si>
+  <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 1.50 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200922</t>
   </si>
   <si>
     <t>Yellow 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8851</t>
   </si>
   <si>
     <t>Green 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8751</t>
   </si>
   <si>
     <t>Blue 1.5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8651</t>
   </si>
   <si>
     <t>Network Cable HAMA, CAT 5e, FTP/UTP, RJ-45 - RJ-45, 3 m, Standard, Grey</t>
@@ -211,191 +217,191 @@
   <si>
     <t>Blue 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8602</t>
   </si>
   <si>
     <t>Red 2 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8502</t>
   </si>
   <si>
     <t>Network Cable HAMA CAT 5e, FTP/UTP, RJ-45 - RJ-45, 5 m, Standard, Grey</t>
   </si>
   <si>
     <t>HAMA-200917</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT-6, F/UTP Shielded, 3.00 m, 25 Pcs</t>
   </si>
   <si>
     <t>HAMA-200923</t>
   </si>
   <si>
+    <t>Hama Handset Cable, 4p4c Modular Plug, 201150</t>
+  </si>
+  <si>
+    <t>HAMA-201150</t>
+  </si>
+  <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 1.50 m</t>
   </si>
   <si>
     <t>HAMA-200680</t>
   </si>
   <si>
-    <t>Hama Handset Cable, 4p4c Modular Plug, 201150</t>
-[...2 lines deleted...]
-    <t>HAMA-201150</t>
+    <t>Hama Network Adapter, CAT-6, 1 Gbit/s</t>
+  </si>
+  <si>
+    <t>HAMA-200327</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, Cat 5e, 1 Gbit/s, F/UTP Shielded, 3 m</t>
+  </si>
+  <si>
+    <t>HAMA-200669</t>
+  </si>
+  <si>
+    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 0.75 m</t>
+  </si>
+  <si>
+    <t>HAMA-200688</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 0.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200679</t>
+  </si>
+  <si>
+    <t>ACT Grey 3 meter F/UTP CAT5E patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB7103</t>
+  </si>
+  <si>
+    <t>Delock Network cable extension S/FTP RJ45 male to RJ45 female, Cat. 6A, 25 cm, black</t>
+  </si>
+  <si>
+    <t>DELOCK-86998</t>
+  </si>
+  <si>
+    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 1.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200689</t>
+  </si>
+  <si>
+    <t>Hama Handset Cable, 4p4c Modular Plug, 201151</t>
+  </si>
+  <si>
+    <t>HAMA-201151</t>
+  </si>
+  <si>
+    <t>Yellow 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8803</t>
+  </si>
+  <si>
+    <t>Green 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8703</t>
+  </si>
+  <si>
+    <t>Blue 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8603</t>
+  </si>
+  <si>
+    <t>Red 3 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8503</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT-6, F/UTP Shielded, 5.00 m, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-200924</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, Cat 5e, 1 Gbit/s, F/UTP Shielded, 5 m</t>
+  </si>
+  <si>
+    <t>HAMA-200670</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 3.0 m</t>
+  </si>
+  <si>
+    <t>HAMA-200681</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 0.50 m</t>
+  </si>
+  <si>
+    <t>HAMA-200691</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 5.00 m</t>
+  </si>
+  <si>
+    <t>HAMA-200682</t>
+  </si>
+  <si>
+    <t>Network Cable HAMA, CAT 5e, STP, RJ-45 - RJ-45, 10 m, Standard, Grey</t>
+  </si>
+  <si>
+    <t>HAMA-200918</t>
+  </si>
+  <si>
+    <t>Hama Network Cable, CAT-6, F/UTP Shielded, 10.00 m, 25 Pcs</t>
+  </si>
+  <si>
+    <t>HAMA-200925</t>
+  </si>
+  <si>
+    <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 1 m up to 40 Gbps black</t>
+  </si>
+  <si>
+    <t>DELOCK-80233</t>
+  </si>
+  <si>
+    <t>Hama "Flexi-Slim" Network Cable, CAT 6a, 10 Gbit/s, U/UTP, 3.00 m</t>
+  </si>
+  <si>
+    <t>HAMA-200690</t>
   </si>
   <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Hama Network Cable, Cat 5e, 1 Gbit/s, F/UTP Shielded, 3 m</t>
-[...124 lines deleted...]
-  <si>
     <t>Green 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8705</t>
   </si>
   <si>
     <t>Blue 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8605</t>
   </si>
   <si>
     <t>Red 5 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8505</t>
   </si>
   <si>
     <t>ACT Network patch cable cat.6, U/UTP 5m, yellow, bulk</t>
   </si>
   <si>
     <t>EWENT-ACT-IB8805</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 1.50 m</t>
@@ -454,75 +460,75 @@
   <si>
     <t>ACT Network Connector, Outdoor, CAT-6A, 1 Gbit/s</t>
   </si>
   <si>
     <t>EWENT-ACT-SD6521</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 3 m up to 40 Gbps black</t>
   </si>
   <si>
     <t>DELOCK-80235</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 6a, 10 Gbit/s, S/FTP Shielded, 10.00 m</t>
   </si>
   <si>
     <t>HAMA-200683</t>
   </si>
   <si>
     <t>Hama Network Cable, CAT 8, 40 Gbit/s, S/FTP Shielded, Halogen-free, 5.0 m</t>
   </si>
   <si>
     <t>HAMA-200694</t>
   </si>
   <si>
+    <t>Green 10 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-IB8710</t>
+  </si>
+  <si>
     <t>Hama Network Cable, Cat-5e, F/UTP Shielded, 30.00 m, 10 Pcs</t>
   </si>
   <si>
     <t>HAMA-200921</t>
   </si>
   <si>
-    <t>Green 10 meter U/UTP CAT6 patch cable with RJ45 connectors</t>
-[...4 lines deleted...]
-  <si>
     <t>EWENT-ACT-SD6522</t>
   </si>
   <si>
+    <t>Delock RJ45 Network Cable Cat.8.1 S/FTP 5 m up to 40 Gbps black</t>
+  </si>
+  <si>
+    <t>DELOCK-80236</t>
+  </si>
+  <si>
     <t>Hama Network Cable CAT-6, 1 Gbit/s, F/UTP Shielded, 15.00 m</t>
   </si>
   <si>
     <t>HAMA-300016</t>
-  </si>
-[...4 lines deleted...]
-    <t>DELOCK-80236</t>
   </si>
   <si>
     <t>Hama Network Adapter, USB-C, 2.5 Gigabit Ethernet, Black</t>
   </si>
   <si>
     <t>HAMA-200360</t>
   </si>
   <si>
     <t>Delock Switch RJ45 10 Gbps 2 port manual bidirectional</t>
   </si>
   <si>
     <t>DELOCK-87673</t>
   </si>
   <si>
     <t>Delock RJ45 Network Cable Cat.6A S/FTP Slim 90° downwards angled / straight 5 m black</t>
   </si>
   <si>
     <t>DELOCK-80308</t>
   </si>
   <si>
     <t>ACT Grey 1.5 meters S/FTP CAT6A IDC 4PPoE / PoE++ 100W LSZH</t>
   </si>
   <si>
     <t>EWENT-ACT-FB4051</t>
   </si>
@@ -913,51 +919,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D90"/>
+  <dimension ref="A1:D91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -966,1259 +972,1273 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>0.24</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>1.836</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>2.004</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>2.052</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>2.052</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>2.052</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>2.052</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>2.148</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>2.448</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>2.448</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>2.448</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>2.448</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>2.484</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>2.712</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>2.94</v>
+        <v>2.868</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>2.964</v>
+        <v>2.94</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>2.964</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>2.964</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>3.216</v>
+        <v>2.964</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>3.336</v>
+        <v>3.216</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>3.348</v>
+        <v>3.336</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>3.384</v>
+        <v>3.372</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>3.468</v>
+        <v>3.384</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>3.492</v>
+        <v>3.468</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>3.492</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>3.492</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>3.492</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>3.72</v>
+        <v>3.492</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>3.72</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>3.996</v>
+        <v>3.72</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>3.996</v>
+        <v>3.888</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>3.996</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>4.008</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>4.104</v>
+        <v>4.02</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>4.164</v>
+        <v>4.104</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>4.344</v>
+        <v>4.164</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>4.428</v>
+        <v>4.344</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>4.524</v>
+        <v>4.38</v>
       </c>
       <c r="D39" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>4.644</v>
+        <v>4.428</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>4.644</v>
+        <v>4.572</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>4.644</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>4.644</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>4.68</v>
+        <v>4.644</v>
       </c>
       <c r="D44" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>4.74</v>
+        <v>4.644</v>
       </c>
       <c r="D45" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>4.872</v>
+        <v>4.68</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>5.412</v>
+        <v>4.896</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>5.892</v>
+        <v>5.412</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>6.144</v>
+        <v>5.892</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>6.252</v>
+        <v>6.144</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>6.372</v>
+        <v>6.252</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>6.396</v>
+        <v>6.372</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>6.588</v>
+        <v>6.396</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54">
+        <v>6.588</v>
+      </c>
+      <c r="D54" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>6.612</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
         <v>6.612</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
         <v>6.612</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>7.26</v>
+        <v>6.612</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>7.392</v>
+        <v>7.26</v>
       </c>
       <c r="D59" t="s">
-        <v>69</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>7.644</v>
+        <v>7.296</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>7.848</v>
+        <v>7.644</v>
       </c>
       <c r="D61" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>7.932</v>
+        <v>7.92</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>8.208</v>
+        <v>7.944</v>
       </c>
       <c r="D63" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>8.232</v>
+        <v>8.208</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>8.616</v>
+        <v>8.232</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>9.204</v>
+        <v>9.036</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>9.24</v>
+        <v>9.204</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>9.72</v>
+        <v>9.24</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>10.44</v>
+        <v>9.72</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>11.148</v>
+        <v>10.44</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>11.22</v>
+        <v>11.148</v>
       </c>
       <c r="D71" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
         <v>11.256</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>12.216</v>
+        <v>11.88</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>13.464</v>
+        <v>12.216</v>
       </c>
       <c r="D74" t="s">
-        <v>69</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>13.572</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>13.596</v>
+        <v>13.584</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>14.304</v>
+        <v>13.596</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>14.352</v>
+        <v>14.304</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>17.544</v>
+        <v>14.352</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>20.076</v>
+        <v>17.544</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>22.512</v>
+        <v>20.076</v>
       </c>
       <c r="D81" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>25.212</v>
+        <v>22.512</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>28.344</v>
+        <v>25.188</v>
       </c>
       <c r="D83" t="s">
-        <v>171</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84">
+        <v>28.344</v>
+      </c>
+      <c r="D84" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>33.408</v>
+        <v>29.688</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>35.148</v>
+        <v>33.552</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>41.724</v>
+        <v>35.148</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>53.076</v>
+        <v>41.724</v>
       </c>
       <c r="D88" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
+        <v>53.1</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>184</v>
+      </c>
+      <c r="B90" t="s">
+        <v>185</v>
+      </c>
+      <c r="C90">
         <v>73.008</v>
       </c>
-      <c r="D89" t="s">
+      <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D90"/>
+  <autoFilter ref="A1:D91"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>