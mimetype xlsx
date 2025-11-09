--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C200</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
+  </si>
+  <si>
+    <t>HAMA-176651</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C210</t>
+  </si>
+  <si>
+    <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C206</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
-[...19 lines deleted...]
-  <si>
     <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C232</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
   </si>
   <si>
     <t>HAMA-176652</t>
   </si>
   <si>
     <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C220</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C310</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
   </si>
   <si>
     <t>HAMA-176647</t>
   </si>
   <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C510W - 2K Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C510W</t>
+  </si>
+  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C320WS</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN Outdoor Camera, Recording, Night Vision, 1080p, 176645</t>
   </si>
   <si>
     <t>HAMA-176645</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C500</t>
   </si>
   <si>
-    <t>DELTACO SMART HOME WiFi camera, outdoor IP65, 2MP, ONVIF, white</t>
-[...11 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C510W</t>
+    <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
+  </si>
+  <si>
+    <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN, for Outdoors, without Hub, Night Vision, 1080p, 176646</t>
   </si>
   <si>
     <t>HAMA-176646</t>
   </si>
   <si>
     <t>DELTACO SMART HOME WiFi Doorbell camera, 2.4GHz, 1080p, IR 5m, microSD, white</t>
   </si>
   <si>
     <t>DELT-SH-DB02</t>
   </si>
   <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C520WS</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410</t>
   </si>
   <si>
-    <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
-[...2 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C520WS</t>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C425 - Smart Wire-Free Security Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C425</t>
   </si>
   <si>
     <t>Hama Surveillance Camera with Light and Motion Detector, WLAN, for Outdoors</t>
   </si>
   <si>
     <t>HAMA-176614</t>
   </si>
   <si>
     <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C501</t>
   </si>
   <si>
     <t>Hama WLAN Camera, Outdoor, Battery, Solar, Outdoor Camera with Motion Detector, 1080p</t>
   </si>
   <si>
     <t>HAMA-176615</t>
   </si>
   <si>
     <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D230S1</t>
-  </si>
-[...4 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C425</t>
   </si>
   <si>
     <t>Network Camera DAHUA IPC-HDW3541EM-S-S2 - 5MP WizSense</t>
   </si>
   <si>
     <t>DAHUA-IPC-HDW-S-S2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -562,376 +562,376 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>59.664</v>
+        <v>45.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>60.768</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>66.0</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>69.0</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>69.0</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>70.572</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>79.884</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>82.8</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>96.852</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>99.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>99.144</v>
+        <v>99.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>106.8</v>
+        <v>99.144</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>115.632</v>
+        <v>106.8</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>118.992</v>
+        <v>121.08</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>129.6</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>130.8</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>138.0</v>
+        <v>134.424</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19">
+        <v>138.0</v>
+      </c>
+      <c r="D19" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>200.196</v>
+        <v>159.0</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>202.8</v>
+        <v>200.196</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>208.992</v>
+        <v>202.8</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>219.0</v>
+        <v>208.992</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>278.4</v>
+        <v>219.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>450.192</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D26"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>