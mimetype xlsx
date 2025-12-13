--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -7,210 +7,246 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$26</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Temperature and humidity sensor TP-Link Tapo T310, WiFi</t>
+  </si>
+  <si>
+    <t>TP-TL-TAPO-T310</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C200</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-TAPO-H100</t>
+  </si>
+  <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
   </si>
   <si>
     <t>HAMA-176651</t>
   </si>
   <si>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
+  </si>
+  <si>
+    <t>HAMA-176652</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C210</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C220</t>
+  </si>
+  <si>
     <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C206</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C232</t>
   </si>
   <si>
-    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
-[...10 lines deleted...]
-  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C310</t>
   </si>
   <si>
+    <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C222</t>
+  </si>
+  <si>
+    <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C230</t>
+  </si>
+  <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C320WS</t>
+  </si>
+  <si>
     <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
   </si>
   <si>
     <t>HAMA-176647</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C510W - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C510W</t>
   </si>
   <si>
-    <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
-[...2 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C320WS</t>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C500</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN Outdoor Camera, Recording, Night Vision, 1080p, 176645</t>
   </si>
   <si>
     <t>HAMA-176645</t>
   </si>
   <si>
-    <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
-[...4 lines deleted...]
-  <si>
     <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
   </si>
   <si>
     <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
+    <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C410-kit</t>
+  </si>
+  <si>
     <t>Hama Surveillance Camera, WLAN, for Outdoors, without Hub, Night Vision, 1080p, 176646</t>
   </si>
   <si>
     <t>HAMA-176646</t>
   </si>
   <si>
     <t>DELTACO SMART HOME WiFi Doorbell camera, 2.4GHz, 1080p, IR 5m, microSD, white</t>
   </si>
   <si>
     <t>DELT-SH-DB02</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C520WS</t>
   </si>
   <si>
     <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>TP-Link Tapo C425 - Smart Wire-Free Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C425</t>
   </si>
   <si>
+    <t>Hama WLAN Camera, Outdoor, Battery, Solar, Outdoor Camera with Motion Detector, 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-176615</t>
+  </si>
+  <si>
     <t>Hama Surveillance Camera with Light and Motion Detector, WLAN, for Outdoors</t>
   </si>
   <si>
     <t>HAMA-176614</t>
   </si>
   <si>
+    <t>TP LINK smart video doorbell Tapo D210, 2K QHD (2560×1440), 160° viewing angle, microSD up to 512 GB, 2.4Ghz, AI-recognition</t>
+  </si>
+  <si>
+    <t>TP-TL-BELL-TAPO-D210</t>
+  </si>
+  <si>
     <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C501</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-176615</t>
   </si>
   <si>
     <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D230S1</t>
   </si>
   <si>
     <t>Network Camera DAHUA IPC-HDW3541EM-S-S2 - 5MP WizSense</t>
   </si>
   <si>
     <t>DAHUA-IPC-HDW-S-S2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -526,416 +562,500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>45.0</v>
+        <v>34.992</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>60.768</v>
+        <v>45.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>66.0</v>
+        <v>45.0</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>69.0</v>
+        <v>51.6</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>69.0</v>
+        <v>60.0</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>70.572</v>
+        <v>66.0</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>79.884</v>
+        <v>69.0</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>82.8</v>
+        <v>69.0</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>96.852</v>
+        <v>69.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>99.0</v>
+        <v>75.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>99.0</v>
+        <v>75.0</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>99.144</v>
+        <v>78.996</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>106.8</v>
+        <v>88.992</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>121.08</v>
+        <v>96.852</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>129.6</v>
+        <v>99.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>130.8</v>
+        <v>99.0</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>134.424</v>
+        <v>99.396</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>138.0</v>
+        <v>121.08</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>159.0</v>
+        <v>129.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>200.196</v>
+        <v>129.6</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>202.8</v>
+        <v>130.8</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>208.992</v>
+        <v>134.424</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>219.0</v>
+        <v>138.0</v>
       </c>
       <c r="D24" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
+        <v>138.996</v>
+      </c>
+      <c r="D25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26">
+        <v>150.0</v>
+      </c>
+      <c r="D26" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27">
+        <v>186.0</v>
+      </c>
+      <c r="D27" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28">
+        <v>189.0</v>
+      </c>
+      <c r="D28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29">
+        <v>202.8</v>
+      </c>
+      <c r="D29" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30">
+        <v>219.0</v>
+      </c>
+      <c r="D30" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31">
         <v>450.192</v>
       </c>
-      <c r="D25" t="s">
-        <v>42</v>
+      <c r="D31" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D26"/>
+  <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>