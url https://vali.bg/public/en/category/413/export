--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -37,104 +37,104 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Temperature and humidity sensor TP-Link Tapo T310, WiFi</t>
   </si>
   <si>
     <t>TP-TL-TAPO-T310</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
+  </si>
+  <si>
+    <t>HAMA-176651</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C200</t>
   </si>
   <si>
-    <t>available</t>
-[...1 lines deleted...]
-  <si>
     <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
   </si>
   <si>
     <t>TP-TL-TAPO-H100</t>
   </si>
   <si>
-    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
-[...2 lines deleted...]
-    <t>HAMA-176651</t>
+    <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C210</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C220</t>
+  </si>
+  <si>
+    <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C206</t>
+  </si>
+  <si>
+    <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C232</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
   </si>
   <si>
     <t>HAMA-176652</t>
   </si>
   <si>
-    <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
-[...25 lines deleted...]
-  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C310</t>
   </si>
   <si>
     <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C222</t>
   </si>
   <si>
     <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C230</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C320WS</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
@@ -145,108 +145,108 @@
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C510W - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C510W</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C500</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN Outdoor Camera, Recording, Night Vision, 1080p, 176645</t>
   </si>
   <si>
     <t>HAMA-176645</t>
   </si>
   <si>
     <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
   </si>
   <si>
     <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
+    <t>DELTACO SMART HOME WiFi Doorbell camera, 2.4GHz, 1080p, IR 5m, microSD, white</t>
+  </si>
+  <si>
+    <t>DELT-SH-DB02</t>
+  </si>
+  <si>
     <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410-kit</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN, for Outdoors, without Hub, Night Vision, 1080p, 176646</t>
   </si>
   <si>
     <t>HAMA-176646</t>
   </si>
   <si>
-    <t>DELTACO SMART HOME WiFi Doorbell camera, 2.4GHz, 1080p, IR 5m, microSD, white</t>
-[...4 lines deleted...]
-  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C520WS</t>
   </si>
   <si>
     <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410</t>
   </si>
   <si>
     <t>TP-Link Tapo C425 - Smart Wire-Free Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C425</t>
   </si>
   <si>
+    <t>TP LINK smart video doorbell Tapo D210, 2K QHD (2560×1440), 160° viewing angle, microSD up to 512 GB, 2.4Ghz, AI-recognition</t>
+  </si>
+  <si>
+    <t>TP-TL-BELL-TAPO-D210</t>
+  </si>
+  <si>
+    <t>Hama Surveillance Camera with Light and Motion Detector, WLAN, for Outdoors</t>
+  </si>
+  <si>
+    <t>HAMA-176614</t>
+  </si>
+  <si>
+    <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C501</t>
+  </si>
+  <si>
     <t>Hama WLAN Camera, Outdoor, Battery, Solar, Outdoor Camera with Motion Detector, 1080p</t>
   </si>
   <si>
     <t>HAMA-176615</t>
-  </si>
-[...16 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C501</t>
   </si>
   <si>
     <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D230S1</t>
   </si>
   <si>
     <t>Network Camera DAHUA IPC-HDW3541EM-S-S2 - 5MP WizSense</t>
   </si>
   <si>
     <t>DAHUA-IPC-HDW-S-S2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -598,457 +598,457 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>45.0</v>
+        <v>22.308</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>45.0</v>
+        <v>23.004</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>51.6</v>
+        <v>23.004</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>60.0</v>
+        <v>33.744</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>66.0</v>
+        <v>35.28</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>69.0</v>
+        <v>36.084</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>75.0</v>
+        <v>38.352</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>75.0</v>
+        <v>38.352</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>78.996</v>
+        <v>40.392</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>96.852</v>
+        <v>49.524</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>99.396</v>
+        <v>50.82</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>121.08</v>
+        <v>61.908</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>129.0</v>
+        <v>65.148</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>129.6</v>
+        <v>65.952</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>130.8</v>
+        <v>66.264</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>134.424</v>
+        <v>68.736</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>138.0</v>
+        <v>70.56</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>138.996</v>
+        <v>71.064</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>150.0</v>
+        <v>96.636</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>186.0</v>
+        <v>102.36</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>189.0</v>
+        <v>103.692</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>202.8</v>
+        <v>106.86</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>219.0</v>
+        <v>111.972</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>450.192</v>
+        <v>230.184</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>