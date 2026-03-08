--- v3 (2026-01-09)
+++ v4 (2026-03-08)
@@ -37,228 +37,228 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Temperature and humidity sensor TP-Link Tapo T310, WiFi</t>
   </si>
   <si>
     <t>TP-TL-TAPO-T310</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C200</t>
+  </si>
+  <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
   </si>
   <si>
     <t>HAMA-176651</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
-[...4 lines deleted...]
-  <si>
     <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
   </si>
   <si>
     <t>TP-TL-TAPO-H100</t>
   </si>
   <si>
+    <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C230</t>
+  </si>
+  <si>
+    <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C222</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, WLAN, for Outdoors, Night Vision, 1080p, Recordi</t>
+  </si>
+  <si>
+    <t>HAMA-176653</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C210</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
+    <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C206</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
+  </si>
+  <si>
+    <t>HAMA-176652</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, for Babies, WLAN, App, Night Light, Audio, 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-176673</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C220</t>
   </si>
   <si>
-    <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
-[...2 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C206</t>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C310</t>
   </si>
   <si>
     <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C232</t>
   </si>
   <si>
-    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
-[...20 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C230</t>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C500</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C410</t>
+  </si>
+  <si>
+    <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
+  </si>
+  <si>
+    <t>HAMA-176647</t>
+  </si>
+  <si>
+    <t>Hama Surveillance Camera, WLAN Outdoor Camera, Recording, Night Vision, 1080p, 176645</t>
+  </si>
+  <si>
+    <t>HAMA-176645</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C320WS</t>
   </si>
   <si>
-    <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
-[...4 lines deleted...]
-  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C510W - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C510W</t>
   </si>
   <si>
-    <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
-[...10 lines deleted...]
-  <si>
     <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
   </si>
   <si>
     <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
-    <t>DELTACO SMART HOME WiFi Doorbell camera, 2.4GHz, 1080p, IR 5m, microSD, white</t>
-[...4 lines deleted...]
-  <si>
     <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410-kit</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN, for Outdoors, without Hub, Night Vision, 1080p, 176646</t>
   </si>
   <si>
     <t>HAMA-176646</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C520WS</t>
   </si>
   <si>
-    <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
-[...4 lines deleted...]
-  <si>
     <t>TP-Link Tapo C425 - Smart Wire-Free Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C425</t>
   </si>
   <si>
+    <t>Hama Surveillance Camera with Light and Motion Detector, WLAN, for Outdoors</t>
+  </si>
+  <si>
+    <t>HAMA-176614</t>
+  </si>
+  <si>
+    <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C501</t>
+  </si>
+  <si>
+    <t>Hama WLAN Camera, Outdoor, Battery, Solar, Outdoor Camera with Motion Detector, 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-176615</t>
+  </si>
+  <si>
     <t>TP LINK smart video doorbell Tapo D210, 2K QHD (2560×1440), 160° viewing angle, microSD up to 512 GB, 2.4Ghz, AI-recognition</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D210</t>
   </si>
   <si>
-    <t>Hama Surveillance Camera with Light and Motion Detector, WLAN, for Outdoors</t>
-[...16 lines deleted...]
-  <si>
     <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D230S1</t>
-  </si>
-[...4 lines deleted...]
-    <t>DAHUA-IPC-HDW-S-S2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -612,446 +612,446 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>17.892</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>22.308</v>
+        <v>19.8</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>23.004</v>
+        <v>22.308</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>23.004</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>33.744</v>
+        <v>30.0</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>35.28</v>
+        <v>30.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>35.28</v>
+        <v>30.324</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>33.744</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>36.084</v>
+        <v>35.28</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>38.352</v>
+        <v>36.084</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>38.352</v>
+        <v>36.672</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>40.392</v>
+        <v>39.432</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>45.504</v>
+        <v>42.42</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>49.524</v>
+        <v>45.0</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>50.616</v>
+        <v>48.996</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>50.82</v>
+        <v>49.524</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>61.908</v>
+        <v>50.82</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>65.148</v>
+        <v>52.008</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>65.952</v>
+        <v>58.992</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>66.264</v>
+        <v>61.908</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>68.736</v>
+        <v>64.992</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>70.56</v>
+        <v>66.264</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>71.064</v>
+        <v>69.0</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>96.636</v>
+        <v>69.0</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>102.36</v>
+        <v>70.8</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>103.692</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>106.86</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>111.972</v>
+        <v>108.06</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>230.184</v>
+        <v>118.992</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>