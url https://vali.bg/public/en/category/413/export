--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -64,71 +64,71 @@
   <si>
     <t>TP-TL-CAM-TAPO-C200</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
   </si>
   <si>
     <t>HAMA-176651</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
   </si>
   <si>
     <t>TP-TL-TAPO-H100</t>
   </si>
   <si>
     <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C230</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C222</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, for Outdoors, Night Vision, 1080p, Recordi</t>
   </si>
   <si>
     <t>HAMA-176653</t>
   </si>
   <si>
     <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C210</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C206</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
   </si>
   <si>
     <t>HAMA-176652</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, for Babies, WLAN, App, Night Light, Audio, 1080p</t>
   </si>
   <si>
     <t>HAMA-176673</t>
   </si>
   <si>
     <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C220</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
@@ -145,78 +145,78 @@
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C500</t>
   </si>
   <si>
     <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
   </si>
   <si>
     <t>HAMA-176647</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN Outdoor Camera, Recording, Night Vision, 1080p, 176645</t>
   </si>
   <si>
     <t>HAMA-176645</t>
   </si>
   <si>
+    <t>Hama Surveillance Camera, WLAN, for Outdoors, without Hub, Night Vision, 1080p, 176646</t>
+  </si>
+  <si>
+    <t>HAMA-176646</t>
+  </si>
+  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C320WS</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C510W - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C510W</t>
   </si>
   <si>
     <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
   </si>
   <si>
     <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
     <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410-kit</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-176646</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C520WS</t>
   </si>
   <si>
     <t>TP-Link Tapo C425 - Smart Wire-Free Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C425</t>
   </si>
   <si>
     <t>Hama Surveillance Camera with Light and Motion Detector, WLAN, for Outdoors</t>
   </si>
   <si>
     <t>HAMA-176614</t>
   </si>
   <si>
     <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C501</t>
   </si>
@@ -657,317 +657,317 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>23.004</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>30.0</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>30.0</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>30.324</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>33.744</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>35.28</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>36.084</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>36.672</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>39.432</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>42.42</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>45.0</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>48.996</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>48.996</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>49.524</v>
       </c>
       <c r="D18" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>50.82</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>52.008</v>
+        <v>50.82</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>58.992</v>
+        <v>52.008</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>61.908</v>
+        <v>58.992</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>64.992</v>
+        <v>61.908</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>66.264</v>
+        <v>64.992</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>69.0</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>69.0</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>70.8</v>
@@ -993,51 +993,51 @@
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>106.86</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>108.06</v>
       </c>
       <c r="D30" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>118.992</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>