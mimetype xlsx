--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -7,113 +7,110 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$667</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$453</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="527">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Kolink Cable Ties, 100 mm x 2.5mm, 100 pieces, self-securing, black</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Hama Cable Tie, 4.8 x 200 mm, 221000</t>
   </si>
   <si>
     <t>HAMA-221000</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t xml:space="preserve">Velcro Hook and Loop Cable Ties - 10 Pack, 150mm, Black </t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-287</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>not available</t>
   </si>
   <si>
     <t>MikroTik Low cost Passive POE Base Unit</t>
   </si>
   <si>
     <t>MIKROTIK-CABL-RBPOE</t>
   </si>
   <si>
     <t>Delock Heat shrink tube box 100 pieces assorted colours</t>
   </si>
   <si>
     <t>DELOCK-86264</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 7.5 - 30 mm, 2.5 m, 220994</t>
   </si>
   <si>
     <t>HAMA-220994</t>
   </si>
   <si>
     <t>Hama Hook and Loop Strap Two-Sided, Universal, 1.9 x 100 cm, 221007</t>
   </si>
   <si>
     <t>HAMA-221007</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE10</t>
   </si>
   <si>
     <t>Hama Cable Tie Set, 2.5 x 100 / 150 / 200 mm, 150 Pcs, 221002</t>
   </si>
   <si>
     <t>HAMA-221002</t>
   </si>
   <si>
     <t>MikroTik Gigabit PoE injector</t>
@@ -328,74 +325,80 @@
   <si>
     <t>Wireless Nano Adapter Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Antenna Gain 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU1300S</t>
   </si>
   <si>
     <t>Switch D-Link DES-1008D/E 8-port 10/100, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DES-1008D</t>
   </si>
   <si>
     <t>1.8M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5202UP</t>
   </si>
   <si>
     <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-EU-4208</t>
   </si>
   <si>
+    <t>Switch ZYXEL GS-105B v5, 5 Ports, Gigabit, Metal housing</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-105B-V5</t>
+  </si>
+  <si>
     <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
   </si>
   <si>
     <t>EDIM-EN-9260TX-E</t>
   </si>
   <si>
+    <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>TP-TL-UE306</t>
+  </si>
+  <si>
+    <t>Switch EDIMAX ES-3308P, 8 Ports, 10/100 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-ES-3308P</t>
+  </si>
+  <si>
     <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
   </si>
   <si>
     <t>CUDY-INJ-POE200</t>
   </si>
   <si>
-    <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
-[...10 lines deleted...]
-  <si>
     <t>Wireless Router TP-LINK TL-WR820N 300Mbps, 5dB antennas</t>
   </si>
   <si>
     <t>TP-TL-WR820N</t>
   </si>
   <si>
     <t>Wireless Mini Adapter EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7722UTN-V3</t>
   </si>
   <si>
     <t>Hama Magnetic Cable Duct, 90 cm, for Wall Mounting, black</t>
   </si>
   <si>
     <t>HAMA-20680</t>
   </si>
   <si>
     <t>Bluetooth USB Adapter, Version 4.0 C1, HAMA-53313</t>
   </si>
   <si>
     <t>HAMA-53313</t>
   </si>
   <si>
     <t>Switch Cudy GS105D, 5 ports, 10/100/1000, Auto-MDI/MDIX</t>
@@ -412,62 +415,65 @@
   <si>
     <t>Wireless router Cudy WR300S N300 802.11b/g/n, 300Mbps/ 2.4GHz, 5 × 10/100Mbp, 4 × 5dBi fixed antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR300S</t>
   </si>
   <si>
     <t>Wireless Nano Adapter Cudy WU650S, USB 3.0, 2.4/5 Ghz</t>
   </si>
   <si>
     <t>CUDY-USB-WU1400</t>
   </si>
   <si>
     <t>Edimax BT-8500 Bluetooth adapter, USB, version 5.0, nano</t>
   </si>
   <si>
     <t>EDIM-BT-8500</t>
   </si>
   <si>
     <t>Wireless PCI Express Adapter EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7612PIN</t>
   </si>
   <si>
-    <t>Switch ZYXEL GS-105B v5, 5 Ports, Gigabit, Metal housing</t>
-[...4 lines deleted...]
-  <si>
     <t>3.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5203UP</t>
   </si>
   <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>HAMA-200325</t>
+  </si>
+  <si>
     <t>Switch D-Link GO-SW-5G, 5-port 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-5G-E</t>
   </si>
   <si>
     <t>Wireless Adapter TP-LINK Archer T2U PLUS, AC600, Dual band, USB, externel antenna 5 dBi</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2UPLUS</t>
   </si>
   <si>
     <t>Nano Adapter EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UTC</t>
   </si>
   <si>
     <t>Wireless Router TP-LINK TL-WR844N 300Mbps, 5dB antennas</t>
   </si>
   <si>
     <t>TP-TL-WR844N</t>
   </si>
   <si>
     <t>Wireless Router TP-LINK TL-WR840N, 300Mbps</t>
@@ -544,299 +550,290 @@
   <si>
     <t>ASUS USB-BT540 Bluetooth 5.4 USB Adapter</t>
   </si>
   <si>
     <t>ASUS-USB-BT540</t>
   </si>
   <si>
     <t>Switch Cudy 8-Port Gigabit Desktop Switch GS108D</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS108D</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-5500G V3, 5 Ports, Gigabit</t>
   </si>
   <si>
     <t>EDIM-ES-5500G</t>
   </si>
   <si>
     <t>Delock SFP Module 1000Base-LX SM 1310 nm</t>
   </si>
   <si>
     <t>DELOCK-86187</t>
   </si>
   <si>
+    <t>Switch ZYXEL GS-108B v3, 8 Ports, Gigabit, Metal housing</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-108B-V3</t>
+  </si>
+  <si>
     <t>Switch D-Link DES-105/E 5-port 10/100 Metal Housing Desktop Switch</t>
   </si>
   <si>
     <t>D-LINK-DES-105-E</t>
   </si>
   <si>
     <t>5.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5205UP</t>
   </si>
   <si>
-    <t>Switch ZYXEL GS-108B v3, 8 Ports, Gigabit, Metal housing</t>
-[...2 lines deleted...]
-    <t>ZYXEL-GS-108B-V3</t>
+    <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
+  </si>
+  <si>
+    <t>INTEL-LAN-WIFI6E-AX211</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO USB 3.0 - LAN 10/100/1000</t>
   </si>
   <si>
     <t>EST-USB-10-100-1000LAN</t>
   </si>
   <si>
     <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
   </si>
   <si>
     <t>J5-JUE130</t>
   </si>
   <si>
-    <t>call</t>
-[...1 lines deleted...]
-  <si>
     <t>Ubiquiti U-POE-AT - Gigabit PoE Injector, 802.3at, 30W</t>
   </si>
   <si>
     <t>UBIQUITI-U-POE-AT</t>
   </si>
   <si>
-    <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch Cudy GS108 8-Port Gigabit Desktop Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS108</t>
   </si>
   <si>
     <t>Wireless Router EDIMAX BR-6428NS v5, 4 in 1, 300 Mbps</t>
   </si>
   <si>
     <t>EDIM-BR-6428NS-V5</t>
   </si>
   <si>
     <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
   </si>
   <si>
     <t>J5-JCE133G</t>
   </si>
   <si>
+    <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C200</t>
+  </si>
+  <si>
     <t>Switch D-LINK GO-SW-8G, 8 port, 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-8G-E</t>
   </si>
   <si>
     <t>KVM Switch ATEN CS22U, 2x 1, USB</t>
   </si>
   <si>
     <t>ATEN-CS22-USB</t>
   </si>
   <si>
+    <t>Wireless Router Cudy WR1200E, V1.0, Dual band, 2 antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1200E</t>
+  </si>
+  <si>
+    <t>Wireless Adapter, D-Link DWA-172, AC600 High-Gain USB Adapter</t>
+  </si>
+  <si>
+    <t>D-LINK-DWA-172</t>
+  </si>
+  <si>
+    <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7438RPN-MINI</t>
+  </si>
+  <si>
+    <t>SFP Module Mikrotik S-31DLC20D, 1.25G, 20km</t>
+  </si>
+  <si>
+    <t>MIKROTIK-S-31DLC20D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Switch D-Link, 8 ports, 10/100/1000, Gigabit, DGS-1008D/E, Desktop </t>
+  </si>
+  <si>
+    <t>D-LINK-DGS-1008D-E</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1325-E</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR1200, V2.0, Dual band, 4 antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1200</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter TP-LINK TX201 PCIe 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
+  </si>
+  <si>
+    <t>TP-TL-TX201</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP lite RB951G-2HnD, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, Classic</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB941-2nD</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, built-in antenna</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T4U</t>
+  </si>
+  <si>
+    <t>8-Port Gigabit Desktop Switch GS-1008E V2</t>
+  </si>
+  <si>
+    <t>EDIM-GS-1008Ev2</t>
+  </si>
+  <si>
     <t>Switch ZyXEL GS-1200-8, 8 Ports, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-8</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR1200E, V1.0, Dual band, 2 antennas</t>
-[...76 lines deleted...]
-  <si>
     <t>PoE Extender Edimax GP-101ET , Gigabit, up to 100m</t>
   </si>
   <si>
     <t>EDIM-GP-101ET</t>
   </si>
   <si>
     <t>Wireless Router CUDY Travel TR1200, AC1200, 2 x 10/100 Mbps, USB3.0, червен</t>
   </si>
   <si>
     <t>CUDY-ROUT-TR1200</t>
   </si>
   <si>
     <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
   </si>
   <si>
     <t>D-LINK-DAP-1610-E</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer C20 AC750</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C20</t>
   </si>
   <si>
+    <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1200</t>
+  </si>
+  <si>
+    <t>Cudy AC1200 Dual Band Whole Home Wi-Fi Mesh System</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1200-1</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP lite RB941-2nD-TC, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, tower case</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB941-2nD-TC</t>
+  </si>
+  <si>
     <t>Cudy POE220, 2 x 30W Gigabit PoE+/PoE Injector</t>
   </si>
   <si>
     <t>CUDY-INJ-POE220</t>
   </si>
   <si>
-    <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
-[...16 lines deleted...]
-  <si>
     <t>Wireless Router TP-Link Archer C54 AC1200, Dual band, 4 antennas</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C54</t>
   </si>
   <si>
     <t>Cudy R700, Gigabit Multi-WAN VPN Router</t>
   </si>
   <si>
     <t>CUDY-ROUT-R700</t>
   </si>
   <si>
     <t>Wireless Adapter EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, external antenna</t>
   </si>
   <si>
     <t>EDIM-EW-7822UAD</t>
   </si>
   <si>
     <t>Cudy POE10, Power over Ethernet Extender</t>
   </si>
   <si>
     <t>CUDY-EXT-POE10</t>
   </si>
   <si>
     <t>Ethernet Adapter Delock 66039 USB-A &gt; RJ45, USB 3.2 Gen 1 AX88179A, Gigabit Ethernet</t>
   </si>
   <si>
     <t>DELOCK-66039</t>
   </si>
   <si>
     <t>Wireless Router CUDY WR1300E, Dual-band AC1200, 300+867 Mbps, 3xGigabit</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR1300E</t>
   </si>
   <si>
-    <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Router CUDY WR1300, Dual-band AC1200, 300+867 Mbps, DDR 128MB, White</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR1300</t>
   </si>
   <si>
     <t>Switch Cudy FS1006PL, 6-Port 10/100M PoE+ Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1006P</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
   </si>
   <si>
     <t>HAMA-176651</t>
   </si>
   <si>
     <t>Mikrotik RJ45 SFP 10/100/1000M copper module</t>
   </si>
   <si>
     <t>MIKROTIK-SFP-S-RJ01</t>
   </si>
   <si>
     <t>Hama "Connect2Switch" KVM Switch, incl. Cable, 4 Ports</t>
@@ -859,756 +856,696 @@
   <si>
     <t>Wireless adapter EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
   </si>
   <si>
     <t>EDIM-EW-7611UXB</t>
   </si>
   <si>
     <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C210</t>
   </si>
   <si>
     <t>Ethernet Surge Protector ZyXEL PoE++ (60W) Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-SURGEPRO-GE</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
   </si>
   <si>
     <t>DELOCK-81570</t>
   </si>
   <si>
+    <t>Wireless Router TP-Link Archer AX12 AX1500, WiFi 6</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX12</t>
+  </si>
+  <si>
     <t>Network card Cudy WU5400, AX5400, Tri-band router WiFi6/6E, USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU5400</t>
   </si>
   <si>
     <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C206</t>
   </si>
   <si>
     <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C232</t>
   </si>
   <si>
+    <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS1016</t>
+  </si>
+  <si>
+    <t>Cudy GS105P Switch, 5x port POE metal housing+Switch 36W, unmanaged</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105P</t>
+  </si>
+  <si>
     <t>Switch Cudy GS1005PTS1, 5-Port Gigabit PoE+ Switch with 1 SFP Slot</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1005PTS1</t>
   </si>
   <si>
-    <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
-[...2 lines deleted...]
-    <t>CUDY-SWITCH-FS1016</t>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
+  </si>
+  <si>
+    <t>HAMA-176652</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Delock 61026 USB-C - RJ45, USB 3.2 Gen 1 RTL8153B, Gigabit Ethernet, PD 3.0</t>
+  </si>
+  <si>
+    <t>DELOCK-61026</t>
   </si>
   <si>
     <t>Wireless GIGABYTE GC-WBAX2400R RTL8852CE WIFI 6E 2x2 802.11ax, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WBAX2400R</t>
   </si>
   <si>
-    <t>Cudy GS105P Switch, 5x port POE metal housing+Switch 36W, unmanaged</t>
-[...22 lines deleted...]
-  <si>
     <t>Switch Cudy GS1005P, 5-Port Gigabit POE+ Switch with Uplink Ports</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1005P</t>
   </si>
   <si>
+    <t>Hama "Link.it duo" Bluetooth® Adapter, Transmitter &amp; Receiver, 205322</t>
+  </si>
+  <si>
+    <t>HAMA-205322</t>
+  </si>
+  <si>
     <t>Wireless router D-Link R15, AX1500 Wi-Fi 6,  AI-based Mesh</t>
   </si>
   <si>
     <t>D-LINK-R15</t>
   </si>
   <si>
     <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300D</t>
   </si>
   <si>
     <t>USB Type-C to 2.5G Gigabit Ethernet Adapter</t>
   </si>
   <si>
     <t>EDIM-EU-4307</t>
   </si>
   <si>
     <t>Cudy POE300, 60W Gigabit PoE++ Injector</t>
   </si>
   <si>
     <t>CUDY-INJ-POE300</t>
   </si>
   <si>
-    <t>Hama "Link.it duo" Bluetooth® Adapter, Transmitter &amp; Receiver, 205322</t>
-[...4 lines deleted...]
-  <si>
     <t>4-GbE PoE Switch with 2 Uplink GbE Cudy GS1006P</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1006P</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer AX12 AX1500, WiFi 6</t>
-[...2 lines deleted...]
-    <t>TP-TL-ARCHER-AX12</t>
+    <t>Ethernet Adapter Cudy WE3000S, PCIe, Tri Band, 2.4/5/6 GHz, 574 - 2400 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000S</t>
   </si>
   <si>
     <t>Access Point Cudy AP1200-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100, PoE</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1200-OUT</t>
   </si>
   <si>
     <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C220</t>
   </si>
   <si>
     <t>Smart power injector MikroTik GPEN21</t>
   </si>
   <si>
     <t>MIKROTIK-INJEC-GPEN21</t>
   </si>
   <si>
+    <t>Switch Cudy FS1010P, 8-Port 10/100M PoE+ Switch with 2 Uplink Ports</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS1010P</t>
+  </si>
+  <si>
     <t>Wireless Access Point MikroTik SXTsq Lite2, outdoor, 64MB RAM, 1xLAN 10/100/, 2.4Ghz</t>
   </si>
   <si>
     <t>MIKROTIK-RBSXTsq2nD</t>
   </si>
   <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C310</t>
   </si>
   <si>
     <t>Wireless Router EDIMAX BR-6476AC, 4 in 1, AC1200</t>
   </si>
   <si>
     <t>EDIM-BR-6476AC</t>
   </si>
   <si>
     <t>Wireless Access Point Cudy AP1300, 1× Gigabit Ethernet PoE, DC adapter</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300</t>
   </si>
   <si>
     <t>Wireless Router Cudy GP1200, AC1200, GPON/EPON, 1xPON, 4xGigabit</t>
   </si>
   <si>
     <t>CUDY-ROUT-GP1200</t>
   </si>
   <si>
     <t>Switch Cudy HS105, 5x2.5G, RJ 45</t>
   </si>
   <si>
     <t>CUDY-SWITCH-HS105</t>
   </si>
   <si>
-    <t>PowerLine adapter TP-Link TL-PA4010 KIT</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch Cudy GS1008P 8-port Gigabit PoE+ Switch, 60W, unmanaged</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1008P</t>
   </si>
   <si>
-    <t>Wireless Adapter ASUS PCE-AX1800 WiFi 6 PCI-e</t>
-[...28 lines deleted...]
-  <si>
     <t>D-Link D-Link DWR-932W, 4G LTE N300 Wifi Mobile Hotspot</t>
   </si>
   <si>
     <t>D-LINK-DWR-932W</t>
   </si>
   <si>
     <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
   </si>
   <si>
     <t>HAMA-176647</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer C86 AC1900 Dual Band</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C86</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR3000, AX3000, 2.4/5 GHz, 574 - 2402 Mbps, 10/100/1000</t>
-[...10 lines deleted...]
-  <si>
     <t>Wireless Router Cudy WR3000 WiFi6, AX3000, 4 Gigabit WAN/LAN Ports, 4 x 5dBi</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000S</t>
   </si>
   <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C510W - 2K Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C510W</t>
+  </si>
+  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C320WS</t>
   </si>
   <si>
     <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100/1000, outdoor use</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200-OUT</t>
   </si>
   <si>
     <t>Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0 network card</t>
   </si>
   <si>
     <t>CUDY-USB-WU6500</t>
   </si>
   <si>
-    <t>Wireless card GIGABYTE AORUS WIFI 7 5800Mbps, Bluetooth 5.3</t>
-[...16 lines deleted...]
-  <si>
     <t>TP-Link Desktop Switch 6-Port 10/100Mbps, with 4-Port PoE+</t>
   </si>
   <si>
     <t>TP-Link-TL-SF1006P</t>
   </si>
   <si>
-    <t>ATEN 2-Port USB FHD HDMI Cable KVM Switch</t>
-[...16 lines deleted...]
-  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C500</t>
   </si>
   <si>
     <t>Cudy M3000, 1-pack, AX3000 Dual Band, 2.4/5 GHz, 574 -  2402 Mbps</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3000-1</t>
   </si>
   <si>
-    <t>Range Extender Cudy RE3000, AX3000 Dual Band, 2.4/5 GHz, 574 - 2402 Mbps, Gigabit</t>
-[...2 lines deleted...]
-    <t>CUDY-AP-RE3000</t>
+    <t>WiFi Router TP-Link M7200 - 4G LTE</t>
+  </si>
+  <si>
+    <t>TP-TL-M7200-4G</t>
   </si>
   <si>
     <t>Wireless Router ASUS RT-AX52 AX1800 Dual Band WiFi 6 (802.11ax) AiMesh Compatible, Buil-in VPN</t>
   </si>
   <si>
     <t>ASUS-RT-AX52</t>
   </si>
   <si>
-    <t>Cudy POE400, 90W Wall-Mount PoE Adapter</t>
-[...22 lines deleted...]
-  <si>
     <t>SFP Module Mikrotik XSPlus-85LC01D, 1.25GB,10GB, 25GB, 100m</t>
   </si>
   <si>
     <t>MIKROTIK-XSPlus-85LC01D</t>
   </si>
   <si>
-    <t>Cudy M1300, 2-pack, AC1200 Dual Band, 2.4/5 GHz, 300 -  867 Mbps</t>
-[...22 lines deleted...]
-  <si>
     <t>Wireless Router Cudy WR3000H, AX3000, 2.4/5 GHz, 1x 2.5Ghz WAN port, 10/100/1000</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000H</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
   </si>
   <si>
     <t>CUDY-PCI-WE9300</t>
   </si>
   <si>
     <t>Cudy IG1005P Industrial 5-Port 10/100/1000M PoE+ Switch 65W</t>
   </si>
   <si>
     <t>CUDY-SWITCH-IG1005P</t>
   </si>
   <si>
-    <t>Wireless Router ASUS RT-AX1800U WiFi 6</t>
-[...8 lines deleted...]
-    <t>TP-TL-WPA4220-KIT</t>
+    <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
+  </si>
+  <si>
+    <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
     <t>Router MikroTik 10/100/1000Mbit, PoE, RAM - 512 MB, USB - А, RouterOS v7, License level 4</t>
   </si>
   <si>
     <t>MIKROTIK-E50UG-hEX</t>
   </si>
   <si>
-    <t>Wireless Adapter  ASUS USB-AX56 Dual Band AX1800 WiFi 6 802.11ax, USB 3.2 Gen1 built-in antenna</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch Cudy GS1016L, 16 ports, 10/100/1000, metal for 19" rack</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1016L</t>
   </si>
   <si>
     <t>Wireless router Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi antennas, white</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3600E</t>
   </si>
   <si>
-    <t>Hama Surveillance Camera, WLAN, for Outdoors, without Hub, Night Vision, 1080p, 176646</t>
-[...2 lines deleted...]
-    <t>HAMA-176646</t>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C520WS</t>
   </si>
   <si>
     <t>Wireless Range Extender TP-LINK RE605X AX1800 - WiFi 6</t>
   </si>
   <si>
     <t>TP-TL-RE605X</t>
   </si>
   <si>
     <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410</t>
   </si>
   <si>
     <t>Wireless Adapter ASUS PCE-BE6500 WiFi 7 (802.11be) PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE6500</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3600</t>
   </si>
   <si>
     <t>Switch Cudy GS1024L, 24 ports, 10/100/1000, for 19" rack, metal</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1024L</t>
   </si>
   <si>
+    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE220</t>
+  </si>
+  <si>
     <t>Wireless Router Cudy WR3000P 2.5G,AX3000, Mesh Poe Router, 4 x 10/100/1000Mbps Ports, 4 x 5dBi fixed antenna</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000P</t>
   </si>
   <si>
     <t>Cudy TR3000 VPN Travel router AX3000, 2.5Ghz WAN, USB-C, 2 x antennas, blue</t>
   </si>
   <si>
     <t>CUDY-ROUT-TR3000</t>
   </si>
   <si>
     <t>Cudy M1500-2-pack AX1500 Wireless MESH System, WiFi 6 Whole Home Network</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1500-2</t>
   </si>
   <si>
-    <t>Access Point Cudy AP3000, AX3000, 2.4/5 GHz, 571 - 2402 Mbps, 1× 2.5 Gbps, PoE Adapter</t>
-[...10 lines deleted...]
-  <si>
     <t>LANDE NET box STB Security Box, 540x400mm, 7U , 19"</t>
   </si>
   <si>
     <t>NET-RACK-7U-LANDE-NEW</t>
   </si>
   <si>
-    <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
-[...8 lines deleted...]
-    <t>TP-TL-ARCHER-AX55</t>
+    <t>Mesh System TP-Link Deco X10 Wi-Fi 6 AX1500 (2-Pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X10-2PACK</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C425 - Smart Wire-Free Security Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C425</t>
   </si>
   <si>
     <t>Ethernet Switch ASUS ExpertWiFi EBP15 - 5 Port GbE 4PoE</t>
   </si>
   <si>
     <t>ASUS-SWITCH-EBP15</t>
   </si>
   <si>
     <t>Wireless Adapter ASUS PCE-BE92BT WiFi 7 (802.11be) PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE92BT</t>
   </si>
   <si>
-    <t>Access Point Cudy AP3000, AX3000 Dual Band Ceiling Mount OutDoor</t>
-[...4 lines deleted...]
-  <si>
     <t>LANDE NET box STB Security Box, 540x400mm, 9U , 19"</t>
   </si>
   <si>
     <t>NET-RACK-9U-LANDE-NEW</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
-[...4 lines deleted...]
-  <si>
     <t>PoE extender Zyxel PoE12-3PD, 4 x 1Gb port 45W PoE budget, outdoor</t>
   </si>
   <si>
     <t>ZYXEL-POE12-3PD</t>
   </si>
   <si>
+    <t>Switch Zyxel XMG-105 5 Ports 2,5G + 1 SFP+ Desktop MultiGig unmanaged</t>
+  </si>
+  <si>
+    <t>ZYXEL-XMG-105</t>
+  </si>
+  <si>
     <t>Cudy IG1008P Industrial 8-Port 10/100/1000M PoE+ Switch 65W</t>
   </si>
   <si>
     <t>CUDY-SWITCH-IG1008P</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 2 x USB Type-C™ + 3 x USB Type-A - SuperSpeed USB 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-89064</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR3600H, 1× 2.5GbE, 4× GbE, 2882 Mbps + 688 Mbps, 3.6 Gbps, Dual-Band Wi-Fi 7 ,  VPN Server and Client, 10/100/1000</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3600H</t>
   </si>
   <si>
+    <t>Wireless Router TP-Link Archer BE230 Dual-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE230</t>
+  </si>
+  <si>
     <t>Delock PCI Express x1 Network Card Gigabit LAN 1 x SFP i210</t>
   </si>
   <si>
     <t>DELOCK-88318</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer BE230 Dual-Band Wi-Fi 7</t>
-[...2 lines deleted...]
-    <t>TP-TL-ARCHER-BE230</t>
+    <t>Mesh System TP-Link Deco S7 AC1900 - (2-Pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-S7-2PACK</t>
+  </si>
+  <si>
+    <t>Wireless Portable Router ASUS RT-AX57 GO AX3000 WiFi 6</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AX57-GO</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ASUS XG-C100C V3 PCI-E - 10Gbps Port</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-XG-C100C-V3</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
+  </si>
+  <si>
+    <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
   </si>
   <si>
     <t>STARLINK acc. Mini Wall Mount Silicone 2x Lag Screws 20x Cable Routing Clips</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL</t>
   </si>
   <si>
     <t>STARLINK acc. Mini Pivot Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL1</t>
   </si>
   <si>
     <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C501</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA90AX-PRO</t>
   </si>
   <si>
+    <t>Antenna MIKROTIK - RB911G-2HPnD-12S, 120 dBi, 2.4 GHz,  600 MHz,Dual polarization</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB911G-2HPnD-12S</t>
+  </si>
+  <si>
     <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D230S1</t>
   </si>
   <si>
+    <t>Antenna MIKROTIK TIK-RBSXTG-5HPacD-SA, SXT SA5 ac, 13dBi 2x2, Dual-polarized</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBSXTG-5HPacD-SA</t>
+  </si>
+  <si>
     <t>Wireless router Cudy WR6500H, BE6500 2.5Ghz Wi-Fi 7, 1x2.5Gbps WAN port, 4x10/100/1000, 6x5dBi antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR6500H</t>
   </si>
   <si>
     <t>TP-Link Deco M4, AC1200 Whole Home Mesh Wi-Fi System(3-pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-M4-3PACK</t>
   </si>
   <si>
+    <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA50AXPRO</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-AX59U AX4200 Dual Band WiFi 6 (802.11ax), AiProtectionn Pro</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AX59U</t>
+  </si>
+  <si>
+    <t>Router ASUS ExpertWiFi EBG19P - PoE, 8x10/100/1000, 1xWAN Primary AiMesh</t>
+  </si>
+  <si>
+    <t>ASUS-RT-EBG19P</t>
+  </si>
+  <si>
     <t>Wireless router Cudy LT15E WiFI6, 4G LTE, AX3000, 4x 10/100/1000, 6 antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-LT15E</t>
   </si>
   <si>
     <t>Wireless MESH system router Cudy M3600-2-pack BE3600 WiFi 7 whole home system</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3600-2</t>
   </si>
   <si>
+    <t>Asus ZenWiFi XD4 PLUS (W-2-PK) AX1800 Whole-Home Mesh WiFi (802.11ax), MU-MIMO, OFDMA, Ai Mesh</t>
+  </si>
+  <si>
+    <t>ASUS-MESH-XD4-P-W-2PK</t>
+  </si>
+  <si>
     <t>Wireless router Cudy WR11000, BE11000 Tri Band Wi-Fi 7, 4x2.5Gbps port, 6x5dBi antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR11000</t>
   </si>
   <si>
+    <t>Wireless Router TP-Link Archer AX80, AX6000, Wi-Fi 6, 2.5G port</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX80</t>
+  </si>
+  <si>
+    <t>Wireless RouterASUS 4G-AX56 AX1800 Dual Band WiFi 6 (802.11ax) 4G+</t>
+  </si>
+  <si>
+    <t>ASUS-RT-4G-AX56</t>
+  </si>
+  <si>
+    <t>All-in-One AP, Switch and Router ASUS ExpertWiFi EBR63 AX3000 WiFi 6</t>
+  </si>
+  <si>
+    <t>ASUS-RT-EBR63</t>
+  </si>
+  <si>
     <t>ATEN KVM Extender USB Mini до 100m CE100</t>
   </si>
   <si>
     <t>ATEN-CE100</t>
   </si>
   <si>
+    <t>Access point MikroTik Wi-Fi 6 (802.11ax), 2400 Mbit/s - 5 GHz, 2.5 Gigabit SFP port, PoE,  IP66,-40°C to 70°C</t>
+  </si>
+  <si>
+    <t>MIKRO-L23UGSR-5HaxD2HaxD</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-BE58U WiFi7</t>
+  </si>
+  <si>
+    <t>ASUS-RT-BE58U</t>
+  </si>
+  <si>
+    <t>Access point MikroTik Wi-Fi 6, IEEE 802.11 b/g/n/ax (2.4 GHz), IEEE 802.11 a/n/ac/ax (5 GHz), 1x USB 3.0 Type A,6 dB,</t>
+  </si>
+  <si>
+    <t>MIKROT-H53UiG-5HaxQ2HaxQ</t>
+  </si>
+  <si>
+    <t>ASUS ZenWiFi AX Hybrid XP4 (2-PK) AX3000 Whole-Home Mesh WiFi (802.11ax)</t>
+  </si>
+  <si>
+    <t>ASUS-MESH-XP4-HYB-2PK</t>
+  </si>
+  <si>
+    <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (2-Pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-BE25-2PACK</t>
+  </si>
+  <si>
     <t>STARLINK Gen3 Router With Wi-Fi 6 - White</t>
   </si>
   <si>
     <t>STARLINK-ROUTER-GEN3</t>
   </si>
   <si>
-    <t>Switch Cudy GS1028PS2, 24 ports, 10/100/1000,  24× GbE with 802.3at/af PoE, 2× Uplink SFP, Default/VLAN/Extend Modes, for 19" rack</t>
-[...4 lines deleted...]
-  <si>
     <t>Network Camera DAHUA IPC-HDW3541EM-S-S2 - 5MP WizSense</t>
   </si>
   <si>
     <t>DAHUA-IPC-HDW-S-S2</t>
   </si>
   <si>
     <t>Wireless Router ASUS RT-BE82U Dual-Band WiFi7 BE3600 (802.11be), Ai Mesh</t>
   </si>
   <si>
     <t>ASUS-RT-BE82U</t>
   </si>
   <si>
-    <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (2-Pack)</t>
-[...10 lines deleted...]
-  <si>
     <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (3-Pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-BE25-3PACK</t>
   </si>
   <si>
     <t>STARLINK Mini Kit - White</t>
   </si>
   <si>
     <t>STARLINK-KIT-MINI</t>
   </si>
   <si>
     <t>STARLINK V4 Standart Kit - White</t>
   </si>
   <si>
     <t>STARLINK-KIT-WHITE</t>
-  </si>
-[...4 lines deleted...]
-    <t>ZYXEL-XMG1915-18EP</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer BE800 Tri-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE800</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer BE900 Quad-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE900</t>
   </si>
   <si>
     <t>Mesh System TP-Link Deco BE65 Wi-Fi 7 BE9300 (3-Pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-BE65-3PACK</t>
   </si>
   <si>
     <t>ATEN KVM Extender CE840A, USB true 4K HDMI</t>
   </si>
   <si>
     <t>ATEN-CE840A</t>
   </si>
@@ -1942,60 +1879,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D667"/>
+  <dimension ref="A1:D453"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -2006,9326 +1943,6330 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>7.848</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>7.896</v>
+        <v>8.184</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
         <v>9.6</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>9.948</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C7">
         <v>10.104</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C8">
         <v>10.668</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C9">
         <v>11.352</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10">
         <v>11.616</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11">
         <v>11.856</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>12.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>12.588</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C14">
         <v>14.4</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>15.096</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>15.276</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>16.2</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>17.016</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19">
         <v>17.868</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>18.0</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>18.588</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>18.852</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23">
         <v>19.104</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C24">
         <v>19.2</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C25">
         <v>19.56</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>19.8</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27">
         <v>20.388</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>20.4</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>20.508</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>20.652</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>20.88</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>21.528</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>21.6</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>21.672</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>21.816</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>22.2</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>22.548</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>22.8</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>23.16</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>23.436</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>23.604</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>24.996</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>24.996</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>25.212</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>25.44</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C46">
         <v>25.584</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>26.028</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C48">
         <v>26.172</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C49">
         <v>26.904</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>28.296</v>
+        <v>28.14</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>28.896</v>
+        <v>28.296</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C52">
         <v>28.992</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C53">
         <v>29.004</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>29.52</v>
+        <v>29.256</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>29.652</v>
+        <v>29.52</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>29.784</v>
+        <v>29.652</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>29.868</v>
+        <v>29.784</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>29.988</v>
+        <v>29.868</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C59">
         <v>29.988</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C60">
         <v>29.988</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>30.6</v>
+        <v>29.988</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>30.816</v>
+        <v>30.6</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>30.864</v>
+        <v>30.816</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>31.512</v>
+        <v>30.864</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C65">
         <v>31.644</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>32.508</v>
+        <v>32.424</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>33.0</v>
+        <v>32.508</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>33.384</v>
+        <v>33.0</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>33.6</v>
+        <v>33.384</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>34.2</v>
+        <v>33.6</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>34.356</v>
+        <v>34.2</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>34.512</v>
+        <v>34.356</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>34.8</v>
+        <v>34.512</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>35.82</v>
+        <v>34.8</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>36.804</v>
+        <v>35.82</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>37.02</v>
+        <v>36.804</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>37.176</v>
+        <v>37.02</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>37.368</v>
+        <v>37.176</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>37.38</v>
+        <v>37.368</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>38.364</v>
+        <v>37.38</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>39.0</v>
+        <v>38.364</v>
       </c>
       <c r="D81" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
         <v>39.0</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>39.984</v>
+        <v>39.0</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>40.116</v>
+        <v>39.984</v>
       </c>
       <c r="D84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>40.452</v>
+        <v>40.116</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>40.632</v>
+        <v>40.452</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>40.836</v>
+        <v>40.536</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>40.992</v>
+        <v>40.632</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>41.412</v>
+        <v>40.836</v>
       </c>
       <c r="D89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>41.928</v>
+        <v>41.364</v>
       </c>
       <c r="D90" t="s">
-        <v>186</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>186</v>
+      </c>
+      <c r="B91" t="s">
         <v>187</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>42.0</v>
+        <v>41.412</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>188</v>
+      </c>
+      <c r="B92" t="s">
         <v>189</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>42.36</v>
+        <v>41.928</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>135</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>190</v>
+      </c>
+      <c r="B93" t="s">
         <v>191</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>42.384</v>
+        <v>42.0</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>192</v>
+      </c>
+      <c r="B94" t="s">
         <v>193</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>43.2</v>
+        <v>42.384</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>194</v>
+      </c>
+      <c r="B95" t="s">
         <v>195</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>43.848</v>
+        <v>43.2</v>
       </c>
       <c r="D95" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>196</v>
+      </c>
+      <c r="B96" t="s">
         <v>197</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>45.096</v>
+        <v>43.848</v>
       </c>
       <c r="D96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>198</v>
+      </c>
+      <c r="B97" t="s">
         <v>199</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>45.6</v>
+        <v>45.0</v>
       </c>
       <c r="D97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>200</v>
+      </c>
+      <c r="B98" t="s">
         <v>201</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>46.8</v>
+        <v>45.096</v>
       </c>
       <c r="D98" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>202</v>
+      </c>
+      <c r="B99" t="s">
         <v>203</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>46.98</v>
+        <v>45.6</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>204</v>
+      </c>
+      <c r="B100" t="s">
         <v>205</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>47.376</v>
+        <v>46.98</v>
       </c>
       <c r="D100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>206</v>
+      </c>
+      <c r="B101" t="s">
         <v>207</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>47.436</v>
+        <v>47.376</v>
       </c>
       <c r="D101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>4.5</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
         <v>7.848</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>10</v>
       </c>
       <c r="B104" t="s">
         <v>11</v>
       </c>
       <c r="C104">
-        <v>7.896</v>
+        <v>8.184</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>13</v>
       </c>
       <c r="B105" t="s">
         <v>14</v>
       </c>
       <c r="C105">
         <v>9.6</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>15</v>
       </c>
       <c r="B106" t="s">
         <v>16</v>
       </c>
       <c r="C106">
         <v>9.948</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
+        <v>17</v>
+      </c>
+      <c r="B107" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C107">
         <v>10.104</v>
       </c>
       <c r="D107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
+        <v>19</v>
+      </c>
+      <c r="B108" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C108">
         <v>10.668</v>
       </c>
       <c r="D108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
+        <v>21</v>
+      </c>
+      <c r="B109" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C109">
         <v>11.352</v>
       </c>
       <c r="D109" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>23</v>
+      </c>
+      <c r="B110" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C110">
         <v>11.616</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
+        <v>25</v>
+      </c>
+      <c r="B111" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C111">
         <v>11.856</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
+        <v>27</v>
+      </c>
+      <c r="B112" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C112">
         <v>12.0</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
+        <v>29</v>
+      </c>
+      <c r="B113" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C113">
         <v>12.588</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B114" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C114">
-        <v>15.096</v>
+        <v>15.276</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B115" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C115">
-        <v>15.276</v>
+        <v>16.2</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B116" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C116">
-        <v>16.2</v>
+        <v>17.016</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B117" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C117">
-        <v>17.016</v>
+        <v>17.868</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B118" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C118">
-        <v>17.868</v>
+        <v>18.0</v>
       </c>
       <c r="D118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B119" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C119">
-        <v>18.0</v>
+        <v>18.852</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B120" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="C120">
-        <v>18.588</v>
+        <v>19.2</v>
       </c>
       <c r="D120" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B121" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C121">
-        <v>18.852</v>
+        <v>19.8</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B122" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C122">
-        <v>19.2</v>
+        <v>20.388</v>
       </c>
       <c r="D122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B123" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C123">
-        <v>19.8</v>
+        <v>20.4</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B124" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C124">
-        <v>20.388</v>
+        <v>20.652</v>
       </c>
       <c r="D124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B125" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C125">
-        <v>20.4</v>
+        <v>20.88</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B126" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C126">
-        <v>20.652</v>
+        <v>21.528</v>
       </c>
       <c r="D126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B127" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C127">
-        <v>20.88</v>
+        <v>21.6</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B128" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C128">
-        <v>21.528</v>
+        <v>21.672</v>
       </c>
       <c r="D128" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B129" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C129">
-        <v>21.6</v>
+        <v>21.816</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B130" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C130">
-        <v>21.672</v>
+        <v>22.548</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B131" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C131">
-        <v>21.816</v>
+        <v>23.16</v>
       </c>
       <c r="D131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B132" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C132">
-        <v>22.548</v>
+        <v>23.436</v>
       </c>
       <c r="D132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B133" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C133">
-        <v>23.16</v>
+        <v>23.604</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B134" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C134">
-        <v>23.436</v>
+        <v>24.996</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B135" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C135">
-        <v>23.604</v>
+        <v>24.996</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B136" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C136">
-        <v>24.996</v>
+        <v>25.212</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B137" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C137">
-        <v>24.996</v>
+        <v>25.44</v>
       </c>
       <c r="D137" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B138" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C138">
-        <v>25.212</v>
+        <v>25.584</v>
       </c>
       <c r="D138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B139" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C139">
-        <v>25.44</v>
+        <v>26.028</v>
       </c>
       <c r="D139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B140" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C140">
-        <v>25.584</v>
+        <v>26.172</v>
       </c>
       <c r="D140" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B141" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C141">
-        <v>26.028</v>
+        <v>28.14</v>
       </c>
       <c r="D141" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B142" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="C142">
-        <v>26.172</v>
+        <v>28.992</v>
       </c>
       <c r="D142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B143" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C143">
-        <v>28.896</v>
+        <v>29.004</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B144" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C144">
-        <v>28.992</v>
+        <v>29.256</v>
       </c>
       <c r="D144" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B145" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C145">
-        <v>29.004</v>
+        <v>29.52</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B146" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C146">
-        <v>29.52</v>
+        <v>29.784</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B147" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C147">
-        <v>29.784</v>
+        <v>29.868</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B148" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C148">
-        <v>29.868</v>
+        <v>29.988</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B149" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C149">
         <v>29.988</v>
       </c>
       <c r="D149" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B150" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C150">
         <v>29.988</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B151" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C151">
-        <v>29.988</v>
+        <v>30.6</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B152" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C152">
-        <v>30.6</v>
+        <v>30.816</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B153" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C153">
-        <v>30.816</v>
+        <v>31.644</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>135</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B154" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C154">
-        <v>31.512</v>
+        <v>32.424</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B155" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C155">
-        <v>31.644</v>
+        <v>33.0</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="B156" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="C156">
-        <v>32.508</v>
+        <v>33.6</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="B157" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="C157">
-        <v>33.0</v>
+        <v>34.356</v>
       </c>
       <c r="D157" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B158" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="C158">
-        <v>33.6</v>
+        <v>34.512</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B159" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C159">
-        <v>34.356</v>
+        <v>34.8</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B160" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C160">
-        <v>34.512</v>
+        <v>35.82</v>
       </c>
       <c r="D160" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="B161" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="C161">
-        <v>34.8</v>
+        <v>37.02</v>
       </c>
       <c r="D161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="B162" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="C162">
-        <v>35.82</v>
+        <v>37.176</v>
       </c>
       <c r="D162" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="C163">
-        <v>36.804</v>
+        <v>37.368</v>
       </c>
       <c r="D163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B164" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="C164">
-        <v>37.02</v>
+        <v>37.38</v>
       </c>
       <c r="D164" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B165" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="C165">
-        <v>37.176</v>
+        <v>38.364</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="B166" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="C166">
-        <v>37.368</v>
+        <v>39.0</v>
       </c>
       <c r="D166" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="B167" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="C167">
-        <v>37.38</v>
+        <v>39.984</v>
       </c>
       <c r="D167" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="B168" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="C168">
-        <v>38.364</v>
+        <v>40.452</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>168</v>
+        <v>182</v>
       </c>
       <c r="B169" t="s">
-        <v>169</v>
+        <v>183</v>
       </c>
       <c r="C169">
-        <v>39.0</v>
+        <v>40.836</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>170</v>
+        <v>184</v>
       </c>
       <c r="B170" t="s">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="C170">
-        <v>39.984</v>
+        <v>41.364</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="B171" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="C171">
-        <v>40.452</v>
+        <v>41.412</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="B172" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C172">
-        <v>40.836</v>
+        <v>41.928</v>
       </c>
       <c r="D172" t="s">
-        <v>9</v>
+        <v>135</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="B173" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="C173">
-        <v>41.412</v>
+        <v>42.0</v>
       </c>
       <c r="D173" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="B174" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="C174">
-        <v>41.928</v>
+        <v>42.384</v>
       </c>
       <c r="D174" t="s">
-        <v>186</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="B175" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="C175">
-        <v>42.0</v>
+        <v>43.848</v>
       </c>
       <c r="D175" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="B176" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="C176">
-        <v>42.36</v>
+        <v>45.0</v>
       </c>
       <c r="D176" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="B177" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="C177">
-        <v>42.384</v>
+        <v>46.98</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="B178" t="s">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="C178">
-        <v>43.848</v>
+        <v>47.64</v>
       </c>
       <c r="D178" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="B179" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C179">
-        <v>45.6</v>
+        <v>47.688</v>
       </c>
       <c r="D179" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="B180" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="C180">
-        <v>46.8</v>
+        <v>47.844</v>
       </c>
       <c r="D180" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="B181" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="C181">
-        <v>46.98</v>
+        <v>48.0</v>
       </c>
       <c r="D181" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="B182" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="C182">
-        <v>47.376</v>
+        <v>48.528</v>
       </c>
       <c r="D182" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="B183" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="C183">
-        <v>47.64</v>
+        <v>48.996</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="B184" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="C184">
-        <v>47.688</v>
+        <v>48.996</v>
       </c>
       <c r="D184" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="B185" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="C185">
-        <v>47.844</v>
+        <v>49.92</v>
       </c>
       <c r="D185" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="B186" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="C186">
-        <v>48.0</v>
+        <v>51.84</v>
       </c>
       <c r="D186" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="B187" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="C187">
-        <v>48.528</v>
+        <v>52.152</v>
       </c>
       <c r="D187" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B188" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="C188">
-        <v>48.996</v>
+        <v>52.8</v>
       </c>
       <c r="D188" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="B189" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="C189">
-        <v>48.996</v>
+        <v>52.8</v>
       </c>
       <c r="D189" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="B190" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="C190">
-        <v>49.92</v>
+        <v>52.8</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="B191" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="C191">
-        <v>51.84</v>
+        <v>54.6</v>
       </c>
       <c r="D191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="B192" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="C192">
-        <v>52.152</v>
+        <v>54.6</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="B193" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="C193">
-        <v>52.8</v>
+        <v>54.984</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="B194" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="C194">
-        <v>52.8</v>
+        <v>54.984</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="B195" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="C195">
-        <v>54.6</v>
+        <v>55.2</v>
       </c>
       <c r="D195" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="B196" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="C196">
-        <v>54.6</v>
+        <v>55.344</v>
       </c>
       <c r="D196" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="B197" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="C197">
-        <v>54.672</v>
+        <v>56.196</v>
       </c>
       <c r="D197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="B198" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="C198">
-        <v>54.984</v>
+        <v>56.4</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="B199" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="C199">
-        <v>54.984</v>
+        <v>56.4</v>
       </c>
       <c r="D199" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="B200" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="C200">
-        <v>55.2</v>
+        <v>57.6</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="B201" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="C201">
-        <v>56.196</v>
+        <v>58.344</v>
       </c>
       <c r="D201" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>4</v>
       </c>
       <c r="B202" t="s">
         <v>5</v>
       </c>
       <c r="C202">
         <v>4.5</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>7</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203">
         <v>7.848</v>
       </c>
       <c r="D203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>10</v>
       </c>
       <c r="B204" t="s">
         <v>11</v>
       </c>
       <c r="C204">
-        <v>7.896</v>
+        <v>8.184</v>
       </c>
       <c r="D204" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B205" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C205">
-        <v>9.6</v>
+        <v>9.948</v>
       </c>
       <c r="D205" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B206" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C206">
-        <v>9.948</v>
+        <v>10.104</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B207" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C207">
-        <v>10.104</v>
+        <v>10.668</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B208" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C208">
-        <v>10.668</v>
+        <v>11.352</v>
       </c>
       <c r="D208" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B209" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C209">
-        <v>11.352</v>
+        <v>11.616</v>
       </c>
       <c r="D209" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B210" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C210">
-        <v>11.616</v>
+        <v>12.0</v>
       </c>
       <c r="D210" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="B211" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="C211">
-        <v>11.856</v>
+        <v>15.276</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="B212" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="C212">
-        <v>12.0</v>
+        <v>18.852</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="B213" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="C213">
-        <v>15.276</v>
+        <v>19.2</v>
       </c>
       <c r="D213" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="B214" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="C214">
-        <v>17.016</v>
+        <v>19.8</v>
       </c>
       <c r="D214" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="B215" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="C215">
-        <v>17.868</v>
+        <v>20.388</v>
       </c>
       <c r="D215" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B216" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="C216">
-        <v>18.852</v>
+        <v>20.4</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="B217" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="C217">
-        <v>19.2</v>
+        <v>20.652</v>
       </c>
       <c r="D217" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B218" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="C218">
-        <v>19.8</v>
+        <v>20.88</v>
       </c>
       <c r="D218" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="B219" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C219">
-        <v>20.388</v>
+        <v>21.528</v>
       </c>
       <c r="D219" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="B220" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C220">
-        <v>20.4</v>
+        <v>21.672</v>
       </c>
       <c r="D220" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B221" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="C221">
-        <v>20.652</v>
+        <v>21.816</v>
       </c>
       <c r="D221" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B222" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="C222">
-        <v>20.88</v>
+        <v>22.548</v>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="B223" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="C223">
-        <v>21.528</v>
+        <v>23.16</v>
       </c>
       <c r="D223" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="B224" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="C224">
-        <v>21.6</v>
+        <v>24.996</v>
       </c>
       <c r="D224" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="B225" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="C225">
-        <v>21.672</v>
+        <v>24.996</v>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="B226" t="s">
-        <v>75</v>
+        <v>92</v>
       </c>
       <c r="C226">
-        <v>21.816</v>
+        <v>25.212</v>
       </c>
       <c r="D226" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="B227" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="C227">
-        <v>22.548</v>
+        <v>25.44</v>
       </c>
       <c r="D227" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B228" t="s">
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="C228">
-        <v>23.16</v>
+        <v>25.584</v>
       </c>
       <c r="D228" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="B229" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="C229">
-        <v>23.604</v>
+        <v>26.172</v>
       </c>
       <c r="D229" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="B230" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="C230">
-        <v>24.996</v>
+        <v>28.14</v>
       </c>
       <c r="D230" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="B231" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="C231">
-        <v>24.996</v>
+        <v>29.004</v>
       </c>
       <c r="D231" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="B232" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="C232">
-        <v>25.212</v>
+        <v>29.256</v>
       </c>
       <c r="D232" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="B233" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="C233">
-        <v>25.44</v>
+        <v>29.868</v>
       </c>
       <c r="D233" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="B234" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="C234">
-        <v>25.584</v>
+        <v>29.988</v>
       </c>
       <c r="D234" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="B235" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="C235">
-        <v>26.172</v>
+        <v>29.988</v>
       </c>
       <c r="D235" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="B236" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="C236">
-        <v>28.896</v>
+        <v>29.988</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="B237" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="C237">
-        <v>28.992</v>
+        <v>30.6</v>
       </c>
       <c r="D237" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>110</v>
+        <v>133</v>
       </c>
       <c r="B238" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="C238">
-        <v>29.004</v>
+        <v>31.644</v>
       </c>
       <c r="D238" t="s">
-        <v>9</v>
+        <v>135</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>116</v>
+        <v>136</v>
       </c>
       <c r="B239" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="C239">
-        <v>29.784</v>
+        <v>32.424</v>
       </c>
       <c r="D239" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>118</v>
+        <v>164</v>
       </c>
       <c r="B240" t="s">
-        <v>119</v>
+        <v>165</v>
       </c>
       <c r="C240">
-        <v>29.868</v>
+        <v>37.38</v>
       </c>
       <c r="D240" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>120</v>
+        <v>166</v>
       </c>
       <c r="B241" t="s">
-        <v>121</v>
+        <v>167</v>
       </c>
       <c r="C241">
-        <v>29.988</v>
+        <v>38.364</v>
       </c>
       <c r="D241" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>122</v>
+        <v>170</v>
       </c>
       <c r="B242" t="s">
-        <v>123</v>
+        <v>171</v>
       </c>
       <c r="C242">
-        <v>29.988</v>
+        <v>39.0</v>
       </c>
       <c r="D242" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>124</v>
+        <v>172</v>
       </c>
       <c r="B243" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="C243">
-        <v>29.988</v>
+        <v>39.984</v>
       </c>
       <c r="D243" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>126</v>
+        <v>176</v>
       </c>
       <c r="B244" t="s">
-        <v>127</v>
+        <v>177</v>
       </c>
       <c r="C244">
-        <v>30.6</v>
+        <v>40.452</v>
       </c>
       <c r="D244" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="B245" t="s">
-        <v>129</v>
+        <v>183</v>
       </c>
       <c r="C245">
-        <v>30.816</v>
+        <v>40.836</v>
       </c>
       <c r="D245" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>132</v>
+        <v>184</v>
       </c>
       <c r="B246" t="s">
-        <v>133</v>
+        <v>185</v>
       </c>
       <c r="C246">
-        <v>31.512</v>
+        <v>41.364</v>
       </c>
       <c r="D246" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>134</v>
+        <v>190</v>
       </c>
       <c r="B247" t="s">
-        <v>135</v>
+        <v>191</v>
       </c>
       <c r="C247">
-        <v>31.644</v>
+        <v>42.0</v>
       </c>
       <c r="D247" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>158</v>
+        <v>192</v>
       </c>
       <c r="B248" t="s">
-        <v>159</v>
+        <v>193</v>
       </c>
       <c r="C248">
-        <v>37.176</v>
+        <v>42.384</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>160</v>
+        <v>198</v>
       </c>
       <c r="B249" t="s">
-        <v>161</v>
+        <v>199</v>
       </c>
       <c r="C249">
-        <v>37.368</v>
+        <v>45.0</v>
       </c>
       <c r="D249" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>162</v>
+        <v>204</v>
       </c>
       <c r="B250" t="s">
-        <v>163</v>
+        <v>205</v>
       </c>
       <c r="C250">
-        <v>37.38</v>
+        <v>46.98</v>
       </c>
       <c r="D250" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="B251" t="s">
-        <v>165</v>
+        <v>211</v>
       </c>
       <c r="C251">
-        <v>38.364</v>
+        <v>47.688</v>
       </c>
       <c r="D251" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>168</v>
+        <v>214</v>
       </c>
       <c r="B252" t="s">
-        <v>169</v>
+        <v>215</v>
       </c>
       <c r="C252">
-        <v>39.0</v>
+        <v>48.0</v>
       </c>
       <c r="D252" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>170</v>
+        <v>218</v>
       </c>
       <c r="B253" t="s">
-        <v>171</v>
+        <v>219</v>
       </c>
       <c r="C253">
-        <v>39.984</v>
+        <v>48.996</v>
       </c>
       <c r="D253" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>174</v>
+        <v>220</v>
       </c>
       <c r="B254" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="C254">
-        <v>40.452</v>
+        <v>48.996</v>
       </c>
       <c r="D254" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>178</v>
+        <v>232</v>
       </c>
       <c r="B255" t="s">
-        <v>179</v>
+        <v>233</v>
       </c>
       <c r="C255">
-        <v>40.836</v>
+        <v>52.8</v>
       </c>
       <c r="D255" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>187</v>
+        <v>238</v>
       </c>
       <c r="B256" t="s">
-        <v>188</v>
+        <v>239</v>
       </c>
       <c r="C256">
-        <v>42.0</v>
+        <v>54.984</v>
       </c>
       <c r="D256" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>189</v>
+        <v>240</v>
       </c>
       <c r="B257" t="s">
-        <v>190</v>
+        <v>241</v>
       </c>
       <c r="C257">
-        <v>42.36</v>
+        <v>54.984</v>
       </c>
       <c r="D257" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>191</v>
+        <v>244</v>
       </c>
       <c r="B258" t="s">
-        <v>192</v>
+        <v>245</v>
       </c>
       <c r="C258">
-        <v>42.384</v>
+        <v>55.344</v>
       </c>
       <c r="D258" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>195</v>
+        <v>248</v>
       </c>
       <c r="B259" t="s">
-        <v>196</v>
+        <v>249</v>
       </c>
       <c r="C259">
-        <v>43.848</v>
+        <v>56.4</v>
       </c>
       <c r="D259" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>203</v>
+        <v>250</v>
       </c>
       <c r="B260" t="s">
-        <v>204</v>
+        <v>251</v>
       </c>
       <c r="C260">
-        <v>46.98</v>
+        <v>56.4</v>
       </c>
       <c r="D260" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>211</v>
+        <v>252</v>
       </c>
       <c r="B261" t="s">
-        <v>212</v>
+        <v>253</v>
       </c>
       <c r="C261">
-        <v>47.688</v>
+        <v>57.6</v>
       </c>
       <c r="D261" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>215</v>
+        <v>256</v>
       </c>
       <c r="B262" t="s">
-        <v>216</v>
+        <v>257</v>
       </c>
       <c r="C262">
-        <v>48.0</v>
+        <v>58.992</v>
       </c>
       <c r="D262" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>219</v>
+        <v>258</v>
       </c>
       <c r="B263" t="s">
-        <v>220</v>
+        <v>259</v>
       </c>
       <c r="C263">
-        <v>48.996</v>
+        <v>59.988</v>
       </c>
       <c r="D263" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>221</v>
+        <v>260</v>
       </c>
       <c r="B264" t="s">
-        <v>222</v>
+        <v>261</v>
       </c>
       <c r="C264">
-        <v>48.996</v>
+        <v>60.0</v>
       </c>
       <c r="D264" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>227</v>
+        <v>262</v>
       </c>
       <c r="B265" t="s">
-        <v>228</v>
+        <v>263</v>
       </c>
       <c r="C265">
-        <v>52.152</v>
+        <v>60.768</v>
       </c>
       <c r="D265" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>231</v>
+        <v>264</v>
       </c>
       <c r="B266" t="s">
-        <v>232</v>
+        <v>265</v>
       </c>
       <c r="C266">
-        <v>52.8</v>
+        <v>62.4</v>
       </c>
       <c r="D266" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>237</v>
+        <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>238</v>
+        <v>267</v>
       </c>
       <c r="C267">
-        <v>54.672</v>
+        <v>62.568</v>
       </c>
       <c r="D267" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>239</v>
+        <v>268</v>
       </c>
       <c r="B268" t="s">
-        <v>240</v>
+        <v>269</v>
       </c>
       <c r="C268">
-        <v>54.984</v>
+        <v>63.84</v>
       </c>
       <c r="D268" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>241</v>
+        <v>270</v>
       </c>
       <c r="B269" t="s">
-        <v>242</v>
+        <v>271</v>
       </c>
       <c r="C269">
-        <v>54.984</v>
+        <v>64.992</v>
       </c>
       <c r="D269" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>247</v>
+        <v>272</v>
       </c>
       <c r="B270" t="s">
-        <v>248</v>
+        <v>273</v>
       </c>
       <c r="C270">
-        <v>56.4</v>
+        <v>65.616</v>
       </c>
       <c r="D270" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>249</v>
+        <v>274</v>
       </c>
       <c r="B271" t="s">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="C271">
-        <v>56.4</v>
+        <v>66.0</v>
       </c>
       <c r="D271" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>251</v>
+        <v>276</v>
       </c>
       <c r="B272" t="s">
-        <v>252</v>
+        <v>277</v>
       </c>
       <c r="C272">
-        <v>57.6</v>
+        <v>67.56</v>
       </c>
       <c r="D272" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>253</v>
+        <v>278</v>
       </c>
       <c r="B273" t="s">
-        <v>254</v>
+        <v>279</v>
       </c>
       <c r="C273">
-        <v>58.344</v>
+        <v>68.736</v>
       </c>
       <c r="D273" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>255</v>
+        <v>280</v>
       </c>
       <c r="B274" t="s">
-        <v>256</v>
+        <v>281</v>
       </c>
       <c r="C274">
-        <v>58.992</v>
+        <v>69.0</v>
       </c>
       <c r="D274" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>257</v>
+        <v>282</v>
       </c>
       <c r="B275" t="s">
-        <v>258</v>
+        <v>283</v>
       </c>
       <c r="C275">
-        <v>59.664</v>
+        <v>69.0</v>
       </c>
       <c r="D275" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>259</v>
+        <v>284</v>
       </c>
       <c r="B276" t="s">
-        <v>260</v>
+        <v>285</v>
       </c>
       <c r="C276">
-        <v>59.988</v>
+        <v>69.0</v>
       </c>
       <c r="D276" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>261</v>
+        <v>286</v>
       </c>
       <c r="B277" t="s">
-        <v>262</v>
+        <v>287</v>
       </c>
       <c r="C277">
-        <v>60.0</v>
+        <v>69.0</v>
       </c>
       <c r="D277" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>263</v>
+        <v>288</v>
       </c>
       <c r="B278" t="s">
-        <v>264</v>
+        <v>289</v>
       </c>
       <c r="C278">
-        <v>60.768</v>
+        <v>69.744</v>
       </c>
       <c r="D278" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>265</v>
+        <v>290</v>
       </c>
       <c r="B279" t="s">
-        <v>266</v>
+        <v>291</v>
       </c>
       <c r="C279">
-        <v>62.4</v>
+        <v>69.972</v>
       </c>
       <c r="D279" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>267</v>
+        <v>292</v>
       </c>
       <c r="B280" t="s">
-        <v>268</v>
+        <v>293</v>
       </c>
       <c r="C280">
-        <v>62.568</v>
+        <v>70.008</v>
       </c>
       <c r="D280" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>269</v>
+        <v>294</v>
       </c>
       <c r="B281" t="s">
-        <v>270</v>
+        <v>295</v>
       </c>
       <c r="C281">
-        <v>63.06</v>
+        <v>70.572</v>
       </c>
       <c r="D281" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>271</v>
+        <v>296</v>
       </c>
       <c r="B282" t="s">
-        <v>272</v>
+        <v>297</v>
       </c>
       <c r="C282">
-        <v>64.992</v>
+        <v>70.596</v>
       </c>
       <c r="D282" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>273</v>
+        <v>298</v>
       </c>
       <c r="B283" t="s">
-        <v>274</v>
+        <v>299</v>
       </c>
       <c r="C283">
-        <v>65.616</v>
+        <v>70.836</v>
       </c>
       <c r="D283" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>275</v>
+        <v>300</v>
       </c>
       <c r="B284" t="s">
-        <v>276</v>
+        <v>301</v>
       </c>
       <c r="C284">
-        <v>66.0</v>
+        <v>71.016</v>
       </c>
       <c r="D284" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>277</v>
+        <v>302</v>
       </c>
       <c r="B285" t="s">
-        <v>278</v>
+        <v>303</v>
       </c>
       <c r="C285">
-        <v>67.56</v>
+        <v>71.04</v>
       </c>
       <c r="D285" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>279</v>
+        <v>304</v>
       </c>
       <c r="B286" t="s">
-        <v>280</v>
+        <v>305</v>
       </c>
       <c r="C286">
-        <v>68.736</v>
+        <v>74.4</v>
       </c>
       <c r="D286" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>281</v>
+        <v>306</v>
       </c>
       <c r="B287" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="C287">
-        <v>69.0</v>
+        <v>74.988</v>
       </c>
       <c r="D287" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>283</v>
+        <v>308</v>
       </c>
       <c r="B288" t="s">
-        <v>284</v>
+        <v>309</v>
       </c>
       <c r="C288">
-        <v>69.0</v>
+        <v>75.0</v>
       </c>
       <c r="D288" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>285</v>
+        <v>310</v>
       </c>
       <c r="B289" t="s">
-        <v>286</v>
+        <v>311</v>
       </c>
       <c r="C289">
-        <v>69.0</v>
+        <v>75.012</v>
       </c>
       <c r="D289" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>287</v>
+        <v>312</v>
       </c>
       <c r="B290" t="s">
-        <v>288</v>
+        <v>313</v>
       </c>
       <c r="C290">
-        <v>69.156</v>
+        <v>78.984</v>
       </c>
       <c r="D290" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>289</v>
+        <v>314</v>
       </c>
       <c r="B291" t="s">
-        <v>290</v>
+        <v>315</v>
       </c>
       <c r="C291">
-        <v>69.744</v>
+        <v>79.2</v>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>291</v>
+        <v>316</v>
       </c>
       <c r="B292" t="s">
-        <v>292</v>
+        <v>317</v>
       </c>
       <c r="C292">
-        <v>69.972</v>
+        <v>79.356</v>
       </c>
       <c r="D292" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>293</v>
+        <v>318</v>
       </c>
       <c r="B293" t="s">
-        <v>294</v>
+        <v>319</v>
       </c>
       <c r="C293">
-        <v>69.972</v>
+        <v>79.884</v>
       </c>
       <c r="D293" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>295</v>
+        <v>320</v>
       </c>
       <c r="B294" t="s">
-        <v>296</v>
+        <v>321</v>
       </c>
       <c r="C294">
-        <v>70.572</v>
+        <v>79.956</v>
       </c>
       <c r="D294" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>297</v>
+        <v>322</v>
       </c>
       <c r="B295" t="s">
-        <v>298</v>
+        <v>323</v>
       </c>
       <c r="C295">
-        <v>70.596</v>
+        <v>81.0</v>
       </c>
       <c r="D295" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>299</v>
+        <v>324</v>
       </c>
       <c r="B296" t="s">
-        <v>300</v>
+        <v>325</v>
       </c>
       <c r="C296">
-        <v>70.956</v>
+        <v>82.8</v>
       </c>
       <c r="D296" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>301</v>
+        <v>326</v>
       </c>
       <c r="B297" t="s">
-        <v>302</v>
+        <v>327</v>
       </c>
       <c r="C297">
-        <v>71.016</v>
+        <v>82.8</v>
       </c>
       <c r="D297" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>303</v>
+        <v>328</v>
       </c>
       <c r="B298" t="s">
-        <v>304</v>
+        <v>329</v>
       </c>
       <c r="C298">
-        <v>74.4</v>
+        <v>83.04</v>
       </c>
       <c r="D298" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>305</v>
+        <v>330</v>
       </c>
       <c r="B299" t="s">
-        <v>306</v>
+        <v>331</v>
       </c>
       <c r="C299">
-        <v>74.988</v>
+        <v>83.724</v>
       </c>
       <c r="D299" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>307</v>
+        <v>332</v>
       </c>
       <c r="B300" t="s">
-        <v>308</v>
+        <v>333</v>
       </c>
       <c r="C300">
-        <v>75.0</v>
+        <v>87.3</v>
       </c>
       <c r="D300" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>309</v>
+        <v>334</v>
       </c>
       <c r="B301" t="s">
-        <v>310</v>
+        <v>335</v>
       </c>
       <c r="C301">
-        <v>75.012</v>
+        <v>87.348</v>
       </c>
       <c r="D301" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="B302" t="s">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="C302">
-        <v>4.5</v>
+        <v>21.528</v>
       </c>
       <c r="D302" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>7</v>
+        <v>89</v>
       </c>
       <c r="B303" t="s">
-        <v>8</v>
+        <v>90</v>
       </c>
       <c r="C303">
-        <v>7.848</v>
+        <v>24.996</v>
       </c>
       <c r="D303" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>10</v>
+        <v>103</v>
       </c>
       <c r="B304" t="s">
-        <v>11</v>
+        <v>104</v>
       </c>
       <c r="C304">
-        <v>7.896</v>
+        <v>28.14</v>
       </c>
       <c r="D304" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="B305" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="C305">
-        <v>9.948</v>
+        <v>29.988</v>
       </c>
       <c r="D305" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="B306" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="C306">
-        <v>10.104</v>
+        <v>29.988</v>
       </c>
       <c r="D306" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>20</v>
+        <v>170</v>
       </c>
       <c r="B307" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="C307">
-        <v>10.668</v>
+        <v>39.0</v>
       </c>
       <c r="D307" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="B308" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
       <c r="C308">
-        <v>11.352</v>
+        <v>40.836</v>
       </c>
       <c r="D308" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>24</v>
+        <v>184</v>
       </c>
       <c r="B309" t="s">
-        <v>25</v>
+        <v>185</v>
       </c>
       <c r="C309">
-        <v>11.616</v>
+        <v>41.364</v>
       </c>
       <c r="D309" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="B310" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
       <c r="C310">
-        <v>12.0</v>
+        <v>42.0</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>36</v>
+        <v>198</v>
       </c>
       <c r="B311" t="s">
-        <v>37</v>
+        <v>199</v>
       </c>
       <c r="C311">
-        <v>15.276</v>
+        <v>45.0</v>
       </c>
       <c r="D311" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>48</v>
+        <v>204</v>
       </c>
       <c r="B312" t="s">
-        <v>49</v>
+        <v>205</v>
       </c>
       <c r="C312">
-        <v>18.852</v>
+        <v>46.98</v>
       </c>
       <c r="D312" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>52</v>
+        <v>210</v>
       </c>
       <c r="B313" t="s">
-        <v>53</v>
+        <v>211</v>
       </c>
       <c r="C313">
-        <v>19.2</v>
+        <v>47.688</v>
       </c>
       <c r="D313" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>56</v>
+        <v>220</v>
       </c>
       <c r="B314" t="s">
-        <v>57</v>
+        <v>221</v>
       </c>
       <c r="C314">
-        <v>19.8</v>
+        <v>48.996</v>
       </c>
       <c r="D314" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>60</v>
+        <v>272</v>
       </c>
       <c r="B315" t="s">
-        <v>61</v>
+        <v>273</v>
       </c>
       <c r="C315">
-        <v>20.4</v>
+        <v>65.616</v>
       </c>
       <c r="D315" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>64</v>
+        <v>274</v>
       </c>
       <c r="B316" t="s">
-        <v>65</v>
+        <v>275</v>
       </c>
       <c r="C316">
-        <v>20.652</v>
+        <v>66.0</v>
       </c>
       <c r="D316" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>66</v>
+        <v>276</v>
       </c>
       <c r="B317" t="s">
-        <v>67</v>
+        <v>277</v>
       </c>
       <c r="C317">
-        <v>20.88</v>
+        <v>67.56</v>
       </c>
       <c r="D317" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>68</v>
+        <v>278</v>
       </c>
       <c r="B318" t="s">
-        <v>69</v>
+        <v>279</v>
       </c>
       <c r="C318">
-        <v>21.528</v>
+        <v>68.736</v>
       </c>
       <c r="D318" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>72</v>
+        <v>282</v>
       </c>
       <c r="B319" t="s">
-        <v>73</v>
+        <v>283</v>
       </c>
       <c r="C319">
-        <v>21.672</v>
+        <v>69.0</v>
       </c>
       <c r="D319" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>74</v>
+        <v>284</v>
       </c>
       <c r="B320" t="s">
-        <v>75</v>
+        <v>285</v>
       </c>
       <c r="C320">
-        <v>21.816</v>
+        <v>69.0</v>
       </c>
       <c r="D320" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>78</v>
+        <v>286</v>
       </c>
       <c r="B321" t="s">
-        <v>79</v>
+        <v>287</v>
       </c>
       <c r="C321">
-        <v>22.548</v>
+        <v>69.0</v>
       </c>
       <c r="D321" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>88</v>
+        <v>288</v>
       </c>
       <c r="B322" t="s">
-        <v>89</v>
+        <v>289</v>
       </c>
       <c r="C322">
-        <v>24.996</v>
+        <v>69.744</v>
       </c>
       <c r="D322" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>90</v>
+        <v>290</v>
       </c>
       <c r="B323" t="s">
-        <v>91</v>
+        <v>291</v>
       </c>
       <c r="C323">
-        <v>24.996</v>
+        <v>69.972</v>
       </c>
       <c r="D323" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>92</v>
+        <v>306</v>
       </c>
       <c r="B324" t="s">
-        <v>93</v>
+        <v>307</v>
       </c>
       <c r="C324">
-        <v>25.212</v>
+        <v>74.988</v>
       </c>
       <c r="D324" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>94</v>
+        <v>318</v>
       </c>
       <c r="B325" t="s">
-        <v>95</v>
+        <v>319</v>
       </c>
       <c r="C325">
-        <v>25.44</v>
+        <v>79.884</v>
       </c>
       <c r="D325" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>100</v>
+        <v>326</v>
       </c>
       <c r="B326" t="s">
-        <v>101</v>
+        <v>327</v>
       </c>
       <c r="C326">
-        <v>26.172</v>
+        <v>82.8</v>
       </c>
       <c r="D326" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>118</v>
+        <v>332</v>
       </c>
       <c r="B327" t="s">
-        <v>119</v>
+        <v>333</v>
       </c>
       <c r="C327">
-        <v>29.868</v>
+        <v>87.3</v>
       </c>
       <c r="D327" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>122</v>
+        <v>336</v>
       </c>
       <c r="B328" t="s">
-        <v>123</v>
+        <v>337</v>
       </c>
       <c r="C328">
-        <v>29.988</v>
+        <v>88.992</v>
       </c>
       <c r="D328" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>124</v>
+        <v>338</v>
       </c>
       <c r="B329" t="s">
-        <v>125</v>
+        <v>339</v>
       </c>
       <c r="C329">
-        <v>29.988</v>
+        <v>96.036</v>
       </c>
       <c r="D329" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>132</v>
+        <v>340</v>
       </c>
       <c r="B330" t="s">
-        <v>133</v>
+        <v>341</v>
       </c>
       <c r="C330">
-        <v>31.512</v>
+        <v>96.852</v>
       </c>
       <c r="D330" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>134</v>
+        <v>342</v>
       </c>
       <c r="B331" t="s">
-        <v>135</v>
+        <v>343</v>
       </c>
       <c r="C331">
-        <v>31.644</v>
+        <v>98.4</v>
       </c>
       <c r="D331" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>162</v>
+        <v>344</v>
       </c>
       <c r="B332" t="s">
-        <v>163</v>
+        <v>345</v>
       </c>
       <c r="C332">
-        <v>37.38</v>
+        <v>99.0</v>
       </c>
       <c r="D332" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>168</v>
+        <v>346</v>
       </c>
       <c r="B333" t="s">
-        <v>169</v>
+        <v>347</v>
       </c>
       <c r="C333">
-        <v>39.0</v>
+        <v>99.0</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>174</v>
+        <v>348</v>
       </c>
       <c r="B334" t="s">
-        <v>175</v>
+        <v>349</v>
       </c>
       <c r="C334">
-        <v>40.452</v>
+        <v>99.0</v>
       </c>
       <c r="D334" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>178</v>
+        <v>350</v>
       </c>
       <c r="B335" t="s">
-        <v>179</v>
+        <v>351</v>
       </c>
       <c r="C335">
-        <v>40.836</v>
+        <v>99.0</v>
       </c>
       <c r="D335" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>187</v>
+        <v>352</v>
       </c>
       <c r="B336" t="s">
-        <v>188</v>
+        <v>353</v>
       </c>
       <c r="C336">
-        <v>42.0</v>
+        <v>99.0</v>
       </c>
       <c r="D336" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>203</v>
+        <v>354</v>
       </c>
       <c r="B337" t="s">
-        <v>204</v>
+        <v>355</v>
       </c>
       <c r="C337">
-        <v>46.98</v>
+        <v>100.8</v>
       </c>
       <c r="D337" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>211</v>
+        <v>356</v>
       </c>
       <c r="B338" t="s">
-        <v>212</v>
+        <v>357</v>
       </c>
       <c r="C338">
-        <v>47.688</v>
+        <v>106.8</v>
       </c>
       <c r="D338" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>215</v>
+        <v>358</v>
       </c>
       <c r="B339" t="s">
-        <v>216</v>
+        <v>359</v>
       </c>
       <c r="C339">
-        <v>48.0</v>
+        <v>108.984</v>
       </c>
       <c r="D339" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>221</v>
+        <v>360</v>
       </c>
       <c r="B340" t="s">
-        <v>222</v>
+        <v>361</v>
       </c>
       <c r="C340">
-        <v>48.996</v>
+        <v>108.996</v>
       </c>
       <c r="D340" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>231</v>
+        <v>362</v>
       </c>
       <c r="B341" t="s">
-        <v>232</v>
+        <v>363</v>
       </c>
       <c r="C341">
-        <v>52.8</v>
+        <v>108.996</v>
       </c>
       <c r="D341" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>237</v>
+        <v>364</v>
       </c>
       <c r="B342" t="s">
-        <v>238</v>
+        <v>365</v>
       </c>
       <c r="C342">
-        <v>54.672</v>
+        <v>116.928</v>
       </c>
       <c r="D342" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>241</v>
+        <v>366</v>
       </c>
       <c r="B343" t="s">
-        <v>242</v>
+        <v>367</v>
       </c>
       <c r="C343">
-        <v>54.984</v>
+        <v>118.992</v>
       </c>
       <c r="D343" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>247</v>
+        <v>368</v>
       </c>
       <c r="B344" t="s">
-        <v>248</v>
+        <v>369</v>
       </c>
       <c r="C344">
-        <v>56.4</v>
+        <v>118.992</v>
       </c>
       <c r="D344" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>249</v>
+        <v>370</v>
       </c>
       <c r="B345" t="s">
-        <v>250</v>
+        <v>371</v>
       </c>
       <c r="C345">
-        <v>56.4</v>
+        <v>118.992</v>
       </c>
       <c r="D345" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>255</v>
+        <v>372</v>
       </c>
       <c r="B346" t="s">
-        <v>256</v>
+        <v>373</v>
       </c>
       <c r="C346">
-        <v>58.992</v>
+        <v>121.08</v>
       </c>
       <c r="D346" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>257</v>
+        <v>374</v>
       </c>
       <c r="B347" t="s">
-        <v>258</v>
+        <v>375</v>
       </c>
       <c r="C347">
-        <v>59.664</v>
+        <v>123.036</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>263</v>
+        <v>376</v>
       </c>
       <c r="B348" t="s">
-        <v>264</v>
+        <v>377</v>
       </c>
       <c r="C348">
-        <v>60.768</v>
+        <v>129.0</v>
       </c>
       <c r="D348" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>265</v>
+        <v>378</v>
       </c>
       <c r="B349" t="s">
-        <v>266</v>
+        <v>379</v>
       </c>
       <c r="C349">
-        <v>62.4</v>
+        <v>129.0</v>
       </c>
       <c r="D349" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>267</v>
+        <v>380</v>
       </c>
       <c r="B350" t="s">
-        <v>268</v>
+        <v>381</v>
       </c>
       <c r="C350">
-        <v>62.568</v>
+        <v>134.424</v>
       </c>
       <c r="D350" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>269</v>
+        <v>382</v>
       </c>
       <c r="B351" t="s">
-        <v>270</v>
+        <v>383</v>
       </c>
       <c r="C351">
-        <v>63.06</v>
+        <v>135.0</v>
       </c>
       <c r="D351" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>271</v>
+        <v>384</v>
       </c>
       <c r="B352" t="s">
-        <v>272</v>
+        <v>385</v>
       </c>
       <c r="C352">
-        <v>64.992</v>
+        <v>138.0</v>
       </c>
       <c r="D352" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>273</v>
+        <v>386</v>
       </c>
       <c r="B353" t="s">
-        <v>274</v>
+        <v>387</v>
       </c>
       <c r="C353">
-        <v>65.616</v>
+        <v>138.996</v>
       </c>
       <c r="D353" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>275</v>
+        <v>388</v>
       </c>
       <c r="B354" t="s">
-        <v>276</v>
+        <v>389</v>
       </c>
       <c r="C354">
-        <v>66.0</v>
+        <v>138.996</v>
       </c>
       <c r="D354" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>277</v>
+        <v>390</v>
       </c>
       <c r="B355" t="s">
-        <v>278</v>
+        <v>391</v>
       </c>
       <c r="C355">
-        <v>67.56</v>
+        <v>138.996</v>
       </c>
       <c r="D355" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>279</v>
+        <v>392</v>
       </c>
       <c r="B356" t="s">
-        <v>280</v>
+        <v>393</v>
       </c>
       <c r="C356">
-        <v>68.736</v>
+        <v>138.996</v>
       </c>
       <c r="D356" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>281</v>
+        <v>394</v>
       </c>
       <c r="B357" t="s">
-        <v>282</v>
+        <v>395</v>
       </c>
       <c r="C357">
-        <v>69.0</v>
+        <v>138.996</v>
       </c>
       <c r="D357" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>283</v>
+        <v>396</v>
       </c>
       <c r="B358" t="s">
-        <v>284</v>
+        <v>397</v>
       </c>
       <c r="C358">
-        <v>69.0</v>
+        <v>138.996</v>
       </c>
       <c r="D358" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>285</v>
+        <v>398</v>
       </c>
       <c r="B359" t="s">
-        <v>286</v>
+        <v>399</v>
       </c>
       <c r="C359">
-        <v>69.0</v>
+        <v>138.996</v>
       </c>
       <c r="D359" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>287</v>
+        <v>400</v>
       </c>
       <c r="B360" t="s">
-        <v>288</v>
+        <v>401</v>
       </c>
       <c r="C360">
-        <v>69.156</v>
+        <v>150.0</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>289</v>
+        <v>402</v>
       </c>
       <c r="B361" t="s">
-        <v>290</v>
+        <v>403</v>
       </c>
       <c r="C361">
-        <v>69.744</v>
+        <v>159.0</v>
       </c>
       <c r="D361" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>291</v>
+        <v>404</v>
       </c>
       <c r="B362" t="s">
-        <v>292</v>
+        <v>405</v>
       </c>
       <c r="C362">
-        <v>69.972</v>
+        <v>159.0</v>
       </c>
       <c r="D362" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>293</v>
+        <v>406</v>
       </c>
       <c r="B363" t="s">
-        <v>294</v>
+        <v>407</v>
       </c>
       <c r="C363">
-        <v>69.972</v>
+        <v>159.0</v>
       </c>
       <c r="D363" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>295</v>
+        <v>408</v>
       </c>
       <c r="B364" t="s">
-        <v>296</v>
+        <v>409</v>
       </c>
       <c r="C364">
-        <v>70.572</v>
+        <v>159.0</v>
       </c>
       <c r="D364" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>303</v>
+        <v>410</v>
       </c>
       <c r="B365" t="s">
-        <v>304</v>
+        <v>411</v>
       </c>
       <c r="C365">
-        <v>74.4</v>
+        <v>162.0</v>
       </c>
       <c r="D365" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>305</v>
+        <v>412</v>
       </c>
       <c r="B366" t="s">
-        <v>306</v>
+        <v>413</v>
       </c>
       <c r="C366">
-        <v>74.988</v>
+        <v>168.744</v>
       </c>
       <c r="D366" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>307</v>
+        <v>414</v>
       </c>
       <c r="B367" t="s">
-        <v>308</v>
+        <v>415</v>
       </c>
       <c r="C367">
-        <v>75.0</v>
+        <v>168.984</v>
       </c>
       <c r="D367" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>311</v>
+        <v>416</v>
       </c>
       <c r="B368" t="s">
-        <v>312</v>
+        <v>417</v>
       </c>
       <c r="C368">
-        <v>77.628</v>
+        <v>168.996</v>
       </c>
       <c r="D368" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>313</v>
+        <v>418</v>
       </c>
       <c r="B369" t="s">
-        <v>314</v>
+        <v>419</v>
       </c>
       <c r="C369">
-        <v>78.984</v>
+        <v>169.92</v>
       </c>
       <c r="D369" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>315</v>
+        <v>420</v>
       </c>
       <c r="B370" t="s">
-        <v>316</v>
+        <v>421</v>
       </c>
       <c r="C370">
-        <v>78.996</v>
+        <v>178.992</v>
       </c>
       <c r="D370" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>317</v>
+        <v>422</v>
       </c>
       <c r="B371" t="s">
-        <v>318</v>
+        <v>423</v>
       </c>
       <c r="C371">
-        <v>79.356</v>
+        <v>178.992</v>
       </c>
       <c r="D371" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>319</v>
+        <v>424</v>
       </c>
       <c r="B372" t="s">
-        <v>320</v>
+        <v>425</v>
       </c>
       <c r="C372">
-        <v>79.884</v>
+        <v>180.72</v>
       </c>
       <c r="D372" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>321</v>
+        <v>426</v>
       </c>
       <c r="B373" t="s">
-        <v>322</v>
+        <v>427</v>
       </c>
       <c r="C373">
-        <v>79.956</v>
+        <v>189.0</v>
       </c>
       <c r="D373" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>323</v>
+        <v>428</v>
       </c>
       <c r="B374" t="s">
-        <v>324</v>
+        <v>429</v>
       </c>
       <c r="C374">
-        <v>82.8</v>
+        <v>189.0</v>
       </c>
       <c r="D374" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>325</v>
+        <v>430</v>
       </c>
       <c r="B375" t="s">
-        <v>326</v>
+        <v>431</v>
       </c>
       <c r="C375">
-        <v>82.8</v>
+        <v>189.0</v>
       </c>
       <c r="D375" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>327</v>
+        <v>432</v>
       </c>
       <c r="B376" t="s">
-        <v>328</v>
+        <v>433</v>
       </c>
       <c r="C376">
-        <v>83.04</v>
+        <v>189.228</v>
       </c>
       <c r="D376" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>329</v>
+        <v>434</v>
       </c>
       <c r="B377" t="s">
-        <v>330</v>
+        <v>435</v>
       </c>
       <c r="C377">
-        <v>83.724</v>
+        <v>198.996</v>
       </c>
       <c r="D377" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>331</v>
+        <v>436</v>
       </c>
       <c r="B378" t="s">
-        <v>332</v>
+        <v>437</v>
       </c>
       <c r="C378">
-        <v>87.3</v>
+        <v>198.996</v>
       </c>
       <c r="D378" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>333</v>
+        <v>438</v>
       </c>
       <c r="B379" t="s">
-        <v>334</v>
+        <v>439</v>
       </c>
       <c r="C379">
-        <v>87.348</v>
+        <v>202.8</v>
       </c>
       <c r="D379" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>335</v>
+        <v>440</v>
       </c>
       <c r="B380" t="s">
-        <v>336</v>
+        <v>441</v>
       </c>
       <c r="C380">
-        <v>88.992</v>
+        <v>207.6</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>337</v>
+        <v>442</v>
       </c>
       <c r="B381" t="s">
-        <v>338</v>
+        <v>443</v>
       </c>
       <c r="C381">
-        <v>88.992</v>
+        <v>209.232</v>
       </c>
       <c r="D381" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>339</v>
+        <v>444</v>
       </c>
       <c r="B382" t="s">
-        <v>340</v>
+        <v>445</v>
       </c>
       <c r="C382">
-        <v>89.004</v>
+        <v>219.0</v>
       </c>
       <c r="D382" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>341</v>
+        <v>446</v>
       </c>
       <c r="B383" t="s">
-        <v>342</v>
+        <v>447</v>
       </c>
       <c r="C383">
-        <v>89.268</v>
+        <v>225.72</v>
       </c>
       <c r="D383" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>343</v>
+        <v>448</v>
       </c>
       <c r="B384" t="s">
-        <v>344</v>
+        <v>449</v>
       </c>
       <c r="C384">
-        <v>91.428</v>
+        <v>228.996</v>
       </c>
       <c r="D384" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>345</v>
+        <v>450</v>
       </c>
       <c r="B385" t="s">
-        <v>346</v>
+        <v>451</v>
       </c>
       <c r="C385">
-        <v>92.016</v>
+        <v>228.996</v>
       </c>
       <c r="D385" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>347</v>
+        <v>452</v>
       </c>
       <c r="B386" t="s">
-        <v>348</v>
+        <v>453</v>
       </c>
       <c r="C386">
-        <v>92.4</v>
+        <v>230.58</v>
       </c>
       <c r="D386" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>349</v>
+        <v>454</v>
       </c>
       <c r="B387" t="s">
-        <v>350</v>
+        <v>455</v>
       </c>
       <c r="C387">
-        <v>96.036</v>
+        <v>238.992</v>
       </c>
       <c r="D387" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>351</v>
+        <v>456</v>
       </c>
       <c r="B388" t="s">
-        <v>352</v>
+        <v>457</v>
       </c>
       <c r="C388">
-        <v>96.852</v>
+        <v>258.996</v>
       </c>
       <c r="D388" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>353</v>
+        <v>458</v>
       </c>
       <c r="B389" t="s">
-        <v>354</v>
+        <v>459</v>
       </c>
       <c r="C389">
-        <v>98.4</v>
+        <v>258.996</v>
       </c>
       <c r="D389" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>355</v>
+        <v>460</v>
       </c>
       <c r="B390" t="s">
-        <v>356</v>
+        <v>461</v>
       </c>
       <c r="C390">
-        <v>99.0</v>
+        <v>268.992</v>
       </c>
       <c r="D390" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>357</v>
+        <v>462</v>
       </c>
       <c r="B391" t="s">
-        <v>358</v>
+        <v>463</v>
       </c>
       <c r="C391">
-        <v>99.0</v>
+        <v>279.0</v>
       </c>
       <c r="D391" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>359</v>
+        <v>464</v>
       </c>
       <c r="B392" t="s">
-        <v>360</v>
+        <v>465</v>
       </c>
       <c r="C392">
-        <v>99.0</v>
+        <v>279.0</v>
       </c>
       <c r="D392" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>361</v>
+        <v>466</v>
       </c>
       <c r="B393" t="s">
-        <v>362</v>
+        <v>467</v>
       </c>
       <c r="C393">
-        <v>99.0</v>
+        <v>294.0</v>
       </c>
       <c r="D393" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>363</v>
+        <v>468</v>
       </c>
       <c r="B394" t="s">
-        <v>364</v>
+        <v>469</v>
       </c>
       <c r="C394">
-        <v>99.0</v>
+        <v>299.004</v>
       </c>
       <c r="D394" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>365</v>
+        <v>470</v>
       </c>
       <c r="B395" t="s">
-        <v>366</v>
+        <v>471</v>
       </c>
       <c r="C395">
-        <v>99.0</v>
+        <v>299.004</v>
       </c>
       <c r="D395" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>367</v>
+        <v>472</v>
       </c>
       <c r="B396" t="s">
-        <v>368</v>
+        <v>473</v>
       </c>
       <c r="C396">
-        <v>99.132</v>
+        <v>307.74</v>
       </c>
       <c r="D396" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>369</v>
+        <v>474</v>
       </c>
       <c r="B397" t="s">
-        <v>370</v>
+        <v>475</v>
       </c>
       <c r="C397">
-        <v>99.144</v>
+        <v>314.232</v>
       </c>
       <c r="D397" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>371</v>
+        <v>476</v>
       </c>
       <c r="B398" t="s">
-        <v>372</v>
+        <v>477</v>
       </c>
       <c r="C398">
-        <v>99.984</v>
+        <v>318.996</v>
       </c>
       <c r="D398" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>373</v>
+        <v>478</v>
       </c>
       <c r="B399" t="s">
-        <v>374</v>
+        <v>479</v>
       </c>
       <c r="C399">
-        <v>100.8</v>
+        <v>354.42</v>
       </c>
       <c r="D399" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>375</v>
+        <v>480</v>
       </c>
       <c r="B400" t="s">
-        <v>376</v>
+        <v>481</v>
       </c>
       <c r="C400">
-        <v>101.424</v>
+        <v>399.0</v>
       </c>
       <c r="D400" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>377</v>
+        <v>482</v>
       </c>
       <c r="B401" t="s">
-        <v>378</v>
+        <v>483</v>
       </c>
       <c r="C401">
-        <v>101.664</v>
+        <v>399.0</v>
       </c>
       <c r="D401" t="s">
-        <v>186</v>
+        <v>9</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="B402" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="C402">
-        <v>7.848</v>
+        <v>21.528</v>
       </c>
       <c r="D402" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>10</v>
+        <v>125</v>
       </c>
       <c r="B403" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="C403">
-        <v>7.896</v>
+        <v>29.988</v>
       </c>
       <c r="D403" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="B404" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="C404">
-        <v>10.104</v>
+        <v>39.0</v>
       </c>
       <c r="D404" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
       <c r="B405" t="s">
-        <v>21</v>
+        <v>183</v>
       </c>
       <c r="C405">
-        <v>10.668</v>
+        <v>40.836</v>
       </c>
       <c r="D405" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>24</v>
+        <v>184</v>
       </c>
       <c r="B406" t="s">
-        <v>25</v>
+        <v>185</v>
       </c>
       <c r="C406">
-        <v>11.616</v>
+        <v>41.364</v>
       </c>
       <c r="D406" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>36</v>
+        <v>272</v>
       </c>
       <c r="B407" t="s">
-        <v>37</v>
+        <v>273</v>
       </c>
       <c r="C407">
-        <v>15.276</v>
+        <v>65.616</v>
       </c>
       <c r="D407" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="B408" t="s">
-        <v>49</v>
+        <v>277</v>
       </c>
       <c r="C408">
-        <v>18.852</v>
+        <v>67.56</v>
       </c>
       <c r="D408" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>52</v>
+        <v>282</v>
       </c>
       <c r="B409" t="s">
-        <v>53</v>
+        <v>283</v>
       </c>
       <c r="C409">
-        <v>19.2</v>
+        <v>69.0</v>
       </c>
       <c r="D409" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>56</v>
+        <v>284</v>
       </c>
       <c r="B410" t="s">
-        <v>57</v>
+        <v>285</v>
       </c>
       <c r="C410">
-        <v>19.8</v>
+        <v>69.0</v>
       </c>
       <c r="D410" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>60</v>
+        <v>286</v>
       </c>
       <c r="B411" t="s">
-        <v>61</v>
+        <v>287</v>
       </c>
       <c r="C411">
-        <v>20.4</v>
+        <v>69.0</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>64</v>
+        <v>290</v>
       </c>
       <c r="B412" t="s">
-        <v>65</v>
+        <v>291</v>
       </c>
       <c r="C412">
-        <v>20.652</v>
+        <v>69.972</v>
       </c>
       <c r="D412" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>66</v>
+        <v>306</v>
       </c>
       <c r="B413" t="s">
-        <v>67</v>
+        <v>307</v>
       </c>
       <c r="C413">
-        <v>20.88</v>
+        <v>74.988</v>
       </c>
       <c r="D413" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>68</v>
+        <v>336</v>
       </c>
       <c r="B414" t="s">
-        <v>69</v>
+        <v>337</v>
       </c>
       <c r="C414">
-        <v>21.528</v>
+        <v>88.992</v>
       </c>
       <c r="D414" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>72</v>
+        <v>338</v>
       </c>
       <c r="B415" t="s">
-        <v>73</v>
+        <v>339</v>
       </c>
       <c r="C415">
-        <v>21.672</v>
+        <v>96.036</v>
       </c>
       <c r="D415" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>74</v>
+        <v>350</v>
       </c>
       <c r="B416" t="s">
-        <v>75</v>
+        <v>351</v>
       </c>
       <c r="C416">
-        <v>21.816</v>
+        <v>99.0</v>
       </c>
       <c r="D416" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>78</v>
+        <v>352</v>
       </c>
       <c r="B417" t="s">
-        <v>79</v>
+        <v>353</v>
       </c>
       <c r="C417">
-        <v>22.548</v>
+        <v>99.0</v>
       </c>
       <c r="D417" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>88</v>
+        <v>370</v>
       </c>
       <c r="B418" t="s">
-        <v>89</v>
+        <v>371</v>
       </c>
       <c r="C418">
-        <v>24.996</v>
+        <v>118.992</v>
       </c>
       <c r="D418" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>90</v>
+        <v>372</v>
       </c>
       <c r="B419" t="s">
-        <v>91</v>
+        <v>373</v>
       </c>
       <c r="C419">
-        <v>24.996</v>
+        <v>121.08</v>
       </c>
       <c r="D419" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>94</v>
+        <v>376</v>
       </c>
       <c r="B420" t="s">
-        <v>95</v>
+        <v>377</v>
       </c>
       <c r="C420">
-        <v>25.44</v>
+        <v>129.0</v>
       </c>
       <c r="D420" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>122</v>
+        <v>378</v>
       </c>
       <c r="B421" t="s">
-        <v>123</v>
+        <v>379</v>
       </c>
       <c r="C421">
-        <v>29.988</v>
+        <v>129.0</v>
       </c>
       <c r="D421" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>124</v>
+        <v>390</v>
       </c>
       <c r="B422" t="s">
-        <v>125</v>
+        <v>391</v>
       </c>
       <c r="C422">
-        <v>29.988</v>
+        <v>138.996</v>
       </c>
       <c r="D422" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>132</v>
+        <v>392</v>
       </c>
       <c r="B423" t="s">
-        <v>133</v>
+        <v>393</v>
       </c>
       <c r="C423">
-        <v>31.512</v>
+        <v>138.996</v>
       </c>
       <c r="D423" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>162</v>
+        <v>394</v>
       </c>
       <c r="B424" t="s">
-        <v>163</v>
+        <v>395</v>
       </c>
       <c r="C424">
-        <v>37.38</v>
+        <v>138.996</v>
       </c>
       <c r="D424" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>168</v>
+        <v>396</v>
       </c>
       <c r="B425" t="s">
-        <v>169</v>
+        <v>397</v>
       </c>
       <c r="C425">
-        <v>39.0</v>
+        <v>138.996</v>
       </c>
       <c r="D425" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>174</v>
+        <v>398</v>
       </c>
       <c r="B426" t="s">
-        <v>175</v>
+        <v>399</v>
       </c>
       <c r="C426">
-        <v>40.452</v>
+        <v>138.996</v>
       </c>
       <c r="D426" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>178</v>
+        <v>400</v>
       </c>
       <c r="B427" t="s">
-        <v>179</v>
+        <v>401</v>
       </c>
       <c r="C427">
-        <v>40.836</v>
+        <v>150.0</v>
       </c>
       <c r="D427" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>187</v>
+        <v>410</v>
       </c>
       <c r="B428" t="s">
-        <v>188</v>
+        <v>411</v>
       </c>
       <c r="C428">
-        <v>42.0</v>
+        <v>162.0</v>
       </c>
       <c r="D428" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>203</v>
+        <v>416</v>
       </c>
       <c r="B429" t="s">
-        <v>204</v>
+        <v>417</v>
       </c>
       <c r="C429">
-        <v>46.98</v>
+        <v>168.996</v>
       </c>
       <c r="D429" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>211</v>
+        <v>418</v>
       </c>
       <c r="B430" t="s">
-        <v>212</v>
+        <v>419</v>
       </c>
       <c r="C430">
-        <v>47.688</v>
+        <v>169.92</v>
       </c>
       <c r="D430" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>221</v>
+        <v>424</v>
       </c>
       <c r="B431" t="s">
-        <v>222</v>
+        <v>425</v>
       </c>
       <c r="C431">
-        <v>48.996</v>
+        <v>180.72</v>
       </c>
       <c r="D431" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>231</v>
+        <v>434</v>
       </c>
       <c r="B432" t="s">
-        <v>232</v>
+        <v>435</v>
       </c>
       <c r="C432">
-        <v>52.8</v>
+        <v>198.996</v>
       </c>
       <c r="D432" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>237</v>
+        <v>436</v>
       </c>
       <c r="B433" t="s">
-        <v>238</v>
+        <v>437</v>
       </c>
       <c r="C433">
-        <v>54.672</v>
+        <v>198.996</v>
       </c>
       <c r="D433" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>241</v>
+        <v>438</v>
       </c>
       <c r="B434" t="s">
-        <v>242</v>
+        <v>439</v>
       </c>
       <c r="C434">
-        <v>54.984</v>
+        <v>202.8</v>
       </c>
       <c r="D434" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
-        <v>247</v>
+        <v>444</v>
       </c>
       <c r="B435" t="s">
-        <v>248</v>
+        <v>445</v>
       </c>
       <c r="C435">
-        <v>56.4</v>
+        <v>219.0</v>
       </c>
       <c r="D435" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
-        <v>249</v>
+        <v>448</v>
       </c>
       <c r="B436" t="s">
-        <v>250</v>
+        <v>449</v>
       </c>
       <c r="C436">
-        <v>56.4</v>
+        <v>228.996</v>
       </c>
       <c r="D436" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
-        <v>255</v>
+        <v>450</v>
       </c>
       <c r="B437" t="s">
-        <v>256</v>
+        <v>451</v>
       </c>
       <c r="C437">
-        <v>58.992</v>
+        <v>228.996</v>
       </c>
       <c r="D437" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
-        <v>257</v>
+        <v>458</v>
       </c>
       <c r="B438" t="s">
-        <v>258</v>
+        <v>459</v>
       </c>
       <c r="C438">
-        <v>59.664</v>
+        <v>258.996</v>
       </c>
       <c r="D438" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
-        <v>263</v>
+        <v>460</v>
       </c>
       <c r="B439" t="s">
-        <v>264</v>
+        <v>461</v>
       </c>
       <c r="C439">
-        <v>60.768</v>
+        <v>268.992</v>
       </c>
       <c r="D439" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
-        <v>265</v>
+        <v>464</v>
       </c>
       <c r="B440" t="s">
-        <v>266</v>
+        <v>465</v>
       </c>
       <c r="C440">
-        <v>62.4</v>
+        <v>279.0</v>
       </c>
       <c r="D440" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
-        <v>271</v>
+        <v>472</v>
       </c>
       <c r="B441" t="s">
-        <v>272</v>
+        <v>473</v>
       </c>
       <c r="C441">
-        <v>64.992</v>
+        <v>307.74</v>
       </c>
       <c r="D441" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
-        <v>273</v>
+        <v>484</v>
       </c>
       <c r="B442" t="s">
-        <v>274</v>
+        <v>485</v>
       </c>
       <c r="C442">
-        <v>65.616</v>
+        <v>399.0</v>
       </c>
       <c r="D442" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
-        <v>275</v>
+        <v>486</v>
       </c>
       <c r="B443" t="s">
-        <v>276</v>
+        <v>487</v>
       </c>
       <c r="C443">
-        <v>66.0</v>
+        <v>450.192</v>
       </c>
       <c r="D443" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
-        <v>277</v>
+        <v>488</v>
       </c>
       <c r="B444" t="s">
-        <v>278</v>
+        <v>489</v>
       </c>
       <c r="C444">
-        <v>67.56</v>
+        <v>459.0</v>
       </c>
       <c r="D444" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
-        <v>279</v>
+        <v>490</v>
       </c>
       <c r="B445" t="s">
-        <v>280</v>
+        <v>491</v>
       </c>
       <c r="C445">
-        <v>68.736</v>
+        <v>498.996</v>
       </c>
       <c r="D445" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
-        <v>281</v>
+        <v>492</v>
       </c>
       <c r="B446" t="s">
-        <v>282</v>
+        <v>493</v>
       </c>
       <c r="C446">
-        <v>69.0</v>
+        <v>648.996</v>
       </c>
       <c r="D446" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
-        <v>283</v>
+        <v>494</v>
       </c>
       <c r="B447" t="s">
-        <v>284</v>
+        <v>495</v>
       </c>
       <c r="C447">
-        <v>69.0</v>
+        <v>789.0</v>
       </c>
       <c r="D447" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
-        <v>285</v>
+        <v>496</v>
       </c>
       <c r="B448" t="s">
-        <v>286</v>
+        <v>497</v>
       </c>
       <c r="C448">
-        <v>69.0</v>
+        <v>999.0</v>
       </c>
       <c r="D448" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
-        <v>289</v>
+        <v>498</v>
       </c>
       <c r="B449" t="s">
-        <v>290</v>
+        <v>499</v>
       </c>
       <c r="C449">
-        <v>69.744</v>
+        <v>1599.0</v>
       </c>
       <c r="D449" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
-        <v>291</v>
+        <v>500</v>
       </c>
       <c r="B450" t="s">
-        <v>292</v>
+        <v>501</v>
       </c>
       <c r="C450">
-        <v>69.972</v>
+        <v>1778.148</v>
       </c>
       <c r="D450" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
-        <v>293</v>
+        <v>502</v>
       </c>
       <c r="B451" t="s">
-        <v>294</v>
+        <v>503</v>
       </c>
       <c r="C451">
-        <v>69.972</v>
+        <v>2579.16</v>
       </c>
       <c r="D451" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
-        <v>295</v>
+        <v>504</v>
       </c>
       <c r="B452" t="s">
-        <v>296</v>
+        <v>505</v>
       </c>
       <c r="C452">
-        <v>70.572</v>
+        <v>2604.696</v>
       </c>
       <c r="D452" t="s">
-        <v>9</v>
-[...2995 lines deleted...]
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D667"/>
+  <autoFilter ref="A1:D453"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>