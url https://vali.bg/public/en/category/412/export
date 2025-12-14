--- v1 (2025-11-10)
+++ v2 (2025-12-14)
@@ -7,290 +7,296 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$453</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$395</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Kolink Cable Ties, 100 mm x 2.5mm, 100 pieces, self-securing, black</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
+    <t xml:space="preserve">Velcro Hook and Loop Cable Ties - 10 Pack, 150mm, Black </t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-287</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
     <t>Hama Cable Tie, 4.8 x 200 mm, 221000</t>
   </si>
   <si>
     <t>HAMA-221000</t>
   </si>
   <si>
-    <t>available</t>
-[...5 lines deleted...]
-    <t>KOLINK-ACC-ZUUV-287</t>
+    <t>MikroTik Low cost Passive POE Base Unit</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CABL-RBPOE</t>
+  </si>
+  <si>
+    <t>Delock Heat shrink tube box 100 pieces assorted colours</t>
+  </si>
+  <si>
+    <t>DELOCK-86264</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>MikroTik Low cost Passive POE Base Unit</t>
-[...10 lines deleted...]
-  <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 7.5 - 30 mm, 2.5 m, 220994</t>
   </si>
   <si>
     <t>HAMA-220994</t>
   </si>
   <si>
     <t>Hama Hook and Loop Strap Two-Sided, Universal, 1.9 x 100 cm, 221007</t>
   </si>
   <si>
     <t>HAMA-221007</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE10</t>
   </si>
   <si>
     <t>Hama Cable Tie Set, 2.5 x 100 / 150 / 200 mm, 150 Pcs, 221002</t>
   </si>
   <si>
     <t>HAMA-221002</t>
   </si>
   <si>
     <t>MikroTik Gigabit PoE injector</t>
   </si>
   <si>
     <t>MIKROTIK-INJEC-RBGPOE</t>
   </si>
   <si>
     <t>Hama Cable Ties, 200 mm x 4.5mm, 100 pieces, self-securing, black</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-286</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO 10/100 PCI Realtek 8139D PCI</t>
   </si>
   <si>
     <t>EST-NET-10-100</t>
   </si>
   <si>
+    <t>Switch Cudy FS105, 5-Port 10/100 Mbps RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS105</t>
+  </si>
+  <si>
     <t>Mini adapter Bluetooth USB ESTILLO, USB 2.0</t>
   </si>
   <si>
     <t>EST-MINI-BLUETOTH</t>
   </si>
   <si>
     <t>Switch D-Link GO-SW-5E/E 5-port 10/100</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-5E-E</t>
   </si>
   <si>
-    <t>Switch Cudy FS105, 5-Port 10/100 Mbps RJ 45</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch D-Link DES-1005D/E,5 -port 10/100, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DES-1005D</t>
   </si>
   <si>
+    <t>Switch Cudy FS108, 8-Port 10/100 Mbps RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS108</t>
+  </si>
+  <si>
     <t>Delock Cable Management Set 5 pieces</t>
   </si>
   <si>
     <t>DELOCK-18392</t>
   </si>
   <si>
     <t>Hama Magnetic Cable Duct, 55 cm, for Table Leg Mounting, black</t>
   </si>
   <si>
     <t>HAMA-20681</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
   </si>
   <si>
     <t>EST-NET-10-100-1000</t>
   </si>
   <si>
+    <t>Mikrotik, RB5009/L009 rackmount kit K-79</t>
+  </si>
+  <si>
+    <t>MIKROTIK-KIT</t>
+  </si>
+  <si>
+    <t>Nano Adapter TP LINK TL-WN725N, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>TP-TL-WN725N</t>
+  </si>
+  <si>
+    <t>Wireless Nano Adapter EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7811UN</t>
+  </si>
+  <si>
     <t>Switch D-Link GO-SW-8E/E 8-port 10/100</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-8E-E</t>
   </si>
   <si>
-    <t>Mikrotik, RB5009/L009 rackmount kit K-79</t>
-[...22 lines deleted...]
-  <si>
     <t>Bluetooth adapter TP-Link UB500, nano</t>
   </si>
   <si>
     <t>TP-TL-BT-UB500</t>
   </si>
   <si>
+    <t>Ethernet Adapter Cudy PE10, PCIe, 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-PE25</t>
+  </si>
+  <si>
     <t>Wireless Nano Adapter Cudy WU650S, USB 2.0, 2.4/5 Ghz, Antenna Gain 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU650S</t>
   </si>
   <si>
     <t>Wireless Adapter TP-LINK TL-WN823N, 300 Mbps, USB</t>
   </si>
   <si>
     <t>TP-TL-WN823N</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-3305P V3, 5 Ports, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-ES-3305P</t>
   </si>
   <si>
     <t>Hama Flexible Fabric Cable Conduit, Universal, 20 - 40 mm, 220995</t>
   </si>
   <si>
     <t>HAMA-220995</t>
   </si>
   <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 25 mm, 2 m, 220998</t>
   </si>
   <si>
     <t>HAMA-220998</t>
   </si>
   <si>
     <t>Wireless Adapter TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN781ND</t>
   </si>
   <si>
     <t>Ethernet Adapter Tp-Link UE200 USB 2.0 - LAN 10/100</t>
   </si>
   <si>
     <t>TP-TL-UE200</t>
   </si>
   <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 20 mm, 2.5 m, 220996</t>
   </si>
   <si>
     <t>HAMA-220996</t>
   </si>
   <si>
-    <t>Ethernet Adapter Cudy PE10, PCIe, 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
   </si>
   <si>
     <t>TP-TG-3468</t>
   </si>
   <si>
+    <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE200</t>
+  </si>
+  <si>
     <t>Hama Cable Duct, Self-adhesive, Semicircular, 100 x 7 x 2.1 cm, 220894</t>
   </si>
   <si>
     <t>HAMA-220984</t>
   </si>
   <si>
     <t>Wireless Adapter TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN722N</t>
   </si>
   <si>
     <t>Hama Bluetooth® USB Adapter, Version 5.0 C2 + EDR</t>
   </si>
   <si>
     <t>HAMA-53312</t>
   </si>
   <si>
     <t>Wireless  N USB Nano Adapter</t>
   </si>
   <si>
     <t>D-LINK-DWA-131</t>
   </si>
   <si>
     <t>USB-C to LAN Adapter, Type C to RJ45 Ethernet Network 10/100 Mbps</t>
@@ -337,68 +343,68 @@
   <si>
     <t>1.8M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5202UP</t>
   </si>
   <si>
     <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-EU-4208</t>
   </si>
   <si>
     <t>Switch ZYXEL GS-105B v5, 5 Ports, Gigabit, Metal housing</t>
   </si>
   <si>
     <t>ZYXEL-GS-105B-V5</t>
   </si>
   <si>
     <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
   </si>
   <si>
     <t>EDIM-EN-9260TX-E</t>
   </si>
   <si>
+    <t>Wireless router Cudy WR300 N300 802.11b/g/n, 300Mbps/ 2.4GHz, 4 x 10/100Mbp, 2 x 5dBi fixed antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR300</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
   </si>
   <si>
     <t>TP-TL-UE306</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-3308P, 8 Ports, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-ES-3308P</t>
   </si>
   <si>
-    <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Router TP-LINK TL-WR820N 300Mbps, 5dB antennas</t>
   </si>
   <si>
     <t>TP-TL-WR820N</t>
   </si>
   <si>
     <t>Wireless Mini Adapter EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7722UTN-V3</t>
   </si>
   <si>
     <t>Hama Magnetic Cable Duct, 90 cm, for Wall Mounting, black</t>
   </si>
   <si>
     <t>HAMA-20680</t>
   </si>
   <si>
     <t>Bluetooth USB Adapter, Version 4.0 C1, HAMA-53313</t>
   </si>
   <si>
     <t>HAMA-53313</t>
   </si>
   <si>
     <t>Switch Cudy GS105D, 5 ports, 10/100/1000, Auto-MDI/MDIX</t>
@@ -424,122 +430,140 @@
   <si>
     <t>CUDY-USB-WU1400</t>
   </si>
   <si>
     <t>Edimax BT-8500 Bluetooth adapter, USB, version 5.0, nano</t>
   </si>
   <si>
     <t>EDIM-BT-8500</t>
   </si>
   <si>
     <t>Wireless PCI Express Adapter EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7612PIN</t>
   </si>
   <si>
     <t>3.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5203UP</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
+    <t>Switch Cudy 5-Port Gigabit Desktop Switch, Model: GS105</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105</t>
+  </si>
+  <si>
     <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
   </si>
   <si>
     <t>HAMA-200325</t>
   </si>
   <si>
     <t>Switch D-Link GO-SW-5G, 5-port 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-5G-E</t>
   </si>
   <si>
     <t>Wireless Adapter TP-LINK Archer T2U PLUS, AC600, Dual band, USB, externel antenna 5 dBi</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2UPLUS</t>
   </si>
   <si>
+    <t>Hama Metal Cable Duct, Magnetic, 55 x 5 x 3.2 cm, black</t>
+  </si>
+  <si>
+    <t>HAMA-220993</t>
+  </si>
+  <si>
     <t>Nano Adapter EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UTC</t>
   </si>
   <si>
     <t>Wireless Router TP-LINK TL-WR844N 300Mbps, 5dB antennas</t>
   </si>
   <si>
     <t>TP-TL-WR844N</t>
   </si>
   <si>
     <t>Wireless Router TP-LINK TL-WR840N, 300Mbps</t>
   </si>
   <si>
     <t>TP-TL-WR840N</t>
   </si>
   <si>
     <t>Switch D-Link DGS-1005D/E, 5 ports, 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DGS-1005D-E</t>
   </si>
   <si>
     <t>Wireless Adapter TP-LINK Archer T3U, AC 1300 MU-MIMO, Dual band, USB 3.0, built-in antenna</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T3U</t>
   </si>
   <si>
     <t>Wireless Adapter TP-LINK Archer T2U, AC600, Dual band, USB, built-in antenna</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2U</t>
   </si>
   <si>
+    <t>Temperature and humidity sensor TP-Link Tapo T310, WiFi</t>
+  </si>
+  <si>
+    <t>TP-TL-TAPO-T310</t>
+  </si>
+  <si>
     <t>Switch ZyXEL GS-1200-5, 5 Ports, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5</t>
   </si>
   <si>
+    <t>PoE Extender Edimax GP-101ET , Gigabit, up to 100m</t>
+  </si>
+  <si>
+    <t>EDIM-GP-101ET</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Edimax EU-4306,USB 3.0,Gigabit Ethernet</t>
   </si>
   <si>
     <t>EDIM-EU-4306</t>
   </si>
   <si>
-    <t>Ethernet Adapter D-Link USB 3.0 Gigabit Adapter</t>
-[...4 lines deleted...]
-  <si>
     <t>5-Port Gigabit Desktop Switch GS-1005E</t>
   </si>
   <si>
     <t>EDIM-GS-1005E</t>
   </si>
   <si>
     <t>USB 3.1 Type C USB-C To RJ45 Lan Network Gigabit Ethernet Adapter 10/100/1000Mbps</t>
   </si>
   <si>
     <t>EST-USBC-10-100-1000LAN</t>
   </si>
   <si>
     <t>SFP Module Mikrotik S-85DLC05D, 1.25G, 550m</t>
   </si>
   <si>
     <t>MIKROTIK-S-85DLC05D</t>
   </si>
   <si>
     <t>Adapter Bluetooth Delock 61024 version 5.0</t>
   </si>
   <si>
     <t>DELOCK-61024</t>
   </si>
   <si>
     <t>Wireless Router TP-LINK TL-WR841N, 300Mbps, 5dB antennas</t>
@@ -592,960 +616,699 @@
   <si>
     <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
   </si>
   <si>
     <t>INTEL-LAN-WIFI6E-AX211</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO USB 3.0 - LAN 10/100/1000</t>
   </si>
   <si>
     <t>EST-USB-10-100-1000LAN</t>
   </si>
   <si>
     <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
   </si>
   <si>
     <t>J5-JUE130</t>
   </si>
   <si>
     <t>Ubiquiti U-POE-AT - Gigabit PoE Injector, 802.3at, 30W</t>
   </si>
   <si>
     <t>UBIQUITI-U-POE-AT</t>
   </si>
   <si>
+    <t>Wireless Router Cudy WR1200E, V1.0, Dual band, 2 antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1200E</t>
+  </si>
+  <si>
     <t>Switch Cudy GS108 8-Port Gigabit Desktop Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS108</t>
   </si>
   <si>
+    <t>Hama Metal Cable Duct, Magnetic, 90 x 5.6 x 1.6 cm, black</t>
+  </si>
+  <si>
+    <t>HAMA-220992</t>
+  </si>
+  <si>
     <t>Wireless Router EDIMAX BR-6428NS v5, 4 in 1, 300 Mbps</t>
   </si>
   <si>
     <t>EDIM-BR-6428NS-V5</t>
   </si>
   <si>
     <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
   </si>
   <si>
     <t>J5-JCE133G</t>
   </si>
   <si>
+    <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000</t>
+  </si>
+  <si>
+    <t>Wireless Router CUDY Travel TR1200, AC1200, 2 x 10/100 Mbps, USB3.0, червен</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-TR1200</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C200</t>
   </si>
   <si>
+    <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-TAPO-H100</t>
+  </si>
+  <si>
     <t>Switch D-LINK GO-SW-8G, 8 port, 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-8G-E</t>
   </si>
   <si>
     <t>KVM Switch ATEN CS22U, 2x 1, USB</t>
   </si>
   <si>
     <t>ATEN-CS22-USB</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR1200E, V1.0, Dual band, 2 antennas</t>
-[...2 lines deleted...]
-    <t>CUDY-ROUT-WR1200E</t>
+    <t>on route</t>
   </si>
   <si>
     <t>Wireless Adapter, D-Link DWA-172, AC600 High-Gain USB Adapter</t>
   </si>
   <si>
     <t>D-LINK-DWA-172</t>
   </si>
   <si>
+    <t>Switch D-Link DES-108/E 8-port 10/100 Metal Housing Desktop Switch</t>
+  </si>
+  <si>
+    <t>D-LINK-DES-108-E</t>
+  </si>
+  <si>
     <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
   </si>
   <si>
     <t>EDIM-EW-7438RPN-MINI</t>
   </si>
   <si>
     <t>SFP Module Mikrotik S-31DLC20D, 1.25G, 20km</t>
   </si>
   <si>
     <t>MIKROTIK-S-31DLC20D</t>
   </si>
   <si>
+    <t>Cudy POE300, 60W Gigabit PoE++ Injector</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE300</t>
+  </si>
+  <si>
     <t xml:space="preserve">Switch D-Link, 8 ports, 10/100/1000, Gigabit, DGS-1008D/E, Desktop </t>
   </si>
   <si>
     <t>D-LINK-DGS-1008D-E</t>
   </si>
   <si>
-    <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
   </si>
   <si>
     <t>D-LINK-DAP-1325-E</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR1200, V2.0, Dual band, 4 antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR1200</t>
   </si>
   <si>
     <t>Ethernet Adapter TP-LINK TX201 PCIe 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
   </si>
   <si>
     <t>TP-TL-TX201</t>
   </si>
   <si>
-    <t>Wireless Access Point MikroTik hAP lite RB951G-2HnD, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, Classic</t>
-[...146 lines deleted...]
-    <t>CUDY-ROUT-WR1500</t>
+    <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS1016</t>
+  </si>
+  <si>
+    <t>Cudy GS105P Switch, 5x port POE metal housing+Switch 36W, unmanaged</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105P</t>
+  </si>
+  <si>
+    <t>Wireless adapter TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x external antennas</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-TX20E</t>
   </si>
   <si>
     <t>Wireless adapter EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
   </si>
   <si>
     <t>EDIM-EW-7611UXB</t>
   </si>
   <si>
-    <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethernet Surge Protector ZyXEL PoE++ (60W) Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-SURGEPRO-GE</t>
   </si>
   <si>
     <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
   </si>
   <si>
     <t>DELOCK-81570</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer AX12 AX1500, WiFi 6</t>
-[...4 lines deleted...]
-  <si>
     <t>Network card Cudy WU5400, AX5400, Tri-band router WiFi6/6E, USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU5400</t>
   </si>
   <si>
     <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C206</t>
   </si>
   <si>
     <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C232</t>
   </si>
   <si>
-    <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
-[...50 lines deleted...]
-    <t>D-LINK-R15</t>
+    <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1500</t>
+  </si>
+  <si>
+    <t>Cudy M1500-1 pack AX1500 wireless MESH system, WiFi 6 whole home network</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1500-1</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1008P 8-port Gigabit PoE+ Switch, 60W, unmanaged</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1008P</t>
   </si>
   <si>
     <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300D</t>
   </si>
   <si>
-    <t>USB Type-C to 2.5G Gigabit Ethernet Adapter</t>
-[...86 lines deleted...]
-    <t>CUDY-SWITCH-GS1008P</t>
+    <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C222</t>
+  </si>
+  <si>
+    <t>Wireless router Cudy GP3000V,xPon, WiFi6, AX3000, 4xGigabit RJ45, 1xRJ11</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-GP3000V</t>
+  </si>
+  <si>
+    <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C230</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
+  </si>
+  <si>
+    <t>ASUS-ADP-USB-C2500-V2</t>
+  </si>
+  <si>
+    <t>Wireless Access Point Cudy AP3000D,WiFi 6,AX3000 Dual Band Ceiling Mount, 1xRJ45,.12V DC,4x5Dbi antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP3000D</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR3000H, AX3000, 2.4/5 GHz, 1x 2.5Ghz WAN port, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000H</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE9300</t>
   </si>
   <si>
     <t>D-Link D-Link DWR-932W, 4G LTE N300 Wifi Mobile Hotspot</t>
   </si>
   <si>
     <t>D-LINK-DWR-932W</t>
   </si>
   <si>
-    <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
-[...26 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C320WS</t>
+    <t>Wireless Router Cudy WR3000P 2.5G,AX3000, Mesh Poe Router, 4 x 10/100/1000Mbps Ports, 4 x 5dBi fixed antenna</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000P</t>
   </si>
   <si>
     <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100/1000, outdoor use</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200-OUT</t>
   </si>
   <si>
     <t>Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0 network card</t>
   </si>
   <si>
     <t>CUDY-USB-WU6500</t>
   </si>
   <si>
+    <t>Wireless router Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi antennas, white</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600E</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender /AP Cudy RE3600 WiFI7, 1x Gigabit Ethernet Port</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE3600</t>
+  </si>
+  <si>
     <t>TP-Link Desktop Switch 6-Port 10/100Mbps, with 4-Port PoE+</t>
   </si>
   <si>
     <t>TP-Link-TL-SF1006P</t>
   </si>
   <si>
-    <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
-[...2 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C500</t>
+    <t>Cudy IG1005P Industrial 5-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1005P</t>
   </si>
   <si>
     <t>Cudy M3000, 1-pack, AX3000 Dual Band, 2.4/5 GHz, 574 -  2402 Mbps</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3000-1</t>
   </si>
   <si>
-    <t>WiFi Router TP-Link M7200 - 4G LTE</t>
-[...32 lines deleted...]
-    <t>CUDY-SWITCH-IG1005P</t>
+    <t>Wireless Router Cudy WR3600H, 1× 2.5GbE, 4× GbE, 2882 Mbps + 688 Mbps, 3.6 Gbps, Dual-Band Wi-Fi 7 ,  VPN Server and Client, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600H</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE220</t>
+  </si>
+  <si>
+    <t>Wireless router and access point CUDY C200P 2 in 1, 1xGigabit, 4xGigabit POE+PSU, USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-C200P</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600</t>
   </si>
   <si>
     <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
   </si>
   <si>
     <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
-    <t>Router MikroTik 10/100/1000Mbit, PoE, RAM - 512 MB, USB - А, RouterOS v7, License level 4</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch Cudy GS1016L, 16 ports, 10/100/1000, metal for 19" rack</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1016L</t>
   </si>
   <si>
-    <t>Wireless router Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi antennas, white</t>
-[...20 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C410</t>
+    <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C410-kit</t>
+  </si>
+  <si>
+    <t>Cudy IG1008P Industrial 8-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1008P</t>
   </si>
   <si>
     <t>Wireless Adapter ASUS PCE-BE6500 WiFi 7 (802.11be) PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE6500</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch Cudy GS1024L, 24 ports, 10/100/1000, for 19" rack, metal</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1024L</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
-[...10 lines deleted...]
-  <si>
     <t>Cudy TR3000 VPN Travel router AX3000, 2.5Ghz WAN, USB-C, 2 x antennas, blue</t>
   </si>
   <si>
     <t>CUDY-ROUT-TR3000</t>
   </si>
   <si>
     <t>Cudy M1500-2-pack AX1500 Wireless MESH System, WiFi 6 Whole Home Network</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1500-2</t>
   </si>
   <si>
+    <t>Wireless MESH system router Cudy M3600-1-pack BE3600 WiFi 7 whole home system</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-1</t>
+  </si>
+  <si>
+    <t>Mikrotik Router E60iUGS hEX S routerOS L4</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E60iUGS</t>
+  </si>
+  <si>
     <t>LANDE NET box STB Security Box, 540x400mm, 7U , 19"</t>
   </si>
   <si>
     <t>NET-RACK-7U-LANDE-NEW</t>
   </si>
   <si>
-    <t>Mesh System TP-Link Deco X10 Wi-Fi 6 AX1500 (2-Pack)</t>
-[...16 lines deleted...]
-  <si>
     <t>Wireless Adapter ASUS PCE-BE92BT WiFi 7 (802.11be) PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE92BT</t>
   </si>
   <si>
     <t>LANDE NET box STB Security Box, 540x400mm, 9U , 19"</t>
   </si>
   <si>
     <t>NET-RACK-9U-LANDE-NEW</t>
   </si>
   <si>
     <t>PoE extender Zyxel PoE12-3PD, 4 x 1Gb port 45W PoE budget, outdoor</t>
   </si>
   <si>
     <t>ZYXEL-POE12-3PD</t>
   </si>
   <si>
     <t>Switch Zyxel XMG-105 5 Ports 2,5G + 1 SFP+ Desktop MultiGig unmanaged</t>
   </si>
   <si>
     <t>ZYXEL-XMG-105</t>
   </si>
   <si>
-    <t>Cudy IG1008P Industrial 8-Port 10/100/1000M PoE+ Switch 65W</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock PCI Express x4 Card to 2 x USB Type-C™ + 3 x USB Type-A - SuperSpeed USB 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-89064</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR3600H, 1× 2.5GbE, 4× GbE, 2882 Mbps + 688 Mbps, 3.6 Gbps, Dual-Band Wi-Fi 7 ,  VPN Server and Client, 10/100/1000</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Router TP-Link Archer BE230 Dual-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE230</t>
   </si>
   <si>
     <t>Delock PCI Express x1 Network Card Gigabit LAN 1 x SFP i210</t>
   </si>
   <si>
     <t>DELOCK-88318</t>
   </si>
   <si>
-    <t>Mesh System TP-Link Deco S7 AC1900 - (2-Pack)</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Portable Router ASUS RT-AX57 GO AX3000 WiFi 6</t>
   </si>
   <si>
     <t>ASUS-RT-AX57-GO</t>
   </si>
   <si>
     <t>Ethernet Adapter ASUS XG-C100C V3 PCI-E - 10Gbps Port</t>
   </si>
   <si>
     <t>ASUS-PCIE-XG-C100C-V3</t>
   </si>
   <si>
-    <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
-[...2 lines deleted...]
-    <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
+    <t>TP LINK smart video doorbell Tapo D210, 2K QHD (2560×1440), 160° viewing angle, microSD up to 512 GB, 2.4Ghz, AI-recognition</t>
+  </si>
+  <si>
+    <t>TP-TL-BELL-TAPO-D210</t>
   </si>
   <si>
     <t>STARLINK acc. Mini Wall Mount Silicone 2x Lag Screws 20x Cable Routing Clips</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL</t>
   </si>
   <si>
     <t>STARLINK acc. Mini Pivot Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL1</t>
   </si>
   <si>
+    <t>TP-LINK /TP-LINK/ Access Point DECO S7 (3-pack), AC1900</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-S7-3PACK</t>
+  </si>
+  <si>
+    <t>Cudy BE6500 2.5Ghz Gigabit Dual Band Wi-Fi 7 Wireless Router, 1x1Gbps WAN port, 4x10/100/1000, 6x5dBi antennas, black</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR6500</t>
+  </si>
+  <si>
     <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C501</t>
   </si>
   <si>
     <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA90AX-PRO</t>
   </si>
   <si>
-    <t>Antenna MIKROTIK - RB911G-2HPnD-12S, 120 dBi, 2.4 GHz,  600 MHz,Dual polarization</t>
-[...4 lines deleted...]
-  <si>
     <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D230S1</t>
   </si>
   <si>
-    <t>Antenna MIKROTIK TIK-RBSXTG-5HPacD-SA, SXT SA5 ac, 13dBi 2x2, Dual-polarized</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless router Cudy WR6500H, BE6500 2.5Ghz Wi-Fi 7, 1x2.5Gbps WAN port, 4x10/100/1000, 6x5dBi antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR6500H</t>
   </si>
   <si>
     <t>TP-Link Deco M4, AC1200 Whole Home Mesh Wi-Fi System(3-pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-M4-3PACK</t>
   </si>
   <si>
-    <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
-[...10 lines deleted...]
-  <si>
     <t>Router ASUS ExpertWiFi EBG19P - PoE, 8x10/100/1000, 1xWAN Primary AiMesh</t>
   </si>
   <si>
     <t>ASUS-RT-EBG19P</t>
   </si>
   <si>
-    <t>Wireless router Cudy LT15E WiFI6, 4G LTE, AX3000, 4x 10/100/1000, 6 antennas</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless MESH system router Cudy M3600-2-pack BE3600 WiFi 7 whole home system</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3600-2</t>
   </si>
   <si>
-    <t>Asus ZenWiFi XD4 PLUS (W-2-PK) AX1800 Whole-Home Mesh WiFi (802.11ax), MU-MIMO, OFDMA, Ai Mesh</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless router Cudy WR11000, BE11000 Tri Band Wi-Fi 7, 4x2.5Gbps port, 6x5dBi antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR11000</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer AX80, AX6000, Wi-Fi 6, 2.5G port</t>
-[...2 lines deleted...]
-    <t>TP-TL-ARCHER-AX80</t>
+    <t>TP-LINK /TP-LINK/ Access Point DECO X10 (3-pack), AX1500, 2xGbE, MU-MIMO, WiFi</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X10-3PACK</t>
   </si>
   <si>
     <t>Wireless RouterASUS 4G-AX56 AX1800 Dual Band WiFi 6 (802.11ax) 4G+</t>
   </si>
   <si>
     <t>ASUS-RT-4G-AX56</t>
   </si>
   <si>
     <t>All-in-One AP, Switch and Router ASUS ExpertWiFi EBR63 AX3000 WiFi 6</t>
   </si>
   <si>
     <t>ASUS-RT-EBR63</t>
   </si>
   <si>
     <t>ATEN KVM Extender USB Mini до 100m CE100</t>
   </si>
   <si>
     <t>ATEN-CE100</t>
   </si>
   <si>
-    <t>Access point MikroTik Wi-Fi 6 (802.11ax), 2400 Mbit/s - 5 GHz, 2.5 Gigabit SFP port, PoE,  IP66,-40°C to 70°C</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Router ASUS RT-BE58U WiFi7</t>
   </si>
   <si>
     <t>ASUS-RT-BE58U</t>
   </si>
   <si>
-    <t>Access point MikroTik Wi-Fi 6, IEEE 802.11 b/g/n/ax (2.4 GHz), IEEE 802.11 a/n/ac/ax (5 GHz), 1x USB 3.0 Type A,6 dB,</t>
-[...8 lines deleted...]
-    <t>ASUS-MESH-XP4-HYB-2PK</t>
+    <t>Switch Cudy GS1028PS2, 24 ports, 10/100/1000,  24× GbE with 802.3at/af PoE, 2× Uplink SFP, Default/VLAN/Extend Modes, for 19" rack</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1028PS2</t>
+  </si>
+  <si>
+    <t>Wireless MESH system router Cudy M3600-3-pack BE3600 WiFi 7 whole home system</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-3</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer BE550 Tri-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE550</t>
+  </si>
+  <si>
+    <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (3-Pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-BE25-3PACK</t>
   </si>
   <si>
     <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (2-Pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-BE25-2PACK</t>
   </si>
   <si>
     <t>STARLINK Gen3 Router With Wi-Fi 6 - White</t>
   </si>
   <si>
     <t>STARLINK-ROUTER-GEN3</t>
   </si>
   <si>
     <t>Network Camera DAHUA IPC-HDW3541EM-S-S2 - 5MP WizSense</t>
   </si>
   <si>
     <t>DAHUA-IPC-HDW-S-S2</t>
   </si>
   <si>
     <t>Wireless Router ASUS RT-BE82U Dual-Band WiFi7 BE3600 (802.11be), Ai Mesh</t>
   </si>
   <si>
     <t>ASUS-RT-BE82U</t>
   </si>
   <si>
-    <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (3-Pack)</t>
-[...2 lines deleted...]
-    <t>TP-TL-DECO-BE25-3PACK</t>
+    <t>Wireless Router ASUS RT-AXE7800 WiFi 6E</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AXE7800</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-AX89X AX6000 WiFi 6 (802.11ax)</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AX89X</t>
+  </si>
+  <si>
+    <t>TP Link /TP-LINK/ Managed Switch SG2428LP, 16Gb PoE+ports, 8Gb ports+4xSFP</t>
+  </si>
+  <si>
+    <t>TP-TL-SG2428LP</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-BE86U WiFi7</t>
+  </si>
+  <si>
+    <t>ASUS-RT-BE86U</t>
   </si>
   <si>
     <t>STARLINK Mini Kit - White</t>
   </si>
   <si>
     <t>STARLINK-KIT-MINI</t>
   </si>
   <si>
+    <t>Wireless Router ASUS RT-BE88U BE7200 WiFi 7 (802.11be)</t>
+  </si>
+  <si>
+    <t>ASUS-RT-BE88U</t>
+  </si>
+  <si>
     <t>STARLINK V4 Standart Kit - White</t>
   </si>
   <si>
     <t>STARLINK-KIT-WHITE</t>
+  </si>
+  <si>
+    <t>Whole-Home Mesh ASUS ROG Rapture GT6 (B-2-PK) AX10000 WiFi 6 (802.11ax)</t>
+  </si>
+  <si>
+    <t>ASUS-MESH-ROG-GT6-2PK</t>
+  </si>
+  <si>
+    <t>Switch ZyXEL XMG1915-18EP,  16-port 2.5GbE Smart Managed PoE Switch with 2 SFP+ Uplink</t>
+  </si>
+  <si>
+    <t>ZYXEL-XMG1915-18EP</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer BE800 Tri-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE800</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer BE900 Quad-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE900</t>
   </si>
   <si>
     <t>Mesh System TP-Link Deco BE65 Wi-Fi 7 BE9300 (3-Pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-BE65-3PACK</t>
   </si>
   <si>
     <t>ATEN KVM Extender CE840A, USB true 4K HDMI</t>
   </si>
   <si>
     <t>ATEN-CE840A</t>
   </si>
@@ -1879,6394 +1642,5582 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D453"/>
+  <dimension ref="A1:D395"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>4.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.848</v>
+        <v>7.812</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>8.184</v>
+        <v>7.848</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>9.6</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>9.948</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>10.104</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>10.668</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>11.352</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>11.616</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>11.856</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>12.0</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>12.588</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>14.4</v>
+        <v>14.232</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>15.096</v>
+        <v>14.4</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>15.276</v>
+        <v>15.096</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>16.2</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>17.016</v>
+        <v>16.74</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>17.868</v>
+        <v>17.016</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>18.0</v>
+        <v>17.868</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>18.588</v>
+        <v>18.0</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>18.852</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>19.104</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>19.2</v>
+        <v>19.56</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>19.56</v>
+        <v>19.752</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>19.8</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>20.388</v>
+        <v>20.172</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>20.4</v>
+        <v>20.388</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>20.508</v>
+        <v>20.4</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>20.652</v>
+        <v>20.508</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>20.88</v>
+        <v>20.652</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>21.528</v>
+        <v>21.024</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>21.6</v>
+        <v>21.528</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>21.672</v>
+        <v>21.6</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>21.816</v>
+        <v>21.672</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>22.2</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>22.548</v>
+        <v>22.416</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>22.8</v>
+        <v>22.692</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>23.16</v>
+        <v>22.8</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>23.436</v>
+        <v>23.16</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>23.604</v>
+        <v>23.436</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>24.996</v>
+        <v>23.604</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>24.996</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>25.212</v>
+        <v>24.996</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>25.44</v>
+        <v>25.212</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>25.584</v>
+        <v>25.44</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>26.028</v>
+        <v>25.584</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>26.172</v>
+        <v>26.028</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>26.904</v>
+        <v>26.172</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>28.14</v>
+        <v>26.904</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>28.296</v>
+        <v>28.14</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>28.992</v>
+        <v>28.296</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>29.004</v>
+        <v>28.584</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>29.256</v>
+        <v>28.992</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>29.52</v>
+        <v>29.004</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>29.652</v>
+        <v>29.52</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>29.784</v>
+        <v>29.652</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>29.868</v>
+        <v>29.784</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>29.988</v>
+        <v>29.868</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>29.988</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>29.988</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>30.6</v>
+        <v>29.988</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>30.816</v>
+        <v>30.6</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>30.864</v>
+        <v>30.816</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>31.644</v>
+        <v>30.864</v>
       </c>
       <c r="D65" t="s">
-        <v>135</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66">
+        <v>31.644</v>
+      </c>
+      <c r="D66" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>32.508</v>
+        <v>32.388</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>33.0</v>
+        <v>32.424</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>33.384</v>
+        <v>32.508</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>33.6</v>
+        <v>33.0</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>34.2</v>
+        <v>33.0</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>34.356</v>
+        <v>33.384</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>34.512</v>
+        <v>33.6</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>34.8</v>
+        <v>34.2</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>35.82</v>
+        <v>34.356</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>36.804</v>
+        <v>34.512</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>37.02</v>
+        <v>34.8</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>37.176</v>
+        <v>34.992</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>37.368</v>
+        <v>35.82</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>37.38</v>
+        <v>36.0</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>38.364</v>
+        <v>36.804</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>39.0</v>
+        <v>37.176</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>39.0</v>
+        <v>37.368</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>39.984</v>
+        <v>37.38</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>40.116</v>
+        <v>38.364</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>40.452</v>
+        <v>39.0</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>40.536</v>
+        <v>39.0</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>40.632</v>
+        <v>39.984</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>40.836</v>
+        <v>40.116</v>
       </c>
       <c r="D89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>41.364</v>
+        <v>40.452</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>41.412</v>
+        <v>40.56</v>
       </c>
       <c r="D91" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>41.928</v>
+        <v>40.632</v>
       </c>
       <c r="D92" t="s">
-        <v>135</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>42.0</v>
+        <v>40.836</v>
       </c>
       <c r="D93" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>42.384</v>
+        <v>41.364</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>43.2</v>
+        <v>41.412</v>
       </c>
       <c r="D95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>43.848</v>
+        <v>41.928</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>45.0</v>
+        <v>42.0</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>45.096</v>
+        <v>42.0</v>
       </c>
       <c r="D98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>45.6</v>
+        <v>42.384</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>46.98</v>
+        <v>42.6</v>
       </c>
       <c r="D100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>47.376</v>
+        <v>43.2</v>
       </c>
       <c r="D101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>4.5</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
-        <v>7.848</v>
+        <v>7.812</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>10</v>
       </c>
       <c r="B104" t="s">
         <v>11</v>
       </c>
       <c r="C104">
-        <v>8.184</v>
+        <v>7.848</v>
       </c>
       <c r="D104" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
+        <v>12</v>
+      </c>
+      <c r="B105" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C105">
         <v>9.6</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
+        <v>14</v>
+      </c>
+      <c r="B106" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C106">
         <v>9.948</v>
       </c>
       <c r="D106" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>17</v>
       </c>
       <c r="B107" t="s">
         <v>18</v>
       </c>
       <c r="C107">
         <v>10.104</v>
       </c>
       <c r="D107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>19</v>
       </c>
       <c r="B108" t="s">
         <v>20</v>
       </c>
       <c r="C108">
         <v>10.668</v>
       </c>
       <c r="D108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>21</v>
       </c>
       <c r="B109" t="s">
         <v>22</v>
       </c>
       <c r="C109">
         <v>11.352</v>
       </c>
       <c r="D109" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>23</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110">
         <v>11.616</v>
       </c>
       <c r="D110" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>25</v>
       </c>
       <c r="B111" t="s">
         <v>26</v>
       </c>
       <c r="C111">
         <v>11.856</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>27</v>
       </c>
       <c r="B112" t="s">
         <v>28</v>
       </c>
       <c r="C112">
         <v>12.0</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>29</v>
       </c>
       <c r="B113" t="s">
         <v>30</v>
       </c>
       <c r="C113">
         <v>12.588</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B114" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C114">
-        <v>15.276</v>
+        <v>14.232</v>
       </c>
       <c r="D114" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B115" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C115">
-        <v>16.2</v>
+        <v>15.096</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B116" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C116">
-        <v>17.016</v>
+        <v>16.2</v>
       </c>
       <c r="D116" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B117" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C117">
-        <v>17.868</v>
+        <v>16.74</v>
       </c>
       <c r="D117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B118" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C118">
-        <v>18.0</v>
+        <v>17.016</v>
       </c>
       <c r="D118" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B119" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C119">
-        <v>18.852</v>
+        <v>17.868</v>
       </c>
       <c r="D119" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="B120" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C120">
-        <v>19.2</v>
+        <v>18.0</v>
       </c>
       <c r="D120" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B121" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C121">
-        <v>19.8</v>
+        <v>18.852</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B122" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C122">
-        <v>20.388</v>
+        <v>19.752</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B123" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C123">
-        <v>20.4</v>
+        <v>19.8</v>
       </c>
       <c r="D123" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="B124" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="C124">
-        <v>20.652</v>
+        <v>20.172</v>
       </c>
       <c r="D124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B125" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C125">
-        <v>20.88</v>
+        <v>20.388</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B126" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C126">
-        <v>21.528</v>
+        <v>20.4</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B127" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C127">
-        <v>21.6</v>
+        <v>20.652</v>
       </c>
       <c r="D127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B128" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C128">
-        <v>21.672</v>
+        <v>21.024</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B129" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C129">
-        <v>21.816</v>
+        <v>21.528</v>
       </c>
       <c r="D129" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="B130" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="C130">
-        <v>22.548</v>
+        <v>21.6</v>
       </c>
       <c r="D130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B131" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="C131">
-        <v>23.16</v>
+        <v>21.672</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="B132" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C132">
-        <v>23.436</v>
+        <v>22.416</v>
       </c>
       <c r="D132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B133" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C133">
-        <v>23.604</v>
+        <v>22.692</v>
       </c>
       <c r="D133" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B134" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C134">
-        <v>24.996</v>
+        <v>23.16</v>
       </c>
       <c r="D134" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B135" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C135">
-        <v>24.996</v>
+        <v>23.436</v>
       </c>
       <c r="D135" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B136" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C136">
-        <v>25.212</v>
+        <v>23.604</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B137" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C137">
-        <v>25.44</v>
+        <v>24.996</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B138" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C138">
-        <v>25.584</v>
+        <v>24.996</v>
       </c>
       <c r="D138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B139" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C139">
-        <v>26.028</v>
+        <v>25.212</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B140" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C140">
-        <v>26.172</v>
+        <v>25.44</v>
       </c>
       <c r="D140" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="B141" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C141">
-        <v>28.14</v>
+        <v>25.584</v>
       </c>
       <c r="D141" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="B142" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="C142">
-        <v>28.992</v>
+        <v>26.028</v>
       </c>
       <c r="D142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="B143" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="C143">
-        <v>29.004</v>
+        <v>26.172</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B144" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="C144">
-        <v>29.256</v>
+        <v>28.14</v>
       </c>
       <c r="D144" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B145" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C145">
-        <v>29.52</v>
+        <v>28.584</v>
       </c>
       <c r="D145" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B146" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="C146">
-        <v>29.784</v>
+        <v>28.992</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B147" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C147">
-        <v>29.868</v>
+        <v>29.004</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B148" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C148">
-        <v>29.988</v>
+        <v>29.52</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B149" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C149">
-        <v>29.988</v>
+        <v>29.784</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B150" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="C150">
-        <v>29.988</v>
+        <v>29.868</v>
       </c>
       <c r="D150" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B151" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C151">
-        <v>30.6</v>
+        <v>29.988</v>
       </c>
       <c r="D151" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B152" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C152">
-        <v>30.816</v>
+        <v>29.988</v>
       </c>
       <c r="D152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B153" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C153">
-        <v>31.644</v>
+        <v>29.988</v>
       </c>
       <c r="D153" t="s">
-        <v>135</v>
+        <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B154" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="C154">
-        <v>32.424</v>
+        <v>30.6</v>
       </c>
       <c r="D154" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="B155" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="C155">
-        <v>33.0</v>
+        <v>30.816</v>
       </c>
       <c r="D155" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="B156" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="C156">
-        <v>33.6</v>
+        <v>31.644</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>137</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="B157" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C157">
-        <v>34.356</v>
+        <v>32.388</v>
       </c>
       <c r="D157" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="B158" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="C158">
-        <v>34.512</v>
+        <v>32.424</v>
       </c>
       <c r="D158" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="B159" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="C159">
-        <v>34.8</v>
+        <v>32.508</v>
       </c>
       <c r="D159" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B160" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="C160">
-        <v>35.82</v>
+        <v>33.0</v>
       </c>
       <c r="D160" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>158</v>
+        <v>146</v>
       </c>
       <c r="B161" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="C161">
-        <v>37.02</v>
+        <v>33.0</v>
       </c>
       <c r="D161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="B162" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="C162">
-        <v>37.176</v>
+        <v>33.6</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B163" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="C163">
-        <v>37.368</v>
+        <v>34.356</v>
       </c>
       <c r="D163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="B164" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C164">
-        <v>37.38</v>
+        <v>34.512</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B165" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C165">
-        <v>38.364</v>
+        <v>34.8</v>
       </c>
       <c r="D165" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="B166" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="C166">
-        <v>39.0</v>
+        <v>34.992</v>
       </c>
       <c r="D166" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
       <c r="B167" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="C167">
-        <v>39.984</v>
+        <v>35.82</v>
       </c>
       <c r="D167" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B168" t="s">
-        <v>177</v>
+        <v>165</v>
       </c>
       <c r="C168">
-        <v>40.452</v>
+        <v>36.0</v>
       </c>
       <c r="D168" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>182</v>
+        <v>166</v>
       </c>
       <c r="B169" t="s">
-        <v>183</v>
+        <v>167</v>
       </c>
       <c r="C169">
-        <v>40.836</v>
+        <v>36.804</v>
       </c>
       <c r="D169" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
       <c r="B170" t="s">
-        <v>185</v>
+        <v>169</v>
       </c>
       <c r="C170">
-        <v>41.364</v>
+        <v>37.176</v>
       </c>
       <c r="D170" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>187</v>
+        <v>171</v>
       </c>
       <c r="C171">
-        <v>41.412</v>
+        <v>37.368</v>
       </c>
       <c r="D171" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>188</v>
+        <v>172</v>
       </c>
       <c r="B172" t="s">
-        <v>189</v>
+        <v>173</v>
       </c>
       <c r="C172">
-        <v>41.928</v>
+        <v>37.38</v>
       </c>
       <c r="D172" t="s">
-        <v>135</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="B173" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="C173">
-        <v>42.0</v>
+        <v>38.364</v>
       </c>
       <c r="D173" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="B174" t="s">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="C174">
-        <v>42.384</v>
+        <v>39.0</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>196</v>
+        <v>180</v>
       </c>
       <c r="B175" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="C175">
-        <v>43.848</v>
+        <v>39.984</v>
       </c>
       <c r="D175" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="B176" t="s">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="C176">
-        <v>45.0</v>
+        <v>40.452</v>
       </c>
       <c r="D176" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="B177" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="C177">
-        <v>46.98</v>
+        <v>40.632</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="B178" t="s">
-        <v>209</v>
+        <v>191</v>
       </c>
       <c r="C178">
-        <v>47.64</v>
+        <v>40.836</v>
       </c>
       <c r="D178" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="B179" t="s">
-        <v>211</v>
+        <v>193</v>
       </c>
       <c r="C179">
-        <v>47.688</v>
+        <v>41.364</v>
       </c>
       <c r="D179" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="B180" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="C180">
-        <v>47.844</v>
+        <v>41.412</v>
       </c>
       <c r="D180" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="B181" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="C181">
-        <v>48.0</v>
+        <v>41.928</v>
       </c>
       <c r="D181" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="B182" t="s">
-        <v>217</v>
+        <v>199</v>
       </c>
       <c r="C182">
-        <v>48.528</v>
+        <v>42.0</v>
       </c>
       <c r="D182" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>218</v>
+        <v>200</v>
       </c>
       <c r="B183" t="s">
-        <v>219</v>
+        <v>201</v>
       </c>
       <c r="C183">
-        <v>48.996</v>
+        <v>42.0</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>220</v>
+        <v>202</v>
       </c>
       <c r="B184" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
       <c r="C184">
-        <v>48.996</v>
+        <v>42.384</v>
       </c>
       <c r="D184" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>222</v>
+        <v>204</v>
       </c>
       <c r="B185" t="s">
-        <v>223</v>
+        <v>205</v>
       </c>
       <c r="C185">
-        <v>49.92</v>
+        <v>42.6</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="B186" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="C186">
-        <v>51.84</v>
+        <v>43.848</v>
       </c>
       <c r="D186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="B187" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="C187">
-        <v>52.152</v>
+        <v>44.148</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="B188" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="C188">
-        <v>52.8</v>
+        <v>45.0</v>
       </c>
       <c r="D188" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="B189" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="C189">
-        <v>52.8</v>
+        <v>45.0</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="B190" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="C190">
-        <v>52.8</v>
+        <v>45.0</v>
       </c>
       <c r="D190" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="B191" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
       <c r="C191">
-        <v>54.6</v>
+        <v>45.096</v>
       </c>
       <c r="D191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="B192" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="C192">
-        <v>54.6</v>
+        <v>45.6</v>
       </c>
       <c r="D192" t="s">
-        <v>9</v>
+        <v>222</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="B193" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="C193">
-        <v>54.984</v>
+        <v>47.376</v>
       </c>
       <c r="D193" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>240</v>
+        <v>225</v>
       </c>
       <c r="B194" t="s">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="C194">
-        <v>54.984</v>
+        <v>47.436</v>
       </c>
       <c r="D194" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>242</v>
+        <v>227</v>
       </c>
       <c r="B195" t="s">
-        <v>243</v>
+        <v>228</v>
       </c>
       <c r="C195">
-        <v>55.2</v>
+        <v>47.64</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>244</v>
+        <v>229</v>
       </c>
       <c r="B196" t="s">
-        <v>245</v>
+        <v>230</v>
       </c>
       <c r="C196">
-        <v>55.344</v>
+        <v>47.688</v>
       </c>
       <c r="D196" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="B197" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
       <c r="C197">
-        <v>56.196</v>
+        <v>47.784</v>
       </c>
       <c r="D197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="B198" t="s">
-        <v>249</v>
+        <v>234</v>
       </c>
       <c r="C198">
-        <v>56.4</v>
+        <v>47.844</v>
       </c>
       <c r="D198" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="B199" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="C199">
-        <v>56.4</v>
+        <v>48.528</v>
       </c>
       <c r="D199" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>252</v>
+        <v>237</v>
       </c>
       <c r="B200" t="s">
-        <v>253</v>
+        <v>238</v>
       </c>
       <c r="C200">
-        <v>57.6</v>
+        <v>48.996</v>
       </c>
       <c r="D200" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>254</v>
+        <v>239</v>
       </c>
       <c r="B201" t="s">
-        <v>255</v>
+        <v>240</v>
       </c>
       <c r="C201">
-        <v>58.344</v>
+        <v>48.996</v>
       </c>
       <c r="D201" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>4</v>
+        <v>69</v>
       </c>
       <c r="B202" t="s">
-        <v>5</v>
+        <v>70</v>
       </c>
       <c r="C202">
-        <v>4.5</v>
+        <v>21.528</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>7</v>
+        <v>91</v>
       </c>
       <c r="B203" t="s">
-        <v>8</v>
+        <v>92</v>
       </c>
       <c r="C203">
-        <v>7.848</v>
+        <v>24.996</v>
       </c>
       <c r="D203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="B204" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="C204">
-        <v>8.184</v>
+        <v>28.584</v>
       </c>
       <c r="D204" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="B205" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="C205">
-        <v>9.948</v>
+        <v>29.988</v>
       </c>
       <c r="D205" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="B206" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="C206">
-        <v>10.104</v>
+        <v>29.988</v>
       </c>
       <c r="D206" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="B207" t="s">
-        <v>20</v>
+        <v>147</v>
       </c>
       <c r="C207">
-        <v>10.668</v>
+        <v>33.0</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>21</v>
+        <v>160</v>
       </c>
       <c r="B208" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="C208">
-        <v>11.352</v>
+        <v>34.992</v>
       </c>
       <c r="D208" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>23</v>
+        <v>178</v>
       </c>
       <c r="B209" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="C209">
-        <v>11.616</v>
+        <v>39.0</v>
       </c>
       <c r="D209" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="B210" t="s">
-        <v>28</v>
+        <v>191</v>
       </c>
       <c r="C210">
-        <v>12.0</v>
+        <v>40.836</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>35</v>
+        <v>192</v>
       </c>
       <c r="B211" t="s">
-        <v>36</v>
+        <v>193</v>
       </c>
       <c r="C211">
-        <v>15.276</v>
+        <v>41.364</v>
       </c>
       <c r="D211" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="B212" t="s">
-        <v>48</v>
+        <v>201</v>
       </c>
       <c r="C212">
-        <v>18.852</v>
+        <v>42.0</v>
       </c>
       <c r="D212" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>51</v>
+        <v>204</v>
       </c>
       <c r="B213" t="s">
-        <v>52</v>
+        <v>205</v>
       </c>
       <c r="C213">
-        <v>19.2</v>
+        <v>42.6</v>
       </c>
       <c r="D213" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>55</v>
+        <v>216</v>
       </c>
       <c r="B214" t="s">
-        <v>56</v>
+        <v>217</v>
       </c>
       <c r="C214">
-        <v>19.8</v>
+        <v>45.0</v>
       </c>
       <c r="D214" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>57</v>
+        <v>241</v>
       </c>
       <c r="B215" t="s">
-        <v>58</v>
+        <v>242</v>
       </c>
       <c r="C215">
-        <v>20.388</v>
+        <v>57.348</v>
       </c>
       <c r="D215" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>59</v>
+        <v>243</v>
       </c>
       <c r="B216" t="s">
-        <v>60</v>
+        <v>244</v>
       </c>
       <c r="C216">
-        <v>20.4</v>
+        <v>58.8</v>
       </c>
       <c r="D216" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>63</v>
+        <v>245</v>
       </c>
       <c r="B217" t="s">
-        <v>64</v>
+        <v>246</v>
       </c>
       <c r="C217">
-        <v>20.652</v>
+        <v>58.992</v>
       </c>
       <c r="D217" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>65</v>
+        <v>247</v>
       </c>
       <c r="B218" t="s">
-        <v>66</v>
+        <v>248</v>
       </c>
       <c r="C218">
-        <v>20.88</v>
+        <v>65.616</v>
       </c>
       <c r="D218" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>67</v>
+        <v>249</v>
       </c>
       <c r="B219" t="s">
-        <v>68</v>
+        <v>250</v>
       </c>
       <c r="C219">
-        <v>21.528</v>
+        <v>67.56</v>
       </c>
       <c r="D219" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>71</v>
+        <v>251</v>
       </c>
       <c r="B220" t="s">
-        <v>72</v>
+        <v>252</v>
       </c>
       <c r="C220">
-        <v>21.672</v>
+        <v>68.736</v>
       </c>
       <c r="D220" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>73</v>
+        <v>253</v>
       </c>
       <c r="B221" t="s">
-        <v>74</v>
+        <v>254</v>
       </c>
       <c r="C221">
-        <v>21.816</v>
+        <v>69.0</v>
       </c>
       <c r="D221" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>77</v>
+        <v>255</v>
       </c>
       <c r="B222" t="s">
-        <v>78</v>
+        <v>256</v>
       </c>
       <c r="C222">
-        <v>22.548</v>
+        <v>69.0</v>
       </c>
       <c r="D222" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>81</v>
+        <v>257</v>
       </c>
       <c r="B223" t="s">
-        <v>82</v>
+        <v>258</v>
       </c>
       <c r="C223">
-        <v>23.16</v>
+        <v>69.0</v>
       </c>
       <c r="D223" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>87</v>
+        <v>259</v>
       </c>
       <c r="B224" t="s">
-        <v>88</v>
+        <v>260</v>
       </c>
       <c r="C224">
-        <v>24.996</v>
+        <v>69.0</v>
       </c>
       <c r="D224" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>89</v>
+        <v>261</v>
       </c>
       <c r="B225" t="s">
-        <v>90</v>
+        <v>262</v>
       </c>
       <c r="C225">
-        <v>24.996</v>
+        <v>72.0</v>
       </c>
       <c r="D225" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>91</v>
+        <v>263</v>
       </c>
       <c r="B226" t="s">
-        <v>92</v>
+        <v>264</v>
       </c>
       <c r="C226">
-        <v>25.212</v>
+        <v>74.4</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>93</v>
+        <v>265</v>
       </c>
       <c r="B227" t="s">
-        <v>94</v>
+        <v>266</v>
       </c>
       <c r="C227">
-        <v>25.44</v>
+        <v>74.988</v>
       </c>
       <c r="D227" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>95</v>
+        <v>267</v>
       </c>
       <c r="B228" t="s">
-        <v>96</v>
+        <v>268</v>
       </c>
       <c r="C228">
-        <v>25.584</v>
+        <v>75.0</v>
       </c>
       <c r="D228" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>99</v>
+        <v>269</v>
       </c>
       <c r="B229" t="s">
-        <v>100</v>
+        <v>270</v>
       </c>
       <c r="C229">
-        <v>26.172</v>
+        <v>75.0</v>
       </c>
       <c r="D229" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>103</v>
+        <v>271</v>
       </c>
       <c r="B230" t="s">
-        <v>104</v>
+        <v>272</v>
       </c>
       <c r="C230">
-        <v>28.14</v>
+        <v>78.996</v>
       </c>
       <c r="D230" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>109</v>
+        <v>273</v>
       </c>
       <c r="B231" t="s">
-        <v>110</v>
+        <v>274</v>
       </c>
       <c r="C231">
-        <v>29.004</v>
+        <v>78.996</v>
       </c>
       <c r="D231" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>111</v>
+        <v>275</v>
       </c>
       <c r="B232" t="s">
-        <v>112</v>
+        <v>276</v>
       </c>
       <c r="C232">
-        <v>29.256</v>
+        <v>88.992</v>
       </c>
       <c r="D232" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>119</v>
+        <v>277</v>
       </c>
       <c r="B233" t="s">
-        <v>120</v>
+        <v>278</v>
       </c>
       <c r="C233">
-        <v>29.868</v>
+        <v>94.8</v>
       </c>
       <c r="D233" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>121</v>
+        <v>279</v>
       </c>
       <c r="B234" t="s">
-        <v>122</v>
+        <v>280</v>
       </c>
       <c r="C234">
-        <v>29.988</v>
+        <v>94.8</v>
       </c>
       <c r="D234" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>123</v>
+        <v>281</v>
       </c>
       <c r="B235" t="s">
-        <v>124</v>
+        <v>282</v>
       </c>
       <c r="C235">
-        <v>29.988</v>
+        <v>96.036</v>
       </c>
       <c r="D235" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>125</v>
+        <v>283</v>
       </c>
       <c r="B236" t="s">
-        <v>126</v>
+        <v>284</v>
       </c>
       <c r="C236">
-        <v>29.988</v>
+        <v>99.0</v>
       </c>
       <c r="D236" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>127</v>
+        <v>285</v>
       </c>
       <c r="B237" t="s">
-        <v>128</v>
+        <v>286</v>
       </c>
       <c r="C237">
-        <v>30.6</v>
+        <v>99.0</v>
       </c>
       <c r="D237" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>133</v>
+        <v>287</v>
       </c>
       <c r="B238" t="s">
-        <v>134</v>
+        <v>288</v>
       </c>
       <c r="C238">
-        <v>31.644</v>
+        <v>99.0</v>
       </c>
       <c r="D238" t="s">
-        <v>135</v>
+        <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>136</v>
+        <v>289</v>
       </c>
       <c r="B239" t="s">
-        <v>137</v>
+        <v>290</v>
       </c>
       <c r="C239">
-        <v>32.424</v>
+        <v>99.984</v>
       </c>
       <c r="D239" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>164</v>
+        <v>291</v>
       </c>
       <c r="B240" t="s">
-        <v>165</v>
+        <v>292</v>
       </c>
       <c r="C240">
-        <v>37.38</v>
+        <v>99.984</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>166</v>
+        <v>293</v>
       </c>
       <c r="B241" t="s">
-        <v>167</v>
+        <v>294</v>
       </c>
       <c r="C241">
-        <v>38.364</v>
+        <v>100.8</v>
       </c>
       <c r="D241" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>170</v>
+        <v>295</v>
       </c>
       <c r="B242" t="s">
-        <v>171</v>
+        <v>296</v>
       </c>
       <c r="C242">
-        <v>39.0</v>
+        <v>100.8</v>
       </c>
       <c r="D242" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>172</v>
+        <v>297</v>
       </c>
       <c r="B243" t="s">
-        <v>173</v>
+        <v>298</v>
       </c>
       <c r="C243">
-        <v>39.984</v>
+        <v>108.984</v>
       </c>
       <c r="D243" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>176</v>
+        <v>299</v>
       </c>
       <c r="B244" t="s">
-        <v>177</v>
+        <v>300</v>
       </c>
       <c r="C244">
-        <v>40.452</v>
+        <v>108.996</v>
       </c>
       <c r="D244" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>182</v>
+        <v>301</v>
       </c>
       <c r="B245" t="s">
-        <v>183</v>
+        <v>302</v>
       </c>
       <c r="C245">
-        <v>40.836</v>
+        <v>108.996</v>
       </c>
       <c r="D245" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>184</v>
+        <v>303</v>
       </c>
       <c r="B246" t="s">
-        <v>185</v>
+        <v>304</v>
       </c>
       <c r="C246">
-        <v>41.364</v>
+        <v>108.996</v>
       </c>
       <c r="D246" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>190</v>
+        <v>305</v>
       </c>
       <c r="B247" t="s">
-        <v>191</v>
+        <v>306</v>
       </c>
       <c r="C247">
-        <v>42.0</v>
+        <v>109.98</v>
       </c>
       <c r="D247" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>192</v>
+        <v>307</v>
       </c>
       <c r="B248" t="s">
-        <v>193</v>
+        <v>308</v>
       </c>
       <c r="C248">
-        <v>42.384</v>
+        <v>121.08</v>
       </c>
       <c r="D248" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>198</v>
+        <v>309</v>
       </c>
       <c r="B249" t="s">
-        <v>199</v>
+        <v>310</v>
       </c>
       <c r="C249">
-        <v>45.0</v>
+        <v>129.0</v>
       </c>
       <c r="D249" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>204</v>
+        <v>311</v>
       </c>
       <c r="B250" t="s">
-        <v>205</v>
+        <v>312</v>
       </c>
       <c r="C250">
-        <v>46.98</v>
+        <v>129.0</v>
       </c>
       <c r="D250" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>210</v>
+        <v>313</v>
       </c>
       <c r="B251" t="s">
-        <v>211</v>
+        <v>314</v>
       </c>
       <c r="C251">
-        <v>47.688</v>
+        <v>132.0</v>
       </c>
       <c r="D251" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>214</v>
+        <v>315</v>
       </c>
       <c r="B252" t="s">
-        <v>215</v>
+        <v>316</v>
       </c>
       <c r="C252">
-        <v>48.0</v>
+        <v>138.996</v>
       </c>
       <c r="D252" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>218</v>
+        <v>317</v>
       </c>
       <c r="B253" t="s">
-        <v>219</v>
+        <v>318</v>
       </c>
       <c r="C253">
-        <v>48.996</v>
+        <v>138.996</v>
       </c>
       <c r="D253" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>220</v>
+        <v>319</v>
       </c>
       <c r="B254" t="s">
-        <v>221</v>
+        <v>320</v>
       </c>
       <c r="C254">
-        <v>48.996</v>
+        <v>138.996</v>
       </c>
       <c r="D254" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>232</v>
+        <v>321</v>
       </c>
       <c r="B255" t="s">
-        <v>233</v>
+        <v>322</v>
       </c>
       <c r="C255">
-        <v>52.8</v>
+        <v>138.996</v>
       </c>
       <c r="D255" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>238</v>
+        <v>323</v>
       </c>
       <c r="B256" t="s">
-        <v>239</v>
+        <v>324</v>
       </c>
       <c r="C256">
-        <v>54.984</v>
+        <v>138.996</v>
       </c>
       <c r="D256" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>240</v>
+        <v>325</v>
       </c>
       <c r="B257" t="s">
-        <v>241</v>
+        <v>326</v>
       </c>
       <c r="C257">
-        <v>54.984</v>
+        <v>139.2</v>
       </c>
       <c r="D257" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="B258" t="s">
-        <v>245</v>
+        <v>328</v>
       </c>
       <c r="C258">
-        <v>55.344</v>
+        <v>150.0</v>
       </c>
       <c r="D258" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>248</v>
+        <v>329</v>
       </c>
       <c r="B259" t="s">
-        <v>249</v>
+        <v>330</v>
       </c>
       <c r="C259">
-        <v>56.4</v>
+        <v>159.0</v>
       </c>
       <c r="D259" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>250</v>
+        <v>331</v>
       </c>
       <c r="B260" t="s">
-        <v>251</v>
+        <v>332</v>
       </c>
       <c r="C260">
-        <v>56.4</v>
+        <v>162.0</v>
       </c>
       <c r="D260" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>252</v>
+        <v>333</v>
       </c>
       <c r="B261" t="s">
-        <v>253</v>
+        <v>334</v>
       </c>
       <c r="C261">
-        <v>57.6</v>
+        <v>168.744</v>
       </c>
       <c r="D261" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>256</v>
+        <v>335</v>
       </c>
       <c r="B262" t="s">
-        <v>257</v>
+        <v>336</v>
       </c>
       <c r="C262">
-        <v>58.992</v>
+        <v>168.984</v>
       </c>
       <c r="D262" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>258</v>
+        <v>337</v>
       </c>
       <c r="B263" t="s">
-        <v>259</v>
+        <v>338</v>
       </c>
       <c r="C263">
-        <v>59.988</v>
+        <v>169.92</v>
       </c>
       <c r="D263" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>260</v>
+        <v>339</v>
       </c>
       <c r="B264" t="s">
-        <v>261</v>
+        <v>340</v>
       </c>
       <c r="C264">
-        <v>60.0</v>
+        <v>178.992</v>
       </c>
       <c r="D264" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>262</v>
+        <v>341</v>
       </c>
       <c r="B265" t="s">
-        <v>263</v>
+        <v>342</v>
       </c>
       <c r="C265">
-        <v>60.768</v>
+        <v>180.72</v>
       </c>
       <c r="D265" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>264</v>
+        <v>343</v>
       </c>
       <c r="B266" t="s">
-        <v>265</v>
+        <v>344</v>
       </c>
       <c r="C266">
-        <v>62.4</v>
+        <v>189.0</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>266</v>
+        <v>345</v>
       </c>
       <c r="B267" t="s">
-        <v>267</v>
+        <v>346</v>
       </c>
       <c r="C267">
-        <v>62.568</v>
+        <v>189.0</v>
       </c>
       <c r="D267" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>268</v>
+        <v>347</v>
       </c>
       <c r="B268" t="s">
-        <v>269</v>
+        <v>348</v>
       </c>
       <c r="C268">
-        <v>63.84</v>
+        <v>189.0</v>
       </c>
       <c r="D268" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>270</v>
+        <v>349</v>
       </c>
       <c r="B269" t="s">
-        <v>271</v>
+        <v>350</v>
       </c>
       <c r="C269">
-        <v>64.992</v>
+        <v>198.996</v>
       </c>
       <c r="D269" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>272</v>
+        <v>351</v>
       </c>
       <c r="B270" t="s">
-        <v>273</v>
+        <v>352</v>
       </c>
       <c r="C270">
-        <v>65.616</v>
+        <v>198.996</v>
       </c>
       <c r="D270" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>274</v>
+        <v>353</v>
       </c>
       <c r="B271" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C271">
-        <v>66.0</v>
+        <v>198.996</v>
       </c>
       <c r="D271" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>276</v>
+        <v>355</v>
       </c>
       <c r="B272" t="s">
-        <v>277</v>
+        <v>356</v>
       </c>
       <c r="C272">
-        <v>67.56</v>
+        <v>198.996</v>
       </c>
       <c r="D272" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>278</v>
+        <v>357</v>
       </c>
       <c r="B273" t="s">
-        <v>279</v>
+        <v>358</v>
       </c>
       <c r="C273">
-        <v>68.736</v>
+        <v>202.8</v>
       </c>
       <c r="D273" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>280</v>
+        <v>359</v>
       </c>
       <c r="B274" t="s">
-        <v>281</v>
+        <v>360</v>
       </c>
       <c r="C274">
-        <v>69.0</v>
+        <v>207.6</v>
       </c>
       <c r="D274" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>282</v>
+        <v>361</v>
       </c>
       <c r="B275" t="s">
-        <v>283</v>
+        <v>362</v>
       </c>
       <c r="C275">
-        <v>69.0</v>
+        <v>219.0</v>
       </c>
       <c r="D275" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>284</v>
+        <v>363</v>
       </c>
       <c r="B276" t="s">
-        <v>285</v>
+        <v>364</v>
       </c>
       <c r="C276">
-        <v>69.0</v>
+        <v>228.996</v>
       </c>
       <c r="D276" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>286</v>
+        <v>365</v>
       </c>
       <c r="B277" t="s">
-        <v>287</v>
+        <v>366</v>
       </c>
       <c r="C277">
-        <v>69.0</v>
+        <v>228.996</v>
       </c>
       <c r="D277" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>288</v>
+        <v>367</v>
       </c>
       <c r="B278" t="s">
-        <v>289</v>
+        <v>368</v>
       </c>
       <c r="C278">
-        <v>69.744</v>
+        <v>258.996</v>
       </c>
       <c r="D278" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>290</v>
+        <v>369</v>
       </c>
       <c r="B279" t="s">
-        <v>291</v>
+        <v>370</v>
       </c>
       <c r="C279">
-        <v>69.972</v>
+        <v>258.996</v>
       </c>
       <c r="D279" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>292</v>
+        <v>371</v>
       </c>
       <c r="B280" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="C280">
-        <v>70.008</v>
+        <v>279.0</v>
       </c>
       <c r="D280" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="B281" t="s">
-        <v>295</v>
+        <v>374</v>
       </c>
       <c r="C281">
-        <v>70.572</v>
+        <v>283.356</v>
       </c>
       <c r="D281" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>296</v>
+        <v>375</v>
       </c>
       <c r="B282" t="s">
-        <v>297</v>
+        <v>376</v>
       </c>
       <c r="C282">
-        <v>70.596</v>
+        <v>299.004</v>
       </c>
       <c r="D282" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>298</v>
+        <v>377</v>
       </c>
       <c r="B283" t="s">
-        <v>299</v>
+        <v>378</v>
       </c>
       <c r="C283">
-        <v>70.836</v>
+        <v>299.004</v>
       </c>
       <c r="D283" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>300</v>
+        <v>379</v>
       </c>
       <c r="B284" t="s">
-        <v>301</v>
+        <v>380</v>
       </c>
       <c r="C284">
-        <v>71.016</v>
+        <v>307.74</v>
       </c>
       <c r="D284" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>302</v>
+        <v>381</v>
       </c>
       <c r="B285" t="s">
-        <v>303</v>
+        <v>382</v>
       </c>
       <c r="C285">
-        <v>71.04</v>
+        <v>318.996</v>
       </c>
       <c r="D285" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>304</v>
+        <v>383</v>
       </c>
       <c r="B286" t="s">
-        <v>305</v>
+        <v>384</v>
       </c>
       <c r="C286">
-        <v>74.4</v>
+        <v>344.988</v>
       </c>
       <c r="D286" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>306</v>
+        <v>385</v>
       </c>
       <c r="B287" t="s">
-        <v>307</v>
+        <v>386</v>
       </c>
       <c r="C287">
-        <v>74.988</v>
+        <v>348.996</v>
       </c>
       <c r="D287" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>308</v>
+        <v>387</v>
       </c>
       <c r="B288" t="s">
-        <v>309</v>
+        <v>388</v>
       </c>
       <c r="C288">
-        <v>75.0</v>
+        <v>358.992</v>
       </c>
       <c r="D288" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>310</v>
+        <v>389</v>
       </c>
       <c r="B289" t="s">
-        <v>311</v>
+        <v>390</v>
       </c>
       <c r="C289">
-        <v>75.012</v>
+        <v>358.992</v>
       </c>
       <c r="D289" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>312</v>
+        <v>391</v>
       </c>
       <c r="B290" t="s">
-        <v>313</v>
+        <v>392</v>
       </c>
       <c r="C290">
-        <v>78.984</v>
+        <v>399.0</v>
       </c>
       <c r="D290" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>314</v>
+        <v>393</v>
       </c>
       <c r="B291" t="s">
-        <v>315</v>
+        <v>394</v>
       </c>
       <c r="C291">
-        <v>79.2</v>
+        <v>399.0</v>
       </c>
       <c r="D291" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>316</v>
+        <v>395</v>
       </c>
       <c r="B292" t="s">
-        <v>317</v>
+        <v>396</v>
       </c>
       <c r="C292">
-        <v>79.356</v>
+        <v>450.192</v>
       </c>
       <c r="D292" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>318</v>
+        <v>397</v>
       </c>
       <c r="B293" t="s">
-        <v>319</v>
+        <v>398</v>
       </c>
       <c r="C293">
-        <v>79.884</v>
+        <v>459.0</v>
       </c>
       <c r="D293" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>320</v>
+        <v>399</v>
       </c>
       <c r="B294" t="s">
-        <v>321</v>
+        <v>400</v>
       </c>
       <c r="C294">
-        <v>79.956</v>
+        <v>509.004</v>
       </c>
       <c r="D294" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>322</v>
+        <v>401</v>
       </c>
       <c r="B295" t="s">
-        <v>323</v>
+        <v>402</v>
       </c>
       <c r="C295">
-        <v>81.0</v>
+        <v>588.996</v>
       </c>
       <c r="D295" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>324</v>
+        <v>403</v>
       </c>
       <c r="B296" t="s">
-        <v>325</v>
+        <v>404</v>
       </c>
       <c r="C296">
-        <v>82.8</v>
+        <v>594.0</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>326</v>
+        <v>405</v>
       </c>
       <c r="B297" t="s">
-        <v>327</v>
+        <v>406</v>
       </c>
       <c r="C297">
-        <v>82.8</v>
+        <v>648.996</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>328</v>
+        <v>407</v>
       </c>
       <c r="B298" t="s">
-        <v>329</v>
+        <v>408</v>
       </c>
       <c r="C298">
-        <v>83.04</v>
+        <v>648.996</v>
       </c>
       <c r="D298" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>330</v>
+        <v>409</v>
       </c>
       <c r="B299" t="s">
-        <v>331</v>
+        <v>410</v>
       </c>
       <c r="C299">
-        <v>83.724</v>
+        <v>689.004</v>
       </c>
       <c r="D299" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>332</v>
+        <v>411</v>
       </c>
       <c r="B300" t="s">
-        <v>333</v>
+        <v>412</v>
       </c>
       <c r="C300">
-        <v>87.3</v>
+        <v>789.0</v>
       </c>
       <c r="D300" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>334</v>
+        <v>413</v>
       </c>
       <c r="B301" t="s">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="C301">
-        <v>87.348</v>
+        <v>819.0</v>
       </c>
       <c r="D301" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B302" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C302">
         <v>21.528</v>
       </c>
       <c r="D302" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B303" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C303">
         <v>24.996</v>
       </c>
       <c r="D303" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B304" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C304">
-        <v>28.14</v>
+        <v>28.584</v>
       </c>
       <c r="D304" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B305" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C305">
         <v>29.988</v>
       </c>
       <c r="D305" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B306" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C306">
         <v>29.988</v>
       </c>
       <c r="D306" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>170</v>
+        <v>146</v>
       </c>
       <c r="B307" t="s">
-        <v>171</v>
+        <v>147</v>
       </c>
       <c r="C307">
-        <v>39.0</v>
+        <v>33.0</v>
       </c>
       <c r="D307" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="B308" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="C308">
-        <v>40.836</v>
+        <v>34.992</v>
       </c>
       <c r="D308" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="B309" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C309">
-        <v>41.364</v>
+        <v>39.0</v>
       </c>
       <c r="D309" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
         <v>190</v>
       </c>
       <c r="B310" t="s">
         <v>191</v>
       </c>
       <c r="C310">
-        <v>42.0</v>
+        <v>40.836</v>
       </c>
       <c r="D310" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B311" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="C311">
-        <v>45.0</v>
+        <v>41.364</v>
       </c>
       <c r="D311" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B312" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C312">
-        <v>46.98</v>
+        <v>42.0</v>
       </c>
       <c r="D312" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B313" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="C313">
-        <v>47.688</v>
+        <v>42.6</v>
       </c>
       <c r="D313" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B314" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C314">
-        <v>48.996</v>
+        <v>45.0</v>
       </c>
       <c r="D314" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>272</v>
+        <v>241</v>
       </c>
       <c r="B315" t="s">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="C315">
-        <v>65.616</v>
+        <v>57.348</v>
       </c>
       <c r="D315" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>274</v>
+        <v>243</v>
       </c>
       <c r="B316" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="C316">
-        <v>66.0</v>
+        <v>58.8</v>
       </c>
       <c r="D316" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>276</v>
+        <v>245</v>
       </c>
       <c r="B317" t="s">
-        <v>277</v>
+        <v>246</v>
       </c>
       <c r="C317">
-        <v>67.56</v>
+        <v>58.992</v>
       </c>
       <c r="D317" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>278</v>
+        <v>247</v>
       </c>
       <c r="B318" t="s">
-        <v>279</v>
+        <v>248</v>
       </c>
       <c r="C318">
-        <v>68.736</v>
+        <v>65.616</v>
       </c>
       <c r="D318" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>282</v>
+        <v>249</v>
       </c>
       <c r="B319" t="s">
-        <v>283</v>
+        <v>250</v>
       </c>
       <c r="C319">
-        <v>69.0</v>
+        <v>67.56</v>
       </c>
       <c r="D319" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>284</v>
+        <v>251</v>
       </c>
       <c r="B320" t="s">
-        <v>285</v>
+        <v>252</v>
       </c>
       <c r="C320">
-        <v>69.0</v>
+        <v>68.736</v>
       </c>
       <c r="D320" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>286</v>
+        <v>253</v>
       </c>
       <c r="B321" t="s">
-        <v>287</v>
+        <v>254</v>
       </c>
       <c r="C321">
         <v>69.0</v>
       </c>
       <c r="D321" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>288</v>
+        <v>255</v>
       </c>
       <c r="B322" t="s">
-        <v>289</v>
+        <v>256</v>
       </c>
       <c r="C322">
-        <v>69.744</v>
+        <v>69.0</v>
       </c>
       <c r="D322" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>290</v>
+        <v>257</v>
       </c>
       <c r="B323" t="s">
-        <v>291</v>
+        <v>258</v>
       </c>
       <c r="C323">
-        <v>69.972</v>
+        <v>69.0</v>
       </c>
       <c r="D323" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>306</v>
+        <v>259</v>
       </c>
       <c r="B324" t="s">
-        <v>307</v>
+        <v>260</v>
       </c>
       <c r="C324">
-        <v>74.988</v>
+        <v>69.0</v>
       </c>
       <c r="D324" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>318</v>
+        <v>261</v>
       </c>
       <c r="B325" t="s">
-        <v>319</v>
+        <v>262</v>
       </c>
       <c r="C325">
-        <v>79.884</v>
+        <v>72.0</v>
       </c>
       <c r="D325" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>326</v>
+        <v>263</v>
       </c>
       <c r="B326" t="s">
-        <v>327</v>
+        <v>264</v>
       </c>
       <c r="C326">
-        <v>82.8</v>
+        <v>74.4</v>
       </c>
       <c r="D326" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>332</v>
+        <v>265</v>
       </c>
       <c r="B327" t="s">
-        <v>333</v>
+        <v>266</v>
       </c>
       <c r="C327">
-        <v>87.3</v>
+        <v>74.988</v>
       </c>
       <c r="D327" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>336</v>
+        <v>267</v>
       </c>
       <c r="B328" t="s">
-        <v>337</v>
+        <v>268</v>
       </c>
       <c r="C328">
-        <v>88.992</v>
+        <v>75.0</v>
       </c>
       <c r="D328" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>338</v>
+        <v>269</v>
       </c>
       <c r="B329" t="s">
-        <v>339</v>
+        <v>270</v>
       </c>
       <c r="C329">
-        <v>96.036</v>
+        <v>75.0</v>
       </c>
       <c r="D329" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>340</v>
+        <v>271</v>
       </c>
       <c r="B330" t="s">
-        <v>341</v>
+        <v>272</v>
       </c>
       <c r="C330">
-        <v>96.852</v>
+        <v>78.996</v>
       </c>
       <c r="D330" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>342</v>
+        <v>273</v>
       </c>
       <c r="B331" t="s">
-        <v>343</v>
+        <v>274</v>
       </c>
       <c r="C331">
-        <v>98.4</v>
+        <v>78.996</v>
       </c>
       <c r="D331" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>344</v>
+        <v>275</v>
       </c>
       <c r="B332" t="s">
-        <v>345</v>
+        <v>276</v>
       </c>
       <c r="C332">
-        <v>99.0</v>
+        <v>88.992</v>
       </c>
       <c r="D332" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>346</v>
+        <v>277</v>
       </c>
       <c r="B333" t="s">
-        <v>347</v>
+        <v>278</v>
       </c>
       <c r="C333">
-        <v>99.0</v>
+        <v>94.8</v>
       </c>
       <c r="D333" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>348</v>
+        <v>279</v>
       </c>
       <c r="B334" t="s">
-        <v>349</v>
+        <v>280</v>
       </c>
       <c r="C334">
-        <v>99.0</v>
+        <v>94.8</v>
       </c>
       <c r="D334" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>350</v>
+        <v>281</v>
       </c>
       <c r="B335" t="s">
-        <v>351</v>
+        <v>282</v>
       </c>
       <c r="C335">
-        <v>99.0</v>
+        <v>96.036</v>
       </c>
       <c r="D335" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>352</v>
+        <v>283</v>
       </c>
       <c r="B336" t="s">
-        <v>353</v>
+        <v>284</v>
       </c>
       <c r="C336">
         <v>99.0</v>
       </c>
       <c r="D336" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>354</v>
+        <v>285</v>
       </c>
       <c r="B337" t="s">
-        <v>355</v>
+        <v>286</v>
       </c>
       <c r="C337">
-        <v>100.8</v>
+        <v>99.0</v>
       </c>
       <c r="D337" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>356</v>
+        <v>287</v>
       </c>
       <c r="B338" t="s">
-        <v>357</v>
+        <v>288</v>
       </c>
       <c r="C338">
-        <v>106.8</v>
+        <v>99.0</v>
       </c>
       <c r="D338" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>358</v>
+        <v>289</v>
       </c>
       <c r="B339" t="s">
-        <v>359</v>
+        <v>290</v>
       </c>
       <c r="C339">
-        <v>108.984</v>
+        <v>99.984</v>
       </c>
       <c r="D339" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>360</v>
+        <v>291</v>
       </c>
       <c r="B340" t="s">
-        <v>361</v>
+        <v>292</v>
       </c>
       <c r="C340">
-        <v>108.996</v>
+        <v>99.984</v>
       </c>
       <c r="D340" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>362</v>
+        <v>293</v>
       </c>
       <c r="B341" t="s">
-        <v>363</v>
+        <v>294</v>
       </c>
       <c r="C341">
-        <v>108.996</v>
+        <v>100.8</v>
       </c>
       <c r="D341" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>364</v>
+        <v>295</v>
       </c>
       <c r="B342" t="s">
-        <v>365</v>
+        <v>296</v>
       </c>
       <c r="C342">
-        <v>116.928</v>
+        <v>100.8</v>
       </c>
       <c r="D342" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>366</v>
+        <v>297</v>
       </c>
       <c r="B343" t="s">
-        <v>367</v>
+        <v>298</v>
       </c>
       <c r="C343">
-        <v>118.992</v>
+        <v>108.984</v>
       </c>
       <c r="D343" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>368</v>
+        <v>299</v>
       </c>
       <c r="B344" t="s">
-        <v>369</v>
+        <v>300</v>
       </c>
       <c r="C344">
-        <v>118.992</v>
+        <v>108.996</v>
       </c>
       <c r="D344" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>370</v>
+        <v>301</v>
       </c>
       <c r="B345" t="s">
-        <v>371</v>
+        <v>302</v>
       </c>
       <c r="C345">
-        <v>118.992</v>
+        <v>108.996</v>
       </c>
       <c r="D345" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>372</v>
+        <v>303</v>
       </c>
       <c r="B346" t="s">
-        <v>373</v>
+        <v>304</v>
       </c>
       <c r="C346">
-        <v>121.08</v>
+        <v>108.996</v>
       </c>
       <c r="D346" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>374</v>
+        <v>305</v>
       </c>
       <c r="B347" t="s">
-        <v>375</v>
+        <v>306</v>
       </c>
       <c r="C347">
-        <v>123.036</v>
+        <v>109.98</v>
       </c>
       <c r="D347" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>376</v>
+        <v>307</v>
       </c>
       <c r="B348" t="s">
-        <v>377</v>
+        <v>308</v>
       </c>
       <c r="C348">
-        <v>129.0</v>
+        <v>121.08</v>
       </c>
       <c r="D348" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>378</v>
+        <v>309</v>
       </c>
       <c r="B349" t="s">
-        <v>379</v>
+        <v>310</v>
       </c>
       <c r="C349">
         <v>129.0</v>
       </c>
       <c r="D349" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>380</v>
+        <v>311</v>
       </c>
       <c r="B350" t="s">
-        <v>381</v>
+        <v>312</v>
       </c>
       <c r="C350">
-        <v>134.424</v>
+        <v>129.0</v>
       </c>
       <c r="D350" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>382</v>
+        <v>313</v>
       </c>
       <c r="B351" t="s">
-        <v>383</v>
+        <v>314</v>
       </c>
       <c r="C351">
-        <v>135.0</v>
+        <v>132.0</v>
       </c>
       <c r="D351" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>384</v>
+        <v>317</v>
       </c>
       <c r="B352" t="s">
-        <v>385</v>
+        <v>318</v>
       </c>
       <c r="C352">
-        <v>138.0</v>
+        <v>138.996</v>
       </c>
       <c r="D352" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>386</v>
+        <v>319</v>
       </c>
       <c r="B353" t="s">
-        <v>387</v>
+        <v>320</v>
       </c>
       <c r="C353">
         <v>138.996</v>
       </c>
       <c r="D353" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>388</v>
+        <v>321</v>
       </c>
       <c r="B354" t="s">
-        <v>389</v>
+        <v>322</v>
       </c>
       <c r="C354">
         <v>138.996</v>
       </c>
       <c r="D354" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>390</v>
+        <v>323</v>
       </c>
       <c r="B355" t="s">
-        <v>391</v>
+        <v>324</v>
       </c>
       <c r="C355">
         <v>138.996</v>
       </c>
       <c r="D355" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>392</v>
+        <v>325</v>
       </c>
       <c r="B356" t="s">
-        <v>393</v>
+        <v>326</v>
       </c>
       <c r="C356">
-        <v>138.996</v>
+        <v>139.2</v>
       </c>
       <c r="D356" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>394</v>
+        <v>327</v>
       </c>
       <c r="B357" t="s">
-        <v>395</v>
+        <v>328</v>
       </c>
       <c r="C357">
-        <v>138.996</v>
+        <v>150.0</v>
       </c>
       <c r="D357" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>396</v>
+        <v>331</v>
       </c>
       <c r="B358" t="s">
-        <v>397</v>
+        <v>332</v>
       </c>
       <c r="C358">
-        <v>138.996</v>
+        <v>162.0</v>
       </c>
       <c r="D358" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>398</v>
+        <v>333</v>
       </c>
       <c r="B359" t="s">
-        <v>399</v>
+        <v>334</v>
       </c>
       <c r="C359">
-        <v>138.996</v>
+        <v>168.744</v>
       </c>
       <c r="D359" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>400</v>
+        <v>335</v>
       </c>
       <c r="B360" t="s">
-        <v>401</v>
+        <v>336</v>
       </c>
       <c r="C360">
-        <v>150.0</v>
+        <v>168.984</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>402</v>
+        <v>337</v>
       </c>
       <c r="B361" t="s">
-        <v>403</v>
+        <v>338</v>
       </c>
       <c r="C361">
-        <v>159.0</v>
+        <v>169.92</v>
       </c>
       <c r="D361" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>404</v>
+        <v>339</v>
       </c>
       <c r="B362" t="s">
-        <v>405</v>
+        <v>340</v>
       </c>
       <c r="C362">
-        <v>159.0</v>
+        <v>178.992</v>
       </c>
       <c r="D362" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>406</v>
+        <v>341</v>
       </c>
       <c r="B363" t="s">
-        <v>407</v>
+        <v>342</v>
       </c>
       <c r="C363">
-        <v>159.0</v>
+        <v>180.72</v>
       </c>
       <c r="D363" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>408</v>
+        <v>347</v>
       </c>
       <c r="B364" t="s">
-        <v>409</v>
+        <v>348</v>
       </c>
       <c r="C364">
-        <v>159.0</v>
+        <v>189.0</v>
       </c>
       <c r="D364" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>410</v>
+        <v>349</v>
       </c>
       <c r="B365" t="s">
-        <v>411</v>
+        <v>350</v>
       </c>
       <c r="C365">
-        <v>162.0</v>
+        <v>198.996</v>
       </c>
       <c r="D365" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>412</v>
+        <v>351</v>
       </c>
       <c r="B366" t="s">
-        <v>413</v>
+        <v>352</v>
       </c>
       <c r="C366">
-        <v>168.744</v>
+        <v>198.996</v>
       </c>
       <c r="D366" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>414</v>
+        <v>353</v>
       </c>
       <c r="B367" t="s">
-        <v>415</v>
+        <v>354</v>
       </c>
       <c r="C367">
-        <v>168.984</v>
+        <v>198.996</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>416</v>
+        <v>355</v>
       </c>
       <c r="B368" t="s">
-        <v>417</v>
+        <v>356</v>
       </c>
       <c r="C368">
-        <v>168.996</v>
+        <v>198.996</v>
       </c>
       <c r="D368" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>418</v>
+        <v>357</v>
       </c>
       <c r="B369" t="s">
-        <v>419</v>
+        <v>358</v>
       </c>
       <c r="C369">
-        <v>169.92</v>
+        <v>202.8</v>
       </c>
       <c r="D369" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>420</v>
+        <v>359</v>
       </c>
       <c r="B370" t="s">
-        <v>421</v>
+        <v>360</v>
       </c>
       <c r="C370">
-        <v>178.992</v>
+        <v>207.6</v>
       </c>
       <c r="D370" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>422</v>
+        <v>361</v>
       </c>
       <c r="B371" t="s">
-        <v>423</v>
+        <v>362</v>
       </c>
       <c r="C371">
-        <v>178.992</v>
+        <v>219.0</v>
       </c>
       <c r="D371" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>424</v>
+        <v>363</v>
       </c>
       <c r="B372" t="s">
-        <v>425</v>
+        <v>364</v>
       </c>
       <c r="C372">
-        <v>180.72</v>
+        <v>228.996</v>
       </c>
       <c r="D372" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>426</v>
+        <v>365</v>
       </c>
       <c r="B373" t="s">
-        <v>427</v>
+        <v>366</v>
       </c>
       <c r="C373">
-        <v>189.0</v>
+        <v>228.996</v>
       </c>
       <c r="D373" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>428</v>
+        <v>369</v>
       </c>
       <c r="B374" t="s">
-        <v>429</v>
+        <v>370</v>
       </c>
       <c r="C374">
-        <v>189.0</v>
+        <v>258.996</v>
       </c>
       <c r="D374" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>430</v>
+        <v>371</v>
       </c>
       <c r="B375" t="s">
-        <v>431</v>
+        <v>372</v>
       </c>
       <c r="C375">
-        <v>189.0</v>
+        <v>279.0</v>
       </c>
       <c r="D375" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>432</v>
+        <v>373</v>
       </c>
       <c r="B376" t="s">
-        <v>433</v>
+        <v>374</v>
       </c>
       <c r="C376">
-        <v>189.228</v>
+        <v>283.356</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>434</v>
+        <v>379</v>
       </c>
       <c r="B377" t="s">
-        <v>435</v>
+        <v>380</v>
       </c>
       <c r="C377">
-        <v>198.996</v>
+        <v>307.74</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>436</v>
+        <v>383</v>
       </c>
       <c r="B378" t="s">
-        <v>437</v>
+        <v>384</v>
       </c>
       <c r="C378">
-        <v>198.996</v>
+        <v>344.988</v>
       </c>
       <c r="D378" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>438</v>
+        <v>385</v>
       </c>
       <c r="B379" t="s">
-        <v>439</v>
+        <v>386</v>
       </c>
       <c r="C379">
-        <v>202.8</v>
+        <v>348.996</v>
       </c>
       <c r="D379" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>440</v>
+        <v>387</v>
       </c>
       <c r="B380" t="s">
-        <v>441</v>
+        <v>388</v>
       </c>
       <c r="C380">
-        <v>207.6</v>
+        <v>358.992</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>442</v>
+        <v>389</v>
       </c>
       <c r="B381" t="s">
-        <v>443</v>
+        <v>390</v>
       </c>
       <c r="C381">
-        <v>209.232</v>
+        <v>358.992</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>444</v>
+        <v>391</v>
       </c>
       <c r="B382" t="s">
-        <v>445</v>
+        <v>392</v>
       </c>
       <c r="C382">
-        <v>219.0</v>
+        <v>399.0</v>
       </c>
       <c r="D382" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>446</v>
+        <v>393</v>
       </c>
       <c r="B383" t="s">
-        <v>447</v>
+        <v>394</v>
       </c>
       <c r="C383">
-        <v>225.72</v>
+        <v>399.0</v>
       </c>
       <c r="D383" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>448</v>
+        <v>395</v>
       </c>
       <c r="B384" t="s">
-        <v>449</v>
+        <v>396</v>
       </c>
       <c r="C384">
-        <v>228.996</v>
+        <v>450.192</v>
       </c>
       <c r="D384" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>450</v>
+        <v>397</v>
       </c>
       <c r="B385" t="s">
-        <v>451</v>
+        <v>398</v>
       </c>
       <c r="C385">
-        <v>228.996</v>
+        <v>459.0</v>
       </c>
       <c r="D385" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>452</v>
+        <v>403</v>
       </c>
       <c r="B386" t="s">
-        <v>453</v>
+        <v>404</v>
       </c>
       <c r="C386">
-        <v>230.58</v>
+        <v>594.0</v>
       </c>
       <c r="D386" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>454</v>
+        <v>407</v>
       </c>
       <c r="B387" t="s">
-        <v>455</v>
+        <v>408</v>
       </c>
       <c r="C387">
-        <v>238.992</v>
+        <v>648.996</v>
       </c>
       <c r="D387" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="B388" t="s">
-        <v>457</v>
+        <v>412</v>
       </c>
       <c r="C388">
-        <v>258.996</v>
+        <v>789.0</v>
       </c>
       <c r="D388" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>458</v>
+        <v>415</v>
       </c>
       <c r="B389" t="s">
-        <v>459</v>
+        <v>416</v>
       </c>
       <c r="C389">
-        <v>258.996</v>
+        <v>922.968</v>
       </c>
       <c r="D389" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>460</v>
+        <v>417</v>
       </c>
       <c r="B390" t="s">
-        <v>461</v>
+        <v>418</v>
       </c>
       <c r="C390">
-        <v>268.992</v>
+        <v>999.0</v>
       </c>
       <c r="D390" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>462</v>
+        <v>419</v>
       </c>
       <c r="B391" t="s">
-        <v>463</v>
+        <v>420</v>
       </c>
       <c r="C391">
-        <v>279.0</v>
+        <v>1599.0</v>
       </c>
       <c r="D391" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>464</v>
+        <v>421</v>
       </c>
       <c r="B392" t="s">
-        <v>465</v>
+        <v>422</v>
       </c>
       <c r="C392">
-        <v>279.0</v>
+        <v>1778.148</v>
       </c>
       <c r="D392" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>466</v>
+        <v>423</v>
       </c>
       <c r="B393" t="s">
-        <v>467</v>
+        <v>424</v>
       </c>
       <c r="C393">
-        <v>294.0</v>
+        <v>2579.16</v>
       </c>
       <c r="D393" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>468</v>
+        <v>425</v>
       </c>
       <c r="B394" t="s">
-        <v>469</v>
+        <v>426</v>
       </c>
       <c r="C394">
-        <v>299.004</v>
+        <v>2604.696</v>
       </c>
       <c r="D394" t="s">
-        <v>9</v>
-[...811 lines deleted...]
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D453"/>
+  <autoFilter ref="A1:D395"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>