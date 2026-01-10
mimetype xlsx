--- v2 (2025-12-14)
+++ v3 (2026-01-10)
@@ -7,152 +7,146 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$395</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$358</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Kolink Cable Ties, 100 mm x 2.5mm, 100 pieces, self-securing, black</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Velcro Hook and Loop Cable Ties - 10 Pack, 150mm, Black </t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-287</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Hama Cable Tie, 4.8 x 200 mm, 221000</t>
+  </si>
+  <si>
+    <t>HAMA-221000</t>
+  </si>
+  <si>
+    <t>Hama Hook and Loop Strap Two-Sided, Universal, 1.9 x 100 cm, 221007</t>
+  </si>
+  <si>
+    <t>HAMA-221007</t>
+  </si>
+  <si>
+    <t>MikroTik Low cost Passive POE Base Unit</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CABL-RBPOE</t>
+  </si>
+  <si>
+    <t>Delock Heat shrink tube box 100 pieces assorted colours</t>
+  </si>
+  <si>
+    <t>DELOCK-86264</t>
+  </si>
+  <si>
+    <t>Hama Flexible Spiral Cable Conduit, Universal, 7.5 - 30 mm, 2.5 m, 220994</t>
+  </si>
+  <si>
+    <t>HAMA-220994</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-PE10</t>
+  </si>
+  <si>
+    <t>Hama Cable Tie Set, 2.5 x 100 / 150 / 200 mm, 150 Pcs, 221002</t>
+  </si>
+  <si>
+    <t>HAMA-221002</t>
+  </si>
+  <si>
+    <t>MikroTik Gigabit PoE injector</t>
+  </si>
+  <si>
+    <t>MIKROTIK-INJEC-RBGPOE</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t xml:space="preserve">Velcro Hook and Loop Cable Ties - 10 Pack, 150mm, Black </t>
-[...58 lines deleted...]
-  <si>
     <t>Hama Cable Ties, 200 mm x 4.5mm, 100 pieces, self-securing, black</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-286</t>
   </si>
   <si>
-    <t>Ethernet Adapter ESTILLO 10/100 PCI Realtek 8139D PCI</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch Cudy FS105, 5-Port 10/100 Mbps RJ 45</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS105</t>
   </si>
   <si>
     <t>Mini adapter Bluetooth USB ESTILLO, USB 2.0</t>
   </si>
   <si>
     <t>EST-MINI-BLUETOTH</t>
   </si>
   <si>
     <t>Switch D-Link GO-SW-5E/E 5-port 10/100</t>
   </si>
   <si>
     <t>D-LINK-GO-SW-5E-E</t>
   </si>
   <si>
     <t>Switch D-Link DES-1005D/E,5 -port 10/100, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DES-1005D</t>
   </si>
   <si>
     <t>Switch Cudy FS108, 8-Port 10/100 Mbps RJ 45</t>
@@ -241,92 +235,86 @@
   <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 25 mm, 2 m, 220998</t>
   </si>
   <si>
     <t>HAMA-220998</t>
   </si>
   <si>
     <t>Wireless Adapter TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN781ND</t>
   </si>
   <si>
     <t>Ethernet Adapter Tp-Link UE200 USB 2.0 - LAN 10/100</t>
   </si>
   <si>
     <t>TP-TL-UE200</t>
   </si>
   <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 20 mm, 2.5 m, 220996</t>
   </si>
   <si>
     <t>HAMA-220996</t>
   </si>
   <si>
+    <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE200</t>
+  </si>
+  <si>
     <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
   </si>
   <si>
     <t>TP-TG-3468</t>
   </si>
   <si>
-    <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Cable Duct, Self-adhesive, Semicircular, 100 x 7 x 2.1 cm, 220894</t>
   </si>
   <si>
     <t>HAMA-220984</t>
   </si>
   <si>
     <t>Wireless Adapter TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN722N</t>
   </si>
   <si>
     <t>Hama Bluetooth® USB Adapter, Version 5.0 C2 + EDR</t>
   </si>
   <si>
     <t>HAMA-53312</t>
   </si>
   <si>
     <t>Wireless  N USB Nano Adapter</t>
   </si>
   <si>
     <t>D-LINK-DWA-131</t>
   </si>
   <si>
-    <t>USB-C to LAN Adapter, Type C to RJ45 Ethernet Network 10/100 Mbps</t>
-[...4 lines deleted...]
-  <si>
     <t>Keychron USB Bluetooth Adapter for Windows PC</t>
   </si>
   <si>
     <t>KEYCHRON-USB-BT-1</t>
   </si>
   <si>
     <t>Wireless Adapter TP-Link UB500 Plus Bluetooth 5.3 USB</t>
   </si>
   <si>
     <t>TP-TL-BT-UB500-PLUS</t>
   </si>
   <si>
     <t>Ethernet Adapter Tp-Link UE300 USB 2.0 - LAN 1000 Mbps</t>
   </si>
   <si>
     <t>TP-TL-UE300</t>
   </si>
   <si>
     <t>Wireless Adapter TP-LINK Archer T2U Nano, Dual band, USB</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2U-NANO</t>
   </si>
   <si>
     <t>Wireless Nano Adapter Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Antenna Gain 2dBi</t>
@@ -349,50 +337,56 @@
   <si>
     <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-EU-4208</t>
   </si>
   <si>
     <t>Switch ZYXEL GS-105B v5, 5 Ports, Gigabit, Metal housing</t>
   </si>
   <si>
     <t>ZYXEL-GS-105B-V5</t>
   </si>
   <si>
     <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
   </si>
   <si>
     <t>EDIM-EN-9260TX-E</t>
   </si>
   <si>
     <t>Wireless router Cudy WR300 N300 802.11b/g/n, 300Mbps/ 2.4GHz, 4 x 10/100Mbp, 2 x 5dBi fixed antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR300</t>
   </si>
   <si>
+    <t>Wireless Adapter TP-LINK Archer T2U, AC600, Dual band, USB, built-in antenna</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
   </si>
   <si>
     <t>TP-TL-UE306</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-3308P, 8 Ports, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-ES-3308P</t>
   </si>
   <si>
     <t>Wireless Router TP-LINK TL-WR820N 300Mbps, 5dB antennas</t>
   </si>
   <si>
     <t>TP-TL-WR820N</t>
   </si>
   <si>
     <t>Wireless Mini Adapter EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7722UTN-V3</t>
   </si>
   <si>
     <t>Hama Magnetic Cable Duct, 90 cm, for Wall Mounting, black</t>
@@ -490,74 +484,62 @@
   <si>
     <t>Wireless Router TP-LINK TL-WR844N 300Mbps, 5dB antennas</t>
   </si>
   <si>
     <t>TP-TL-WR844N</t>
   </si>
   <si>
     <t>Wireless Router TP-LINK TL-WR840N, 300Mbps</t>
   </si>
   <si>
     <t>TP-TL-WR840N</t>
   </si>
   <si>
     <t>Switch D-Link DGS-1005D/E, 5 ports, 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DGS-1005D-E</t>
   </si>
   <si>
     <t>Wireless Adapter TP-LINK Archer T3U, AC 1300 MU-MIMO, Dual band, USB 3.0, built-in antenna</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T3U</t>
   </si>
   <si>
-    <t>Wireless Adapter TP-LINK Archer T2U, AC600, Dual band, USB, built-in antenna</t>
-[...4 lines deleted...]
-  <si>
     <t>Temperature and humidity sensor TP-Link Tapo T310, WiFi</t>
   </si>
   <si>
     <t>TP-TL-TAPO-T310</t>
   </si>
   <si>
     <t>Switch ZyXEL GS-1200-5, 5 Ports, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5</t>
   </si>
   <si>
-    <t>PoE Extender Edimax GP-101ET , Gigabit, up to 100m</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethernet Adapter Edimax EU-4306,USB 3.0,Gigabit Ethernet</t>
   </si>
   <si>
     <t>EDIM-EU-4306</t>
   </si>
   <si>
     <t>5-Port Gigabit Desktop Switch GS-1005E</t>
   </si>
   <si>
     <t>EDIM-GS-1005E</t>
   </si>
   <si>
     <t>USB 3.1 Type C USB-C To RJ45 Lan Network Gigabit Ethernet Adapter 10/100/1000Mbps</t>
   </si>
   <si>
     <t>EST-USBC-10-100-1000LAN</t>
   </si>
   <si>
     <t>SFP Module Mikrotik S-85DLC05D, 1.25G, 550m</t>
   </si>
   <si>
     <t>MIKROTIK-S-85DLC05D</t>
   </si>
   <si>
     <t>Adapter Bluetooth Delock 61024 version 5.0</t>
@@ -574,485 +556,458 @@
   <si>
     <t>ASUS USB-BT540 Bluetooth 5.4 USB Adapter</t>
   </si>
   <si>
     <t>ASUS-USB-BT540</t>
   </si>
   <si>
     <t>Switch Cudy 8-Port Gigabit Desktop Switch GS108D</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS108D</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-5500G V3, 5 Ports, Gigabit</t>
   </si>
   <si>
     <t>EDIM-ES-5500G</t>
   </si>
   <si>
     <t>Delock SFP Module 1000Base-LX SM 1310 nm</t>
   </si>
   <si>
     <t>DELOCK-86187</t>
   </si>
   <si>
+    <t>Switch D-Link DES-105/E 5-port 10/100 Metal Housing Desktop Switch</t>
+  </si>
+  <si>
+    <t>D-LINK-DES-105-E</t>
+  </si>
+  <si>
+    <t>5.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5205UP</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
+  </si>
+  <si>
+    <t>INTEL-LAN-WIFI6E-AX211</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ESTILLO USB 3.0 - LAN 10/100/1000</t>
+  </si>
+  <si>
+    <t>EST-USB-10-100-1000LAN</t>
+  </si>
+  <si>
+    <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUE130</t>
+  </si>
+  <si>
+    <t>Ubiquiti U-POE-AT - Gigabit PoE Injector, 802.3at, 30W</t>
+  </si>
+  <si>
+    <t>UBIQUITI-U-POE-AT</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS108 8-Port Gigabit Desktop Switch</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS108</t>
+  </si>
+  <si>
+    <t>Hama Metal Cable Duct, Magnetic, 90 x 5.6 x 1.6 cm, black</t>
+  </si>
+  <si>
+    <t>HAMA-220992</t>
+  </si>
+  <si>
     <t>Switch ZYXEL GS-108B v3, 8 Ports, Gigabit, Metal housing</t>
   </si>
   <si>
     <t>ZYXEL-GS-108B-V3</t>
   </si>
   <si>
-    <t>Switch D-Link DES-105/E 5-port 10/100 Metal Housing Desktop Switch</t>
-[...32 lines deleted...]
-    <t>UBIQUITI-U-POE-AT</t>
+    <t>Wireless Router EDIMAX BR-6428NS v5, 4 in 1, 300 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-BR-6428NS-V5</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
+  </si>
+  <si>
+    <t>HAMA-176651</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>J5-JCE133G</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C200</t>
+  </si>
+  <si>
+    <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-TAPO-H100</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR1200E, V1.0, Dual band, 2 antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR1200E</t>
   </si>
   <si>
-    <t>Switch Cudy GS108 8-Port Gigabit Desktop Switch</t>
-[...79 lines deleted...]
-  <si>
     <t>SFP Module Mikrotik S-31DLC20D, 1.25G, 20km</t>
   </si>
   <si>
     <t>MIKROTIK-S-31DLC20D</t>
   </si>
   <si>
-    <t>Cudy POE300, 60W Gigabit PoE++ Injector</t>
-[...22 lines deleted...]
-  <si>
     <t>Ethernet Adapter TP-LINK TX201 PCIe 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
   </si>
   <si>
     <t>TP-TL-TX201</t>
   </si>
   <si>
     <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1016</t>
   </si>
   <si>
+    <t>Wireless adapter TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x external antennas</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-TX20E</t>
+  </si>
+  <si>
+    <t>Wireless adapter EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7611UXB</t>
+  </si>
+  <si>
+    <t>Ethernet Surge Protector ZyXEL PoE++ (60W) Gigabit</t>
+  </si>
+  <si>
+    <t>ZYXEL-SURGEPRO-GE</t>
+  </si>
+  <si>
+    <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
+  </si>
+  <si>
+    <t>DELOCK-81570</t>
+  </si>
+  <si>
+    <t>Network card Cudy WU5400, AX5400, Tri-band router WiFi6/6E, USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU5400</t>
+  </si>
+  <si>
+    <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C206</t>
+  </si>
+  <si>
+    <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C232</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1500</t>
+  </si>
+  <si>
     <t>Cudy GS105P Switch, 5x port POE metal housing+Switch 36W, unmanaged</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS105P</t>
   </si>
   <si>
-    <t>Wireless adapter TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x external antennas</t>
-[...46 lines deleted...]
-  <si>
     <t>Cudy M1500-1 pack AX1500 wireless MESH system, WiFi 6 whole home network</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1500-1</t>
   </si>
   <si>
+    <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1300D</t>
+  </si>
+  <si>
+    <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C222</t>
+  </si>
+  <si>
+    <t>Wireless router Cudy GP3000V,xPon, WiFi6, AX3000, 4xGigabit RJ45, 1xRJ11</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-GP3000V</t>
+  </si>
+  <si>
+    <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C230</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
+  </si>
+  <si>
+    <t>ASUS-ADP-USB-C2500-V2</t>
+  </si>
+  <si>
     <t>Switch Cudy GS1008P 8-port Gigabit PoE+ Switch, 60W, unmanaged</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1008P</t>
   </si>
   <si>
-    <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
-[...28 lines deleted...]
-  <si>
     <t>Wireless Access Point Cudy AP3000D,WiFi 6,AX3000 Dual Band Ceiling Mount, 1xRJ45,.12V DC,4x5Dbi antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000D</t>
   </si>
   <si>
+    <t>D-Link D-Link DWR-932W, 4G LTE N300 Wifi Mobile Hotspot</t>
+  </si>
+  <si>
+    <t>D-LINK-DWR-932W</t>
+  </si>
+  <si>
+    <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
+  </si>
+  <si>
+    <t>HAMA-176647</t>
+  </si>
+  <si>
+    <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100/1000, outdoor use</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1200-OUT</t>
+  </si>
+  <si>
+    <t>Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0 network card</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU6500</t>
+  </si>
+  <si>
+    <t>Wireless router Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi antennas, white</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600E</t>
+  </si>
+  <si>
+    <t>Cudy IG1005P Industrial 5-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1005P</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender /AP Cudy RE3600 WiFI7, 1x Gigabit Ethernet Port</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE3600</t>
+  </si>
+  <si>
+    <t>TP-Link Desktop Switch 6-Port 10/100Mbps, with 4-Port PoE+</t>
+  </si>
+  <si>
+    <t>TP-Link-TL-SF1006P</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-AX52 AX1800 Dual Band WiFi 6 (802.11ax) AiMesh Compatible, Buil-in VPN</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AX52</t>
+  </si>
+  <si>
+    <t>Cudy M3000, 1-pack, AX3000 Dual Band, 2.4/5 GHz, 574 -  2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3000-1</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR3000P 2.5G,AX3000, Mesh Poe Router, 4 x 10/100/1000Mbps Ports, 4 x 5dBi fixed antenna</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000P</t>
+  </si>
+  <si>
+    <t>Wireless router and access point CUDY C200P 2 in 1, 1xGigabit, 4xGigabit POE+PSU, USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-C200P</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600</t>
+  </si>
+  <si>
+    <t>SFP Module Mikrotik XSPlus-85LC01D, 1.25GB,10GB, 25GB, 100m</t>
+  </si>
+  <si>
+    <t>MIKROTIK-XSPlus-85LC01D</t>
+  </si>
+  <si>
     <t>Wireless Router Cudy WR3000H, AX3000, 2.4/5 GHz, 1x 2.5Ghz WAN port, 10/100/1000</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000H</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
   </si>
   <si>
     <t>CUDY-PCI-WE9300</t>
   </si>
   <si>
-    <t>D-Link D-Link DWR-932W, 4G LTE N300 Wifi Mobile Hotspot</t>
-[...50 lines deleted...]
-    <t>CUDY-ROUT-M3000-1</t>
+    <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
+  </si>
+  <si>
+    <t>GOOGLE-NEST-CAM</t>
+  </si>
+  <si>
+    <t>Router MikroTik 10/100/1000Mbit, PoE, RAM - 512 MB, USB - А, RouterOS v7, License level 4</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E50UG-hEX</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1016L, 16 ports, 10/100/1000, metal for 19" rack</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1016L</t>
+  </si>
+  <si>
+    <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C410-kit</t>
+  </si>
+  <si>
+    <t>Wireless Adapter ASUS PCE-BE6500 WiFi 7 (802.11be) PCI-e</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-BE6500</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1024L, 24 ports, 10/100/1000, for 19" rack, metal</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1024L</t>
+  </si>
+  <si>
+    <t>Cudy TR3000 VPN Travel router AX3000, 2.5Ghz WAN, USB-C, 2 x antennas, blue</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-TR3000</t>
+  </si>
+  <si>
+    <t>Cudy M1500-2-pack AX1500 Wireless MESH System, WiFi 6 Whole Home Network</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1500-2</t>
+  </si>
+  <si>
+    <t>Wireless MESH system router Cudy M3600-1-pack BE3600 WiFi 7 whole home system</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-1</t>
+  </si>
+  <si>
+    <t>Mikrotik Router E60iUGS hEX S routerOS L4</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E60iUGS</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE220</t>
+  </si>
+  <si>
+    <t>LANDE NET box STB Security Box, 540x400mm, 7U , 19"</t>
+  </si>
+  <si>
+    <t>NET-RACK-7U-LANDE-NEW</t>
+  </si>
+  <si>
+    <t>Ethernet Switch ASUS ExpertWiFi EBP15 - 5 Port GbE 4PoE</t>
+  </si>
+  <si>
+    <t>ASUS-SWITCH-EBP15</t>
+  </si>
+  <si>
+    <t>Wireless Adapter ASUS PCE-BE92BT WiFi 7 (802.11be) PCI-e</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-BE92BT</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR3600H, 1× 2.5GbE, 4× GbE, 2882 Mbps + 688 Mbps, 3.6 Gbps, Dual-Band Wi-Fi 7 ,  VPN Server and Client, 10/100/1000</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3600H</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
-[...34 lines deleted...]
-  <si>
     <t>Cudy IG1008P Industrial 8-Port 10/100/1000M PoE+ Switch 65W</t>
   </si>
   <si>
     <t>CUDY-SWITCH-IG1008P</t>
   </si>
   <si>
-    <t>Wireless Adapter ASUS PCE-BE6500 WiFi 7 (802.11be) PCI-e</t>
-[...46 lines deleted...]
-  <si>
     <t>LANDE NET box STB Security Box, 540x400mm, 9U , 19"</t>
   </si>
   <si>
     <t>NET-RACK-9U-LANDE-NEW</t>
   </si>
   <si>
     <t>PoE extender Zyxel PoE12-3PD, 4 x 1Gb port 45W PoE budget, outdoor</t>
   </si>
   <si>
     <t>ZYXEL-POE12-3PD</t>
   </si>
   <si>
     <t>Switch Zyxel XMG-105 5 Ports 2,5G + 1 SFP+ Desktop MultiGig unmanaged</t>
   </si>
   <si>
     <t>ZYXEL-XMG-105</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 2 x USB Type-C™ + 3 x USB Type-A - SuperSpeed USB 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-89064</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer BE230 Dual-Band Wi-Fi 7</t>
@@ -1063,282 +1018,312 @@
   <si>
     <t>Delock PCI Express x1 Network Card Gigabit LAN 1 x SFP i210</t>
   </si>
   <si>
     <t>DELOCK-88318</t>
   </si>
   <si>
     <t>Wireless Portable Router ASUS RT-AX57 GO AX3000 WiFi 6</t>
   </si>
   <si>
     <t>ASUS-RT-AX57-GO</t>
   </si>
   <si>
     <t>Ethernet Adapter ASUS XG-C100C V3 PCI-E - 10Gbps Port</t>
   </si>
   <si>
     <t>ASUS-PCIE-XG-C100C-V3</t>
   </si>
   <si>
     <t>TP LINK smart video doorbell Tapo D210, 2K QHD (2560×1440), 160° viewing angle, microSD up to 512 GB, 2.4Ghz, AI-recognition</t>
   </si>
   <si>
     <t>TP-TL-BELL-TAPO-D210</t>
   </si>
   <si>
+    <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
+  </si>
+  <si>
+    <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
+  </si>
+  <si>
     <t>STARLINK acc. Mini Wall Mount Silicone 2x Lag Screws 20x Cable Routing Clips</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL</t>
   </si>
   <si>
     <t>STARLINK acc. Mini Pivot Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL1</t>
   </si>
   <si>
     <t>TP-LINK /TP-LINK/ Access Point DECO S7 (3-pack), AC1900</t>
   </si>
   <si>
     <t>TP-TL-DECO-S7-3PACK</t>
   </si>
   <si>
     <t>Cudy BE6500 2.5Ghz Gigabit Dual Band Wi-Fi 7 Wireless Router, 1x1Gbps WAN port, 4x10/100/1000, 6x5dBi antennas, black</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR6500</t>
   </si>
   <si>
     <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C501</t>
   </si>
   <si>
+    <t>Antenna MIKROTIK - RB911G-2HPnD-12S, 120 dBi, 2.4 GHz,  600 MHz,Dual polarization</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB911G-2HPnD-12S</t>
+  </si>
+  <si>
+    <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
+  </si>
+  <si>
+    <t>TP-TL-BELL-TAPO-D230S1</t>
+  </si>
+  <si>
+    <t>Asus ZenWiFi XD4 PLUS (W-2-PK) AX1800 Whole-Home Mesh WiFi (802.11ax), MU-MIMO, OFDMA, Ai Mesh</t>
+  </si>
+  <si>
+    <t>ASUS-MESH-XD4-P-W-2PK</t>
+  </si>
+  <si>
+    <t>Antenna MIKROTIK TIK-RBSXTG-5HPacD-SA, SXT SA5 ac, 13dBi 2x2, Dual-polarized</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBSXTG-5HPacD-SA</t>
+  </si>
+  <si>
+    <t>Wireless router Cudy WR6500H, BE6500 2.5Ghz Wi-Fi 7, 1x2.5Gbps WAN port, 4x10/100/1000, 6x5dBi antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR6500H</t>
+  </si>
+  <si>
+    <t>TP-Link Deco M4, AC1200 Whole Home Mesh Wi-Fi System(3-pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-M4-3PACK</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA50AXPRO</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-AX59U AX4200 Dual Band WiFi 6 (802.11ax), AiProtectionn Pro</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AX59U</t>
+  </si>
+  <si>
+    <t>Router ASUS ExpertWiFi EBG19P - PoE, 8x10/100/1000, 1xWAN Primary AiMesh</t>
+  </si>
+  <si>
+    <t>ASUS-RT-EBG19P</t>
+  </si>
+  <si>
+    <t>Wireless MESH system router Cudy M3600-2-pack BE3600 WiFi 7 whole home system</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-2</t>
+  </si>
+  <si>
+    <t>Wireless router Cudy WR11000, BE11000 Tri Band Wi-Fi 7, 4x2.5Gbps port, 6x5dBi antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR11000</t>
+  </si>
+  <si>
+    <t>TP-LINK /TP-LINK/ Access Point DECO X10 (3-pack), AX1500, 2xGbE, MU-MIMO, WiFi</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X10-3PACK</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer AX80, AX6000, Wi-Fi 6, 2.5G port</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX80</t>
+  </si>
+  <si>
+    <t>Wireless RouterASUS 4G-AX56 AX1800 Dual Band WiFi 6 (802.11ax) 4G+</t>
+  </si>
+  <si>
+    <t>ASUS-RT-4G-AX56</t>
+  </si>
+  <si>
+    <t>All-in-One AP, Switch and Router ASUS ExpertWiFi EBR63 AX3000 WiFi 6</t>
+  </si>
+  <si>
+    <t>ASUS-RT-EBR63</t>
+  </si>
+  <si>
+    <t>ATEN KVM Extender USB Mini до 100m CE100</t>
+  </si>
+  <si>
+    <t>ATEN-CE100</t>
+  </si>
+  <si>
+    <t>Access point MikroTik Wi-Fi 6 (802.11ax), 2400 Mbit/s - 5 GHz, 2.5 Gigabit SFP port, PoE,  IP66,-40°C to 70°C</t>
+  </si>
+  <si>
+    <t>MIKRO-L23UGSR-5HaxD2HaxD</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-BE58U WiFi7</t>
+  </si>
+  <si>
+    <t>ASUS-RT-BE58U</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1028PS2, 24 ports, 10/100/1000,  24× GbE with 802.3at/af PoE, 2× Uplink SFP, Default/VLAN/Extend Modes, for 19" rack</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1028PS2</t>
+  </si>
+  <si>
+    <t>Wireless MESH system router Cudy M3600-3-pack BE3600 WiFi 7 whole home system</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-3</t>
+  </si>
+  <si>
+    <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (3-Pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-BE25-3PACK</t>
+  </si>
+  <si>
+    <t>Mesh System TP-Link Deco BE25, Wi-Fi 7, BE3600 (2-Pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-BE25-2PACK</t>
+  </si>
+  <si>
+    <t>STARLINK Gen3 Router With Wi-Fi 6 - White</t>
+  </si>
+  <si>
+    <t>STARLINK-ROUTER-GEN3</t>
+  </si>
+  <si>
+    <t>Network Camera DAHUA IPC-HDW3541EM-S-S2 - 5MP WizSense</t>
+  </si>
+  <si>
+    <t>DAHUA-IPC-HDW-S-S2</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-BE82U Dual-Band WiFi7 BE3600 (802.11be), Ai Mesh</t>
+  </si>
+  <si>
+    <t>ASUS-RT-BE82U</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer BE550 Tri-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE550</t>
+  </si>
+  <si>
+    <t>Whole-Home Mesh ASUS ROG Rapture GT6 (B-2-PK) AX10000 WiFi 6 (802.11ax)</t>
+  </si>
+  <si>
+    <t>ASUS-MESH-ROG-GT6-2PK</t>
+  </si>
+  <si>
+    <t>Wireless Router ASUS RT-AX89X AX6000 WiFi 6 (802.11ax)</t>
+  </si>
+  <si>
+    <t>ASUS-RT-AX89X</t>
+  </si>
+  <si>
+    <t>TP Link /TP-LINK/ Managed Switch SG2428LP, 16Gb PoE+ports, 8Gb ports+4xSFP</t>
+  </si>
+  <si>
+    <t>TP-TL-SG2428LP</t>
+  </si>
+  <si>
     <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA90AX-PRO</t>
   </si>
   <si>
-    <t>Video doorbell Tapo D230S1, 2.4Ghz, 2K 5MP, Color Night Vision, rechargeable batteries, microSD</t>
-[...130 lines deleted...]
-  <si>
     <t>Wireless Router ASUS RT-BE86U WiFi7</t>
   </si>
   <si>
     <t>ASUS-RT-BE86U</t>
   </si>
   <si>
     <t>STARLINK Mini Kit - White</t>
   </si>
   <si>
     <t>STARLINK-KIT-MINI</t>
   </si>
   <si>
     <t>Wireless Router ASUS RT-BE88U BE7200 WiFi 7 (802.11be)</t>
   </si>
   <si>
     <t>ASUS-RT-BE88U</t>
   </si>
   <si>
     <t>STARLINK V4 Standart Kit - White</t>
   </si>
   <si>
     <t>STARLINK-KIT-WHITE</t>
   </si>
   <si>
-    <t>Whole-Home Mesh ASUS ROG Rapture GT6 (B-2-PK) AX10000 WiFi 6 (802.11ax)</t>
-[...4 lines deleted...]
-  <si>
     <t>Switch ZyXEL XMG1915-18EP,  16-port 2.5GbE Smart Managed PoE Switch with 2 SFP+ Uplink</t>
   </si>
   <si>
     <t>ZYXEL-XMG1915-18EP</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer BE800 Tri-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE800</t>
   </si>
   <si>
     <t>Wireless Router TP-Link Archer BE900 Quad-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE900</t>
   </si>
   <si>
     <t>Mesh System TP-Link Deco BE65 Wi-Fi 7 BE9300 (3-Pack)</t>
   </si>
   <si>
     <t>TP-TL-DECO-BE65-3PACK</t>
-  </si>
-[...10 lines deleted...]
-    <t>ATEN-CL3108NX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1642,5582 +1627,5064 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D395"/>
+  <dimension ref="A1:D358"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.5</v>
+        <v>2.304</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>7.812</v>
+        <v>3.996</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>7.848</v>
+        <v>4.02</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>9.6</v>
+        <v>4.548</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>9.948</v>
+        <v>4.908</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>10.104</v>
+        <v>5.088</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>10.668</v>
+        <v>5.172</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>11.352</v>
+        <v>5.796</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>11.616</v>
+        <v>5.94</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11">
+        <v>6.06</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>12.588</v>
+        <v>7.272</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>14.232</v>
+        <v>7.368</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>14.4</v>
+        <v>7.716</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>15.096</v>
+        <v>8.28</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>16.2</v>
+        <v>8.556</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>16.74</v>
+        <v>8.7</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>17.016</v>
+        <v>9.132</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>17.868</v>
+        <v>9.204</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>18.0</v>
+        <v>9.636</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>18.852</v>
+        <v>9.768</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>19.104</v>
+        <v>9.996</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>19.56</v>
+        <v>10.104</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>19.752</v>
+        <v>10.128</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>19.8</v>
+        <v>10.308</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>20.172</v>
+        <v>10.428</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>20.388</v>
+        <v>10.428</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>20.4</v>
+        <v>10.488</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>20.508</v>
+        <v>10.56</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>20.652</v>
+        <v>10.752</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>21.024</v>
+        <v>11.004</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>21.528</v>
+        <v>11.04</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>21.6</v>
+        <v>11.076</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>21.672</v>
+        <v>11.28</v>
       </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>22.2</v>
+        <v>11.352</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>22.416</v>
+        <v>11.604</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>22.692</v>
+        <v>11.652</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>22.8</v>
+        <v>11.844</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>23.16</v>
+        <v>11.988</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>23.436</v>
+        <v>12.78</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>23.604</v>
+        <v>12.78</v>
       </c>
       <c r="D42" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>24.996</v>
+        <v>12.888</v>
       </c>
       <c r="D43" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>24.996</v>
+        <v>13.008</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>25.212</v>
+        <v>13.08</v>
       </c>
       <c r="D45" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>25.44</v>
+        <v>13.308</v>
       </c>
       <c r="D46" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>25.584</v>
+        <v>13.38</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>26.028</v>
+        <v>13.752</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>26.172</v>
+        <v>14.388</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>26.904</v>
+        <v>14.472</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>28.14</v>
+        <v>14.616</v>
       </c>
       <c r="D51" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>28.296</v>
+        <v>14.724</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>28.584</v>
+        <v>14.82</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>28.992</v>
+        <v>14.832</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>29.004</v>
+        <v>15.096</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>29.52</v>
+        <v>15.156</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>29.652</v>
+        <v>15.228</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>29.784</v>
+        <v>15.276</v>
       </c>
       <c r="D58" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>29.868</v>
+        <v>15.336</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>29.988</v>
+        <v>15.336</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>29.988</v>
+        <v>15.336</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>29.988</v>
+        <v>15.648</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>30.6</v>
+        <v>15.756</v>
       </c>
       <c r="D63" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>30.816</v>
+        <v>15.78</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>30.864</v>
+        <v>16.176</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>135</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>31.644</v>
+        <v>16.56</v>
       </c>
       <c r="D66" t="s">
-        <v>137</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>32.388</v>
+        <v>16.572</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>32.424</v>
+        <v>16.62</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>32.508</v>
+        <v>16.872</v>
       </c>
       <c r="D69" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>33.0</v>
+        <v>16.872</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>33.0</v>
+        <v>17.064</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>33.384</v>
+        <v>17.184</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>33.6</v>
+        <v>17.484</v>
       </c>
       <c r="D73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>34.2</v>
+        <v>17.568</v>
       </c>
       <c r="D74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>34.356</v>
+        <v>17.64</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>34.512</v>
+        <v>17.892</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>34.8</v>
+        <v>18.312</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>34.992</v>
+        <v>18.816</v>
       </c>
       <c r="D78" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>35.82</v>
+        <v>19.008</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>36.0</v>
+        <v>19.104</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>36.804</v>
+        <v>19.116</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>37.176</v>
+        <v>19.62</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>37.368</v>
+        <v>19.944</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>37.38</v>
+        <v>19.944</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>38.364</v>
+        <v>20.448</v>
       </c>
       <c r="D85" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>39.0</v>
+        <v>20.508</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>39.0</v>
+        <v>20.676</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>39.984</v>
+        <v>20.772</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>40.116</v>
+        <v>20.88</v>
       </c>
       <c r="D89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>40.452</v>
+        <v>21.156</v>
       </c>
       <c r="D90" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>40.56</v>
+        <v>21.18</v>
       </c>
       <c r="D91" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>40.632</v>
+        <v>21.444</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>135</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>40.836</v>
+        <v>21.48</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>41.364</v>
+        <v>21.672</v>
       </c>
       <c r="D94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>41.412</v>
+        <v>21.78</v>
       </c>
       <c r="D95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>41.928</v>
+        <v>22.092</v>
       </c>
       <c r="D96" t="s">
-        <v>137</v>
+        <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>42.0</v>
+        <v>22.092</v>
       </c>
       <c r="D97" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>42.0</v>
+        <v>22.308</v>
       </c>
       <c r="D98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>42.384</v>
+        <v>22.416</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>42.6</v>
+        <v>22.572</v>
       </c>
       <c r="D100" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>43.2</v>
+        <v>23.004</v>
       </c>
       <c r="D101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="C102">
-        <v>4.5</v>
+        <v>11.004</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>87</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>88</v>
       </c>
       <c r="C103">
-        <v>7.812</v>
+        <v>12.78</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="B104" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="C104">
-        <v>7.848</v>
+        <v>14.388</v>
       </c>
       <c r="D104" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
       <c r="B105" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="C105">
-        <v>9.6</v>
+        <v>14.616</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="B106" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="C106">
-        <v>9.948</v>
+        <v>15.336</v>
       </c>
       <c r="D106" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="B107" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="C107">
-        <v>10.104</v>
+        <v>15.336</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>19</v>
+        <v>144</v>
       </c>
       <c r="B108" t="s">
-        <v>20</v>
+        <v>145</v>
       </c>
       <c r="C108">
-        <v>10.668</v>
+        <v>16.872</v>
       </c>
       <c r="D108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>21</v>
+        <v>156</v>
       </c>
       <c r="B109" t="s">
-        <v>22</v>
+        <v>157</v>
       </c>
       <c r="C109">
-        <v>11.352</v>
+        <v>17.892</v>
       </c>
       <c r="D109" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>23</v>
+        <v>172</v>
       </c>
       <c r="B110" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="C110">
-        <v>11.616</v>
+        <v>19.944</v>
       </c>
       <c r="D110" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>25</v>
+        <v>182</v>
       </c>
       <c r="B111" t="s">
-        <v>26</v>
+        <v>183</v>
       </c>
       <c r="C111">
-        <v>11.856</v>
+        <v>20.88</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="B112" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="C112">
-        <v>12.0</v>
+        <v>21.156</v>
       </c>
       <c r="D112" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>29</v>
+        <v>190</v>
       </c>
       <c r="B113" t="s">
-        <v>30</v>
+        <v>191</v>
       </c>
       <c r="C113">
-        <v>12.588</v>
+        <v>21.48</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>31</v>
+        <v>194</v>
       </c>
       <c r="B114" t="s">
-        <v>32</v>
+        <v>195</v>
       </c>
       <c r="C114">
-        <v>14.232</v>
+        <v>21.78</v>
       </c>
       <c r="D114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>35</v>
+        <v>208</v>
       </c>
       <c r="B115" t="s">
-        <v>36</v>
+        <v>209</v>
       </c>
       <c r="C115">
-        <v>15.096</v>
+        <v>23.004</v>
       </c>
       <c r="D115" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>37</v>
+        <v>210</v>
       </c>
       <c r="B116" t="s">
-        <v>38</v>
+        <v>211</v>
       </c>
       <c r="C116">
-        <v>16.2</v>
+        <v>24.024</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>39</v>
+        <v>212</v>
       </c>
       <c r="B117" t="s">
-        <v>40</v>
+        <v>213</v>
       </c>
       <c r="C117">
-        <v>16.74</v>
+        <v>24.384</v>
       </c>
       <c r="D117" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>41</v>
+        <v>214</v>
       </c>
       <c r="B118" t="s">
-        <v>42</v>
+        <v>215</v>
       </c>
       <c r="C118">
-        <v>17.016</v>
+        <v>25.056</v>
       </c>
       <c r="D118" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>43</v>
+        <v>216</v>
       </c>
       <c r="B119" t="s">
-        <v>44</v>
+        <v>217</v>
       </c>
       <c r="C119">
-        <v>17.868</v>
+        <v>29.316</v>
       </c>
       <c r="D119" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>45</v>
+        <v>218</v>
       </c>
       <c r="B120" t="s">
-        <v>46</v>
+        <v>219</v>
       </c>
       <c r="C120">
-        <v>18.0</v>
+        <v>30.168</v>
       </c>
       <c r="D120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>47</v>
+        <v>220</v>
       </c>
       <c r="B121" t="s">
-        <v>48</v>
+        <v>221</v>
       </c>
       <c r="C121">
-        <v>18.852</v>
+        <v>33.552</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>53</v>
+        <v>222</v>
       </c>
       <c r="B122" t="s">
-        <v>54</v>
+        <v>223</v>
       </c>
       <c r="C122">
-        <v>19.752</v>
+        <v>34.548</v>
       </c>
       <c r="D122" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>55</v>
+        <v>224</v>
       </c>
       <c r="B123" t="s">
-        <v>56</v>
+        <v>225</v>
       </c>
       <c r="C123">
-        <v>19.8</v>
+        <v>35.148</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>57</v>
+        <v>226</v>
       </c>
       <c r="B124" t="s">
-        <v>58</v>
+        <v>227</v>
       </c>
       <c r="C124">
-        <v>20.172</v>
+        <v>35.28</v>
       </c>
       <c r="D124" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>59</v>
+        <v>228</v>
       </c>
       <c r="B125" t="s">
-        <v>60</v>
+        <v>229</v>
       </c>
       <c r="C125">
-        <v>20.388</v>
+        <v>35.28</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>61</v>
+        <v>230</v>
       </c>
       <c r="B126" t="s">
-        <v>62</v>
+        <v>231</v>
       </c>
       <c r="C126">
-        <v>20.4</v>
+        <v>35.28</v>
       </c>
       <c r="D126" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>65</v>
+        <v>232</v>
       </c>
       <c r="B127" t="s">
-        <v>66</v>
+        <v>233</v>
       </c>
       <c r="C127">
-        <v>20.652</v>
+        <v>35.28</v>
       </c>
       <c r="D127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>67</v>
+        <v>234</v>
       </c>
       <c r="B128" t="s">
-        <v>68</v>
+        <v>235</v>
       </c>
       <c r="C128">
-        <v>21.024</v>
+        <v>35.772</v>
       </c>
       <c r="D128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>69</v>
+        <v>236</v>
       </c>
       <c r="B129" t="s">
-        <v>70</v>
+        <v>237</v>
       </c>
       <c r="C129">
-        <v>21.528</v>
+        <v>36.816</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>71</v>
+        <v>238</v>
       </c>
       <c r="B130" t="s">
-        <v>72</v>
+        <v>239</v>
       </c>
       <c r="C130">
-        <v>21.6</v>
+        <v>38.34</v>
       </c>
       <c r="D130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>73</v>
+        <v>240</v>
       </c>
       <c r="B131" t="s">
-        <v>74</v>
+        <v>241</v>
       </c>
       <c r="C131">
-        <v>21.672</v>
+        <v>38.352</v>
       </c>
       <c r="D131" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>77</v>
+        <v>242</v>
       </c>
       <c r="B132" t="s">
-        <v>78</v>
+        <v>243</v>
       </c>
       <c r="C132">
-        <v>22.416</v>
+        <v>38.352</v>
       </c>
       <c r="D132" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>79</v>
+        <v>244</v>
       </c>
       <c r="B133" t="s">
-        <v>80</v>
+        <v>245</v>
       </c>
       <c r="C133">
-        <v>22.692</v>
+        <v>40.392</v>
       </c>
       <c r="D133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>83</v>
+        <v>246</v>
       </c>
       <c r="B134" t="s">
-        <v>84</v>
+        <v>247</v>
       </c>
       <c r="C134">
-        <v>23.16</v>
+        <v>40.392</v>
       </c>
       <c r="D134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>85</v>
+        <v>248</v>
       </c>
       <c r="B135" t="s">
-        <v>86</v>
+        <v>249</v>
       </c>
       <c r="C135">
-        <v>23.436</v>
+        <v>45.504</v>
       </c>
       <c r="D135" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>87</v>
+        <v>250</v>
       </c>
       <c r="B136" t="s">
-        <v>88</v>
+        <v>251</v>
       </c>
       <c r="C136">
-        <v>23.604</v>
+        <v>45.504</v>
       </c>
       <c r="D136" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>89</v>
+        <v>252</v>
       </c>
       <c r="B137" t="s">
-        <v>90</v>
+        <v>253</v>
       </c>
       <c r="C137">
-        <v>24.996</v>
+        <v>49.104</v>
       </c>
       <c r="D137" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>91</v>
+        <v>254</v>
       </c>
       <c r="B138" t="s">
-        <v>92</v>
+        <v>255</v>
       </c>
       <c r="C138">
-        <v>24.996</v>
+        <v>49.524</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>93</v>
+        <v>256</v>
       </c>
       <c r="B139" t="s">
-        <v>94</v>
+        <v>257</v>
       </c>
       <c r="C139">
-        <v>25.212</v>
+        <v>50.616</v>
       </c>
       <c r="D139" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>95</v>
+        <v>258</v>
       </c>
       <c r="B140" t="s">
-        <v>96</v>
+        <v>259</v>
       </c>
       <c r="C140">
-        <v>25.44</v>
+        <v>50.616</v>
       </c>
       <c r="D140" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>97</v>
+        <v>260</v>
       </c>
       <c r="B141" t="s">
-        <v>98</v>
+        <v>261</v>
       </c>
       <c r="C141">
-        <v>25.584</v>
+        <v>51.12</v>
       </c>
       <c r="D141" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>99</v>
+        <v>262</v>
       </c>
       <c r="B142" t="s">
-        <v>100</v>
+        <v>263</v>
       </c>
       <c r="C142">
-        <v>26.028</v>
+        <v>51.12</v>
       </c>
       <c r="D142" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>101</v>
+        <v>264</v>
       </c>
       <c r="B143" t="s">
-        <v>102</v>
+        <v>265</v>
       </c>
       <c r="C143">
-        <v>26.172</v>
+        <v>51.12</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>105</v>
+        <v>266</v>
       </c>
       <c r="B144" t="s">
-        <v>106</v>
+        <v>267</v>
       </c>
       <c r="C144">
-        <v>28.14</v>
+        <v>51.54</v>
       </c>
       <c r="D144" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>109</v>
+        <v>268</v>
       </c>
       <c r="B145" t="s">
-        <v>110</v>
+        <v>269</v>
       </c>
       <c r="C145">
-        <v>28.584</v>
+        <v>55.728</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>111</v>
+        <v>270</v>
       </c>
       <c r="B146" t="s">
-        <v>112</v>
+        <v>271</v>
       </c>
       <c r="C146">
-        <v>28.992</v>
+        <v>55.728</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>113</v>
+        <v>272</v>
       </c>
       <c r="B147" t="s">
-        <v>114</v>
+        <v>273</v>
       </c>
       <c r="C147">
-        <v>29.004</v>
+        <v>55.728</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>115</v>
+        <v>274</v>
       </c>
       <c r="B148" t="s">
-        <v>116</v>
+        <v>275</v>
       </c>
       <c r="C148">
-        <v>29.52</v>
+        <v>55.728</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>119</v>
+        <v>276</v>
       </c>
       <c r="B149" t="s">
-        <v>120</v>
+        <v>277</v>
       </c>
       <c r="C149">
-        <v>29.784</v>
+        <v>56.232</v>
       </c>
       <c r="D149" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>121</v>
+        <v>278</v>
       </c>
       <c r="B150" t="s">
-        <v>122</v>
+        <v>279</v>
       </c>
       <c r="C150">
-        <v>29.868</v>
+        <v>59.784</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>123</v>
+        <v>280</v>
       </c>
       <c r="B151" t="s">
-        <v>124</v>
+        <v>281</v>
       </c>
       <c r="C151">
-        <v>29.988</v>
+        <v>60.84</v>
       </c>
       <c r="D151" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>125</v>
+        <v>282</v>
       </c>
       <c r="B152" t="s">
-        <v>126</v>
+        <v>283</v>
       </c>
       <c r="C152">
-        <v>29.988</v>
+        <v>60.84</v>
       </c>
       <c r="D152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>127</v>
+        <v>284</v>
       </c>
       <c r="B153" t="s">
-        <v>128</v>
+        <v>285</v>
       </c>
       <c r="C153">
-        <v>29.988</v>
+        <v>61.908</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>129</v>
+        <v>286</v>
       </c>
       <c r="B154" t="s">
-        <v>130</v>
+        <v>287</v>
       </c>
       <c r="C154">
-        <v>30.6</v>
+        <v>62.904</v>
       </c>
       <c r="D154" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>131</v>
+        <v>288</v>
       </c>
       <c r="B155" t="s">
-        <v>132</v>
+        <v>289</v>
       </c>
       <c r="C155">
-        <v>30.816</v>
+        <v>65.952</v>
       </c>
       <c r="D155" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>135</v>
+        <v>290</v>
       </c>
       <c r="B156" t="s">
-        <v>136</v>
+        <v>291</v>
       </c>
       <c r="C156">
-        <v>31.644</v>
+        <v>65.952</v>
       </c>
       <c r="D156" t="s">
-        <v>137</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>138</v>
+        <v>292</v>
       </c>
       <c r="B157" t="s">
-        <v>139</v>
+        <v>293</v>
       </c>
       <c r="C157">
-        <v>32.388</v>
+        <v>71.064</v>
       </c>
       <c r="D157" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>140</v>
+        <v>294</v>
       </c>
       <c r="B158" t="s">
-        <v>141</v>
+        <v>295</v>
       </c>
       <c r="C158">
-        <v>32.424</v>
+        <v>71.064</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>142</v>
+        <v>296</v>
       </c>
       <c r="B159" t="s">
-        <v>143</v>
+        <v>297</v>
       </c>
       <c r="C159">
-        <v>32.508</v>
+        <v>71.064</v>
       </c>
       <c r="D159" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>144</v>
+        <v>298</v>
       </c>
       <c r="B160" t="s">
-        <v>145</v>
+        <v>299</v>
       </c>
       <c r="C160">
-        <v>33.0</v>
+        <v>71.064</v>
       </c>
       <c r="D160" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>146</v>
+        <v>300</v>
       </c>
       <c r="B161" t="s">
-        <v>147</v>
+        <v>301</v>
       </c>
       <c r="C161">
-        <v>33.0</v>
+        <v>71.064</v>
       </c>
       <c r="D161" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>150</v>
+        <v>302</v>
       </c>
       <c r="B162" t="s">
-        <v>151</v>
+        <v>303</v>
       </c>
       <c r="C162">
-        <v>33.6</v>
+        <v>71.172</v>
       </c>
       <c r="D162" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>154</v>
+        <v>304</v>
       </c>
       <c r="B163" t="s">
-        <v>155</v>
+        <v>305</v>
       </c>
       <c r="C163">
-        <v>34.356</v>
+        <v>76.08</v>
       </c>
       <c r="D163" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>156</v>
+        <v>306</v>
       </c>
       <c r="B164" t="s">
-        <v>157</v>
+        <v>307</v>
       </c>
       <c r="C164">
-        <v>34.512</v>
+        <v>76.692</v>
       </c>
       <c r="D164" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>158</v>
+        <v>308</v>
       </c>
       <c r="B165" t="s">
-        <v>159</v>
+        <v>309</v>
       </c>
       <c r="C165">
-        <v>34.8</v>
+        <v>81.3</v>
       </c>
       <c r="D165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>160</v>
+        <v>310</v>
       </c>
       <c r="B166" t="s">
-        <v>161</v>
+        <v>311</v>
       </c>
       <c r="C166">
-        <v>34.992</v>
+        <v>81.3</v>
       </c>
       <c r="D166" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>162</v>
+        <v>312</v>
       </c>
       <c r="B167" t="s">
-        <v>163</v>
+        <v>313</v>
       </c>
       <c r="C167">
-        <v>35.82</v>
+        <v>81.3</v>
       </c>
       <c r="D167" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>164</v>
+        <v>314</v>
       </c>
       <c r="B168" t="s">
-        <v>165</v>
+        <v>315</v>
       </c>
       <c r="C168">
-        <v>36.0</v>
+        <v>81.3</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>166</v>
+        <v>316</v>
       </c>
       <c r="B169" t="s">
-        <v>167</v>
+        <v>317</v>
       </c>
       <c r="C169">
-        <v>36.804</v>
+        <v>82.824</v>
       </c>
       <c r="D169" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>168</v>
+        <v>318</v>
       </c>
       <c r="B170" t="s">
-        <v>169</v>
+        <v>319</v>
       </c>
       <c r="C170">
-        <v>37.176</v>
+        <v>86.28</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>170</v>
+        <v>320</v>
       </c>
       <c r="B171" t="s">
-        <v>171</v>
+        <v>321</v>
       </c>
       <c r="C171">
-        <v>37.368</v>
+        <v>86.4</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>172</v>
+        <v>322</v>
       </c>
       <c r="B172" t="s">
-        <v>173</v>
+        <v>323</v>
       </c>
       <c r="C172">
-        <v>37.38</v>
+        <v>86.88</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>174</v>
+        <v>324</v>
       </c>
       <c r="B173" t="s">
-        <v>175</v>
+        <v>325</v>
       </c>
       <c r="C173">
-        <v>38.364</v>
+        <v>91.512</v>
       </c>
       <c r="D173" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>178</v>
+        <v>326</v>
       </c>
       <c r="B174" t="s">
-        <v>179</v>
+        <v>327</v>
       </c>
       <c r="C174">
-        <v>39.0</v>
+        <v>92.4</v>
       </c>
       <c r="D174" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>180</v>
+        <v>328</v>
       </c>
       <c r="B175" t="s">
-        <v>181</v>
+        <v>329</v>
       </c>
       <c r="C175">
-        <v>39.984</v>
+        <v>96.636</v>
       </c>
       <c r="D175" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>184</v>
+        <v>330</v>
       </c>
       <c r="B176" t="s">
-        <v>185</v>
+        <v>331</v>
       </c>
       <c r="C176">
-        <v>40.452</v>
+        <v>96.636</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>188</v>
+        <v>332</v>
       </c>
       <c r="B177" t="s">
-        <v>189</v>
+        <v>333</v>
       </c>
       <c r="C177">
-        <v>40.632</v>
+        <v>96.636</v>
       </c>
       <c r="D177" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>190</v>
+        <v>334</v>
       </c>
       <c r="B178" t="s">
-        <v>191</v>
+        <v>335</v>
       </c>
       <c r="C178">
-        <v>40.836</v>
+        <v>96.756</v>
       </c>
       <c r="D178" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>192</v>
+        <v>336</v>
       </c>
       <c r="B179" t="s">
-        <v>193</v>
+        <v>337</v>
       </c>
       <c r="C179">
-        <v>41.364</v>
+        <v>101.748</v>
       </c>
       <c r="D179" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>194</v>
+        <v>338</v>
       </c>
       <c r="B180" t="s">
-        <v>195</v>
+        <v>339</v>
       </c>
       <c r="C180">
-        <v>41.412</v>
+        <v>101.748</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>196</v>
+        <v>340</v>
       </c>
       <c r="B181" t="s">
-        <v>197</v>
+        <v>341</v>
       </c>
       <c r="C181">
-        <v>41.928</v>
+        <v>101.748</v>
       </c>
       <c r="D181" t="s">
-        <v>137</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>198</v>
+        <v>342</v>
       </c>
       <c r="B182" t="s">
-        <v>199</v>
+        <v>343</v>
       </c>
       <c r="C182">
-        <v>42.0</v>
+        <v>101.748</v>
       </c>
       <c r="D182" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>200</v>
+        <v>344</v>
       </c>
       <c r="B183" t="s">
-        <v>201</v>
+        <v>345</v>
       </c>
       <c r="C183">
-        <v>42.0</v>
+        <v>103.692</v>
       </c>
       <c r="D183" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>202</v>
+        <v>346</v>
       </c>
       <c r="B184" t="s">
-        <v>203</v>
+        <v>347</v>
       </c>
       <c r="C184">
-        <v>42.384</v>
+        <v>106.98</v>
       </c>
       <c r="D184" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>204</v>
+        <v>348</v>
       </c>
       <c r="B185" t="s">
-        <v>205</v>
+        <v>349</v>
       </c>
       <c r="C185">
-        <v>42.6</v>
+        <v>111.972</v>
       </c>
       <c r="D185" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>208</v>
+        <v>350</v>
       </c>
       <c r="B186" t="s">
-        <v>209</v>
+        <v>351</v>
       </c>
       <c r="C186">
-        <v>43.848</v>
+        <v>114.0</v>
       </c>
       <c r="D186" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>210</v>
+        <v>352</v>
       </c>
       <c r="B187" t="s">
-        <v>211</v>
+        <v>353</v>
       </c>
       <c r="C187">
-        <v>44.148</v>
+        <v>115.404</v>
       </c>
       <c r="D187" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>212</v>
+        <v>354</v>
       </c>
       <c r="B188" t="s">
-        <v>213</v>
+        <v>355</v>
       </c>
       <c r="C188">
-        <v>45.0</v>
+        <v>117.084</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>214</v>
+        <v>356</v>
       </c>
       <c r="B189" t="s">
-        <v>215</v>
+        <v>357</v>
       </c>
       <c r="C189">
-        <v>45.0</v>
+        <v>117.084</v>
       </c>
       <c r="D189" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>216</v>
+        <v>358</v>
       </c>
       <c r="B190" t="s">
-        <v>217</v>
+        <v>359</v>
       </c>
       <c r="C190">
-        <v>45.0</v>
+        <v>117.888</v>
       </c>
       <c r="D190" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>218</v>
+        <v>360</v>
       </c>
       <c r="B191" t="s">
-        <v>219</v>
+        <v>361</v>
       </c>
       <c r="C191">
-        <v>45.096</v>
+        <v>122.196</v>
       </c>
       <c r="D191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>220</v>
+        <v>362</v>
       </c>
       <c r="B192" t="s">
-        <v>221</v>
+        <v>363</v>
       </c>
       <c r="C192">
-        <v>45.6</v>
+        <v>132.42</v>
       </c>
       <c r="D192" t="s">
-        <v>222</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>223</v>
+        <v>364</v>
       </c>
       <c r="B193" t="s">
-        <v>224</v>
+        <v>365</v>
       </c>
       <c r="C193">
-        <v>47.376</v>
+        <v>132.42</v>
       </c>
       <c r="D193" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>225</v>
+        <v>366</v>
       </c>
       <c r="B194" t="s">
-        <v>226</v>
+        <v>367</v>
       </c>
       <c r="C194">
-        <v>47.436</v>
+        <v>142.656</v>
       </c>
       <c r="D194" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>227</v>
+        <v>368</v>
       </c>
       <c r="B195" t="s">
-        <v>228</v>
+        <v>369</v>
       </c>
       <c r="C195">
-        <v>47.64</v>
+        <v>144.876</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>229</v>
+        <v>370</v>
       </c>
       <c r="B196" t="s">
-        <v>230</v>
+        <v>371</v>
       </c>
       <c r="C196">
-        <v>47.688</v>
+        <v>150.324</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>231</v>
+        <v>372</v>
       </c>
       <c r="B197" t="s">
-        <v>232</v>
+        <v>373</v>
       </c>
       <c r="C197">
-        <v>47.784</v>
+        <v>152.88</v>
       </c>
       <c r="D197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>233</v>
+        <v>374</v>
       </c>
       <c r="B198" t="s">
-        <v>234</v>
+        <v>375</v>
       </c>
       <c r="C198">
-        <v>47.844</v>
+        <v>152.88</v>
       </c>
       <c r="D198" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>235</v>
+        <v>376</v>
       </c>
       <c r="B199" t="s">
-        <v>236</v>
+        <v>377</v>
       </c>
       <c r="C199">
-        <v>48.528</v>
+        <v>157.344</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>237</v>
+        <v>378</v>
       </c>
       <c r="B200" t="s">
-        <v>238</v>
+        <v>379</v>
       </c>
       <c r="C200">
-        <v>48.996</v>
+        <v>160.668</v>
       </c>
       <c r="D200" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>239</v>
+        <v>380</v>
       </c>
       <c r="B201" t="s">
-        <v>240</v>
+        <v>381</v>
       </c>
       <c r="C201">
-        <v>48.996</v>
+        <v>163.104</v>
       </c>
       <c r="D201" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B202" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C202">
-        <v>21.528</v>
+        <v>11.004</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B203" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C203">
-        <v>24.996</v>
+        <v>12.78</v>
       </c>
       <c r="D203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B204" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C204">
-        <v>28.584</v>
+        <v>14.616</v>
       </c>
       <c r="D204" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B205" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C205">
-        <v>29.988</v>
+        <v>15.336</v>
       </c>
       <c r="D205" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B206" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C206">
-        <v>29.988</v>
+        <v>15.336</v>
       </c>
       <c r="D206" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B207" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C207">
-        <v>33.0</v>
+        <v>16.872</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B208" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C208">
-        <v>34.992</v>
+        <v>17.892</v>
       </c>
       <c r="D208" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="B209" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="C209">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D209" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="B210" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="C210">
-        <v>40.836</v>
+        <v>20.88</v>
       </c>
       <c r="D210" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="B211" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="C211">
-        <v>41.364</v>
+        <v>21.156</v>
       </c>
       <c r="D211" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B212" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="C212">
-        <v>42.0</v>
+        <v>21.78</v>
       </c>
       <c r="D212" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B213" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C213">
-        <v>42.6</v>
+        <v>23.004</v>
       </c>
       <c r="D213" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="B214" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="C214">
-        <v>45.0</v>
+        <v>24.024</v>
       </c>
       <c r="D214" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>241</v>
+        <v>216</v>
       </c>
       <c r="B215" t="s">
-        <v>242</v>
+        <v>217</v>
       </c>
       <c r="C215">
-        <v>57.348</v>
+        <v>29.316</v>
       </c>
       <c r="D215" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>243</v>
+        <v>218</v>
       </c>
       <c r="B216" t="s">
-        <v>244</v>
+        <v>219</v>
       </c>
       <c r="C216">
-        <v>58.8</v>
+        <v>30.168</v>
       </c>
       <c r="D216" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="B217" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="C217">
-        <v>58.992</v>
+        <v>33.552</v>
       </c>
       <c r="D217" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>247</v>
+        <v>222</v>
       </c>
       <c r="B218" t="s">
-        <v>248</v>
+        <v>223</v>
       </c>
       <c r="C218">
-        <v>65.616</v>
+        <v>34.548</v>
       </c>
       <c r="D218" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>249</v>
+        <v>224</v>
       </c>
       <c r="B219" t="s">
-        <v>250</v>
+        <v>225</v>
       </c>
       <c r="C219">
-        <v>67.56</v>
+        <v>35.148</v>
       </c>
       <c r="D219" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="B220" t="s">
-        <v>252</v>
+        <v>227</v>
       </c>
       <c r="C220">
-        <v>68.736</v>
+        <v>35.28</v>
       </c>
       <c r="D220" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="B221" t="s">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="C221">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D221" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>255</v>
+        <v>230</v>
       </c>
       <c r="B222" t="s">
-        <v>256</v>
+        <v>231</v>
       </c>
       <c r="C222">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>257</v>
+        <v>232</v>
       </c>
       <c r="B223" t="s">
-        <v>258</v>
+        <v>233</v>
       </c>
       <c r="C223">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D223" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>259</v>
+        <v>234</v>
       </c>
       <c r="B224" t="s">
-        <v>260</v>
+        <v>235</v>
       </c>
       <c r="C224">
-        <v>69.0</v>
+        <v>35.772</v>
       </c>
       <c r="D224" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>261</v>
+        <v>236</v>
       </c>
       <c r="B225" t="s">
-        <v>262</v>
+        <v>237</v>
       </c>
       <c r="C225">
-        <v>72.0</v>
+        <v>36.816</v>
       </c>
       <c r="D225" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>263</v>
+        <v>238</v>
       </c>
       <c r="B226" t="s">
-        <v>264</v>
+        <v>239</v>
       </c>
       <c r="C226">
-        <v>74.4</v>
+        <v>38.34</v>
       </c>
       <c r="D226" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>265</v>
+        <v>240</v>
       </c>
       <c r="B227" t="s">
-        <v>266</v>
+        <v>241</v>
       </c>
       <c r="C227">
-        <v>74.988</v>
+        <v>38.352</v>
       </c>
       <c r="D227" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>267</v>
+        <v>242</v>
       </c>
       <c r="B228" t="s">
-        <v>268</v>
+        <v>243</v>
       </c>
       <c r="C228">
-        <v>75.0</v>
+        <v>38.352</v>
       </c>
       <c r="D228" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>269</v>
+        <v>244</v>
       </c>
       <c r="B229" t="s">
-        <v>270</v>
+        <v>245</v>
       </c>
       <c r="C229">
-        <v>75.0</v>
+        <v>40.392</v>
       </c>
       <c r="D229" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>271</v>
+        <v>246</v>
       </c>
       <c r="B230" t="s">
-        <v>272</v>
+        <v>247</v>
       </c>
       <c r="C230">
-        <v>78.996</v>
+        <v>40.392</v>
       </c>
       <c r="D230" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>273</v>
+        <v>248</v>
       </c>
       <c r="B231" t="s">
-        <v>274</v>
+        <v>249</v>
       </c>
       <c r="C231">
-        <v>78.996</v>
+        <v>45.504</v>
       </c>
       <c r="D231" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="B232" t="s">
-        <v>276</v>
+        <v>251</v>
       </c>
       <c r="C232">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D232" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>277</v>
+        <v>252</v>
       </c>
       <c r="B233" t="s">
-        <v>278</v>
+        <v>253</v>
       </c>
       <c r="C233">
-        <v>94.8</v>
+        <v>49.104</v>
       </c>
       <c r="D233" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="B234" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="C234">
-        <v>94.8</v>
+        <v>50.616</v>
       </c>
       <c r="D234" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>281</v>
+        <v>258</v>
       </c>
       <c r="B235" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
       <c r="C235">
-        <v>96.036</v>
+        <v>50.616</v>
       </c>
       <c r="D235" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="B236" t="s">
-        <v>284</v>
+        <v>261</v>
       </c>
       <c r="C236">
-        <v>99.0</v>
+        <v>51.12</v>
       </c>
       <c r="D236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>285</v>
+        <v>262</v>
       </c>
       <c r="B237" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="C237">
-        <v>99.0</v>
+        <v>51.12</v>
       </c>
       <c r="D237" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>287</v>
+        <v>264</v>
       </c>
       <c r="B238" t="s">
-        <v>288</v>
+        <v>265</v>
       </c>
       <c r="C238">
-        <v>99.0</v>
+        <v>51.12</v>
       </c>
       <c r="D238" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>289</v>
+        <v>266</v>
       </c>
       <c r="B239" t="s">
-        <v>290</v>
+        <v>267</v>
       </c>
       <c r="C239">
-        <v>99.984</v>
+        <v>51.54</v>
       </c>
       <c r="D239" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>291</v>
+        <v>270</v>
       </c>
       <c r="B240" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
       <c r="C240">
-        <v>99.984</v>
+        <v>55.728</v>
       </c>
       <c r="D240" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="B241" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="C241">
-        <v>100.8</v>
+        <v>55.728</v>
       </c>
       <c r="D241" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>295</v>
+        <v>274</v>
       </c>
       <c r="B242" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="C242">
-        <v>100.8</v>
+        <v>55.728</v>
       </c>
       <c r="D242" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>297</v>
+        <v>276</v>
       </c>
       <c r="B243" t="s">
-        <v>298</v>
+        <v>277</v>
       </c>
       <c r="C243">
-        <v>108.984</v>
+        <v>56.232</v>
       </c>
       <c r="D243" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>299</v>
+        <v>280</v>
       </c>
       <c r="B244" t="s">
-        <v>300</v>
+        <v>281</v>
       </c>
       <c r="C244">
-        <v>108.996</v>
+        <v>60.84</v>
       </c>
       <c r="D244" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>301</v>
+        <v>282</v>
       </c>
       <c r="B245" t="s">
-        <v>302</v>
+        <v>283</v>
       </c>
       <c r="C245">
-        <v>108.996</v>
+        <v>60.84</v>
       </c>
       <c r="D245" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>303</v>
+        <v>284</v>
       </c>
       <c r="B246" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
       <c r="C246">
-        <v>108.996</v>
+        <v>61.908</v>
       </c>
       <c r="D246" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>305</v>
+        <v>288</v>
       </c>
       <c r="B247" t="s">
-        <v>306</v>
+        <v>289</v>
       </c>
       <c r="C247">
-        <v>109.98</v>
+        <v>65.952</v>
       </c>
       <c r="D247" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="B248" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
       <c r="C248">
-        <v>121.08</v>
+        <v>65.952</v>
       </c>
       <c r="D248" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="B249" t="s">
-        <v>310</v>
+        <v>293</v>
       </c>
       <c r="C249">
-        <v>129.0</v>
+        <v>71.064</v>
       </c>
       <c r="D249" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="B250" t="s">
-        <v>312</v>
+        <v>295</v>
       </c>
       <c r="C250">
-        <v>129.0</v>
+        <v>71.064</v>
       </c>
       <c r="D250" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>313</v>
+        <v>296</v>
       </c>
       <c r="B251" t="s">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="C251">
-        <v>132.0</v>
+        <v>71.064</v>
       </c>
       <c r="D251" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>315</v>
+        <v>298</v>
       </c>
       <c r="B252" t="s">
-        <v>316</v>
+        <v>299</v>
       </c>
       <c r="C252">
-        <v>138.996</v>
+        <v>71.064</v>
       </c>
       <c r="D252" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>317</v>
+        <v>300</v>
       </c>
       <c r="B253" t="s">
-        <v>318</v>
+        <v>301</v>
       </c>
       <c r="C253">
-        <v>138.996</v>
+        <v>71.064</v>
       </c>
       <c r="D253" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>319</v>
+        <v>302</v>
       </c>
       <c r="B254" t="s">
-        <v>320</v>
+        <v>303</v>
       </c>
       <c r="C254">
-        <v>138.996</v>
+        <v>71.172</v>
       </c>
       <c r="D254" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>321</v>
+        <v>304</v>
       </c>
       <c r="B255" t="s">
-        <v>322</v>
+        <v>305</v>
       </c>
       <c r="C255">
-        <v>138.996</v>
+        <v>76.08</v>
       </c>
       <c r="D255" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="B256" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
       <c r="C256">
-        <v>138.996</v>
+        <v>76.692</v>
       </c>
       <c r="D256" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="B257" t="s">
-        <v>326</v>
+        <v>311</v>
       </c>
       <c r="C257">
-        <v>139.2</v>
+        <v>81.3</v>
       </c>
       <c r="D257" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
       <c r="B258" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="C258">
-        <v>150.0</v>
+        <v>81.3</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="B259" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="C259">
-        <v>159.0</v>
+        <v>81.3</v>
       </c>
       <c r="D259" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="B260" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="C260">
-        <v>162.0</v>
+        <v>82.824</v>
       </c>
       <c r="D260" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>333</v>
+        <v>318</v>
       </c>
       <c r="B261" t="s">
-        <v>334</v>
+        <v>319</v>
       </c>
       <c r="C261">
-        <v>168.744</v>
+        <v>86.28</v>
       </c>
       <c r="D261" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="B262" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="C262">
-        <v>168.984</v>
+        <v>86.4</v>
       </c>
       <c r="D262" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
       <c r="B263" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="C263">
-        <v>169.92</v>
+        <v>86.88</v>
       </c>
       <c r="D263" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="B264" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="C264">
-        <v>178.992</v>
+        <v>91.512</v>
       </c>
       <c r="D264" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>341</v>
+        <v>326</v>
       </c>
       <c r="B265" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="C265">
-        <v>180.72</v>
+        <v>92.4</v>
       </c>
       <c r="D265" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="B266" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="C266">
-        <v>189.0</v>
+        <v>96.636</v>
       </c>
       <c r="D266" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>345</v>
+        <v>330</v>
       </c>
       <c r="B267" t="s">
-        <v>346</v>
+        <v>331</v>
       </c>
       <c r="C267">
-        <v>189.0</v>
+        <v>96.636</v>
       </c>
       <c r="D267" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>347</v>
+        <v>332</v>
       </c>
       <c r="B268" t="s">
-        <v>348</v>
+        <v>333</v>
       </c>
       <c r="C268">
-        <v>189.0</v>
+        <v>96.636</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="B269" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="C269">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="B270" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="C270">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D270" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="B271" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="C271">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="B272" t="s">
-        <v>356</v>
+        <v>343</v>
       </c>
       <c r="C272">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D272" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>357</v>
+        <v>344</v>
       </c>
       <c r="B273" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="C273">
-        <v>202.8</v>
+        <v>103.692</v>
       </c>
       <c r="D273" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="B274" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="C274">
-        <v>207.6</v>
+        <v>111.972</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="B275" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="C275">
-        <v>219.0</v>
+        <v>117.084</v>
       </c>
       <c r="D275" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B276" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="C276">
-        <v>228.996</v>
+        <v>117.084</v>
       </c>
       <c r="D276" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="B277" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="C277">
-        <v>228.996</v>
+        <v>132.42</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="B278" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C278">
-        <v>258.996</v>
+        <v>132.42</v>
       </c>
       <c r="D278" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B279" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="C279">
-        <v>258.996</v>
+        <v>142.656</v>
       </c>
       <c r="D279" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B280" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C280">
-        <v>279.0</v>
+        <v>144.876</v>
       </c>
       <c r="D280" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B281" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C281">
-        <v>283.356</v>
+        <v>152.88</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B282" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C282">
-        <v>299.004</v>
+        <v>157.344</v>
       </c>
       <c r="D282" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="B283" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="C283">
-        <v>299.004</v>
+        <v>176.388</v>
       </c>
       <c r="D283" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B284" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C284">
-        <v>307.74</v>
+        <v>178.44</v>
       </c>
       <c r="D284" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="B285" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C285">
-        <v>318.996</v>
+        <v>183.552</v>
       </c>
       <c r="D285" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B286" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C286">
-        <v>344.988</v>
+        <v>204.0</v>
       </c>
       <c r="D286" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="B287" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C287">
-        <v>348.996</v>
+        <v>204.0</v>
       </c>
       <c r="D287" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B288" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C288">
-        <v>358.992</v>
+        <v>230.184</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B289" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C289">
-        <v>358.992</v>
+        <v>234.684</v>
       </c>
       <c r="D289" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B290" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C290">
-        <v>399.0</v>
+        <v>270.468</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B291" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C291">
-        <v>399.0</v>
+        <v>294.0</v>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B292" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C292">
-        <v>450.192</v>
+        <v>301.152</v>
       </c>
       <c r="D292" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B293" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="C293">
-        <v>459.0</v>
+        <v>303.708</v>
       </c>
       <c r="D293" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B294" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C294">
-        <v>509.004</v>
+        <v>324.0</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="B295" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C295">
-        <v>588.996</v>
+        <v>331.824</v>
       </c>
       <c r="D295" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B296" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C296">
-        <v>594.0</v>
+        <v>331.824</v>
       </c>
       <c r="D296" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="B297" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="C297">
-        <v>648.996</v>
+        <v>352.284</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B298" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C298">
-        <v>648.996</v>
+        <v>403.404</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="B299" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C299">
-        <v>689.004</v>
+        <v>471.9</v>
       </c>
       <c r="D299" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B300" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C300">
-        <v>789.0</v>
+        <v>510.78</v>
       </c>
       <c r="D300" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="B301" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="C301">
-        <v>819.0</v>
+        <v>817.56</v>
       </c>
       <c r="D301" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="B302" t="s">
-        <v>70</v>
+        <v>106</v>
       </c>
       <c r="C302">
-        <v>21.528</v>
+        <v>14.616</v>
       </c>
       <c r="D302" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>91</v>
+        <v>125</v>
       </c>
       <c r="B303" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="C303">
-        <v>24.996</v>
+        <v>15.336</v>
       </c>
       <c r="D303" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>109</v>
+        <v>144</v>
       </c>
       <c r="B304" t="s">
-        <v>110</v>
+        <v>145</v>
       </c>
       <c r="C304">
-        <v>28.584</v>
+        <v>16.872</v>
       </c>
       <c r="D304" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="B305" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="C305">
-        <v>29.988</v>
+        <v>17.892</v>
       </c>
       <c r="D305" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>127</v>
+        <v>172</v>
       </c>
       <c r="B306" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="C306">
-        <v>29.988</v>
+        <v>19.944</v>
       </c>
       <c r="D306" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>146</v>
+        <v>184</v>
       </c>
       <c r="B307" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="C307">
-        <v>33.0</v>
+        <v>21.156</v>
       </c>
       <c r="D307" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>160</v>
+        <v>194</v>
       </c>
       <c r="B308" t="s">
-        <v>161</v>
+        <v>195</v>
       </c>
       <c r="C308">
-        <v>34.992</v>
+        <v>21.78</v>
       </c>
       <c r="D308" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>178</v>
+        <v>208</v>
       </c>
       <c r="B309" t="s">
-        <v>179</v>
+        <v>209</v>
       </c>
       <c r="C309">
-        <v>39.0</v>
+        <v>23.004</v>
       </c>
       <c r="D309" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="B310" t="s">
-        <v>191</v>
+        <v>219</v>
       </c>
       <c r="C310">
-        <v>40.836</v>
+        <v>30.168</v>
       </c>
       <c r="D310" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="B311" t="s">
-        <v>193</v>
+        <v>221</v>
       </c>
       <c r="C311">
-        <v>41.364</v>
+        <v>33.552</v>
       </c>
       <c r="D311" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c r="B312" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="C312">
-        <v>42.0</v>
+        <v>34.548</v>
       </c>
       <c r="D312" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>204</v>
+        <v>226</v>
       </c>
       <c r="B313" t="s">
-        <v>205</v>
+        <v>227</v>
       </c>
       <c r="C313">
-        <v>42.6</v>
+        <v>35.28</v>
       </c>
       <c r="D313" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="B314" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="C314">
-        <v>45.0</v>
+        <v>35.28</v>
       </c>
       <c r="D314" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="B315" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="C315">
-        <v>57.348</v>
+        <v>35.28</v>
       </c>
       <c r="D315" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="B316" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="C316">
-        <v>58.8</v>
+        <v>35.28</v>
       </c>
       <c r="D316" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="B317" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="C317">
-        <v>58.992</v>
+        <v>35.772</v>
       </c>
       <c r="D317" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="B318" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="C318">
-        <v>65.616</v>
+        <v>36.816</v>
       </c>
       <c r="D318" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B319" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="C319">
-        <v>67.56</v>
+        <v>38.352</v>
       </c>
       <c r="D319" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="B320" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="C320">
-        <v>68.736</v>
+        <v>38.352</v>
       </c>
       <c r="D320" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="B321" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="C321">
-        <v>69.0</v>
+        <v>40.392</v>
       </c>
       <c r="D321" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="B322" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="C322">
-        <v>69.0</v>
+        <v>40.392</v>
       </c>
       <c r="D322" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="B323" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="C323">
-        <v>69.0</v>
+        <v>45.504</v>
       </c>
       <c r="D323" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="B324" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="C324">
-        <v>69.0</v>
+        <v>45.504</v>
       </c>
       <c r="D324" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="B325" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C325">
-        <v>72.0</v>
+        <v>49.104</v>
       </c>
       <c r="D325" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="B326" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="C326">
-        <v>74.4</v>
+        <v>50.616</v>
       </c>
       <c r="D326" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="B327" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="C327">
-        <v>74.988</v>
+        <v>50.616</v>
       </c>
       <c r="D327" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B328" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C328">
-        <v>75.0</v>
+        <v>51.12</v>
       </c>
       <c r="D328" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="B329" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="C329">
-        <v>75.0</v>
+        <v>51.12</v>
       </c>
       <c r="D329" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="B330" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="C330">
-        <v>78.996</v>
+        <v>51.12</v>
       </c>
       <c r="D330" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
+        <v>272</v>
+      </c>
+      <c r="B331" t="s">
         <v>273</v>
       </c>
-      <c r="B331" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C331">
-        <v>78.996</v>
+        <v>55.728</v>
       </c>
       <c r="D331" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
+        <v>274</v>
+      </c>
+      <c r="B332" t="s">
         <v>275</v>
       </c>
-      <c r="B332" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C332">
-        <v>88.992</v>
+        <v>55.728</v>
       </c>
       <c r="D332" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="B333" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="C333">
-        <v>94.8</v>
+        <v>61.908</v>
       </c>
       <c r="D333" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
       <c r="B334" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="C334">
-        <v>94.8</v>
+        <v>65.952</v>
       </c>
       <c r="D334" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="B335" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="C335">
-        <v>96.036</v>
+        <v>71.064</v>
       </c>
       <c r="D335" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="B336" t="s">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="C336">
-        <v>99.0</v>
+        <v>71.064</v>
       </c>
       <c r="D336" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="B337" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="C337">
-        <v>99.0</v>
+        <v>71.064</v>
       </c>
       <c r="D337" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>287</v>
+        <v>302</v>
       </c>
       <c r="B338" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="C338">
-        <v>99.0</v>
+        <v>71.172</v>
       </c>
       <c r="D338" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>289</v>
+        <v>314</v>
       </c>
       <c r="B339" t="s">
-        <v>290</v>
+        <v>315</v>
       </c>
       <c r="C339">
-        <v>99.984</v>
+        <v>81.3</v>
       </c>
       <c r="D339" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>291</v>
+        <v>322</v>
       </c>
       <c r="B340" t="s">
-        <v>292</v>
+        <v>323</v>
       </c>
       <c r="C340">
-        <v>99.984</v>
+        <v>86.88</v>
       </c>
       <c r="D340" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>293</v>
+        <v>332</v>
       </c>
       <c r="B341" t="s">
-        <v>294</v>
+        <v>333</v>
       </c>
       <c r="C341">
-        <v>100.8</v>
+        <v>96.636</v>
       </c>
       <c r="D341" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>295</v>
+        <v>336</v>
       </c>
       <c r="B342" t="s">
-        <v>296</v>
+        <v>337</v>
       </c>
       <c r="C342">
-        <v>100.8</v>
+        <v>101.748</v>
       </c>
       <c r="D342" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>297</v>
+        <v>338</v>
       </c>
       <c r="B343" t="s">
-        <v>298</v>
+        <v>339</v>
       </c>
       <c r="C343">
-        <v>108.984</v>
+        <v>101.748</v>
       </c>
       <c r="D343" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>299</v>
+        <v>340</v>
       </c>
       <c r="B344" t="s">
-        <v>300</v>
+        <v>341</v>
       </c>
       <c r="C344">
-        <v>108.996</v>
+        <v>101.748</v>
       </c>
       <c r="D344" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>301</v>
+        <v>342</v>
       </c>
       <c r="B345" t="s">
-        <v>302</v>
+        <v>343</v>
       </c>
       <c r="C345">
-        <v>108.996</v>
+        <v>101.748</v>
       </c>
       <c r="D345" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>303</v>
+        <v>344</v>
       </c>
       <c r="B346" t="s">
-        <v>304</v>
+        <v>345</v>
       </c>
       <c r="C346">
-        <v>108.996</v>
+        <v>103.692</v>
       </c>
       <c r="D346" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="B347" t="s">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="C347">
-        <v>109.98</v>
+        <v>111.972</v>
       </c>
       <c r="D347" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>307</v>
+        <v>356</v>
       </c>
       <c r="B348" t="s">
-        <v>308</v>
+        <v>357</v>
       </c>
       <c r="C348">
-        <v>121.08</v>
+        <v>117.084</v>
       </c>
       <c r="D348" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>309</v>
+        <v>364</v>
       </c>
       <c r="B349" t="s">
-        <v>310</v>
+        <v>365</v>
       </c>
       <c r="C349">
-        <v>129.0</v>
+        <v>132.42</v>
       </c>
       <c r="D349" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>311</v>
+        <v>368</v>
       </c>
       <c r="B350" t="s">
-        <v>312</v>
+        <v>369</v>
       </c>
       <c r="C350">
-        <v>129.0</v>
+        <v>144.876</v>
       </c>
       <c r="D350" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>313</v>
+        <v>384</v>
       </c>
       <c r="B351" t="s">
-        <v>314</v>
+        <v>385</v>
       </c>
       <c r="C351">
-        <v>132.0</v>
+        <v>178.44</v>
       </c>
       <c r="D351" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>317</v>
+        <v>386</v>
       </c>
       <c r="B352" t="s">
-        <v>318</v>
+        <v>387</v>
       </c>
       <c r="C352">
-        <v>138.996</v>
+        <v>183.552</v>
       </c>
       <c r="D352" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>319</v>
+        <v>390</v>
       </c>
       <c r="B353" t="s">
-        <v>320</v>
+        <v>391</v>
       </c>
       <c r="C353">
-        <v>138.996</v>
+        <v>204.0</v>
       </c>
       <c r="D353" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>321</v>
+        <v>402</v>
       </c>
       <c r="B354" t="s">
-        <v>322</v>
+        <v>403</v>
       </c>
       <c r="C354">
-        <v>138.996</v>
+        <v>303.708</v>
       </c>
       <c r="D354" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>323</v>
+        <v>408</v>
       </c>
       <c r="B355" t="s">
-        <v>324</v>
+        <v>409</v>
       </c>
       <c r="C355">
-        <v>138.996</v>
+        <v>331.824</v>
       </c>
       <c r="D355" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>325</v>
+        <v>412</v>
       </c>
       <c r="B356" t="s">
-        <v>326</v>
+        <v>413</v>
       </c>
       <c r="C356">
-        <v>139.2</v>
+        <v>403.404</v>
       </c>
       <c r="D356" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>327</v>
+        <v>420</v>
       </c>
       <c r="B357" t="s">
-        <v>328</v>
+        <v>421</v>
       </c>
       <c r="C357">
-        <v>150.0</v>
+        <v>909.156</v>
       </c>
       <c r="D357" t="s">
-        <v>6</v>
-[...517 lines deleted...]
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D395"/>
+  <autoFilter ref="A1:D358"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>