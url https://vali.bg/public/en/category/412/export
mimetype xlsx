--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,1323 +7,1362 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$358</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$403</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Kolink Cable Ties, 100 mm x 2.5mm, 100 pieces, self-securing, black</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Velcro Hook and Loop Cable Ties - 10 Pack, 150mm, Black </t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-287</t>
+  </si>
+  <si>
+    <t>Hama Cable Tie, 4.8 x 200 mm, 221000</t>
+  </si>
+  <si>
+    <t>HAMA-221000</t>
+  </si>
+  <si>
+    <t>Hama Hook and Loop Strap Two-Sided, Universal, 1.9 x 100 cm, 221007</t>
+  </si>
+  <si>
+    <t>HAMA-221007</t>
+  </si>
+  <si>
+    <t>MikroTik Low cost Passive POE Base Unit</t>
+  </si>
+  <si>
+    <t>MIKROTIK-CABL-RBPOE</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Delock Heat shrink tube box 100 pieces assorted colours</t>
+  </si>
+  <si>
+    <t>DELOCK-86264</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t xml:space="preserve">Velcro Hook and Loop Cable Ties - 10 Pack, 150mm, Black </t>
-[...31 lines deleted...]
-  <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 7.5 - 30 mm, 2.5 m, 220994</t>
   </si>
   <si>
     <t>HAMA-220994</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>MikroTik Gigabit PoE injector</t>
+  </si>
+  <si>
+    <t>MIKROTIK-INJEC-RBGPOE</t>
+  </si>
+  <si>
+    <t>Hama Cable Ties, 200 mm x 4.5mm, 100 pieces, self-securing, black</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-286</t>
+  </si>
+  <si>
+    <t>Delock Cable Management Set 5 pieces</t>
+  </si>
+  <si>
+    <t>DELOCK-18392</t>
+  </si>
+  <si>
+    <t>Hama Cable Tie Set, 2.5 x 100 / 150 / 200 mm, 150 Pcs, 221002</t>
+  </si>
+  <si>
+    <t>HAMA-221002</t>
+  </si>
+  <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE10</t>
   </si>
   <si>
-    <t>Hama Cable Tie Set, 2.5 x 100 / 150 / 200 mm, 150 Pcs, 221002</t>
-[...17 lines deleted...]
-    <t>KOLINK-ACC-ZUUV-286</t>
+    <t>Switch D-Link GO-SW-5E/E 5-port 10/100</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-5E-E</t>
   </si>
   <si>
     <t>Switch Cudy FS105, 5-Port 10/100 Mbps RJ 45</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS105</t>
   </si>
   <si>
-    <t>Mini adapter Bluetooth USB ESTILLO, USB 2.0</t>
-[...8 lines deleted...]
-    <t>D-LINK-GO-SW-5E-E</t>
+    <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
+  </si>
+  <si>
+    <t>EST-NET-10-100-1000</t>
+  </si>
+  <si>
+    <t>Switch D-Link GO-SW-8E/E 8-port 10/100</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-8E-E</t>
+  </si>
+  <si>
+    <t>Mikrotik, RB5009/L009 rackmount kit K-79</t>
+  </si>
+  <si>
+    <t>MIKROTIK-KIT</t>
+  </si>
+  <si>
+    <t>Nano Adapter TP LINK TL-WN725N, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>TP-TL-WN725N</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE200 USB 2.0 - LAN 10/100</t>
+  </si>
+  <si>
+    <t>TP-TL-UE200</t>
+  </si>
+  <si>
+    <t>Bluetooth adapter TP-Link UB500, nano</t>
+  </si>
+  <si>
+    <t>TP-TL-BT-UB500</t>
+  </si>
+  <si>
+    <t>Switch Cudy FS108, 8-Port 10/100 Mbps RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS108</t>
+  </si>
+  <si>
+    <t>Hama Flexible Spiral Cable Conduit, Universal, 25 mm, 2 m, 220998</t>
+  </si>
+  <si>
+    <t>HAMA-220998</t>
   </si>
   <si>
     <t>Switch D-Link DES-1005D/E,5 -port 10/100, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DES-1005D</t>
   </si>
   <si>
-    <t>Switch Cudy FS108, 8-Port 10/100 Mbps RJ 45</t>
-[...32 lines deleted...]
-    <t>TP-TL-WN725N</t>
+    <t>Wireless Nano Adapter Cudy WU650S, USB 2.0, 2.4/5 Ghz, Antenna Gain 2dBi</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU650S</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP-LINK TL-WN823N, 300 Mbps, USB</t>
+  </si>
+  <si>
+    <t>TP-TL-WN823N</t>
+  </si>
+  <si>
+    <t>Hama Bluetooth® USB Adapter, Version 5.4, Class 2</t>
+  </si>
+  <si>
+    <t>HAMA-53314</t>
+  </si>
+  <si>
+    <t>Hama Flexible Fabric Cable Conduit, Universal, 20 - 40 mm, 220995</t>
+  </si>
+  <si>
+    <t>HAMA-220995</t>
   </si>
   <si>
     <t>Wireless Nano Adapter EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UN</t>
   </si>
   <si>
-    <t>Switch D-Link GO-SW-8E/E 8-port 10/100</t>
-[...8 lines deleted...]
-    <t>TP-TL-BT-UB500</t>
+    <t>Wireless Adapter TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>TP-TL-WN781ND</t>
+  </si>
+  <si>
+    <t>Hama Flexible Spiral Cable Conduit, Universal, 20 mm, 2.5 m, 220996</t>
+  </si>
+  <si>
+    <t>HAMA-220996</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
+  </si>
+  <si>
+    <t>TP-TG-3468</t>
+  </si>
+  <si>
+    <t>Hama Cable Duct, Self-adhesive, Semicircular, 100 x 7 x 2.1 cm, 220894</t>
+  </si>
+  <si>
+    <t>HAMA-220984</t>
+  </si>
+  <si>
+    <t>Switch EDIMAX ES-3305P V3, 5 Ports, 10/100 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-ES-3305P</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>TP-TL-WN722N</t>
+  </si>
+  <si>
+    <t>Keychron USB Bluetooth Adapter for Windows PC</t>
+  </si>
+  <si>
+    <t>KEYCHRON-USB-BT-1</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP-Link UB500 Plus Bluetooth 5.3 USB</t>
+  </si>
+  <si>
+    <t>TP-TL-BT-UB500-PLUS</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE300 USB 2.0 - LAN 1000 Mbps</t>
+  </si>
+  <si>
+    <t>TP-TL-UE300</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP-LINK Archer T2U Nano, Dual band, USB</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U-NANO</t>
+  </si>
+  <si>
+    <t>Wireless Nano Adapter Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Antenna Gain 2dBi</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU1300S</t>
+  </si>
+  <si>
+    <t>Switch D-Link DES-1008D/E 8-port 10/100, Desktop</t>
+  </si>
+  <si>
+    <t>D-LINK-DES-1008D</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy PE10, PCIe, 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
   </si>
   <si>
     <t>CUDY-PCI-PE25</t>
   </si>
   <si>
-    <t>Wireless Nano Adapter Cudy WU650S, USB 2.0, 2.4/5 Ghz, Antenna Gain 2dBi</t>
-[...44 lines deleted...]
-    <t>HAMA-220996</t>
+    <t>Switch Cudy 5-Port Gigabit Desktop Switch, Model: GS105</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105</t>
+  </si>
+  <si>
+    <t>Switch ZYXEL GS-105B v5, 5 Ports, Gigabit, Metal housing</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-105B-V5</t>
   </si>
   <si>
     <t>Cudy POE200, 30W Gigabit PoE+/PoE Injector, 1 x 10/100/1000Mbps</t>
   </si>
   <si>
     <t>CUDY-INJ-POE200</t>
   </si>
   <si>
-    <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
-[...62 lines deleted...]
-    <t>D-LINK-DES-1008D</t>
+    <t>Wireless router Cudy WR300 N300 802.11b/g/n, 300Mbps/ 2.4GHz, 4 x 10/100Mbp, 2 x 5dBi fixed antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR300</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP-LINK Archer T2U, AC600, Dual band, USB, built-in antenna</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Tp-Link UE306 USB 3.0 to Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>TP-TL-UE306</t>
+  </si>
+  <si>
+    <t>Switch EDIMAX ES-3308P, 8 Ports, 10/100 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-ES-3308P</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4208</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-LINK TL-WR820N 300Mbps, 5dB antennas</t>
+  </si>
+  <si>
+    <t>TP-TL-WR820N</t>
+  </si>
+  <si>
+    <t>Bluetooth USB Adapter, Version 4.0 C1, HAMA-53313</t>
+  </si>
+  <si>
+    <t>HAMA-53313</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS105D, 5 ports, 10/100/1000, Auto-MDI/MDIX</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105D</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS105U, 5 ports, 10/100/1000, Auto-MDI/MDIX, USB-C Port</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105U</t>
+  </si>
+  <si>
+    <t>Wireless router Cudy WR300S N300 802.11b/g/n, 300Mbps/ 2.4GHz, 5 × 10/100Mbp, 4 × 5dBi fixed antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR300S</t>
+  </si>
+  <si>
+    <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
+  </si>
+  <si>
+    <t>EDIM-EN-9260TX-E</t>
+  </si>
+  <si>
+    <t>Wireless Nano Adapter Cudy WU650S, USB 3.0, 2.4/5 Ghz</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU1400</t>
+  </si>
+  <si>
+    <t>Edimax BT-8500 Bluetooth adapter, USB, version 5.0, nano</t>
+  </si>
+  <si>
+    <t>EDIM-BT-8500</t>
+  </si>
+  <si>
+    <t>Wireless Mini Adapter EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7722UTN-V3</t>
+  </si>
+  <si>
+    <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>HAMA-200325</t>
+  </si>
+  <si>
+    <t>Switch D-Link GO-SW-5G, 5-port 10/100/1000, Gigabit, Desktop</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-5G-E</t>
+  </si>
+  <si>
+    <t>Wireless PCI Express Adapter EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7612PIN</t>
+  </si>
+  <si>
+    <t>Hama Metal Cable Duct, Magnetic, 55 x 5 x 3.2 cm, black</t>
+  </si>
+  <si>
+    <t>HAMA-220993</t>
+  </si>
+  <si>
+    <t>Switch D-Link DGS-1005D/E, 5 ports, 10/100/1000, Gigabit, Desktop</t>
+  </si>
+  <si>
+    <t>D-LINK-DGS-1005D-E</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Intel® Wi-Fi 6E AX211 (Gig+), 2230, 2x2 AX R2 (6GHz)+BT, No vPro</t>
+  </si>
+  <si>
+    <t>INTEL-LAN-WIFI6E-AX211-NV</t>
+  </si>
+  <si>
+    <t>Temperature and humidity sensor TP-Link Tapo T310, WiFi</t>
+  </si>
+  <si>
+    <t>TP-TL-TAPO-T310</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-LINK TL-WR840N, 300Mbps</t>
+  </si>
+  <si>
+    <t>TP-TL-WR840N</t>
+  </si>
+  <si>
+    <t>Nano Adapter EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7811UTC</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP-LINK Archer T2U PLUS, AC600, Dual band, USB, externel antenna 5 dBi</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2UPLUS</t>
+  </si>
+  <si>
+    <t>Wireless Adapter TP-LINK Archer T3U, AC 1300 MU-MIMO, Dual band, USB 3.0, built-in antenna</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T3U</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-LINK TL-WR844N 300Mbps, 5dB antennas</t>
+  </si>
+  <si>
+    <t>TP-TL-WR844N</t>
+  </si>
+  <si>
+    <t>uRage “Spine” Flexible Cable Guide, Cable Chain, For Clamping, 130 cm, black</t>
+  </si>
+  <si>
+    <t>HAMA-186082</t>
+  </si>
+  <si>
+    <t>Switch ZyXEL GS-1200-5, 5 Ports, Gigabit, webmanaged</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-5</t>
+  </si>
+  <si>
+    <t>SFP Module Mikrotik S-85DLC05D, 1.25G, 550m</t>
+  </si>
+  <si>
+    <t>MIKROTIK-S-85DLC05D</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Edimax EU-4306,USB 3.0,Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4306</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS108 8-Port Gigabit Desktop Switch</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS108</t>
+  </si>
+  <si>
+    <t>Adapter Bluetooth Delock 61024 version 5.0</t>
+  </si>
+  <si>
+    <t>DELOCK-61024</t>
   </si>
   <si>
     <t>1.8M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5202UP</t>
   </si>
   <si>
-    <t>Ethernet Adapter EDIMAX EU-4208, USB 2.0, 10/100 Mbps</t>
-[...98 lines deleted...]
-    <t>EDIM-EW-7612PIN</t>
+    <t>5-Port Gigabit Desktop Switch GS-1005E</t>
+  </si>
+  <si>
+    <t>EDIM-GS-1005E</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C200 - Wi-Fi Pan/Tilt Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C200</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-LINK TL-WR841N, 300Mbps, 5dB antennas</t>
+  </si>
+  <si>
+    <t>TP-TL-WR841N</t>
+  </si>
+  <si>
+    <t>ASUS USB-BT540 Bluetooth 5.4 USB Adapter</t>
+  </si>
+  <si>
+    <t>ASUS-USB-BT540</t>
+  </si>
+  <si>
+    <t>Switch Cudy 8-Port Gigabit Desktop Switch GS108D</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS108D</t>
+  </si>
+  <si>
+    <t>Delock SFP Module 1000Base-LX SM 1310 nm</t>
+  </si>
+  <si>
+    <t>DELOCK-86187</t>
+  </si>
+  <si>
+    <t>Switch D-Link DES-105/E 5-port 10/100 Metal Housing Desktop Switch</t>
+  </si>
+  <si>
+    <t>D-LINK-DES-105-E</t>
+  </si>
+  <si>
+    <t>5.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
+  </si>
+  <si>
+    <t>ATEN-2L-5205UP</t>
+  </si>
+  <si>
+    <t>Wireless Router EDIMAX BR-6428NS v5, 4 in 1, 300 Mbps</t>
+  </si>
+  <si>
+    <t>EDIM-BR-6428NS-V5</t>
+  </si>
+  <si>
+    <t>Switch EDIMAX ES-5500G V3, 5 Ports, Gigabit</t>
+  </si>
+  <si>
+    <t>EDIM-ES-5500G</t>
+  </si>
+  <si>
+    <t>Cudy AC1200 Dual Band Whole Home Wi-Fi Mesh System</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1200-1</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
+  </si>
+  <si>
+    <t>INTEL-LAN-WIFI6E-AX211</t>
+  </si>
+  <si>
+    <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
+  </si>
+  <si>
+    <t>J5-JUE130</t>
+  </si>
+  <si>
+    <t>Ubiquiti U-POE-AT - Gigabit PoE Injector, 802.3at, 30W</t>
+  </si>
+  <si>
+    <t>UBIQUITI-U-POE-AT</t>
+  </si>
+  <si>
+    <t>Hama Metal Cable Duct, Magnetic, 90 x 5.6 x 1.6 cm, black</t>
+  </si>
+  <si>
+    <t>HAMA-220992</t>
+  </si>
+  <si>
+    <t>Switch ZYXEL GS-108B v3, 8 Ports, Gigabit, Metal housing</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-108B</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
+  </si>
+  <si>
+    <t>HAMA-176651</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
+  </si>
+  <si>
+    <t>J5-JCE133G</t>
+  </si>
+  <si>
+    <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-TAPO-H100</t>
+  </si>
+  <si>
+    <t>Switch D-LINK GO-SW-8G, 8 port, 10/100/1000, Gigabit, Desktop</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-8G-E</t>
+  </si>
+  <si>
+    <t>KVM Switch ATEN CS22U, 2x 1, USB</t>
+  </si>
+  <si>
+    <t>ATEN-CS22-USB</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR1200E, V1.0, Dual band, 2 antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1200E</t>
+  </si>
+  <si>
+    <t>Wireless Adapter, D-Link DWA-172, AC600 High-Gain USB Adapter</t>
+  </si>
+  <si>
+    <t>D-LINK-DWA-172</t>
+  </si>
+  <si>
+    <t>SFP Module Mikrotik S-31DLC20D, 1.25G, 20km</t>
+  </si>
+  <si>
+    <t>MIKROTIK-S-31DLC20D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Switch D-Link, 8 ports, 10/100/1000, Gigabit, DGS-1008D/E, Desktop </t>
+  </si>
+  <si>
+    <t>D-LINK-DGS-1008D-E</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1325-E</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy WE3000, PCIe, 2.4/5 GHz, 574 - 2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE3000</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR1200, V2.0, Dual band, 4 antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1200</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter TP-LINK TX201 PCIe 10 Mbps/ 100 Mbps/ 1 Gbps/ 2.5 Gbps</t>
+  </si>
+  <si>
+    <t>TP-TL-TX201</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ESTILLO USB 3.0 - LAN 10/100/1000</t>
+  </si>
+  <si>
+    <t>EST-USB-10-100-1000LAN</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP lite RB941-2nD-TC, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, tower case</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB941-2nD-TC</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP lite RB951G-2HnD, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, Classic</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB941-2nD</t>
   </si>
   <si>
     <t>3.0M USB KVM Cable with 3 in 1 SPHD and built-in PS/2 to USB converter</t>
   </si>
   <si>
     <t>ATEN-2L-5203UP</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
-    <t>Switch Cudy 5-Port Gigabit Desktop Switch, Model: GS105</t>
-[...236 lines deleted...]
-    <t>TP-TL-TX201</t>
+    <t>Wireless Adapter TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, built-in antenna</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T4U</t>
+  </si>
+  <si>
+    <t>Switch ZyXEL GS-1200-8, 8 Ports, Gigabit, webmanaged</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-8</t>
+  </si>
+  <si>
+    <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7438RPN-MINI</t>
+  </si>
+  <si>
+    <t>PoE Extender Edimax GP-101ET , Gigabit, up to 100m</t>
+  </si>
+  <si>
+    <t>EDIM-GP-101ET</t>
+  </si>
+  <si>
+    <t>8-Port Gigabit Desktop Switch GS-1008E V2</t>
+  </si>
+  <si>
+    <t>EDIM-GS-1008Ev2</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1005P, 5-Port Gigabit POE+ Switch with Uplink Ports</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1005P</t>
+  </si>
+  <si>
+    <t>Wireless Router CUDY Travel TR1200, AC1200, 2 x 10/100 Mbps, USB3.0, червен</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-TR1200</t>
+  </si>
+  <si>
+    <t>Cudy GS105P Switch, 5x port POE metal housing+Switch 36W, unmanaged</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS105P</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1610-E</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer C20 AC750</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-C20</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1200</t>
+  </si>
+  <si>
+    <t>Wireless Router CUDY WR1300E, Dual-band AC1200, 300+867 Mbps, 3xGigabit</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1300E</t>
+  </si>
+  <si>
+    <t>Wireless Adapter EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, external antenna</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7822UAD</t>
+  </si>
+  <si>
+    <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C230</t>
+  </si>
+  <si>
+    <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C222</t>
+  </si>
+  <si>
+    <t>Wireless adapter TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x external antennas</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-TX20E</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, WLAN, for Outdoors, Night Vision, 1080p, Recordi</t>
+  </si>
+  <si>
+    <t>HAMA-176653</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy GP1200, AC1200, GPON/EPON, 1xPON, 4xGigabit</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-GP1200</t>
+  </si>
+  <si>
+    <t>Cudy M1500-1 pack AX1500 wireless MESH system, WiFi 6 whole home network</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M1500-1</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
+  </si>
+  <si>
+    <t>ASUS-ADP-USB-C2500-V2</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C210</t>
+  </si>
+  <si>
+    <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1300D</t>
+  </si>
+  <si>
+    <t>Ethernet Surge Protector ZyXEL PoE++ (60W) Gigabit</t>
+  </si>
+  <si>
+    <t>ZYXEL-SURGEPRO-GE</t>
+  </si>
+  <si>
+    <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
+  </si>
+  <si>
+    <t>DELOCK-81570</t>
+  </si>
+  <si>
+    <t>Network card Cudy WU5400, AX5400, Tri-band router WiFi6/6E, USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU5400</t>
+  </si>
+  <si>
+    <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C206</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
+  </si>
+  <si>
+    <t>CUDY-AP-RE1500</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
+  </si>
+  <si>
+    <t>HAMA-176652</t>
+  </si>
+  <si>
+    <t>Hama Smart Surveillance Camera, for Babies, WLAN, App, Night Light, Audio, 1080p</t>
+  </si>
+  <si>
+    <t>HAMA-176673</t>
+  </si>
+  <si>
+    <t>Wireless Adapter ASUS PCE-AX1800 WiFi 6 PCI-e</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-AX1800</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C220</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-WE9300</t>
+  </si>
+  <si>
+    <t>Switch Cudy HS105, 5x2.5G, RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-HS105</t>
   </si>
   <si>
     <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1016</t>
   </si>
   <si>
-    <t>Wireless adapter TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x external antennas</t>
-[...2 lines deleted...]
-    <t>TP-TL-ARCHER-TX20E</t>
+    <t>Wireless Router Cudy WR3000 WiFi6, AX3000, 4 Gigabit WAN/LAN Ports, 4 x 5dBi</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000S</t>
+  </si>
+  <si>
+    <t>Cudy IG1005P Industrial 5-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1005P</t>
+  </si>
+  <si>
+    <t>Wireless router Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi antennas, white</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600E</t>
+  </si>
+  <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C310</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR3000P 2.5G,AX3000, Mesh Poe Router, 4 x 10/100/1000Mbps Ports, 4 x 5dBi fixed antenna</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000P</t>
+  </si>
+  <si>
+    <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C232</t>
+  </si>
+  <si>
+    <t>WiFi Router TP-Link M7200 - 4G LTE</t>
+  </si>
+  <si>
+    <t>TP-TL-M7200-4G</t>
   </si>
   <si>
     <t>Wireless adapter EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
   </si>
   <si>
     <t>EDIM-EW-7611UXB</t>
   </si>
   <si>
-    <t>Ethernet Surge Protector ZyXEL PoE++ (60W) Gigabit</t>
-[...56 lines deleted...]
-    <t>TP-TL-CAM-TAPO-C222</t>
+    <t>Wireless router and access point CUDY C200P 2 in 1, 1xGigabit, 4xGigabit POE+PSU, USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-C200P</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR3000H, AX3000, 2.4/5 GHz, 1x 2.5Ghz WAN port, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3000H</t>
+  </si>
+  <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C500 - 1080P Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C500</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C410 - Smart Wire-Free Indoor/Outdoor Security Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C410</t>
+  </si>
+  <si>
+    <t>D-Link D-Link DWR-932W, 4G LTE N300 Wifi Mobile Hotspot</t>
+  </si>
+  <si>
+    <t>D-LINK-DWR-932W</t>
+  </si>
+  <si>
+    <t>Hama Surveillance Camera, WLAN, Indoors, Swivel, Motion Sensor, Recording</t>
+  </si>
+  <si>
+    <t>HAMA-176647</t>
+  </si>
+  <si>
+    <t>Cudy M3000, 1-pack, AX3000 Dual Band, 2.4/5 GHz, 574 -  2402 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3000-1</t>
+  </si>
+  <si>
+    <t>Wireless Access Point Cudy AP3000D,WiFi 6,AX3000 Dual Band Ceiling Mount, 1xRJ45,.12V DC,4x5Dbi antennas</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP3000D</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer C86 AC1900 Dual Band</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-C86</t>
+  </si>
+  <si>
+    <t>Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0 network card</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU6500</t>
+  </si>
+  <si>
+    <t>Hama Surveillance Camera, WLAN Outdoor Camera, Recording, Night Vision, 1080p, 176645</t>
+  </si>
+  <si>
+    <t>HAMA-176645</t>
+  </si>
+  <si>
+    <t>Switch ZyXEL GS-1200-5HPV3, 5-ports, Gigabit, PoE, Web Managed</t>
+  </si>
+  <si>
+    <t>ZYXEL-GS-1200-5HPV3</t>
+  </si>
+  <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C320WS</t>
   </si>
   <si>
     <t>Wireless router Cudy GP3000V,xPon, WiFi6, AX3000, 4xGigabit RJ45, 1xRJ11</t>
   </si>
   <si>
     <t>CUDY-ROUT-GP3000V</t>
   </si>
   <si>
-    <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
-[...35 lines deleted...]
-    <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100/1000, outdoor use</t>
+    <t>Wireless Router Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600</t>
+  </si>
+  <si>
+    <t>Cudy POE400, 90W Wall-Mount PoE Adapter</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE400</t>
+  </si>
+  <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C510W - 2K Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C510W</t>
+  </si>
+  <si>
+    <t>SFP Module Mikrotik XSPlus-85LC01D, 1.25GB,10GB, 25GB, 100m</t>
+  </si>
+  <si>
+    <t>MIKROTIK-XSPlus-85LC01D</t>
+  </si>
+  <si>
+    <t>Wireless Amplifier Range Extender / AP Cudy RE1200 Outdoor WiFI5, AC1200, 1x 10/100, outdoor use</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200-OUT</t>
   </si>
   <si>
-    <t>Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0 network card</t>
-[...14 lines deleted...]
-    <t>CUDY-SWITCH-IG1005P</t>
+    <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
+  </si>
+  <si>
+    <t>GOOGLE-NEST-CAM</t>
+  </si>
+  <si>
+    <t>Router MikroTik 10/100/1000Mbit, PoE, RAM - 512 MB, USB - А, RouterOS v7, License level 4</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E50UG-hEX</t>
+  </si>
+  <si>
+    <t>Wireless Adapter ASUS PCE-BE6500 WiFi 7 (802.11be) PCI-e</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-BE6500</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy WR3600H, 1× 2.5GbE, 4× GbE, 2882 Mbps + 688 Mbps, 3.6 Gbps, Dual-Band Wi-Fi 7 ,  VPN Server and Client, 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR3600H</t>
+  </si>
+  <si>
+    <t>Cudy IG1008P Industrial 8-Port 10/100/1000M PoE+ Switch 65W</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-IG1008P</t>
+  </si>
+  <si>
+    <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C410-kit</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer AX55, AX3000, Wi-Fi 6, Dual-Band Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX55</t>
+  </si>
+  <si>
+    <t>Switch Cudy GS1016L, 16 ports, 10/100/1000, metal for 19" rack</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1016L</t>
+  </si>
+  <si>
+    <t>Hama Surveillance Camera, WLAN, for Outdoors, without Hub, Night Vision, 1080p, 176646</t>
+  </si>
+  <si>
+    <t>HAMA-176646</t>
+  </si>
+  <si>
+    <t>Wireless Range Extender TP-LINK RE605X AX1800 - WiFi 6</t>
+  </si>
+  <si>
+    <t>TP-TL-RE605X</t>
+  </si>
+  <si>
+    <t>Outdoor Security WiFI camera TP-Link Tapo C520WS - 2K Pan/Tilt</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C520WS</t>
+  </si>
+  <si>
+    <t>TP-Link Tapo C425 - Smart Wire-Free Security Camera</t>
+  </si>
+  <si>
+    <t>TP-TL-CAM-TAPO-C425</t>
+  </si>
+  <si>
+    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-BE220</t>
+  </si>
+  <si>
+    <t>Wireless Router Cudy LT400 Outdoor, N300, 4G LTE,  2.4 GHz, 300 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-LT400-OUT</t>
   </si>
   <si>
     <t>Wireless Range Extender /AP Cudy RE3600 WiFI7, 1x Gigabit Ethernet Port</t>
   </si>
   <si>
     <t>CUDY-AP-RE3600</t>
   </si>
   <si>
-    <t>TP-Link Desktop Switch 6-Port 10/100Mbps, with 4-Port PoE+</t>
-[...80 lines deleted...]
-    <t>ASUS-PCIE-BE6500</t>
+    <t>Wireless Router TP-Link Archer AX55 Pro, AX3000, Wi-Fi 6, Multi Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX55-Pro</t>
   </si>
   <si>
     <t>Switch Cudy GS1024L, 24 ports, 10/100/1000, for 19" rack, metal</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS1024L</t>
   </si>
   <si>
     <t>Cudy TR3000 VPN Travel router AX3000, 2.5Ghz WAN, USB-C, 2 x antennas, blue</t>
   </si>
   <si>
     <t>CUDY-ROUT-TR3000</t>
   </si>
   <si>
     <t>Cudy M1500-2-pack AX1500 Wireless MESH System, WiFi 6 Whole Home Network</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1500-2</t>
   </si>
   <si>
     <t>Wireless MESH system router Cudy M3600-1-pack BE3600 WiFi 7 whole home system</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3600-1</t>
   </si>
   <si>
     <t>Mikrotik Router E60iUGS hEX S routerOS L4</t>
   </si>
   <si>
     <t>MIKROTIK-E60iUGS</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer BE220 Dual-Band Wi-Fi 7</t>
-[...2 lines deleted...]
-    <t>TP-TL-ARCHER-BE220</t>
+    <t>Wireless Access Point MikroTik hAP ax S - E62iUGS-2axD5axT</t>
+  </si>
+  <si>
+    <t>MIKROTIK-E62iUGS-2axD5axT</t>
+  </si>
+  <si>
+    <t>Mesh System TP-Link Deco S7 AC1900 - (2-Pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-S7-2PACK</t>
+  </si>
+  <si>
+    <t>Ethernet Switch ASUS ExpertWiFi EBP15 - 5 Port GbE 4PoE</t>
+  </si>
+  <si>
+    <t>ASUS-SWITCH-EBP15</t>
   </si>
   <si>
     <t>LANDE NET box STB Security Box, 540x400mm, 7U , 19"</t>
   </si>
   <si>
     <t>NET-RACK-7U-LANDE-NEW</t>
   </si>
   <si>
-    <t>Ethernet Switch ASUS ExpertWiFi EBP15 - 5 Port GbE 4PoE</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Adapter ASUS PCE-BE92BT WiFi 7 (802.11be) PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE92BT</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR3600H, 1× 2.5GbE, 4× GbE, 2882 Mbps + 688 Mbps, 3.6 Gbps, Dual-Band Wi-Fi 7 ,  VPN Server and Client, 10/100/1000</t>
-[...10 lines deleted...]
-  <si>
     <t>LANDE NET box STB Security Box, 540x400mm, 9U , 19"</t>
   </si>
   <si>
     <t>NET-RACK-9U-LANDE-NEW</t>
   </si>
   <si>
+    <t>Ethernet Adapter ASUS XG-C100C V3 PCI-E - 10Gbps Port</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-XG-C100C-V3</t>
+  </si>
+  <si>
     <t>PoE extender Zyxel PoE12-3PD, 4 x 1Gb port 45W PoE budget, outdoor</t>
   </si>
   <si>
     <t>ZYXEL-POE12-3PD</t>
   </si>
   <si>
     <t>Switch Zyxel XMG-105 5 Ports 2,5G + 1 SFP+ Desktop MultiGig unmanaged</t>
   </si>
   <si>
     <t>ZYXEL-XMG-105</t>
   </si>
   <si>
     <t>Delock PCI Express x4 Card to 2 x USB Type-C™ + 3 x USB Type-A - SuperSpeed USB 10 Gbps</t>
   </si>
   <si>
     <t>DELOCK-89064</t>
   </si>
   <si>
+    <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
+  </si>
+  <si>
+    <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA50AXPRO</t>
+  </si>
+  <si>
     <t>Wireless Router TP-Link Archer BE230 Dual-Band Wi-Fi 7</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-BE230</t>
   </si>
   <si>
     <t>Delock PCI Express x1 Network Card Gigabit LAN 1 x SFP i210</t>
   </si>
   <si>
     <t>DELOCK-88318</t>
   </si>
   <si>
+    <t>Wireless Router ASUS RT-BE55 Dual-Band WiFi 7 BE3600 (802.11be), Ai Mesh</t>
+  </si>
+  <si>
+    <t>ASUS-RT-BE55</t>
+  </si>
+  <si>
     <t>Wireless Portable Router ASUS RT-AX57 GO AX3000 WiFi 6</t>
   </si>
   <si>
     <t>ASUS-RT-AX57-GO</t>
   </si>
   <si>
-    <t>Ethernet Adapter ASUS XG-C100C V3 PCI-E - 10Gbps Port</t>
-[...16 lines deleted...]
-  <si>
     <t>STARLINK acc. Mini Wall Mount Silicone 2x Lag Screws 20x Cable Routing Clips</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL</t>
   </si>
   <si>
     <t>STARLINK acc. Mini Pivot Mount</t>
   </si>
   <si>
     <t>STARLINK-MOUNT-WALL1</t>
   </si>
   <si>
-    <t>TP-LINK /TP-LINK/ Access Point DECO S7 (3-pack), AC1900</t>
-[...4 lines deleted...]
-  <si>
     <t>Cudy BE6500 2.5Ghz Gigabit Dual Band Wi-Fi 7 Wireless Router, 1x1Gbps WAN port, 4x10/100/1000, 6x5dBi antennas, black</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR6500</t>
   </si>
   <si>
     <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C501</t>
   </si>
   <si>
-    <t>Antenna MIKROTIK - RB911G-2HPnD-12S, 120 dBi, 2.4 GHz,  600 MHz,Dual polarization</t>
-[...224 lines deleted...]
-    <t>TP-TL-DECO-BE65-3PACK</t>
+    <t>Wireless Portable Router ASUS RT-BE58 GO  WiFi 7, 4G &amp; 5G Mobile Tethering</t>
+  </si>
+  <si>
+    <t>ASUS-RT-BE58-GO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1627,51 +1666,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D358"/>
+  <dimension ref="A1:D403"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1680,5011 +1719,5641 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>2.304</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>3.996</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>4.02</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>4.548</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>4.908</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>5.088</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>5.172</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>5.796</v>
+        <v>6.06</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>5.94</v>
+        <v>6.132</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>6.06</v>
+        <v>6.324</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>6.132</v>
+        <v>7.044</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>7.272</v>
+        <v>7.2</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>7.368</v>
+        <v>7.716</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>7.716</v>
+        <v>7.896</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>8.28</v>
+        <v>9.204</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>8.556</v>
+        <v>9.504</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>8.7</v>
+        <v>9.636</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>9.132</v>
+        <v>9.756</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>9.204</v>
+        <v>9.9</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>9.636</v>
+        <v>9.9</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>9.768</v>
+        <v>9.9</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>9.996</v>
+        <v>10.104</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>10.104</v>
+        <v>10.128</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>10.128</v>
+        <v>10.428</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>10.308</v>
+        <v>10.428</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>10.428</v>
+        <v>10.536</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>10.428</v>
+        <v>10.68</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>10.488</v>
+        <v>10.8</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>10.56</v>
+        <v>11.016</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>10.752</v>
+        <v>11.076</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>11.004</v>
+        <v>11.352</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>11.04</v>
+        <v>11.604</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>11.076</v>
+        <v>11.676</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>11.28</v>
+        <v>12.0</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>11.352</v>
+        <v>12.78</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>11.604</v>
+        <v>12.78</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>11.652</v>
+        <v>12.9</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>11.844</v>
+        <v>12.9</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>11.988</v>
+        <v>13.08</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>12.78</v>
+        <v>13.308</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>12.78</v>
+        <v>14.076</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>12.888</v>
+        <v>14.16</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>13.008</v>
+        <v>14.388</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>13.08</v>
+        <v>14.4</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>13.308</v>
+        <v>14.616</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>13.38</v>
+        <v>14.724</v>
       </c>
       <c r="D47" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>13.752</v>
+        <v>14.82</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>14.388</v>
+        <v>14.832</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>14.472</v>
+        <v>15.0</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>14.616</v>
+        <v>15.084</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>14.724</v>
+        <v>15.276</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>14.82</v>
+        <v>15.336</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>14.832</v>
+        <v>15.336</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>15.096</v>
+        <v>15.336</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>15.156</v>
+        <v>15.6</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>15.228</v>
+        <v>15.648</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>15.276</v>
+        <v>16.14</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>15.336</v>
+        <v>16.5</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>15.336</v>
+        <v>16.572</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>15.336</v>
+        <v>16.62</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>15.648</v>
+        <v>16.8</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>15.756</v>
+        <v>16.872</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>15.78</v>
+        <v>17.568</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>16.176</v>
+        <v>17.7</v>
       </c>
       <c r="D65" t="s">
-        <v>135</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>16.56</v>
+        <v>17.892</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>16.572</v>
+        <v>18.0</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>16.62</v>
+        <v>18.0</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>16.872</v>
+        <v>18.0</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>16.872</v>
+        <v>18.0</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>17.064</v>
+        <v>18.0</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>17.184</v>
+        <v>18.0</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>17.484</v>
+        <v>18.312</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>17.568</v>
+        <v>19.116</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>17.64</v>
+        <v>19.2</v>
       </c>
       <c r="D75" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>17.892</v>
+        <v>19.2</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>18.312</v>
+        <v>19.62</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>18.816</v>
+        <v>19.704</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>19.008</v>
+        <v>19.74</v>
       </c>
       <c r="D79" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>19.104</v>
+        <v>19.8</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>19.116</v>
+        <v>19.944</v>
       </c>
       <c r="D81" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>19.62</v>
+        <v>19.992</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>19.944</v>
+        <v>20.448</v>
       </c>
       <c r="D83" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>19.944</v>
+        <v>20.676</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>20.448</v>
+        <v>20.772</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>20.508</v>
+        <v>20.88</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>20.676</v>
+        <v>20.94</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>20.772</v>
+        <v>21.0</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>20.88</v>
+        <v>21.12</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
-        <v>21.156</v>
+        <v>21.12</v>
       </c>
       <c r="D90" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>21.18</v>
+        <v>21.444</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>21.444</v>
+        <v>21.48</v>
       </c>
       <c r="D92" t="s">
-        <v>135</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>21.48</v>
+        <v>21.78</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>21.672</v>
+        <v>22.092</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>21.78</v>
+        <v>22.308</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>22.092</v>
+        <v>22.416</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>22.092</v>
+        <v>23.004</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>22.308</v>
+        <v>23.064</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
-        <v>22.416</v>
+        <v>23.316</v>
       </c>
       <c r="D99" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
-        <v>22.572</v>
+        <v>24.024</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
-        <v>23.004</v>
+        <v>24.228</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>67</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>68</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>11.004</v>
+        <v>2.304</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>87</v>
+        <v>7</v>
       </c>
       <c r="B103" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="C103">
-        <v>12.78</v>
+        <v>3.996</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="B104" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="C104">
-        <v>14.388</v>
+        <v>4.02</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="B105" t="s">
-        <v>106</v>
+        <v>12</v>
       </c>
       <c r="C105">
-        <v>14.616</v>
+        <v>4.548</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="B106" t="s">
-        <v>124</v>
+        <v>14</v>
       </c>
       <c r="C106">
-        <v>15.336</v>
+        <v>4.908</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="B107" t="s">
-        <v>126</v>
+        <v>17</v>
       </c>
       <c r="C107">
-        <v>15.336</v>
+        <v>5.088</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>144</v>
+        <v>19</v>
       </c>
       <c r="B108" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="C108">
-        <v>16.872</v>
+        <v>5.172</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>156</v>
+        <v>22</v>
       </c>
       <c r="B109" t="s">
-        <v>157</v>
+        <v>23</v>
       </c>
       <c r="C109">
-        <v>17.892</v>
+        <v>6.06</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>172</v>
+        <v>24</v>
       </c>
       <c r="B110" t="s">
-        <v>173</v>
+        <v>25</v>
       </c>
       <c r="C110">
-        <v>19.944</v>
+        <v>6.132</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>182</v>
+        <v>26</v>
       </c>
       <c r="B111" t="s">
-        <v>183</v>
+        <v>27</v>
       </c>
       <c r="C111">
-        <v>20.88</v>
+        <v>6.324</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>184</v>
+        <v>28</v>
       </c>
       <c r="B112" t="s">
-        <v>185</v>
+        <v>29</v>
       </c>
       <c r="C112">
-        <v>21.156</v>
+        <v>7.044</v>
       </c>
       <c r="D112" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>190</v>
+        <v>30</v>
       </c>
       <c r="B113" t="s">
-        <v>191</v>
+        <v>31</v>
       </c>
       <c r="C113">
-        <v>21.48</v>
+        <v>7.2</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>194</v>
+        <v>34</v>
       </c>
       <c r="B114" t="s">
-        <v>195</v>
+        <v>35</v>
       </c>
       <c r="C114">
-        <v>21.78</v>
+        <v>7.896</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>208</v>
+        <v>36</v>
       </c>
       <c r="B115" t="s">
-        <v>209</v>
+        <v>37</v>
       </c>
       <c r="C115">
-        <v>23.004</v>
+        <v>9.204</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>210</v>
+        <v>40</v>
       </c>
       <c r="B116" t="s">
-        <v>211</v>
+        <v>41</v>
       </c>
       <c r="C116">
-        <v>24.024</v>
+        <v>9.636</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>212</v>
+        <v>44</v>
       </c>
       <c r="B117" t="s">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="C117">
-        <v>24.384</v>
+        <v>9.9</v>
       </c>
       <c r="D117" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>214</v>
+        <v>46</v>
       </c>
       <c r="B118" t="s">
-        <v>215</v>
+        <v>47</v>
       </c>
       <c r="C118">
-        <v>25.056</v>
+        <v>9.9</v>
       </c>
       <c r="D118" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>216</v>
+        <v>48</v>
       </c>
       <c r="B119" t="s">
-        <v>217</v>
+        <v>49</v>
       </c>
       <c r="C119">
-        <v>29.316</v>
+        <v>9.9</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>218</v>
+        <v>50</v>
       </c>
       <c r="B120" t="s">
-        <v>219</v>
+        <v>51</v>
       </c>
       <c r="C120">
-        <v>30.168</v>
+        <v>10.104</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>220</v>
+        <v>52</v>
       </c>
       <c r="B121" t="s">
-        <v>221</v>
+        <v>53</v>
       </c>
       <c r="C121">
-        <v>33.552</v>
+        <v>10.128</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>222</v>
+        <v>54</v>
       </c>
       <c r="B122" t="s">
-        <v>223</v>
+        <v>55</v>
       </c>
       <c r="C122">
-        <v>34.548</v>
+        <v>10.428</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>224</v>
+        <v>56</v>
       </c>
       <c r="B123" t="s">
-        <v>225</v>
+        <v>57</v>
       </c>
       <c r="C123">
-        <v>35.148</v>
+        <v>10.428</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>226</v>
+        <v>58</v>
       </c>
       <c r="B124" t="s">
-        <v>227</v>
+        <v>59</v>
       </c>
       <c r="C124">
-        <v>35.28</v>
+        <v>10.536</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>228</v>
+        <v>60</v>
       </c>
       <c r="B125" t="s">
-        <v>229</v>
+        <v>61</v>
       </c>
       <c r="C125">
-        <v>35.28</v>
+        <v>10.68</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>230</v>
+        <v>64</v>
       </c>
       <c r="B126" t="s">
-        <v>231</v>
+        <v>65</v>
       </c>
       <c r="C126">
-        <v>35.28</v>
+        <v>11.016</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>232</v>
+        <v>66</v>
       </c>
       <c r="B127" t="s">
-        <v>233</v>
+        <v>67</v>
       </c>
       <c r="C127">
-        <v>35.28</v>
+        <v>11.076</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>234</v>
+        <v>70</v>
       </c>
       <c r="B128" t="s">
-        <v>235</v>
+        <v>71</v>
       </c>
       <c r="C128">
-        <v>35.772</v>
+        <v>11.604</v>
       </c>
       <c r="D128" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>236</v>
+        <v>76</v>
       </c>
       <c r="B129" t="s">
-        <v>237</v>
+        <v>77</v>
       </c>
       <c r="C129">
-        <v>36.816</v>
+        <v>12.78</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>238</v>
+        <v>78</v>
       </c>
       <c r="B130" t="s">
-        <v>239</v>
+        <v>79</v>
       </c>
       <c r="C130">
-        <v>38.34</v>
+        <v>12.78</v>
       </c>
       <c r="D130" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>240</v>
+        <v>80</v>
       </c>
       <c r="B131" t="s">
-        <v>241</v>
+        <v>81</v>
       </c>
       <c r="C131">
-        <v>38.352</v>
+        <v>12.9</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>242</v>
+        <v>82</v>
       </c>
       <c r="B132" t="s">
-        <v>243</v>
+        <v>83</v>
       </c>
       <c r="C132">
-        <v>38.352</v>
+        <v>12.9</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="B133" t="s">
-        <v>245</v>
+        <v>85</v>
       </c>
       <c r="C133">
-        <v>40.392</v>
+        <v>13.08</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>246</v>
+        <v>86</v>
       </c>
       <c r="B134" t="s">
-        <v>247</v>
+        <v>87</v>
       </c>
       <c r="C134">
-        <v>40.392</v>
+        <v>13.308</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>248</v>
+        <v>88</v>
       </c>
       <c r="B135" t="s">
-        <v>249</v>
+        <v>89</v>
       </c>
       <c r="C135">
-        <v>45.504</v>
+        <v>14.076</v>
       </c>
       <c r="D135" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>250</v>
+        <v>90</v>
       </c>
       <c r="B136" t="s">
-        <v>251</v>
+        <v>91</v>
       </c>
       <c r="C136">
-        <v>45.504</v>
+        <v>14.16</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>252</v>
+        <v>92</v>
       </c>
       <c r="B137" t="s">
-        <v>253</v>
+        <v>93</v>
       </c>
       <c r="C137">
-        <v>49.104</v>
+        <v>14.388</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>254</v>
+        <v>94</v>
       </c>
       <c r="B138" t="s">
-        <v>255</v>
+        <v>95</v>
       </c>
       <c r="C138">
-        <v>49.524</v>
+        <v>14.4</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>256</v>
+        <v>96</v>
       </c>
       <c r="B139" t="s">
-        <v>257</v>
+        <v>97</v>
       </c>
       <c r="C139">
-        <v>50.616</v>
+        <v>14.616</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>258</v>
+        <v>98</v>
       </c>
       <c r="B140" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="C140">
-        <v>50.616</v>
+        <v>14.724</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>260</v>
+        <v>100</v>
       </c>
       <c r="B141" t="s">
-        <v>261</v>
+        <v>101</v>
       </c>
       <c r="C141">
-        <v>51.12</v>
+        <v>14.82</v>
       </c>
       <c r="D141" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>262</v>
+        <v>102</v>
       </c>
       <c r="B142" t="s">
-        <v>263</v>
+        <v>103</v>
       </c>
       <c r="C142">
-        <v>51.12</v>
+        <v>14.832</v>
       </c>
       <c r="D142" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>264</v>
+        <v>106</v>
       </c>
       <c r="B143" t="s">
-        <v>265</v>
+        <v>107</v>
       </c>
       <c r="C143">
-        <v>51.12</v>
+        <v>15.084</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>266</v>
+        <v>108</v>
       </c>
       <c r="B144" t="s">
-        <v>267</v>
+        <v>109</v>
       </c>
       <c r="C144">
-        <v>51.54</v>
+        <v>15.276</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>268</v>
+        <v>110</v>
       </c>
       <c r="B145" t="s">
-        <v>269</v>
+        <v>111</v>
       </c>
       <c r="C145">
-        <v>55.728</v>
+        <v>15.336</v>
       </c>
       <c r="D145" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>270</v>
+        <v>112</v>
       </c>
       <c r="B146" t="s">
-        <v>271</v>
+        <v>113</v>
       </c>
       <c r="C146">
-        <v>55.728</v>
+        <v>15.336</v>
       </c>
       <c r="D146" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>272</v>
+        <v>114</v>
       </c>
       <c r="B147" t="s">
-        <v>273</v>
+        <v>115</v>
       </c>
       <c r="C147">
-        <v>55.728</v>
+        <v>15.336</v>
       </c>
       <c r="D147" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>274</v>
+        <v>118</v>
       </c>
       <c r="B148" t="s">
-        <v>275</v>
+        <v>119</v>
       </c>
       <c r="C148">
-        <v>55.728</v>
+        <v>15.648</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>276</v>
+        <v>120</v>
       </c>
       <c r="B149" t="s">
-        <v>277</v>
+        <v>121</v>
       </c>
       <c r="C149">
-        <v>56.232</v>
+        <v>16.14</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>278</v>
+        <v>124</v>
       </c>
       <c r="B150" t="s">
-        <v>279</v>
+        <v>125</v>
       </c>
       <c r="C150">
-        <v>59.784</v>
+        <v>16.572</v>
       </c>
       <c r="D150" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>280</v>
+        <v>130</v>
       </c>
       <c r="B151" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="C151">
-        <v>60.84</v>
+        <v>16.872</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>282</v>
+        <v>132</v>
       </c>
       <c r="B152" t="s">
-        <v>283</v>
+        <v>133</v>
       </c>
       <c r="C152">
-        <v>60.84</v>
+        <v>17.568</v>
       </c>
       <c r="D152" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>284</v>
+        <v>134</v>
       </c>
       <c r="B153" t="s">
-        <v>285</v>
+        <v>135</v>
       </c>
       <c r="C153">
-        <v>61.908</v>
+        <v>17.7</v>
       </c>
       <c r="D153" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>286</v>
+        <v>136</v>
       </c>
       <c r="B154" t="s">
-        <v>287</v>
+        <v>137</v>
       </c>
       <c r="C154">
-        <v>62.904</v>
+        <v>17.892</v>
       </c>
       <c r="D154" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>288</v>
+        <v>142</v>
       </c>
       <c r="B155" t="s">
-        <v>289</v>
+        <v>143</v>
       </c>
       <c r="C155">
-        <v>65.952</v>
+        <v>18.0</v>
       </c>
       <c r="D155" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>290</v>
+        <v>144</v>
       </c>
       <c r="B156" t="s">
-        <v>291</v>
+        <v>145</v>
       </c>
       <c r="C156">
-        <v>65.952</v>
+        <v>18.0</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>292</v>
+        <v>146</v>
       </c>
       <c r="B157" t="s">
-        <v>293</v>
+        <v>147</v>
       </c>
       <c r="C157">
-        <v>71.064</v>
+        <v>18.0</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>294</v>
+        <v>148</v>
       </c>
       <c r="B158" t="s">
-        <v>295</v>
+        <v>149</v>
       </c>
       <c r="C158">
-        <v>71.064</v>
+        <v>18.0</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>296</v>
+        <v>150</v>
       </c>
       <c r="B159" t="s">
-        <v>297</v>
+        <v>151</v>
       </c>
       <c r="C159">
-        <v>71.064</v>
+        <v>18.312</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>298</v>
+        <v>152</v>
       </c>
       <c r="B160" t="s">
-        <v>299</v>
+        <v>153</v>
       </c>
       <c r="C160">
-        <v>71.064</v>
+        <v>19.116</v>
       </c>
       <c r="D160" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>300</v>
+        <v>156</v>
       </c>
       <c r="B161" t="s">
-        <v>301</v>
+        <v>157</v>
       </c>
       <c r="C161">
-        <v>71.064</v>
+        <v>19.2</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>302</v>
+        <v>158</v>
       </c>
       <c r="B162" t="s">
-        <v>303</v>
+        <v>159</v>
       </c>
       <c r="C162">
-        <v>71.172</v>
+        <v>19.62</v>
       </c>
       <c r="D162" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>304</v>
+        <v>160</v>
       </c>
       <c r="B163" t="s">
-        <v>305</v>
+        <v>161</v>
       </c>
       <c r="C163">
-        <v>76.08</v>
+        <v>19.704</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>306</v>
+        <v>162</v>
       </c>
       <c r="B164" t="s">
-        <v>307</v>
+        <v>163</v>
       </c>
       <c r="C164">
-        <v>76.692</v>
+        <v>19.74</v>
       </c>
       <c r="D164" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>308</v>
+        <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>309</v>
+        <v>165</v>
       </c>
       <c r="C165">
-        <v>81.3</v>
+        <v>19.8</v>
       </c>
       <c r="D165" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>310</v>
+        <v>168</v>
       </c>
       <c r="B166" t="s">
-        <v>311</v>
+        <v>169</v>
       </c>
       <c r="C166">
-        <v>81.3</v>
+        <v>19.992</v>
       </c>
       <c r="D166" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>312</v>
+        <v>170</v>
       </c>
       <c r="B167" t="s">
-        <v>313</v>
+        <v>171</v>
       </c>
       <c r="C167">
-        <v>81.3</v>
+        <v>20.448</v>
       </c>
       <c r="D167" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>314</v>
+        <v>172</v>
       </c>
       <c r="B168" t="s">
-        <v>315</v>
+        <v>173</v>
       </c>
       <c r="C168">
-        <v>81.3</v>
+        <v>20.676</v>
       </c>
       <c r="D168" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>316</v>
+        <v>176</v>
       </c>
       <c r="B169" t="s">
-        <v>317</v>
+        <v>177</v>
       </c>
       <c r="C169">
-        <v>82.824</v>
+        <v>20.88</v>
       </c>
       <c r="D169" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>318</v>
+        <v>182</v>
       </c>
       <c r="B170" t="s">
-        <v>319</v>
+        <v>183</v>
       </c>
       <c r="C170">
-        <v>86.28</v>
+        <v>21.12</v>
       </c>
       <c r="D170" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>320</v>
+        <v>184</v>
       </c>
       <c r="B171" t="s">
-        <v>321</v>
+        <v>185</v>
       </c>
       <c r="C171">
-        <v>86.4</v>
+        <v>21.12</v>
       </c>
       <c r="D171" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>322</v>
+        <v>186</v>
       </c>
       <c r="B172" t="s">
-        <v>323</v>
+        <v>187</v>
       </c>
       <c r="C172">
-        <v>86.88</v>
+        <v>21.444</v>
       </c>
       <c r="D172" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>324</v>
+        <v>188</v>
       </c>
       <c r="B173" t="s">
-        <v>325</v>
+        <v>189</v>
       </c>
       <c r="C173">
-        <v>91.512</v>
+        <v>21.48</v>
       </c>
       <c r="D173" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>326</v>
+        <v>190</v>
       </c>
       <c r="B174" t="s">
-        <v>327</v>
+        <v>191</v>
       </c>
       <c r="C174">
-        <v>92.4</v>
+        <v>21.78</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>328</v>
+        <v>194</v>
       </c>
       <c r="B175" t="s">
-        <v>329</v>
+        <v>195</v>
       </c>
       <c r="C175">
-        <v>96.636</v>
+        <v>22.308</v>
       </c>
       <c r="D175" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>330</v>
+        <v>196</v>
       </c>
       <c r="B176" t="s">
-        <v>331</v>
+        <v>197</v>
       </c>
       <c r="C176">
-        <v>96.636</v>
+        <v>22.416</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>332</v>
+        <v>198</v>
       </c>
       <c r="B177" t="s">
-        <v>333</v>
+        <v>199</v>
       </c>
       <c r="C177">
-        <v>96.636</v>
+        <v>23.004</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>334</v>
+        <v>204</v>
       </c>
       <c r="B178" t="s">
-        <v>335</v>
+        <v>205</v>
       </c>
       <c r="C178">
-        <v>96.756</v>
+        <v>24.024</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>336</v>
+        <v>208</v>
       </c>
       <c r="B179" t="s">
-        <v>337</v>
+        <v>209</v>
       </c>
       <c r="C179">
-        <v>101.748</v>
+        <v>24.312</v>
       </c>
       <c r="D179" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>338</v>
+        <v>210</v>
       </c>
       <c r="B180" t="s">
-        <v>339</v>
+        <v>211</v>
       </c>
       <c r="C180">
-        <v>101.748</v>
+        <v>24.468</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>340</v>
+        <v>212</v>
       </c>
       <c r="B181" t="s">
-        <v>341</v>
+        <v>213</v>
       </c>
       <c r="C181">
-        <v>101.748</v>
+        <v>24.816</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>342</v>
+        <v>214</v>
       </c>
       <c r="B182" t="s">
-        <v>343</v>
+        <v>215</v>
       </c>
       <c r="C182">
-        <v>101.748</v>
+        <v>24.9</v>
       </c>
       <c r="D182" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>344</v>
+        <v>216</v>
       </c>
       <c r="B183" t="s">
-        <v>345</v>
+        <v>217</v>
       </c>
       <c r="C183">
-        <v>103.692</v>
+        <v>25.056</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>346</v>
+        <v>218</v>
       </c>
       <c r="B184" t="s">
-        <v>347</v>
+        <v>219</v>
       </c>
       <c r="C184">
-        <v>106.98</v>
+        <v>25.056</v>
       </c>
       <c r="D184" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>348</v>
+        <v>220</v>
       </c>
       <c r="B185" t="s">
-        <v>349</v>
+        <v>221</v>
       </c>
       <c r="C185">
-        <v>111.972</v>
+        <v>25.224</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>350</v>
+        <v>222</v>
       </c>
       <c r="B186" t="s">
-        <v>351</v>
+        <v>223</v>
       </c>
       <c r="C186">
-        <v>114.0</v>
+        <v>25.284</v>
       </c>
       <c r="D186" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>352</v>
+        <v>224</v>
       </c>
       <c r="B187" t="s">
-        <v>353</v>
+        <v>225</v>
       </c>
       <c r="C187">
-        <v>115.404</v>
+        <v>25.596</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>354</v>
+        <v>226</v>
       </c>
       <c r="B188" t="s">
-        <v>355</v>
+        <v>227</v>
       </c>
       <c r="C188">
-        <v>117.084</v>
+        <v>26.004</v>
       </c>
       <c r="D188" t="s">
-        <v>9</v>
+        <v>228</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>356</v>
+        <v>229</v>
       </c>
       <c r="B189" t="s">
-        <v>357</v>
+        <v>230</v>
       </c>
       <c r="C189">
-        <v>117.084</v>
+        <v>26.508</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>358</v>
+        <v>231</v>
       </c>
       <c r="B190" t="s">
-        <v>359</v>
+        <v>232</v>
       </c>
       <c r="C190">
-        <v>117.888</v>
+        <v>27.0</v>
       </c>
       <c r="D190" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>360</v>
+        <v>233</v>
       </c>
       <c r="B191" t="s">
-        <v>361</v>
+        <v>234</v>
       </c>
       <c r="C191">
-        <v>122.196</v>
+        <v>27.0</v>
       </c>
       <c r="D191" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>362</v>
+        <v>235</v>
       </c>
       <c r="B192" t="s">
-        <v>363</v>
+        <v>236</v>
       </c>
       <c r="C192">
-        <v>132.42</v>
+        <v>27.0</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>364</v>
+        <v>237</v>
       </c>
       <c r="B193" t="s">
-        <v>365</v>
+        <v>238</v>
       </c>
       <c r="C193">
-        <v>132.42</v>
+        <v>27.0</v>
       </c>
       <c r="D193" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>366</v>
+        <v>239</v>
       </c>
       <c r="B194" t="s">
-        <v>367</v>
+        <v>240</v>
       </c>
       <c r="C194">
-        <v>142.656</v>
+        <v>27.0</v>
       </c>
       <c r="D194" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>368</v>
+        <v>241</v>
       </c>
       <c r="B195" t="s">
-        <v>369</v>
+        <v>242</v>
       </c>
       <c r="C195">
-        <v>144.876</v>
+        <v>27.0</v>
       </c>
       <c r="D195" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>370</v>
+        <v>243</v>
       </c>
       <c r="B196" t="s">
-        <v>371</v>
+        <v>244</v>
       </c>
       <c r="C196">
-        <v>150.324</v>
+        <v>27.6</v>
       </c>
       <c r="D196" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>372</v>
+        <v>245</v>
       </c>
       <c r="B197" t="s">
-        <v>373</v>
+        <v>246</v>
       </c>
       <c r="C197">
-        <v>152.88</v>
+        <v>27.912</v>
       </c>
       <c r="D197" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>374</v>
+        <v>247</v>
       </c>
       <c r="B198" t="s">
-        <v>375</v>
+        <v>248</v>
       </c>
       <c r="C198">
-        <v>152.88</v>
+        <v>27.912</v>
       </c>
       <c r="D198" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>376</v>
+        <v>249</v>
       </c>
       <c r="B199" t="s">
-        <v>377</v>
+        <v>250</v>
       </c>
       <c r="C199">
-        <v>157.344</v>
+        <v>28.116</v>
       </c>
       <c r="D199" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>378</v>
+        <v>251</v>
       </c>
       <c r="B200" t="s">
-        <v>379</v>
+        <v>252</v>
       </c>
       <c r="C200">
-        <v>160.668</v>
+        <v>28.116</v>
       </c>
       <c r="D200" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>380</v>
+        <v>253</v>
       </c>
       <c r="B201" t="s">
-        <v>381</v>
+        <v>254</v>
       </c>
       <c r="C201">
-        <v>163.104</v>
+        <v>28.836</v>
       </c>
       <c r="D201" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="B202" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="C202">
-        <v>11.004</v>
+        <v>7.896</v>
       </c>
       <c r="D202" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="B203" t="s">
-        <v>88</v>
+        <v>41</v>
       </c>
       <c r="C203">
-        <v>12.78</v>
+        <v>9.636</v>
       </c>
       <c r="D203" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="B204" t="s">
-        <v>106</v>
+        <v>47</v>
       </c>
       <c r="C204">
-        <v>14.616</v>
+        <v>9.9</v>
       </c>
       <c r="D204" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>123</v>
+        <v>48</v>
       </c>
       <c r="B205" t="s">
-        <v>124</v>
+        <v>49</v>
       </c>
       <c r="C205">
-        <v>15.336</v>
+        <v>9.9</v>
       </c>
       <c r="D205" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>125</v>
+        <v>56</v>
       </c>
       <c r="B206" t="s">
-        <v>126</v>
+        <v>57</v>
       </c>
       <c r="C206">
-        <v>15.336</v>
+        <v>10.428</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>144</v>
+        <v>58</v>
       </c>
       <c r="B207" t="s">
-        <v>145</v>
+        <v>59</v>
       </c>
       <c r="C207">
-        <v>16.872</v>
+        <v>10.536</v>
       </c>
       <c r="D207" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>156</v>
+        <v>64</v>
       </c>
       <c r="B208" t="s">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="C208">
-        <v>17.892</v>
+        <v>11.016</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>172</v>
+        <v>78</v>
       </c>
       <c r="B209" t="s">
-        <v>173</v>
+        <v>79</v>
       </c>
       <c r="C209">
-        <v>19.944</v>
+        <v>12.78</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>182</v>
+        <v>92</v>
       </c>
       <c r="B210" t="s">
-        <v>183</v>
+        <v>93</v>
       </c>
       <c r="C210">
-        <v>20.88</v>
+        <v>14.388</v>
       </c>
       <c r="D210" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>184</v>
+        <v>96</v>
       </c>
       <c r="B211" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="C211">
-        <v>21.156</v>
+        <v>14.616</v>
       </c>
       <c r="D211" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>194</v>
+        <v>112</v>
       </c>
       <c r="B212" t="s">
-        <v>195</v>
+        <v>113</v>
       </c>
       <c r="C212">
-        <v>21.78</v>
+        <v>15.336</v>
       </c>
       <c r="D212" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>208</v>
+        <v>114</v>
       </c>
       <c r="B213" t="s">
-        <v>209</v>
+        <v>115</v>
       </c>
       <c r="C213">
-        <v>23.004</v>
+        <v>15.336</v>
       </c>
       <c r="D213" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>210</v>
+        <v>130</v>
       </c>
       <c r="B214" t="s">
-        <v>211</v>
+        <v>131</v>
       </c>
       <c r="C214">
-        <v>24.024</v>
+        <v>16.872</v>
       </c>
       <c r="D214" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>216</v>
+        <v>134</v>
       </c>
       <c r="B215" t="s">
-        <v>217</v>
+        <v>135</v>
       </c>
       <c r="C215">
-        <v>29.316</v>
+        <v>17.7</v>
       </c>
       <c r="D215" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>218</v>
+        <v>136</v>
       </c>
       <c r="B216" t="s">
-        <v>219</v>
+        <v>137</v>
       </c>
       <c r="C216">
-        <v>30.168</v>
+        <v>17.892</v>
       </c>
       <c r="D216" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>220</v>
+        <v>148</v>
       </c>
       <c r="B217" t="s">
-        <v>221</v>
+        <v>149</v>
       </c>
       <c r="C217">
-        <v>33.552</v>
+        <v>18.0</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>222</v>
+        <v>164</v>
       </c>
       <c r="B218" t="s">
-        <v>223</v>
+        <v>165</v>
       </c>
       <c r="C218">
-        <v>34.548</v>
+        <v>19.8</v>
       </c>
       <c r="D218" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>224</v>
+        <v>168</v>
       </c>
       <c r="B219" t="s">
-        <v>225</v>
+        <v>169</v>
       </c>
       <c r="C219">
-        <v>35.148</v>
+        <v>19.992</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="B220" t="s">
-        <v>227</v>
+        <v>177</v>
       </c>
       <c r="C220">
-        <v>35.28</v>
+        <v>20.88</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
       <c r="B221" t="s">
-        <v>229</v>
+        <v>183</v>
       </c>
       <c r="C221">
-        <v>35.28</v>
+        <v>21.12</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>230</v>
+        <v>184</v>
       </c>
       <c r="B222" t="s">
-        <v>231</v>
+        <v>185</v>
       </c>
       <c r="C222">
-        <v>35.28</v>
+        <v>21.12</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>232</v>
+        <v>188</v>
       </c>
       <c r="B223" t="s">
-        <v>233</v>
+        <v>189</v>
       </c>
       <c r="C223">
-        <v>35.28</v>
+        <v>21.48</v>
       </c>
       <c r="D223" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>234</v>
+        <v>190</v>
       </c>
       <c r="B224" t="s">
-        <v>235</v>
+        <v>191</v>
       </c>
       <c r="C224">
-        <v>35.772</v>
+        <v>21.78</v>
       </c>
       <c r="D224" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>236</v>
+        <v>194</v>
       </c>
       <c r="B225" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="C225">
-        <v>36.816</v>
+        <v>22.308</v>
       </c>
       <c r="D225" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>238</v>
+        <v>198</v>
       </c>
       <c r="B226" t="s">
-        <v>239</v>
+        <v>199</v>
       </c>
       <c r="C226">
-        <v>38.34</v>
+        <v>23.004</v>
       </c>
       <c r="D226" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>240</v>
+        <v>204</v>
       </c>
       <c r="B227" t="s">
-        <v>241</v>
+        <v>205</v>
       </c>
       <c r="C227">
-        <v>38.352</v>
+        <v>24.024</v>
       </c>
       <c r="D227" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>242</v>
+        <v>208</v>
       </c>
       <c r="B228" t="s">
-        <v>243</v>
+        <v>209</v>
       </c>
       <c r="C228">
-        <v>38.352</v>
+        <v>24.312</v>
       </c>
       <c r="D228" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>244</v>
+        <v>218</v>
       </c>
       <c r="B229" t="s">
-        <v>245</v>
+        <v>219</v>
       </c>
       <c r="C229">
-        <v>40.392</v>
+        <v>25.056</v>
       </c>
       <c r="D229" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B230" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C230">
-        <v>40.392</v>
+        <v>27.6</v>
       </c>
       <c r="D230" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B231" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C231">
-        <v>45.504</v>
+        <v>30.0</v>
       </c>
       <c r="D231" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="B232" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="C232">
-        <v>45.504</v>
+        <v>30.0</v>
       </c>
       <c r="D232" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="B233" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="C233">
-        <v>49.104</v>
+        <v>30.168</v>
       </c>
       <c r="D233" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B234" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C234">
-        <v>50.616</v>
+        <v>30.324</v>
       </c>
       <c r="D234" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B235" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C235">
-        <v>50.616</v>
+        <v>33.12</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B236" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C236">
-        <v>51.12</v>
+        <v>33.12</v>
       </c>
       <c r="D236" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="B237" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C237">
-        <v>51.12</v>
+        <v>33.6</v>
       </c>
       <c r="D237" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B238" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C238">
-        <v>51.12</v>
+        <v>33.744</v>
       </c>
       <c r="D238" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B239" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C239">
-        <v>51.54</v>
+        <v>34.5</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B240" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C240">
-        <v>55.728</v>
+        <v>34.548</v>
       </c>
       <c r="D240" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B241" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C241">
-        <v>55.728</v>
+        <v>35.148</v>
       </c>
       <c r="D241" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B242" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C242">
-        <v>55.728</v>
+        <v>35.28</v>
       </c>
       <c r="D242" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B243" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C243">
-        <v>56.232</v>
+        <v>35.28</v>
       </c>
       <c r="D243" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B244" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C244">
-        <v>60.84</v>
+        <v>35.28</v>
       </c>
       <c r="D244" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B245" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C245">
-        <v>60.84</v>
+        <v>36.084</v>
       </c>
       <c r="D245" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B246" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C246">
-        <v>61.908</v>
+        <v>36.672</v>
       </c>
       <c r="D246" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
+        <v>287</v>
+      </c>
+      <c r="B247" t="s">
         <v>288</v>
       </c>
-      <c r="B247" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247">
-        <v>65.952</v>
+        <v>38.4</v>
       </c>
       <c r="D247" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
+        <v>289</v>
+      </c>
+      <c r="B248" t="s">
         <v>290</v>
       </c>
-      <c r="B248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248">
-        <v>65.952</v>
+        <v>39.432</v>
       </c>
       <c r="D248" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
+        <v>291</v>
+      </c>
+      <c r="B249" t="s">
         <v>292</v>
       </c>
-      <c r="B249" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C249">
-        <v>71.064</v>
+        <v>39.6</v>
       </c>
       <c r="D249" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
+        <v>293</v>
+      </c>
+      <c r="B250" t="s">
         <v>294</v>
       </c>
-      <c r="B250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C250">
-        <v>71.064</v>
+        <v>39.9</v>
       </c>
       <c r="D250" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
+        <v>295</v>
+      </c>
+      <c r="B251" t="s">
         <v>296</v>
       </c>
-      <c r="B251" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C251">
-        <v>71.064</v>
+        <v>40.032</v>
       </c>
       <c r="D251" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
+        <v>297</v>
+      </c>
+      <c r="B252" t="s">
         <v>298</v>
       </c>
-      <c r="B252" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C252">
-        <v>71.064</v>
+        <v>40.44</v>
       </c>
       <c r="D252" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
+        <v>299</v>
+      </c>
+      <c r="B253" t="s">
         <v>300</v>
       </c>
-      <c r="B253" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253">
-        <v>71.064</v>
+        <v>40.8</v>
       </c>
       <c r="D253" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
+        <v>301</v>
+      </c>
+      <c r="B254" t="s">
         <v>302</v>
       </c>
-      <c r="B254" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254">
-        <v>71.172</v>
+        <v>40.896</v>
       </c>
       <c r="D254" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
+        <v>303</v>
+      </c>
+      <c r="B255" t="s">
         <v>304</v>
       </c>
-      <c r="B255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255">
-        <v>76.08</v>
+        <v>42.42</v>
       </c>
       <c r="D255" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
+        <v>305</v>
+      </c>
+      <c r="B256" t="s">
         <v>306</v>
       </c>
-      <c r="B256" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256">
-        <v>76.692</v>
+        <v>44.58</v>
       </c>
       <c r="D256" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B257" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C257">
-        <v>81.3</v>
+        <v>45.0</v>
       </c>
       <c r="D257" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B258" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C258">
-        <v>81.3</v>
+        <v>45.6</v>
       </c>
       <c r="D258" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B259" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="C259">
-        <v>81.3</v>
+        <v>46.128</v>
       </c>
       <c r="D259" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="B260" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C260">
-        <v>82.824</v>
+        <v>46.8</v>
       </c>
       <c r="D260" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B261" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C261">
-        <v>86.28</v>
+        <v>48.672</v>
       </c>
       <c r="D261" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="B262" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C262">
-        <v>86.4</v>
+        <v>48.996</v>
       </c>
       <c r="D262" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B263" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C263">
-        <v>86.88</v>
+        <v>48.996</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B264" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C264">
-        <v>91.512</v>
+        <v>49.104</v>
       </c>
       <c r="D264" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B265" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C265">
-        <v>92.4</v>
+        <v>49.524</v>
       </c>
       <c r="D265" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B266" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C266">
-        <v>96.636</v>
+        <v>49.896</v>
       </c>
       <c r="D266" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B267" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C267">
-        <v>96.636</v>
+        <v>49.896</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B268" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="C268">
-        <v>96.636</v>
+        <v>50.316</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="B269" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="C269">
-        <v>101.748</v>
+        <v>50.616</v>
       </c>
       <c r="D269" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="B270" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C270">
-        <v>101.748</v>
+        <v>50.82</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="B271" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="C271">
-        <v>101.748</v>
+        <v>51.84</v>
       </c>
       <c r="D271" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="B272" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="C272">
-        <v>101.748</v>
+        <v>52.008</v>
       </c>
       <c r="D272" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="B273" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="C273">
-        <v>103.692</v>
+        <v>54.9</v>
       </c>
       <c r="D273" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="B274" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="C274">
-        <v>111.972</v>
+        <v>56.232</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="B275" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="C275">
-        <v>117.084</v>
+        <v>58.8</v>
       </c>
       <c r="D275" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>356</v>
+        <v>345</v>
       </c>
       <c r="B276" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="C276">
-        <v>117.084</v>
+        <v>58.992</v>
       </c>
       <c r="D276" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="B277" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="C277">
-        <v>132.42</v>
+        <v>59.784</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="B278" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="C278">
-        <v>132.42</v>
+        <v>59.88</v>
       </c>
       <c r="D278" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>366</v>
+        <v>351</v>
       </c>
       <c r="B279" t="s">
-        <v>367</v>
+        <v>352</v>
       </c>
       <c r="C279">
-        <v>142.656</v>
+        <v>61.908</v>
       </c>
       <c r="D279" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="B280" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="C280">
-        <v>144.876</v>
+        <v>63.036</v>
       </c>
       <c r="D280" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
       <c r="B281" t="s">
-        <v>375</v>
+        <v>356</v>
       </c>
       <c r="C281">
-        <v>152.88</v>
+        <v>64.8</v>
       </c>
       <c r="D281" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>376</v>
+        <v>357</v>
       </c>
       <c r="B282" t="s">
-        <v>377</v>
+        <v>358</v>
       </c>
       <c r="C282">
-        <v>157.344</v>
+        <v>64.8</v>
       </c>
       <c r="D282" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>382</v>
+        <v>359</v>
       </c>
       <c r="B283" t="s">
-        <v>383</v>
+        <v>360</v>
       </c>
       <c r="C283">
-        <v>176.388</v>
+        <v>64.8</v>
       </c>
       <c r="D283" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>384</v>
+        <v>361</v>
       </c>
       <c r="B284" t="s">
-        <v>385</v>
+        <v>362</v>
       </c>
       <c r="C284">
-        <v>178.44</v>
+        <v>64.992</v>
       </c>
       <c r="D284" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>386</v>
+        <v>363</v>
       </c>
       <c r="B285" t="s">
-        <v>387</v>
+        <v>364</v>
       </c>
       <c r="C285">
-        <v>183.552</v>
+        <v>65.952</v>
       </c>
       <c r="D285" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>388</v>
+        <v>365</v>
       </c>
       <c r="B286" t="s">
-        <v>389</v>
+        <v>366</v>
       </c>
       <c r="C286">
-        <v>204.0</v>
+        <v>65.952</v>
       </c>
       <c r="D286" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>390</v>
+        <v>367</v>
       </c>
       <c r="B287" t="s">
-        <v>391</v>
+        <v>368</v>
       </c>
       <c r="C287">
-        <v>204.0</v>
+        <v>66.264</v>
       </c>
       <c r="D287" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>392</v>
+        <v>369</v>
       </c>
       <c r="B288" t="s">
-        <v>393</v>
+        <v>370</v>
       </c>
       <c r="C288">
-        <v>230.184</v>
+        <v>69.0</v>
       </c>
       <c r="D288" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>394</v>
+        <v>371</v>
       </c>
       <c r="B289" t="s">
-        <v>395</v>
+        <v>372</v>
       </c>
       <c r="C289">
-        <v>234.684</v>
+        <v>69.0</v>
       </c>
       <c r="D289" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>396</v>
+        <v>373</v>
       </c>
       <c r="B290" t="s">
-        <v>397</v>
+        <v>374</v>
       </c>
       <c r="C290">
-        <v>270.468</v>
+        <v>69.0</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>398</v>
+        <v>375</v>
       </c>
       <c r="B291" t="s">
-        <v>399</v>
+        <v>376</v>
       </c>
       <c r="C291">
-        <v>294.0</v>
+        <v>69.0</v>
       </c>
       <c r="D291" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>400</v>
+        <v>377</v>
       </c>
       <c r="B292" t="s">
-        <v>401</v>
+        <v>378</v>
       </c>
       <c r="C292">
-        <v>301.152</v>
+        <v>69.9</v>
       </c>
       <c r="D292" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>402</v>
+        <v>379</v>
       </c>
       <c r="B293" t="s">
-        <v>403</v>
+        <v>380</v>
       </c>
       <c r="C293">
-        <v>303.708</v>
+        <v>69.9</v>
       </c>
       <c r="D293" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>404</v>
+        <v>381</v>
       </c>
       <c r="B294" t="s">
-        <v>405</v>
+        <v>382</v>
       </c>
       <c r="C294">
-        <v>324.0</v>
+        <v>70.452</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>406</v>
+        <v>383</v>
       </c>
       <c r="B295" t="s">
-        <v>407</v>
+        <v>384</v>
       </c>
       <c r="C295">
-        <v>331.824</v>
+        <v>71.064</v>
       </c>
       <c r="D295" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>408</v>
+        <v>385</v>
       </c>
       <c r="B296" t="s">
-        <v>409</v>
+        <v>386</v>
       </c>
       <c r="C296">
-        <v>331.824</v>
+        <v>71.064</v>
       </c>
       <c r="D296" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>410</v>
+        <v>387</v>
       </c>
       <c r="B297" t="s">
-        <v>411</v>
+        <v>388</v>
       </c>
       <c r="C297">
-        <v>352.284</v>
+        <v>71.064</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>412</v>
+        <v>389</v>
       </c>
       <c r="B298" t="s">
-        <v>413</v>
+        <v>390</v>
       </c>
       <c r="C298">
-        <v>403.404</v>
+        <v>71.064</v>
       </c>
       <c r="D298" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>414</v>
+        <v>391</v>
       </c>
       <c r="B299" t="s">
-        <v>415</v>
+        <v>392</v>
       </c>
       <c r="C299">
-        <v>471.9</v>
+        <v>71.172</v>
       </c>
       <c r="D299" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>416</v>
+        <v>393</v>
       </c>
       <c r="B300" t="s">
-        <v>417</v>
+        <v>394</v>
       </c>
       <c r="C300">
-        <v>510.78</v>
+        <v>71.172</v>
       </c>
       <c r="D300" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>418</v>
+        <v>395</v>
       </c>
       <c r="B301" t="s">
-        <v>419</v>
+        <v>396</v>
       </c>
       <c r="C301">
-        <v>817.56</v>
+        <v>71.988</v>
       </c>
       <c r="D301" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="B302" t="s">
-        <v>106</v>
+        <v>59</v>
       </c>
       <c r="C302">
-        <v>14.616</v>
+        <v>10.536</v>
       </c>
       <c r="D302" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>125</v>
+        <v>64</v>
       </c>
       <c r="B303" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="C303">
-        <v>15.336</v>
+        <v>11.016</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>144</v>
+        <v>78</v>
       </c>
       <c r="B304" t="s">
-        <v>145</v>
+        <v>79</v>
       </c>
       <c r="C304">
-        <v>16.872</v>
+        <v>12.78</v>
       </c>
       <c r="D304" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>156</v>
+        <v>92</v>
       </c>
       <c r="B305" t="s">
-        <v>157</v>
+        <v>93</v>
       </c>
       <c r="C305">
-        <v>17.892</v>
+        <v>14.388</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>172</v>
+        <v>96</v>
       </c>
       <c r="B306" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="C306">
-        <v>19.944</v>
+        <v>14.616</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>184</v>
+        <v>112</v>
       </c>
       <c r="B307" t="s">
-        <v>185</v>
+        <v>113</v>
       </c>
       <c r="C307">
-        <v>21.156</v>
+        <v>15.336</v>
       </c>
       <c r="D307" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>194</v>
+        <v>114</v>
       </c>
       <c r="B308" t="s">
-        <v>195</v>
+        <v>115</v>
       </c>
       <c r="C308">
-        <v>21.78</v>
+        <v>15.336</v>
       </c>
       <c r="D308" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>208</v>
+        <v>130</v>
       </c>
       <c r="B309" t="s">
-        <v>209</v>
+        <v>131</v>
       </c>
       <c r="C309">
-        <v>23.004</v>
+        <v>16.872</v>
       </c>
       <c r="D309" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>218</v>
+        <v>134</v>
       </c>
       <c r="B310" t="s">
-        <v>219</v>
+        <v>135</v>
       </c>
       <c r="C310">
-        <v>30.168</v>
+        <v>17.7</v>
       </c>
       <c r="D310" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>220</v>
+        <v>136</v>
       </c>
       <c r="B311" t="s">
-        <v>221</v>
+        <v>137</v>
       </c>
       <c r="C311">
-        <v>33.552</v>
+        <v>17.892</v>
       </c>
       <c r="D311" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>222</v>
+        <v>148</v>
       </c>
       <c r="B312" t="s">
-        <v>223</v>
+        <v>149</v>
       </c>
       <c r="C312">
-        <v>34.548</v>
+        <v>18.0</v>
       </c>
       <c r="D312" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>226</v>
+        <v>164</v>
       </c>
       <c r="B313" t="s">
-        <v>227</v>
+        <v>165</v>
       </c>
       <c r="C313">
-        <v>35.28</v>
+        <v>19.8</v>
       </c>
       <c r="D313" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>228</v>
+        <v>168</v>
       </c>
       <c r="B314" t="s">
-        <v>229</v>
+        <v>169</v>
       </c>
       <c r="C314">
-        <v>35.28</v>
+        <v>19.992</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>230</v>
+        <v>176</v>
       </c>
       <c r="B315" t="s">
-        <v>231</v>
+        <v>177</v>
       </c>
       <c r="C315">
-        <v>35.28</v>
+        <v>20.88</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>232</v>
+        <v>184</v>
       </c>
       <c r="B316" t="s">
-        <v>233</v>
+        <v>185</v>
       </c>
       <c r="C316">
-        <v>35.28</v>
+        <v>21.12</v>
       </c>
       <c r="D316" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>234</v>
+        <v>188</v>
       </c>
       <c r="B317" t="s">
-        <v>235</v>
+        <v>189</v>
       </c>
       <c r="C317">
-        <v>35.772</v>
+        <v>21.48</v>
       </c>
       <c r="D317" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>236</v>
+        <v>190</v>
       </c>
       <c r="B318" t="s">
-        <v>237</v>
+        <v>191</v>
       </c>
       <c r="C318">
-        <v>36.816</v>
+        <v>21.78</v>
       </c>
       <c r="D318" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>240</v>
+        <v>198</v>
       </c>
       <c r="B319" t="s">
-        <v>241</v>
+        <v>199</v>
       </c>
       <c r="C319">
-        <v>38.352</v>
+        <v>23.004</v>
       </c>
       <c r="D319" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>242</v>
+        <v>204</v>
       </c>
       <c r="B320" t="s">
-        <v>243</v>
+        <v>205</v>
       </c>
       <c r="C320">
-        <v>38.352</v>
+        <v>24.024</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>244</v>
+        <v>208</v>
       </c>
       <c r="B321" t="s">
-        <v>245</v>
+        <v>209</v>
       </c>
       <c r="C321">
-        <v>40.392</v>
+        <v>24.312</v>
       </c>
       <c r="D321" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>246</v>
+        <v>218</v>
       </c>
       <c r="B322" t="s">
-        <v>247</v>
+        <v>219</v>
       </c>
       <c r="C322">
-        <v>40.392</v>
+        <v>25.056</v>
       </c>
       <c r="D322" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="B323" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C323">
-        <v>45.504</v>
+        <v>27.6</v>
       </c>
       <c r="D323" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B324" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C324">
-        <v>45.504</v>
+        <v>30.0</v>
       </c>
       <c r="D324" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B325" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C325">
-        <v>49.104</v>
+        <v>30.0</v>
       </c>
       <c r="D325" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B326" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C326">
-        <v>50.616</v>
+        <v>30.168</v>
       </c>
       <c r="D326" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B327" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C327">
-        <v>50.616</v>
+        <v>30.324</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B328" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C328">
-        <v>51.12</v>
+        <v>33.12</v>
       </c>
       <c r="D328" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="B329" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C329">
-        <v>51.12</v>
+        <v>33.6</v>
       </c>
       <c r="D329" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B330" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C330">
-        <v>51.12</v>
+        <v>33.744</v>
       </c>
       <c r="D330" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
+        <v>271</v>
+      </c>
+      <c r="B331" t="s">
         <v>272</v>
       </c>
-      <c r="B331" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C331">
-        <v>55.728</v>
+        <v>34.5</v>
       </c>
       <c r="D331" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
+        <v>273</v>
+      </c>
+      <c r="B332" t="s">
         <v>274</v>
       </c>
-      <c r="B332" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C332">
-        <v>55.728</v>
+        <v>34.548</v>
       </c>
       <c r="D332" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B333" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="C333">
-        <v>61.908</v>
+        <v>35.148</v>
       </c>
       <c r="D333" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="B334" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="C334">
-        <v>65.952</v>
+        <v>35.28</v>
       </c>
       <c r="D334" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>296</v>
+        <v>279</v>
       </c>
       <c r="B335" t="s">
-        <v>297</v>
+        <v>280</v>
       </c>
       <c r="C335">
-        <v>71.064</v>
+        <v>35.28</v>
       </c>
       <c r="D335" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>298</v>
+        <v>281</v>
       </c>
       <c r="B336" t="s">
-        <v>299</v>
+        <v>282</v>
       </c>
       <c r="C336">
-        <v>71.064</v>
+        <v>35.28</v>
       </c>
       <c r="D336" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
       <c r="B337" t="s">
-        <v>301</v>
+        <v>286</v>
       </c>
       <c r="C337">
-        <v>71.064</v>
+        <v>36.672</v>
       </c>
       <c r="D337" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="B338" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="C338">
-        <v>71.172</v>
+        <v>39.432</v>
       </c>
       <c r="D338" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>314</v>
+        <v>291</v>
       </c>
       <c r="B339" t="s">
-        <v>315</v>
+        <v>292</v>
       </c>
       <c r="C339">
-        <v>81.3</v>
+        <v>39.6</v>
       </c>
       <c r="D339" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>322</v>
+        <v>295</v>
       </c>
       <c r="B340" t="s">
-        <v>323</v>
+        <v>296</v>
       </c>
       <c r="C340">
-        <v>86.88</v>
+        <v>40.032</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>332</v>
+        <v>299</v>
       </c>
       <c r="B341" t="s">
-        <v>333</v>
+        <v>300</v>
       </c>
       <c r="C341">
-        <v>96.636</v>
+        <v>40.8</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>336</v>
+        <v>301</v>
       </c>
       <c r="B342" t="s">
-        <v>337</v>
+        <v>302</v>
       </c>
       <c r="C342">
-        <v>101.748</v>
+        <v>40.896</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>338</v>
+        <v>303</v>
       </c>
       <c r="B343" t="s">
-        <v>339</v>
+        <v>304</v>
       </c>
       <c r="C343">
-        <v>101.748</v>
+        <v>42.42</v>
       </c>
       <c r="D343" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>340</v>
+        <v>305</v>
       </c>
       <c r="B344" t="s">
-        <v>341</v>
+        <v>306</v>
       </c>
       <c r="C344">
-        <v>101.748</v>
+        <v>44.58</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>342</v>
+        <v>307</v>
       </c>
       <c r="B345" t="s">
-        <v>343</v>
+        <v>308</v>
       </c>
       <c r="C345">
-        <v>101.748</v>
+        <v>45.0</v>
       </c>
       <c r="D345" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>344</v>
+        <v>309</v>
       </c>
       <c r="B346" t="s">
-        <v>345</v>
+        <v>310</v>
       </c>
       <c r="C346">
-        <v>103.692</v>
+        <v>45.6</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>348</v>
+        <v>311</v>
       </c>
       <c r="B347" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
       <c r="C347">
-        <v>111.972</v>
+        <v>46.128</v>
       </c>
       <c r="D347" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>356</v>
+        <v>313</v>
       </c>
       <c r="B348" t="s">
-        <v>357</v>
+        <v>314</v>
       </c>
       <c r="C348">
-        <v>117.084</v>
+        <v>46.8</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>364</v>
+        <v>315</v>
       </c>
       <c r="B349" t="s">
-        <v>365</v>
+        <v>316</v>
       </c>
       <c r="C349">
-        <v>132.42</v>
+        <v>48.672</v>
       </c>
       <c r="D349" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>368</v>
+        <v>317</v>
       </c>
       <c r="B350" t="s">
-        <v>369</v>
+        <v>318</v>
       </c>
       <c r="C350">
-        <v>144.876</v>
+        <v>48.996</v>
       </c>
       <c r="D350" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>384</v>
+        <v>319</v>
       </c>
       <c r="B351" t="s">
-        <v>385</v>
+        <v>320</v>
       </c>
       <c r="C351">
-        <v>178.44</v>
+        <v>48.996</v>
       </c>
       <c r="D351" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>386</v>
+        <v>321</v>
       </c>
       <c r="B352" t="s">
-        <v>387</v>
+        <v>322</v>
       </c>
       <c r="C352">
-        <v>183.552</v>
+        <v>49.104</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>390</v>
+        <v>323</v>
       </c>
       <c r="B353" t="s">
-        <v>391</v>
+        <v>324</v>
       </c>
       <c r="C353">
-        <v>204.0</v>
+        <v>49.524</v>
       </c>
       <c r="D353" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>402</v>
+        <v>325</v>
       </c>
       <c r="B354" t="s">
-        <v>403</v>
+        <v>326</v>
       </c>
       <c r="C354">
-        <v>303.708</v>
+        <v>49.896</v>
       </c>
       <c r="D354" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>408</v>
+        <v>327</v>
       </c>
       <c r="B355" t="s">
-        <v>409</v>
+        <v>328</v>
       </c>
       <c r="C355">
-        <v>331.824</v>
+        <v>49.896</v>
       </c>
       <c r="D355" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>412</v>
+        <v>329</v>
       </c>
       <c r="B356" t="s">
-        <v>413</v>
+        <v>330</v>
       </c>
       <c r="C356">
-        <v>403.404</v>
+        <v>50.316</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
+        <v>331</v>
+      </c>
+      <c r="B357" t="s">
+        <v>332</v>
+      </c>
+      <c r="C357">
+        <v>50.616</v>
+      </c>
+      <c r="D357" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>335</v>
+      </c>
+      <c r="B358" t="s">
+        <v>336</v>
+      </c>
+      <c r="C358">
+        <v>51.84</v>
+      </c>
+      <c r="D358" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>337</v>
+      </c>
+      <c r="B359" t="s">
+        <v>338</v>
+      </c>
+      <c r="C359">
+        <v>52.008</v>
+      </c>
+      <c r="D359" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>339</v>
+      </c>
+      <c r="B360" t="s">
+        <v>340</v>
+      </c>
+      <c r="C360">
+        <v>54.9</v>
+      </c>
+      <c r="D360" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>341</v>
+      </c>
+      <c r="B361" t="s">
+        <v>342</v>
+      </c>
+      <c r="C361">
+        <v>56.232</v>
+      </c>
+      <c r="D361" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>345</v>
+      </c>
+      <c r="B362" t="s">
+        <v>346</v>
+      </c>
+      <c r="C362">
+        <v>58.992</v>
+      </c>
+      <c r="D362" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" t="s">
+        <v>347</v>
+      </c>
+      <c r="B363" t="s">
+        <v>348</v>
+      </c>
+      <c r="C363">
+        <v>59.784</v>
+      </c>
+      <c r="D363" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" t="s">
+        <v>349</v>
+      </c>
+      <c r="B364" t="s">
+        <v>350</v>
+      </c>
+      <c r="C364">
+        <v>59.88</v>
+      </c>
+      <c r="D364" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" t="s">
+        <v>351</v>
+      </c>
+      <c r="B365" t="s">
+        <v>352</v>
+      </c>
+      <c r="C365">
+        <v>61.908</v>
+      </c>
+      <c r="D365" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" t="s">
+        <v>353</v>
+      </c>
+      <c r="B366" t="s">
+        <v>354</v>
+      </c>
+      <c r="C366">
+        <v>63.036</v>
+      </c>
+      <c r="D366" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" t="s">
+        <v>355</v>
+      </c>
+      <c r="B367" t="s">
+        <v>356</v>
+      </c>
+      <c r="C367">
+        <v>64.8</v>
+      </c>
+      <c r="D367" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" t="s">
+        <v>357</v>
+      </c>
+      <c r="B368" t="s">
+        <v>358</v>
+      </c>
+      <c r="C368">
+        <v>64.8</v>
+      </c>
+      <c r="D368" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" t="s">
+        <v>359</v>
+      </c>
+      <c r="B369" t="s">
+        <v>360</v>
+      </c>
+      <c r="C369">
+        <v>64.8</v>
+      </c>
+      <c r="D369" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>361</v>
+      </c>
+      <c r="B370" t="s">
+        <v>362</v>
+      </c>
+      <c r="C370">
+        <v>64.992</v>
+      </c>
+      <c r="D370" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>365</v>
+      </c>
+      <c r="B371" t="s">
+        <v>366</v>
+      </c>
+      <c r="C371">
+        <v>65.952</v>
+      </c>
+      <c r="D371" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>369</v>
+      </c>
+      <c r="B372" t="s">
+        <v>370</v>
+      </c>
+      <c r="C372">
+        <v>69.0</v>
+      </c>
+      <c r="D372" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>371</v>
+      </c>
+      <c r="B373" t="s">
+        <v>372</v>
+      </c>
+      <c r="C373">
+        <v>69.0</v>
+      </c>
+      <c r="D373" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" t="s">
+        <v>373</v>
+      </c>
+      <c r="B374" t="s">
+        <v>374</v>
+      </c>
+      <c r="C374">
+        <v>69.0</v>
+      </c>
+      <c r="D374" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" t="s">
+        <v>375</v>
+      </c>
+      <c r="B375" t="s">
+        <v>376</v>
+      </c>
+      <c r="C375">
+        <v>69.0</v>
+      </c>
+      <c r="D375" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" t="s">
+        <v>379</v>
+      </c>
+      <c r="B376" t="s">
+        <v>380</v>
+      </c>
+      <c r="C376">
+        <v>69.9</v>
+      </c>
+      <c r="D376" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>383</v>
+      </c>
+      <c r="B377" t="s">
+        <v>384</v>
+      </c>
+      <c r="C377">
+        <v>71.064</v>
+      </c>
+      <c r="D377" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
+        <v>385</v>
+      </c>
+      <c r="B378" t="s">
+        <v>386</v>
+      </c>
+      <c r="C378">
+        <v>71.064</v>
+      </c>
+      <c r="D378" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" t="s">
+        <v>387</v>
+      </c>
+      <c r="B379" t="s">
+        <v>388</v>
+      </c>
+      <c r="C379">
+        <v>71.064</v>
+      </c>
+      <c r="D379" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" t="s">
+        <v>389</v>
+      </c>
+      <c r="B380" t="s">
+        <v>390</v>
+      </c>
+      <c r="C380">
+        <v>71.064</v>
+      </c>
+      <c r="D380" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" t="s">
+        <v>391</v>
+      </c>
+      <c r="B381" t="s">
+        <v>392</v>
+      </c>
+      <c r="C381">
+        <v>71.172</v>
+      </c>
+      <c r="D381" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" t="s">
+        <v>393</v>
+      </c>
+      <c r="B382" t="s">
+        <v>394</v>
+      </c>
+      <c r="C382">
+        <v>71.172</v>
+      </c>
+      <c r="D382" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" t="s">
+        <v>397</v>
+      </c>
+      <c r="B383" t="s">
+        <v>398</v>
+      </c>
+      <c r="C383">
+        <v>72.0</v>
+      </c>
+      <c r="D383" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" t="s">
+        <v>399</v>
+      </c>
+      <c r="B384" t="s">
+        <v>400</v>
+      </c>
+      <c r="C384">
+        <v>76.692</v>
+      </c>
+      <c r="D384" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" t="s">
+        <v>401</v>
+      </c>
+      <c r="B385" t="s">
+        <v>402</v>
+      </c>
+      <c r="C385">
+        <v>81.3</v>
+      </c>
+      <c r="D385" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
+        <v>403</v>
+      </c>
+      <c r="B386" t="s">
+        <v>404</v>
+      </c>
+      <c r="C386">
+        <v>82.824</v>
+      </c>
+      <c r="D386" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" t="s">
+        <v>405</v>
+      </c>
+      <c r="B387" t="s">
+        <v>406</v>
+      </c>
+      <c r="C387">
+        <v>84.996</v>
+      </c>
+      <c r="D387" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" t="s">
+        <v>407</v>
+      </c>
+      <c r="B388" t="s">
+        <v>408</v>
+      </c>
+      <c r="C388">
+        <v>86.28</v>
+      </c>
+      <c r="D388" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" t="s">
+        <v>409</v>
+      </c>
+      <c r="B389" t="s">
+        <v>410</v>
+      </c>
+      <c r="C389">
+        <v>86.4</v>
+      </c>
+      <c r="D389" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" t="s">
+        <v>411</v>
+      </c>
+      <c r="B390" t="s">
+        <v>412</v>
+      </c>
+      <c r="C390">
+        <v>86.88</v>
+      </c>
+      <c r="D390" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>413</v>
+      </c>
+      <c r="B391" t="s">
+        <v>414</v>
+      </c>
+      <c r="C391">
+        <v>87.384</v>
+      </c>
+      <c r="D391" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>415</v>
+      </c>
+      <c r="B392" t="s">
+        <v>416</v>
+      </c>
+      <c r="C392">
+        <v>87.648</v>
+      </c>
+      <c r="D392" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>417</v>
+      </c>
+      <c r="B393" t="s">
+        <v>418</v>
+      </c>
+      <c r="C393">
+        <v>88.992</v>
+      </c>
+      <c r="D393" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>419</v>
+      </c>
+      <c r="B394" t="s">
         <v>420</v>
       </c>
-      <c r="B357" t="s">
+      <c r="C394">
+        <v>92.4</v>
+      </c>
+      <c r="D394" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
         <v>421</v>
       </c>
-      <c r="C357">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="B395" t="s">
+        <v>422</v>
+      </c>
+      <c r="C395">
+        <v>95.004</v>
+      </c>
+      <c r="D395" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>423</v>
+      </c>
+      <c r="B396" t="s">
+        <v>424</v>
+      </c>
+      <c r="C396">
+        <v>96.636</v>
+      </c>
+      <c r="D396" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>425</v>
+      </c>
+      <c r="B397" t="s">
+        <v>426</v>
+      </c>
+      <c r="C397">
+        <v>101.748</v>
+      </c>
+      <c r="D397" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>427</v>
+      </c>
+      <c r="B398" t="s">
+        <v>428</v>
+      </c>
+      <c r="C398">
+        <v>101.748</v>
+      </c>
+      <c r="D398" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>429</v>
+      </c>
+      <c r="B399" t="s">
+        <v>430</v>
+      </c>
+      <c r="C399">
+        <v>101.748</v>
+      </c>
+      <c r="D399" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>431</v>
+      </c>
+      <c r="B400" t="s">
+        <v>432</v>
+      </c>
+      <c r="C400">
+        <v>103.692</v>
+      </c>
+      <c r="D400" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>433</v>
+      </c>
+      <c r="B401" t="s">
+        <v>434</v>
+      </c>
+      <c r="C401">
+        <v>105.0</v>
+      </c>
+      <c r="D401" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>421</v>
+      </c>
+      <c r="B402" t="s">
+        <v>422</v>
+      </c>
+      <c r="C402">
+        <v>95.004</v>
+      </c>
+      <c r="D402" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D358"/>
+  <autoFilter ref="A1:D403"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>