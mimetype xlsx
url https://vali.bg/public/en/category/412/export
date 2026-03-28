--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$403</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$350</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Kolink Cable Ties, 100 mm x 2.5mm, 100 pieces, self-securing, black</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUV-285</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t xml:space="preserve">Velcro Hook and Loop Cable Ties - 10 Pack, 150mm, Black </t>
   </si>
   <si>
@@ -79,107 +79,107 @@
   <si>
     <t>MikroTik Low cost Passive POE Base Unit</t>
   </si>
   <si>
     <t>MIKROTIK-CABL-RBPOE</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Delock Heat shrink tube box 100 pieces assorted colours</t>
   </si>
   <si>
     <t>DELOCK-86264</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Hama Flexible Spiral Cable Conduit, Universal, 7.5 - 30 mm, 2.5 m, 220994</t>
   </si>
   <si>
     <t>HAMA-220994</t>
   </si>
   <si>
+    <t>MikroTik Gigabit PoE injector</t>
+  </si>
+  <si>
+    <t>MIKROTIK-INJEC-RBGPOE</t>
+  </si>
+  <si>
+    <t>Hama Cable Ties, 200 mm x 4.5mm, 100 pieces, self-securing, black</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUV-286</t>
+  </si>
+  <si>
+    <t>Delock Cable Management Set 5 pieces</t>
+  </si>
+  <si>
+    <t>DELOCK-18392</t>
+  </si>
+  <si>
+    <t>Hama Cable Tie Set, 2.5 x 100 / 150 / 200 mm, 150 Pcs, 221002</t>
+  </si>
+  <si>
+    <t>HAMA-221002</t>
+  </si>
+  <si>
+    <t>Switch D-Link GO-SW-5E/E 5-port 10/100</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-5E-E</t>
+  </si>
+  <si>
+    <t>Ethernet Adapter Cudy PE10, PCIe, 1 x 10/100/1000 Mbps</t>
+  </si>
+  <si>
+    <t>CUDY-PCI-PE10</t>
+  </si>
+  <si>
+    <t>Switch Cudy FS105, 5-Port 10/100 Mbps RJ 45</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS105</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>MikroTik Gigabit PoE injector</t>
-[...38 lines deleted...]
-    <t>CUDY-SWITCH-FS105</t>
+    <t>Switch D-Link GO-SW-8E/E 8-port 10/100</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-8E-E</t>
   </si>
   <si>
     <t>Ethernet Adapter ESTILLO 10/100/100 PCI-ex Realtek</t>
   </si>
   <si>
     <t>EST-NET-10-100-1000</t>
   </si>
   <si>
-    <t>Switch D-Link GO-SW-8E/E 8-port 10/100</t>
-[...4 lines deleted...]
-  <si>
     <t>Mikrotik, RB5009/L009 rackmount kit K-79</t>
   </si>
   <si>
     <t>MIKROTIK-KIT</t>
   </si>
   <si>
     <t>Nano Adapter TP LINK TL-WN725N, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN725N</t>
   </si>
   <si>
     <t>Ethernet Adapter Tp-Link UE200 USB 2.0 - LAN 10/100</t>
   </si>
   <si>
     <t>TP-TL-UE200</t>
   </si>
   <si>
     <t>Bluetooth adapter TP-Link UB500, nano</t>
   </si>
   <si>
     <t>TP-TL-BT-UB500</t>
   </si>
   <si>
     <t>Switch Cudy FS108, 8-Port 10/100 Mbps RJ 45</t>
@@ -208,62 +208,62 @@
   <si>
     <t>Wireless Adapter TP-LINK TL-WN823N, 300 Mbps, USB</t>
   </si>
   <si>
     <t>TP-TL-WN823N</t>
   </si>
   <si>
     <t>Hama Bluetooth® USB Adapter, Version 5.4, Class 2</t>
   </si>
   <si>
     <t>HAMA-53314</t>
   </si>
   <si>
     <t>Hama Flexible Fabric Cable Conduit, Universal, 20 - 40 mm, 220995</t>
   </si>
   <si>
     <t>HAMA-220995</t>
   </si>
   <si>
     <t>Wireless Nano Adapter EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UN</t>
   </si>
   <si>
+    <t>Hama Flexible Spiral Cable Conduit, Universal, 20 mm, 2.5 m, 220996</t>
+  </si>
+  <si>
+    <t>HAMA-220996</t>
+  </si>
+  <si>
     <t>Wireless Adapter TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN781ND</t>
   </si>
   <si>
-    <t>Hama Flexible Spiral Cable Conduit, Universal, 20 mm, 2.5 m, 220996</t>
-[...4 lines deleted...]
-  <si>
     <t>Ethernet Adapter TP-LINK TG-3468, PCI-ex, V4, low</t>
   </si>
   <si>
     <t>TP-TG-3468</t>
   </si>
   <si>
     <t>Hama Cable Duct, Self-adhesive, Semicircular, 100 x 7 x 2.1 cm, 220894</t>
   </si>
   <si>
     <t>HAMA-220984</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-3305P V3, 5 Ports, 10/100 Mbps</t>
   </si>
   <si>
     <t>EDIM-ES-3305P</t>
   </si>
   <si>
     <t>Wireless Adapter TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN722N</t>
   </si>
   <si>
     <t>Keychron USB Bluetooth Adapter for Windows PC</t>
@@ -364,86 +364,86 @@
   <si>
     <t>Bluetooth USB Adapter, Version 4.0 C1, HAMA-53313</t>
   </si>
   <si>
     <t>HAMA-53313</t>
   </si>
   <si>
     <t>Switch Cudy GS105D, 5 ports, 10/100/1000, Auto-MDI/MDIX</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS105D</t>
   </si>
   <si>
     <t>Switch Cudy GS105U, 5 ports, 10/100/1000, Auto-MDI/MDIX, USB-C Port</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS105U</t>
   </si>
   <si>
     <t>Wireless router Cudy WR300S N300 802.11b/g/n, 300Mbps/ 2.4GHz, 5 × 10/100Mbp, 4 × 5dBi fixed antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR300S</t>
   </si>
   <si>
+    <t>Switch D-Link GO-SW-5G, 5-port 10/100/1000, Gigabit, Desktop</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-5G-E</t>
+  </si>
+  <si>
     <t>Fast Ethernet PCI-ex Adapter EDIMAX EN-9260TX-E, 10/100/1000 Gigabit Ethernet, low profile</t>
   </si>
   <si>
     <t>EDIM-EN-9260TX-E</t>
   </si>
   <si>
     <t>Wireless Nano Adapter Cudy WU650S, USB 3.0, 2.4/5 Ghz</t>
   </si>
   <si>
     <t>CUDY-USB-WU1400</t>
   </si>
   <si>
     <t>Edimax BT-8500 Bluetooth adapter, USB, version 5.0, nano</t>
   </si>
   <si>
     <t>EDIM-BT-8500</t>
   </si>
   <si>
     <t>Wireless Mini Adapter EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7722UTN-V3</t>
   </si>
   <si>
     <t>Hama Network Adapter, USB Plug - LAN/Ethernet Socket, Gigabit Ethernet</t>
   </si>
   <si>
     <t>HAMA-200325</t>
   </si>
   <si>
-    <t>Switch D-Link GO-SW-5G, 5-port 10/100/1000, Gigabit, Desktop</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless PCI Express Adapter EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7612PIN</t>
   </si>
   <si>
     <t>Hama Metal Cable Duct, Magnetic, 55 x 5 x 3.2 cm, black</t>
   </si>
   <si>
     <t>HAMA-220993</t>
   </si>
   <si>
     <t>Switch D-Link DGS-1005D/E, 5 ports, 10/100/1000, Gigabit, Desktop</t>
   </si>
   <si>
     <t>D-LINK-DGS-1005D-E</t>
   </si>
   <si>
     <t>Ethernet Adapter Intel® Wi-Fi 6E AX211 (Gig+), 2230, 2x2 AX R2 (6GHz)+BT, No vPro</t>
   </si>
   <si>
     <t>INTEL-LAN-WIFI6E-AX211-NV</t>
   </si>
   <si>
     <t>Temperature and humidity sensor TP-Link Tapo T310, WiFi</t>
@@ -574,98 +574,98 @@
   <si>
     <t>Wireless Router EDIMAX BR-6428NS v5, 4 in 1, 300 Mbps</t>
   </si>
   <si>
     <t>EDIM-BR-6428NS-V5</t>
   </si>
   <si>
     <t>Switch EDIMAX ES-5500G V3, 5 Ports, Gigabit</t>
   </si>
   <si>
     <t>EDIM-ES-5500G</t>
   </si>
   <si>
     <t>Cudy AC1200 Dual Band Whole Home Wi-Fi Mesh System</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1200-1</t>
   </si>
   <si>
     <t>Ethernet Adapter Intel Wi-Fi 6E AX211 Gig+2230 2x2 AX R2 6GHz+ AX211.NGWG</t>
   </si>
   <si>
     <t>INTEL-LAN-WIFI6E-AX211</t>
   </si>
   <si>
+    <t>Switch D-LINK GO-SW-8G, 8 port, 10/100/1000, Gigabit, Desktop</t>
+  </si>
+  <si>
+    <t>D-LINK-GO-SW-8G-E</t>
+  </si>
+  <si>
     <t>J5 Create JUE130 USB 3.0 Gigabit Ethernet Adapter</t>
   </si>
   <si>
     <t>J5-JUE130</t>
   </si>
   <si>
     <t>Ubiquiti U-POE-AT - Gigabit PoE Injector, 802.3at, 30W</t>
   </si>
   <si>
     <t>UBIQUITI-U-POE-AT</t>
   </si>
   <si>
     <t>Hama Metal Cable Duct, Magnetic, 90 x 5.6 x 1.6 cm, black</t>
   </si>
   <si>
     <t>HAMA-220992</t>
   </si>
   <si>
     <t>Switch ZYXEL GS-108B v3, 8 Ports, Gigabit, Metal housing</t>
   </si>
   <si>
     <t>ZYXEL-GS-108B</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Night Vision, Motion Sensor, 1080p, 176651</t>
   </si>
   <si>
     <t>HAMA-176651</t>
   </si>
   <si>
     <t>Ethernet Adapter j5Create JCE131, Type-C USB-C 3.1 Gen1, Gigabit Ethernet</t>
   </si>
   <si>
     <t>J5-JCE133G</t>
   </si>
   <si>
     <t>TP LINK smart hub with doorbell H100, alarm, coordinates with Tapo smart sensors, connects up to 64 smart devices, doorbell, Wi-Fi</t>
   </si>
   <si>
     <t>TP-TL-TAPO-H100</t>
   </si>
   <si>
-    <t>Switch D-LINK GO-SW-8G, 8 port, 10/100/1000, Gigabit, Desktop</t>
-[...4 lines deleted...]
-  <si>
     <t>KVM Switch ATEN CS22U, 2x 1, USB</t>
   </si>
   <si>
     <t>ATEN-CS22-USB</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR1200E, V1.0, Dual band, 2 antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR1200E</t>
   </si>
   <si>
     <t>Wireless Adapter, D-Link DWA-172, AC600 High-Gain USB Adapter</t>
   </si>
   <si>
     <t>D-LINK-DWA-172</t>
   </si>
   <si>
     <t>SFP Module Mikrotik S-31DLC20D, 1.25G, 20km</t>
   </si>
   <si>
     <t>MIKROTIK-S-31DLC20D</t>
   </si>
   <si>
     <t xml:space="preserve">Switch D-Link, 8 ports, 10/100/1000, Gigabit, DGS-1008D/E, Desktop </t>
@@ -733,636 +733,540 @@
   <si>
     <t>Switch ZyXEL GS-1200-8, 8 Ports, Gigabit, webmanaged</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-8</t>
   </si>
   <si>
     <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
   </si>
   <si>
     <t>EDIM-EW-7438RPN-MINI</t>
   </si>
   <si>
     <t>PoE Extender Edimax GP-101ET , Gigabit, up to 100m</t>
   </si>
   <si>
     <t>EDIM-GP-101ET</t>
   </si>
   <si>
     <t>8-Port Gigabit Desktop Switch GS-1008E V2</t>
   </si>
   <si>
     <t>EDIM-GS-1008Ev2</t>
   </si>
   <si>
-    <t>Switch Cudy GS1005P, 5-Port Gigabit POE+ Switch with Uplink Ports</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Router CUDY Travel TR1200, AC1200, 2 x 10/100 Mbps, USB3.0, червен</t>
   </si>
   <si>
     <t>CUDY-ROUT-TR1200</t>
   </si>
   <si>
     <t>Cudy GS105P Switch, 5x port POE metal housing+Switch 36W, unmanaged</t>
   </si>
   <si>
     <t>CUDY-SWITCH-GS105P</t>
   </si>
   <si>
-    <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Router TP-Link Archer C20 AC750</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-C20</t>
   </si>
   <si>
     <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200</t>
   </si>
   <si>
     <t>Wireless Router CUDY WR1300E, Dual-band AC1200, 300+867 Mbps, 3xGigabit</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR1300E</t>
   </si>
   <si>
     <t>Wireless Adapter EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, external antenna</t>
   </si>
   <si>
     <t>EDIM-EW-7822UAD</t>
   </si>
   <si>
+    <t>Wireless Router TP-Link Archer C54 AC1200, Dual band, 4 antennas</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-C54</t>
+  </si>
+  <si>
+    <t>Cudy POE10, Power over Ethernet Extender</t>
+  </si>
+  <si>
+    <t>CUDY-EXT-POE10</t>
+  </si>
+  <si>
+    <t>SFP Module Mikrotik XSPlus-85LC01D, 1.25GB,10GB, 25GB, 100m</t>
+  </si>
+  <si>
+    <t>MIKROTIK-XSPlus-85LC01D</t>
+  </si>
+  <si>
     <t>TP LINK Home Security Camera with AI, 3K 5MP (2880×1620 px), H.264, microSD, 2.4 GHz Wi-Fi</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C230</t>
   </si>
   <si>
     <t>IP dome camera TP-Link Tapo C222, 2560x1440@30fps, Pan/Tilt, H.264, microSD, Wi-Fi, audio, RJ-45</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C222</t>
   </si>
   <si>
     <t>Wireless adapter TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x external antennas</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-TX20E</t>
   </si>
   <si>
     <t>Hama Smart Surveillance Camera, WLAN, for Outdoors, Night Vision, 1080p, Recordi</t>
   </si>
   <si>
     <t>HAMA-176653</t>
   </si>
   <si>
+    <t>Mikrotik RJ45 SFP 10/100/1000M copper module</t>
+  </si>
+  <si>
+    <t>MIKROTIK-SFP-S-RJ01</t>
+  </si>
+  <si>
+    <t>Hama "Connect2Switch" KVM Switch, incl. Cable, 4 Ports</t>
+  </si>
+  <si>
+    <t>HAMA-200135</t>
+  </si>
+  <si>
     <t>Wireless Router Cudy GP1200, AC1200, GPON/EPON, 1xPON, 4xGigabit</t>
   </si>
   <si>
     <t>CUDY-ROUT-GP1200</t>
   </si>
   <si>
     <t>Cudy M1500-1 pack AX1500 wireless MESH system, WiFi 6 whole home network</t>
   </si>
   <si>
     <t>CUDY-ROUT-M1500-1</t>
   </si>
   <si>
+    <t>Wireless Router Cudy WR1500, AX1500, Gigabit Wi-Fi 6, 4×10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-WR1500</t>
+  </si>
+  <si>
     <t>Ethernet Adapter ASUS USB-C2500 V2 USB-Type C, RJ45 2.5G/1G/100Mbps</t>
   </si>
   <si>
     <t>ASUS-ADP-USB-C2500-V2</t>
   </si>
   <si>
     <t>TP-Link Tapo C210 - Wi-Fi Pan/Tilt Camera</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C210</t>
   </si>
   <si>
+    <t>Wireless card GIGABYTE AORUS WIFI 7 5800Mbps, Bluetooth 5.3</t>
+  </si>
+  <si>
+    <t>GA-GC-WIFI7-1</t>
+  </si>
+  <si>
     <t>Wireless Access Point Cudy AP1300D Wi-Fi Gigabit AC1200</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP1300D</t>
   </si>
   <si>
     <t>Ethernet Surge Protector ZyXEL PoE++ (60W) Gigabit</t>
   </si>
   <si>
     <t>ZYXEL-SURGEPRO-GE</t>
   </si>
   <si>
+    <t>Cudy POE300, 60W Gigabit PoE++ Injector</t>
+  </si>
+  <si>
+    <t>CUDY-INJ-POE300</t>
+  </si>
+  <si>
     <t>Delock USB Type-C™ Adapter to 5 Gigabit LAN</t>
   </si>
   <si>
     <t>DELOCK-81570</t>
   </si>
   <si>
     <t>Network card Cudy WU5400, AX5400, Tri-band router WiFi6/6E, USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU5400</t>
   </si>
   <si>
     <t>TP LINK Wi-Fi Surveillance Camera C206, outdoor and indoor use, Pan/Tilt, microSD, Water and Dust Resistance</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C206</t>
   </si>
   <si>
     <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
   </si>
   <si>
     <t>CUDY-AP-RE1500</t>
   </si>
   <si>
+    <t>Switch Cudy FS1010PG, 8-Port 10/100M PoE+ Switch with 2 Uplink Ports 10/100/1000</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-FS1010PG</t>
+  </si>
+  <si>
+    <t>USB Type-C to 2.5G Gigabit Ethernet Adapter</t>
+  </si>
+  <si>
+    <t>EDIM-EU-4307</t>
+  </si>
+  <si>
     <t>Hama Smart Surveillance Camera, WLAN, Indoor, Recording, Swivel, Full HD, 176652</t>
   </si>
   <si>
     <t>HAMA-176652</t>
   </si>
   <si>
+    <t>Wireless GIGABYTE GC-WBAX2400R RTL8852CE WIFI 6E 2x2 802.11ax, Bluetooth 5.3</t>
+  </si>
+  <si>
+    <t>GA-GC-WBAX2400R</t>
+  </si>
+  <si>
+    <t>Hama "Link.it duo" Bluetooth® Adapter, Transmitter &amp; Receiver, 205322</t>
+  </si>
+  <si>
+    <t>HAMA-205322</t>
+  </si>
+  <si>
     <t>Hama Smart Surveillance Camera, for Babies, WLAN, App, Night Light, Audio, 1080p</t>
   </si>
   <si>
     <t>HAMA-176673</t>
   </si>
   <si>
     <t>Wireless Adapter ASUS PCE-AX1800 WiFi 6 PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-AX1800</t>
   </si>
   <si>
+    <t>Wireless Router TP-Link Archer AX12 AX1500, WiFi 6</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-AX12</t>
+  </si>
+  <si>
     <t>TP-Link Tapo C220 - Pan/Tilt Wi-Fi Camera with AI</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C220</t>
   </si>
   <si>
     <t>Ethernet Adapter Cudy WE9300, PCIe, Tri Band, 5.7 Gbps, 2.8 Gbps, 688 Mbps, WiFi 7, Bluetooth 5.4</t>
   </si>
   <si>
     <t>CUDY-PCI-WE9300</t>
   </si>
   <si>
+    <t>Switch Cudy GS1005PTS1, 5-Port Gigabit PoE+ Switch with 1 SFP Slot</t>
+  </si>
+  <si>
+    <t>CUDY-SWITCH-GS1005PTS1</t>
+  </si>
+  <si>
+    <t>Cudy R700, Gigabit Multi-WAN VPN Router</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-R700</t>
+  </si>
+  <si>
     <t>Switch Cudy HS105, 5x2.5G, RJ 45</t>
   </si>
   <si>
     <t>CUDY-SWITCH-HS105</t>
   </si>
   <si>
     <t>Switch Cudy FS1016, 16-Port 10/100Mbps, Metal Switch</t>
   </si>
   <si>
     <t>CUDY-SWITCH-FS1016</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR3000 WiFi6, AX3000, 4 Gigabit WAN/LAN Ports, 4 x 5dBi</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000S</t>
   </si>
   <si>
+    <t>Wireless Router EDIMAX BR-6476AC, 4 in 1, AC1200</t>
+  </si>
+  <si>
+    <t>EDIM-BR-6476AC</t>
+  </si>
+  <si>
     <t>Cudy IG1005P Industrial 5-Port 10/100/1000M PoE+ Switch 65W</t>
   </si>
   <si>
     <t>CUDY-SWITCH-IG1005P</t>
   </si>
   <si>
+    <t>Smart power injector MikroTik GPEN21</t>
+  </si>
+  <si>
+    <t>MIKROTIK-INJEC-GPEN21</t>
+  </si>
+  <si>
     <t>Wireless router Cudy BE3600 Gigabit Dual Band Wi-Fi 7, 4x10/100/1000, 4x5dBi antennas, white</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3600E</t>
   </si>
   <si>
+    <t>Access Point Cudy AP1200-Outdoor, AC1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100, PoE</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-AP1200-OUT</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik SXTsq Lite2, outdoor, 64MB RAM, 1xLAN 10/100/, 2.4Ghz</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBSXTsq2nD</t>
+  </si>
+  <si>
     <t>Outdoor Security WiFI camera TP-Link Tapo C310</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C310</t>
   </si>
   <si>
     <t>Wireless Router Cudy WR3000P 2.5G,AX3000, Mesh Poe Router, 4 x 10/100/1000Mbps Ports, 4 x 5dBi fixed antenna</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR3000P</t>
   </si>
   <si>
     <t>Home Security WiFi Camera TP-Link Tapo C232, 3K 5Mp with AI, Pan/Tilt, LAN, WiFi, SDmicro, night vision</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C232</t>
   </si>
   <si>
-    <t>WiFi Router TP-Link M7200 - 4G LTE</t>
-[...10 lines deleted...]
-  <si>
     <t>Wireless router and access point CUDY C200P 2 in 1, 1xGigabit, 4xGigabit POE+PSU, USB 3.0</t>
   </si>
   <si>
     <t>CUDY-ROUT-C200P</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR3000H, AX3000, 2.4/5 GHz, 1x 2.5Ghz WAN port, 10/100/1000</t>
-[...34 lines deleted...]
-  <si>
     <t>Wireless Access Point Cudy AP3000D,WiFi 6,AX3000 Dual Band Ceiling Mount, 1xRJ45,.12V DC,4x5Dbi antennas</t>
   </si>
   <si>
     <t>CUDY-ROUT-AP3000D</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer C86 AC1900 Dual Band</t>
-[...16 lines deleted...]
-  <si>
     <t>Switch ZyXEL GS-1200-5HPV3, 5-ports, Gigabit, PoE, Web Managed</t>
   </si>
   <si>
     <t>ZYXEL-GS-1200-5HPV3</t>
   </si>
   <si>
-    <t>Outdoor Security WiFI camera TP-Link Tapo C320WS - 2K QHD</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless router Cudy GP3000V,xPon, WiFi6, AX3000, 4xGigabit RJ45, 1xRJ11</t>
   </si>
   <si>
     <t>CUDY-ROUT-GP3000V</t>
   </si>
   <si>
-    <t>Wireless Router Cudy WR3600, Gigabit Wi-Fi 7, 2882 Mbps + 688 Mbps, 5× Gigabit Ethernet Ports, VPN Server and Client, 10/100/1000</t>
-[...28 lines deleted...]
-  <si>
     <t>Indoor IP Google Nest Cam, 2Mpix, cable</t>
   </si>
   <si>
     <t>GOOGLE-NEST-CAM</t>
   </si>
   <si>
-    <t>Router MikroTik 10/100/1000Mbit, PoE, RAM - 512 MB, USB - А, RouterOS v7, License level 4</t>
-[...22 lines deleted...]
-  <si>
     <t>TP LINK C410-kit includes: IP Camera tapo C410 + tapo A201 solar panel</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-C410-kit</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer AX55, AX3000, Wi-Fi 6, Dual-Band Gigabit</t>
-[...46 lines deleted...]
-  <si>
     <t>Wireless Range Extender /AP Cudy RE3600 WiFI7, 1x Gigabit Ethernet Port</t>
   </si>
   <si>
     <t>CUDY-AP-RE3600</t>
   </si>
   <si>
-    <t>Wireless Router TP-Link Archer AX55 Pro, AX3000, Wi-Fi 6, Multi Gigabit</t>
-[...22 lines deleted...]
-  <si>
     <t>Wireless MESH system router Cudy M3600-1-pack BE3600 WiFi 7 whole home system</t>
   </si>
   <si>
     <t>CUDY-ROUT-M3600-1</t>
   </si>
   <si>
     <t>Mikrotik Router E60iUGS hEX S routerOS L4</t>
   </si>
   <si>
     <t>MIKROTIK-E60iUGS</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik hAP ax S - E62iUGS-2axD5axT</t>
   </si>
   <si>
     <t>MIKROTIK-E62iUGS-2axD5axT</t>
   </si>
   <si>
-    <t>Mesh System TP-Link Deco S7 AC1900 - (2-Pack)</t>
-[...76 lines deleted...]
-  <si>
     <t>Wireless Router ASUS RT-BE55 Dual-Band WiFi 7 BE3600 (802.11be), Ai Mesh</t>
   </si>
   <si>
     <t>ASUS-RT-BE55</t>
   </si>
   <si>
-    <t>Wireless Portable Router ASUS RT-AX57 GO AX3000 WiFi 6</t>
-[...16 lines deleted...]
-  <si>
     <t>Cudy BE6500 2.5Ghz Gigabit Dual Band Wi-Fi 7 Wireless Router, 1x1Gbps WAN port, 4x10/100/1000, 6x5dBi antennas, black</t>
   </si>
   <si>
     <t>CUDY-ROUT-WR6500</t>
   </si>
   <si>
-    <t>Outdoor Security 4G LTE camera TP-Link Tapo C501 - 1080P Pan/Tilt</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Portable Router ASUS RT-BE58 GO  WiFi 7, 4G &amp; 5G Mobile Tethering</t>
   </si>
   <si>
     <t>ASUS-RT-BE58-GO</t>
+  </si>
+  <si>
+    <t>Wireless router Mikrotik Chateau LTE7, D53G-5HacD2HnD-TC&amp;R11e-LTE7</t>
+  </si>
+  <si>
+    <t>MIKROTIK-Chateau-LTE7</t>
+  </si>
+  <si>
+    <t>TP LINK smart video doorbell Tapo D210, 2K QHD (2560×1440), 160° viewing angle, microSD up to 512 GB, 2.4Ghz, AI-recognition</t>
+  </si>
+  <si>
+    <t>TP-TL-BELL-TAPO-D210</t>
+  </si>
+  <si>
+    <t>TP-Link Deco M4, AC1200 Whole Home Mesh Wi-Fi System(3-pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-M4-3PACK</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik OmniTik PoE ac, outdoor, 5 × 10/100/1000 Mbps</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBOmniTikPG-5Hac</t>
+  </si>
+  <si>
+    <t>TP-LINK Access Point DECO S7 (3-pack), AC1900</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-S7-3PACK</t>
+  </si>
+  <si>
+    <t>KVM Switch ATEN CS784H</t>
+  </si>
+  <si>
+    <t>ATEN-CS784H</t>
+  </si>
+  <si>
+    <t>TP-LINK /TP-LINK/ Access Point DECO X10 (3-pack), AX1500, 2xGbE, MU-MIMO, WiFi</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X10-3PACK</t>
+  </si>
+  <si>
+    <t>Wireless MESH system router Cudy M3600-3-pack BE3600 WiFi 7 whole home system</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M3600-3</t>
+  </si>
+  <si>
+    <t>ATEN KA7177-AX USB VGA Virtual Media KVM Adapter</t>
+  </si>
+  <si>
+    <t>ATEN-KA7177-AX</t>
+  </si>
+  <si>
+    <t>Whole Mesh System Cudy M11000 BE11000 Tri-Band 2.4/5/6Ghz 688 - 5765 Mbps - 2 Pack</t>
+  </si>
+  <si>
+    <t>CUDY-ROUT-M11000-2</t>
+  </si>
+  <si>
+    <t>TP Link /TP-LINK/ Managed Switch SG2428LP, 16Gb PoE+ports, 8Gb ports+4xSFP</t>
+  </si>
+  <si>
+    <t>TP-TL-SG2428LP</t>
+  </si>
+  <si>
+    <t>Wireless router MikroTik Chateau 5G R17 AX - Wi-Fi 6 IEEE 802.11 b/g/n/ax</t>
+  </si>
+  <si>
+    <t>MIKR-S53UG-5HaxD2HaxD-TC1</t>
+  </si>
+  <si>
+    <t>KVM Switch ATEN CS1798-AT-G, 8-Port USB, HDMI/Audio KVM Switch</t>
+  </si>
+  <si>
+    <t>ATEN-CS1798-AT-G</t>
+  </si>
+  <si>
+    <t>ATEN PE6208AV-ATB-G</t>
+  </si>
+  <si>
+    <t>ATEN-PE6208AV-ATB-G</t>
+  </si>
+  <si>
+    <t>ATEN KVM receiver KE6940AR-AX-G</t>
+  </si>
+  <si>
+    <t>ATEN-KE6940AR-AX-G</t>
+  </si>
+  <si>
+    <t>ATEN KVM transmiter  KE6940AR-AX-G</t>
+  </si>
+  <si>
+    <t>ATEN-KE6940AT-AX-G</t>
+  </si>
+  <si>
+    <t>KVM over IP Switch ATEN KN2116VB-AX-G, KVM 16-Port, 1x Local, 2x Remote, Console: 2xUSB, HDMI, VGA</t>
+  </si>
+  <si>
+    <t>ATEN-KN2116VB-AX-G</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1666,61 +1570,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D403"/>
+  <dimension ref="A1:D350"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -1786,250 +1690,250 @@
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>5.088</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>5.172</v>
+        <v>5.112</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C9">
         <v>6.06</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10">
         <v>6.132</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11">
         <v>6.324</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>7.044</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>7.2</v>
+        <v>7.14</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>7.716</v>
+        <v>7.2</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>7.896</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>9.204</v>
+        <v>8.796</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>9.504</v>
+        <v>9.204</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>9.636</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>9.756</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>9.9</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>9.9</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>9.9</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>10.104</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>10.128</v>
@@ -2094,68 +1998,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>10.8</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>11.016</v>
+        <v>10.98</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>11.076</v>
+        <v>11.016</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>11.352</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
         <v>11.604</v>
@@ -2209,121 +2113,121 @@
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
         <v>12.78</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>12.9</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
         <v>12.9</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
         <v>13.08</v>
       </c>
       <c r="D40" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
         <v>13.308</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
         <v>14.076</v>
       </c>
       <c r="D42" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>14.16</v>
       </c>
       <c r="D43" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
         <v>14.388</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>14.4</v>
@@ -2363,219 +2267,219 @@
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
         <v>14.82</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>14.832</v>
       </c>
       <c r="D49" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
         <v>15.0</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
         <v>15.084</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
         <v>15.276</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
         <v>15.336</v>
       </c>
       <c r="D53" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>15.336</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>15.336</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>15.6</v>
+        <v>15.372</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>15.648</v>
+        <v>15.6</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>16.14</v>
+        <v>15.648</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>16.5</v>
+        <v>16.14</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>16.572</v>
+        <v>16.5</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>16.62</v>
+        <v>16.572</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
         <v>16.8</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
         <v>16.872</v>
@@ -2741,51 +2645,51 @@
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
         <v>19.2</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
         <v>19.2</v>
       </c>
       <c r="D76" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
         <v>19.62</v>
       </c>
       <c r="D77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
         <v>19.704</v>
@@ -2948,149 +2852,149 @@
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
         <v>21.12</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
-        <v>21.444</v>
+        <v>21.336</v>
       </c>
       <c r="D91" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
-        <v>21.48</v>
+        <v>21.444</v>
       </c>
       <c r="D92" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
-        <v>21.78</v>
+        <v>21.48</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
-        <v>22.092</v>
+        <v>21.78</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
-        <v>22.308</v>
+        <v>22.092</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
-        <v>22.416</v>
+        <v>22.308</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
-        <v>23.004</v>
+        <v>22.416</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
-        <v>23.064</v>
+        <v>23.004</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
         <v>23.316</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
@@ -3186,208 +3090,208 @@
         <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>16</v>
       </c>
       <c r="B107" t="s">
         <v>17</v>
       </c>
       <c r="C107">
         <v>5.088</v>
       </c>
       <c r="D107" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>19</v>
       </c>
       <c r="B108" t="s">
         <v>20</v>
       </c>
       <c r="C108">
-        <v>5.172</v>
+        <v>5.112</v>
       </c>
       <c r="D108" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
+        <v>21</v>
+      </c>
+      <c r="B109" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C109">
         <v>6.06</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>23</v>
+      </c>
+      <c r="B110" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C110">
         <v>6.132</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
+        <v>25</v>
+      </c>
+      <c r="B111" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C111">
         <v>6.324</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
+        <v>27</v>
+      </c>
+      <c r="B112" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C112">
         <v>7.044</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B113" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C113">
         <v>7.2</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
+        <v>33</v>
+      </c>
+      <c r="B114" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C114">
         <v>7.896</v>
       </c>
       <c r="D114" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B115" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C115">
         <v>9.204</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>40</v>
       </c>
       <c r="B116" t="s">
         <v>41</v>
       </c>
       <c r="C116">
         <v>9.636</v>
       </c>
       <c r="D116" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>44</v>
       </c>
       <c r="B117" t="s">
         <v>45</v>
       </c>
       <c r="C117">
         <v>9.9</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>46</v>
       </c>
       <c r="B118" t="s">
         <v>47</v>
       </c>
       <c r="C118">
         <v>9.9</v>
       </c>
       <c r="D118" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>48</v>
       </c>
       <c r="B119" t="s">
         <v>49</v>
       </c>
       <c r="C119">
         <v>9.9</v>
       </c>
       <c r="D119" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>50</v>
       </c>
       <c r="B120" t="s">
         <v>51</v>
       </c>
       <c r="C120">
         <v>10.104</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>52</v>
       </c>
       <c r="B121" t="s">
         <v>53</v>
       </c>
       <c r="C121">
         <v>10.128</v>
@@ -3438,68 +3342,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>60</v>
       </c>
       <c r="B125" t="s">
         <v>61</v>
       </c>
       <c r="C125">
         <v>10.68</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>64</v>
       </c>
       <c r="B126" t="s">
         <v>65</v>
       </c>
       <c r="C126">
-        <v>11.016</v>
+        <v>10.98</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>66</v>
       </c>
       <c r="B127" t="s">
         <v>67</v>
       </c>
       <c r="C127">
-        <v>11.076</v>
+        <v>11.016</v>
       </c>
       <c r="D127" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>70</v>
       </c>
       <c r="B128" t="s">
         <v>71</v>
       </c>
       <c r="C128">
         <v>11.604</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>76</v>
       </c>
       <c r="B129" t="s">
         <v>77</v>
       </c>
       <c r="C129">
         <v>12.78</v>
@@ -3511,121 +3415,121 @@
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>78</v>
       </c>
       <c r="B130" t="s">
         <v>79</v>
       </c>
       <c r="C130">
         <v>12.78</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>80</v>
       </c>
       <c r="B131" t="s">
         <v>81</v>
       </c>
       <c r="C131">
         <v>12.9</v>
       </c>
       <c r="D131" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>82</v>
       </c>
       <c r="B132" t="s">
         <v>83</v>
       </c>
       <c r="C132">
         <v>12.9</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>84</v>
       </c>
       <c r="B133" t="s">
         <v>85</v>
       </c>
       <c r="C133">
         <v>13.08</v>
       </c>
       <c r="D133" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>86</v>
       </c>
       <c r="B134" t="s">
         <v>87</v>
       </c>
       <c r="C134">
         <v>13.308</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>88</v>
       </c>
       <c r="B135" t="s">
         <v>89</v>
       </c>
       <c r="C135">
         <v>14.076</v>
       </c>
       <c r="D135" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>90</v>
       </c>
       <c r="B136" t="s">
         <v>91</v>
       </c>
       <c r="C136">
         <v>14.16</v>
       </c>
       <c r="D136" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>92</v>
       </c>
       <c r="B137" t="s">
         <v>93</v>
       </c>
       <c r="C137">
         <v>14.388</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>94</v>
       </c>
       <c r="B138" t="s">
         <v>95</v>
       </c>
       <c r="C138">
         <v>14.4</v>
@@ -3665,163 +3569,163 @@
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>100</v>
       </c>
       <c r="B141" t="s">
         <v>101</v>
       </c>
       <c r="C141">
         <v>14.82</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>102</v>
       </c>
       <c r="B142" t="s">
         <v>103</v>
       </c>
       <c r="C142">
         <v>14.832</v>
       </c>
       <c r="D142" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>106</v>
       </c>
       <c r="B143" t="s">
         <v>107</v>
       </c>
       <c r="C143">
         <v>15.084</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>108</v>
       </c>
       <c r="B144" t="s">
         <v>109</v>
       </c>
       <c r="C144">
         <v>15.276</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>110</v>
       </c>
       <c r="B145" t="s">
         <v>111</v>
       </c>
       <c r="C145">
         <v>15.336</v>
       </c>
       <c r="D145" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>112</v>
       </c>
       <c r="B146" t="s">
         <v>113</v>
       </c>
       <c r="C146">
         <v>15.336</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
         <v>114</v>
       </c>
       <c r="B147" t="s">
         <v>115</v>
       </c>
       <c r="C147">
         <v>15.336</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B148" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C148">
         <v>15.648</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B149" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C149">
         <v>16.14</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B150" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C150">
         <v>16.572</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>130</v>
       </c>
       <c r="B151" t="s">
         <v>131</v>
       </c>
       <c r="C151">
         <v>16.872</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>132</v>
       </c>
       <c r="B152" t="s">
         <v>133</v>
       </c>
       <c r="C152">
         <v>17.568</v>
@@ -3931,51 +3835,51 @@
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>152</v>
       </c>
       <c r="B160" t="s">
         <v>153</v>
       </c>
       <c r="C160">
         <v>19.116</v>
       </c>
       <c r="D160" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>156</v>
       </c>
       <c r="B161" t="s">
         <v>157</v>
       </c>
       <c r="C161">
         <v>19.2</v>
       </c>
       <c r="D161" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>158</v>
       </c>
       <c r="B162" t="s">
         <v>159</v>
       </c>
       <c r="C162">
         <v>19.62</v>
       </c>
       <c r="D162" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>160</v>
       </c>
       <c r="B163" t="s">
         <v>161</v>
       </c>
       <c r="C163">
         <v>19.704</v>
@@ -4076,124 +3980,124 @@
         <v>183</v>
       </c>
       <c r="C170">
         <v>21.12</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>184</v>
       </c>
       <c r="B171" t="s">
         <v>185</v>
       </c>
       <c r="C171">
         <v>21.12</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B172" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C172">
         <v>21.444</v>
       </c>
       <c r="D172" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B173" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C173">
         <v>21.48</v>
       </c>
       <c r="D173" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B174" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C174">
         <v>21.78</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B175" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C175">
         <v>22.308</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B176" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C176">
         <v>22.416</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B177" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C177">
         <v>23.004</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>204</v>
       </c>
       <c r="B178" t="s">
         <v>205</v>
       </c>
       <c r="C178">
         <v>24.024</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
         <v>208</v>
@@ -4225,107 +4129,107 @@
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>212</v>
       </c>
       <c r="B181" t="s">
         <v>213</v>
       </c>
       <c r="C181">
         <v>24.816</v>
       </c>
       <c r="D181" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>214</v>
       </c>
       <c r="B182" t="s">
         <v>215</v>
       </c>
       <c r="C182">
         <v>24.9</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>216</v>
       </c>
       <c r="B183" t="s">
         <v>217</v>
       </c>
       <c r="C183">
         <v>25.056</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>218</v>
       </c>
       <c r="B184" t="s">
         <v>219</v>
       </c>
       <c r="C184">
         <v>25.056</v>
       </c>
       <c r="D184" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>220</v>
       </c>
       <c r="B185" t="s">
         <v>221</v>
       </c>
       <c r="C185">
         <v>25.224</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>222</v>
       </c>
       <c r="B186" t="s">
         <v>223</v>
       </c>
       <c r="C186">
         <v>25.284</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>224</v>
       </c>
       <c r="B187" t="s">
         <v>225</v>
       </c>
       <c r="C187">
         <v>25.596</v>
       </c>
       <c r="D187" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>226</v>
       </c>
       <c r="B188" t="s">
         <v>227</v>
       </c>
       <c r="C188">
         <v>26.004</v>
@@ -4337,65 +4241,65 @@
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>229</v>
       </c>
       <c r="B189" t="s">
         <v>230</v>
       </c>
       <c r="C189">
         <v>26.508</v>
       </c>
       <c r="D189" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>231</v>
       </c>
       <c r="B190" t="s">
         <v>232</v>
       </c>
       <c r="C190">
         <v>27.0</v>
       </c>
       <c r="D190" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>233</v>
       </c>
       <c r="B191" t="s">
         <v>234</v>
       </c>
       <c r="C191">
         <v>27.0</v>
       </c>
       <c r="D191" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>235</v>
       </c>
       <c r="B192" t="s">
         <v>236</v>
       </c>
       <c r="C192">
         <v>27.0</v>
       </c>
       <c r="D192" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>237</v>
       </c>
       <c r="B193" t="s">
         <v>238</v>
       </c>
       <c r="C193">
         <v>27.0</v>
@@ -4404,2956 +4308,2214 @@
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>239</v>
       </c>
       <c r="B194" t="s">
         <v>240</v>
       </c>
       <c r="C194">
         <v>27.0</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>241</v>
       </c>
       <c r="B195" t="s">
         <v>242</v>
       </c>
       <c r="C195">
-        <v>27.0</v>
+        <v>27.6</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>243</v>
       </c>
       <c r="B196" t="s">
         <v>244</v>
       </c>
       <c r="C196">
-        <v>27.6</v>
+        <v>27.912</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>245</v>
       </c>
       <c r="B197" t="s">
         <v>246</v>
       </c>
       <c r="C197">
-        <v>27.912</v>
+        <v>28.116</v>
       </c>
       <c r="D197" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>247</v>
       </c>
       <c r="B198" t="s">
         <v>248</v>
       </c>
       <c r="C198">
-        <v>27.912</v>
+        <v>28.116</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>249</v>
       </c>
       <c r="B199" t="s">
         <v>250</v>
       </c>
       <c r="C199">
-        <v>28.116</v>
+        <v>28.836</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>251</v>
       </c>
       <c r="B200" t="s">
         <v>252</v>
       </c>
       <c r="C200">
-        <v>28.116</v>
+        <v>28.992</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>253</v>
       </c>
       <c r="B201" t="s">
         <v>254</v>
       </c>
       <c r="C201">
-        <v>28.836</v>
+        <v>29.448</v>
       </c>
       <c r="D201" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="B202" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="C202">
-        <v>7.896</v>
+        <v>2.304</v>
       </c>
       <c r="D202" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="B203" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="C203">
-        <v>9.636</v>
+        <v>3.996</v>
       </c>
       <c r="D203" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="B204" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="C204">
-        <v>9.9</v>
+        <v>4.02</v>
       </c>
       <c r="D204" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="B205" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="C205">
-        <v>9.9</v>
+        <v>4.548</v>
       </c>
       <c r="D205" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="B206" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="C206">
-        <v>10.428</v>
+        <v>5.088</v>
       </c>
       <c r="D206" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="B207" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="C207">
-        <v>10.536</v>
+        <v>5.112</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="B208" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="C208">
-        <v>11.016</v>
+        <v>6.132</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="B209" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="C209">
-        <v>12.78</v>
+        <v>7.044</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="B210" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="C210">
-        <v>14.388</v>
+        <v>7.2</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>96</v>
+        <v>33</v>
       </c>
       <c r="B211" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="C211">
-        <v>14.616</v>
+        <v>7.896</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="B212" t="s">
-        <v>113</v>
+        <v>41</v>
       </c>
       <c r="C212">
-        <v>15.336</v>
+        <v>9.636</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>114</v>
+        <v>46</v>
       </c>
       <c r="B213" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="C213">
-        <v>15.336</v>
+        <v>9.9</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>130</v>
+        <v>48</v>
       </c>
       <c r="B214" t="s">
-        <v>131</v>
+        <v>49</v>
       </c>
       <c r="C214">
-        <v>16.872</v>
+        <v>9.9</v>
       </c>
       <c r="D214" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>134</v>
+        <v>50</v>
       </c>
       <c r="B215" t="s">
-        <v>135</v>
+        <v>51</v>
       </c>
       <c r="C215">
-        <v>17.7</v>
+        <v>10.104</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>136</v>
+        <v>56</v>
       </c>
       <c r="B216" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
       <c r="C216">
-        <v>17.892</v>
+        <v>10.428</v>
       </c>
       <c r="D216" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
       <c r="B217" t="s">
-        <v>149</v>
+        <v>59</v>
       </c>
       <c r="C217">
-        <v>18.0</v>
+        <v>10.536</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>164</v>
+        <v>60</v>
       </c>
       <c r="B218" t="s">
-        <v>165</v>
+        <v>61</v>
       </c>
       <c r="C218">
-        <v>19.8</v>
+        <v>10.68</v>
       </c>
       <c r="D218" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>168</v>
+        <v>64</v>
       </c>
       <c r="B219" t="s">
-        <v>169</v>
+        <v>65</v>
       </c>
       <c r="C219">
-        <v>19.992</v>
+        <v>10.98</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>176</v>
+        <v>66</v>
       </c>
       <c r="B220" t="s">
-        <v>177</v>
+        <v>67</v>
       </c>
       <c r="C220">
-        <v>20.88</v>
+        <v>11.016</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="B221" t="s">
-        <v>183</v>
+        <v>71</v>
       </c>
       <c r="C221">
-        <v>21.12</v>
+        <v>11.604</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>184</v>
+        <v>76</v>
       </c>
       <c r="B222" t="s">
-        <v>185</v>
+        <v>77</v>
       </c>
       <c r="C222">
-        <v>21.12</v>
+        <v>12.78</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>188</v>
+        <v>78</v>
       </c>
       <c r="B223" t="s">
-        <v>189</v>
+        <v>79</v>
       </c>
       <c r="C223">
-        <v>21.48</v>
+        <v>12.78</v>
       </c>
       <c r="D223" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>190</v>
+        <v>80</v>
       </c>
       <c r="B224" t="s">
-        <v>191</v>
+        <v>81</v>
       </c>
       <c r="C224">
-        <v>21.78</v>
+        <v>12.9</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>194</v>
+        <v>82</v>
       </c>
       <c r="B225" t="s">
-        <v>195</v>
+        <v>83</v>
       </c>
       <c r="C225">
-        <v>22.308</v>
+        <v>12.9</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="B226" t="s">
-        <v>199</v>
+        <v>89</v>
       </c>
       <c r="C226">
-        <v>23.004</v>
+        <v>14.076</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>204</v>
+        <v>92</v>
       </c>
       <c r="B227" t="s">
-        <v>205</v>
+        <v>93</v>
       </c>
       <c r="C227">
-        <v>24.024</v>
+        <v>14.388</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>208</v>
+        <v>94</v>
       </c>
       <c r="B228" t="s">
-        <v>209</v>
+        <v>95</v>
       </c>
       <c r="C228">
-        <v>24.312</v>
+        <v>14.4</v>
       </c>
       <c r="D228" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>218</v>
+        <v>96</v>
       </c>
       <c r="B229" t="s">
-        <v>219</v>
+        <v>97</v>
       </c>
       <c r="C229">
-        <v>25.056</v>
+        <v>14.616</v>
       </c>
       <c r="D229" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>243</v>
+        <v>108</v>
       </c>
       <c r="B230" t="s">
-        <v>244</v>
+        <v>109</v>
       </c>
       <c r="C230">
-        <v>27.6</v>
+        <v>15.276</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>255</v>
+        <v>112</v>
       </c>
       <c r="B231" t="s">
-        <v>256</v>
+        <v>113</v>
       </c>
       <c r="C231">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>257</v>
+        <v>114</v>
       </c>
       <c r="B232" t="s">
-        <v>258</v>
+        <v>115</v>
       </c>
       <c r="C232">
-        <v>30.0</v>
+        <v>15.336</v>
       </c>
       <c r="D232" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>259</v>
+        <v>130</v>
       </c>
       <c r="B233" t="s">
-        <v>260</v>
+        <v>131</v>
       </c>
       <c r="C233">
-        <v>30.168</v>
+        <v>16.872</v>
       </c>
       <c r="D233" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="B234" t="s">
-        <v>262</v>
+        <v>135</v>
       </c>
       <c r="C234">
-        <v>30.324</v>
+        <v>17.7</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>263</v>
+        <v>136</v>
       </c>
       <c r="B235" t="s">
-        <v>264</v>
+        <v>137</v>
       </c>
       <c r="C235">
-        <v>33.12</v>
+        <v>17.892</v>
       </c>
       <c r="D235" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>265</v>
+        <v>148</v>
       </c>
       <c r="B236" t="s">
-        <v>266</v>
+        <v>149</v>
       </c>
       <c r="C236">
-        <v>33.12</v>
+        <v>18.0</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>267</v>
+        <v>152</v>
       </c>
       <c r="B237" t="s">
-        <v>268</v>
+        <v>153</v>
       </c>
       <c r="C237">
-        <v>33.6</v>
+        <v>19.116</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>269</v>
+        <v>160</v>
       </c>
       <c r="B238" t="s">
-        <v>270</v>
+        <v>161</v>
       </c>
       <c r="C238">
-        <v>33.744</v>
+        <v>19.704</v>
       </c>
       <c r="D238" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>271</v>
+        <v>164</v>
       </c>
       <c r="B239" t="s">
-        <v>272</v>
+        <v>165</v>
       </c>
       <c r="C239">
-        <v>34.5</v>
+        <v>19.8</v>
       </c>
       <c r="D239" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="B240" t="s">
-        <v>274</v>
+        <v>169</v>
       </c>
       <c r="C240">
-        <v>34.548</v>
+        <v>19.992</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>275</v>
+        <v>172</v>
       </c>
       <c r="B241" t="s">
-        <v>276</v>
+        <v>173</v>
       </c>
       <c r="C241">
-        <v>35.148</v>
+        <v>20.676</v>
       </c>
       <c r="D241" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>277</v>
+        <v>176</v>
       </c>
       <c r="B242" t="s">
-        <v>278</v>
+        <v>177</v>
       </c>
       <c r="C242">
-        <v>35.28</v>
+        <v>20.88</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>279</v>
+        <v>182</v>
       </c>
       <c r="B243" t="s">
-        <v>280</v>
+        <v>183</v>
       </c>
       <c r="C243">
-        <v>35.28</v>
+        <v>21.12</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>281</v>
+        <v>184</v>
       </c>
       <c r="B244" t="s">
-        <v>282</v>
+        <v>185</v>
       </c>
       <c r="C244">
-        <v>35.28</v>
+        <v>21.12</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>283</v>
+        <v>190</v>
       </c>
       <c r="B245" t="s">
-        <v>284</v>
+        <v>191</v>
       </c>
       <c r="C245">
-        <v>36.084</v>
+        <v>21.48</v>
       </c>
       <c r="D245" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>285</v>
+        <v>192</v>
       </c>
       <c r="B246" t="s">
-        <v>286</v>
+        <v>193</v>
       </c>
       <c r="C246">
-        <v>36.672</v>
+        <v>21.78</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>287</v>
+        <v>196</v>
       </c>
       <c r="B247" t="s">
-        <v>288</v>
+        <v>197</v>
       </c>
       <c r="C247">
-        <v>38.4</v>
+        <v>22.308</v>
       </c>
       <c r="D247" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>289</v>
+        <v>200</v>
       </c>
       <c r="B248" t="s">
-        <v>290</v>
+        <v>201</v>
       </c>
       <c r="C248">
-        <v>39.432</v>
+        <v>23.004</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>291</v>
+        <v>204</v>
       </c>
       <c r="B249" t="s">
-        <v>292</v>
+        <v>205</v>
       </c>
       <c r="C249">
-        <v>39.6</v>
+        <v>24.024</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>293</v>
+        <v>208</v>
       </c>
       <c r="B250" t="s">
-        <v>294</v>
+        <v>209</v>
       </c>
       <c r="C250">
-        <v>39.9</v>
+        <v>24.312</v>
       </c>
       <c r="D250" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>295</v>
+        <v>214</v>
       </c>
       <c r="B251" t="s">
-        <v>296</v>
+        <v>215</v>
       </c>
       <c r="C251">
-        <v>40.032</v>
+        <v>24.9</v>
       </c>
       <c r="D251" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>297</v>
+        <v>218</v>
       </c>
       <c r="B252" t="s">
-        <v>298</v>
+        <v>219</v>
       </c>
       <c r="C252">
-        <v>40.44</v>
+        <v>25.056</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>299</v>
+        <v>226</v>
       </c>
       <c r="B253" t="s">
-        <v>300</v>
+        <v>227</v>
       </c>
       <c r="C253">
-        <v>40.8</v>
+        <v>26.004</v>
       </c>
       <c r="D253" t="s">
-        <v>6</v>
+        <v>228</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>301</v>
+        <v>239</v>
       </c>
       <c r="B254" t="s">
-        <v>302</v>
+        <v>240</v>
       </c>
       <c r="C254">
-        <v>40.896</v>
+        <v>27.0</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>303</v>
+        <v>241</v>
       </c>
       <c r="B255" t="s">
-        <v>304</v>
+        <v>242</v>
       </c>
       <c r="C255">
-        <v>42.42</v>
+        <v>27.6</v>
       </c>
       <c r="D255" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>305</v>
+        <v>247</v>
       </c>
       <c r="B256" t="s">
-        <v>306</v>
+        <v>248</v>
       </c>
       <c r="C256">
-        <v>44.58</v>
+        <v>28.116</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>307</v>
+        <v>249</v>
       </c>
       <c r="B257" t="s">
-        <v>308</v>
+        <v>250</v>
       </c>
       <c r="C257">
-        <v>45.0</v>
+        <v>28.836</v>
       </c>
       <c r="D257" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>309</v>
+        <v>255</v>
       </c>
       <c r="B258" t="s">
-        <v>310</v>
+        <v>256</v>
       </c>
       <c r="C258">
-        <v>45.6</v>
+        <v>29.688</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>311</v>
+        <v>257</v>
       </c>
       <c r="B259" t="s">
-        <v>312</v>
+        <v>258</v>
       </c>
       <c r="C259">
-        <v>46.128</v>
+        <v>30.0</v>
       </c>
       <c r="D259" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>313</v>
+        <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>314</v>
+        <v>260</v>
       </c>
       <c r="C260">
-        <v>46.8</v>
+        <v>30.0</v>
       </c>
       <c r="D260" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>315</v>
+        <v>261</v>
       </c>
       <c r="B261" t="s">
-        <v>316</v>
+        <v>262</v>
       </c>
       <c r="C261">
-        <v>48.672</v>
+        <v>30.168</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>317</v>
+        <v>263</v>
       </c>
       <c r="B262" t="s">
-        <v>318</v>
+        <v>264</v>
       </c>
       <c r="C262">
-        <v>48.996</v>
+        <v>30.324</v>
       </c>
       <c r="D262" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>319</v>
+        <v>265</v>
       </c>
       <c r="B263" t="s">
-        <v>320</v>
+        <v>266</v>
       </c>
       <c r="C263">
-        <v>48.996</v>
+        <v>31.908</v>
       </c>
       <c r="D263" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>321</v>
+        <v>267</v>
       </c>
       <c r="B264" t="s">
-        <v>322</v>
+        <v>268</v>
       </c>
       <c r="C264">
-        <v>49.104</v>
+        <v>31.932</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>323</v>
+        <v>269</v>
       </c>
       <c r="B265" t="s">
-        <v>324</v>
+        <v>270</v>
       </c>
       <c r="C265">
-        <v>49.524</v>
+        <v>33.12</v>
       </c>
       <c r="D265" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>325</v>
+        <v>271</v>
       </c>
       <c r="B266" t="s">
-        <v>326</v>
+        <v>272</v>
       </c>
       <c r="C266">
-        <v>49.896</v>
+        <v>33.12</v>
       </c>
       <c r="D266" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>327</v>
+        <v>273</v>
       </c>
       <c r="B267" t="s">
-        <v>328</v>
+        <v>274</v>
       </c>
       <c r="C267">
-        <v>49.896</v>
+        <v>33.228</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>329</v>
+        <v>275</v>
       </c>
       <c r="B268" t="s">
-        <v>330</v>
+        <v>276</v>
       </c>
       <c r="C268">
-        <v>50.316</v>
+        <v>33.6</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>331</v>
+        <v>277</v>
       </c>
       <c r="B269" t="s">
-        <v>332</v>
+        <v>278</v>
       </c>
       <c r="C269">
-        <v>50.616</v>
+        <v>33.744</v>
       </c>
       <c r="D269" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>333</v>
+        <v>279</v>
       </c>
       <c r="B270" t="s">
-        <v>334</v>
+        <v>280</v>
       </c>
       <c r="C270">
-        <v>50.82</v>
+        <v>34.416</v>
       </c>
       <c r="D270" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>335</v>
+        <v>281</v>
       </c>
       <c r="B271" t="s">
-        <v>336</v>
+        <v>282</v>
       </c>
       <c r="C271">
-        <v>51.84</v>
+        <v>34.5</v>
       </c>
       <c r="D271" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>337</v>
+        <v>283</v>
       </c>
       <c r="B272" t="s">
-        <v>338</v>
+        <v>284</v>
       </c>
       <c r="C272">
-        <v>52.008</v>
+        <v>34.548</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>339</v>
+        <v>285</v>
       </c>
       <c r="B273" t="s">
-        <v>340</v>
+        <v>286</v>
       </c>
       <c r="C273">
-        <v>54.9</v>
+        <v>34.8</v>
       </c>
       <c r="D273" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>341</v>
+        <v>287</v>
       </c>
       <c r="B274" t="s">
-        <v>342</v>
+        <v>288</v>
       </c>
       <c r="C274">
-        <v>56.232</v>
+        <v>35.148</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>343</v>
+        <v>289</v>
       </c>
       <c r="B275" t="s">
-        <v>344</v>
+        <v>290</v>
       </c>
       <c r="C275">
-        <v>58.8</v>
+        <v>35.28</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>345</v>
+        <v>291</v>
       </c>
       <c r="B276" t="s">
-        <v>346</v>
+        <v>292</v>
       </c>
       <c r="C276">
-        <v>58.992</v>
+        <v>35.28</v>
       </c>
       <c r="D276" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>347</v>
+        <v>293</v>
       </c>
       <c r="B277" t="s">
-        <v>348</v>
+        <v>294</v>
       </c>
       <c r="C277">
-        <v>59.784</v>
+        <v>35.28</v>
       </c>
       <c r="D277" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>349</v>
+        <v>295</v>
       </c>
       <c r="B278" t="s">
-        <v>350</v>
+        <v>296</v>
       </c>
       <c r="C278">
-        <v>59.88</v>
+        <v>35.784</v>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>351</v>
+        <v>297</v>
       </c>
       <c r="B279" t="s">
-        <v>352</v>
+        <v>298</v>
       </c>
       <c r="C279">
-        <v>61.908</v>
+        <v>36.0</v>
       </c>
       <c r="D279" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>353</v>
+        <v>299</v>
       </c>
       <c r="B280" t="s">
-        <v>354</v>
+        <v>300</v>
       </c>
       <c r="C280">
-        <v>63.036</v>
+        <v>36.084</v>
       </c>
       <c r="D280" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>355</v>
+        <v>301</v>
       </c>
       <c r="B281" t="s">
-        <v>356</v>
+        <v>302</v>
       </c>
       <c r="C281">
-        <v>64.8</v>
+        <v>36.3</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>357</v>
+        <v>303</v>
       </c>
       <c r="B282" t="s">
-        <v>358</v>
+        <v>304</v>
       </c>
       <c r="C282">
-        <v>64.8</v>
+        <v>36.324</v>
       </c>
       <c r="D282" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>359</v>
+        <v>305</v>
       </c>
       <c r="B283" t="s">
-        <v>360</v>
+        <v>306</v>
       </c>
       <c r="C283">
-        <v>64.8</v>
+        <v>36.672</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>361</v>
+        <v>307</v>
       </c>
       <c r="B284" t="s">
-        <v>362</v>
+        <v>308</v>
       </c>
       <c r="C284">
-        <v>64.992</v>
+        <v>38.4</v>
       </c>
       <c r="D284" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>363</v>
+        <v>309</v>
       </c>
       <c r="B285" t="s">
-        <v>364</v>
+        <v>310</v>
       </c>
       <c r="C285">
-        <v>65.952</v>
+        <v>39.0</v>
       </c>
       <c r="D285" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>365</v>
+        <v>311</v>
       </c>
       <c r="B286" t="s">
-        <v>366</v>
+        <v>312</v>
       </c>
       <c r="C286">
-        <v>65.952</v>
+        <v>39.432</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>367</v>
+        <v>313</v>
       </c>
       <c r="B287" t="s">
-        <v>368</v>
+        <v>314</v>
       </c>
       <c r="C287">
-        <v>66.264</v>
+        <v>39.6</v>
       </c>
       <c r="D287" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>369</v>
+        <v>315</v>
       </c>
       <c r="B288" t="s">
-        <v>370</v>
+        <v>316</v>
       </c>
       <c r="C288">
-        <v>69.0</v>
+        <v>39.9</v>
       </c>
       <c r="D288" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>371</v>
+        <v>317</v>
       </c>
       <c r="B289" t="s">
-        <v>372</v>
+        <v>318</v>
       </c>
       <c r="C289">
-        <v>69.0</v>
+        <v>39.9</v>
       </c>
       <c r="D289" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>373</v>
+        <v>319</v>
       </c>
       <c r="B290" t="s">
-        <v>374</v>
+        <v>320</v>
       </c>
       <c r="C290">
-        <v>69.0</v>
+        <v>39.9</v>
       </c>
       <c r="D290" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>375</v>
+        <v>321</v>
       </c>
       <c r="B291" t="s">
-        <v>376</v>
+        <v>322</v>
       </c>
       <c r="C291">
-        <v>69.0</v>
+        <v>40.032</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>377</v>
+        <v>323</v>
       </c>
       <c r="B292" t="s">
-        <v>378</v>
+        <v>324</v>
       </c>
       <c r="C292">
-        <v>69.9</v>
+        <v>40.44</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>379</v>
+        <v>325</v>
       </c>
       <c r="B293" t="s">
-        <v>380</v>
+        <v>326</v>
       </c>
       <c r="C293">
-        <v>69.9</v>
+        <v>40.8</v>
       </c>
       <c r="D293" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>381</v>
+        <v>327</v>
       </c>
       <c r="B294" t="s">
-        <v>382</v>
+        <v>328</v>
       </c>
       <c r="C294">
-        <v>70.452</v>
+        <v>40.8</v>
       </c>
       <c r="D294" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>383</v>
+        <v>329</v>
       </c>
       <c r="B295" t="s">
-        <v>384</v>
+        <v>330</v>
       </c>
       <c r="C295">
-        <v>71.064</v>
+        <v>40.872</v>
       </c>
       <c r="D295" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>385</v>
+        <v>331</v>
       </c>
       <c r="B296" t="s">
-        <v>386</v>
+        <v>332</v>
       </c>
       <c r="C296">
-        <v>71.064</v>
+        <v>40.896</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>387</v>
+        <v>333</v>
       </c>
       <c r="B297" t="s">
-        <v>388</v>
+        <v>334</v>
       </c>
       <c r="C297">
-        <v>71.064</v>
+        <v>42.0</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>389</v>
+        <v>335</v>
       </c>
       <c r="B298" t="s">
-        <v>390</v>
+        <v>336</v>
       </c>
       <c r="C298">
-        <v>71.064</v>
+        <v>42.336</v>
       </c>
       <c r="D298" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>391</v>
+        <v>337</v>
       </c>
       <c r="B299" t="s">
-        <v>392</v>
+        <v>338</v>
       </c>
       <c r="C299">
-        <v>71.172</v>
+        <v>42.42</v>
       </c>
       <c r="D299" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>393</v>
+        <v>339</v>
       </c>
       <c r="B300" t="s">
-        <v>394</v>
+        <v>340</v>
       </c>
       <c r="C300">
-        <v>71.172</v>
+        <v>44.58</v>
       </c>
       <c r="D300" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>395</v>
+        <v>341</v>
       </c>
       <c r="B301" t="s">
-        <v>396</v>
+        <v>342</v>
       </c>
       <c r="C301">
-        <v>71.988</v>
+        <v>45.0</v>
       </c>
       <c r="D301" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>58</v>
       </c>
       <c r="B302" t="s">
         <v>59</v>
       </c>
       <c r="C302">
         <v>10.536</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
       <c r="B303" t="s">
-        <v>65</v>
+        <v>97</v>
       </c>
       <c r="C303">
-        <v>11.016</v>
+        <v>14.616</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>78</v>
+        <v>130</v>
       </c>
       <c r="B304" t="s">
-        <v>79</v>
+        <v>131</v>
       </c>
       <c r="C304">
-        <v>12.78</v>
+        <v>16.872</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="B305" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="C305">
-        <v>14.388</v>
+        <v>17.7</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="B306" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="C306">
-        <v>14.616</v>
+        <v>17.892</v>
       </c>
       <c r="D306" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>112</v>
+        <v>148</v>
       </c>
       <c r="B307" t="s">
-        <v>113</v>
+        <v>149</v>
       </c>
       <c r="C307">
-        <v>15.336</v>
+        <v>18.0</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>114</v>
+        <v>184</v>
       </c>
       <c r="B308" t="s">
-        <v>115</v>
+        <v>185</v>
       </c>
       <c r="C308">
-        <v>15.336</v>
+        <v>21.12</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>130</v>
+        <v>192</v>
       </c>
       <c r="B309" t="s">
-        <v>131</v>
+        <v>193</v>
       </c>
       <c r="C309">
-        <v>16.872</v>
+        <v>21.78</v>
       </c>
       <c r="D309" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>134</v>
+        <v>200</v>
       </c>
       <c r="B310" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="C310">
-        <v>17.7</v>
+        <v>23.004</v>
       </c>
       <c r="D310" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>136</v>
+        <v>257</v>
       </c>
       <c r="B311" t="s">
-        <v>137</v>
+        <v>258</v>
       </c>
       <c r="C311">
-        <v>17.892</v>
+        <v>30.0</v>
       </c>
       <c r="D311" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>148</v>
+        <v>259</v>
       </c>
       <c r="B312" t="s">
-        <v>149</v>
+        <v>260</v>
       </c>
       <c r="C312">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
       <c r="D312" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>164</v>
+        <v>261</v>
       </c>
       <c r="B313" t="s">
-        <v>165</v>
+        <v>262</v>
       </c>
       <c r="C313">
-        <v>19.8</v>
+        <v>30.168</v>
       </c>
       <c r="D313" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>168</v>
+        <v>263</v>
       </c>
       <c r="B314" t="s">
-        <v>169</v>
+        <v>264</v>
       </c>
       <c r="C314">
-        <v>19.992</v>
+        <v>30.324</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>176</v>
+        <v>271</v>
       </c>
       <c r="B315" t="s">
-        <v>177</v>
+        <v>272</v>
       </c>
       <c r="C315">
-        <v>20.88</v>
+        <v>33.12</v>
       </c>
       <c r="D315" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>184</v>
+        <v>275</v>
       </c>
       <c r="B316" t="s">
-        <v>185</v>
+        <v>276</v>
       </c>
       <c r="C316">
-        <v>21.12</v>
+        <v>33.6</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>188</v>
+        <v>283</v>
       </c>
       <c r="B317" t="s">
-        <v>189</v>
+        <v>284</v>
       </c>
       <c r="C317">
-        <v>21.48</v>
+        <v>34.548</v>
       </c>
       <c r="D317" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>190</v>
+        <v>293</v>
       </c>
       <c r="B318" t="s">
-        <v>191</v>
+        <v>294</v>
       </c>
       <c r="C318">
-        <v>21.78</v>
+        <v>35.28</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>198</v>
+        <v>305</v>
       </c>
       <c r="B319" t="s">
-        <v>199</v>
+        <v>306</v>
       </c>
       <c r="C319">
-        <v>23.004</v>
+        <v>36.672</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>204</v>
+        <v>343</v>
       </c>
       <c r="B320" t="s">
-        <v>205</v>
+        <v>344</v>
       </c>
       <c r="C320">
-        <v>24.024</v>
+        <v>46.8</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>208</v>
+        <v>345</v>
       </c>
       <c r="B321" t="s">
-        <v>209</v>
+        <v>346</v>
       </c>
       <c r="C321">
-        <v>24.312</v>
+        <v>49.896</v>
       </c>
       <c r="D321" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>218</v>
+        <v>347</v>
       </c>
       <c r="B322" t="s">
-        <v>219</v>
+        <v>348</v>
       </c>
       <c r="C322">
-        <v>25.056</v>
+        <v>53.448</v>
       </c>
       <c r="D322" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>243</v>
+        <v>349</v>
       </c>
       <c r="B323" t="s">
-        <v>244</v>
+        <v>350</v>
       </c>
       <c r="C323">
-        <v>27.6</v>
+        <v>54.9</v>
       </c>
       <c r="D323" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>255</v>
+        <v>351</v>
       </c>
       <c r="B324" t="s">
-        <v>256</v>
+        <v>352</v>
       </c>
       <c r="C324">
-        <v>30.0</v>
+        <v>61.908</v>
       </c>
       <c r="D324" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>257</v>
+        <v>353</v>
       </c>
       <c r="B325" t="s">
-        <v>258</v>
+        <v>354</v>
       </c>
       <c r="C325">
-        <v>30.0</v>
+        <v>64.992</v>
       </c>
       <c r="D325" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>259</v>
+        <v>355</v>
       </c>
       <c r="B326" t="s">
-        <v>260</v>
+        <v>356</v>
       </c>
       <c r="C326">
-        <v>30.168</v>
+        <v>69.9</v>
       </c>
       <c r="D326" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>261</v>
+        <v>357</v>
       </c>
       <c r="B327" t="s">
-        <v>262</v>
+        <v>358</v>
       </c>
       <c r="C327">
-        <v>30.324</v>
+        <v>71.064</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>265</v>
+        <v>359</v>
       </c>
       <c r="B328" t="s">
-        <v>266</v>
+        <v>360</v>
       </c>
       <c r="C328">
-        <v>33.12</v>
+        <v>71.172</v>
       </c>
       <c r="D328" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>267</v>
+        <v>361</v>
       </c>
       <c r="B329" t="s">
-        <v>268</v>
+        <v>362</v>
       </c>
       <c r="C329">
-        <v>33.6</v>
+        <v>71.172</v>
       </c>
       <c r="D329" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>269</v>
+        <v>363</v>
       </c>
       <c r="B330" t="s">
-        <v>270</v>
+        <v>364</v>
       </c>
       <c r="C330">
-        <v>33.744</v>
+        <v>95.004</v>
       </c>
       <c r="D330" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>271</v>
+        <v>365</v>
       </c>
       <c r="B331" t="s">
-        <v>272</v>
+        <v>366</v>
       </c>
       <c r="C331">
-        <v>34.5</v>
+        <v>101.748</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>273</v>
+        <v>367</v>
       </c>
       <c r="B332" t="s">
-        <v>274</v>
+        <v>368</v>
       </c>
       <c r="C332">
-        <v>34.548</v>
+        <v>105.0</v>
       </c>
       <c r="D332" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>275</v>
+        <v>369</v>
       </c>
       <c r="B333" t="s">
-        <v>276</v>
+        <v>370</v>
       </c>
       <c r="C333">
-        <v>35.148</v>
+        <v>106.8</v>
       </c>
       <c r="D333" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>277</v>
+        <v>371</v>
       </c>
       <c r="B334" t="s">
-        <v>278</v>
+        <v>372</v>
       </c>
       <c r="C334">
-        <v>35.28</v>
+        <v>108.06</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>279</v>
+        <v>373</v>
       </c>
       <c r="B335" t="s">
-        <v>280</v>
+        <v>374</v>
       </c>
       <c r="C335">
-        <v>35.28</v>
+        <v>118.992</v>
       </c>
       <c r="D335" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>281</v>
+        <v>375</v>
       </c>
       <c r="B336" t="s">
-        <v>282</v>
+        <v>376</v>
       </c>
       <c r="C336">
-        <v>35.28</v>
+        <v>136.8</v>
       </c>
       <c r="D336" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>285</v>
+        <v>377</v>
       </c>
       <c r="B337" t="s">
-        <v>286</v>
+        <v>378</v>
       </c>
       <c r="C337">
-        <v>36.672</v>
+        <v>138.996</v>
       </c>
       <c r="D337" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>289</v>
+        <v>379</v>
       </c>
       <c r="B338" t="s">
-        <v>290</v>
+        <v>380</v>
       </c>
       <c r="C338">
-        <v>39.432</v>
+        <v>142.8</v>
       </c>
       <c r="D338" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>291</v>
+        <v>381</v>
       </c>
       <c r="B339" t="s">
-        <v>292</v>
+        <v>382</v>
       </c>
       <c r="C339">
-        <v>39.6</v>
+        <v>144.876</v>
       </c>
       <c r="D339" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>295</v>
+        <v>383</v>
       </c>
       <c r="B340" t="s">
-        <v>296</v>
+        <v>384</v>
       </c>
       <c r="C340">
-        <v>40.032</v>
+        <v>158.4</v>
       </c>
       <c r="D340" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>299</v>
+        <v>385</v>
       </c>
       <c r="B341" t="s">
-        <v>300</v>
+        <v>386</v>
       </c>
       <c r="C341">
-        <v>40.8</v>
+        <v>184.152</v>
       </c>
       <c r="D341" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>301</v>
+        <v>387</v>
       </c>
       <c r="B342" t="s">
-        <v>302</v>
+        <v>388</v>
       </c>
       <c r="C342">
-        <v>40.896</v>
+        <v>299.004</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>303</v>
+        <v>389</v>
       </c>
       <c r="B343" t="s">
-        <v>304</v>
+        <v>390</v>
       </c>
       <c r="C343">
-        <v>42.42</v>
+        <v>303.708</v>
       </c>
       <c r="D343" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>305</v>
+        <v>391</v>
       </c>
       <c r="B344" t="s">
-        <v>306</v>
+        <v>392</v>
       </c>
       <c r="C344">
-        <v>44.58</v>
+        <v>322.32</v>
       </c>
       <c r="D344" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>307</v>
+        <v>393</v>
       </c>
       <c r="B345" t="s">
-        <v>308</v>
+        <v>394</v>
       </c>
       <c r="C345">
-        <v>45.0</v>
+        <v>601.86</v>
       </c>
       <c r="D345" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>309</v>
+        <v>395</v>
       </c>
       <c r="B346" t="s">
-        <v>310</v>
+        <v>396</v>
       </c>
       <c r="C346">
-        <v>45.6</v>
+        <v>643.668</v>
       </c>
       <c r="D346" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>311</v>
+        <v>397</v>
       </c>
       <c r="B347" t="s">
-        <v>312</v>
+        <v>398</v>
       </c>
       <c r="C347">
-        <v>46.128</v>
+        <v>1558.464</v>
       </c>
       <c r="D347" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>313</v>
+        <v>399</v>
       </c>
       <c r="B348" t="s">
-        <v>314</v>
+        <v>400</v>
       </c>
       <c r="C348">
-        <v>46.8</v>
+        <v>1558.464</v>
       </c>
       <c r="D348" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>315</v>
+        <v>401</v>
       </c>
       <c r="B349" t="s">
-        <v>316</v>
+        <v>402</v>
       </c>
       <c r="C349">
-        <v>48.672</v>
+        <v>5096.052</v>
       </c>
       <c r="D349" t="s">
-        <v>6</v>
-[...110 lines deleted...]
-      <c r="D357" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="358" spans="1:4">
-[...628 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D403"/>
+  <autoFilter ref="A1:D350"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>