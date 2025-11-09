--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -49,165 +49,165 @@
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Webcam "Spy Protect" HD, 53950</t>
   </si>
   <si>
     <t>HAMA-53950</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C270</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C270</t>
   </si>
   <si>
     <t>Webcam, "C-400", 1080 p, 139991</t>
   </si>
   <si>
     <t>HAMA-139991</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Logitech Business Webcam Brio 105, 1080p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-105</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C310, 720p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C310</t>
+  </si>
+  <si>
+    <t>Web Cam Creative Live! Cam Sync - 1080p V2</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-1080P</t>
+  </si>
+  <si>
+    <t>Headset, Webcam "C-400", 139999</t>
+  </si>
+  <si>
+    <t>HAMA-139999</t>
+  </si>
+  <si>
+    <t>j5create JVCU100 USB™ HD Webcam with 360° Rotation</t>
+  </si>
+  <si>
+    <t>J5-JVCU100</t>
+  </si>
+  <si>
+    <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
+  </si>
+  <si>
+    <t>HAMA-139992</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone A4TECH PK-940HA</t>
+  </si>
+  <si>
+    <t>A4-CAM-PK-940HA</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C505e</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C505e</t>
+  </si>
+  <si>
+    <t>Nacon PC WEBCAM RING LIGHT</t>
+  </si>
+  <si>
+    <t>NC-WEB-PCWEBCAMRL</t>
+  </si>
+  <si>
+    <t>Web Cam Creative Live! Cam Sync V3 - 2K</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-SYNC</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Web Cam with microphone LOGITECH C505e</t>
-[...35 lines deleted...]
-    <t>J5-JVCU100</t>
+    <t>Web Cam with microphone LOGITECH Brio 300 White</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-300-W</t>
+  </si>
+  <si>
+    <t>j5create HD Webcam with Auto &amp; Manual Focus Switch</t>
+  </si>
+  <si>
+    <t>J5-JVU250</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C505</t>
+  </si>
+  <si>
+    <t>Hama Webcam with "C-850 Pro" Ring Light, 139989</t>
+  </si>
+  <si>
+    <t>HAMA-139989</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone Streamplify CAM 1080p,</t>
+  </si>
+  <si>
+    <t>SPMC-CZFH221</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C925е, Full-HD, USB2.0</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C925E</t>
+  </si>
+  <si>
+    <t>Web Cam Creative Live!Cam SYNC 4K , 2160 @ 25fps , 1080 @ 40fps, integrated mic</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
-[...52 lines deleted...]
-  <si>
     <t>Logitech Business Webcam C920е, 1080p</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920E</t>
-  </si>
-[...10 lines deleted...]
-    <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 300</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-300-GR</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C920 HD Pro</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920HD</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 305 - Graphite</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-305-BK</t>
   </si>
   <si>
     <t>Hama "C-900 Pro" PC Webcam, UHD 4K, 2160p, USB-C, for Streaming</t>
   </si>
   <si>
     <t>HAMA-139995</t>
   </si>
@@ -783,404 +783,404 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>40.656</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>45.888</v>
+        <v>42.612</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>52.968</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>60.792</v>
+        <v>62.52</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>63.9</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>64.092</v>
+        <v>69.0</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>69.0</v>
+        <v>69.984</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>69.984</v>
+        <v>70.404</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>70.404</v>
+        <v>76.032</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>76.032</v>
+        <v>82.8</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>82.8</v>
+        <v>83.556</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13">
         <v>99.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14">
         <v>99.0</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>100.272</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>105.612</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>124.14</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>125.088</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19">
         <v>129.0</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>129.552</v>
+        <v>137.316</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21">
+        <v>138.996</v>
+      </c>
+      <c r="D21" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>138.996</v>
+        <v>139.944</v>
       </c>
       <c r="D22" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>144.996</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>156.876</v>
+        <v>146.76</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>160.596</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
         <v>167.328</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
         <v>176.028</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>177.6</v>
       </c>
       <c r="D28" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>183.42</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>193.608</v>
@@ -1192,443 +1192,443 @@
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>198.996</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>198.996</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
         <v>217.608</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
         <v>219.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
         <v>268.992</v>
       </c>
       <c r="D35" t="s">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>288.336</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>298.992</v>
       </c>
       <c r="D37" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>323.46</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>348.996</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>350.892</v>
       </c>
       <c r="D40" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>357.42</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>404.028</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>422.46</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>432.0</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>594.0</v>
       </c>
       <c r="D45" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>598.992</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>699.0</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>699.0</v>
       </c>
       <c r="D48" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>753.552</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>885.42</v>
+        <v>881.052</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>999.0</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>1029.024</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>101</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
         <v>1249.02</v>
       </c>
       <c r="D53" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
         <v>1338.348</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
         <v>1608.0</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
         <v>1974.0</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
         <v>2598.996</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
         <v>4140.0</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
         <v>4348.488</v>
       </c>
       <c r="D59" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
         <v>4830.192</v>
       </c>
       <c r="D60" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D61"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>