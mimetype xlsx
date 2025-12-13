--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -7,326 +7,338 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$61</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$62</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Webcam "Spy Protect" HD, 53950</t>
   </si>
   <si>
     <t>HAMA-53950</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C270</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C270</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Web Cam with microphone LOGITECH C270</t>
-[...2 lines deleted...]
-    <t>LOGITECH-WEB-CAM-C270</t>
+    <t>Web Cam with microphone LOGITECH C310, 720p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C310</t>
   </si>
   <si>
     <t>Webcam, "C-400", 1080 p, 139991</t>
   </si>
   <si>
     <t>HAMA-139991</t>
   </si>
   <si>
+    <t>Logitech Business Webcam Brio 105, 1080p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-105</t>
+  </si>
+  <si>
     <t>on route</t>
   </si>
   <si>
-    <t>Logitech Business Webcam Brio 105, 1080p</t>
-[...8 lines deleted...]
-    <t>LOGITECH-WEB-CAM-C310</t>
+    <t>j5create JVCU100 USB™ HD Webcam with 360° Rotation</t>
+  </si>
+  <si>
+    <t>J5-JVCU100</t>
   </si>
   <si>
     <t>Web Cam Creative Live! Cam Sync - 1080p V2</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-1080P</t>
   </si>
   <si>
     <t>Headset, Webcam "C-400", 139999</t>
   </si>
   <si>
     <t>HAMA-139999</t>
   </si>
   <si>
-    <t>j5create JVCU100 USB™ HD Webcam with 360° Rotation</t>
-[...2 lines deleted...]
-    <t>J5-JVCU100</t>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone A4TECH PK-940HA</t>
+  </si>
+  <si>
+    <t>A4-CAM-PK-940HA</t>
   </si>
   <si>
     <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
   </si>
   <si>
     <t>HAMA-139992</t>
   </si>
   <si>
-    <t>Web Cam with microphone A4TECH PK-940HA</t>
-[...4 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH C505e</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C505e</t>
   </si>
   <si>
+    <t>j5create HD Webcam with Auto &amp; Manual Focus Switch</t>
+  </si>
+  <si>
+    <t>J5-JVU250</t>
+  </si>
+  <si>
     <t>Nacon PC WEBCAM RING LIGHT</t>
   </si>
   <si>
     <t>NC-WEB-PCWEBCAMRL</t>
   </si>
   <si>
     <t>Web Cam Creative Live! Cam Sync V3 - 2K</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-SYNC</t>
   </si>
   <si>
-    <t>not available</t>
+    <t>Web Cam with microphone LOGITECH C925е, Full-HD, USB2.0</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C925E</t>
+  </si>
+  <si>
+    <t>Hama Webcam with "C-850 Pro" Ring Light, 139989</t>
+  </si>
+  <si>
+    <t>HAMA-139989</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C505</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone Streamplify CAM 1080p,</t>
+  </si>
+  <si>
+    <t>SPMC-CZFH221</t>
+  </si>
+  <si>
+    <t>Web Cam Creative Live!Cam SYNC 4K , 2160 @ 25fps , 1080 @ 40fps, integrated mic</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
+  </si>
+  <si>
+    <t>Logitech Business Webcam C920е, 1080p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C920E</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH Brio 300</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-300-GR</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C920 HD Pro</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C920HD</t>
+  </si>
+  <si>
+    <t>ROCWARE RC08P Webcam 2K, 90 degrees, 4x zoom, USB 2.0, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC08P</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH Brio 305 - Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-305-BK</t>
+  </si>
+  <si>
+    <t>j5create JVCU360 360° All Around Webcam</t>
+  </si>
+  <si>
+    <t>J5-JVCU360</t>
+  </si>
+  <si>
+    <t>Hama "C-900 Pro" PC Webcam, UHD 4K, 2160p, USB-C, for Streaming</t>
+  </si>
+  <si>
+    <t>HAMA-139995</t>
+  </si>
+  <si>
+    <t>j5create JVCU435 USB™ 4K ULTRA HD Webcam with 5x Digital Zoom Remote Control</t>
+  </si>
+  <si>
+    <t>J5-JVCU435</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C930e</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C930E</t>
+  </si>
+  <si>
+    <t>Webcam  LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 300 White</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-300-W</t>
   </si>
   <si>
-    <t>j5create HD Webcam with Auto &amp; Manual Focus Switch</t>
-[...91 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH C920s Pro</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920S-HD</t>
   </si>
   <si>
     <t>Webcam Streamplify CAM PRO 4K USB</t>
   </si>
   <si>
     <t>SPMC-CP4K821</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C922 PRO STREAM v2</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C922-v2</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH StreamCam</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-W</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-G</t>
   </si>
   <si>
+    <t>ACT AC7990 Video conference camera with microphone and EPTZ</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAM-AC7990</t>
+  </si>
+  <si>
+    <t>ROCWARE RC16 Webcam, 4K UHD, 110 degrees, 8x zoom, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC16</t>
+  </si>
+  <si>
     <t>Webcam Elgato Facecam MK.2 1080P</t>
   </si>
   <si>
     <t>ELGATO-10WAC9901</t>
   </si>
   <si>
+    <t>Web Cam with microphone Logitech BRIO 4K</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-4K</t>
+  </si>
+  <si>
     <t>Web Cam with microphone LOGITECH BCC-950</t>
   </si>
   <si>
     <t>LOGITECH-CAM-BCC950</t>
   </si>
   <si>
     <t>Webcam AverMedia Live Streamer CAM 4K - PW513</t>
   </si>
   <si>
     <t>AVER-WEB-CAM-PW513</t>
   </si>
   <si>
-    <t>ACT AC7990 Video conference camera with microphone and EPTZ</t>
-[...4 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH BRIO 4K Ultra HD</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO</t>
   </si>
   <si>
-    <t>Web Cam with microphone Logitech BRIO 4K</t>
-[...4 lines deleted...]
-  <si>
     <t>Video conferencing camera, j5create JVU368,360°, Full HD 1080p, USB™ UVC/UAC plug-and-play, HDR, AI function</t>
   </si>
   <si>
     <t>J5-JVU368</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH BRIO Stream, 4K</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO-STR</t>
   </si>
   <si>
     <t>BenQ DV01K 4K Conference Camera</t>
   </si>
   <si>
     <t>BENQ-CAM-DV01K</t>
   </si>
   <si>
     <t>Dual Camera Webcam Creative Project Watcher</t>
   </si>
   <si>
     <t>CREATIVE-WEB-PRJ-WATCH</t>
   </si>
   <si>
     <t>Webcam Elgato Facecam Pro 4K</t>
@@ -337,63 +349,57 @@
   <si>
     <t>Conference Webcam Creative Live! Meet 4K</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-MEET-4K</t>
   </si>
   <si>
     <t>Web Cam LOGITECH ConferenceCam Group</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-ConfConn</t>
   </si>
   <si>
     <t>Video conferencing LOGITECH MeetUp, 4K Ultra HD video, USB3.0</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-MEETUP</t>
   </si>
   <si>
     <t>Conference webcam AverMedia PA511D</t>
   </si>
   <si>
     <t>AVER-VIDEOCONF-PA511D</t>
   </si>
   <si>
-    <t>Video conferencing System Poly Studio R30, USB</t>
-[...4 lines deleted...]
-  <si>
     <t>LOGITECH-WEB-CAM-GROUP</t>
   </si>
   <si>
-    <t>Video conferencing System Poly Studio USB</t>
-[...2 lines deleted...]
-    <t>POLY-CAM-STUDIO-USB</t>
+    <t>ROCWARE RB10 Camera for video conferences, 20Mpix, 4K, 120 degrees, 5x zoom, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RB10</t>
   </si>
   <si>
     <t>Jabra PanaCast Meet Anywhere + Plug</t>
   </si>
   <si>
     <t>JABRA-8403-229</t>
   </si>
   <si>
     <t>Premium PTZ Camera Logitech Rally - 4K ULTRA HD Video</t>
   </si>
   <si>
     <t>LOG-CAM-RALLY-PTZ</t>
   </si>
   <si>
     <t>RICOH 360 V2 Meeting Hub</t>
   </si>
   <si>
     <t>RICOH-CAM-360V2</t>
   </si>
   <si>
     <t>Web Cam Logitech Rally Plus</t>
   </si>
   <si>
     <t>LOGITECH-960-001224</t>
   </si>
@@ -733,51 +739,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D61"/>
+  <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -786,853 +792,867 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>40.656</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>42.612</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>52.968</v>
+        <v>49.38</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>62.52</v>
+        <v>53.016</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>63.9</v>
+        <v>58.02</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>69.0</v>
+        <v>62.4</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>69.984</v>
+        <v>69.0</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>70.404</v>
+        <v>69.984</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>76.032</v>
+        <v>70.8</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>82.8</v>
+        <v>76.032</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C12">
         <v>83.556</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>99.0</v>
+        <v>94.8</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14">
         <v>99.0</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>100.272</v>
+        <v>99.0</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>105.612</v>
+        <v>124.608</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>124.14</v>
+        <v>125.088</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>125.088</v>
+        <v>127.176</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
         <v>129.0</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>137.316</v>
+        <v>138.996</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>138.996</v>
+        <v>139.944</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>139.944</v>
+        <v>144.996</v>
       </c>
       <c r="D22" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>144.996</v>
+        <v>146.76</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>146.76</v>
+        <v>159.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>160.596</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>167.328</v>
+        <v>163.2</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>176.028</v>
+        <v>167.328</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>177.6</v>
+        <v>176.028</v>
       </c>
       <c r="D28" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>183.42</v>
+        <v>177.6</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>193.608</v>
+        <v>183.42</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>198.996</v>
+        <v>188.04</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>198.996</v>
       </c>
       <c r="D32" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>217.608</v>
+        <v>198.996</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>219.0</v>
+        <v>217.608</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>268.992</v>
+        <v>219.0</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>288.336</v>
+        <v>268.992</v>
       </c>
       <c r="D36" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>298.992</v>
+        <v>288.336</v>
       </c>
       <c r="D37" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>323.46</v>
+        <v>294.0</v>
       </c>
       <c r="D38" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>348.996</v>
+        <v>294.0</v>
       </c>
       <c r="D39" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>350.892</v>
+        <v>298.992</v>
       </c>
       <c r="D40" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>357.42</v>
+        <v>301.164</v>
       </c>
       <c r="D41" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>404.028</v>
+        <v>323.46</v>
       </c>
       <c r="D42" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>422.46</v>
+        <v>348.996</v>
       </c>
       <c r="D43" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>432.0</v>
+        <v>415.008</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>594.0</v>
+        <v>422.46</v>
       </c>
       <c r="D45" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>598.992</v>
+        <v>495.768</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>699.0</v>
+        <v>594.0</v>
       </c>
       <c r="D47" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>699.0</v>
+        <v>598.992</v>
       </c>
       <c r="D48" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>753.552</v>
+        <v>699.0</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>881.052</v>
+        <v>699.0</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>999.0</v>
+        <v>753.552</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>1029.024</v>
+        <v>881.052</v>
       </c>
       <c r="D52" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>1249.02</v>
+        <v>999.0</v>
       </c>
       <c r="D53" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
-        <v>1338.348</v>
+        <v>1249.02</v>
       </c>
       <c r="D54" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
-        <v>1608.0</v>
+        <v>1258.992</v>
       </c>
       <c r="D55" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
-        <v>1974.0</v>
+        <v>1608.0</v>
       </c>
       <c r="D56" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
-        <v>2598.996</v>
+        <v>1974.0</v>
       </c>
       <c r="D57" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>4140.0</v>
+        <v>1998.996</v>
       </c>
       <c r="D58" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
-        <v>4348.488</v>
+        <v>4140.0</v>
       </c>
       <c r="D59" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
+        <v>4348.488</v>
+      </c>
+      <c r="D60" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
+        <v>125</v>
+      </c>
+      <c r="C61">
         <v>4830.192</v>
       </c>
-      <c r="D60" t="s">
-        <v>47</v>
+      <c r="D61" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D61"/>
+  <autoFilter ref="A1:D62"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>