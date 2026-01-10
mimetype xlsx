--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -7,342 +7,345 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$62</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$63</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Webcam "Spy Protect" HD, 53950</t>
   </si>
   <si>
     <t>HAMA-53950</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C270</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C270</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C310, 720p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C310</t>
+  </si>
+  <si>
+    <t>Webcam, "C-400", 1080 p, 139991</t>
+  </si>
+  <si>
+    <t>HAMA-139991</t>
+  </si>
+  <si>
+    <t>Logitech Business Webcam Brio 105, 1080p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-105</t>
+  </si>
+  <si>
+    <t>Web Cam Creative Live! Cam Sync - 1080p V2</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-1080P</t>
+  </si>
+  <si>
+    <t>j5create JVCU100 USB™ HD Webcam with 360° Rotation</t>
+  </si>
+  <si>
+    <t>J5-JVCU100</t>
+  </si>
+  <si>
+    <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
+  </si>
+  <si>
+    <t>HAMA-139992</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Web Cam with microphone LOGITECH C270</t>
-[...49 lines deleted...]
-  <si>
     <t>Web Cam with microphone A4TECH PK-940HA</t>
   </si>
   <si>
     <t>A4-CAM-PK-940HA</t>
   </si>
   <si>
-    <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
-[...4 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH C505e</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C505e</t>
   </si>
   <si>
+    <t>Nacon PC WEBCAM RING LIGHT</t>
+  </si>
+  <si>
+    <t>NC-WEB-PCWEBCAMRL</t>
+  </si>
+  <si>
+    <t>Web Cam Creative Live! Cam Sync V3 - 2K</t>
+  </si>
+  <si>
+    <t>CREATIVE-WEB-LIVE-SYNC</t>
+  </si>
+  <si>
     <t>j5create HD Webcam with Auto &amp; Manual Focus Switch</t>
   </si>
   <si>
     <t>J5-JVU250</t>
   </si>
   <si>
-    <t>Nacon PC WEBCAM RING LIGHT</t>
-[...10 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH C925е, Full-HD, USB2.0</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C925E</t>
   </si>
   <si>
     <t>Hama Webcam with "C-850 Pro" Ring Light, 139989</t>
   </si>
   <si>
     <t>HAMA-139989</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C505</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C505</t>
   </si>
   <si>
     <t>Web Cam with microphone Streamplify CAM 1080p,</t>
   </si>
   <si>
     <t>SPMC-CZFH221</t>
   </si>
   <si>
     <t>Web Cam Creative Live!Cam SYNC 4K , 2160 @ 25fps , 1080 @ 40fps, integrated mic</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
   </si>
   <si>
+    <t>Web Cam with microphone LOGITECH Brio 300</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-300-GR</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C920 HD Pro</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C920HD</t>
+  </si>
+  <si>
+    <t>ROCWARE RC08P Webcam 2K, 90 degrees, 4x zoom, USB 2.0, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC08P</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH Brio 305 - Graphite</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-305-BK</t>
+  </si>
+  <si>
+    <t>Hama "C-900 Pro" PC Webcam, UHD 4K, 2160p, USB-C, for Streaming</t>
+  </si>
+  <si>
+    <t>HAMA-139995</t>
+  </si>
+  <si>
     <t>Logitech Business Webcam C920е, 1080p</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920E</t>
   </si>
   <si>
-    <t>Web Cam with microphone LOGITECH Brio 300</t>
-[...20 lines deleted...]
-    <t>LOGITECH-WEB-BRIO-305-BK</t>
+    <t>j5create JVCU435 USB™ 4K ULTRA HD Webcam with 5x Digital Zoom Remote Control</t>
+  </si>
+  <si>
+    <t>J5-JVCU435</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C930e</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C930E</t>
+  </si>
+  <si>
+    <t>Webcam  LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Rose Full HD Webcam, mic, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500-ROS</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH Brio 300 White</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-300-W</t>
   </si>
   <si>
     <t>j5create JVCU360 360° All Around Webcam</t>
   </si>
   <si>
     <t>J5-JVCU360</t>
   </si>
   <si>
-    <t>Hama "C-900 Pro" PC Webcam, UHD 4K, 2160p, USB-C, for Streaming</t>
-[...28 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH C920s Pro</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920S-HD</t>
   </si>
   <si>
     <t>Webcam Streamplify CAM PRO 4K USB</t>
   </si>
   <si>
     <t>SPMC-CP4K821</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C922 PRO STREAM v2</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C922-v2</t>
   </si>
   <si>
+    <t>Web Cam with microphone LOGITECH BCC-950</t>
+  </si>
+  <si>
+    <t>LOGITECH-CAM-BCC950</t>
+  </si>
+  <si>
     <t>Web Cam with microphone LOGITECH StreamCam</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-W</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-G</t>
   </si>
   <si>
+    <t>ROCWARE RC16 Webcam, 4K UHD, 110 degrees, 8x zoom, USB-C</t>
+  </si>
+  <si>
+    <t>ROCWARE-RC16</t>
+  </si>
+  <si>
+    <t>Webcam Elgato Facecam MK.2 1080P</t>
+  </si>
+  <si>
+    <t>ELGATO-10WAC9901</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone Logitech BRIO 4K</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-4K</t>
+  </si>
+  <si>
+    <t>Webcam AverMedia Live Streamer CAM 4K - PW513</t>
+  </si>
+  <si>
+    <t>AVER-WEB-CAM-PW513</t>
+  </si>
+  <si>
     <t>ACT AC7990 Video conference camera with microphone and EPTZ</t>
   </si>
   <si>
     <t>EWENT-ACT-CAM-AC7990</t>
   </si>
   <si>
-    <t>ROCWARE RC16 Webcam, 4K UHD, 110 degrees, 8x zoom, USB-C</t>
-[...28 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH BRIO 4K Ultra HD</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO</t>
   </si>
   <si>
     <t>Video conferencing camera, j5create JVU368,360°, Full HD 1080p, USB™ UVC/UAC plug-and-play, HDR, AI function</t>
   </si>
   <si>
     <t>J5-JVU368</t>
+  </si>
+  <si>
+    <t>Logitech GROUP Expansion Microphones Only, 989-000171</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-MIC1</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH BRIO Stream, 4K</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO-STR</t>
   </si>
   <si>
     <t>BenQ DV01K 4K Conference Camera</t>
   </si>
   <si>
     <t>BENQ-CAM-DV01K</t>
   </si>
   <si>
     <t>Dual Camera Webcam Creative Project Watcher</t>
   </si>
   <si>
     <t>CREATIVE-WEB-PRJ-WATCH</t>
   </si>
   <si>
     <t>Webcam Elgato Facecam Pro 4K</t>
   </si>
   <si>
     <t>ELGATO-10WAB9901</t>
   </si>
@@ -739,920 +742,934 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:D63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>40.656</v>
+        <v>20.784</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>42.612</v>
+        <v>21.792</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>49.38</v>
+        <v>25.248</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>53.016</v>
+        <v>27.108</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>58.02</v>
+        <v>29.364</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>62.4</v>
+        <v>35.28</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>69.0</v>
+        <v>36.0</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9">
+        <v>38.88</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>70.8</v>
+        <v>42.336</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>76.032</v>
+        <v>42.72</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>83.556</v>
+        <v>50.616</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>94.8</v>
+        <v>50.616</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>99.0</v>
+        <v>54.0</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>99.0</v>
+        <v>63.708</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>124.608</v>
+        <v>63.96</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>125.088</v>
+        <v>65.028</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>127.176</v>
+        <v>65.952</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>129.0</v>
+        <v>71.064</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>138.996</v>
+        <v>74.136</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>139.944</v>
+        <v>75.036</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>144.996</v>
+        <v>81.3</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>146.76</v>
+        <v>82.116</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>159.0</v>
+        <v>85.56</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>160.596</v>
+        <v>87.984</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>163.2</v>
+        <v>90.0</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>167.328</v>
+        <v>90.804</v>
       </c>
       <c r="D27" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>176.028</v>
+        <v>93.78</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>177.6</v>
+        <v>95.592</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>183.42</v>
+        <v>96.144</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>188.04</v>
+        <v>98.988</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D33" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>217.608</v>
+        <v>111.264</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>219.0</v>
+        <v>111.972</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>268.992</v>
+        <v>132.792</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>288.336</v>
+        <v>137.532</v>
       </c>
       <c r="D37" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>294.0</v>
+        <v>147.42</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>294.0</v>
+        <v>150.324</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D40" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>301.164</v>
+        <v>153.984</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>323.46</v>
+        <v>178.44</v>
       </c>
       <c r="D42" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>348.996</v>
+        <v>179.412</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>415.008</v>
+        <v>212.196</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>422.46</v>
+        <v>216.0</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>495.768</v>
+        <v>244.812</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>594.0</v>
+        <v>253.488</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>598.992</v>
+        <v>303.708</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>699.0</v>
+        <v>306.264</v>
       </c>
       <c r="D49" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>699.0</v>
+        <v>357.396</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>753.552</v>
+        <v>357.396</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>881.052</v>
+        <v>385.284</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>999.0</v>
+        <v>450.48</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
-        <v>1249.02</v>
+        <v>510.78</v>
       </c>
       <c r="D54" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" t="s">
         <v>112</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>1258.992</v>
+        <v>566.052</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" t="s">
         <v>114</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>1608.0</v>
+        <v>643.716</v>
       </c>
       <c r="D56" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" t="s">
         <v>116</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>1974.0</v>
+        <v>822.156</v>
       </c>
       <c r="D57" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" t="s">
         <v>118</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>1998.996</v>
+        <v>1009.296</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>119</v>
+      </c>
+      <c r="B59" t="s">
         <v>120</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>4140.0</v>
+        <v>1328.844</v>
       </c>
       <c r="D59" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>121</v>
+      </c>
+      <c r="B60" t="s">
         <v>122</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>4348.488</v>
+        <v>2116.752</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" t="s">
         <v>124</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61">
+        <v>2223.348</v>
+      </c>
+      <c r="D61" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
         <v>125</v>
       </c>
-      <c r="C61">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="B62" t="s">
+        <v>126</v>
+      </c>
+      <c r="C62">
+        <v>2469.636</v>
+      </c>
+      <c r="D62" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D62"/>
+  <autoFilter ref="A1:D63"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>