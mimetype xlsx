--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,420 +7,417 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$62</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Webcam "Spy Protect" HD, 53950</t>
   </si>
   <si>
     <t>HAMA-53950</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C270</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C270</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C310, 720p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C310</t>
+  </si>
+  <si>
+    <t>Webcam, "C-400", 1080 p, 139991</t>
+  </si>
+  <si>
+    <t>HAMA-139991</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Web Cam with microphone LOGITECH C270</t>
-[...17 lines deleted...]
-    <t>HAMA-139991</t>
+    <t>Web Cam end microphone A4TECH PK-910H</t>
+  </si>
+  <si>
+    <t>A4-CAM-PK-910H</t>
   </si>
   <si>
     <t>Logitech Business Webcam Brio 105, 1080p</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO-105</t>
   </si>
   <si>
     <t>Web Cam Creative Live! Cam Sync - 1080p V2</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-1080P</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
     <t>j5create JVCU100 USB™ HD Webcam with 360° Rotation</t>
   </si>
   <si>
     <t>J5-JVCU100</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
   </si>
   <si>
     <t>HAMA-139992</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>Nacon PC WEBCAM RING LIGHT</t>
+  </si>
+  <si>
+    <t>NC-WEB-PCWEBCAMRL</t>
   </si>
   <si>
     <t>Web Cam with microphone A4TECH PK-940HA</t>
   </si>
   <si>
     <t>A4-CAM-PK-940HA</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C505e</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C505e</t>
   </si>
   <si>
-    <t>Nacon PC WEBCAM RING LIGHT</t>
-[...2 lines deleted...]
-    <t>NC-WEB-PCWEBCAMRL</t>
+    <t>j5create HD Webcam with Auto &amp; Manual Focus Switch</t>
+  </si>
+  <si>
+    <t>J5-JVU250</t>
   </si>
   <si>
     <t>Web Cam Creative Live! Cam Sync V3 - 2K</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-SYNC</t>
   </si>
   <si>
-    <t>j5create HD Webcam with Auto &amp; Manual Focus Switch</t>
-[...4 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH C925е, Full-HD, USB2.0</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C925E</t>
   </si>
   <si>
     <t>Hama Webcam with "C-850 Pro" Ring Light, 139989</t>
   </si>
   <si>
     <t>HAMA-139989</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C505</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C505</t>
   </si>
   <si>
     <t>Web Cam with microphone Streamplify CAM 1080p,</t>
   </si>
   <si>
     <t>SPMC-CZFH221</t>
   </si>
   <si>
     <t>Web Cam Creative Live!Cam SYNC 4K , 2160 @ 25fps , 1080 @ 40fps, integrated mic</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 300</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-300-GR</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C920 HD Pro</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920HD</t>
   </si>
   <si>
+    <t>Hama "C-900 Pro" PC Webcam, UHD 4K, 2160p, USB-C, for Streaming</t>
+  </si>
+  <si>
+    <t>HAMA-139995</t>
+  </si>
+  <si>
     <t>ROCWARE RC08P Webcam 2K, 90 degrees, 4x zoom, USB 2.0, USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RC08P</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 305 - Graphite</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-305-BK</t>
   </si>
   <si>
-    <t>Hama "C-900 Pro" PC Webcam, UHD 4K, 2160p, USB-C, for Streaming</t>
-[...4 lines deleted...]
-  <si>
     <t>Logitech Business Webcam C920е, 1080p</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920E</t>
   </si>
   <si>
     <t>j5create JVCU435 USB™ 4K ULTRA HD Webcam with 5x Digital Zoom Remote Control</t>
   </si>
   <si>
     <t>J5-JVCU435</t>
   </si>
   <si>
+    <t>Webcam  LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
     <t>Web Cam with microphone LOGITECH C930e</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C930E</t>
   </si>
   <si>
-    <t>Webcam  LOGITECH BRIO 505</t>
-[...2 lines deleted...]
-    <t>LOGITECH-WEB-BRIO-505-GR</t>
+    <t>j5create JVCU360 360° All Around Webcam</t>
+  </si>
+  <si>
+    <t>J5-JVCU360</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Rose Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500-ROS</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 300 White</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-300-W</t>
   </si>
   <si>
-    <t>j5create JVCU360 360° All Around Webcam</t>
-[...4 lines deleted...]
-  <si>
     <t>Web Cam with microphone LOGITECH C920s Pro</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920S-HD</t>
   </si>
   <si>
     <t>Webcam Streamplify CAM PRO 4K USB</t>
   </si>
   <si>
     <t>SPMC-CP4K821</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C922 PRO STREAM v2</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C922-v2</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH BCC-950</t>
   </si>
   <si>
     <t>LOGITECH-CAM-BCC950</t>
   </si>
   <si>
+    <t>Web Cam with microphone Logitech BRIO 4K</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-4K</t>
+  </si>
+  <si>
     <t>Web Cam with microphone LOGITECH StreamCam</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-W</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-G</t>
   </si>
   <si>
+    <t>Webcam Elgato Facecam MK.2 1080P</t>
+  </si>
+  <si>
+    <t>ELGATO-10WAC9901</t>
+  </si>
+  <si>
     <t>ROCWARE RC16 Webcam, 4K UHD, 110 degrees, 8x zoom, USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RC16</t>
   </si>
   <si>
-    <t>Webcam Elgato Facecam MK.2 1080P</t>
-[...10 lines deleted...]
-  <si>
     <t>Webcam AverMedia Live Streamer CAM 4K - PW513</t>
   </si>
   <si>
     <t>AVER-WEB-CAM-PW513</t>
   </si>
   <si>
     <t>ACT AC7990 Video conference camera with microphone and EPTZ</t>
   </si>
   <si>
     <t>EWENT-ACT-CAM-AC7990</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH BRIO 4K Ultra HD</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO</t>
   </si>
   <si>
     <t>Video conferencing camera, j5create JVU368,360°, Full HD 1080p, USB™ UVC/UAC plug-and-play, HDR, AI function</t>
   </si>
   <si>
     <t>J5-JVU368</t>
   </si>
   <si>
     <t>Logitech GROUP Expansion Microphones Only, 989-000171</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-MIC1</t>
   </si>
   <si>
-    <t>Web Cam with microphone LOGITECH BRIO Stream, 4K</t>
-[...4 lines deleted...]
-  <si>
     <t>BenQ DV01K 4K Conference Camera</t>
   </si>
   <si>
     <t>BENQ-CAM-DV01K</t>
   </si>
   <si>
     <t>Dual Camera Webcam Creative Project Watcher</t>
   </si>
   <si>
     <t>CREATIVE-WEB-PRJ-WATCH</t>
   </si>
   <si>
-    <t>Webcam Elgato Facecam Pro 4K</t>
-[...4 lines deleted...]
-  <si>
     <t>Conference Webcam Creative Live! Meet 4K</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-MEET-4K</t>
   </si>
   <si>
     <t>Web Cam LOGITECH ConferenceCam Group</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-ConfConn</t>
   </si>
   <si>
     <t>Video conferencing LOGITECH MeetUp, 4K Ultra HD video, USB3.0</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-MEETUP</t>
   </si>
   <si>
     <t>Conference webcam AverMedia PA511D</t>
   </si>
   <si>
     <t>AVER-VIDEOCONF-PA511D</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-GROUP</t>
   </si>
   <si>
     <t>ROCWARE RB10 Camera for video conferences, 20Mpix, 4K, 120 degrees, 5x zoom, USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RB10</t>
   </si>
   <si>
     <t>Jabra PanaCast Meet Anywhere + Plug</t>
   </si>
   <si>
     <t>JABRA-8403-229</t>
   </si>
   <si>
+    <t>RICOH 360 V2 Meeting Hub</t>
+  </si>
+  <si>
+    <t>RICOH-CAM-360V2</t>
+  </si>
+  <si>
     <t>Premium PTZ Camera Logitech Rally - 4K ULTRA HD Video</t>
   </si>
   <si>
     <t>LOG-CAM-RALLY-PTZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-CAM-360V2</t>
   </si>
   <si>
     <t>Web Cam Logitech Rally Plus</t>
   </si>
   <si>
     <t>LOGITECH-960-001224</t>
   </si>
   <si>
     <t>Premium Video Camera Logitech Rally Plus - 4K ULTRA HDD Video</t>
   </si>
   <si>
     <t>LOGITECH-WEB-RALLY-PLUS</t>
   </si>
   <si>
     <t>Logitech Sight Tabletop Camera</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-SIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -742,934 +739,920 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D63"/>
+  <dimension ref="A1:D62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>20.784</v>
+        <v>20.664</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>21.792</v>
+        <v>21.528</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>25.248</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>27.204</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>29.364</v>
+        <v>27.24</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>35.28</v>
+        <v>32.196</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>36.0</v>
+        <v>35.28</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>38.88</v>
+        <v>36.0</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>42.336</v>
+        <v>38.772</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>42.72</v>
+        <v>40.8</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>50.616</v>
+        <v>42.336</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>50.616</v>
+        <v>42.72</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>54.0</v>
+        <v>50.148</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>63.708</v>
+        <v>50.616</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>63.96</v>
+        <v>63.708</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>65.028</v>
+        <v>63.96</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>65.952</v>
+        <v>65.028</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>71.064</v>
+        <v>65.952</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>74.136</v>
+        <v>71.064</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>75.036</v>
+        <v>74.136</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>81.3</v>
+        <v>75.036</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>82.116</v>
+        <v>81.3</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>85.56</v>
+        <v>81.3</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>87.984</v>
+        <v>82.116</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>90.0</v>
+        <v>87.984</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>90.804</v>
+        <v>90.0</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>93.78</v>
+        <v>90.264</v>
       </c>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>95.592</v>
+        <v>90.804</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>96.144</v>
+        <v>91.92</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>98.988</v>
+        <v>95.592</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>101.748</v>
+        <v>96.144</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
         <v>101.748</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>111.264</v>
+        <v>101.748</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>111.972</v>
+        <v>111.264</v>
       </c>
       <c r="D35" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>132.792</v>
+        <v>111.972</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>137.532</v>
+        <v>132.792</v>
       </c>
       <c r="D37" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>147.42</v>
+        <v>136.128</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>150.324</v>
+        <v>137.532</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40">
-        <v>152.868</v>
+        <v>147.42</v>
       </c>
       <c r="D40" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
-        <v>153.984</v>
+        <v>148.992</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42">
-        <v>178.44</v>
+        <v>150.324</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43">
-        <v>179.412</v>
+        <v>178.44</v>
       </c>
       <c r="D43" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44">
-        <v>212.196</v>
+        <v>179.412</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45">
-        <v>216.0</v>
+        <v>212.196</v>
       </c>
       <c r="D45" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46">
-        <v>244.812</v>
+        <v>216.0</v>
       </c>
       <c r="D46" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47">
-        <v>253.488</v>
+        <v>244.812</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48">
         <v>303.708</v>
       </c>
       <c r="D48" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49">
         <v>306.264</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50">
         <v>357.396</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
-        <v>357.396</v>
+        <v>385.284</v>
       </c>
       <c r="D51" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
-        <v>385.284</v>
+        <v>461.196</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>450.48</v>
+        <v>510.78</v>
       </c>
       <c r="D53" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
-        <v>510.78</v>
+        <v>566.052</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C55">
-        <v>566.052</v>
+        <v>643.716</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C56">
-        <v>643.716</v>
+        <v>822.156</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C57">
-        <v>822.156</v>
+        <v>898.992</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C58">
         <v>1009.296</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C59">
-        <v>1328.844</v>
+        <v>2116.752</v>
       </c>
       <c r="D59" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C60">
-        <v>2116.752</v>
+        <v>2223.348</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C61">
-        <v>2223.348</v>
+        <v>2258.82</v>
       </c>
       <c r="D61" t="s">
-        <v>22</v>
-[...13 lines deleted...]
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D63"/>
+  <autoFilter ref="A1:D62"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>