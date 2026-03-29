--- v4 (2026-03-08)
+++ v5 (2026-03-29)
@@ -55,255 +55,255 @@
   <si>
     <t>HAMA-53950</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C270</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C270</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C310, 720p</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C310</t>
   </si>
   <si>
     <t>Webcam, "C-400", 1080 p, 139991</t>
   </si>
   <si>
     <t>HAMA-139991</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Web Cam end microphone A4TECH PK-910H</t>
+  </si>
+  <si>
+    <t>A4-CAM-PK-910H</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Web Cam end microphone A4TECH PK-910H</t>
-[...4 lines deleted...]
-  <si>
     <t>Logitech Business Webcam Brio 105, 1080p</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO-105</t>
   </si>
   <si>
     <t>Web Cam Creative Live! Cam Sync - 1080p V2</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-1080P</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>j5create JVCU100 USB™ HD Webcam with 360° Rotation</t>
   </si>
   <si>
     <t>J5-JVCU100</t>
   </si>
   <si>
+    <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
+  </si>
+  <si>
+    <t>HAMA-139992</t>
+  </si>
+  <si>
+    <t>Nacon PC WEBCAM RING LIGHT</t>
+  </si>
+  <si>
+    <t>NC-WEB-PCWEBCAMRL</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone A4TECH PK-940HA</t>
+  </si>
+  <si>
+    <t>A4-CAM-PK-940HA</t>
+  </si>
+  <si>
+    <t>Web Cam with microphone LOGITECH C505e</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C505e</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Webcam, "C-600 Pro" PC, 1080p, 139992</t>
-[...22 lines deleted...]
-  <si>
     <t>j5create HD Webcam with Auto &amp; Manual Focus Switch</t>
   </si>
   <si>
     <t>J5-JVU250</t>
   </si>
   <si>
     <t>Web Cam Creative Live! Cam Sync V3 - 2K</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-SYNC</t>
   </si>
   <si>
+    <t>Web Cam with microphone Streamplify CAM 1080p,</t>
+  </si>
+  <si>
+    <t>SPMC-CZFH221</t>
+  </si>
+  <si>
     <t>Web Cam with microphone LOGITECH C925е, Full-HD, USB2.0</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C925E</t>
   </si>
   <si>
     <t>Hama Webcam with "C-850 Pro" Ring Light, 139989</t>
   </si>
   <si>
     <t>HAMA-139989</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C505</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C505</t>
   </si>
   <si>
-    <t>Web Cam with microphone Streamplify CAM 1080p,</t>
-[...2 lines deleted...]
-    <t>SPMC-CZFH221</t>
+    <t>Web Cam with microphone LOGITECH C920 HD Pro</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C920HD</t>
   </si>
   <si>
     <t>Web Cam Creative Live!Cam SYNC 4K , 2160 @ 25fps , 1080 @ 40fps, integrated mic</t>
   </si>
   <si>
     <t>CREATIVE-WEB-LIVE-SYNC4K1</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 300</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-300-GR</t>
   </si>
   <si>
-    <t>Web Cam with microphone LOGITECH C920 HD Pro</t>
-[...2 lines deleted...]
-    <t>LOGITECH-WEB-CAM-C920HD</t>
+    <t>Logitech Business Webcam C920е, 1080p</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-C920E</t>
   </si>
   <si>
     <t>Hama "C-900 Pro" PC Webcam, UHD 4K, 2160p, USB-C, for Streaming</t>
   </si>
   <si>
     <t>HAMA-139995</t>
   </si>
   <si>
     <t>ROCWARE RC08P Webcam 2K, 90 degrees, 4x zoom, USB 2.0, USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RC08P</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 305 - Graphite</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-305-BK</t>
   </si>
   <si>
-    <t>Logitech Business Webcam C920е, 1080p</t>
-[...4 lines deleted...]
-  <si>
     <t>j5create JVCU435 USB™ 4K ULTRA HD Webcam with 5x Digital Zoom Remote Control</t>
   </si>
   <si>
     <t>J5-JVCU435</t>
   </si>
   <si>
     <t>Webcam  LOGITECH BRIO 505</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-505-GR</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C930e</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C930E</t>
   </si>
   <si>
     <t>j5create JVCU360 360° All Around Webcam</t>
   </si>
   <si>
     <t>J5-JVCU360</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Rose Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500-ROS</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH Brio 300 White</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-300-W</t>
   </si>
   <si>
+    <t>Webcam Streamplify CAM PRO 4K USB</t>
+  </si>
+  <si>
+    <t>SPMC-CP4K821</t>
+  </si>
+  <si>
     <t>Web Cam with microphone LOGITECH C920s Pro</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C920S-HD</t>
   </si>
   <si>
-    <t>Webcam Streamplify CAM PRO 4K USB</t>
-[...4 lines deleted...]
-  <si>
     <t>Logitech BRIO 500 Grafite Full HD Webcam, mic, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH C922 PRO STREAM v2</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-C922-v2</t>
   </si>
   <si>
+    <t>Web Cam with microphone Logitech BRIO 4K</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-4K</t>
+  </si>
+  <si>
     <t>Web Cam with microphone LOGITECH BCC-950</t>
   </si>
   <si>
     <t>LOGITECH-CAM-BCC950</t>
-  </si>
-[...4 lines deleted...]
-    <t>LOGITECH-WEB-CAM-BRIO-4K</t>
   </si>
   <si>
     <t>Web Cam with microphone LOGITECH StreamCam</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-W</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-STREAM-G</t>
   </si>
   <si>
     <t>Webcam Elgato Facecam MK.2 1080P</t>
   </si>
   <si>
     <t>ELGATO-10WAC9901</t>
   </si>
   <si>
     <t>ROCWARE RC16 Webcam, 4K UHD, 110 degrees, 8x zoom, USB-C</t>
   </si>
   <si>
     <t>ROCWARE-RC16</t>
   </si>
   <si>
     <t>Webcam AverMedia Live Streamer CAM 4K - PW513</t>
   </si>
@@ -789,740 +789,740 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>20.664</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>21.528</v>
+        <v>23.256</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>25.248</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>27.204</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>27.24</v>
+        <v>27.408</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>32.196</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>35.28</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>36.0</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10">
         <v>38.772</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11">
         <v>40.8</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>42.336</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>42.72</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>50.148</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>50.616</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>63.708</v>
+        <v>58.992</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>63.96</v>
+        <v>63.708</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>65.028</v>
+        <v>63.96</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>65.952</v>
+        <v>65.028</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>71.064</v>
+        <v>69.168</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>74.136</v>
+        <v>71.064</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>75.036</v>
+        <v>74.136</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>81.3</v>
+        <v>78.228</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>81.3</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>82.116</v>
+        <v>81.3</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>87.984</v>
+        <v>82.116</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
         <v>90.0</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>90.264</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>90.804</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>91.92</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>95.592</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>96.144</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>101.748</v>
+        <v>99.0</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
         <v>101.748</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
         <v>111.264</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
         <v>111.972</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>132.792</v>
+        <v>131.904</v>
       </c>
       <c r="D37" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>136.128</v>
+        <v>132.792</v>
       </c>
       <c r="D38" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
         <v>137.532</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>147.42</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>148.992</v>
       </c>
       <c r="D41" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>150.324</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>178.44</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>179.412</v>
       </c>
       <c r="D44" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>212.196</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>216.0</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>244.812</v>
       </c>
       <c r="D47" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>303.708</v>
       </c>
       <c r="D48" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>306.264</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>357.396</v>
       </c>
       <c r="D50" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>385.284</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>461.196</v>
       </c>
       <c r="D52" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>510.78</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>105</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
         <v>566.052</v>
@@ -1534,121 +1534,121 @@
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
         <v>643.716</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
         <v>822.156</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
         <v>898.992</v>
       </c>
       <c r="D57" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
         <v>1009.296</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
         <v>2116.752</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
         <v>2223.348</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
         <v>2258.82</v>
       </c>
       <c r="D61" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D62"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>