--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -7,1329 +7,1128 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$344</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$191</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Memory Silicon Power 4GB DDR3 PC3-12800 1600MHz SP004GBLTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLTU160N02</t>
   </si>
   <si>
+    <t>on route</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR3 - 8GB, 1600 mhz, CL11-11-11-28 1.5V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR3-8GB</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 4GB DDR4 2666MHz SP004GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Innovation IT 8GB DDR3 1600MHz, CL11, 1.5V</t>
+  </si>
+  <si>
+    <t>INNO-RAM-DDR3-8GB-1600</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Memory Team Group Elite DDR3 - 8GB, 1600 mhz, CL11-11-11-28 1.5V</t>
-[...11 lines deleted...]
-    <t>SLP-RAM-004GBLFU266X02</t>
+    <t>Memory Silicon Power 4GB DDR4 PC4-19200 2400MHz CL17 SP004GBLFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBLFU240X02</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR3 PC3-12800 1600MHz SP008GBLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLTU160N02</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL F4-2400C17S-8GNT, 8GB, DDR4, 2400MHZ, CL17</t>
+  </si>
+  <si>
+    <t>GSKILL-DDR4-8GB-F4</t>
   </si>
   <si>
     <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GLLTU160N02</t>
   </si>
   <si>
-    <t>on route</t>
-[...19 lines deleted...]
-  <si>
     <t>Memory Kingston 4GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/4</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32N22S6-4</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 8GB DDR4 PC4-21333 2666MHz F4-2666C19S-8GIS</t>
   </si>
   <si>
     <t>GSKILL-F4-2666C19S-8GIS</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 8GB DDR4 PC4-24000 3000MHz CL16 F4-3000C16S-8GISB</t>
   </si>
   <si>
     <t>GSKILL-F4-3000C16S-8GISB</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 8GB DDR4 PC4-25600 3200MHz CL16 F4-3200C16S-8GISB</t>
   </si>
   <si>
     <t>GSKILL-F4-3200C16S-8GIS</t>
   </si>
   <si>
     <t>Memory Silicon Power 8GB DDR4 2666MHz SP008GBLFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBLFU266X02</t>
   </si>
   <si>
+    <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 3600MHz SP008GXLZU360BSC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU360BSC</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-19200 2400MHz SP008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3600MHz CL17</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 UDIMM 3200MHz SP008GXLZU320BSC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU320BSC</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB 8GB DDR4 3200MHz SP008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 8GB 2666MHz, CL19-19-19-43 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-8GB-2666</t>
+  </si>
+  <si>
     <t>Memory Team Group Elite DDR4 8GB 3200MHz CL22 TED48G3200C2201</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR4-8GB-3200</t>
   </si>
   <si>
+    <t>Memory Team Group Elite Plus DDR4 - 8GB 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELITE-P-3200-8GB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-21333 2666MHz CL19 F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TTCED416G3600</t>
+  </si>
+  <si>
+    <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S6-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S8-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 3200MHz KF432C16BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB-8</t>
+  </si>
+  <si>
     <t>Memory Silicon Power 8GB DDR4 PC4-25600 3200MHz CL22 SP008GBLFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBLFU320X02</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 3600MHz SP008GXLZU360BSC</t>
-[...26 lines deleted...]
-    <t>TEAM-RAM-DDR4-8GB-2666</t>
+    <t>Memory Kingston FURY Renegade RGB 16GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12A-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 PC4-28800 3600MHz CL17 KF436C17BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB-8</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3600MHz CL16</t>
-[...68 lines deleted...]
-    <t>KIN-RAM-KF432C16RB12A-16</t>
+    <t>Memory G.SKILL Aegis 16GB DDR4 3000MHz F4-3000C16S-16GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16S-16GISB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 16GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18BB2A-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 2666MHz F4-2666C19D-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19D-16GIS</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-25600 3200MHz F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan TUF DDR4 16GB (2x8GB) 3200MHz 1.35V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-V-Y-16GB-3200</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 3000MHz F4-3000C16D-16GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16D-16GISB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR4 3600MHz KF436C17BBK2/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB(2x8GB) DDR4 3200MHz SP016GBLFU320B22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBLFU320B22</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2A-8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12A-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB DDR4 PC4-21333 2666MHz CL19 SP016GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB 16GB DDR4 3200MHz SP016GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TTCED416G3200</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Dark Gray 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVKB</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Z DDR4 - 16GB(2x8GB) 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TLZGD416G3600</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RS RGB Black 16GB(2x8GB) DDR4 3200MHz CMG16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMG16GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB UDIMM DDR5 5600MHz CL46 SP016GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP016GBLVU560</t>
+  </si>
+  <si>
+    <t>VENGEANCE® LPX 16GB (2 x 8GB) DDR4 DRAM 3200MHz, Black</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2Z32C16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB Black DDR4 16GB (2x8GB) 3200MHz 1.35V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-BLK-8Gx2-3200</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C36BBE-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR4 3200MHz CL16 SP016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2B3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2B32C16W</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Z Gray DDR4 16GB 3200MHz CL16 TLZGD416G3200HC16C01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-VZG16GC16-3200</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB(2x8GB) DDR4 3200MHz CL16 SP016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 16GB DDR5 6000MHz CL36 KF560C36BWE2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BWE2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 6000MHz CL36 KF560C36BBE2-16 EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BBE2-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GTZR</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GTZR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4, 3200Mhz, F4-3200C16D-16GTZRX for AMD</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GTZ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BBE-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBE-16</t>
   </si>
   <si>
     <t>Memory Team Group Elite DDR4 16GB 3200MHz, CL22-22-22-52, 1.2V</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR4-16GB-3200</t>
   </si>
   <si>
-    <t>Memory G.SKILL Aegis 16GB DDR4 3000MHz F4-3000C16S-16GISB</t>
-[...32 lines deleted...]
-    <t>GSKILL-F4-3000C16D-16GISB</t>
+    <t>Memory Team Group Elite DDR4 16GB 2666MHz, CL19-19-19-43 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-16GB-2666</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 OC-UDIMM 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU64AFSJ</t>
   </si>
   <si>
     <t>Memory Team Group Elite Plus DDR4 - 16GB (2x8GB) 3200MHz CL22</t>
   </si>
   <si>
     <t>TEAM-RAM-ELIT-P-3200-16GB</t>
   </si>
   <si>
-    <t>Memory Silicon Power 16GB(2x8GB) DDR4 3200MHz SP016GBLFU320B22</t>
-[...71 lines deleted...]
-    <t>CRS-RAM-CMG16GX4M2E32C16</t>
+    <t>Memory G.SKILL Aegis 32GB(2x16GB) DDR4 PC4-21333 2666MHz F4-2666C19D-32GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19D-32GIS</t>
+  </si>
+  <si>
+    <t>Memory Kingston 16GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S8-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR4 3600MHz KF436C18BB/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18BB-16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB Black DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TF3D416G3200</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB White DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TF4D416G3200</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 5600MHz CL40 SP016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR4</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB-16</t>
   </si>
   <si>
     <t>Memory Silicon Power 16GB DDR4 3200 MHz CL22 SP016GBLFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-016GBLFU320X02</t>
   </si>
   <si>
-    <t>Memory Team Group T-Force Delta RGB Black DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
-[...56 lines deleted...]
-    <t>GSKILL-F4-3600C16D-16GVKC</t>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 6000MHz CL30 SP016GXLWU60AFSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU60AFSJ</t>
   </si>
   <si>
     <t>Memory Team Group T-Force Delta RGB White DDR4 16GB (2x8GB) 3200MHz 1.35V</t>
   </si>
   <si>
     <t>TEAM-RAM-4-W-8Gx2-3200</t>
   </si>
   <si>
     <t>Memory Team Group T-Force Delta RGB Black DDR4 16GB (2x8GB) 3600MHz 1.35V</t>
   </si>
   <si>
     <t>TEAM-RAM-4-BLK-8Gx2-3600</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3600MHz CL16</t>
-[...20 lines deleted...]
-    <t>KIN-RAM-KF560C30BB-16</t>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR4 3200MHz KF432C16BBK2/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF564C32BBE-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBE-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 - KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 32GB(2x16GB) DDR4 PC4-25600 3200MHz F4-3200C16D-32GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GIS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF556C36BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C36BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K4-32</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Zenith 16GB(2x8GB) DDR4 3200MHz SP016GXLZU320BDC</t>
   </si>
   <si>
     <t>SLP-RAM-016GXLZU320BDC</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Pulse 16GB(2x8GB) DDR4 3200MHz CL16 SP016GXLZU320BDI</t>
-[...76 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 5600MHz CL40 KF556C40BBK2-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C40BBK2-16</t>
   </si>
   <si>
-    <t>Memory G.SKILL Aegis 32GB(2x16GB) DDR4 PC4-21333 2666MHz F4-2666C19D-32GIS</t>
-[...62 lines deleted...]
-    <t>TEAM-RAM-4-BLK-16Gx2-3600</t>
+    <t>Memory Silicon Power 32GB UDIMM DDR5 5600MHz CL46 SP032GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBLVU560</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 6000MHz CL30 - AMD EXPO</t>
   </si>
   <si>
     <t>KIN-RAM-KF560C30BBEK2-16</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3600MHz CL16</t>
-[...76 lines deleted...]
-  <si>
     <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 5200MHz CL40 - Intel XMP</t>
   </si>
   <si>
     <t>GSKILL-F5-5200J4040-RS5K</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 32GB DDR5 5600MHz CL36 - AMD EXPO</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C36BBE-32</t>
   </si>
   <si>
-    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6000MHz CL38</t>
-[...10 lines deleted...]
-  <si>
     <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6400MHz CL40</t>
   </si>
   <si>
     <t>TEAM-RAM-5-FLBD532G-32</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Zenith 32GB(2x16GB) DDR4 3200MHz CL16</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Silicon Power XPOWER Pulse 32GB (2x16GB) DDR4 3200MHz CL16 SP032GXLZU320BDI</t>
   </si>
   <si>
     <t>SLP-RAM-032GXLZU320BDI</t>
   </si>
   <si>
-    <t>Memory G.SKILL Ripjaws V Black 32GB(2x16GB) DDR4 3600MHz F4-3600C16D-32GVKC</t>
-[...38 lines deleted...]
-    <t>TEAM-RAM-5-DRB32GC40-64</t>
+    <t>Memory Team Group T-CREATE EXPERT White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-CTCWD532-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 5600MHz CL40 - Intel XMP</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBAK2-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM ARGB White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFAD5-32G</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM ARGB Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FF9D532G-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) DDR5 OC-UDIMM 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB DDR5 5600MHz CL40 SP032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 32GB (2x16GB) DDR5 6400MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-TZ5S</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB White 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDH</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB Black 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDF</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 Black 32GB(2x16GB) DDR5 6400MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239G-FX5</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6000MHz CL36 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 5200MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C40BB2K2-64</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NRW - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J30-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NR</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3039-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 RGB 32GB (2x16GB) DDR5 7200MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-7200J3445-TZ5RS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR5 5600MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BB2AK2-64</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Royal Neo 32GB(2x16GB) DDR5-6400 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-00J3039-TR5NS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RS-24</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RW-24</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White RGB 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWA-24</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black RGB 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RSA-24</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Black RGB 32GB(2x16GB) DDR5 6400MHz CL36 XMP&amp;AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B64Z36</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 6400MHz CL36 XMP&amp;AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B64Z36W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 64GB(2x32GB) DDR5 6000MHz - Intel XMP/AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3636-IS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBK4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560R32RBE-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-6400 CL32 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Red DDR5 32GB (2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLRD5-32G</t>
   </si>
   <si>
     <t>Memory Team Group T-Force Vulcan Black DDR5 32GB (2x16GB) 6000MHz CL30</t>
   </si>
   <si>
     <t>TEAM-RAM-5-FLBD5-32G</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Beast RGB 32GB DDR5 - KF560C30BBA-32</t>
-[...44 lines deleted...]
-    <t>KIN-RAM-KF564C32BB-32</t>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 48GB (2x24GB) DDR5-6000 CL30 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30-RM5NRW</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30G-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz CL38-44-44-96</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6000C38</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 64GB (2x32GB) 6400MHz CL34</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD564G-64</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J263H-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFXD532-32</t>
   </si>
   <si>
     <t>Memory Team Group T-Force Delta RGB DDR5 32GB (2x16GB) 6400MHz CL32</t>
   </si>
   <si>
     <t>TEAM-RAM-5-DRB32GC32-32</t>
   </si>
   <si>
-    <t>Memory Team Group T-Force XTREEM ARGB White DDR5 32GB(2x16GB) 6000MHz CL30</t>
-[...62 lines deleted...]
-    <t>SLP-RAM-32GXLWU64AFDK</t>
+    <t>Memory Kingston Fury Renegade Silver/Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RSK2-64</t>
   </si>
   <si>
     <t>Memory Team Group T-Force XTREEM Black DDR5 32GB(2x16GB) 6400MHz CL32</t>
   </si>
   <si>
     <t>TEAM-RAM-5-FFXD532G-32</t>
   </si>
   <si>
-    <t>Memory G.SKILL Trident Z5 32GB (2x16GB) DDR5 6400MHz - Intel XMP</t>
-[...152 lines deleted...]
-    <t>GSKILL-F5-6000J3636-IS</t>
+    <t>Memory G.SKILL Ripjaws S5 White 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3040-RS5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 RGB Black 64GB(2x32GB) DDR5-6000 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3238-RM5RK</t>
   </si>
   <si>
     <t>Memory Corsair Vengeance Grey 32GB (2x16GB) DDR5 6000Mhz CL28 - AMD EXPO &amp; Intel XMP</t>
   </si>
   <si>
     <t>CRS-RAM-CMK32GX5M2B60Z28</t>
   </si>
   <si>
-    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-6400 CL32 - AMD EXPO</t>
-[...64 lines deleted...]
-  <si>
     <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-8000 CL40 - AMD EXPO</t>
   </si>
   <si>
     <t>GSKILL-F5-8000J40-TZ5NR</t>
   </si>
   <si>
     <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
   </si>
   <si>
     <t>GSKILL-F5-6000J2836-RS5K</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 6400MHz 32CL - KF564C32BBEK2-64</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32BBEK2-64</t>
   </si>
   <si>
     <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
   </si>
   <si>
     <t>GSKILL-F5-6400J3239-RS5K</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Beast RGB 64GB (2x32GB) DDR5 - KF560C30BBEAK2-64</t>
-[...4 lines deleted...]
-  <si>
     <t>GSKILL-F5-6000J2836-RS5W</t>
   </si>
   <si>
     <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
   </si>
   <si>
     <t>GSKILL-F5-6000J2836G32-RK</t>
   </si>
   <si>
     <t>Memory G.SKILL Ripjaws M5 Neo RGB 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
   </si>
   <si>
     <t>GSKILL-F5-6000J2836G32-RW</t>
   </si>
   <si>
     <t>GSKILL-F5-6000J2836-RM5RK</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade White 48GB(2x24GB) DDR5 8400MHz CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF584CU40RWK2-48</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade Black RGB 48GB(2x24GB) DDR5 8400MHz CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF584CU40RSAK2-48</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade Black 48GB(2x24GB) DDR5 8400MHz CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF584CU40RSK2-48</t>
   </si>
   <si>
+    <t>Memory Kingston Fury Renegade Silver/Black RGB 64GB(2x32GB) DDR5 6400MHz CL32 - KF564C32RSAK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RSAK2-64</t>
+  </si>
+  <si>
     <t>Memory Kingston 64GB DDR5 4800MHz CL40 2Rx4 8G x 80-Bit EC8, KSM48R40BD4-64HA</t>
   </si>
   <si>
     <t>KIN-RAM-KSM48R40BD4-64HA</t>
   </si>
   <si>
-    <t>Memory Corsair Vengeance Black, 32GB (2x16GB) DDR5, CMK32GX5M2B6400C32</t>
-[...2 lines deleted...]
-    <t>CRS-RAM-CMK32GX5M2B64C32</t>
+    <t>Memory Kingston FURY Renegade White RGB 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWAK2-48</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 96GB(2x48GB)DDR5 6000MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-FX5</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 White 96GB(2x48GB)DDR5 6000MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-FX5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 96GB(2x48GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-RS5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 96GB(2x48GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J303-RM5NRK</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J306-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26H-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory FURY Renegade Pro 64GB(4x16GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBEK4-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-556R28RBEK4-64</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Royal Neo 64GB(2x32GB) DDR5 6000 MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-36H32GX2-TR5NS</t>
   </si>
   <si>
     <t>Memory Corsair Vengeance Black, 64GB (2x32GB) DDR5, CMK64GX5M2B6400C32</t>
   </si>
   <si>
     <t>CRS-RAM-64GX5M2B6400C32</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade White RGB 48GB(2x24GB) DDR5 8400MHz CL40</t>
-[...55 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Renegade Pro 64GB(4x16GB) DDR5 6000MHz CL28 RDIMM - KF560R32RBK4-64</t>
   </si>
   <si>
     <t>KIN-RAM-KF560R32RBK4-64</t>
   </si>
   <si>
     <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBE2K4-128</t>
   </si>
   <si>
     <t>KIN-RAM-556R28RBE2K4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564R32RBK4-128</t>
   </si>
   <si>
     <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBE2K4-128</t>
   </si>
   <si>
     <t>KIN-RAM-564R32RBE2K4-128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1639,4868 +1438,2726 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D344"/>
+  <dimension ref="A1:D191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.144</v>
+        <v>18.372</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>22.044</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>23.4</v>
+        <v>23.688</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>26.208</v>
+        <v>26.4</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>30.48</v>
+        <v>29.004</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>30.768</v>
+        <v>30.852</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>38.124</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>40.116</v>
+        <v>39.792</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>42.864</v>
+        <v>40.608</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>43.56</v>
+        <v>43.392</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>44.544</v>
+        <v>44.1</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>47.604</v>
+        <v>45.096</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>48.168</v>
+        <v>48.18</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>48.648</v>
+        <v>49.764</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>49.152</v>
+        <v>50.844</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>50.22</v>
+        <v>52.404</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>51.768</v>
+        <v>52.944</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>52.296</v>
+        <v>56.076</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>54.348</v>
+        <v>59.352</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>55.392</v>
+        <v>63.876</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>56.184</v>
+        <v>66.408</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>58.632</v>
+        <v>66.408</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>63.108</v>
+        <v>71.16</v>
       </c>
       <c r="D24" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>70.632</v>
+        <v>71.496</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>72.192</v>
+        <v>72.396</v>
       </c>
       <c r="D26" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>72.396</v>
+        <v>73.08</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>73.092</v>
+        <v>73.236</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>74.136</v>
+        <v>75.048</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>76.992</v>
+        <v>77.928</v>
       </c>
       <c r="D30" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>80.244</v>
+        <v>79.572</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>80.244</v>
+        <v>81.228</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33">
+        <v>85.032</v>
+      </c>
+      <c r="D33" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>84.264</v>
+        <v>85.308</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>84.576</v>
+        <v>85.62</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>85.044</v>
+        <v>86.088</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>85.416</v>
+        <v>86.46</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
         <v>86.784</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>87.096</v>
+        <v>88.164</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>87.456</v>
+        <v>88.608</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>87.816</v>
+        <v>88.896</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>87.852</v>
+        <v>88.932</v>
       </c>
       <c r="D42" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>67</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>88.428</v>
+        <v>89.076</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>88.908</v>
+        <v>90.156</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>89.064</v>
+        <v>91.032</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>89.928</v>
+        <v>95.556</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>94.404</v>
+        <v>96.996</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>96.996</v>
+        <v>98.196</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>97.008</v>
+        <v>98.628</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>97.428</v>
+        <v>98.628</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>97.428</v>
+        <v>101.592</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>101.592</v>
+        <v>103.2</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>103.2</v>
+        <v>106.728</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>104.904</v>
+        <v>107.232</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>104.94</v>
+        <v>107.856</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>104.94</v>
+        <v>108.072</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
-        <v>105.432</v>
+        <v>108.432</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
-        <v>106.764</v>
+        <v>109.656</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
-        <v>107.112</v>
+        <v>111.072</v>
       </c>
       <c r="D59" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
-        <v>107.232</v>
+        <v>112.164</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
-        <v>107.856</v>
+        <v>112.272</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
-        <v>108.324</v>
+        <v>115.776</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>108.432</v>
+        <v>116.256</v>
       </c>
       <c r="D63" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>109.716</v>
+        <v>117.78</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>110.508</v>
+        <v>118.44</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>110.508</v>
+        <v>119.676</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>110.904</v>
+        <v>124.356</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>111.948</v>
+        <v>126.612</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>114.372</v>
+        <v>126.612</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>114.84</v>
+        <v>127.008</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>117.0</v>
+        <v>129.516</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>117.0</v>
+        <v>129.768</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>117.78</v>
+        <v>132.804</v>
       </c>
       <c r="D73" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>118.224</v>
+        <v>132.816</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>120.972</v>
+        <v>135.732</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
-        <v>120.972</v>
+        <v>138.036</v>
       </c>
       <c r="D76" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
-        <v>122.844</v>
+        <v>142.992</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>159</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78">
-        <v>125.076</v>
+        <v>143.436</v>
       </c>
       <c r="D78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>161</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79">
-        <v>125.076</v>
+        <v>149.448</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>163</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80">
-        <v>125.472</v>
+        <v>150.66</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>165</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81">
-        <v>127.944</v>
+        <v>150.66</v>
       </c>
       <c r="D81" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
-        <v>128.196</v>
+        <v>151.176</v>
       </c>
       <c r="D82" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
-        <v>132.648</v>
+        <v>152.28</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
-        <v>134.076</v>
+        <v>152.376</v>
       </c>
       <c r="D84" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>135.768</v>
+        <v>152.436</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>141.264</v>
+        <v>153.048</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
-        <v>141.684</v>
+        <v>153.048</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88">
-        <v>144.276</v>
+        <v>153.348</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>181</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89">
-        <v>147.636</v>
+        <v>157.944</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>183</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90">
-        <v>149.34</v>
+        <v>159.708</v>
       </c>
       <c r="D90" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>185</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91">
-        <v>151.188</v>
+        <v>162.192</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92">
-        <v>151.98</v>
+        <v>162.36</v>
       </c>
       <c r="D92" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
-        <v>153.072</v>
+        <v>166.62</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
-        <v>153.792</v>
+        <v>168.324</v>
       </c>
       <c r="D94" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
-        <v>157.764</v>
+        <v>170.064</v>
       </c>
       <c r="D95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
-        <v>162.264</v>
+        <v>173.244</v>
       </c>
       <c r="D96" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
-        <v>162.276</v>
+        <v>174.156</v>
       </c>
       <c r="D97" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>199</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98">
-        <v>164.592</v>
+        <v>174.552</v>
       </c>
       <c r="D98" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>201</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99">
-        <v>166.284</v>
+        <v>175.668</v>
       </c>
       <c r="D99" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>203</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100">
-        <v>169.74</v>
+        <v>176.52</v>
       </c>
       <c r="D100" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>205</v>
       </c>
       <c r="B101" t="s">
         <v>206</v>
       </c>
       <c r="C101">
-        <v>171.144</v>
+        <v>177.0</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B102" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C102">
-        <v>23.4</v>
+        <v>26.4</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="B103" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="C103">
-        <v>30.768</v>
+        <v>73.08</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
       <c r="B104" t="s">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="C104">
-        <v>47.604</v>
+        <v>109.656</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="B105" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="C105">
-        <v>48.648</v>
+        <v>115.776</v>
       </c>
       <c r="D105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>35</v>
+        <v>133</v>
       </c>
       <c r="B106" t="s">
-        <v>36</v>
+        <v>134</v>
       </c>
       <c r="C106">
-        <v>49.152</v>
+        <v>118.44</v>
       </c>
       <c r="D106" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>37</v>
+        <v>153</v>
       </c>
       <c r="B107" t="s">
-        <v>38</v>
+        <v>154</v>
       </c>
       <c r="C107">
-        <v>50.22</v>
+        <v>135.732</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>39</v>
+        <v>167</v>
       </c>
       <c r="B108" t="s">
-        <v>40</v>
+        <v>168</v>
       </c>
       <c r="C108">
-        <v>51.768</v>
+        <v>151.176</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>41</v>
+        <v>177</v>
       </c>
       <c r="B109" t="s">
-        <v>42</v>
+        <v>178</v>
       </c>
       <c r="C109">
-        <v>52.296</v>
+        <v>153.048</v>
       </c>
       <c r="D109" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>46</v>
+        <v>197</v>
       </c>
       <c r="B110" t="s">
-        <v>47</v>
+        <v>198</v>
       </c>
       <c r="C110">
-        <v>55.392</v>
+        <v>174.156</v>
       </c>
       <c r="D110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>48</v>
+        <v>203</v>
       </c>
       <c r="B111" t="s">
-        <v>49</v>
+        <v>204</v>
       </c>
       <c r="C111">
-        <v>56.184</v>
+        <v>176.52</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>50</v>
+        <v>207</v>
       </c>
       <c r="B112" t="s">
-        <v>51</v>
+        <v>208</v>
       </c>
       <c r="C112">
-        <v>58.632</v>
+        <v>193.464</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>52</v>
+        <v>209</v>
       </c>
       <c r="B113" t="s">
-        <v>53</v>
+        <v>210</v>
       </c>
       <c r="C113">
-        <v>63.108</v>
+        <v>203.82</v>
       </c>
       <c r="D113" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>54</v>
+        <v>211</v>
       </c>
       <c r="B114" t="s">
-        <v>55</v>
+        <v>212</v>
       </c>
       <c r="C114">
-        <v>70.632</v>
+        <v>212.952</v>
       </c>
       <c r="D114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>56</v>
+        <v>213</v>
       </c>
       <c r="B115" t="s">
-        <v>57</v>
+        <v>214</v>
       </c>
       <c r="C115">
-        <v>72.192</v>
+        <v>216.612</v>
       </c>
       <c r="D115" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>58</v>
+        <v>215</v>
       </c>
       <c r="B116" t="s">
-        <v>59</v>
+        <v>216</v>
       </c>
       <c r="C116">
-        <v>72.396</v>
+        <v>219.312</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>62</v>
+        <v>217</v>
       </c>
       <c r="B117" t="s">
-        <v>63</v>
+        <v>218</v>
       </c>
       <c r="C117">
-        <v>74.136</v>
+        <v>234.672</v>
       </c>
       <c r="D117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>64</v>
+        <v>219</v>
       </c>
       <c r="B118" t="s">
-        <v>65</v>
+        <v>220</v>
       </c>
       <c r="C118">
-        <v>76.992</v>
+        <v>251.4</v>
       </c>
       <c r="D118" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>66</v>
+        <v>221</v>
       </c>
       <c r="B119" t="s">
-        <v>67</v>
+        <v>222</v>
       </c>
       <c r="C119">
-        <v>80.244</v>
+        <v>270.696</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>68</v>
+        <v>223</v>
       </c>
       <c r="B120" t="s">
-        <v>69</v>
+        <v>224</v>
       </c>
       <c r="C120">
-        <v>80.244</v>
+        <v>274.08</v>
       </c>
       <c r="D120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>70</v>
+        <v>225</v>
       </c>
       <c r="B121" t="s">
-        <v>71</v>
+        <v>226</v>
       </c>
       <c r="C121">
-        <v>83.484</v>
+        <v>278.124</v>
       </c>
       <c r="D121" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>74</v>
+        <v>227</v>
       </c>
       <c r="B122" t="s">
-        <v>75</v>
+        <v>228</v>
       </c>
       <c r="C122">
-        <v>84.576</v>
+        <v>282.912</v>
       </c>
       <c r="D122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>84</v>
+        <v>229</v>
       </c>
       <c r="B123" t="s">
-        <v>85</v>
+        <v>230</v>
       </c>
       <c r="C123">
-        <v>87.456</v>
+        <v>287.448</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>88</v>
+        <v>231</v>
       </c>
       <c r="B124" t="s">
-        <v>89</v>
+        <v>232</v>
       </c>
       <c r="C124">
-        <v>87.852</v>
+        <v>292.776</v>
       </c>
       <c r="D124" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>90</v>
+        <v>233</v>
       </c>
       <c r="B125" t="s">
-        <v>91</v>
+        <v>234</v>
       </c>
       <c r="C125">
-        <v>88.428</v>
+        <v>298.524</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>68</v>
+        <v>235</v>
       </c>
       <c r="B126" t="s">
-        <v>92</v>
+        <v>236</v>
       </c>
       <c r="C126">
-        <v>88.908</v>
+        <v>304.74</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>95</v>
+        <v>237</v>
       </c>
       <c r="B127" t="s">
-        <v>96</v>
+        <v>238</v>
       </c>
       <c r="C127">
-        <v>89.928</v>
+        <v>304.74</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>97</v>
+        <v>239</v>
       </c>
       <c r="B128" t="s">
-        <v>98</v>
+        <v>240</v>
       </c>
       <c r="C128">
-        <v>94.404</v>
+        <v>312.624</v>
       </c>
       <c r="D128" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>99</v>
+        <v>241</v>
       </c>
       <c r="B129" t="s">
-        <v>100</v>
+        <v>242</v>
       </c>
       <c r="C129">
-        <v>96.996</v>
+        <v>328.692</v>
       </c>
       <c r="D129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>101</v>
+        <v>243</v>
       </c>
       <c r="B130" t="s">
-        <v>102</v>
+        <v>244</v>
       </c>
       <c r="C130">
-        <v>97.008</v>
+        <v>338.244</v>
       </c>
       <c r="D130" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>103</v>
+        <v>245</v>
       </c>
       <c r="B131" t="s">
-        <v>104</v>
+        <v>246</v>
       </c>
       <c r="C131">
-        <v>97.428</v>
+        <v>346.656</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>105</v>
+        <v>247</v>
       </c>
       <c r="B132" t="s">
-        <v>106</v>
+        <v>248</v>
       </c>
       <c r="C132">
-        <v>97.428</v>
+        <v>352.632</v>
       </c>
       <c r="D132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>107</v>
+        <v>249</v>
       </c>
       <c r="B133" t="s">
-        <v>108</v>
+        <v>250</v>
       </c>
       <c r="C133">
-        <v>101.592</v>
+        <v>358.176</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>109</v>
+        <v>251</v>
       </c>
       <c r="B134" t="s">
-        <v>110</v>
+        <v>252</v>
       </c>
       <c r="C134">
-        <v>103.2</v>
+        <v>359.004</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>111</v>
+        <v>253</v>
       </c>
       <c r="B135" t="s">
-        <v>112</v>
+        <v>254</v>
       </c>
       <c r="C135">
-        <v>104.904</v>
+        <v>363.804</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>113</v>
+        <v>255</v>
       </c>
       <c r="B136" t="s">
-        <v>114</v>
+        <v>256</v>
       </c>
       <c r="C136">
-        <v>104.94</v>
+        <v>379.164</v>
       </c>
       <c r="D136" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>115</v>
+        <v>257</v>
       </c>
       <c r="B137" t="s">
-        <v>116</v>
+        <v>258</v>
       </c>
       <c r="C137">
-        <v>104.94</v>
+        <v>380.736</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>117</v>
+        <v>259</v>
       </c>
       <c r="B138" t="s">
-        <v>118</v>
+        <v>260</v>
       </c>
       <c r="C138">
-        <v>105.432</v>
+        <v>387.588</v>
       </c>
       <c r="D138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>119</v>
+        <v>261</v>
       </c>
       <c r="B139" t="s">
-        <v>120</v>
+        <v>262</v>
       </c>
       <c r="C139">
-        <v>106.764</v>
+        <v>387.588</v>
       </c>
       <c r="D139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>121</v>
+        <v>263</v>
       </c>
       <c r="B140" t="s">
-        <v>122</v>
+        <v>264</v>
       </c>
       <c r="C140">
-        <v>107.112</v>
+        <v>395.376</v>
       </c>
       <c r="D140" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>123</v>
+        <v>265</v>
       </c>
       <c r="B141" t="s">
-        <v>124</v>
+        <v>266</v>
       </c>
       <c r="C141">
-        <v>107.232</v>
+        <v>395.376</v>
       </c>
       <c r="D141" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>127</v>
+        <v>267</v>
       </c>
       <c r="B142" t="s">
-        <v>128</v>
+        <v>268</v>
       </c>
       <c r="C142">
-        <v>108.324</v>
+        <v>397.836</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>129</v>
+        <v>269</v>
       </c>
       <c r="B143" t="s">
-        <v>130</v>
+        <v>270</v>
       </c>
       <c r="C143">
-        <v>108.432</v>
+        <v>399.072</v>
       </c>
       <c r="D143" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>131</v>
+        <v>271</v>
       </c>
       <c r="B144" t="s">
-        <v>132</v>
+        <v>272</v>
       </c>
       <c r="C144">
-        <v>109.716</v>
+        <v>399.756</v>
       </c>
       <c r="D144" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>135</v>
+        <v>273</v>
       </c>
       <c r="B145" t="s">
-        <v>136</v>
+        <v>274</v>
       </c>
       <c r="C145">
-        <v>110.508</v>
+        <v>421.008</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>137</v>
+        <v>275</v>
       </c>
       <c r="B146" t="s">
-        <v>138</v>
+        <v>276</v>
       </c>
       <c r="C146">
-        <v>110.904</v>
+        <v>435.048</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>139</v>
+        <v>277</v>
       </c>
       <c r="B147" t="s">
-        <v>140</v>
+        <v>278</v>
       </c>
       <c r="C147">
-        <v>111.948</v>
+        <v>451.452</v>
       </c>
       <c r="D147" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>141</v>
+        <v>279</v>
       </c>
       <c r="B148" t="s">
-        <v>142</v>
+        <v>280</v>
       </c>
       <c r="C148">
-        <v>114.372</v>
+        <v>451.452</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>143</v>
+        <v>281</v>
       </c>
       <c r="B149" t="s">
-        <v>144</v>
+        <v>282</v>
       </c>
       <c r="C149">
-        <v>114.84</v>
+        <v>457.512</v>
       </c>
       <c r="D149" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>145</v>
+        <v>281</v>
       </c>
       <c r="B150" t="s">
-        <v>146</v>
+        <v>283</v>
       </c>
       <c r="C150">
-        <v>117.0</v>
+        <v>457.548</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>147</v>
+        <v>284</v>
       </c>
       <c r="B151" t="s">
-        <v>148</v>
+        <v>285</v>
       </c>
       <c r="C151">
-        <v>117.0</v>
+        <v>462.48</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>151</v>
+        <v>286</v>
       </c>
       <c r="B152" t="s">
-        <v>152</v>
+        <v>287</v>
       </c>
       <c r="C152">
-        <v>118.224</v>
+        <v>473.736</v>
       </c>
       <c r="D152" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>153</v>
+        <v>275</v>
       </c>
       <c r="B153" t="s">
-        <v>154</v>
+        <v>288</v>
       </c>
       <c r="C153">
-        <v>120.972</v>
+        <v>473.844</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>155</v>
+        <v>289</v>
       </c>
       <c r="B154" t="s">
-        <v>156</v>
+        <v>290</v>
       </c>
       <c r="C154">
-        <v>120.972</v>
+        <v>473.844</v>
       </c>
       <c r="D154" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>157</v>
+        <v>291</v>
       </c>
       <c r="B155" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="C155">
-        <v>122.844</v>
+        <v>473.844</v>
       </c>
       <c r="D155" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>161</v>
+        <v>293</v>
       </c>
       <c r="B156" t="s">
-        <v>162</v>
+        <v>294</v>
       </c>
       <c r="C156">
-        <v>125.076</v>
+        <v>484.32</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>163</v>
+        <v>295</v>
       </c>
       <c r="B157" t="s">
-        <v>164</v>
+        <v>296</v>
       </c>
       <c r="C157">
-        <v>125.472</v>
+        <v>506.16</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>165</v>
+        <v>297</v>
       </c>
       <c r="B158" t="s">
-        <v>166</v>
+        <v>298</v>
       </c>
       <c r="C158">
-        <v>127.944</v>
+        <v>510.24</v>
       </c>
       <c r="D158" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>167</v>
+        <v>299</v>
       </c>
       <c r="B159" t="s">
-        <v>168</v>
+        <v>300</v>
       </c>
       <c r="C159">
-        <v>128.196</v>
+        <v>511.8</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>169</v>
+        <v>301</v>
       </c>
       <c r="B160" t="s">
-        <v>170</v>
+        <v>302</v>
       </c>
       <c r="C160">
-        <v>132.648</v>
+        <v>517.152</v>
       </c>
       <c r="D160" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>171</v>
+        <v>303</v>
       </c>
       <c r="B161" t="s">
-        <v>172</v>
+        <v>304</v>
       </c>
       <c r="C161">
-        <v>134.076</v>
+        <v>539.952</v>
       </c>
       <c r="D161" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>173</v>
+        <v>305</v>
       </c>
       <c r="B162" t="s">
-        <v>174</v>
+        <v>306</v>
       </c>
       <c r="C162">
-        <v>135.768</v>
+        <v>550.548</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>71</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>175</v>
+        <v>307</v>
       </c>
       <c r="B163" t="s">
-        <v>176</v>
+        <v>308</v>
       </c>
       <c r="C163">
-        <v>141.264</v>
+        <v>559.92</v>
       </c>
       <c r="D163" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>177</v>
+        <v>309</v>
       </c>
       <c r="B164" t="s">
-        <v>178</v>
+        <v>310</v>
       </c>
       <c r="C164">
-        <v>141.684</v>
+        <v>578.628</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>179</v>
+        <v>311</v>
       </c>
       <c r="B165" t="s">
-        <v>180</v>
+        <v>312</v>
       </c>
       <c r="C165">
-        <v>144.276</v>
+        <v>598.596</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>181</v>
+        <v>313</v>
       </c>
       <c r="B166" t="s">
-        <v>182</v>
+        <v>314</v>
       </c>
       <c r="C166">
-        <v>147.636</v>
+        <v>602.388</v>
       </c>
       <c r="D166" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>183</v>
+        <v>301</v>
       </c>
       <c r="B167" t="s">
-        <v>184</v>
+        <v>315</v>
       </c>
       <c r="C167">
-        <v>149.34</v>
+        <v>622.38</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>185</v>
+        <v>316</v>
       </c>
       <c r="B168" t="s">
-        <v>186</v>
+        <v>317</v>
       </c>
       <c r="C168">
-        <v>151.188</v>
+        <v>647.976</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>187</v>
+        <v>318</v>
       </c>
       <c r="B169" t="s">
-        <v>188</v>
+        <v>319</v>
       </c>
       <c r="C169">
-        <v>151.98</v>
+        <v>647.976</v>
       </c>
       <c r="D169" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>189</v>
+        <v>303</v>
       </c>
       <c r="B170" t="s">
-        <v>190</v>
+        <v>320</v>
       </c>
       <c r="C170">
-        <v>153.072</v>
+        <v>652.968</v>
       </c>
       <c r="D170" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>191</v>
+        <v>321</v>
       </c>
       <c r="B171" t="s">
-        <v>192</v>
+        <v>322</v>
       </c>
       <c r="C171">
-        <v>153.792</v>
+        <v>656.76</v>
       </c>
       <c r="D171" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>193</v>
+        <v>323</v>
       </c>
       <c r="B172" t="s">
-        <v>194</v>
+        <v>324</v>
       </c>
       <c r="C172">
-        <v>157.764</v>
+        <v>669.012</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>197</v>
+        <v>325</v>
       </c>
       <c r="B173" t="s">
-        <v>198</v>
+        <v>326</v>
       </c>
       <c r="C173">
-        <v>162.276</v>
+        <v>670.212</v>
       </c>
       <c r="D173" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>199</v>
+        <v>327</v>
       </c>
       <c r="B174" t="s">
-        <v>200</v>
+        <v>328</v>
       </c>
       <c r="C174">
-        <v>164.592</v>
+        <v>681.132</v>
       </c>
       <c r="D174" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>201</v>
+        <v>329</v>
       </c>
       <c r="B175" t="s">
-        <v>202</v>
+        <v>330</v>
       </c>
       <c r="C175">
-        <v>166.284</v>
+        <v>697.392</v>
       </c>
       <c r="D175" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>203</v>
+        <v>331</v>
       </c>
       <c r="B176" t="s">
-        <v>204</v>
+        <v>332</v>
       </c>
       <c r="C176">
-        <v>169.74</v>
+        <v>818.232</v>
       </c>
       <c r="D176" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>207</v>
+        <v>333</v>
       </c>
       <c r="B177" t="s">
-        <v>208</v>
+        <v>334</v>
       </c>
       <c r="C177">
-        <v>172.428</v>
+        <v>860.976</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>209</v>
+        <v>335</v>
       </c>
       <c r="B178" t="s">
-        <v>210</v>
+        <v>336</v>
       </c>
       <c r="C178">
-        <v>174.852</v>
+        <v>861.084</v>
       </c>
       <c r="D178" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>211</v>
+        <v>337</v>
       </c>
       <c r="B179" t="s">
-        <v>212</v>
+        <v>338</v>
       </c>
       <c r="C179">
-        <v>175.656</v>
+        <v>861.084</v>
       </c>
       <c r="D179" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>213</v>
+        <v>339</v>
       </c>
       <c r="B180" t="s">
-        <v>214</v>
+        <v>340</v>
       </c>
       <c r="C180">
-        <v>178.236</v>
+        <v>886.572</v>
       </c>
       <c r="D180" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>215</v>
+        <v>339</v>
       </c>
       <c r="B181" t="s">
-        <v>216</v>
+        <v>341</v>
       </c>
       <c r="C181">
-        <v>179.28</v>
+        <v>886.68</v>
       </c>
       <c r="D181" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>217</v>
+        <v>342</v>
       </c>
       <c r="B182" t="s">
-        <v>218</v>
+        <v>343</v>
       </c>
       <c r="C182">
-        <v>179.508</v>
+        <v>922.86</v>
       </c>
       <c r="D182" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>219</v>
+        <v>344</v>
       </c>
       <c r="B183" t="s">
-        <v>220</v>
+        <v>345</v>
       </c>
       <c r="C183">
-        <v>191.424</v>
+        <v>923.712</v>
       </c>
       <c r="D183" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>221</v>
+        <v>346</v>
       </c>
       <c r="B184" t="s">
-        <v>222</v>
+        <v>347</v>
       </c>
       <c r="C184">
-        <v>191.772</v>
+        <v>935.196</v>
       </c>
       <c r="D184" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>223</v>
+        <v>348</v>
       </c>
       <c r="B185" t="s">
-        <v>224</v>
+        <v>349</v>
       </c>
       <c r="C185">
-        <v>192.168</v>
+        <v>960.588</v>
       </c>
       <c r="D185" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>225</v>
+        <v>350</v>
       </c>
       <c r="B186" t="s">
-        <v>226</v>
+        <v>351</v>
       </c>
       <c r="C186">
-        <v>203.82</v>
+        <v>969.6</v>
       </c>
       <c r="D186" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>227</v>
+        <v>352</v>
       </c>
       <c r="B187" t="s">
-        <v>228</v>
+        <v>353</v>
       </c>
       <c r="C187">
-        <v>210.372</v>
+        <v>1008.54</v>
       </c>
       <c r="D187" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>229</v>
+        <v>354</v>
       </c>
       <c r="B188" t="s">
-        <v>230</v>
+        <v>355</v>
       </c>
       <c r="C188">
-        <v>213.72</v>
+        <v>1673.94</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>231</v>
+        <v>273</v>
       </c>
       <c r="B189" t="s">
-        <v>232</v>
+        <v>356</v>
       </c>
       <c r="C189">
-        <v>214.476</v>
+        <v>1872.324</v>
       </c>
       <c r="D189" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>233</v>
+        <v>357</v>
       </c>
       <c r="B190" t="s">
-        <v>234</v>
+        <v>358</v>
       </c>
       <c r="C190">
-        <v>216.612</v>
+        <v>2006.616</v>
       </c>
       <c r="D190" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="191" spans="1:4">
-[...2140 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D344"/>
+  <autoFilter ref="A1:D191"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>