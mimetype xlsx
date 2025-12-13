--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -7,1134 +7,1356 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$191</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$299</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Memory Silicon Power 4GB DDR4 PC4-19200 2400MHz CL17 SP004GBLFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBLFU240X02</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Memory Silicon Power 4GB DDR3 PC3-12800 1600MHz SP004GBLTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLTU160N02</t>
   </si>
   <si>
-    <t>on route</t>
+    <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GLLTU160N02</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Memory Innovation IT 8GB DDR3 1600MHz, CL11, 1.5V</t>
+  </si>
+  <si>
+    <t>INNO-RAM-DDR3-8GB-1600</t>
   </si>
   <si>
     <t>Memory Team Group Elite DDR3 - 8GB, 1600 mhz, CL11-11-11-28 1.5V</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR3-8GB</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Memory Silicon Power 4GB DDR4 2666MHz SP004GBLFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLFU266X02</t>
   </si>
   <si>
-    <t>Memory Innovation IT 8GB DDR3 1600MHz, CL11, 1.5V</t>
-[...11 lines deleted...]
-    <t>SLP-RAM-004GBLFU240X02</t>
+    <t>Memory Kingston 4GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/4</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S6-4</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 3600MHz SP008GXLZU360BSC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU360BSC</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3600MHz CL17</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-8</t>
   </si>
   <si>
     <t>Memory Silicon Power 8GB DDR3 PC3-12800 1600MHz SP008GBLTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBLTU160N02</t>
   </si>
   <si>
+    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2A-8</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-24000 3000MHz CL16 F4-3000C16S-8GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16S-8GISB</t>
+  </si>
+  <si>
+    <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S6-8</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TTCED416G3600</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 3200MHz KF432C16BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12A-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 16GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18BB2A-16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan TUF DDR4 16GB (2x8GB) 3200MHz 1.35V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-V-Y-16GB-3200</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB(2x8GB) DDR4 3200MHz SP016GBLFU320B22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBLFU320B22</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR4 3600MHz KF436C17BBK2/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12A-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB 16GB DDR4 3200MHz SP016GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TTCED416G3200</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 3000MHz F4-3000C16S-16GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16S-16GISB</t>
+  </si>
+  <si>
+    <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S8-8</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RS RGB Black 16GB(2x8GB) DDR4 3200MHz CMG16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMG16GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB UDIMM DDR5 5600MHz CL46 SP016GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP016GBLVU560</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 8GB 2666MHz, CL19-19-19-43 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-8GB-2666</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 8GB 3200MHz CL22 TED48G3200C2201</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-8GB-3200</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-19200 2400MHz SP008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C36BBE-16</t>
+  </si>
+  <si>
     <t>Memory G.SKILL F4-2400C17S-8GNT, 8GB, DDR4, 2400MHZ, CL17</t>
   </si>
   <si>
     <t>GSKILL-DDR4-8GB-F4</t>
   </si>
   <si>
-    <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
-[...8 lines deleted...]
-    <t>KIN-RAM-KVR32N22S6-4</t>
+    <t>VENGEANCE® LPX 16GB (2 x 8GB) DDR4 DRAM 3200MHz, Black</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2Z32C16</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite Plus DDR4 - 8GB 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELITE-P-3200-8GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2B3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2B32C16W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-25600 3200MHz F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 2666MHz F4-2666C19D-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19D-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 2666MHz SP008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 3000MHz F4-3000C16D-16GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16D-16GISB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GIS</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 8GB DDR4 PC4-21333 2666MHz F4-2666C19S-8GIS</t>
   </si>
   <si>
     <t>GSKILL-F4-2666C19S-8GIS</t>
   </si>
   <si>
-    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-24000 3000MHz CL16 F4-3000C16S-8GISB</t>
-[...2 lines deleted...]
-    <t>GSKILL-F4-3000C16S-8GISB</t>
+    <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 UDIMM 3200MHz SP008GXLZU320BSC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU320BSC</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 16GB DDR5 6000MHz CL36 KF560C36BWE2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BWE2-16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Z Gray DDR4 16GB 3200MHz CL16 TLZGD416G3200HC16C01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-VZG16GC16-3200</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 8GB DDR4 PC4-25600 3200MHz CL16 F4-3200C16S-8GISB</t>
   </si>
   <si>
     <t>GSKILL-F4-3200C16S-8GIS</t>
   </si>
   <si>
-    <t>Memory Silicon Power 8GB DDR4 2666MHz SP008GBLFU266X02</t>
-[...40 lines deleted...]
-  <si>
     <t>Memory Silicon Power XPOWER Zenith RGB 8GB DDR4 3200MHz SP008GXLZU320BSD</t>
   </si>
   <si>
     <t>SLP-RAM-008GXLZU320BSD</t>
   </si>
   <si>
-    <t>Memory Team Group Elite DDR4 8GB 2666MHz, CL19-19-19-43 1.2V</t>
-[...14 lines deleted...]
-    <t>TEAM-RAM-ELITE-P-3200-8GB</t>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 6000MHz CL36 KF560C36BBE2-16 EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BBE2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-25600 3200MHz CL22 SP008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Dark Gray 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVKB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 PC4-28800 3600MHz CL17 KF436C17BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR4 3600MHz KF436C18BB/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18BB-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GTZR</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GTZR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4, 3200Mhz, F4-3200C16D-16GTZRX for AMD</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GTZ</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB White DDR4 16GB (2x8GB) 3200MHz 1.35V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-W-8Gx2-3200</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF564C32BBE-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBE-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 - KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF556C36BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C36BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 16GB(2x8GB) DDR4 3200MHz SP016GXLZU320BDC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BDC</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 32GB UDIMM DDR5 5600MHz CL46 SP032GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBLVU560</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Innovation IT DDR4 16GB 3200MHz, CL16 1.35V LD-8Chip</t>
+  </si>
+  <si>
+    <t>INNO-RAM-DDR4-16GB1</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 32GB(2x16GB) DDR4 3200MHz CMK32GX4M2E3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2E32C16W</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3600MHz CMK16GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2D36C18</t>
+  </si>
+  <si>
+    <t>Memory Kingston 16GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S8-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 32GB(2x16GB) DDR4, 3600MHz F4-3600C17D-32GTZR</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C17D-32GTZR</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR4 3200MHz CL16 SP016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB DDR5 5600MHz CL36 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C36BBE-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston 16GB DDR4 3200MHz CL22 UDIMM - KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6000MHz CL38</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G6000</t>
+  </si>
+  <si>
+    <t>Memory Corsair DDR4 3200MHz 16GB 2x8GB CL16-20-20-38</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 5200MHz CMH32GX5M2B5200C40W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B52C40W</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite Plus DDR4 - 16GB (2x8GB) 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELIT-P-3200-16GB</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6400MHz CL40</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 32GB DDR5 - KF560C30BWE-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BWE-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 5200MHz F5-5200J3636C16GX2-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-52J36C-32RS5K</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 16GB DDR4 PC4-21333 2666MHz CL19 F4-2666C19S-16GIS</t>
   </si>
   <si>
     <t>GSKILL-F4-2666C19S-16GIS</t>
   </si>
   <si>
-    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3600MHz CL18</t>
-[...110 lines deleted...]
-    <t>GSKILL-F4-3200C16D-16GIS</t>
+    <t>Memory Silicon Power XPOWER Pulse 16GB(2x8GB) DDR4 3200MHz CL16 SP016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB, DDR5, 32GB (2x16GB), 6400MHz</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-DRB32GC40-64</t>
   </si>
   <si>
     <t>Memory Silicon Power 16GB DDR4 PC4-21333 2666MHz CL19 SP016GBLFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-016GBLFU266X02</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Zenith RGB 16GB DDR4 3200MHz SP016GXLZU320BSD</t>
-[...170 lines deleted...]
-    <t>TEAM-RAM-DDR4-16GB-2666</t>
+    <t>Memory G.SKILL Aegis 32GB(2x16GB) DDR4 PC4-25600 3200MHz F4-3200C16D-32GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GIS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB DDR5 - KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB White 32GB(2x16GB) DDR5-6000</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J36-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J36-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-CREATE EXPERT White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-CTCWD532-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 5600MHz CL40 KF556C40BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 5600MHz CL40 - Intel XMP</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBAK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB DDR5 - KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 6000MHz CL30 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEK2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 5600MHz CL40 SP016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB DDR5 4800MHz CL40 UDIMM SP016GBLVU480F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GBLVU480F02</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX, 32GB (2x16GB) DDR4, CMK32GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2D36C18</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) DDR5 OC-UDIMM 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB DDR5 5600MHz CL40 SP032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 6400MHz CL36 XMP&amp;AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B64Z36W</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 32GB (2x16GB) DDR5 6000MHz CL36 KF560C36BWE2K2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BWE2K2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB Black 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDF</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 6000MHz CL36 KF560C36BBE2AK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-560C36BBE2AK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB DDR5 - KF560C30BBEA-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEA-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White RGB 32GB(2x16GB) DDR5 6000MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-560C36BWE2AK2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6000MHz CL36 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Black, 32GB (2x16GB) DDR5, CMK32GX5M2B6400C32</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX5M2B64C32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 5200MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C40BB2K2-64</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 5200MHz CL40 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-5200J4040-RS5K</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 6000MHz CL30 SP016GXLWU60AFSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU60AFSJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston 32GB DIMM DDR5 5600MHz CL46 2RX8 1.1V 288-pin 16Gbit</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KCP556UD8-32</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 OC-UDIMM 6400MHz CL32</t>
   </si>
   <si>
     <t>SLP-RAM-16GXLWU64AFSJ</t>
   </si>
   <si>
-    <t>Memory Team Group Elite Plus DDR4 - 16GB (2x8GB) 3200MHz CL22</t>
-[...176 lines deleted...]
-    <t>TEAM-RAM-5-FLBD532G-32</t>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR5 5600MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BB2AK2-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RS-24</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RW-24</t>
+  </si>
+  <si>
+    <t>Memory PNY 16GB DDR5 5600MHz CL46 Bulk - MD16GSD55600</t>
+  </si>
+  <si>
+    <t>PNY-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Memory GOODRAM 16GB DDR5 5600MHz CL46 - GR5600D564L46S/16G</t>
+  </si>
+  <si>
+    <t>GOOD-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 16GB, 6000Mhz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX5M1E6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White RGB 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWA-24</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black RGB 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RSA-24</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 6400MHz CL32 F5-6400J3239G16GX2-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239G16GX</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBK4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560R32RBE-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2 x 16GB) DDR5 6400 MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2B6400Z36W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2 x 16GB) DDR5 6400MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2B6400Z36</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Pulse 32GB (2x16GB) DDR4 3200MHz CL16 SP032GXLZU320BDI</t>
   </si>
   <si>
     <t>SLP-RAM-032GXLZU320BDI</t>
   </si>
   <si>
-    <t>Memory Team Group T-CREATE EXPERT White DDR5 32GB(2x16GB) 6000MHz CL30</t>
-[...8 lines deleted...]
-    <t>KIN-RAM-KF556C40BBAK2-32</t>
+    <t>Memory G.SKILL Trident Z5 32GB (2x16GB) DDR5 6400MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-TZ5S</t>
+  </si>
+  <si>
+    <t>Memory Crucial 16GB DDR5 5600MHz CL46 UDIMM CT16G56C46U5</t>
+  </si>
+  <si>
+    <t>CRUCIAL-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB (2x16GB) DDR5 - KF560C30BBEAK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEAK2-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-6400 CL32 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z Neo RGB 64GB(2x32GB) F4-3600C18D-64GTZN</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-64GTZN</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2 x 16GB) DDR5 6400 MHz CL36-48, Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400Z36W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 Black 32GB(2x16GB) DDR5 6400MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239G-FX5</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 48GB (2x24GB) DDR5-6000 CL30 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30-RM5NRW</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30G-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Red DDR5 32GB (2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLRD5-32G</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Black DDR5 32GB (2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD5-32G</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz CL38-44-44-96</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6000C38</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB (2x16GB) DDR5 - KF560C30BWEAK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BWEAK2-32</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) DDR5 6400 MHz</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400C36</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRW</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 64GB (2x32GB) 6400MHz CL34</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD564G-64</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NR</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3039-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NRW - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J30-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFXD532-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 RGB 32GB (2x16GB) DDR5 7200MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-7200J3445-TZ5RS</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Silver/Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RSK2-64</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB DDR5 32GB (2x16GB) 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-DRB32GC32-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM Black DDR5 32GB(2x16GB) 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFXD532G-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Royal Neo 32GB(2x16GB) DDR5-6400 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-00J3039-TR5NS</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM ARGB Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FF9D532G-32</t>
   </si>
   <si>
     <t>Memory Team Group T-Force XTREEM ARGB White DDR5 32GB(2x16GB) 6000MHz CL30</t>
   </si>
   <si>
     <t>TEAM-RAM-5-FFAD5-32G</t>
   </si>
   <si>
-    <t>Memory Team Group T-Force XTREEM ARGB Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
-[...32 lines deleted...]
-    <t>GSKILL-F5-6400J3239-TZ5S</t>
+    <t>Memory Kingston FURY Beast Black 32GB (2x16GB) DDR5 6000MHz CL36 KF560C36BBE2K2-32 EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BBE2K2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 32GB (2x16GB) DDR5 4800MHz CL40 UDIMM SP032GBLVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBLVU480F22</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-8000 CL40 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-8000J40-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Grey 32GB (2x16GB) DDR5 6000Mhz CL28 - AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX5M2B60Z28</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5, 6000MHz 32GB 2x16GB DIMM, Unbuffered, CL30-36, Intel XMP &amp; AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B60Z30W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White, 32GB (2x16GB) DDR5,CMK32GX5M2E6000C36W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX5M2E60C36W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Black, 32GB (2x16GB) DDR5,CMK32GX5M2E6000C36</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX5M2E60C36</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J263H-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2E6000Z36</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2E6000Z36W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) 6400MHz</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2B6400C36</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWK2-48</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black RGB 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RSAK2-48</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RSK2-48</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Silver/Black RGB 64GB(2x32GB) DDR5 6400MHz CL32 - KF564C32RSAK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RSAK2-64</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) 6000MHz  UDIMM</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2E6000C36</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) DDR5 6400 MHz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston 64GB DDR5 4800MHz CL40 2Rx4 8G x 80-Bit EC8, KSM48R40BD4-64HA</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM48R40BD4-64HA</t>
+  </si>
+  <si>
+    <t>Memory Kingston 48GB DDR5 5600MHz CL46 ECC-DIMM 2Rx8 - KSM56E46BD8KM-48HM</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56E46BD8KM</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Zenith RGB White 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
   </si>
   <si>
     <t>SLP-RAM-32GXLWU60AFDH</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Zenith RGB Black 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
-[...98 lines deleted...]
-    <t>CRS-RAM-CMH32GX5M2B64Z36W</t>
+    <t>Memory G.SKILL Ripjaws S5 White 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3040-RS5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 RGB Black 64GB(2x32GB) DDR5-6000 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3238-RM5RK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White RGB 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWAK2-48</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 96GB(2x48GB)DDR5 6000MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-FX5</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 White 96GB(2x48GB)DDR5 6000MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-FX5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 96GB(2x48GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-RS5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-RS5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 96GB(2x48GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J303-RM5NRK</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J306-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RS5W</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RM5RK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836G32-RK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836G32-RW</t>
+  </si>
+  <si>
+    <t>Memory FURY Renegade Pro 64GB(4x16GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBEK4-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-556R28RBEK4-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 6400MHz 32CL - KF564C32BBEK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBEK2-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Pro 64GB(4x16GB) DDR5 6000MHz CL28 RDIMM - KF560R32RBK4-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560R32RBK4-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston Server 64GB DDR5 5600MHz CL46 ECC-DIMM x80 2Rx4 - KSM56R46BD4-64HA</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56R46BD4-64HA</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Black 64GB (2x32GB) DDR5 6400MHz CL32, CMK64GX5M2B6400C32</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK64GX5M2B64C32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26H-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Royal Neo 64GB(2x32GB) DDR5 6000 MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-36H32GX2-TR5NS</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 64GB(2x32GB) DDR5 6000MHz - Intel XMP/AMD EXPO</t>
   </si>
   <si>
     <t>GSKILL-F5-6000J3636-IS</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBK4-128</t>
-[...239 lines deleted...]
-    <t>KIN-RAM-KF560R32RBK4-64</t>
+    <t>KIN-RAM-KF564R32RBK4-128</t>
+  </si>
+  <si>
+    <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBE2K4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-564R32RBE2K4-128</t>
   </si>
   <si>
     <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBE2K4-128</t>
   </si>
   <si>
     <t>KIN-RAM-556R28RBE2K4-128</t>
-  </si>
-[...7 lines deleted...]
-    <t>KIN-RAM-564R32RBE2K4-128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1438,2726 +1660,4238 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D191"/>
+  <dimension ref="A1:D299"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.372</v>
+        <v>28.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>22.044</v>
+        <v>29.556</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>30.312</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>26.4</v>
+        <v>33.6</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>29.004</v>
+        <v>36.396</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>30.852</v>
+        <v>37.152</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>38.124</v>
+        <v>44.988</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>39.792</v>
+        <v>48.9</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>40.608</v>
+        <v>51.492</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>43.392</v>
+        <v>52.02</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>44.1</v>
+        <v>52.404</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>45.096</v>
+        <v>55.104</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>48.18</v>
+        <v>57.324</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>49.764</v>
+        <v>71.808</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>50.844</v>
+        <v>72.396</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>52.404</v>
+        <v>73.752</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>52.944</v>
+        <v>76.584</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>56.076</v>
+        <v>79.824</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>59.352</v>
+        <v>84.132</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>63.876</v>
+        <v>86.784</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>66.408</v>
+        <v>87.348</v>
       </c>
       <c r="D22" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>66.408</v>
+        <v>87.396</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>71.16</v>
+        <v>88.356</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C25">
-        <v>71.496</v>
+        <v>88.824</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C26">
-        <v>72.396</v>
+        <v>93.9</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C27">
-        <v>73.08</v>
+        <v>96.996</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C28">
-        <v>73.236</v>
+        <v>98.964</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C29">
-        <v>75.048</v>
+        <v>100.332</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C30">
-        <v>77.928</v>
+        <v>103.2</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C31">
-        <v>79.572</v>
+        <v>104.88</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C32">
-        <v>81.228</v>
+        <v>105.216</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C33">
-        <v>85.032</v>
+        <v>105.216</v>
       </c>
       <c r="D33" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C34">
-        <v>85.308</v>
+        <v>105.912</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C35">
-        <v>85.62</v>
+        <v>106.2</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C36">
-        <v>86.088</v>
+        <v>106.548</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C37">
-        <v>86.46</v>
+        <v>107.22</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C38">
-        <v>86.784</v>
+        <v>107.232</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C39">
-        <v>88.164</v>
+        <v>107.868</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C40">
-        <v>88.608</v>
+        <v>110.328</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B41" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C41">
-        <v>88.896</v>
+        <v>111.852</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C42">
-        <v>88.932</v>
+        <v>113.016</v>
       </c>
       <c r="D42" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C43">
-        <v>89.076</v>
+        <v>113.016</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>90.156</v>
+        <v>113.772</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>91.032</v>
+        <v>113.772</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>95.556</v>
+        <v>114.24</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>96.996</v>
+        <v>114.672</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>98.196</v>
+        <v>116.316</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>98.628</v>
+        <v>116.316</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>98.628</v>
+        <v>116.388</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>101.592</v>
+        <v>117.612</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>103.2</v>
+        <v>117.78</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>106.728</v>
+        <v>117.972</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>107.232</v>
+        <v>118.992</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>107.856</v>
+        <v>122.196</v>
       </c>
       <c r="D55" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>108.072</v>
+        <v>123.444</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>108.432</v>
+        <v>124.812</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>109.656</v>
+        <v>125.424</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>111.072</v>
+        <v>125.424</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>112.164</v>
+        <v>125.424</v>
       </c>
       <c r="D60" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>112.272</v>
+        <v>125.976</v>
       </c>
       <c r="D61" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>115.776</v>
+        <v>127.272</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>116.256</v>
+        <v>137.268</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>117.78</v>
+        <v>146.856</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>118.44</v>
+        <v>151.836</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>119.676</v>
+        <v>153.072</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>124.356</v>
+        <v>153.264</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>126.612</v>
+        <v>153.264</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>126.612</v>
+        <v>153.408</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>127.008</v>
+        <v>156.936</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>129.516</v>
+        <v>159.552</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>129.768</v>
+        <v>165.408</v>
       </c>
       <c r="D72" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>132.804</v>
+        <v>169.56</v>
       </c>
       <c r="D73" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>132.816</v>
+        <v>171.132</v>
       </c>
       <c r="D74" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>135.732</v>
+        <v>171.528</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>138.036</v>
+        <v>172.62</v>
       </c>
       <c r="D76" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>142.992</v>
+        <v>173.928</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>143.436</v>
+        <v>177.3</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>149.448</v>
+        <v>184.536</v>
       </c>
       <c r="D79" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>150.66</v>
+        <v>190.764</v>
       </c>
       <c r="D80" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>150.66</v>
+        <v>191.232</v>
       </c>
       <c r="D81" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>151.176</v>
+        <v>191.964</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>152.28</v>
+        <v>192.168</v>
       </c>
       <c r="D83" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>152.376</v>
+        <v>193.512</v>
       </c>
       <c r="D84" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>152.436</v>
+        <v>203.364</v>
       </c>
       <c r="D85" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>153.048</v>
+        <v>207.912</v>
       </c>
       <c r="D86" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>153.048</v>
+        <v>209.268</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>153.348</v>
+        <v>211.608</v>
       </c>
       <c r="D88" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>157.944</v>
+        <v>213.72</v>
       </c>
       <c r="D89" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>159.708</v>
+        <v>213.9</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
         <v>185</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>162.192</v>
+        <v>214.476</v>
       </c>
       <c r="D91" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>162.36</v>
+        <v>215.736</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>166.62</v>
+        <v>216.612</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>168.324</v>
+        <v>216.672</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>170.064</v>
+        <v>217.812</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>173.244</v>
+        <v>218.136</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
         <v>197</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>174.156</v>
+        <v>220.992</v>
       </c>
       <c r="D97" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
         <v>199</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>174.552</v>
+        <v>221.88</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
         <v>201</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>175.668</v>
+        <v>223.62</v>
       </c>
       <c r="D99" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
         <v>203</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>176.52</v>
+        <v>225.744</v>
       </c>
       <c r="D100" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
         <v>205</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>177.0</v>
+        <v>226.704</v>
       </c>
       <c r="D101" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>12</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102">
-        <v>26.4</v>
+        <v>33.6</v>
       </c>
       <c r="D102" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="B103" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="C103">
-        <v>73.08</v>
+        <v>71.808</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="B104" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="C104">
-        <v>109.656</v>
+        <v>104.88</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>127</v>
+        <v>92</v>
       </c>
       <c r="B105" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="C105">
-        <v>115.776</v>
+        <v>113.772</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>133</v>
+        <v>104</v>
       </c>
       <c r="B106" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="C106">
-        <v>118.44</v>
+        <v>117.612</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>153</v>
+        <v>112</v>
       </c>
       <c r="B107" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="C107">
-        <v>135.732</v>
+        <v>122.196</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>167</v>
+        <v>116</v>
       </c>
       <c r="B108" t="s">
-        <v>168</v>
+        <v>117</v>
       </c>
       <c r="C108">
-        <v>151.176</v>
+        <v>124.812</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="B109" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="C109">
-        <v>153.048</v>
+        <v>171.132</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="B110" t="s">
-        <v>198</v>
+        <v>157</v>
       </c>
       <c r="C110">
-        <v>174.156</v>
+        <v>173.928</v>
       </c>
       <c r="D110" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>203</v>
+        <v>160</v>
       </c>
       <c r="B111" t="s">
-        <v>204</v>
+        <v>161</v>
       </c>
       <c r="C111">
-        <v>176.52</v>
+        <v>184.536</v>
       </c>
       <c r="D111" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>207</v>
+        <v>174</v>
       </c>
       <c r="B112" t="s">
-        <v>208</v>
+        <v>175</v>
       </c>
       <c r="C112">
-        <v>193.464</v>
+        <v>207.912</v>
       </c>
       <c r="D112" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>209</v>
+        <v>176</v>
       </c>
       <c r="B113" t="s">
-        <v>210</v>
+        <v>177</v>
       </c>
       <c r="C113">
-        <v>203.82</v>
+        <v>209.268</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>211</v>
+        <v>178</v>
       </c>
       <c r="B114" t="s">
-        <v>212</v>
+        <v>179</v>
       </c>
       <c r="C114">
-        <v>212.952</v>
+        <v>211.608</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="B115" t="s">
-        <v>214</v>
+        <v>183</v>
       </c>
       <c r="C115">
-        <v>216.612</v>
+        <v>213.9</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>215</v>
+        <v>188</v>
       </c>
       <c r="B116" t="s">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="C116">
-        <v>219.312</v>
+        <v>216.612</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>217</v>
+        <v>196</v>
       </c>
       <c r="B117" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="C117">
-        <v>234.672</v>
+        <v>220.992</v>
       </c>
       <c r="D117" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="B118" t="s">
-        <v>220</v>
+        <v>207</v>
       </c>
       <c r="C118">
-        <v>251.4</v>
+        <v>232.704</v>
       </c>
       <c r="D118" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>221</v>
+        <v>208</v>
       </c>
       <c r="B119" t="s">
-        <v>222</v>
+        <v>209</v>
       </c>
       <c r="C119">
-        <v>270.696</v>
+        <v>233.484</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="B120" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="C120">
-        <v>274.08</v>
+        <v>234.672</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B121" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="C121">
-        <v>278.124</v>
+        <v>245.676</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="B122" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="C122">
-        <v>282.912</v>
+        <v>247.044</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="B123" t="s">
-        <v>230</v>
+        <v>217</v>
       </c>
       <c r="C123">
-        <v>287.448</v>
+        <v>247.152</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="B124" t="s">
-        <v>232</v>
+        <v>219</v>
       </c>
       <c r="C124">
-        <v>292.776</v>
+        <v>263.064</v>
       </c>
       <c r="D124" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="B125" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="C125">
-        <v>298.524</v>
+        <v>265.464</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="B126" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="C126">
-        <v>304.74</v>
+        <v>269.388</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="B127" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="C127">
-        <v>304.74</v>
+        <v>271.212</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>239</v>
+        <v>226</v>
       </c>
       <c r="B128" t="s">
-        <v>240</v>
+        <v>227</v>
       </c>
       <c r="C128">
-        <v>312.624</v>
+        <v>273.3</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>241</v>
+        <v>228</v>
       </c>
       <c r="B129" t="s">
-        <v>242</v>
+        <v>229</v>
       </c>
       <c r="C129">
-        <v>328.692</v>
+        <v>278.016</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="B130" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="C130">
-        <v>338.244</v>
+        <v>282.168</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="B131" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
       <c r="C131">
-        <v>346.656</v>
+        <v>282.456</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="B132" t="s">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="C132">
-        <v>352.632</v>
+        <v>287.7</v>
       </c>
       <c r="D132" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>249</v>
+        <v>236</v>
       </c>
       <c r="B133" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
       <c r="C133">
-        <v>358.176</v>
+        <v>297.336</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="B134" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="C134">
-        <v>359.004</v>
+        <v>299.448</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="B135" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="C135">
-        <v>363.804</v>
+        <v>301.188</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="B136" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="C136">
-        <v>379.164</v>
+        <v>316.632</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="B137" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="C137">
-        <v>380.736</v>
+        <v>319.224</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="B138" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="C138">
-        <v>387.588</v>
+        <v>322.992</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="B139" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="C139">
-        <v>387.588</v>
+        <v>328.056</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="B140" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="C140">
-        <v>395.376</v>
+        <v>346.512</v>
       </c>
       <c r="D140" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="B141" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="C141">
-        <v>395.376</v>
+        <v>348.528</v>
       </c>
       <c r="D141" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="B142" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="C142">
-        <v>397.836</v>
+        <v>353.856</v>
       </c>
       <c r="D142" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>269</v>
+        <v>256</v>
       </c>
       <c r="B143" t="s">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="C143">
-        <v>399.072</v>
+        <v>361.872</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>271</v>
+        <v>258</v>
       </c>
       <c r="B144" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="C144">
-        <v>399.756</v>
+        <v>362.22</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
       <c r="B145" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="C145">
-        <v>421.008</v>
+        <v>372.588</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="B146" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
       <c r="C146">
-        <v>435.048</v>
+        <v>380.868</v>
       </c>
       <c r="D146" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>277</v>
+        <v>264</v>
       </c>
       <c r="B147" t="s">
-        <v>278</v>
+        <v>265</v>
       </c>
       <c r="C147">
-        <v>451.452</v>
+        <v>380.868</v>
       </c>
       <c r="D147" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>279</v>
+        <v>266</v>
       </c>
       <c r="B148" t="s">
-        <v>280</v>
+        <v>267</v>
       </c>
       <c r="C148">
-        <v>451.452</v>
+        <v>384.0</v>
       </c>
       <c r="D148" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="B149" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
       <c r="C149">
-        <v>457.512</v>
+        <v>384.0</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="B150" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="C150">
-        <v>457.548</v>
+        <v>386.172</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="B151" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="C151">
-        <v>462.48</v>
+        <v>388.524</v>
       </c>
       <c r="D151" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="B152" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="C152">
-        <v>473.736</v>
+        <v>388.524</v>
       </c>
       <c r="D152" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B153" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="C153">
-        <v>473.844</v>
+        <v>398.028</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="B154" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="C154">
-        <v>473.844</v>
+        <v>408.216</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="B155" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="C155">
-        <v>473.844</v>
+        <v>413.712</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="B156" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="C156">
-        <v>484.32</v>
+        <v>413.832</v>
       </c>
       <c r="D156" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="B157" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="C157">
-        <v>506.16</v>
+        <v>413.832</v>
       </c>
       <c r="D157" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="B158" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="C158">
-        <v>510.24</v>
+        <v>417.156</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="B159" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="C159">
-        <v>511.8</v>
+        <v>420.36</v>
       </c>
       <c r="D159" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>301</v>
+        <v>290</v>
       </c>
       <c r="B160" t="s">
-        <v>302</v>
+        <v>291</v>
       </c>
       <c r="C160">
-        <v>517.152</v>
+        <v>425.748</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>303</v>
+        <v>292</v>
       </c>
       <c r="B161" t="s">
-        <v>304</v>
+        <v>293</v>
       </c>
       <c r="C161">
-        <v>539.952</v>
+        <v>427.056</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="B162" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="C162">
-        <v>550.548</v>
+        <v>427.5</v>
       </c>
       <c r="D162" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="B163" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="C163">
-        <v>559.92</v>
+        <v>435.972</v>
       </c>
       <c r="D163" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="B164" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="C164">
-        <v>578.628</v>
+        <v>442.176</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>311</v>
+        <v>300</v>
       </c>
       <c r="B165" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="C165">
-        <v>598.596</v>
+        <v>448.188</v>
       </c>
       <c r="D165" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="B166" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="C166">
-        <v>602.388</v>
+        <v>449.58</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B167" t="s">
-        <v>315</v>
+        <v>304</v>
       </c>
       <c r="C167">
-        <v>622.38</v>
+        <v>449.616</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>316</v>
+        <v>305</v>
       </c>
       <c r="B168" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="C168">
-        <v>647.976</v>
+        <v>451.488</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>318</v>
+        <v>307</v>
       </c>
       <c r="B169" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="C169">
-        <v>647.976</v>
+        <v>451.488</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B170" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="C170">
-        <v>652.968</v>
+        <v>462.48</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="B171" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="C171">
-        <v>656.76</v>
+        <v>462.636</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>323</v>
+        <v>294</v>
       </c>
       <c r="B172" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="C172">
-        <v>669.012</v>
+        <v>465.636</v>
       </c>
       <c r="D172" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="B173" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="C173">
-        <v>670.212</v>
+        <v>469.26</v>
       </c>
       <c r="D173" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="B174" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="C174">
-        <v>681.132</v>
+        <v>473.28</v>
       </c>
       <c r="D174" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="B175" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="C175">
-        <v>697.392</v>
+        <v>473.28</v>
       </c>
       <c r="D175" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="B176" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="C176">
-        <v>818.232</v>
+        <v>473.736</v>
       </c>
       <c r="D176" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="B177" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="C177">
-        <v>860.976</v>
+        <v>484.296</v>
       </c>
       <c r="D177" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="B178" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="C178">
-        <v>861.084</v>
+        <v>484.296</v>
       </c>
       <c r="D178" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="B179" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="C179">
-        <v>861.084</v>
+        <v>484.368</v>
       </c>
       <c r="D179" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="B180" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="C180">
-        <v>886.572</v>
+        <v>490.092</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="B181" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="C181">
-        <v>886.68</v>
+        <v>501.396</v>
       </c>
       <c r="D181" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
       <c r="B182" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="C182">
-        <v>922.86</v>
+        <v>506.208</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>344</v>
+        <v>334</v>
       </c>
       <c r="B183" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="C183">
-        <v>923.712</v>
+        <v>511.86</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>346</v>
+        <v>336</v>
       </c>
       <c r="B184" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="C184">
-        <v>935.196</v>
+        <v>515.184</v>
       </c>
       <c r="D184" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="B185" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="C185">
-        <v>960.588</v>
+        <v>525.864</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="B186" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="C186">
-        <v>969.6</v>
+        <v>525.864</v>
       </c>
       <c r="D186" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="B187" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="C187">
-        <v>1008.54</v>
+        <v>534.444</v>
       </c>
       <c r="D187" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="B188" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="C188">
-        <v>1673.94</v>
+        <v>538.764</v>
       </c>
       <c r="D188" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>273</v>
+        <v>346</v>
       </c>
       <c r="B189" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="C189">
-        <v>1872.324</v>
+        <v>550.212</v>
       </c>
       <c r="D189" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
+        <v>348</v>
+      </c>
+      <c r="B190" t="s">
+        <v>349</v>
+      </c>
+      <c r="C190">
+        <v>550.548</v>
+      </c>
+      <c r="D190" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>350</v>
+      </c>
+      <c r="B191" t="s">
+        <v>351</v>
+      </c>
+      <c r="C191">
+        <v>583.116</v>
+      </c>
+      <c r="D191" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>352</v>
+      </c>
+      <c r="B192" t="s">
+        <v>353</v>
+      </c>
+      <c r="C192">
+        <v>602.904</v>
+      </c>
+      <c r="D192" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>354</v>
+      </c>
+      <c r="B193" t="s">
+        <v>355</v>
+      </c>
+      <c r="C193">
+        <v>602.904</v>
+      </c>
+      <c r="D193" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>356</v>
+      </c>
+      <c r="B194" t="s">
         <v>357</v>
       </c>
-      <c r="B190" t="s">
+      <c r="C194">
+        <v>606.96</v>
+      </c>
+      <c r="D194" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
         <v>358</v>
       </c>
-      <c r="C190">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="B195" t="s">
+        <v>359</v>
+      </c>
+      <c r="C195">
+        <v>606.96</v>
+      </c>
+      <c r="D195" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>360</v>
+      </c>
+      <c r="B196" t="s">
+        <v>361</v>
+      </c>
+      <c r="C196">
+        <v>640.464</v>
+      </c>
+      <c r="D196" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>360</v>
+      </c>
+      <c r="B197" t="s">
+        <v>362</v>
+      </c>
+      <c r="C197">
+        <v>640.584</v>
+      </c>
+      <c r="D197" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>363</v>
+      </c>
+      <c r="B198" t="s">
+        <v>364</v>
+      </c>
+      <c r="C198">
+        <v>640.584</v>
+      </c>
+      <c r="D198" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>365</v>
+      </c>
+      <c r="B199" t="s">
+        <v>366</v>
+      </c>
+      <c r="C199">
+        <v>645.372</v>
+      </c>
+      <c r="D199" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>367</v>
+      </c>
+      <c r="B200" t="s">
+        <v>368</v>
+      </c>
+      <c r="C200">
+        <v>657.408</v>
+      </c>
+      <c r="D200" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>369</v>
+      </c>
+      <c r="B201" t="s">
+        <v>370</v>
+      </c>
+      <c r="C201">
+        <v>658.596</v>
+      </c>
+      <c r="D201" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>12</v>
+      </c>
+      <c r="B202" t="s">
+        <v>13</v>
+      </c>
+      <c r="C202">
+        <v>33.6</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>92</v>
+      </c>
+      <c r="B203" t="s">
+        <v>93</v>
+      </c>
+      <c r="C203">
+        <v>113.772</v>
+      </c>
+      <c r="D203" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>150</v>
+      </c>
+      <c r="B204" t="s">
+        <v>151</v>
+      </c>
+      <c r="C204">
+        <v>171.132</v>
+      </c>
+      <c r="D204" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>160</v>
+      </c>
+      <c r="B205" t="s">
+        <v>161</v>
+      </c>
+      <c r="C205">
+        <v>184.536</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>176</v>
+      </c>
+      <c r="B206" t="s">
+        <v>177</v>
+      </c>
+      <c r="C206">
+        <v>209.268</v>
+      </c>
+      <c r="D206" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>178</v>
+      </c>
+      <c r="B207" t="s">
+        <v>179</v>
+      </c>
+      <c r="C207">
+        <v>211.608</v>
+      </c>
+      <c r="D207" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>182</v>
+      </c>
+      <c r="B208" t="s">
+        <v>183</v>
+      </c>
+      <c r="C208">
+        <v>213.9</v>
+      </c>
+      <c r="D208" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>210</v>
+      </c>
+      <c r="B209" t="s">
+        <v>211</v>
+      </c>
+      <c r="C209">
+        <v>234.672</v>
+      </c>
+      <c r="D209" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>214</v>
+      </c>
+      <c r="B210" t="s">
+        <v>215</v>
+      </c>
+      <c r="C210">
+        <v>247.044</v>
+      </c>
+      <c r="D210" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>218</v>
+      </c>
+      <c r="B211" t="s">
+        <v>219</v>
+      </c>
+      <c r="C211">
+        <v>263.064</v>
+      </c>
+      <c r="D211" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>222</v>
+      </c>
+      <c r="B212" t="s">
+        <v>223</v>
+      </c>
+      <c r="C212">
+        <v>269.388</v>
+      </c>
+      <c r="D212" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>226</v>
+      </c>
+      <c r="B213" t="s">
+        <v>227</v>
+      </c>
+      <c r="C213">
+        <v>273.3</v>
+      </c>
+      <c r="D213" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>230</v>
+      </c>
+      <c r="B214" t="s">
+        <v>231</v>
+      </c>
+      <c r="C214">
+        <v>282.168</v>
+      </c>
+      <c r="D214" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>232</v>
+      </c>
+      <c r="B215" t="s">
+        <v>233</v>
+      </c>
+      <c r="C215">
+        <v>282.456</v>
+      </c>
+      <c r="D215" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>234</v>
+      </c>
+      <c r="B216" t="s">
+        <v>235</v>
+      </c>
+      <c r="C216">
+        <v>287.7</v>
+      </c>
+      <c r="D216" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>238</v>
+      </c>
+      <c r="B217" t="s">
+        <v>239</v>
+      </c>
+      <c r="C217">
+        <v>299.448</v>
+      </c>
+      <c r="D217" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>246</v>
+      </c>
+      <c r="B218" t="s">
+        <v>247</v>
+      </c>
+      <c r="C218">
+        <v>322.992</v>
+      </c>
+      <c r="D218" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>250</v>
+      </c>
+      <c r="B219" t="s">
+        <v>251</v>
+      </c>
+      <c r="C219">
+        <v>346.512</v>
+      </c>
+      <c r="D219" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>252</v>
+      </c>
+      <c r="B220" t="s">
+        <v>253</v>
+      </c>
+      <c r="C220">
+        <v>348.528</v>
+      </c>
+      <c r="D220" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>256</v>
+      </c>
+      <c r="B221" t="s">
+        <v>257</v>
+      </c>
+      <c r="C221">
+        <v>361.872</v>
+      </c>
+      <c r="D221" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>258</v>
+      </c>
+      <c r="B222" t="s">
+        <v>259</v>
+      </c>
+      <c r="C222">
+        <v>362.22</v>
+      </c>
+      <c r="D222" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>260</v>
+      </c>
+      <c r="B223" t="s">
+        <v>261</v>
+      </c>
+      <c r="C223">
+        <v>372.588</v>
+      </c>
+      <c r="D223" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>262</v>
+      </c>
+      <c r="B224" t="s">
+        <v>263</v>
+      </c>
+      <c r="C224">
+        <v>380.868</v>
+      </c>
+      <c r="D224" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>264</v>
+      </c>
+      <c r="B225" t="s">
+        <v>265</v>
+      </c>
+      <c r="C225">
+        <v>380.868</v>
+      </c>
+      <c r="D225" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>266</v>
+      </c>
+      <c r="B226" t="s">
+        <v>267</v>
+      </c>
+      <c r="C226">
+        <v>384.0</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>268</v>
+      </c>
+      <c r="B227" t="s">
+        <v>269</v>
+      </c>
+      <c r="C227">
+        <v>384.0</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>270</v>
+      </c>
+      <c r="B228" t="s">
+        <v>271</v>
+      </c>
+      <c r="C228">
+        <v>386.172</v>
+      </c>
+      <c r="D228" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>272</v>
+      </c>
+      <c r="B229" t="s">
+        <v>273</v>
+      </c>
+      <c r="C229">
+        <v>388.524</v>
+      </c>
+      <c r="D229" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>274</v>
+      </c>
+      <c r="B230" t="s">
+        <v>275</v>
+      </c>
+      <c r="C230">
+        <v>388.524</v>
+      </c>
+      <c r="D230" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>278</v>
+      </c>
+      <c r="B231" t="s">
+        <v>279</v>
+      </c>
+      <c r="C231">
+        <v>408.216</v>
+      </c>
+      <c r="D231" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>280</v>
+      </c>
+      <c r="B232" t="s">
+        <v>281</v>
+      </c>
+      <c r="C232">
+        <v>413.712</v>
+      </c>
+      <c r="D232" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>282</v>
+      </c>
+      <c r="B233" t="s">
+        <v>283</v>
+      </c>
+      <c r="C233">
+        <v>413.832</v>
+      </c>
+      <c r="D233" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>284</v>
+      </c>
+      <c r="B234" t="s">
+        <v>285</v>
+      </c>
+      <c r="C234">
+        <v>413.832</v>
+      </c>
+      <c r="D234" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>288</v>
+      </c>
+      <c r="B235" t="s">
+        <v>289</v>
+      </c>
+      <c r="C235">
+        <v>420.36</v>
+      </c>
+      <c r="D235" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>290</v>
+      </c>
+      <c r="B236" t="s">
+        <v>291</v>
+      </c>
+      <c r="C236">
+        <v>425.748</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>294</v>
+      </c>
+      <c r="B237" t="s">
+        <v>295</v>
+      </c>
+      <c r="C237">
+        <v>427.5</v>
+      </c>
+      <c r="D237" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>298</v>
+      </c>
+      <c r="B238" t="s">
+        <v>299</v>
+      </c>
+      <c r="C238">
+        <v>442.176</v>
+      </c>
+      <c r="D238" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>300</v>
+      </c>
+      <c r="B239" t="s">
+        <v>301</v>
+      </c>
+      <c r="C239">
+        <v>448.188</v>
+      </c>
+      <c r="D239" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>302</v>
+      </c>
+      <c r="B240" t="s">
+        <v>303</v>
+      </c>
+      <c r="C240">
+        <v>449.58</v>
+      </c>
+      <c r="D240" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>302</v>
+      </c>
+      <c r="B241" t="s">
+        <v>304</v>
+      </c>
+      <c r="C241">
+        <v>449.616</v>
+      </c>
+      <c r="D241" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>305</v>
+      </c>
+      <c r="B242" t="s">
+        <v>306</v>
+      </c>
+      <c r="C242">
+        <v>451.488</v>
+      </c>
+      <c r="D242" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>307</v>
+      </c>
+      <c r="B243" t="s">
+        <v>308</v>
+      </c>
+      <c r="C243">
+        <v>451.488</v>
+      </c>
+      <c r="D243" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>309</v>
+      </c>
+      <c r="B244" t="s">
+        <v>310</v>
+      </c>
+      <c r="C244">
+        <v>462.48</v>
+      </c>
+      <c r="D244" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>294</v>
+      </c>
+      <c r="B245" t="s">
+        <v>313</v>
+      </c>
+      <c r="C245">
+        <v>465.636</v>
+      </c>
+      <c r="D245" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>314</v>
+      </c>
+      <c r="B246" t="s">
+        <v>315</v>
+      </c>
+      <c r="C246">
+        <v>469.26</v>
+      </c>
+      <c r="D246" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>316</v>
+      </c>
+      <c r="B247" t="s">
+        <v>317</v>
+      </c>
+      <c r="C247">
+        <v>473.28</v>
+      </c>
+      <c r="D247" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>318</v>
+      </c>
+      <c r="B248" t="s">
+        <v>319</v>
+      </c>
+      <c r="C248">
+        <v>473.28</v>
+      </c>
+      <c r="D248" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>322</v>
+      </c>
+      <c r="B249" t="s">
+        <v>323</v>
+      </c>
+      <c r="C249">
+        <v>484.296</v>
+      </c>
+      <c r="D249" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>324</v>
+      </c>
+      <c r="B250" t="s">
+        <v>325</v>
+      </c>
+      <c r="C250">
+        <v>484.296</v>
+      </c>
+      <c r="D250" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>328</v>
+      </c>
+      <c r="B251" t="s">
+        <v>329</v>
+      </c>
+      <c r="C251">
+        <v>490.092</v>
+      </c>
+      <c r="D251" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>330</v>
+      </c>
+      <c r="B252" t="s">
+        <v>331</v>
+      </c>
+      <c r="C252">
+        <v>501.396</v>
+      </c>
+      <c r="D252" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>336</v>
+      </c>
+      <c r="B253" t="s">
+        <v>337</v>
+      </c>
+      <c r="C253">
+        <v>515.184</v>
+      </c>
+      <c r="D253" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>340</v>
+      </c>
+      <c r="B254" t="s">
+        <v>341</v>
+      </c>
+      <c r="C254">
+        <v>525.864</v>
+      </c>
+      <c r="D254" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>344</v>
+      </c>
+      <c r="B255" t="s">
+        <v>345</v>
+      </c>
+      <c r="C255">
+        <v>538.764</v>
+      </c>
+      <c r="D255" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>346</v>
+      </c>
+      <c r="B256" t="s">
+        <v>347</v>
+      </c>
+      <c r="C256">
+        <v>550.212</v>
+      </c>
+      <c r="D256" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>348</v>
+      </c>
+      <c r="B257" t="s">
+        <v>349</v>
+      </c>
+      <c r="C257">
+        <v>550.548</v>
+      </c>
+      <c r="D257" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>350</v>
+      </c>
+      <c r="B258" t="s">
+        <v>351</v>
+      </c>
+      <c r="C258">
+        <v>583.116</v>
+      </c>
+      <c r="D258" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>356</v>
+      </c>
+      <c r="B259" t="s">
+        <v>357</v>
+      </c>
+      <c r="C259">
+        <v>606.96</v>
+      </c>
+      <c r="D259" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>358</v>
+      </c>
+      <c r="B260" t="s">
+        <v>359</v>
+      </c>
+      <c r="C260">
+        <v>606.96</v>
+      </c>
+      <c r="D260" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>360</v>
+      </c>
+      <c r="B261" t="s">
+        <v>361</v>
+      </c>
+      <c r="C261">
+        <v>640.464</v>
+      </c>
+      <c r="D261" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>360</v>
+      </c>
+      <c r="B262" t="s">
+        <v>362</v>
+      </c>
+      <c r="C262">
+        <v>640.584</v>
+      </c>
+      <c r="D262" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>363</v>
+      </c>
+      <c r="B263" t="s">
+        <v>364</v>
+      </c>
+      <c r="C263">
+        <v>640.584</v>
+      </c>
+      <c r="D263" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>365</v>
+      </c>
+      <c r="B264" t="s">
+        <v>366</v>
+      </c>
+      <c r="C264">
+        <v>645.372</v>
+      </c>
+      <c r="D264" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>367</v>
+      </c>
+      <c r="B265" t="s">
+        <v>368</v>
+      </c>
+      <c r="C265">
+        <v>657.408</v>
+      </c>
+      <c r="D265" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>371</v>
+      </c>
+      <c r="B266" t="s">
+        <v>372</v>
+      </c>
+      <c r="C266">
+        <v>666.576</v>
+      </c>
+      <c r="D266" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>373</v>
+      </c>
+      <c r="B267" t="s">
+        <v>374</v>
+      </c>
+      <c r="C267">
+        <v>669.324</v>
+      </c>
+      <c r="D267" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>375</v>
+      </c>
+      <c r="B268" t="s">
+        <v>376</v>
+      </c>
+      <c r="C268">
+        <v>678.276</v>
+      </c>
+      <c r="D268" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>377</v>
+      </c>
+      <c r="B269" t="s">
+        <v>378</v>
+      </c>
+      <c r="C269">
+        <v>681.804</v>
+      </c>
+      <c r="D269" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>379</v>
+      </c>
+      <c r="B270" t="s">
+        <v>380</v>
+      </c>
+      <c r="C270">
+        <v>685.296</v>
+      </c>
+      <c r="D270" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>381</v>
+      </c>
+      <c r="B271" t="s">
+        <v>382</v>
+      </c>
+      <c r="C271">
+        <v>710.7</v>
+      </c>
+      <c r="D271" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>383</v>
+      </c>
+      <c r="B272" t="s">
+        <v>384</v>
+      </c>
+      <c r="C272">
+        <v>714.0</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>385</v>
+      </c>
+      <c r="B273" t="s">
+        <v>386</v>
+      </c>
+      <c r="C273">
+        <v>757.188</v>
+      </c>
+      <c r="D273" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>387</v>
+      </c>
+      <c r="B274" t="s">
+        <v>388</v>
+      </c>
+      <c r="C274">
+        <v>776.772</v>
+      </c>
+      <c r="D274" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>389</v>
+      </c>
+      <c r="B275" t="s">
+        <v>390</v>
+      </c>
+      <c r="C275">
+        <v>804.048</v>
+      </c>
+      <c r="D275" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>391</v>
+      </c>
+      <c r="B276" t="s">
+        <v>392</v>
+      </c>
+      <c r="C276">
+        <v>846.048</v>
+      </c>
+      <c r="D276" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>393</v>
+      </c>
+      <c r="B277" t="s">
+        <v>394</v>
+      </c>
+      <c r="C277">
+        <v>846.156</v>
+      </c>
+      <c r="D277" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>395</v>
+      </c>
+      <c r="B278" t="s">
+        <v>396</v>
+      </c>
+      <c r="C278">
+        <v>846.156</v>
+      </c>
+      <c r="D278" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>397</v>
+      </c>
+      <c r="B279" t="s">
+        <v>398</v>
+      </c>
+      <c r="C279">
+        <v>860.292</v>
+      </c>
+      <c r="D279" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>399</v>
+      </c>
+      <c r="B280" t="s">
+        <v>400</v>
+      </c>
+      <c r="C280">
+        <v>871.2</v>
+      </c>
+      <c r="D280" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>399</v>
+      </c>
+      <c r="B281" t="s">
+        <v>401</v>
+      </c>
+      <c r="C281">
+        <v>871.308</v>
+      </c>
+      <c r="D281" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>402</v>
+      </c>
+      <c r="B282" t="s">
+        <v>403</v>
+      </c>
+      <c r="C282">
+        <v>877.104</v>
+      </c>
+      <c r="D282" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>385</v>
+      </c>
+      <c r="B283" t="s">
+        <v>404</v>
+      </c>
+      <c r="C283">
+        <v>877.104</v>
+      </c>
+      <c r="D283" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>387</v>
+      </c>
+      <c r="B284" t="s">
+        <v>405</v>
+      </c>
+      <c r="C284">
+        <v>901.908</v>
+      </c>
+      <c r="D284" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>406</v>
+      </c>
+      <c r="B285" t="s">
+        <v>407</v>
+      </c>
+      <c r="C285">
+        <v>901.908</v>
+      </c>
+      <c r="D285" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>408</v>
+      </c>
+      <c r="B286" t="s">
+        <v>409</v>
+      </c>
+      <c r="C286">
+        <v>901.908</v>
+      </c>
+      <c r="D286" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>410</v>
+      </c>
+      <c r="B287" t="s">
+        <v>411</v>
+      </c>
+      <c r="C287">
+        <v>918.984</v>
+      </c>
+      <c r="D287" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>412</v>
+      </c>
+      <c r="B288" t="s">
+        <v>413</v>
+      </c>
+      <c r="C288">
+        <v>964.824</v>
+      </c>
+      <c r="D288" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>414</v>
+      </c>
+      <c r="B289" t="s">
+        <v>415</v>
+      </c>
+      <c r="C289">
+        <v>991.056</v>
+      </c>
+      <c r="D289" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>416</v>
+      </c>
+      <c r="B290" t="s">
+        <v>417</v>
+      </c>
+      <c r="C290">
+        <v>1015.884</v>
+      </c>
+      <c r="D290" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>418</v>
+      </c>
+      <c r="B291" t="s">
+        <v>419</v>
+      </c>
+      <c r="C291">
+        <v>1128.0</v>
+      </c>
+      <c r="D291" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>420</v>
+      </c>
+      <c r="B292" t="s">
+        <v>421</v>
+      </c>
+      <c r="C292">
+        <v>1138.692</v>
+      </c>
+      <c r="D292" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>422</v>
+      </c>
+      <c r="B293" t="s">
+        <v>423</v>
+      </c>
+      <c r="C293">
+        <v>1138.692</v>
+      </c>
+      <c r="D293" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>424</v>
+      </c>
+      <c r="B294" t="s">
+        <v>425</v>
+      </c>
+      <c r="C294">
+        <v>1174.8</v>
+      </c>
+      <c r="D294" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>426</v>
+      </c>
+      <c r="B295" t="s">
+        <v>427</v>
+      </c>
+      <c r="C295">
+        <v>1535.448</v>
+      </c>
+      <c r="D295" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>280</v>
+      </c>
+      <c r="B296" t="s">
+        <v>428</v>
+      </c>
+      <c r="C296">
+        <v>1839.852</v>
+      </c>
+      <c r="D296" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>429</v>
+      </c>
+      <c r="B297" t="s">
+        <v>430</v>
+      </c>
+      <c r="C297">
+        <v>1971.828</v>
+      </c>
+      <c r="D297" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>431</v>
+      </c>
+      <c r="B298" t="s">
+        <v>432</v>
+      </c>
+      <c r="C298">
+        <v>2511.624</v>
+      </c>
+      <c r="D298" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D191"/>
+  <autoFilter ref="A1:D299"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>