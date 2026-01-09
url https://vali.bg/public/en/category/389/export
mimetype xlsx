--- v2 (2025-12-13)
+++ v3 (2026-01-09)
@@ -7,1341 +7,1422 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$299</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$351</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Memory Silicon Power 4GB DDR4 PC4-19200 2400MHz CL17 SP004GBLFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLFU240X02</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GLLTU160N02</t>
+  </si>
+  <si>
     <t>Memory Silicon Power 4GB DDR3 PC3-12800 1600MHz SP004GBLTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLTU160N02</t>
   </si>
   <si>
-    <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
-[...4 lines deleted...]
-  <si>
     <t>available</t>
   </si>
   <si>
     <t>Memory Innovation IT 8GB DDR3 1600MHz, CL11, 1.5V</t>
   </si>
   <si>
     <t>INNO-RAM-DDR3-8GB-1600</t>
   </si>
   <si>
     <t>Memory Team Group Elite DDR3 - 8GB, 1600 mhz, CL11-11-11-28 1.5V</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR3-8GB</t>
   </si>
   <si>
+    <t>Memory Kingston 4GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/4</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S6-4</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3600MHz CL17</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR3 PC3-12800 1600MHz SP008GBLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLTU160N02</t>
+  </si>
+  <si>
     <t>Memory Silicon Power 4GB DDR4 2666MHz SP004GBLFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLFU266X02</t>
   </si>
   <si>
-    <t>Memory Kingston 4GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/4</t>
-[...28 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3600MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C16RB2A-8</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 8GB DDR4 PC4-24000 3000MHz CL16 F4-3000C16S-8GISB</t>
   </si>
   <si>
     <t>GSKILL-F4-3000C16S-8GISB</t>
   </si>
   <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR4 3600MHz KF436C17BBK2/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12A-16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TTCED416G3600</t>
+  </si>
+  <si>
     <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/8</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32N22S6-8</t>
   </si>
   <si>
-    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3600MHz CL18</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Renegade Black 16GB DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C16RB12-16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 8GB DDR4 3200MHz KF432C16BB/8</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16BB-8</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade RGB 16GB DDR4 3200MHz CL16</t>
-[...1 lines deleted...]
-  <si>
     <t>KIN-RAM-KF432C16RB12A-16</t>
   </si>
   <si>
+    <t>Memory Corsair Vengeance LPX White 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2B3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2B32C16W</t>
+  </si>
+  <si>
     <t>Memory Kingston FURY Beast Black RGB 16GB DDR4 3600MHz CL18</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C18BB2A-16</t>
   </si>
   <si>
     <t>Memory Team Group T-Force Vulcan TUF DDR4 16GB (2x8GB) 3200MHz 1.35V</t>
   </si>
   <si>
     <t>TEAM-RAM-4-V-Y-16GB-3200</t>
   </si>
   <si>
-    <t>Memory Silicon Power 16GB(2x8GB) DDR4 3200MHz SP016GBLFU320B22</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16BB2A-8</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR4 3600MHz KF436C17BBK2/16</t>
-[...7 lines deleted...]
-  <si>
     <t>Memory Silicon Power XPOWER Zenith RGB 16GB DDR4 3200MHz SP016GXLZU320BSD</t>
   </si>
   <si>
     <t>SLP-RAM-016GXLZU320BSD</t>
   </si>
   <si>
     <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
   </si>
   <si>
     <t>TEAM-RAM-4-TTCED416G3200</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 16GB DDR4 3000MHz F4-3000C16S-16GISB</t>
   </si>
   <si>
     <t>GSKILL-F4-3000C16S-16GISB</t>
   </si>
   <si>
     <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/8</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32N22S8-8</t>
   </si>
   <si>
     <t>Memory Corsair Vengeance RS RGB Black 16GB(2x8GB) DDR4 3200MHz CMG16GX4M2E3200C16</t>
   </si>
   <si>
     <t>CRS-RAM-CMG16GX4M2E32C16</t>
   </si>
   <si>
-    <t>Memory Silicon Power 16GB UDIMM DDR5 5600MHz CL46 SP016GBLVU560F02</t>
-[...2 lines deleted...]
-    <t>SLP-RAM-SP016GBLVU560</t>
+    <t>Memory Team Group Elite DDR4 8GB 3200MHz CL22 TED48G3200C2201</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-8GB-3200</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL F4-2400C17S-8GNT, 8GB, DDR4, 2400MHZ, CL17</t>
+  </si>
+  <si>
+    <t>GSKILL-DDR4-8GB-F4</t>
+  </si>
+  <si>
+    <t>VENGEANCE® LPX 16GB (2 x 8GB) DDR4 DRAM 3200MHz, Black</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2Z32C16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C36BBE-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-25600 3200MHz F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 2666MHz F4-2666C19D-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19D-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 2666MHz SP008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 3000MHz F4-3000C16D-16GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16D-16GISB</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-19200 2400MHz SP008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GIS</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-21333 2666MHz F4-2666C19S-8GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19S-8GIS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 16GB DDR5 6000MHz CL36 KF560C36BWE2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BWE2-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-25600 3200MHz CL16 F4-3200C16S-8GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-8GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB 8GB DDR4 3200MHz SP008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 6000MHz CL36 KF560C36BBE2-16 EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BBE2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-25600 3200MHz CL22 SP008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 - KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Dark Gray 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVKB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 PC4-28800 3600MHz CL17 KF436C17BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB-8</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Memory Team Group Elite DDR4 8GB 2666MHz, CL19-19-19-43 1.2V</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR4-8GB-2666</t>
   </si>
   <si>
-    <t>Memory Team Group Elite DDR4 8GB 3200MHz CL22 TED48G3200C2201</t>
-[...35 lines deleted...]
-    <t>CRS-RAM-CMK16GX4M2Z32C16</t>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-16</t>
   </si>
   <si>
     <t>Memory Team Group Elite Plus DDR4 - 8GB 3200MHz CL22</t>
   </si>
   <si>
     <t>TEAM-RAM-ELITE-P-3200-8GB</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3600MHz CL16</t>
-[...56 lines deleted...]
-    <t>GSKILL-F4-2666C19S-8GIS</t>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 32GB(2x16GB) DDR4 3200MHz CMK32GX4M2E3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2E32C16W</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 UDIMM 3200MHz SP008GXLZU320BSC</t>
   </si>
   <si>
     <t>SLP-RAM-008GXLZU320BSC</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Beast White 16GB DDR5 6000MHz CL36 KF560C36BWE2-16</t>
-[...76 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Beast Black 16GB DDR4 3600MHz KF436C18BB/16</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C18BB-16</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3200MHz CL16</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2E3200C16</t>
   </si>
   <si>
     <t>CRS-RAM-CMK16GX4M2E32C16</t>
   </si>
   <si>
     <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GTZR</t>
   </si>
   <si>
     <t>GSKILL-F4-3200C16D-16GTZR</t>
   </si>
   <si>
     <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4, 3200Mhz, F4-3200C16D-16GTZRX for AMD</t>
   </si>
   <si>
     <t>GSKILL-F4-3200C16D-16GTZ</t>
   </si>
   <si>
-    <t>Memory Team Group T-Force Delta RGB White DDR4 16GB (2x8GB) 3200MHz 1.35V</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16RB2K2-16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz KF552C40BB-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF552C40BB-16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF564C32BBE-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32BBE-16</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 - KF560C30BBK2-16</t>
-[...2 lines deleted...]
-    <t>KIN-RAM-KF560C30BBK2-16</t>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB(4x32GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK4-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 32GB UDIMM DDR5 5600MHz CL46 SP032GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBLVU560</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Innovation IT DDR4 16GB 3200MHz, CL16 1.35V LD-8Chip</t>
+  </si>
+  <si>
+    <t>INNO-RAM-DDR4-16GB1</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3600MHz CMK16GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2D36C18</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston 16GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S8-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 32GB(2x16GB) DDR4, 3600MHz F4-3600C17D-32GTZR</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C17D-32GTZR</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR4 3200MHz CL16 SP016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB DDR5 5600MHz CL36 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C36BBE-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6000MHz CL38</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G6000</t>
+  </si>
+  <si>
+    <t>Memory Kingston 16GB DDR4 3200MHz CL22 UDIMM - KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>Memory Corsair DDR4 3200MHz 16GB 2x8GB CL16-20-20-38</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 5200MHz CMH32GX5M2B5200C40W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B52C40W</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6400MHz CL40</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RS RGB Black 32GB(2x16GB) DDR4 3200MHz CMG32GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMG32GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 32GB DDR5 - KF560C30BWE-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BWE-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-21333 2666MHz CL19 F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB(2x8GB) DDR4 3200MHz CL16 SP016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB DDR4 PC4-21333 2666MHz CL19 SP016GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 32GB(2x16GB) DDR4 PC4-25600 3200MHz F4-3200C16D-32GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GIS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB DDR5 - KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z Neo RGB 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GTZN</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GTZN</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black - KF560C36BBE-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BBE-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 64GB(2x32GB) DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2AK2-64</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 32GB(2x16GB) DDR4 3600MHz SP032GXLZU360BDC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLZU360BDC</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-CREATE EXPERT White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-CTCWD532-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J36-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 32GB(2x16GB) DDR4 3200MHz F4-3200C16D-32GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GVK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 32GB(2x16GB) DDR4 3600MHz F4-3600C18D-32GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-32GVK</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White 32GB(2x16GB) DDR5</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF568C36RWK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR4</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB DDR4 3200 MHz CL22 SP016GBLFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBLFU320X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 32GB(4x8GB) DDR4 3600MHz CL17</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB2AK4-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(4x16GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2AK4-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 5600MHz CL40 - Intel XMP</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBAK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB DDR5 - KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite Plus DDR4 - 16GB (2x8GB) 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELIT-P-3200-16GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 6000MHz CL30 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEK2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 5600MHz CL40 SP016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX, 32GB (2x16GB) DDR4, CMK32GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2D36C18</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB DDR5 4800MHz CL40 UDIMM SP016GBLVU480F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GBLVU480F02</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White 32GB(2x16GB) DDR5 7200MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF572C38RWK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) DDR5 OC-UDIMM 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2AK2-64</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB DDR5 5600MHz CL40 SP032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 6400MHz CL36 XMP&amp;AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B64Z36W</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 5600MHz CL40 KF556C40BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BBE-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBE-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 - KF564C32BBK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBK2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 32GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2A-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RWK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White RGB 32GB(2x16GB) DDR5</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RWAK2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 32GB (2x16GB) DDR5 6000MHz CL36 KF560C36BWE2K2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BWE2K2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 32GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18BB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB Black 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDF</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 6000MHz CL36 KF560C36BBE2AK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-560C36BBE2AK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18BB2AK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF568C36RWAK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB12AK4-6</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 32GB(2x16GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLZU320BDC</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Z DDR4 - 16GB(2x8GB) 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TLZGD416G3600</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB DDR5 - KF560C30BBEA-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEA-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White RGB 32GB(2x16GB) DDR5 6000MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-560C36BWE2AK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB (2x16GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12AK-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6000MHz CL36 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(2x16GB) DDR4 4000MHz CL19</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF440C19RB12K2-32</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF556C36BBEA-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C36BBEA-16</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3600MHz CL16</t>
-[...290 lines deleted...]
-    <t>CRS-RAM-CMK32GX5M2B64C32</t>
+    <t>Memory Kingston FURY Renegade RGB 64GB (4x16GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12AK-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 - KF564C32BBEK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBEK2-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB White DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TF4D416G3200</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Black 32GB(2x16GB) DDR5 7200MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF572C38RSK2-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB Black DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TF3D416G3200</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Black RGB 32GB (2x16GB) DDR5 6800MHz CL34</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6800J3445-TZ5RK</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 5200MHz CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF552C40BB2K2-64</t>
   </si>
   <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 6000MHz CL30 SP016GXLWU60AFSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU60AFSJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston 32GB DIMM DDR5 5600MHz CL46 2RX8 1.1V 288-pin 16Gbit</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KCP556UD8-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 OC-UDIMM 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU64AFSJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR5 5600MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BB2AK2-64</t>
+  </si>
+  <si>
+    <t>Memory GOODRAM 16GB DDR5 5600MHz CL46 - GR5600D564L46S/16G</t>
+  </si>
+  <si>
+    <t>GOOD-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RS-24</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RW-24</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 16GB, 6000Mhz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX5M1E6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White RGB 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWA-24</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black RGB 24GB DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RSA-24</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBK4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560R32RBE-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 32GB (2x16GB) DDR5 6400MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-TZ5S</t>
+  </si>
+  <si>
+    <t>Memory Crucial 16GB DDR5 5600MHz CL46 UDIMM CT16G56C46U5</t>
+  </si>
+  <si>
+    <t>CRUCIAL-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-6400 CL32 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2 x 16GB) DDR5 6400 MHz CL36-48, Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400Z36W</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Red DDR5 32GB (2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLRD5-32G</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 Black 32GB(2x16GB) DDR5 6400MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239G-FX5</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 48GB (2x24GB) DDR5-6000 CL30 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30G-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz CL38-44-44-96</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6000C38</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) DDR5 6400 MHz</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400C36</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 64GB (2x32GB) 6400MHz CL34</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD564G-64</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRW</t>
+  </si>
+  <si>
     <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 5200MHz CL40 - Intel XMP</t>
   </si>
   <si>
     <t>GSKILL-F5-5200J4040-RS5K</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 6000MHz CL30 SP016GXLWU60AFSJ</t>
-[...80 lines deleted...]
-    <t>KIN-RAM-KF560R32RBE-32</t>
+    <t>Memory Team Group T-Force XTREEM Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFXD532-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NR</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3039-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NRW - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J30-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 RGB 32GB (2x16GB) DDR5 7200MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-7200J3445-TZ5RS</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB DDR5 32GB (2x16GB) 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-DRB32GC32-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Silver/Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RSK2-64</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Royal Neo 32GB(2x16GB) DDR5-6400 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-00J3039-TR5NS</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM ARGB Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FF9D532G-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM ARGB White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFAD5-32G</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 32GB (2x16GB) DDR5 4800MHz CL40 UDIMM SP032GBLVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBLVU480F22</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Grey 32GB (2x16GB) DDR5 6000Mhz CL28 - AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX5M2B60Z28</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-8000 CL40 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-8000J40-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5, 6000MHz 32GB 2x16GB DIMM, Unbuffered, CL30-36, Intel XMP &amp; AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B60Z30W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J263H-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2E6000Z36</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2E6000Z36W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) 6400MHz</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2B6400C36</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWK2-48</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black RGB 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RSAK2-48</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RSK2-48</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Silver/Black RGB 64GB(2x32GB) DDR5 6400MHz CL32 - KF564C32RSAK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RSAK2-64</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) 6000MHz  UDIMM</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2E6000C36</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) DDR5 6400 MHz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston 64GB DDR5 4800MHz CL40 2Rx4 8G x 80-Bit EC8, KSM48R40BD4-64HA</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM48R40BD4-64HA</t>
+  </si>
+  <si>
+    <t>Memory Kingston 48GB DDR5 5600MHz CL46 ECC-DIMM 2Rx8 - KSM56E46BD8KM-48HM</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56E46BD8KM</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB White 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDH</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 White 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3040-RS5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 RGB Black 64GB(2x32GB) DDR5-6000 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3238-RM5RK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade White RGB 48GB(2x24GB) DDR5 8400MHz CL40</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF584CU40RWAK2-48</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 White 96GB(2x48GB)DDR5 6000MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-FX5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 96GB(2x48GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-RS5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-RS5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 96GB(2x48GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J303-RM5NRK</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J306-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RS5W</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RM5RK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836G32-RK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836G32-RW</t>
   </si>
   <si>
     <t>Memory Corsair Vengeance DDR5 32GB (2 x 16GB) DDR5 6400 MHz, AMD EXPO &amp; Intel XMP</t>
   </si>
   <si>
     <t>CRS-RAM-K32GX5M2B6400Z36W</t>
   </si>
   <si>
     <t>Memory Corsair Vengeance DDR5 32GB (2 x 16GB) DDR5 6400MHz, AMD EXPO &amp; Intel XMP</t>
   </si>
   <si>
     <t>CRS-RAM-MK32GX5M2B6400Z36</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Pulse 32GB (2x16GB) DDR4 3200MHz CL16 SP032GXLZU320BDI</t>
-[...59 lines deleted...]
-    <t>TEAM-RAM-5-FLRD5-32G</t>
+    <t>Memory FURY Renegade Pro 64GB(4x16GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBEK4-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-556R28RBEK4-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 6400MHz 32CL - KF564C32BBEK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBEK2-64</t>
   </si>
   <si>
     <t>Memory Team Group T-Force Vulcan Black DDR5 32GB (2x16GB) 6000MHz CL30</t>
   </si>
   <si>
     <t>TEAM-RAM-5-FLBD5-32G</t>
   </si>
   <si>
-    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz CL38-44-44-96</t>
-[...311 lines deleted...]
-    <t>KIN-RAM-KF564C32BBEK2-64</t>
+    <t>Memory Kingston Fury Renegade Silver RGB 96GB(2x48GB) DDR5 6000MHz CL32 - KF560C32RSAK2-96</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C32RSAK2-96</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade Pro 64GB(4x16GB) DDR5 6000MHz CL28 RDIMM - KF560R32RBK4-64</t>
   </si>
   <si>
     <t>KIN-RAM-KF560R32RBK4-64</t>
   </si>
   <si>
     <t>Memory Kingston Server 64GB DDR5 5600MHz CL46 ECC-DIMM x80 2Rx4 - KSM56R46BD4-64HA</t>
   </si>
   <si>
     <t>KIN-RAM-KSM56R46BD4-64HA</t>
   </si>
   <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26H-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Gray RGB DDR5 64GB (2x32GB), 5600MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH64GX5M2D5600Z4</t>
+  </si>
+  <si>
     <t>Memory Corsair Vengeance Black 64GB (2x32GB) DDR5 6400MHz CL32, CMK64GX5M2B6400C32</t>
   </si>
   <si>
     <t>CRS-RAM-CMK64GX5M2B64C32</t>
-  </si>
-[...22 lines deleted...]
-    <t>GSKILL-F5-6000J3636-IS</t>
   </si>
   <si>
     <t>KIN-RAM-KF564R32RBK4-128</t>
   </si>
   <si>
     <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBE2K4-128</t>
   </si>
   <si>
     <t>KIN-RAM-564R32RBE2K4-128</t>
   </si>
   <si>
     <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBE2K4-128</t>
   </si>
   <si>
     <t>KIN-RAM-556R28RBE2K4-128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1660,4238 +1741,4966 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D299"/>
+  <dimension ref="A1:D351"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>28.5</v>
+        <v>14.712</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>29.556</v>
+        <v>15.66</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>30.312</v>
+        <v>16.884</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>36.396</v>
+        <v>18.612</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>37.152</v>
+        <v>23.232</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>44.988</v>
+        <v>26.592</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>48.9</v>
+        <v>26.868</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>51.492</v>
+        <v>27.06</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>52.02</v>
+        <v>28.224</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>52.404</v>
+        <v>28.452</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>55.104</v>
+        <v>29.604</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>57.324</v>
+        <v>33.312</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>71.808</v>
+        <v>33.492</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>72.396</v>
+        <v>37.02</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>73.752</v>
+        <v>37.08</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>76.584</v>
+        <v>38.088</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>79.824</v>
+        <v>39.552</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" t="s">
         <v>42</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>84.132</v>
+        <v>41.22</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>86.784</v>
+        <v>42.168</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>87.348</v>
+        <v>43.44</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" t="s">
         <v>48</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>87.396</v>
+        <v>44.376</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" t="s">
         <v>50</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>88.356</v>
+        <v>45.132</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25">
-        <v>88.824</v>
+        <v>48.492</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26">
-        <v>93.9</v>
+        <v>49.596</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27">
-        <v>96.996</v>
+        <v>51.108</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28">
-        <v>98.964</v>
+        <v>51.816</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29">
-        <v>100.332</v>
+        <v>52.764</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>62</v>
       </c>
       <c r="C30">
-        <v>103.2</v>
+        <v>53.796</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>64</v>
       </c>
       <c r="C31">
-        <v>104.88</v>
+        <v>54.828</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>65</v>
       </c>
       <c r="B32" t="s">
         <v>66</v>
       </c>
       <c r="C32">
-        <v>105.216</v>
+        <v>54.828</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>67</v>
       </c>
       <c r="B33" t="s">
         <v>68</v>
       </c>
       <c r="C33">
-        <v>105.216</v>
+        <v>54.84</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>70</v>
       </c>
       <c r="C34">
-        <v>105.912</v>
+        <v>55.02</v>
       </c>
       <c r="D34" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" t="s">
         <v>72</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>106.2</v>
+        <v>56.976</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>73</v>
+      </c>
+      <c r="B36" t="s">
         <v>74</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>106.548</v>
+        <v>57.252</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" t="s">
         <v>76</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>107.22</v>
+        <v>58.368</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" t="s">
         <v>78</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>107.232</v>
+        <v>58.368</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" t="s">
         <v>80</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>107.868</v>
+        <v>58.752</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" t="s">
         <v>82</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>110.328</v>
+        <v>58.752</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" t="s">
         <v>84</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>111.852</v>
+        <v>58.992</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" t="s">
         <v>86</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>113.016</v>
+        <v>59.22</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" t="s">
         <v>88</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>113.016</v>
+        <v>59.292</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" t="s">
         <v>90</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>113.772</v>
+        <v>60.072</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" t="s">
         <v>92</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>113.772</v>
+        <v>60.072</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>93</v>
+      </c>
+      <c r="B46" t="s">
         <v>94</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>114.24</v>
+        <v>60.732</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>95</v>
+      </c>
+      <c r="B47" t="s">
         <v>96</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>114.672</v>
+        <v>60.924</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" t="s">
         <v>98</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>116.316</v>
+        <v>61.452</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" t="s">
         <v>100</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>116.316</v>
+        <v>63.108</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" t="s">
         <v>102</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>116.388</v>
+        <v>63.744</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" t="s">
         <v>104</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>117.612</v>
+        <v>63.936</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" t="s">
         <v>106</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>117.78</v>
+        <v>64.452</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" t="s">
         <v>108</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>117.972</v>
+        <v>64.764</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" t="s">
         <v>110</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>118.992</v>
+        <v>64.764</v>
       </c>
       <c r="D54" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" t="s">
         <v>112</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>122.196</v>
+        <v>64.764</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" t="s">
         <v>114</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56">
+        <v>65.052</v>
+      </c>
+      <c r="D56" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
-        <v>124.812</v>
+        <v>65.448</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>125.424</v>
+        <v>65.724</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
-        <v>125.424</v>
+        <v>66.924</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
-        <v>125.424</v>
+        <v>70.884</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
-        <v>125.976</v>
+        <v>72.096</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
-        <v>127.272</v>
+        <v>73.608</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>137.268</v>
+        <v>75.84</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>146.856</v>
+        <v>78.264</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>151.836</v>
+        <v>79.152</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>153.072</v>
+        <v>79.152</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>153.264</v>
+        <v>81.048</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>153.264</v>
+        <v>82.392</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>153.408</v>
+        <v>85.416</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>156.936</v>
+        <v>88.572</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>159.552</v>
+        <v>88.62</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>165.408</v>
+        <v>89.82</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>169.56</v>
+        <v>91.56</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>171.132</v>
+        <v>94.356</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>171.528</v>
+        <v>98.256</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
-        <v>172.62</v>
+        <v>98.508</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
-        <v>173.928</v>
+        <v>99.132</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>177.3</v>
+        <v>99.936</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>184.536</v>
+        <v>105.024</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>190.764</v>
+        <v>107.376</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>191.232</v>
+        <v>108.06</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>191.964</v>
+        <v>109.272</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>192.168</v>
+        <v>109.272</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>193.512</v>
+        <v>109.368</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>203.364</v>
+        <v>109.656</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>207.912</v>
+        <v>110.748</v>
       </c>
       <c r="D86" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>209.268</v>
+        <v>111.588</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>211.608</v>
+        <v>111.888</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>213.72</v>
+        <v>112.644</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>213.9</v>
+        <v>114.12</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>214.476</v>
+        <v>115.488</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>215.736</v>
+        <v>116.58</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>216.612</v>
+        <v>117.072</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>216.672</v>
+        <v>118.14</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>217.812</v>
+        <v>119.1</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>218.136</v>
+        <v>119.4</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>220.992</v>
+        <v>119.532</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>221.88</v>
+        <v>119.988</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>223.62</v>
+        <v>120.576</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>225.744</v>
+        <v>121.428</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>226.704</v>
+        <v>121.704</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>12</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="C103">
-        <v>71.808</v>
+        <v>26.592</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="B104" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="C104">
-        <v>104.88</v>
+        <v>26.868</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>92</v>
+        <v>26</v>
       </c>
       <c r="B105" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="C105">
-        <v>113.772</v>
+        <v>28.452</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="B106" t="s">
-        <v>105</v>
+        <v>33</v>
       </c>
       <c r="C106">
-        <v>117.612</v>
+        <v>33.492</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="B107" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="C107">
-        <v>122.196</v>
+        <v>37.02</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="B108" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="C108">
-        <v>124.812</v>
+        <v>37.08</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="B109" t="s">
-        <v>151</v>
+        <v>39</v>
       </c>
       <c r="C109">
-        <v>171.132</v>
+        <v>38.088</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="B110" t="s">
-        <v>157</v>
+        <v>42</v>
       </c>
       <c r="C110">
-        <v>173.928</v>
+        <v>41.22</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>160</v>
+        <v>45</v>
       </c>
       <c r="B111" t="s">
-        <v>161</v>
+        <v>46</v>
       </c>
       <c r="C111">
-        <v>184.536</v>
+        <v>43.44</v>
       </c>
       <c r="D111" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
       <c r="B112" t="s">
-        <v>175</v>
+        <v>50</v>
       </c>
       <c r="C112">
-        <v>207.912</v>
+        <v>45.132</v>
       </c>
       <c r="D112" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>176</v>
+        <v>53</v>
       </c>
       <c r="B113" t="s">
-        <v>177</v>
+        <v>54</v>
       </c>
       <c r="C113">
-        <v>209.268</v>
+        <v>49.596</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>178</v>
+        <v>67</v>
       </c>
       <c r="B114" t="s">
-        <v>179</v>
+        <v>68</v>
       </c>
       <c r="C114">
-        <v>211.608</v>
+        <v>54.84</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>182</v>
+        <v>69</v>
       </c>
       <c r="B115" t="s">
-        <v>183</v>
+        <v>70</v>
       </c>
       <c r="C115">
-        <v>213.9</v>
+        <v>55.02</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>188</v>
+        <v>71</v>
       </c>
       <c r="B116" t="s">
-        <v>189</v>
+        <v>72</v>
       </c>
       <c r="C116">
-        <v>216.612</v>
+        <v>56.976</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>196</v>
+        <v>73</v>
       </c>
       <c r="B117" t="s">
-        <v>197</v>
+        <v>74</v>
       </c>
       <c r="C117">
-        <v>220.992</v>
+        <v>57.252</v>
       </c>
       <c r="D117" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>206</v>
+        <v>81</v>
       </c>
       <c r="B118" t="s">
-        <v>207</v>
+        <v>82</v>
       </c>
       <c r="C118">
-        <v>232.704</v>
+        <v>58.752</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>208</v>
+        <v>83</v>
       </c>
       <c r="B119" t="s">
-        <v>209</v>
+        <v>84</v>
       </c>
       <c r="C119">
-        <v>233.484</v>
+        <v>58.992</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>210</v>
+        <v>93</v>
       </c>
       <c r="B120" t="s">
-        <v>211</v>
+        <v>94</v>
       </c>
       <c r="C120">
-        <v>234.672</v>
+        <v>60.732</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>212</v>
+        <v>99</v>
       </c>
       <c r="B121" t="s">
-        <v>213</v>
+        <v>100</v>
       </c>
       <c r="C121">
-        <v>245.676</v>
+        <v>63.108</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>214</v>
+        <v>103</v>
       </c>
       <c r="B122" t="s">
-        <v>215</v>
+        <v>104</v>
       </c>
       <c r="C122">
-        <v>247.044</v>
+        <v>63.936</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>216</v>
+        <v>105</v>
       </c>
       <c r="B123" t="s">
-        <v>217</v>
+        <v>106</v>
       </c>
       <c r="C123">
-        <v>247.152</v>
+        <v>64.452</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>218</v>
+        <v>109</v>
       </c>
       <c r="B124" t="s">
-        <v>219</v>
+        <v>110</v>
       </c>
       <c r="C124">
-        <v>263.064</v>
+        <v>64.764</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>220</v>
+        <v>111</v>
       </c>
       <c r="B125" t="s">
-        <v>221</v>
+        <v>112</v>
       </c>
       <c r="C125">
-        <v>265.464</v>
+        <v>64.764</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>222</v>
+        <v>118</v>
       </c>
       <c r="B126" t="s">
-        <v>223</v>
+        <v>119</v>
       </c>
       <c r="C126">
-        <v>269.388</v>
+        <v>65.724</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>224</v>
+        <v>120</v>
       </c>
       <c r="B127" t="s">
-        <v>225</v>
+        <v>121</v>
       </c>
       <c r="C127">
-        <v>271.212</v>
+        <v>66.924</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>226</v>
+        <v>122</v>
       </c>
       <c r="B128" t="s">
-        <v>227</v>
+        <v>123</v>
       </c>
       <c r="C128">
-        <v>273.3</v>
+        <v>70.884</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>228</v>
+        <v>134</v>
       </c>
       <c r="B129" t="s">
-        <v>229</v>
+        <v>135</v>
       </c>
       <c r="C129">
-        <v>278.016</v>
+        <v>79.152</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>230</v>
+        <v>136</v>
       </c>
       <c r="B130" t="s">
-        <v>231</v>
+        <v>137</v>
       </c>
       <c r="C130">
-        <v>282.168</v>
+        <v>81.048</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>232</v>
+        <v>140</v>
       </c>
       <c r="B131" t="s">
-        <v>233</v>
+        <v>141</v>
       </c>
       <c r="C131">
-        <v>282.456</v>
+        <v>85.416</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>234</v>
+        <v>142</v>
       </c>
       <c r="B132" t="s">
-        <v>235</v>
+        <v>143</v>
       </c>
       <c r="C132">
-        <v>287.7</v>
+        <v>88.572</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>236</v>
+        <v>144</v>
       </c>
       <c r="B133" t="s">
-        <v>237</v>
+        <v>145</v>
       </c>
       <c r="C133">
-        <v>297.336</v>
+        <v>88.62</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>238</v>
+        <v>146</v>
       </c>
       <c r="B134" t="s">
-        <v>239</v>
+        <v>147</v>
       </c>
       <c r="C134">
-        <v>299.448</v>
+        <v>89.82</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>240</v>
+        <v>148</v>
       </c>
       <c r="B135" t="s">
-        <v>241</v>
+        <v>149</v>
       </c>
       <c r="C135">
-        <v>301.188</v>
+        <v>91.56</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>242</v>
+        <v>150</v>
       </c>
       <c r="B136" t="s">
-        <v>243</v>
+        <v>151</v>
       </c>
       <c r="C136">
-        <v>316.632</v>
+        <v>94.356</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>244</v>
+        <v>154</v>
       </c>
       <c r="B137" t="s">
-        <v>245</v>
+        <v>155</v>
       </c>
       <c r="C137">
-        <v>319.224</v>
+        <v>98.508</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>246</v>
+        <v>156</v>
       </c>
       <c r="B138" t="s">
-        <v>247</v>
+        <v>157</v>
       </c>
       <c r="C138">
-        <v>322.992</v>
+        <v>99.132</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>248</v>
+        <v>162</v>
       </c>
       <c r="B139" t="s">
-        <v>249</v>
+        <v>163</v>
       </c>
       <c r="C139">
-        <v>328.056</v>
+        <v>107.376</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>250</v>
+        <v>164</v>
       </c>
       <c r="B140" t="s">
-        <v>251</v>
+        <v>165</v>
       </c>
       <c r="C140">
-        <v>346.512</v>
+        <v>108.06</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>252</v>
+        <v>166</v>
       </c>
       <c r="B141" t="s">
-        <v>253</v>
+        <v>167</v>
       </c>
       <c r="C141">
-        <v>348.528</v>
+        <v>109.272</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>254</v>
+        <v>168</v>
       </c>
       <c r="B142" t="s">
-        <v>255</v>
+        <v>169</v>
       </c>
       <c r="C142">
-        <v>353.856</v>
+        <v>109.272</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>256</v>
+        <v>170</v>
       </c>
       <c r="B143" t="s">
-        <v>257</v>
+        <v>171</v>
       </c>
       <c r="C143">
-        <v>361.872</v>
+        <v>109.368</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>258</v>
+        <v>174</v>
       </c>
       <c r="B144" t="s">
-        <v>259</v>
+        <v>175</v>
       </c>
       <c r="C144">
-        <v>362.22</v>
+        <v>110.748</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>260</v>
+        <v>178</v>
       </c>
       <c r="B145" t="s">
-        <v>261</v>
+        <v>179</v>
       </c>
       <c r="C145">
-        <v>372.588</v>
+        <v>111.888</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>262</v>
+        <v>182</v>
       </c>
       <c r="B146" t="s">
-        <v>263</v>
+        <v>183</v>
       </c>
       <c r="C146">
-        <v>380.868</v>
+        <v>114.12</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>264</v>
+        <v>188</v>
       </c>
       <c r="B147" t="s">
-        <v>265</v>
+        <v>189</v>
       </c>
       <c r="C147">
-        <v>380.868</v>
+        <v>117.072</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>266</v>
+        <v>192</v>
       </c>
       <c r="B148" t="s">
-        <v>267</v>
+        <v>193</v>
       </c>
       <c r="C148">
-        <v>384.0</v>
+        <v>119.1</v>
       </c>
       <c r="D148" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>268</v>
+        <v>194</v>
       </c>
       <c r="B149" t="s">
-        <v>269</v>
+        <v>195</v>
       </c>
       <c r="C149">
-        <v>384.0</v>
+        <v>119.4</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>270</v>
+        <v>198</v>
       </c>
       <c r="B150" t="s">
-        <v>271</v>
+        <v>199</v>
       </c>
       <c r="C150">
-        <v>386.172</v>
+        <v>119.988</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>272</v>
+        <v>200</v>
       </c>
       <c r="B151" t="s">
-        <v>273</v>
+        <v>201</v>
       </c>
       <c r="C151">
-        <v>388.524</v>
+        <v>120.576</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>274</v>
+        <v>206</v>
       </c>
       <c r="B152" t="s">
-        <v>275</v>
+        <v>207</v>
       </c>
       <c r="C152">
-        <v>388.524</v>
+        <v>121.86</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>276</v>
+        <v>208</v>
       </c>
       <c r="B153" t="s">
-        <v>277</v>
+        <v>209</v>
       </c>
       <c r="C153">
-        <v>398.028</v>
+        <v>122.136</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>278</v>
+        <v>210</v>
       </c>
       <c r="B154" t="s">
-        <v>279</v>
+        <v>211</v>
       </c>
       <c r="C154">
-        <v>408.216</v>
+        <v>123.588</v>
       </c>
       <c r="D154" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>280</v>
+        <v>212</v>
       </c>
       <c r="B155" t="s">
-        <v>281</v>
+        <v>213</v>
       </c>
       <c r="C155">
-        <v>413.712</v>
+        <v>125.736</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>282</v>
+        <v>214</v>
       </c>
       <c r="B156" t="s">
-        <v>283</v>
+        <v>215</v>
       </c>
       <c r="C156">
-        <v>413.832</v>
+        <v>126.972</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>284</v>
+        <v>216</v>
       </c>
       <c r="B157" t="s">
-        <v>285</v>
+        <v>217</v>
       </c>
       <c r="C157">
-        <v>413.832</v>
+        <v>127.572</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>286</v>
+        <v>218</v>
       </c>
       <c r="B158" t="s">
-        <v>287</v>
+        <v>219</v>
       </c>
       <c r="C158">
-        <v>417.156</v>
+        <v>127.632</v>
       </c>
       <c r="D158" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>288</v>
+        <v>220</v>
       </c>
       <c r="B159" t="s">
-        <v>289</v>
+        <v>221</v>
       </c>
       <c r="C159">
-        <v>420.36</v>
+        <v>133.848</v>
       </c>
       <c r="D159" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>290</v>
+        <v>222</v>
       </c>
       <c r="B160" t="s">
-        <v>291</v>
+        <v>223</v>
       </c>
       <c r="C160">
-        <v>425.748</v>
+        <v>135.852</v>
       </c>
       <c r="D160" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>292</v>
+        <v>224</v>
       </c>
       <c r="B161" t="s">
-        <v>293</v>
+        <v>225</v>
       </c>
       <c r="C161">
-        <v>427.056</v>
+        <v>137.088</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>294</v>
+        <v>226</v>
       </c>
       <c r="B162" t="s">
-        <v>295</v>
+        <v>227</v>
       </c>
       <c r="C162">
-        <v>427.5</v>
+        <v>138.672</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>296</v>
+        <v>228</v>
       </c>
       <c r="B163" t="s">
-        <v>297</v>
+        <v>229</v>
       </c>
       <c r="C163">
-        <v>435.972</v>
+        <v>139.116</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>298</v>
+        <v>230</v>
       </c>
       <c r="B164" t="s">
-        <v>299</v>
+        <v>231</v>
       </c>
       <c r="C164">
-        <v>442.176</v>
+        <v>139.824</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>300</v>
+        <v>232</v>
       </c>
       <c r="B165" t="s">
-        <v>301</v>
+        <v>233</v>
       </c>
       <c r="C165">
-        <v>448.188</v>
+        <v>140.016</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>302</v>
+        <v>234</v>
       </c>
       <c r="B166" t="s">
-        <v>303</v>
+        <v>235</v>
       </c>
       <c r="C166">
-        <v>449.58</v>
+        <v>141.132</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>302</v>
+        <v>236</v>
       </c>
       <c r="B167" t="s">
-        <v>304</v>
+        <v>237</v>
       </c>
       <c r="C167">
-        <v>449.616</v>
+        <v>143.436</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>305</v>
+        <v>238</v>
       </c>
       <c r="B168" t="s">
-        <v>306</v>
+        <v>239</v>
       </c>
       <c r="C168">
-        <v>451.488</v>
+        <v>143.568</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>307</v>
+        <v>240</v>
       </c>
       <c r="B169" t="s">
-        <v>308</v>
+        <v>241</v>
       </c>
       <c r="C169">
-        <v>451.488</v>
+        <v>144.276</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>309</v>
+        <v>242</v>
       </c>
       <c r="B170" t="s">
-        <v>310</v>
+        <v>243</v>
       </c>
       <c r="C170">
-        <v>462.48</v>
+        <v>145.104</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>311</v>
+        <v>244</v>
       </c>
       <c r="B171" t="s">
-        <v>312</v>
+        <v>245</v>
       </c>
       <c r="C171">
-        <v>462.636</v>
+        <v>145.692</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>294</v>
+        <v>246</v>
       </c>
       <c r="B172" t="s">
-        <v>313</v>
+        <v>247</v>
       </c>
       <c r="C172">
-        <v>465.636</v>
+        <v>145.728</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>314</v>
+        <v>248</v>
       </c>
       <c r="B173" t="s">
-        <v>315</v>
+        <v>249</v>
       </c>
       <c r="C173">
-        <v>469.26</v>
+        <v>145.86</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>316</v>
+        <v>250</v>
       </c>
       <c r="B174" t="s">
-        <v>317</v>
+        <v>251</v>
       </c>
       <c r="C174">
-        <v>473.28</v>
+        <v>146.364</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>318</v>
+        <v>206</v>
       </c>
       <c r="B175" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="C175">
-        <v>473.28</v>
+        <v>147.18</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>320</v>
+        <v>253</v>
       </c>
       <c r="B176" t="s">
-        <v>321</v>
+        <v>254</v>
       </c>
       <c r="C176">
-        <v>473.736</v>
+        <v>147.54</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>322</v>
+        <v>255</v>
       </c>
       <c r="B177" t="s">
-        <v>323</v>
+        <v>256</v>
       </c>
       <c r="C177">
-        <v>484.296</v>
+        <v>148.572</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>324</v>
+        <v>257</v>
       </c>
       <c r="B178" t="s">
-        <v>325</v>
+        <v>258</v>
       </c>
       <c r="C178">
-        <v>484.296</v>
+        <v>149.112</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>326</v>
+        <v>259</v>
       </c>
       <c r="B179" t="s">
-        <v>327</v>
+        <v>260</v>
       </c>
       <c r="C179">
-        <v>484.368</v>
+        <v>153.54</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>328</v>
+        <v>261</v>
       </c>
       <c r="B180" t="s">
-        <v>329</v>
+        <v>262</v>
       </c>
       <c r="C180">
-        <v>490.092</v>
+        <v>153.744</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>330</v>
+        <v>263</v>
       </c>
       <c r="B181" t="s">
-        <v>331</v>
+        <v>264</v>
       </c>
       <c r="C181">
-        <v>501.396</v>
+        <v>154.644</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>332</v>
+        <v>265</v>
       </c>
       <c r="B182" t="s">
-        <v>333</v>
+        <v>266</v>
       </c>
       <c r="C182">
-        <v>506.208</v>
+        <v>155.532</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>334</v>
+        <v>267</v>
       </c>
       <c r="B183" t="s">
-        <v>335</v>
+        <v>268</v>
       </c>
       <c r="C183">
-        <v>511.86</v>
+        <v>156.876</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>336</v>
+        <v>253</v>
       </c>
       <c r="B184" t="s">
-        <v>337</v>
+        <v>269</v>
       </c>
       <c r="C184">
-        <v>515.184</v>
+        <v>158.448</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>338</v>
+        <v>214</v>
       </c>
       <c r="B185" t="s">
-        <v>339</v>
+        <v>270</v>
       </c>
       <c r="C185">
-        <v>525.864</v>
+        <v>159.984</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>340</v>
+        <v>271</v>
       </c>
       <c r="B186" t="s">
-        <v>341</v>
+        <v>272</v>
       </c>
       <c r="C186">
-        <v>525.864</v>
+        <v>162.756</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>342</v>
+        <v>273</v>
       </c>
       <c r="B187" t="s">
-        <v>343</v>
+        <v>274</v>
       </c>
       <c r="C187">
-        <v>534.444</v>
+        <v>162.792</v>
       </c>
       <c r="D187" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>344</v>
+        <v>275</v>
       </c>
       <c r="B188" t="s">
-        <v>345</v>
+        <v>276</v>
       </c>
       <c r="C188">
-        <v>538.764</v>
+        <v>163.512</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>346</v>
+        <v>277</v>
       </c>
       <c r="B189" t="s">
-        <v>347</v>
+        <v>278</v>
       </c>
       <c r="C189">
-        <v>550.212</v>
+        <v>164.844</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>348</v>
+        <v>279</v>
       </c>
       <c r="B190" t="s">
-        <v>349</v>
+        <v>280</v>
       </c>
       <c r="C190">
-        <v>550.548</v>
+        <v>165.768</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>350</v>
+        <v>281</v>
       </c>
       <c r="B191" t="s">
-        <v>351</v>
+        <v>282</v>
       </c>
       <c r="C191">
-        <v>583.116</v>
+        <v>166.8</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>352</v>
+        <v>283</v>
       </c>
       <c r="B192" t="s">
-        <v>353</v>
+        <v>284</v>
       </c>
       <c r="C192">
-        <v>602.904</v>
+        <v>167.268</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>354</v>
+        <v>285</v>
       </c>
       <c r="B193" t="s">
-        <v>355</v>
+        <v>286</v>
       </c>
       <c r="C193">
-        <v>602.904</v>
+        <v>168.552</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>356</v>
+        <v>287</v>
       </c>
       <c r="B194" t="s">
-        <v>357</v>
+        <v>288</v>
       </c>
       <c r="C194">
-        <v>606.96</v>
+        <v>169.764</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>358</v>
+        <v>289</v>
       </c>
       <c r="B195" t="s">
-        <v>359</v>
+        <v>290</v>
       </c>
       <c r="C195">
-        <v>606.96</v>
+        <v>170.82</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>360</v>
+        <v>291</v>
       </c>
       <c r="B196" t="s">
-        <v>361</v>
+        <v>292</v>
       </c>
       <c r="C196">
-        <v>640.464</v>
+        <v>173.292</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>360</v>
+        <v>293</v>
       </c>
       <c r="B197" t="s">
-        <v>362</v>
+        <v>294</v>
       </c>
       <c r="C197">
-        <v>640.584</v>
+        <v>173.496</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>363</v>
+        <v>295</v>
       </c>
       <c r="B198" t="s">
-        <v>364</v>
+        <v>296</v>
       </c>
       <c r="C198">
-        <v>640.584</v>
+        <v>173.988</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>365</v>
+        <v>297</v>
       </c>
       <c r="B199" t="s">
-        <v>366</v>
+        <v>298</v>
       </c>
       <c r="C199">
-        <v>645.372</v>
+        <v>177.432</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>367</v>
+        <v>299</v>
       </c>
       <c r="B200" t="s">
-        <v>368</v>
+        <v>300</v>
       </c>
       <c r="C200">
-        <v>657.408</v>
+        <v>178.944</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>369</v>
+        <v>301</v>
       </c>
       <c r="B201" t="s">
-        <v>370</v>
+        <v>302</v>
       </c>
       <c r="C201">
-        <v>658.596</v>
+        <v>182.736</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>12</v>
       </c>
       <c r="B202" t="s">
         <v>13</v>
       </c>
       <c r="C202">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="B203" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="C203">
-        <v>113.772</v>
+        <v>37.08</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>150</v>
+        <v>81</v>
       </c>
       <c r="B204" t="s">
-        <v>151</v>
+        <v>82</v>
       </c>
       <c r="C204">
-        <v>171.132</v>
+        <v>58.752</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="B205" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="C205">
-        <v>184.536</v>
+        <v>94.356</v>
       </c>
       <c r="D205" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="B206" t="s">
-        <v>177</v>
+        <v>165</v>
       </c>
       <c r="C206">
-        <v>209.268</v>
+        <v>108.06</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="B207" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="C207">
-        <v>211.608</v>
+        <v>109.272</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="B208" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="C208">
-        <v>213.9</v>
+        <v>109.368</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>210</v>
+        <v>174</v>
       </c>
       <c r="B209" t="s">
-        <v>211</v>
+        <v>175</v>
       </c>
       <c r="C209">
-        <v>234.672</v>
+        <v>110.748</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="B210" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="C210">
-        <v>247.044</v>
+        <v>114.12</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="B211" t="s">
-        <v>219</v>
+        <v>199</v>
       </c>
       <c r="C211">
-        <v>263.064</v>
+        <v>119.988</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="B212" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="C212">
-        <v>269.388</v>
+        <v>127.572</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B213" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C213">
-        <v>273.3</v>
+        <v>135.852</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="B214" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="C214">
-        <v>282.168</v>
+        <v>137.088</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B215" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C215">
-        <v>282.456</v>
+        <v>139.116</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
         <v>234</v>
       </c>
       <c r="B216" t="s">
         <v>235</v>
       </c>
       <c r="C216">
-        <v>287.7</v>
+        <v>141.132</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>238</v>
       </c>
       <c r="B217" t="s">
         <v>239</v>
       </c>
       <c r="C217">
-        <v>299.448</v>
+        <v>143.568</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="B218" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C218">
-        <v>322.992</v>
+        <v>144.276</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="B219" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="C219">
-        <v>346.512</v>
+        <v>145.104</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B220" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C220">
-        <v>348.528</v>
+        <v>145.86</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
+        <v>255</v>
+      </c>
+      <c r="B221" t="s">
         <v>256</v>
       </c>
-      <c r="B221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221">
-        <v>361.872</v>
+        <v>148.572</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B222" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C222">
-        <v>362.22</v>
+        <v>154.644</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>260</v>
+        <v>281</v>
       </c>
       <c r="B223" t="s">
-        <v>261</v>
+        <v>282</v>
       </c>
       <c r="C223">
-        <v>372.588</v>
+        <v>166.8</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>262</v>
+        <v>285</v>
       </c>
       <c r="B224" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="C224">
-        <v>380.868</v>
+        <v>168.552</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>264</v>
+        <v>299</v>
       </c>
       <c r="B225" t="s">
-        <v>265</v>
+        <v>300</v>
       </c>
       <c r="C225">
-        <v>380.868</v>
+        <v>178.944</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>266</v>
+        <v>303</v>
       </c>
       <c r="B226" t="s">
-        <v>267</v>
+        <v>304</v>
       </c>
       <c r="C226">
-        <v>384.0</v>
+        <v>186.876</v>
       </c>
       <c r="D226" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>268</v>
+        <v>305</v>
       </c>
       <c r="B227" t="s">
-        <v>269</v>
+        <v>306</v>
       </c>
       <c r="C227">
-        <v>384.0</v>
+        <v>187.056</v>
       </c>
       <c r="D227" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>270</v>
+        <v>307</v>
       </c>
       <c r="B228" t="s">
-        <v>271</v>
+        <v>308</v>
       </c>
       <c r="C228">
-        <v>386.172</v>
+        <v>192.408</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>272</v>
+        <v>309</v>
       </c>
       <c r="B229" t="s">
-        <v>273</v>
+        <v>310</v>
       </c>
       <c r="C229">
-        <v>388.524</v>
+        <v>196.332</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>274</v>
+        <v>311</v>
       </c>
       <c r="B230" t="s">
-        <v>275</v>
+        <v>312</v>
       </c>
       <c r="C230">
-        <v>388.524</v>
+        <v>196.68</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>278</v>
+        <v>313</v>
       </c>
       <c r="B231" t="s">
-        <v>279</v>
+        <v>314</v>
       </c>
       <c r="C231">
-        <v>408.216</v>
+        <v>196.68</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>280</v>
+        <v>315</v>
       </c>
       <c r="B232" t="s">
-        <v>281</v>
+        <v>316</v>
       </c>
       <c r="C232">
-        <v>413.712</v>
+        <v>197.448</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>282</v>
+        <v>317</v>
       </c>
       <c r="B233" t="s">
-        <v>283</v>
+        <v>318</v>
       </c>
       <c r="C233">
-        <v>413.832</v>
+        <v>200.64</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>284</v>
+        <v>319</v>
       </c>
       <c r="B234" t="s">
-        <v>285</v>
+        <v>320</v>
       </c>
       <c r="C234">
-        <v>413.832</v>
+        <v>200.64</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>288</v>
+        <v>321</v>
       </c>
       <c r="B235" t="s">
-        <v>289</v>
+        <v>322</v>
       </c>
       <c r="C235">
-        <v>420.36</v>
+        <v>208.716</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>290</v>
+        <v>323</v>
       </c>
       <c r="B236" t="s">
-        <v>291</v>
+        <v>324</v>
       </c>
       <c r="C236">
-        <v>425.748</v>
+        <v>213.648</v>
       </c>
       <c r="D236" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>294</v>
+        <v>325</v>
       </c>
       <c r="B237" t="s">
-        <v>295</v>
+        <v>326</v>
       </c>
       <c r="C237">
-        <v>427.5</v>
+        <v>217.08</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>298</v>
+        <v>327</v>
       </c>
       <c r="B238" t="s">
-        <v>299</v>
+        <v>328</v>
       </c>
       <c r="C238">
-        <v>442.176</v>
+        <v>217.68</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>300</v>
+        <v>329</v>
       </c>
       <c r="B239" t="s">
-        <v>301</v>
+        <v>330</v>
       </c>
       <c r="C239">
-        <v>448.188</v>
+        <v>220.764</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>302</v>
+        <v>331</v>
       </c>
       <c r="B240" t="s">
-        <v>303</v>
+        <v>332</v>
       </c>
       <c r="C240">
-        <v>449.58</v>
+        <v>226.08</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>302</v>
+        <v>333</v>
       </c>
       <c r="B241" t="s">
-        <v>304</v>
+        <v>334</v>
       </c>
       <c r="C241">
-        <v>449.616</v>
+        <v>230.844</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>305</v>
+        <v>335</v>
       </c>
       <c r="B242" t="s">
-        <v>306</v>
+        <v>336</v>
       </c>
       <c r="C242">
-        <v>451.488</v>
+        <v>231.444</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>307</v>
+        <v>337</v>
       </c>
       <c r="B243" t="s">
-        <v>308</v>
+        <v>338</v>
       </c>
       <c r="C243">
-        <v>451.488</v>
+        <v>232.188</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>309</v>
+        <v>339</v>
       </c>
       <c r="B244" t="s">
-        <v>310</v>
+        <v>340</v>
       </c>
       <c r="C244">
-        <v>462.48</v>
+        <v>236.46</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>294</v>
+        <v>341</v>
       </c>
       <c r="B245" t="s">
-        <v>313</v>
+        <v>342</v>
       </c>
       <c r="C245">
-        <v>465.636</v>
+        <v>239.928</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="B246" t="s">
-        <v>315</v>
+        <v>343</v>
       </c>
       <c r="C246">
-        <v>469.26</v>
+        <v>240.456</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>316</v>
+        <v>344</v>
       </c>
       <c r="B247" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="C247">
-        <v>473.28</v>
+        <v>242.22</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>318</v>
+        <v>346</v>
       </c>
       <c r="B248" t="s">
-        <v>319</v>
+        <v>347</v>
       </c>
       <c r="C248">
-        <v>473.28</v>
+        <v>244.404</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>322</v>
+        <v>348</v>
       </c>
       <c r="B249" t="s">
-        <v>323</v>
+        <v>349</v>
       </c>
       <c r="C249">
-        <v>484.296</v>
+        <v>244.404</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>324</v>
+        <v>350</v>
       </c>
       <c r="B250" t="s">
-        <v>325</v>
+        <v>351</v>
       </c>
       <c r="C250">
-        <v>484.296</v>
+        <v>245.424</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>328</v>
+        <v>352</v>
       </c>
       <c r="B251" t="s">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="C251">
-        <v>490.092</v>
+        <v>247.656</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>330</v>
+        <v>354</v>
       </c>
       <c r="B252" t="s">
-        <v>331</v>
+        <v>355</v>
       </c>
       <c r="C252">
-        <v>501.396</v>
+        <v>250.092</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>336</v>
+        <v>356</v>
       </c>
       <c r="B253" t="s">
-        <v>337</v>
+        <v>357</v>
       </c>
       <c r="C253">
-        <v>515.184</v>
+        <v>250.092</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>340</v>
+        <v>358</v>
       </c>
       <c r="B254" t="s">
-        <v>341</v>
+        <v>359</v>
       </c>
       <c r="C254">
-        <v>525.864</v>
+        <v>253.092</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>344</v>
+        <v>360</v>
       </c>
       <c r="B255" t="s">
-        <v>345</v>
+        <v>361</v>
       </c>
       <c r="C255">
-        <v>538.764</v>
+        <v>258.816</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="B256" t="s">
-        <v>347</v>
+        <v>363</v>
       </c>
       <c r="C256">
-        <v>550.212</v>
+        <v>258.924</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>348</v>
+        <v>364</v>
       </c>
       <c r="B257" t="s">
-        <v>349</v>
+        <v>365</v>
       </c>
       <c r="C257">
-        <v>550.548</v>
+        <v>266.04</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="B258" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="C258">
-        <v>583.116</v>
+        <v>268.872</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="B259" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="C259">
-        <v>606.96</v>
+        <v>268.872</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="B260" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="C260">
-        <v>606.96</v>
+        <v>278.22</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="B261" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="C261">
-        <v>640.464</v>
+        <v>281.484</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="B262" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="C262">
-        <v>640.584</v>
+        <v>284.136</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="B263" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="C263">
-        <v>640.584</v>
+        <v>298.14</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="B264" t="s">
-        <v>366</v>
+        <v>379</v>
       </c>
       <c r="C264">
-        <v>645.372</v>
+        <v>313.44</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
       <c r="B265" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="C265">
-        <v>657.408</v>
+        <v>313.44</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="B266" t="s">
-        <v>372</v>
+        <v>383</v>
       </c>
       <c r="C266">
-        <v>666.576</v>
+        <v>327.468</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="B267" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="C267">
-        <v>669.324</v>
+        <v>327.528</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="B268" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="C268">
-        <v>678.276</v>
+        <v>327.528</v>
       </c>
       <c r="D268" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="B269" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="C269">
-        <v>681.804</v>
+        <v>333.276</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="B270" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="C270">
-        <v>685.296</v>
+        <v>339.492</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="B271" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="C271">
-        <v>710.7</v>
+        <v>340.104</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="B272" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="C272">
-        <v>714.0</v>
+        <v>340.812</v>
       </c>
       <c r="D272" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="B273" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="C273">
-        <v>757.188</v>
+        <v>345.648</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="B274" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="C274">
-        <v>776.772</v>
+        <v>346.8</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="B275" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="C275">
-        <v>804.048</v>
+        <v>348.6</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="B276" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="C276">
-        <v>846.048</v>
+        <v>353.892</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="B277" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="C277">
-        <v>846.156</v>
+        <v>367.008</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="B278" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="C278">
-        <v>846.156</v>
+        <v>368.724</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>397</v>
+        <v>337</v>
       </c>
       <c r="B279" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="C279">
-        <v>860.292</v>
+        <v>379.248</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="B280" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
       <c r="C280">
-        <v>871.2</v>
+        <v>391.02</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="B281" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="C281">
-        <v>871.308</v>
+        <v>401.136</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="B282" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="C282">
-        <v>877.104</v>
+        <v>415.224</v>
       </c>
       <c r="D282" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>385</v>
+        <v>414</v>
       </c>
       <c r="B283" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="C283">
-        <v>877.104</v>
+        <v>436.968</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>387</v>
+        <v>416</v>
       </c>
       <c r="B284" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="C284">
-        <v>901.908</v>
+        <v>436.968</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="B285" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="C285">
-        <v>901.908</v>
+        <v>444.264</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="B286" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="C286">
-        <v>901.908</v>
+        <v>449.904</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="B287" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
       <c r="C287">
-        <v>918.984</v>
+        <v>449.952</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="B288" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="C288">
-        <v>964.824</v>
+        <v>452.94</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="B289" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="C289">
-        <v>991.056</v>
+        <v>452.94</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="B290" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="C290">
-        <v>1015.884</v>
+        <v>465.756</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="B291" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C291">
-        <v>1128.0</v>
+        <v>465.756</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B292" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="C292">
-        <v>1138.692</v>
+        <v>465.756</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B293" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C293">
-        <v>1138.692</v>
+        <v>468.0</v>
       </c>
       <c r="D293" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="B294" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="C294">
-        <v>1174.8</v>
+        <v>472.86</v>
       </c>
       <c r="D294" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
       <c r="B295" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C295">
-        <v>1535.448</v>
+        <v>474.576</v>
       </c>
       <c r="D295" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>280</v>
+        <v>437</v>
       </c>
       <c r="B296" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="C296">
-        <v>1839.852</v>
+        <v>498.24</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="B297" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="C297">
-        <v>1971.828</v>
+        <v>502.896</v>
       </c>
       <c r="D297" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
+        <v>441</v>
+      </c>
+      <c r="B298" t="s">
+        <v>442</v>
+      </c>
+      <c r="C298">
+        <v>510.936</v>
+      </c>
+      <c r="D298" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>443</v>
+      </c>
+      <c r="B299" t="s">
+        <v>444</v>
+      </c>
+      <c r="C299">
+        <v>511.788</v>
+      </c>
+      <c r="D299" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>445</v>
+      </c>
+      <c r="B300" t="s">
+        <v>446</v>
+      </c>
+      <c r="C300">
+        <v>524.616</v>
+      </c>
+      <c r="D300" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>447</v>
+      </c>
+      <c r="B301" t="s">
+        <v>448</v>
+      </c>
+      <c r="C301">
+        <v>588.036</v>
+      </c>
+      <c r="D301" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>12</v>
+      </c>
+      <c r="B302" t="s">
+        <v>13</v>
+      </c>
+      <c r="C302">
+        <v>17.184</v>
+      </c>
+      <c r="D302" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>81</v>
+      </c>
+      <c r="B303" t="s">
+        <v>82</v>
+      </c>
+      <c r="C303">
+        <v>58.752</v>
+      </c>
+      <c r="D303" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>150</v>
+      </c>
+      <c r="B304" t="s">
+        <v>151</v>
+      </c>
+      <c r="C304">
+        <v>94.356</v>
+      </c>
+      <c r="D304" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>168</v>
+      </c>
+      <c r="B305" t="s">
+        <v>169</v>
+      </c>
+      <c r="C305">
+        <v>109.272</v>
+      </c>
+      <c r="D305" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>170</v>
+      </c>
+      <c r="B306" t="s">
+        <v>171</v>
+      </c>
+      <c r="C306">
+        <v>109.368</v>
+      </c>
+      <c r="D306" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>216</v>
+      </c>
+      <c r="B307" t="s">
+        <v>217</v>
+      </c>
+      <c r="C307">
+        <v>127.572</v>
+      </c>
+      <c r="D307" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>222</v>
+      </c>
+      <c r="B308" t="s">
+        <v>223</v>
+      </c>
+      <c r="C308">
+        <v>135.852</v>
+      </c>
+      <c r="D308" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>228</v>
+      </c>
+      <c r="B309" t="s">
+        <v>229</v>
+      </c>
+      <c r="C309">
+        <v>139.116</v>
+      </c>
+      <c r="D309" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>234</v>
+      </c>
+      <c r="B310" t="s">
+        <v>235</v>
+      </c>
+      <c r="C310">
+        <v>141.132</v>
+      </c>
+      <c r="D310" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>248</v>
+      </c>
+      <c r="B311" t="s">
+        <v>249</v>
+      </c>
+      <c r="C311">
+        <v>145.86</v>
+      </c>
+      <c r="D311" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>255</v>
+      </c>
+      <c r="B312" t="s">
+        <v>256</v>
+      </c>
+      <c r="C312">
+        <v>148.572</v>
+      </c>
+      <c r="D312" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>263</v>
+      </c>
+      <c r="B313" t="s">
+        <v>264</v>
+      </c>
+      <c r="C313">
+        <v>154.644</v>
+      </c>
+      <c r="D313" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>303</v>
+      </c>
+      <c r="B314" t="s">
+        <v>304</v>
+      </c>
+      <c r="C314">
+        <v>186.876</v>
+      </c>
+      <c r="D314" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>305</v>
+      </c>
+      <c r="B315" t="s">
+        <v>306</v>
+      </c>
+      <c r="C315">
+        <v>187.056</v>
+      </c>
+      <c r="D315" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>309</v>
+      </c>
+      <c r="B316" t="s">
+        <v>310</v>
+      </c>
+      <c r="C316">
+        <v>196.332</v>
+      </c>
+      <c r="D316" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>315</v>
+      </c>
+      <c r="B317" t="s">
+        <v>316</v>
+      </c>
+      <c r="C317">
+        <v>197.448</v>
+      </c>
+      <c r="D317" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>321</v>
+      </c>
+      <c r="B318" t="s">
+        <v>322</v>
+      </c>
+      <c r="C318">
+        <v>208.716</v>
+      </c>
+      <c r="D318" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>323</v>
+      </c>
+      <c r="B319" t="s">
+        <v>324</v>
+      </c>
+      <c r="C319">
+        <v>213.648</v>
+      </c>
+      <c r="D319" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>327</v>
+      </c>
+      <c r="B320" t="s">
+        <v>328</v>
+      </c>
+      <c r="C320">
+        <v>217.68</v>
+      </c>
+      <c r="D320" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>331</v>
+      </c>
+      <c r="B321" t="s">
+        <v>332</v>
+      </c>
+      <c r="C321">
+        <v>226.08</v>
+      </c>
+      <c r="D321" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>333</v>
+      </c>
+      <c r="B322" t="s">
+        <v>334</v>
+      </c>
+      <c r="C322">
+        <v>230.844</v>
+      </c>
+      <c r="D322" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>339</v>
+      </c>
+      <c r="B323" t="s">
+        <v>340</v>
+      </c>
+      <c r="C323">
+        <v>236.46</v>
+      </c>
+      <c r="D323" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>341</v>
+      </c>
+      <c r="B324" t="s">
+        <v>342</v>
+      </c>
+      <c r="C324">
+        <v>239.928</v>
+      </c>
+      <c r="D324" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>368</v>
+      </c>
+      <c r="B325" t="s">
+        <v>369</v>
+      </c>
+      <c r="C325">
+        <v>268.872</v>
+      </c>
+      <c r="D325" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>370</v>
+      </c>
+      <c r="B326" t="s">
+        <v>371</v>
+      </c>
+      <c r="C326">
+        <v>278.22</v>
+      </c>
+      <c r="D326" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>376</v>
+      </c>
+      <c r="B327" t="s">
+        <v>377</v>
+      </c>
+      <c r="C327">
+        <v>298.14</v>
+      </c>
+      <c r="D327" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>382</v>
+      </c>
+      <c r="B328" t="s">
+        <v>383</v>
+      </c>
+      <c r="C328">
+        <v>327.468</v>
+      </c>
+      <c r="D328" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>382</v>
+      </c>
+      <c r="B329" t="s">
+        <v>384</v>
+      </c>
+      <c r="C329">
+        <v>327.528</v>
+      </c>
+      <c r="D329" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>385</v>
+      </c>
+      <c r="B330" t="s">
+        <v>386</v>
+      </c>
+      <c r="C330">
+        <v>327.528</v>
+      </c>
+      <c r="D330" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>393</v>
+      </c>
+      <c r="B331" t="s">
+        <v>394</v>
+      </c>
+      <c r="C331">
+        <v>340.812</v>
+      </c>
+      <c r="D331" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>395</v>
+      </c>
+      <c r="B332" t="s">
+        <v>396</v>
+      </c>
+      <c r="C332">
+        <v>345.648</v>
+      </c>
+      <c r="D332" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>397</v>
+      </c>
+      <c r="B333" t="s">
+        <v>398</v>
+      </c>
+      <c r="C333">
+        <v>346.8</v>
+      </c>
+      <c r="D333" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>399</v>
+      </c>
+      <c r="B334" t="s">
+        <v>400</v>
+      </c>
+      <c r="C334">
+        <v>348.6</v>
+      </c>
+      <c r="D334" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>403</v>
+      </c>
+      <c r="B335" t="s">
+        <v>404</v>
+      </c>
+      <c r="C335">
+        <v>367.008</v>
+      </c>
+      <c r="D335" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>405</v>
+      </c>
+      <c r="B336" t="s">
+        <v>406</v>
+      </c>
+      <c r="C336">
+        <v>368.724</v>
+      </c>
+      <c r="D336" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
         <v>431</v>
       </c>
-      <c r="B298" t="s">
+      <c r="B337" t="s">
         <v>432</v>
       </c>
-      <c r="C298">
-[...3 lines deleted...]
-        <v>71</v>
+      <c r="C337">
+        <v>468.0</v>
+      </c>
+      <c r="D337" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>433</v>
+      </c>
+      <c r="B338" t="s">
+        <v>434</v>
+      </c>
+      <c r="C338">
+        <v>472.86</v>
+      </c>
+      <c r="D338" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>435</v>
+      </c>
+      <c r="B339" t="s">
+        <v>436</v>
+      </c>
+      <c r="C339">
+        <v>474.576</v>
+      </c>
+      <c r="D339" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>437</v>
+      </c>
+      <c r="B340" t="s">
+        <v>438</v>
+      </c>
+      <c r="C340">
+        <v>498.24</v>
+      </c>
+      <c r="D340" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>439</v>
+      </c>
+      <c r="B341" t="s">
+        <v>440</v>
+      </c>
+      <c r="C341">
+        <v>502.896</v>
+      </c>
+      <c r="D341" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>441</v>
+      </c>
+      <c r="B342" t="s">
+        <v>442</v>
+      </c>
+      <c r="C342">
+        <v>510.936</v>
+      </c>
+      <c r="D342" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>443</v>
+      </c>
+      <c r="B343" t="s">
+        <v>444</v>
+      </c>
+      <c r="C343">
+        <v>511.788</v>
+      </c>
+      <c r="D343" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>445</v>
+      </c>
+      <c r="B344" t="s">
+        <v>446</v>
+      </c>
+      <c r="C344">
+        <v>524.616</v>
+      </c>
+      <c r="D344" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>449</v>
+      </c>
+      <c r="B345" t="s">
+        <v>450</v>
+      </c>
+      <c r="C345">
+        <v>588.036</v>
+      </c>
+      <c r="D345" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4">
+      <c r="A346" t="s">
+        <v>451</v>
+      </c>
+      <c r="B346" t="s">
+        <v>452</v>
+      </c>
+      <c r="C346">
+        <v>676.656</v>
+      </c>
+      <c r="D346" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4">
+      <c r="A347" t="s">
+        <v>453</v>
+      </c>
+      <c r="B347" t="s">
+        <v>454</v>
+      </c>
+      <c r="C347">
+        <v>702.516</v>
+      </c>
+      <c r="D347" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348" t="s">
+        <v>323</v>
+      </c>
+      <c r="B348" t="s">
+        <v>455</v>
+      </c>
+      <c r="C348">
+        <v>950.124</v>
+      </c>
+      <c r="D348" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349" t="s">
+        <v>456</v>
+      </c>
+      <c r="B349" t="s">
+        <v>457</v>
+      </c>
+      <c r="C349">
+        <v>1018.272</v>
+      </c>
+      <c r="D349" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
+        <v>458</v>
+      </c>
+      <c r="B350" t="s">
+        <v>459</v>
+      </c>
+      <c r="C350">
+        <v>1297.032</v>
+      </c>
+      <c r="D350" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D299"/>
+  <autoFilter ref="A1:D351"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>