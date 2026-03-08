--- v3 (2026-01-09)
+++ v4 (2026-03-08)
@@ -7,1437 +7,1371 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$351</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$293</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="438">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Memory Silicon Power 4GB DDR4 PC4-19200 2400MHz CL17 SP004GBLFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLFU240X02</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
+    <t>Memory Silicon Power 4GB DDR3 PC3-12800 1600MHz SP004GBLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBLTU160N02</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR3 - 8GB, 1600 mhz, CL11-11-11-28 1.5V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR3-8GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston 4GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/4</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S6-4</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2A-8</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-24000 3000MHz CL16 F4-3000C16S-8GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16S-8GISB</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TTCED416G3600</t>
+  </si>
+  <si>
+    <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S6-8</t>
+  </si>
+  <si>
     <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GLLTU160N02</t>
   </si>
   <si>
-    <t>Memory Silicon Power 4GB DDR3 PC3-12800 1600MHz SP004GBLTU160N02</t>
-[...23 lines deleted...]
-    <t>KIN-RAM-KVR32N22S6-4</t>
+    <t>Memory Kingston FURY Renegade Black 16GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR3 PC3-12800 1600MHz SP008GBLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLTU160N02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 3200MHz KF432C16BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB-8</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12A-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR4 3600MHz KF436C17BBK2/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2A-8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12A-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB 16GB DDR4 3200MHz SP016GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TTCED416G3200</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 3000MHz F4-3000C16S-16GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3000C16S-16GISB</t>
+  </si>
+  <si>
+    <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22S8-8</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RS RGB Black 16GB(2x8GB) DDR4 3200MHz CMG16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMG16GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 8GB 3200MHz CL22 TED48G3200C2201</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-8GB-3200</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>VENGEANCE® LPX 16GB (2 x 8GB) DDR4 DRAM 3200MHz, Black</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2Z32C16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 8GB 2666MHz, CL19-19-19-43 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-8GB-2666</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C36BBE-16</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2B3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2B32C16W</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 4GB DDR4 2666MHz SP004GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-25600 3200MHz F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 2666MHz SP008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-19200 2400MHz SP008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL F4-2400C17S-8GNT, 8GB, DDR4, 2400MHZ, CL17</t>
+  </si>
+  <si>
+    <t>GSKILL-DDR4-8GB-F4</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-21333 2666MHz F4-2666C19S-8GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19S-8GIS</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite Plus DDR4 - 8GB 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELITE-P-3200-8GB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-25600 3200MHz CL16 F4-3200C16S-8GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-8GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB 8GB DDR4 3200MHz SP008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVKB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 UDIMM 3200MHz SP008GXLZU320BSC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU320BSC</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4, 3200Mhz, F4-3200C16D-16GTZRX for AMD</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GTZ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 - KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-25600 3200MHz CL22 SP008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 32GB UDIMM DDR5 5600MHz CL46 SP032GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBLVU560</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 32GB(2x16GB) DDR4 3200MHz CMK32GX4M2E3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2E32C16W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3600MHz CMK16GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2D36C18</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 PC4-28800 3600MHz CL17 KF436C17BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB-8</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 32GB(2x16GB) DDR4, 3600MHz F4-3600C17D-32GTZR</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C17D-32GTZR</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR4 3200MHz CL16 SP016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BSI</t>
+  </si>
+  <si>
+    <t>Memory Corsair DDR4 3200MHz 16GB 2x8GB CL16-20-20-38</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX4M2E3200C16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3600MHz CL17</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C17BB2A-8</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3200MHz CL16</t>
-[...215 lines deleted...]
-    <t>GSKILL-F4-2666C19S-8GIS</t>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6000MHz CL38</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G6000</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 5200MHz CMH32GX5M2B5200C40W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B52C40W</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6400MHz CL40</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-21333 2666MHz CL19 F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB, DDR5, 32GB (2x16GB), 6400MHz</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-DRB32GC40-64</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB(2x8GB) DDR4 3200MHz CL16 SP016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite Plus DDR4 - 16GB (2x8GB) 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELIT-P-3200-16GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB DDR5 - KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z Neo RGB 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GTZN</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GTZN</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-CREATE EXPERT White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-CTCWD532-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 32GB(2x16GB) DDR4 3600MHz SP032GXLZU360BDC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLZU360BDC</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB(4x32GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK4-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB White 32GB(2x16GB) DDR5-6000</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J36-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J36-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 32GB(2x16GB) DDR4 3200MHz F4-3200C16D-32GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GVK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 5600MHz KF556C40BBK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 32GB(4x8GB) DDR4 3600MHz CL17</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB2AK4-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB DDR5 - KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 5200MHz F5-5200J3636C16GX2-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-52J36C-32RS5K</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 16GB 2666MHz, CL19-19-19-43 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-16GB-2666</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 32GB(2x16GB) DDR4 3200MHz F4-3200C16D-32GTZR</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GTZR</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 16GB 3200MHz, CL22-22-22-52, 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-16GB-3200</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 5600MHz CL40 SP016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX, 32GB (2x16GB) DDR4, CMK32GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2D36C18</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) DDR5 OC-UDIMM 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2AK2-64</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB DDR5 5600MHz CL40 SP032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 6400MHz CL36 XMP&amp;AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B64Z36W</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 - KF564C32BBK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBK2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDJ</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 16GB(2x8GB) DDR4 3200MHz SP016GXLZU320BDC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BDC</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White 32GB(2x16GB) DDR5</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RWK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White RGB 32GB(2x16GB) DDR5</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32RWAK2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB Black 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDF</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Z DDR4 - 16GB(2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-16GB-3200-ZGD4</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 64GB(2x32GB) DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2AK2-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB (2x16GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12AK-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6000MHz CL36 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(2x16GB) DDR4 4000MHz CL19</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF440C19RB12K2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF556C36BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C36BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 64GB (4x16GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12AK-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 - KF564C32BBEK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBEK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Black 32GB(2x16GB) DDR5 7200MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF572C38RSK2-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Black RGB 32GB (2x16GB) DDR5 6800MHz CL34</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6800J3445-TZ5RK</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 6000MHz CL30 SP016GXLWU60AFSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU60AFSJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB (2x16GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12K2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Silver/Black RGB 32GB(2x16GB) DDR5 7200MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF572C38RSAK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston 32GB DIMM DDR5 5600MHz CL46 2RX8 1.1V 288-pin 16Gbit</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KCP556UD8-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 OC-UDIMM 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU64AFSJ</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White 32GB(2x16GB) DDR5 7200MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF572C38RWK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White 64GB(2x32GB) DDR5 5200MHz CL36</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C36BWEK2-64</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 16GB, 6000Mhz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX5M1E6000Z36</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 Black 32GB(2x16GB) DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3038F-FX5</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 6400MHz CL32 F5-6400J3239G16GX2-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239G16GX</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast White RGB 64GB(2x32GB) DDR5 5200MHz CL36</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C36BWEAK2-64</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB (2x16GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB12K2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBK4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560R32RBE-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 64GB (4x16GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB12AK-64</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 64GB (2x32GB) 6400MHz CL34</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD564G-64</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 32GB (2x16GB) DDR4 3200MHz CL16 SP032GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 RGB 32GB (2x16GB) DDR5 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239G-TZ5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 32GB (2x16GB) DDR5 6400MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-TZ5S</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-TZ5RS</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-6400 CL32 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 32GB(2x16GB) DDR5 6000MHz CL30 AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z Neo RGB 64GB(2x32GB) F4-3600C18D-64GTZN</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-64GTZN</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2 x 16GB) DDR5 6400 MHz CL36-48, Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400Z36W</t>
+  </si>
+  <si>
+    <t>Memory Kingston 16GB DDR4 3200MHz CL22 UDIMM - KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White 32GB(2x16GB) DDR5 8000MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF580C38RWK2-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Red DDR5 32GB (2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLRD5-32G</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 Black 32GB(2x16GB) DDR5 6400MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239G-FX5</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 48GB (2x24GB) DDR5-6000 CL30 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30-RM5NRW</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J30G-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz CL38-44-44-96</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6000C38</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) DDR5 6400 MHz</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400C36</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade White RGB 32GB(2x16GB) DDR5 8000MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF580C38RWAK2-32</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J32-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM ARGB Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FF9D532G-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force XTREEM ARGB White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFAD5-32G</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 6000MHz CL36 KF560C36BBE2-16 EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C36BBE2-16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast White 16GB DDR5 6000MHz CL36 KF560C36BWE2-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF560C36BWE2-16</t>
   </si>
   <si>
-    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-25600 3200MHz CL16 F4-3200C16S-8GISB</t>
-[...131 lines deleted...]
-    <t>KIN-RAM-KF552C40BB-16</t>
+    <t>Memory Team Group T-Force XTREEM Black DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FFXD532-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NR</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3039-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 32GB(2x16GB) DDR5 6400MHz F5-6400J3039G16GX2-TZ5NRW - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J30-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB UDIMM DDR5 5600MHz CL46 SP016GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP016GBLVU560</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Black RGB 32GB (2x16GB) DDR5 7200MHz CL34</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-7200J3445-TZ5RK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 RGB 32GB (2x16GB) DDR5 7200MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-7200J3445-TZ5RS</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BBE-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBE-16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF564C32BBE-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32BBE-16</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3600MHz CL16</t>
-[...62 lines deleted...]
-    <t>SLP-RAM-016GXLZU320BSI</t>
+    <t>Memory G.SKILL Trident Z5 Black RGB 32GB (2x16GB) DDR5 7600MHz CL36</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-7600J3646-TZ5RK</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB DDR5 32GB (2x16GB) 6400MHz CL32</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-DRB32GC32-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 16GB DDR5 4800MHz CL40 UDIMM SP016GBLVU480F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GBLVU480F02</t>
+  </si>
+  <si>
+    <t>Memory Kingston Fury Renegade Silver/Black RGB 32GB(2x16GB) DDR5 8000MHz CL38</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF580C38RSAK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 5600MHz CL40 KF556C40BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 32GB (2x16GB) DDR5 4800MHz CL40 UDIMM SP032GBLVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBLVU480F22</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Grey 32GB (2x16GB) DDR5 6000Mhz CL28 - AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX5M2B60Z28</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 6000MHz CL30 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEK2-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB 48GB (2x24GB) DDR5-8000 CL40 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-8000J40-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5, 6000MHz 32GB 2x16GB DIMM, Unbuffered, CL30-36, Intel XMP &amp; AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B60Z30W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) DDR5 6000 MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2E6000Z36</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2E6000Z36W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2x16GB) 6400MHz</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2B6400C36</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) 6000MHz  UDIMM</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2E6000C36</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) DDR5 6400 MHz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2B6400Z36</t>
+  </si>
+  <si>
+    <t>Memory Kingston 64GB DDR5 4800MHz CL40 2Rx4 8G x 80-Bit EC8, KSM48R40BD4-64HA</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM48R40BD4-64HA</t>
+  </si>
+  <si>
+    <t>Memory Kingston 48GB DDR5 5600MHz CL46 ECC-DIMM 2Rx8 - KSM56E46BD8KM-48HM</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56E46BD8KM</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB White 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU60AFDH</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 White 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3040-RS5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 RGB Black 64GB(2x32GB) DDR5-6000 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3238-RM5RK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 96GB(2x48GB)DDR5 6000MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-FX5</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Flare X5 White 96GB(2x48GB)DDR5 6000MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-FX5W</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 96GB(2x48GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3036-RS5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6400J3239-RS5K</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 96GB(2x48GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J303-RM5NRK</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J306-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 64GB(2x32GB) DDR5 6000MHz - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RS5W</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-RM5RK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836G32-RW</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2 x 16GB) DDR5 6400 MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-K32GX5M2B6400Z36W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance DDR5 32GB (2 x 16GB) DDR5 6400MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2B6400Z36</t>
+  </si>
+  <si>
+    <t>Memory FURY Renegade Pro 64GB(4x16GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBEK4-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-556R28RBEK4-64</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 32GB DDR5 5600MHz CL36 - AMD EXPO</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C36BBE-32</t>
   </si>
   <si>
-    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6000MHz CL38</t>
-[...146 lines deleted...]
-    <t>KIN-RAM-KF432C16BB2AK4-64</t>
+    <t>Memory Team Group T-Force Vulcan Black DDR5 32GB (2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD5-32G</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 5600MHz CL40 - Intel XMP</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C40BBAK2-32</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Beast Black 32GB DDR5 - KF564C32BB-32</t>
-[...239 lines deleted...]
-    <t>GSKILL-F5-6800J3445-TZ5RK</t>
+    <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 5200MHz CL40 - Intel XMP</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-5200J4040-RS5K</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Pro 64GB(4x16GB) DDR5 6000MHz CL32 RDIMM - KF560R32RBK4-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560R32RBK4-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston Server 64GB DDR5 5600MHz CL46 ECC-DIMM x80 2Rx4 - KSM56R46BD4-64HA</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56R46BD4-64HA</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Royal Neo 64GB(2x32GB) DDR5 6000 MHz - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-36H32GX2-TR5NS</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Gray RGB DDR5 64GB (2x32GB), 5600MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH64GX5M2D5600Z4</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J2836-R5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Royal Neo 32GB(2x16GB) DDR5-6400 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-00J3039-TR5NS</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance Black 64GB (2x32GB) DDR5 6400MHz CL32, CMK64GX5M2B6400C32</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK64GX5M2B64C32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J263H-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 64GB(2x32GB) DDR5 6000MHz - Intel XMP/AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J3636-IS</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564R32RBK4-128</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 5200MHz CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF552C40BB2K2-64</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 6000MHz CL30 SP016GXLWU60AFSJ</t>
-[...16 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR5 5600MHz CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C40BB2AK2-64</t>
   </si>
   <si>
-    <t>Memory GOODRAM 16GB DDR5 5600MHz CL46 - GR5600D564L46S/16G</t>
-[...155 lines deleted...]
-    <t>TEAM-RAM-5-DRB32GC32-32</t>
+    <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 6400MHz 32CL - KF564C32BBEK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BBEK2-64</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade Silver/Black 64GB(2x32GB) DDR5 6400MHz CL32 - Intel XMP</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32RSK2-64</t>
   </si>
   <si>
-    <t>Memory G.SKILL Trident Z5 Royal Neo 32GB(2x16GB) DDR5-6400 - AMD EXPO</t>
-[...89 lines deleted...]
-    <t>CRS-RAM-32GX5M2F6000Z36</t>
+    <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 6400MHz CL32 RDIMM - KF564R32RBE2K4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-564R32RBE2K4-128</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade Silver/Black RGB 64GB(2x32GB) DDR5 6400MHz CL32 - KF564C32RSAK2-64</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32RSAK2-64</t>
   </si>
   <si>
-    <t>Memory Corsair Vengeance RGB DDR5 32GB (2x16GB) 6000MHz  UDIMM</t>
-[...86 lines deleted...]
-    <t>GSKILL-F5-6000J2836-RM5RK</t>
+    <t>Memory FURY Renegade Pro 128GB(4x32GB) DDR5 5600MHz CL28 RDIMM - KF556R28RBE2K4-128</t>
+  </si>
+  <si>
+    <t>KIN-RAM-556R28RBE2K4-128</t>
   </si>
   <si>
     <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
   </si>
   <si>
     <t>GSKILL-F5-6000J2836G32-RK</t>
   </si>
   <si>
-    <t>Memory G.SKILL Ripjaws M5 Neo RGB 64GB(2x32GB) DDR5-6000 - AMD EXPO</t>
-[...32 lines deleted...]
-    <t>TEAM-RAM-5-FLBD5-32G</t>
+    <t>Memory G.SKILL Trident Z5 Neo RGB Black 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26-TZ5NR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z5 Neo RGB White 64GB(2x32GB) DDR5 6000MHz CL26 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J26H-TZ5NRW</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade Silver RGB 96GB(2x48GB) DDR5 6000MHz CL32 - KF560C32RSAK2-96</t>
   </si>
   <si>
     <t>KIN-RAM-KF560C32RSAK2-96</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade Pro 64GB(4x16GB) DDR5 6000MHz CL28 RDIMM - KF560R32RBK4-64</t>
-[...47 lines deleted...]
-    <t>KIN-RAM-556R28RBE2K4-128</t>
+    <t>Memory Kingston FURY Beast Black 128GB(2x64GB) DDR5 5600MHz CL40 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBK2-128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1741,4966 +1675,4154 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D351"/>
+  <dimension ref="A1:D293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>14.712</v>
+        <v>14.772</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>15.66</v>
+        <v>18.984</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4">
+        <v>22.104</v>
+      </c>
+      <c r="D4" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>17.184</v>
+        <v>23.316</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>18.612</v>
+        <v>26.964</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>23.232</v>
+        <v>28.56</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>26.592</v>
+        <v>29.712</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>26.868</v>
+        <v>32.988</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>27.06</v>
+        <v>37.224</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>28.224</v>
+        <v>37.44</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>28.452</v>
+        <v>38.232</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>29.604</v>
+        <v>38.364</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>33.312</v>
+        <v>39.696</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>33.492</v>
+        <v>41.388</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>37.02</v>
+        <v>45.132</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>37.08</v>
+        <v>45.3</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>38.088</v>
+        <v>45.384</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" t="s">
         <v>40</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>39.552</v>
+        <v>48.684</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
-        <v>41.22</v>
+        <v>49.632</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
-        <v>42.168</v>
+        <v>51.3</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22">
-        <v>43.44</v>
+        <v>52.008</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23">
-        <v>44.376</v>
+        <v>52.764</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24">
-        <v>45.132</v>
+        <v>52.8</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C25">
-        <v>48.492</v>
+        <v>54.828</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26">
-        <v>49.596</v>
+        <v>55.056</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C27">
-        <v>51.108</v>
+        <v>55.2</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C28">
-        <v>51.816</v>
+        <v>55.236</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C29">
-        <v>52.764</v>
+        <v>56.088</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C30">
-        <v>53.796</v>
+        <v>56.544</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C31">
-        <v>54.828</v>
+        <v>57.192</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32">
-        <v>54.828</v>
+        <v>58.584</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C33">
-        <v>54.84</v>
+        <v>58.98</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C34">
-        <v>55.02</v>
+        <v>58.98</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C35">
-        <v>56.976</v>
+        <v>59.22</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C36">
-        <v>57.252</v>
+        <v>59.52</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C37">
-        <v>58.368</v>
+        <v>60.012</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C38">
-        <v>58.368</v>
+        <v>60.3</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C39">
-        <v>58.752</v>
+        <v>60.648</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C40">
-        <v>58.752</v>
+        <v>61.164</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C41">
-        <v>58.992</v>
+        <v>61.692</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C42">
-        <v>59.22</v>
+        <v>64.704</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C43">
-        <v>59.292</v>
+        <v>65.016</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C44">
-        <v>60.072</v>
+        <v>65.016</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C45">
-        <v>60.072</v>
+        <v>65.976</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C46">
-        <v>60.732</v>
+        <v>71.16</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C47">
-        <v>60.924</v>
+        <v>73.896</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C48">
-        <v>61.452</v>
+        <v>77.568</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C49">
-        <v>63.108</v>
+        <v>78.264</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C50">
-        <v>63.744</v>
+        <v>79.452</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C51">
-        <v>63.936</v>
+        <v>81.36</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C52">
-        <v>64.452</v>
+        <v>82.716</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C53">
-        <v>64.764</v>
+        <v>86.64</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C54">
-        <v>64.764</v>
+        <v>86.82</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C55">
-        <v>64.764</v>
+        <v>88.92</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C56">
-        <v>65.052</v>
+        <v>90.168</v>
       </c>
       <c r="D56" t="s">
-        <v>115</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
-        <v>65.448</v>
+        <v>91.908</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>65.724</v>
+        <v>95.892</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
-        <v>66.924</v>
+        <v>98.256</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
-        <v>70.884</v>
+        <v>98.892</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
-        <v>72.096</v>
+        <v>99.516</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
-        <v>73.608</v>
+        <v>102.432</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>75.84</v>
+        <v>105.432</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>78.264</v>
+        <v>107.784</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>79.152</v>
+        <v>109.368</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>79.152</v>
+        <v>109.452</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>81.048</v>
+        <v>109.596</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>82.392</v>
+        <v>109.656</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>85.416</v>
+        <v>111.072</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>88.572</v>
+        <v>113.088</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>88.62</v>
+        <v>113.772</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>89.82</v>
+        <v>114.564</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>91.56</v>
+        <v>116.4</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>94.356</v>
+        <v>117.528</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>98.256</v>
+        <v>118.596</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
-        <v>98.508</v>
+        <v>119.64</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
-        <v>99.132</v>
+        <v>119.988</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>99.936</v>
+        <v>120.072</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>105.024</v>
+        <v>120.636</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>107.376</v>
+        <v>121.032</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>108.06</v>
+        <v>121.896</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>109.272</v>
+        <v>124.776</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>109.272</v>
+        <v>126.216</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>109.368</v>
+        <v>128.124</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>109.656</v>
+        <v>130.332</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>110.748</v>
+        <v>130.8</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>111.588</v>
+        <v>136.32</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>111.888</v>
+        <v>136.8</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>112.644</v>
+        <v>137.616</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>114.12</v>
+        <v>138.672</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>115.488</v>
+        <v>141.684</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>116.58</v>
+        <v>144.0</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>117.072</v>
+        <v>144.12</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>118.14</v>
+        <v>144.276</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>119.1</v>
+        <v>146.292</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>119.4</v>
+        <v>146.424</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>119.532</v>
+        <v>147.516</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>119.988</v>
+        <v>147.756</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>120.576</v>
+        <v>148.116</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>121.428</v>
+        <v>149.148</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>121.704</v>
+        <v>149.688</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B102" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C102">
-        <v>17.184</v>
+        <v>26.964</v>
       </c>
       <c r="D102" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B103" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C103">
-        <v>26.592</v>
+        <v>37.224</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B104" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C104">
-        <v>26.868</v>
+        <v>38.232</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B105" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C105">
-        <v>28.452</v>
+        <v>41.388</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>32</v>
       </c>
       <c r="B106" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C106">
-        <v>33.492</v>
+        <v>45.384</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="B107" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="C107">
-        <v>37.02</v>
+        <v>55.056</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="B108" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="C108">
-        <v>37.08</v>
+        <v>58.98</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="B109" t="s">
-        <v>39</v>
+        <v>73</v>
       </c>
       <c r="C109">
-        <v>38.088</v>
+        <v>59.22</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="B110" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="C110">
-        <v>41.22</v>
+        <v>60.648</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="B111" t="s">
-        <v>46</v>
+        <v>87</v>
       </c>
       <c r="C111">
-        <v>43.44</v>
+        <v>64.704</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>49</v>
+        <v>92</v>
       </c>
       <c r="B112" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="C112">
-        <v>45.132</v>
+        <v>65.976</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>53</v>
+        <v>98</v>
       </c>
       <c r="B113" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="C113">
-        <v>49.596</v>
+        <v>77.568</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="B114" t="s">
-        <v>68</v>
+        <v>105</v>
       </c>
       <c r="C114">
-        <v>54.84</v>
+        <v>81.36</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>69</v>
+        <v>108</v>
       </c>
       <c r="B115" t="s">
-        <v>70</v>
+        <v>109</v>
       </c>
       <c r="C115">
-        <v>55.02</v>
+        <v>86.64</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="B116" t="s">
-        <v>72</v>
+        <v>115</v>
       </c>
       <c r="C116">
-        <v>56.976</v>
+        <v>90.168</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>74</v>
+        <v>117</v>
       </c>
       <c r="C117">
-        <v>57.252</v>
+        <v>91.908</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>81</v>
+        <v>122</v>
       </c>
       <c r="B118" t="s">
-        <v>82</v>
+        <v>123</v>
       </c>
       <c r="C118">
-        <v>58.752</v>
+        <v>98.892</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="B119" t="s">
-        <v>84</v>
+        <v>125</v>
       </c>
       <c r="C119">
-        <v>58.992</v>
+        <v>99.516</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>93</v>
+        <v>130</v>
       </c>
       <c r="B120" t="s">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="C120">
-        <v>60.732</v>
+        <v>107.784</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="B121" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="C121">
-        <v>63.108</v>
+        <v>109.368</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="B122" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
       <c r="C122">
-        <v>63.936</v>
+        <v>111.072</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>105</v>
+        <v>146</v>
       </c>
       <c r="B123" t="s">
-        <v>106</v>
+        <v>147</v>
       </c>
       <c r="C123">
-        <v>64.452</v>
+        <v>114.564</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>109</v>
+        <v>148</v>
       </c>
       <c r="B124" t="s">
-        <v>110</v>
+        <v>149</v>
       </c>
       <c r="C124">
-        <v>64.764</v>
+        <v>116.4</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>111</v>
+        <v>150</v>
       </c>
       <c r="B125" t="s">
-        <v>112</v>
+        <v>151</v>
       </c>
       <c r="C125">
-        <v>64.764</v>
+        <v>117.528</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>118</v>
+        <v>154</v>
       </c>
       <c r="B126" t="s">
-        <v>119</v>
+        <v>155</v>
       </c>
       <c r="C126">
-        <v>65.724</v>
+        <v>119.64</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
       <c r="B127" t="s">
-        <v>121</v>
+        <v>159</v>
       </c>
       <c r="C127">
-        <v>66.924</v>
+        <v>120.072</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>122</v>
+        <v>160</v>
       </c>
       <c r="B128" t="s">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="C128">
-        <v>70.884</v>
+        <v>120.636</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>134</v>
+        <v>162</v>
       </c>
       <c r="B129" t="s">
-        <v>135</v>
+        <v>163</v>
       </c>
       <c r="C129">
-        <v>79.152</v>
+        <v>121.032</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>136</v>
+        <v>170</v>
       </c>
       <c r="B130" t="s">
-        <v>137</v>
+        <v>171</v>
       </c>
       <c r="C130">
-        <v>81.048</v>
+        <v>128.124</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="B131" t="s">
-        <v>141</v>
+        <v>181</v>
       </c>
       <c r="C131">
-        <v>85.416</v>
+        <v>137.616</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>142</v>
+        <v>182</v>
       </c>
       <c r="B132" t="s">
-        <v>143</v>
+        <v>183</v>
       </c>
       <c r="C132">
-        <v>88.572</v>
+        <v>138.672</v>
       </c>
       <c r="D132" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>144</v>
+        <v>184</v>
       </c>
       <c r="B133" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="C133">
-        <v>88.62</v>
+        <v>141.684</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>146</v>
+        <v>188</v>
       </c>
       <c r="B134" t="s">
-        <v>147</v>
+        <v>189</v>
       </c>
       <c r="C134">
-        <v>89.82</v>
+        <v>144.12</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>148</v>
+        <v>190</v>
       </c>
       <c r="B135" t="s">
-        <v>149</v>
+        <v>191</v>
       </c>
       <c r="C135">
-        <v>91.56</v>
+        <v>144.276</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="B136" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="C136">
-        <v>94.356</v>
+        <v>146.292</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>154</v>
+        <v>194</v>
       </c>
       <c r="B137" t="s">
-        <v>155</v>
+        <v>195</v>
       </c>
       <c r="C137">
-        <v>98.508</v>
+        <v>146.424</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>156</v>
+        <v>202</v>
       </c>
       <c r="B138" t="s">
-        <v>157</v>
+        <v>203</v>
       </c>
       <c r="C138">
-        <v>99.132</v>
+        <v>149.148</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>162</v>
+        <v>206</v>
       </c>
       <c r="B139" t="s">
-        <v>163</v>
+        <v>207</v>
       </c>
       <c r="C139">
-        <v>107.376</v>
+        <v>155.244</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>164</v>
+        <v>208</v>
       </c>
       <c r="B140" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="C140">
-        <v>108.06</v>
+        <v>158.964</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>166</v>
+        <v>210</v>
       </c>
       <c r="B141" t="s">
-        <v>167</v>
+        <v>211</v>
       </c>
       <c r="C141">
-        <v>109.272</v>
+        <v>161.784</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>168</v>
+        <v>212</v>
       </c>
       <c r="B142" t="s">
-        <v>169</v>
+        <v>213</v>
       </c>
       <c r="C142">
-        <v>109.272</v>
+        <v>166.404</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>170</v>
+        <v>214</v>
       </c>
       <c r="B143" t="s">
-        <v>171</v>
+        <v>215</v>
       </c>
       <c r="C143">
-        <v>109.368</v>
+        <v>167.448</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>174</v>
+        <v>216</v>
       </c>
       <c r="B144" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
       <c r="C144">
-        <v>110.748</v>
+        <v>167.916</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>178</v>
+        <v>218</v>
       </c>
       <c r="B145" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="C145">
-        <v>111.888</v>
+        <v>169.212</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>182</v>
+        <v>220</v>
       </c>
       <c r="B146" t="s">
-        <v>183</v>
+        <v>221</v>
       </c>
       <c r="C146">
-        <v>114.12</v>
+        <v>170.424</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>188</v>
+        <v>222</v>
       </c>
       <c r="B147" t="s">
-        <v>189</v>
+        <v>223</v>
       </c>
       <c r="C147">
-        <v>117.072</v>
+        <v>171.48</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>192</v>
+        <v>224</v>
       </c>
       <c r="B148" t="s">
-        <v>193</v>
+        <v>225</v>
       </c>
       <c r="C148">
-        <v>119.1</v>
+        <v>174.168</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>194</v>
+        <v>226</v>
       </c>
       <c r="B149" t="s">
-        <v>195</v>
+        <v>227</v>
       </c>
       <c r="C149">
-        <v>119.4</v>
+        <v>178.116</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>198</v>
+        <v>228</v>
       </c>
       <c r="B150" t="s">
-        <v>199</v>
+        <v>229</v>
       </c>
       <c r="C150">
-        <v>119.988</v>
+        <v>183.444</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>200</v>
+        <v>230</v>
       </c>
       <c r="B151" t="s">
-        <v>201</v>
+        <v>231</v>
       </c>
       <c r="C151">
-        <v>120.576</v>
+        <v>183.672</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>206</v>
+        <v>232</v>
       </c>
       <c r="B152" t="s">
-        <v>207</v>
+        <v>233</v>
       </c>
       <c r="C152">
-        <v>121.86</v>
+        <v>185.424</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>208</v>
+        <v>234</v>
       </c>
       <c r="B153" t="s">
-        <v>209</v>
+        <v>235</v>
       </c>
       <c r="C153">
-        <v>122.136</v>
+        <v>187.596</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>210</v>
+        <v>236</v>
       </c>
       <c r="B154" t="s">
-        <v>211</v>
+        <v>237</v>
       </c>
       <c r="C154">
-        <v>123.588</v>
+        <v>187.776</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>212</v>
+        <v>238</v>
       </c>
       <c r="B155" t="s">
-        <v>213</v>
+        <v>239</v>
       </c>
       <c r="C155">
-        <v>125.736</v>
+        <v>189.456</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>214</v>
+        <v>240</v>
       </c>
       <c r="B156" t="s">
-        <v>215</v>
+        <v>241</v>
       </c>
       <c r="C156">
-        <v>126.972</v>
+        <v>196.068</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>216</v>
+        <v>242</v>
       </c>
       <c r="B157" t="s">
-        <v>217</v>
+        <v>243</v>
       </c>
       <c r="C157">
-        <v>127.572</v>
+        <v>197.448</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>218</v>
+        <v>244</v>
       </c>
       <c r="B158" t="s">
-        <v>219</v>
+        <v>245</v>
       </c>
       <c r="C158">
-        <v>127.632</v>
+        <v>204.912</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>220</v>
+        <v>246</v>
       </c>
       <c r="B159" t="s">
-        <v>221</v>
+        <v>247</v>
       </c>
       <c r="C159">
-        <v>133.848</v>
+        <v>205.74</v>
       </c>
       <c r="D159" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="B160" t="s">
-        <v>223</v>
+        <v>249</v>
       </c>
       <c r="C160">
-        <v>135.852</v>
+        <v>206.34</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>224</v>
+        <v>250</v>
       </c>
       <c r="B161" t="s">
-        <v>225</v>
+        <v>251</v>
       </c>
       <c r="C161">
-        <v>137.088</v>
+        <v>206.544</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>226</v>
+        <v>252</v>
       </c>
       <c r="B162" t="s">
-        <v>227</v>
+        <v>253</v>
       </c>
       <c r="C162">
-        <v>138.672</v>
+        <v>208.716</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>228</v>
+        <v>254</v>
       </c>
       <c r="B163" t="s">
-        <v>229</v>
+        <v>255</v>
       </c>
       <c r="C163">
-        <v>139.116</v>
+        <v>213.42</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>230</v>
+        <v>256</v>
       </c>
       <c r="B164" t="s">
-        <v>231</v>
+        <v>257</v>
       </c>
       <c r="C164">
-        <v>139.824</v>
+        <v>214.476</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>232</v>
+        <v>258</v>
       </c>
       <c r="B165" t="s">
-        <v>233</v>
+        <v>259</v>
       </c>
       <c r="C165">
-        <v>140.016</v>
+        <v>214.632</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>234</v>
+        <v>260</v>
       </c>
       <c r="B166" t="s">
-        <v>235</v>
+        <v>261</v>
       </c>
       <c r="C166">
-        <v>141.132</v>
+        <v>215.832</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="B167" t="s">
-        <v>237</v>
+        <v>263</v>
       </c>
       <c r="C167">
-        <v>143.436</v>
+        <v>216.264</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>238</v>
+        <v>264</v>
       </c>
       <c r="B168" t="s">
-        <v>239</v>
+        <v>265</v>
       </c>
       <c r="C168">
-        <v>143.568</v>
+        <v>217.92</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>240</v>
+        <v>266</v>
       </c>
       <c r="B169" t="s">
-        <v>241</v>
+        <v>267</v>
       </c>
       <c r="C169">
-        <v>144.276</v>
+        <v>217.92</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>242</v>
+        <v>264</v>
       </c>
       <c r="B170" t="s">
-        <v>243</v>
+        <v>268</v>
       </c>
       <c r="C170">
-        <v>145.104</v>
+        <v>220.776</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>244</v>
+        <v>269</v>
       </c>
       <c r="B171" t="s">
-        <v>245</v>
+        <v>270</v>
       </c>
       <c r="C171">
-        <v>145.692</v>
+        <v>221.628</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>246</v>
+        <v>271</v>
       </c>
       <c r="B172" t="s">
-        <v>247</v>
+        <v>272</v>
       </c>
       <c r="C172">
-        <v>145.728</v>
+        <v>222.204</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>248</v>
+        <v>273</v>
       </c>
       <c r="B173" t="s">
-        <v>249</v>
+        <v>274</v>
       </c>
       <c r="C173">
-        <v>145.86</v>
+        <v>226.008</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>250</v>
+        <v>275</v>
       </c>
       <c r="B174" t="s">
-        <v>251</v>
+        <v>276</v>
       </c>
       <c r="C174">
-        <v>146.364</v>
+        <v>226.08</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>206</v>
+        <v>277</v>
       </c>
       <c r="B175" t="s">
-        <v>252</v>
+        <v>278</v>
       </c>
       <c r="C175">
-        <v>147.18</v>
+        <v>228.396</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>253</v>
+        <v>279</v>
       </c>
       <c r="B176" t="s">
-        <v>254</v>
+        <v>280</v>
       </c>
       <c r="C176">
-        <v>147.54</v>
+        <v>230.352</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>255</v>
+        <v>281</v>
       </c>
       <c r="B177" t="s">
-        <v>256</v>
+        <v>282</v>
       </c>
       <c r="C177">
-        <v>148.572</v>
+        <v>230.808</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>257</v>
+        <v>283</v>
       </c>
       <c r="B178" t="s">
-        <v>258</v>
+        <v>284</v>
       </c>
       <c r="C178">
-        <v>149.112</v>
+        <v>232.344</v>
       </c>
       <c r="D178" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>259</v>
+        <v>285</v>
       </c>
       <c r="B179" t="s">
-        <v>260</v>
+        <v>286</v>
       </c>
       <c r="C179">
-        <v>153.54</v>
+        <v>233.064</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>261</v>
+        <v>285</v>
       </c>
       <c r="B180" t="s">
-        <v>262</v>
+        <v>287</v>
       </c>
       <c r="C180">
-        <v>153.744</v>
+        <v>233.088</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>263</v>
+        <v>288</v>
       </c>
       <c r="B181" t="s">
-        <v>264</v>
+        <v>289</v>
       </c>
       <c r="C181">
-        <v>154.644</v>
+        <v>236.46</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>265</v>
+        <v>290</v>
       </c>
       <c r="B182" t="s">
-        <v>266</v>
+        <v>291</v>
       </c>
       <c r="C182">
-        <v>155.532</v>
+        <v>239.928</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>267</v>
+        <v>292</v>
       </c>
       <c r="B183" t="s">
-        <v>268</v>
+        <v>293</v>
       </c>
       <c r="C183">
-        <v>156.876</v>
+        <v>240.288</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="B184" t="s">
-        <v>269</v>
+        <v>294</v>
       </c>
       <c r="C184">
-        <v>158.448</v>
+        <v>241.392</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>214</v>
+        <v>295</v>
       </c>
       <c r="B185" t="s">
-        <v>270</v>
+        <v>296</v>
       </c>
       <c r="C185">
-        <v>159.984</v>
+        <v>245.676</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>271</v>
+        <v>297</v>
       </c>
       <c r="B186" t="s">
-        <v>272</v>
+        <v>298</v>
       </c>
       <c r="C186">
-        <v>162.756</v>
+        <v>245.676</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>273</v>
+        <v>299</v>
       </c>
       <c r="B187" t="s">
-        <v>274</v>
+        <v>300</v>
       </c>
       <c r="C187">
-        <v>162.792</v>
+        <v>246.468</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>275</v>
+        <v>301</v>
       </c>
       <c r="B188" t="s">
-        <v>276</v>
+        <v>302</v>
       </c>
       <c r="C188">
-        <v>163.512</v>
+        <v>246.468</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>277</v>
+        <v>303</v>
       </c>
       <c r="B189" t="s">
-        <v>278</v>
+        <v>304</v>
       </c>
       <c r="C189">
-        <v>164.844</v>
+        <v>247.62</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>279</v>
+        <v>305</v>
       </c>
       <c r="B190" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="C190">
-        <v>165.768</v>
+        <v>251.064</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>281</v>
+        <v>307</v>
       </c>
       <c r="B191" t="s">
-        <v>282</v>
+        <v>308</v>
       </c>
       <c r="C191">
-        <v>166.8</v>
+        <v>251.064</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>283</v>
+        <v>309</v>
       </c>
       <c r="B192" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="C192">
-        <v>167.268</v>
+        <v>252.948</v>
       </c>
       <c r="D192" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="B193" t="s">
-        <v>286</v>
+        <v>312</v>
       </c>
       <c r="C193">
-        <v>168.552</v>
+        <v>254.064</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>287</v>
+        <v>313</v>
       </c>
       <c r="B194" t="s">
-        <v>288</v>
+        <v>314</v>
       </c>
       <c r="C194">
-        <v>169.764</v>
+        <v>254.064</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>289</v>
+        <v>315</v>
       </c>
       <c r="B195" t="s">
-        <v>290</v>
+        <v>316</v>
       </c>
       <c r="C195">
-        <v>170.82</v>
+        <v>254.484</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>291</v>
+        <v>317</v>
       </c>
       <c r="B196" t="s">
-        <v>292</v>
+        <v>318</v>
       </c>
       <c r="C196">
-        <v>173.292</v>
+        <v>257.1</v>
       </c>
       <c r="D196" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>293</v>
+        <v>319</v>
       </c>
       <c r="B197" t="s">
-        <v>294</v>
+        <v>320</v>
       </c>
       <c r="C197">
-        <v>173.496</v>
+        <v>258.348</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>295</v>
+        <v>321</v>
       </c>
       <c r="B198" t="s">
-        <v>296</v>
+        <v>322</v>
       </c>
       <c r="C198">
-        <v>173.988</v>
+        <v>258.78</v>
       </c>
       <c r="D198" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>297</v>
+        <v>323</v>
       </c>
       <c r="B199" t="s">
-        <v>298</v>
+        <v>324</v>
       </c>
       <c r="C199">
-        <v>177.432</v>
+        <v>260.484</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>299</v>
+        <v>325</v>
       </c>
       <c r="B200" t="s">
-        <v>300</v>
+        <v>326</v>
       </c>
       <c r="C200">
-        <v>178.944</v>
+        <v>263.856</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>301</v>
+        <v>327</v>
       </c>
       <c r="B201" t="s">
-        <v>302</v>
+        <v>328</v>
       </c>
       <c r="C201">
-        <v>182.736</v>
+        <v>271.752</v>
       </c>
       <c r="D201" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="B202" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C202">
-        <v>17.184</v>
+        <v>37.224</v>
       </c>
       <c r="D202" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="B203" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="C203">
-        <v>37.08</v>
+        <v>58.98</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="B204" t="s">
-        <v>82</v>
+        <v>133</v>
       </c>
       <c r="C204">
-        <v>58.752</v>
+        <v>109.368</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B205" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C205">
-        <v>94.356</v>
+        <v>114.564</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="B206" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="C206">
-        <v>108.06</v>
+        <v>119.64</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="B207" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="C207">
-        <v>109.272</v>
+        <v>141.684</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="B208" t="s">
-        <v>171</v>
+        <v>191</v>
       </c>
       <c r="C208">
-        <v>109.368</v>
+        <v>144.276</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>174</v>
+        <v>194</v>
       </c>
       <c r="B209" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="C209">
-        <v>110.748</v>
+        <v>146.424</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="B210" t="s">
-        <v>183</v>
+        <v>203</v>
       </c>
       <c r="C210">
-        <v>114.12</v>
+        <v>149.148</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="B211" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="C211">
-        <v>119.988</v>
+        <v>155.244</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B212" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C212">
-        <v>127.572</v>
+        <v>158.964</v>
       </c>
       <c r="D212" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B213" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C213">
-        <v>135.852</v>
+        <v>167.448</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="B214" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="C214">
-        <v>137.088</v>
+        <v>169.212</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="B215" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="C215">
-        <v>139.116</v>
+        <v>187.596</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B216" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C216">
-        <v>141.132</v>
+        <v>187.776</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B217" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C217">
-        <v>143.568</v>
+        <v>197.448</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="B218" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
       <c r="C218">
-        <v>144.276</v>
+        <v>208.716</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>242</v>
+        <v>256</v>
       </c>
       <c r="B219" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
       <c r="C219">
-        <v>145.104</v>
+        <v>214.476</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="B220" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
       <c r="C220">
-        <v>145.86</v>
+        <v>217.92</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="B221" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="C221">
-        <v>148.572</v>
+        <v>221.628</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="B222" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="C222">
-        <v>154.644</v>
+        <v>226.08</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B223" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C223">
-        <v>166.8</v>
+        <v>228.396</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B224" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C224">
-        <v>168.552</v>
+        <v>230.808</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="B225" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="C225">
-        <v>178.944</v>
+        <v>232.344</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="B226" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="C226">
-        <v>186.876</v>
+        <v>233.064</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="B227" t="s">
-        <v>306</v>
+        <v>287</v>
       </c>
       <c r="C227">
-        <v>187.056</v>
+        <v>233.088</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>307</v>
+        <v>288</v>
       </c>
       <c r="B228" t="s">
-        <v>308</v>
+        <v>289</v>
       </c>
       <c r="C228">
-        <v>192.408</v>
+        <v>236.46</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="B229" t="s">
-        <v>310</v>
+        <v>291</v>
       </c>
       <c r="C229">
-        <v>196.332</v>
+        <v>239.928</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="B230" t="s">
-        <v>312</v>
+        <v>294</v>
       </c>
       <c r="C230">
-        <v>196.68</v>
+        <v>241.392</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="B231" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="C231">
-        <v>196.68</v>
+        <v>245.676</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="B232" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="C232">
-        <v>197.448</v>
+        <v>251.064</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="B233" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="C233">
-        <v>200.64</v>
+        <v>251.064</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="B234" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="C234">
-        <v>200.64</v>
+        <v>254.064</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B235" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C235">
-        <v>208.716</v>
+        <v>260.484</v>
       </c>
       <c r="D235" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B236" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="C236">
-        <v>213.648</v>
+        <v>279.3</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B237" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="C237">
-        <v>217.08</v>
+        <v>281.484</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B238" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C238">
-        <v>217.68</v>
+        <v>283.044</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B239" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="C239">
-        <v>220.764</v>
+        <v>285.24</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B240" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C240">
-        <v>226.08</v>
+        <v>298.14</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B241" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C241">
-        <v>230.844</v>
+        <v>327.468</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B242" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="C242">
-        <v>231.444</v>
+        <v>327.528</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="B243" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="C243">
-        <v>232.188</v>
+        <v>327.528</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="B244" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="C244">
-        <v>236.46</v>
+        <v>340.812</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B245" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="C245">
-        <v>239.928</v>
+        <v>346.8</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>329</v>
+        <v>348</v>
       </c>
       <c r="B246" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C246">
-        <v>240.456</v>
+        <v>348.6</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B247" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="C247">
-        <v>242.22</v>
+        <v>355.272</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B248" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C248">
-        <v>244.404</v>
+        <v>368.436</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B249" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="C249">
-        <v>244.404</v>
+        <v>370.152</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="B250" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="C250">
-        <v>245.424</v>
+        <v>392.532</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B251" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C251">
-        <v>247.656</v>
+        <v>402.684</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="B252" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="C252">
-        <v>250.092</v>
+        <v>438.6</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="B253" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="C253">
-        <v>250.092</v>
+        <v>438.66</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B254" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="C254">
-        <v>253.092</v>
+        <v>438.66</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="B255" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="C255">
-        <v>258.816</v>
+        <v>445.98</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B256" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C256">
-        <v>258.924</v>
+        <v>451.644</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B257" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C257">
-        <v>266.04</v>
+        <v>451.692</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B258" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C258">
-        <v>268.872</v>
+        <v>454.692</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="B259" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C259">
-        <v>268.872</v>
+        <v>454.692</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="B260" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C260">
-        <v>278.22</v>
+        <v>467.556</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B261" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C261">
-        <v>281.484</v>
+        <v>467.556</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B262" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C262">
-        <v>284.136</v>
+        <v>468.0</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B263" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C263">
-        <v>298.14</v>
+        <v>472.86</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B264" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C264">
-        <v>313.44</v>
+        <v>476.412</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B265" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C265">
-        <v>313.44</v>
+        <v>477.684</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B266" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C266">
-        <v>327.468</v>
+        <v>488.34</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B267" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C267">
-        <v>327.528</v>
+        <v>496.26</v>
       </c>
       <c r="D267" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B268" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C268">
-        <v>327.528</v>
+        <v>505.2</v>
       </c>
       <c r="D268" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B269" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="C269">
-        <v>333.276</v>
+        <v>513.768</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B270" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C270">
-        <v>339.492</v>
+        <v>526.644</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B271" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C271">
-        <v>340.104</v>
+        <v>609.024</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="B272" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C272">
-        <v>340.812</v>
+        <v>676.656</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B273" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C273">
-        <v>345.648</v>
+        <v>683.616</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="B274" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="C274">
-        <v>346.8</v>
+        <v>683.616</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B275" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C275">
-        <v>348.6</v>
+        <v>700.776</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B276" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="C276">
-        <v>353.892</v>
+        <v>702.516</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B277" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C277">
-        <v>367.008</v>
+        <v>749.448</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="B278" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C278">
-        <v>368.724</v>
+        <v>749.448</v>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>337</v>
+        <v>411</v>
       </c>
       <c r="B279" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C279">
-        <v>379.248</v>
+        <v>795.996</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>408</v>
+        <v>256</v>
       </c>
       <c r="B280" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C280">
-        <v>391.02</v>
+        <v>953.808</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B281" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C281">
-        <v>401.136</v>
+        <v>955.332</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B282" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C282">
-        <v>415.224</v>
+        <v>964.584</v>
       </c>
       <c r="D282" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="B283" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C283">
-        <v>436.968</v>
+        <v>1013.82</v>
       </c>
       <c r="D283" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="B284" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="C284">
-        <v>436.968</v>
+        <v>1016.088</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B285" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C285">
-        <v>444.264</v>
+        <v>1022.22</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B286" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C286">
-        <v>449.904</v>
+        <v>1024.728</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="B287" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C287">
-        <v>449.952</v>
+        <v>1302.06</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B288" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C288">
-        <v>452.94</v>
+        <v>1344.24</v>
       </c>
       <c r="D288" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>408</v>
+        <v>430</v>
       </c>
       <c r="B289" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="C289">
-        <v>452.94</v>
+        <v>1444.56</v>
       </c>
       <c r="D289" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>410</v>
+        <v>432</v>
       </c>
       <c r="B290" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="C290">
-        <v>465.756</v>
+        <v>1444.56</v>
       </c>
       <c r="D290" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="B291" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="C291">
-        <v>465.756</v>
+        <v>1557.372</v>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="B292" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="C292">
-        <v>465.756</v>
+        <v>1896.564</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
-[...811 lines deleted...]
-        <v>6</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D351"/>
+  <autoFilter ref="A1:D293"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>