--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -7,1359 +7,897 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$293</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$310</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Memory Silicon Power 4GB DDR4 PC4-19200 2400MHz CL17 SP004GBLFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLFU240X02</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Memory Silicon Power 4GB DDR3 PC3-12800 1600MHz SP004GBLTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBLTU160N02</t>
   </si>
   <si>
+    <t>Memory Team Group Elite DDR3 - 8GB, 1600 mhz, CL11-11-11-28 1.5V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR3-8GB</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Memory Team Group Elite DDR3 - 8GB, 1600 mhz, CL11-11-11-28 1.5V</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Kingston 4GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/4</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32N22S6-4</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16RB2A-8</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade RGB 8GB DDR4 3600MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C16RB2A-8</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 8GB DDR4 PC4-24000 3000MHz CL16 F4-3000C16S-8GISB</t>
   </si>
   <si>
     <t>GSKILL-F4-3000C16S-8GISB</t>
   </si>
   <si>
     <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3600MHz CL18</t>
   </si>
   <si>
     <t>TEAM-RAM-4-TTCED416G3600</t>
   </si>
   <si>
+    <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GLLTU160N02</t>
+  </si>
+  <si>
     <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S6/8</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32N22S6-8</t>
   </si>
   <si>
-    <t>Memory Silicon Power 8GB DDR3L PC3-12800 1600MHz SP008GLLTU160N02</t>
-[...2 lines deleted...]
-    <t>SLP-RAM-008GLLTU160N02</t>
+    <t>Memory Silicon Power 8GB DDR3 PC3-12800 1600MHz SP008GBLTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLTU160N02</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade Black 16GB DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C16RB12-16</t>
   </si>
   <si>
-    <t>Memory Silicon Power 8GB DDR3 PC3-12800 1600MHz SP008GBLTU160N02</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Beast Black 8GB DDR4 3200MHz KF432C16BB/8</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16BB-8</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade RGB 16GB DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16RB12A-16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR4 3600MHz KF436C17BBK2/16</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C17BBK2-16</t>
   </si>
   <si>
+    <t>KIN-RAM-KF436C16RB12A-16</t>
+  </si>
+  <si>
     <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16BB2A-8</t>
   </si>
   <si>
-    <t>KIN-RAM-KF436C16RB12A-16</t>
-[...1 lines deleted...]
-  <si>
     <t>Memory Silicon Power XPOWER Zenith RGB 16GB DDR4 3200MHz SP016GXLZU320BSD</t>
   </si>
   <si>
     <t>SLP-RAM-016GXLZU320BSD</t>
   </si>
   <si>
     <t>Memory Team Group T-Create Expert DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
   </si>
   <si>
     <t>TEAM-RAM-4-TTCED416G3200</t>
   </si>
   <si>
     <t>Memory G.SKILL Aegis 16GB DDR4 3000MHz F4-3000C16S-16GISB</t>
   </si>
   <si>
     <t>GSKILL-F4-3000C16S-16GISB</t>
   </si>
   <si>
     <t>Memory Kingston 8GB DDR4 PC4-25600 3200MHz CL22 KVR32N22S8/8</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32N22S8-8</t>
   </si>
   <si>
     <t>Memory Corsair Vengeance RS RGB Black 16GB(2x8GB) DDR4 3200MHz CMG16GX4M2E3200C16</t>
   </si>
   <si>
     <t>CRS-RAM-CMG16GX4M2E32C16</t>
   </si>
   <si>
     <t>Memory Team Group Elite DDR4 8GB 3200MHz CL22 TED48G3200C2201</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR4-8GB-3200</t>
   </si>
   <si>
+    <t>VENGEANCE® LPX 16GB (2 x 8GB) DDR4 DRAM 3200MHz, Black</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2Z32C16</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 8GB 2666MHz, CL19-19-19-43 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-8GB-2666</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C36BBE-16</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2B3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2B32C16W</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 4GB DDR4 2666MHz SP004GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2AK2-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-25600 3200MHz F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 - KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BB-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-19200 2400MHz SP008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU240X02</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL F4-2400C17S-8GNT, 8GB, DDR4, 2400MHZ, CL17</t>
+  </si>
+  <si>
+    <t>GSKILL-DDR4-8GB-F4</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-21333 2666MHz F4-2666C19S-8GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19S-8GIS</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite Plus DDR4 - 8GB 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELITE-P-3200-8GB</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 8GB DDR4 PC4-25600 3200MHz CL16 F4-3200C16S-8GISB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16S-8GIS</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith RGB 8GB DDR4 3200MHz SP008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GXLZU320BSD</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBEA-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C18D-16GVK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVKB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GVKC</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3200MHz CMK16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 16GB(2x8GB) DDR4, 3200Mhz, F4-3200C16D-16GTZRX for AMD</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GTZ</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR5 5200MHz KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C40BB-16</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 2666MHz SP008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU266X02</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 8GB DDR4 PC4-25600 3200MHz CL22 SP008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBLFU320X02</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB(2x8GB) DDR5 - KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBK2-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power 32GB UDIMM DDR5 5600MHz CL46 SP032GBLVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBLVU560</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 32GB(4x8GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2K4-32</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX White 32GB(2x16GB) DDR4 3200MHz CMK32GX4M2E3200C16W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2E32C16W</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 16GB(2x8GB) DDR4 3600MHz CMK16GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK16GX4M2D36C18</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18RB2A-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade Black 16GB(2x8GB) DDR4 3600MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C16RB2K2-16</t>
+  </si>
+  <si>
+    <t>Memory Innovation IT DDR4 16GB 3200MHz, CL16 1.35V LD-8Chip</t>
+  </si>
+  <si>
+    <t>INNO-RAM-DDR4-16GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 8GB DDR4 PC4-28800 3600MHz CL17 KF436C17BB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB-8</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>VENGEANCE® LPX 16GB (2 x 8GB) DDR4 DRAM 3200MHz, Black</t>
-[...130 lines deleted...]
-  <si>
     <t>Memory Silicon Power XPOWER Zenith 8GB DDR4 UDIMM 3200MHz SP008GXLZU320BSC</t>
   </si>
   <si>
     <t>SLP-RAM-008GXLZU320BSC</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Renegade RGB 32GB DDR4 3200MHz CL16</t>
-[...88 lines deleted...]
-  <si>
     <t>Memory G.SKILL Trident Z RGB 32GB(2x16GB) DDR4, 3600MHz F4-3600C17D-32GTZR</t>
   </si>
   <si>
     <t>GSKILL-F4-3600C17D-32GTZR</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Pulse 16GB DDR4 3200MHz CL16 SP016GXLZU320BSI</t>
   </si>
   <si>
     <t>SLP-RAM-016GXLZU320BSI</t>
   </si>
   <si>
     <t>Memory Corsair DDR4 3200MHz 16GB 2x8GB CL16-20-20-38</t>
   </si>
   <si>
     <t>CRS-RAM-16GX4M2E3200C16</t>
   </si>
   <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 5200MHz CMH32GX5M2B5200C40W</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B52C40W</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6000MHz CL38</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G6000</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6400MHz CL40</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-FLBD532G-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Aegis 16GB DDR4 PC4-21333 2666MHz CL19 F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-2666C19S-16GIS</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB, DDR5, 32GB (2x16GB), 6400MHz</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-DRB32GC40-64</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB(2x8GB) DDR4 3200MHz CL16 SP016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLZU320BDI</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite Plus DDR4 - 16GB (2x8GB) 3200MHz CL22</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-ELIT-P-3200-16GB</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast RGB 32GB DDR5 - KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C30BBA-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z Neo RGB 16GB(2x8GB) DDR4 3600MHz F4-3600C16D-16GTZN</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-16GTZN</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Renegade RGB 32GB(4x32GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16RB2AK4-32</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-CREATE EXPERT White DDR5 32GB(2x16GB) 6000MHz CL30</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-CTCWD532-32</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 32GB(2x16GB) DDR4 3600MHz SP032GXLZU360BDC</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLZU360BDC</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB White 32GB(2x16GB) DDR5-6000</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J36-RM5NRW</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-6000J36-RM5NRK</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Black 32GB(2x16GB) DDR4 3200MHz F4-3200C16D-32GVK</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GVK</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 5600MHz KF556C40BBK2-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBK2-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black RGB 32GB(4x8GB) DDR4 3600MHz CL17</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C17BB2AK4-32</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 32GB DDR5 - KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF564C32BB-32</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws S5 Black 32GB(2x16GB) DDR5 5200MHz F5-5200J3636C16GX2-RS5K</t>
+  </si>
+  <si>
+    <t>GSKILL-F5-52J36C-32RS5K</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 16GB 2666MHz, CL19-19-19-43 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-16GB-2666</t>
+  </si>
+  <si>
+    <t>Memory Team Group Elite DDR4 16GB 3200MHz, CL22-22-22-52, 1.2V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR4-16GB-3200</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Trident Z RGB 32GB(2x16GB) DDR4 3200MHz F4-3200C16D-32GTZR</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-32GTZR</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 5600MHz CL40 SP016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GXLWU560FSJ</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX, 32GB (2x16GB) DDR4, CMK32GX4M2D3600C18</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2D36C18</t>
+  </si>
+  <si>
     <t>Memory Kingston FURY Beast Black RGB 8GB DDR4 3600MHz CL17</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C17BB2A-8</t>
   </si>
   <si>
-    <t>Memory Team Group T-Force Vulcan DDR5 32GB (2x16GB) 6000MHz CL38</t>
-[...142 lines deleted...]
-  <si>
     <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) DDR5 OC-UDIMM 6400MHz CL32</t>
   </si>
   <si>
     <t>SLP-RAM-32GXLWU64AFDJ</t>
   </si>
   <si>
+    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 6400MHz CL36 XMP&amp;AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B64Z36W</t>
+  </si>
+  <si>
     <t>Memory Kingston FURY Beast Black RGB 64GB(2x32GB) DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16BB2AK2-64</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Pulse 32GB DDR5 5600MHz CL40 SP032GXLWU560FSJ</t>
   </si>
   <si>
     <t>SLP-RAM-032GXLWU560FSJ</t>
   </si>
   <si>
-    <t>Memory Corsair Vengeance White RGB 32GB(2x16GB) DDR5 6400MHz CL36 XMP&amp;AMD EXPO</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 - KF564C32BBK2-32</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32BBK2-32</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Pulse 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
   </si>
   <si>
     <t>SLP-RAM-32GXLWU60AFDJ</t>
   </si>
   <si>
-    <t>Memory Silicon Power XPOWER Zenith 16GB(2x8GB) DDR4 3200MHz SP016GXLZU320BDC</t>
-[...4 lines deleted...]
-  <si>
     <t>Memory Kingston Fury Renegade White 32GB(2x16GB) DDR5</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32RWK2-32</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade White RGB 32GB(2x16GB) DDR5</t>
   </si>
   <si>
     <t>KIN-RAM-KF564C32RWAK2-32</t>
   </si>
   <si>
     <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
   </si>
   <si>
     <t>SLP-RAM-32GXLWU64AFDK</t>
   </si>
   <si>
+    <t>Memory Silicon Power 16GB DDR4 PC4-21333 2666MHz CL19 SP016GBLFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBLFU266X02</t>
+  </si>
+  <si>
     <t>Memory Kingston FURY Renegade Black 32GB DDR4 3600MHz CL18</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C18RB2-32</t>
   </si>
   <si>
+    <t>Memory Corsair Vengeance RS RGB Black 32GB(2x16GB) DDR4 3200MHz CMG32GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMG32GX4M2E32C16</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Vulcan Z DDR4 - 16GB(2x8GB) 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TLZGD416G3600</t>
+  </si>
+  <si>
     <t>Memory Silicon Power XPOWER Zenith RGB Black 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
   </si>
   <si>
     <t>SLP-RAM-32GXLWU60AFDF</t>
   </si>
   <si>
+    <t>Memory G.SKILL Trident Z Royal 32GB(2x16GB) DDR4 3600MHz F4-3600C16D-32GTRSC</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3600C16D-32GTR</t>
+  </si>
+  <si>
+    <t>Memory G.SKILL Ripjaws V Dark Gray 16GB(2x8GB) DDR4 3200MHz F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C16D-16GVGB</t>
+  </si>
+  <si>
     <t>Memory Team Group T-Force Vulcan Z DDR4 - 16GB(2x8GB) 3200MHz CL16</t>
   </si>
   <si>
     <t>TEAM-RAM-16GB-3200-ZGD4</t>
   </si>
   <si>
+    <t>KIN-RAM-KF568C36RWAK2-32</t>
+  </si>
+  <si>
     <t>Memory Kingston FURY Renegade RGB 64GB(2x32GB) DDR4 3600MHz CL18</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C18RB2AK2-64</t>
   </si>
   <si>
+    <t>Memory Team Group T-Force Delta RGB Black DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TF3D416G3200</t>
+  </si>
+  <si>
+    <t>Memory Team Group T-Force Delta RGB White DDR4 - 16GB (2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-TF4D416G3200</t>
+  </si>
+  <si>
+    <t>Memory Silicon Power XPOWER Zenith 32GB(2x16GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GXLZU320BDC</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF568C36RWK2-32</t>
+  </si>
+  <si>
     <t>Memory Kingston FURY Renegade RGB 32GB (2x16GB) 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16RB12AK-32</t>
   </si>
   <si>
+    <t>Memory Team Group T-Force Delta RGB Black DDR4 16GB (2x8GB) 3600MHz 1.35V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-BLK-8Gx2-3600</t>
+  </si>
+  <si>
     <t>Memory Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6000MHz CL36 SP032GXLWU60CFDK</t>
   </si>
   <si>
     <t>SLP-RAM-32GXLWU60CFDK</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade Black 32GB(2x16GB) DDR4 4000MHz CL19</t>
   </si>
   <si>
     <t>KIN-RAM-KF440C19RB12K2-32</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast RGB 16GB DDR5 - KF556C36BBEA-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C36BBEA-16</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade RGB 64GB (4x16GB) DDR4 3200MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF432C16RB12AK-64</t>
   </si>
   <si>
-    <t>Memory Kingston FURY Beast Black 32GB(2x16GB) DDR5 - KF564C32BBEK2-32</t>
-[...2 lines deleted...]
-    <t>KIN-RAM-KF564C32BBEK2-32</t>
+    <t>Memory Kingston FURY Beast Black RGB 64GB(4x16GB) DDR4 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB2AK4-64</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 16GB DDR4</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432C16BB-16</t>
+  </si>
+  <si>
+    <t>Memory Kingston FURY Beast Black 64GB(2x32GB) DDR5 5200MHz KF552C40BBK2-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF552C40BBK2-64</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade Black 32GB(2x16GB) DDR5 7200MHz CL38</t>
   </si>
   <si>
     <t>KIN-RAM-KF572C38RSK2-32</t>
   </si>
   <si>
     <t>Memory G.SKILL Trident Z5 Black RGB 32GB (2x16GB) DDR5 6800MHz CL34</t>
   </si>
   <si>
     <t>GSKILL-F5-6800J3445-TZ5RK</t>
   </si>
   <si>
+    <t>Memory Silicon Power 16GB DDR4 3200 MHz CL22 SP016GBLFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBLFU320X02</t>
+  </si>
+  <si>
+    <t>Memory Corsair Vengeance LPX Black 32GB(2x16GB) DDR4 3200MHz CMK32GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK32GX4M2E32C16</t>
+  </si>
+  <si>
     <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 6000MHz CL30 SP016GXLWU60AFSJ</t>
   </si>
   <si>
     <t>SLP-RAM-016GXLWU60AFSJ</t>
   </si>
   <si>
     <t>Memory Kingston FURY Renegade Black 32GB (2x16GB) DDR4 3600MHz CL16</t>
   </si>
   <si>
     <t>KIN-RAM-KF436C16RB12K2-32</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade Silver/Black RGB 32GB(2x16GB) DDR5 7200MHz CL38</t>
   </si>
   <si>
     <t>KIN-RAM-KF572C38RSAK2-32</t>
   </si>
   <si>
     <t>Memory Kingston 32GB DIMM DDR5 5600MHz CL46 2RX8 1.1V 288-pin 16Gbit</t>
   </si>
   <si>
     <t>KIN-RAM-KCP556UD8-32</t>
   </si>
   <si>
     <t>Memory Silicon Power XPOWER Pulse 16GB DDR5 OC-UDIMM 6400MHz CL32</t>
   </si>
   <si>
     <t>SLP-RAM-16GXLWU64AFSJ</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade White 32GB(2x16GB) DDR5 7200MHz CL38</t>
   </si>
   <si>
     <t>KIN-RAM-KF572C38RWK2-32</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast White 64GB(2x32GB) DDR5 5200MHz CL36</t>
   </si>
   <si>
     <t>KIN-RAM-KF552C36BWEK2-64</t>
   </si>
   <si>
+    <t>Memory Kingston FURY Beast Black RGB 16GB DDR4 3600MHz CL18</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF436C18BB2A-16</t>
+  </si>
+  <si>
     <t>Memory Corsair Vengeance DDR5 16GB, 6000Mhz CL36, AMD EXPO &amp; Intel XMP</t>
   </si>
   <si>
     <t>CRS-RAM-16GX5M1E6000Z36</t>
   </si>
   <si>
-    <t>Memory G.SKILL Flare X5 Black 32GB(2x16GB) DDR5 6000MHz CL30</t>
-[...457 lines deleted...]
-  <si>
     <t>Memory Corsair Vengeance Gray RGB DDR5 64GB (2x32GB), 5600MHz, AMD EXPO &amp; Intel XMP</t>
   </si>
   <si>
     <t>CRS-RAM-CMH64GX5M2D5600Z4</t>
   </si>
   <si>
-    <t>Memory G.SKILL Ripjaws M5 Neo RGB Black 32GB(2x16GB) DDR5-6000 - AMD EXPO</t>
-[...16 lines deleted...]
-  <si>
     <t>Memory Corsair Vengeance Black 64GB (2x32GB) DDR5 6400MHz CL32, CMK64GX5M2B6400C32</t>
   </si>
   <si>
     <t>CRS-RAM-CMK64GX5M2B64C32</t>
   </si>
   <si>
-    <t>Memory G.SKILL Trident Z5 Neo RGB Black 32GB(2x16GB) DDR5 6000MHz CL26 - AMD EXPO</t>
-[...77 lines deleted...]
-    <t>GSKILL-F5-6000J26H-TZ5NRW</t>
+    <t>Memory Kingston 64GB DDR5 6400MHz CL52 2R x8 32GBit - KVR64A52BD8-64</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR64A52BD8-64</t>
   </si>
   <si>
     <t>Memory Kingston Fury Renegade Silver RGB 96GB(2x48GB) DDR5 6000MHz CL32 - KF560C32RSAK2-96</t>
   </si>
   <si>
     <t>KIN-RAM-KF560C32RSAK2-96</t>
   </si>
   <si>
     <t>Memory Kingston FURY Beast Black 128GB(2x64GB) DDR5 5600MHz CL40 - AMD EXPO</t>
   </si>
   <si>
     <t>KIN-RAM-KF556C40BBK2-128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1675,4154 +1213,4392 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D293"/>
+  <dimension ref="A1:D310"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>14.772</v>
+        <v>14.868</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>18.984</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>22.236</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>23.316</v>
+        <v>23.46</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>26.964</v>
+        <v>27.132</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>28.56</v>
+        <v>28.74</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>29.712</v>
+        <v>29.904</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>32.988</v>
+        <v>33.192</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>37.224</v>
+        <v>37.44</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>37.44</v>
+        <v>37.452</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>38.232</v>
+        <v>38.364</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>38.364</v>
+        <v>38.46</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>39.696</v>
+        <v>39.948</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>41.388</v>
+        <v>41.64</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>45.132</v>
+        <v>45.24</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>45.3</v>
+        <v>45.48</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>45.384</v>
+        <v>45.588</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
-        <v>48.684</v>
+        <v>48.972</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
-        <v>49.632</v>
+        <v>49.932</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
-        <v>51.3</v>
+        <v>51.612</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22">
-        <v>52.008</v>
+        <v>52.332</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23">
         <v>52.764</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24">
         <v>52.8</v>
       </c>
       <c r="D24" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C25">
         <v>54.828</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" t="s">
         <v>54</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>55.056</v>
+        <v>55.2</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
         <v>56</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>55.2</v>
+        <v>55.392</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" t="s">
         <v>58</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>55.236</v>
+        <v>55.572</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B29" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C29">
         <v>56.088</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C30">
         <v>56.544</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>63</v>
+      </c>
+      <c r="B31" t="s">
         <v>64</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>57.192</v>
+        <v>57.54</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" t="s">
         <v>66</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>58.584</v>
+        <v>58.944</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>67</v>
+      </c>
+      <c r="B33" t="s">
         <v>68</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>58.98</v>
+        <v>59.34</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" t="s">
         <v>70</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>58.98</v>
+        <v>59.592</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" t="s">
         <v>72</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>59.22</v>
+        <v>59.88</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>73</v>
+      </c>
+      <c r="B36" t="s">
         <v>74</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>59.52</v>
+        <v>60.384</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" t="s">
         <v>76</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>60.012</v>
+        <v>60.672</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" t="s">
         <v>78</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>60.3</v>
+        <v>61.02</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" t="s">
         <v>80</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>60.648</v>
+        <v>61.536</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" t="s">
         <v>82</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>61.164</v>
+        <v>62.064</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" t="s">
         <v>84</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>61.692</v>
+        <v>65.1</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" t="s">
         <v>86</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>64.704</v>
+        <v>65.412</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" t="s">
         <v>88</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>65.016</v>
+        <v>65.412</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" t="s">
         <v>90</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>65.016</v>
+        <v>66.384</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" t="s">
         <v>92</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>65.976</v>
+        <v>71.604</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>93</v>
+      </c>
+      <c r="B46" t="s">
         <v>94</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>71.16</v>
+        <v>77.748</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>95</v>
+      </c>
+      <c r="B47" t="s">
         <v>96</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>73.896</v>
+        <v>78.264</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" t="s">
         <v>98</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>77.568</v>
+        <v>79.944</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" t="s">
         <v>100</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>78.264</v>
+        <v>81.852</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" t="s">
         <v>102</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>79.452</v>
+        <v>83.22</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" t="s">
         <v>104</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>81.36</v>
+        <v>85.8</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" t="s">
         <v>106</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>82.716</v>
+        <v>86.82</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" t="s">
         <v>108</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>86.64</v>
+        <v>86.832</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" t="s">
         <v>110</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>86.82</v>
+        <v>89.46</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" t="s">
         <v>112</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>88.92</v>
+        <v>90.72</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" t="s">
         <v>114</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>90.168</v>
+        <v>92.472</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" t="s">
         <v>116</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>91.908</v>
+        <v>95.892</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" t="s">
         <v>118</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>95.892</v>
+        <v>98.256</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>119</v>
+      </c>
+      <c r="B59" t="s">
         <v>120</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>98.256</v>
+        <v>99.504</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>121</v>
+      </c>
+      <c r="B60" t="s">
         <v>122</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>98.892</v>
+        <v>100.128</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>123</v>
+      </c>
+      <c r="B61" t="s">
         <v>124</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>99.516</v>
+        <v>100.644</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>125</v>
+      </c>
+      <c r="B62" t="s">
         <v>126</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62">
+        <v>103.068</v>
+      </c>
+      <c r="D62" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>105.432</v>
+        <v>103.536</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>107.784</v>
+        <v>106.08</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>109.368</v>
+        <v>108.444</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>109.452</v>
+        <v>109.368</v>
       </c>
       <c r="D66" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>109.596</v>
+        <v>109.656</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>109.656</v>
+        <v>110.268</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>111.072</v>
+        <v>111.756</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>113.088</v>
+        <v>113.772</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>113.772</v>
+        <v>114.468</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>114.564</v>
+        <v>115.272</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
         <v>116.4</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>117.528</v>
+        <v>118.248</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>118.596</v>
+        <v>119.316</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
-        <v>119.64</v>
+        <v>120.348</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
-        <v>119.988</v>
+        <v>120.372</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>120.072</v>
+        <v>120.72</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>120.636</v>
+        <v>121.38</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>121.032</v>
+        <v>121.776</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>121.896</v>
+        <v>122.64</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>124.776</v>
+        <v>125.544</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>126.216</v>
+        <v>126.996</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>128.124</v>
+        <v>128.904</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
         <v>130.332</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
         <v>130.8</v>
       </c>
       <c r="D86" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>136.32</v>
+        <v>136.8</v>
       </c>
       <c r="D87" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>136.8</v>
+        <v>137.16</v>
       </c>
       <c r="D88" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>137.616</v>
+        <v>138.468</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
         <v>138.672</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>141.684</v>
+        <v>139.716</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>144.0</v>
+        <v>142.548</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>144.12</v>
+        <v>144.276</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>144.276</v>
+        <v>144.876</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>146.292</v>
+        <v>145.008</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>146.424</v>
+        <v>147.192</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>147.516</v>
+        <v>147.324</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>147.756</v>
+        <v>148.656</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>148.116</v>
+        <v>149.016</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>149.148</v>
+        <v>150.06</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>149.688</v>
+        <v>150.54</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>14</v>
       </c>
       <c r="B102" t="s">
         <v>15</v>
       </c>
       <c r="C102">
-        <v>26.964</v>
+        <v>27.132</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B103" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C103">
-        <v>37.224</v>
+        <v>28.74</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B104" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C104">
-        <v>38.232</v>
+        <v>33.192</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="B105" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C105">
-        <v>41.388</v>
+        <v>37.452</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B106" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="C106">
-        <v>45.384</v>
+        <v>38.46</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="B107" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="C107">
-        <v>55.056</v>
+        <v>41.64</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="B108" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="C108">
-        <v>58.98</v>
+        <v>45.48</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="B109" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="C109">
-        <v>59.22</v>
+        <v>45.588</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="B110" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="C110">
-        <v>60.648</v>
+        <v>49.932</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="B111" t="s">
-        <v>87</v>
+        <v>48</v>
       </c>
       <c r="C111">
-        <v>64.704</v>
+        <v>52.764</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>92</v>
+        <v>51</v>
       </c>
       <c r="B112" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
       <c r="C112">
-        <v>65.976</v>
+        <v>54.828</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="B113" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="C113">
-        <v>77.568</v>
+        <v>55.392</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>104</v>
+        <v>57</v>
       </c>
       <c r="B114" t="s">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="C114">
-        <v>81.36</v>
+        <v>55.572</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>108</v>
+        <v>59</v>
       </c>
       <c r="B115" t="s">
-        <v>109</v>
+        <v>60</v>
       </c>
       <c r="C115">
-        <v>86.64</v>
+        <v>56.088</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>114</v>
+        <v>61</v>
       </c>
       <c r="B116" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="C116">
-        <v>90.168</v>
+        <v>56.544</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>116</v>
+        <v>63</v>
       </c>
       <c r="B117" t="s">
-        <v>117</v>
+        <v>64</v>
       </c>
       <c r="C117">
-        <v>91.908</v>
+        <v>57.54</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="B118" t="s">
-        <v>123</v>
+        <v>68</v>
       </c>
       <c r="C118">
-        <v>98.892</v>
+        <v>59.34</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>124</v>
+        <v>69</v>
       </c>
       <c r="B119" t="s">
-        <v>125</v>
+        <v>70</v>
       </c>
       <c r="C119">
-        <v>99.516</v>
+        <v>59.592</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>130</v>
+        <v>77</v>
       </c>
       <c r="B120" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="C120">
-        <v>107.784</v>
+        <v>61.02</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>132</v>
+        <v>81</v>
       </c>
       <c r="B121" t="s">
-        <v>133</v>
+        <v>82</v>
       </c>
       <c r="C121">
-        <v>109.368</v>
+        <v>62.064</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>140</v>
+        <v>83</v>
       </c>
       <c r="B122" t="s">
-        <v>141</v>
+        <v>84</v>
       </c>
       <c r="C122">
-        <v>111.072</v>
+        <v>65.1</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>146</v>
+        <v>85</v>
       </c>
       <c r="B123" t="s">
-        <v>147</v>
+        <v>86</v>
       </c>
       <c r="C123">
-        <v>114.564</v>
+        <v>65.412</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>148</v>
+        <v>87</v>
       </c>
       <c r="B124" t="s">
-        <v>149</v>
+        <v>88</v>
       </c>
       <c r="C124">
-        <v>116.4</v>
+        <v>65.412</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="B125" t="s">
-        <v>151</v>
+        <v>90</v>
       </c>
       <c r="C125">
-        <v>117.528</v>
+        <v>66.384</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>154</v>
+        <v>91</v>
       </c>
       <c r="B126" t="s">
-        <v>155</v>
+        <v>92</v>
       </c>
       <c r="C126">
-        <v>119.64</v>
+        <v>71.604</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>158</v>
+        <v>93</v>
       </c>
       <c r="B127" t="s">
-        <v>159</v>
+        <v>94</v>
       </c>
       <c r="C127">
-        <v>120.072</v>
+        <v>77.748</v>
       </c>
       <c r="D127" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>160</v>
+        <v>95</v>
       </c>
       <c r="B128" t="s">
-        <v>161</v>
+        <v>96</v>
       </c>
       <c r="C128">
-        <v>120.636</v>
+        <v>78.264</v>
       </c>
       <c r="D128" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>162</v>
+        <v>97</v>
       </c>
       <c r="B129" t="s">
-        <v>163</v>
+        <v>98</v>
       </c>
       <c r="C129">
-        <v>121.032</v>
+        <v>79.944</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>170</v>
+        <v>99</v>
       </c>
       <c r="B130" t="s">
-        <v>171</v>
+        <v>100</v>
       </c>
       <c r="C130">
-        <v>128.124</v>
+        <v>81.852</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>180</v>
+        <v>101</v>
       </c>
       <c r="B131" t="s">
-        <v>181</v>
+        <v>102</v>
       </c>
       <c r="C131">
-        <v>137.616</v>
+        <v>83.22</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>182</v>
+        <v>103</v>
       </c>
       <c r="B132" t="s">
-        <v>183</v>
+        <v>104</v>
       </c>
       <c r="C132">
-        <v>138.672</v>
+        <v>85.8</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>184</v>
+        <v>107</v>
       </c>
       <c r="B133" t="s">
-        <v>185</v>
+        <v>108</v>
       </c>
       <c r="C133">
-        <v>141.684</v>
+        <v>86.832</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>188</v>
+        <v>109</v>
       </c>
       <c r="B134" t="s">
-        <v>189</v>
+        <v>110</v>
       </c>
       <c r="C134">
-        <v>144.12</v>
+        <v>89.46</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>190</v>
+        <v>111</v>
       </c>
       <c r="B135" t="s">
-        <v>191</v>
+        <v>112</v>
       </c>
       <c r="C135">
-        <v>144.276</v>
+        <v>90.72</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>192</v>
+        <v>113</v>
       </c>
       <c r="B136" t="s">
-        <v>193</v>
+        <v>114</v>
       </c>
       <c r="C136">
-        <v>146.292</v>
+        <v>92.472</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>194</v>
+        <v>115</v>
       </c>
       <c r="B137" t="s">
-        <v>195</v>
+        <v>116</v>
       </c>
       <c r="C137">
-        <v>146.424</v>
+        <v>95.892</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>202</v>
+        <v>117</v>
       </c>
       <c r="B138" t="s">
-        <v>203</v>
+        <v>118</v>
       </c>
       <c r="C138">
-        <v>149.148</v>
+        <v>98.256</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>206</v>
+        <v>119</v>
       </c>
       <c r="B139" t="s">
-        <v>207</v>
+        <v>120</v>
       </c>
       <c r="C139">
-        <v>155.244</v>
+        <v>99.504</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>208</v>
+        <v>121</v>
       </c>
       <c r="B140" t="s">
-        <v>209</v>
+        <v>122</v>
       </c>
       <c r="C140">
-        <v>158.964</v>
+        <v>100.128</v>
       </c>
       <c r="D140" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>210</v>
+        <v>123</v>
       </c>
       <c r="B141" t="s">
-        <v>211</v>
+        <v>124</v>
       </c>
       <c r="C141">
-        <v>161.784</v>
+        <v>100.644</v>
       </c>
       <c r="D141" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>212</v>
+        <v>128</v>
       </c>
       <c r="B142" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
       <c r="C142">
-        <v>166.404</v>
+        <v>103.536</v>
       </c>
       <c r="D142" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>214</v>
+        <v>132</v>
       </c>
       <c r="B143" t="s">
-        <v>215</v>
+        <v>133</v>
       </c>
       <c r="C143">
-        <v>167.448</v>
+        <v>108.444</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>216</v>
+        <v>134</v>
       </c>
       <c r="B144" t="s">
-        <v>217</v>
+        <v>135</v>
       </c>
       <c r="C144">
-        <v>167.916</v>
+        <v>109.368</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>218</v>
+        <v>136</v>
       </c>
       <c r="B145" t="s">
-        <v>219</v>
+        <v>137</v>
       </c>
       <c r="C145">
-        <v>169.212</v>
+        <v>109.656</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>220</v>
+        <v>138</v>
       </c>
       <c r="B146" t="s">
-        <v>221</v>
+        <v>139</v>
       </c>
       <c r="C146">
-        <v>170.424</v>
+        <v>110.268</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>222</v>
+        <v>140</v>
       </c>
       <c r="B147" t="s">
-        <v>223</v>
+        <v>141</v>
       </c>
       <c r="C147">
-        <v>171.48</v>
+        <v>111.756</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>224</v>
+        <v>142</v>
       </c>
       <c r="B148" t="s">
-        <v>225</v>
+        <v>143</v>
       </c>
       <c r="C148">
-        <v>174.168</v>
+        <v>113.772</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>226</v>
+        <v>144</v>
       </c>
       <c r="B149" t="s">
-        <v>227</v>
+        <v>145</v>
       </c>
       <c r="C149">
-        <v>178.116</v>
+        <v>114.468</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>228</v>
+        <v>146</v>
       </c>
       <c r="B150" t="s">
-        <v>229</v>
+        <v>147</v>
       </c>
       <c r="C150">
-        <v>183.444</v>
+        <v>115.272</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>230</v>
+        <v>148</v>
       </c>
       <c r="B151" t="s">
-        <v>231</v>
+        <v>149</v>
       </c>
       <c r="C151">
-        <v>183.672</v>
+        <v>116.4</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>232</v>
+        <v>150</v>
       </c>
       <c r="B152" t="s">
-        <v>233</v>
+        <v>151</v>
       </c>
       <c r="C152">
-        <v>185.424</v>
+        <v>118.248</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>234</v>
+        <v>154</v>
       </c>
       <c r="B153" t="s">
-        <v>235</v>
+        <v>155</v>
       </c>
       <c r="C153">
-        <v>187.596</v>
+        <v>120.348</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>236</v>
+        <v>156</v>
       </c>
       <c r="B154" t="s">
-        <v>237</v>
+        <v>157</v>
       </c>
       <c r="C154">
-        <v>187.776</v>
+        <v>120.372</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>238</v>
+        <v>160</v>
       </c>
       <c r="B155" t="s">
-        <v>239</v>
+        <v>161</v>
       </c>
       <c r="C155">
-        <v>189.456</v>
+        <v>121.38</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>240</v>
+        <v>162</v>
       </c>
       <c r="B156" t="s">
-        <v>241</v>
+        <v>163</v>
       </c>
       <c r="C156">
-        <v>196.068</v>
+        <v>121.776</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>242</v>
+        <v>164</v>
       </c>
       <c r="B157" t="s">
-        <v>243</v>
+        <v>165</v>
       </c>
       <c r="C157">
-        <v>197.448</v>
+        <v>122.64</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>244</v>
+        <v>166</v>
       </c>
       <c r="B158" t="s">
-        <v>245</v>
+        <v>167</v>
       </c>
       <c r="C158">
-        <v>204.912</v>
+        <v>125.544</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>246</v>
+        <v>168</v>
       </c>
       <c r="B159" t="s">
-        <v>247</v>
+        <v>169</v>
       </c>
       <c r="C159">
-        <v>205.74</v>
+        <v>126.996</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>248</v>
+        <v>170</v>
       </c>
       <c r="B160" t="s">
-        <v>249</v>
+        <v>171</v>
       </c>
       <c r="C160">
-        <v>206.34</v>
+        <v>128.904</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>250</v>
+        <v>172</v>
       </c>
       <c r="B161" t="s">
-        <v>251</v>
+        <v>173</v>
       </c>
       <c r="C161">
-        <v>206.544</v>
+        <v>130.332</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>252</v>
+        <v>174</v>
       </c>
       <c r="B162" t="s">
-        <v>253</v>
+        <v>175</v>
       </c>
       <c r="C162">
-        <v>208.716</v>
+        <v>130.8</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>127</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>254</v>
+        <v>176</v>
       </c>
       <c r="B163" t="s">
-        <v>255</v>
+        <v>177</v>
       </c>
       <c r="C163">
-        <v>213.42</v>
+        <v>136.8</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>256</v>
+        <v>180</v>
       </c>
       <c r="B164" t="s">
-        <v>257</v>
+        <v>181</v>
       </c>
       <c r="C164">
-        <v>214.476</v>
+        <v>138.468</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>258</v>
+        <v>182</v>
       </c>
       <c r="B165" t="s">
-        <v>259</v>
+        <v>183</v>
       </c>
       <c r="C165">
-        <v>214.632</v>
+        <v>138.672</v>
       </c>
       <c r="D165" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>260</v>
+        <v>184</v>
       </c>
       <c r="B166" t="s">
-        <v>261</v>
+        <v>185</v>
       </c>
       <c r="C166">
-        <v>215.832</v>
+        <v>139.716</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>262</v>
+        <v>186</v>
       </c>
       <c r="B167" t="s">
-        <v>263</v>
+        <v>187</v>
       </c>
       <c r="C167">
-        <v>216.264</v>
+        <v>142.548</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>264</v>
+        <v>188</v>
       </c>
       <c r="B168" t="s">
-        <v>265</v>
+        <v>189</v>
       </c>
       <c r="C168">
-        <v>217.92</v>
+        <v>144.276</v>
       </c>
       <c r="D168" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>266</v>
+        <v>190</v>
       </c>
       <c r="B169" t="s">
-        <v>267</v>
+        <v>191</v>
       </c>
       <c r="C169">
-        <v>217.92</v>
+        <v>144.876</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>264</v>
+        <v>192</v>
       </c>
       <c r="B170" t="s">
-        <v>268</v>
+        <v>193</v>
       </c>
       <c r="C170">
-        <v>220.776</v>
+        <v>145.008</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>269</v>
+        <v>194</v>
       </c>
       <c r="B171" t="s">
-        <v>270</v>
+        <v>195</v>
       </c>
       <c r="C171">
-        <v>221.628</v>
+        <v>147.192</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>271</v>
+        <v>196</v>
       </c>
       <c r="B172" t="s">
-        <v>272</v>
+        <v>197</v>
       </c>
       <c r="C172">
-        <v>222.204</v>
+        <v>147.324</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>273</v>
+        <v>198</v>
       </c>
       <c r="B173" t="s">
-        <v>274</v>
+        <v>199</v>
       </c>
       <c r="C173">
-        <v>226.008</v>
+        <v>148.656</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>275</v>
+        <v>200</v>
       </c>
       <c r="B174" t="s">
-        <v>276</v>
+        <v>201</v>
       </c>
       <c r="C174">
-        <v>226.08</v>
+        <v>149.016</v>
       </c>
       <c r="D174" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>277</v>
+        <v>202</v>
       </c>
       <c r="B175" t="s">
-        <v>278</v>
+        <v>203</v>
       </c>
       <c r="C175">
-        <v>228.396</v>
+        <v>150.06</v>
       </c>
       <c r="D175" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>279</v>
+        <v>206</v>
       </c>
       <c r="B176" t="s">
-        <v>280</v>
+        <v>207</v>
       </c>
       <c r="C176">
-        <v>230.352</v>
+        <v>150.6</v>
       </c>
       <c r="D176" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>281</v>
+        <v>208</v>
       </c>
       <c r="B177" t="s">
-        <v>282</v>
+        <v>209</v>
       </c>
       <c r="C177">
-        <v>230.808</v>
+        <v>151.536</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>283</v>
+        <v>210</v>
       </c>
       <c r="B178" t="s">
-        <v>284</v>
+        <v>211</v>
       </c>
       <c r="C178">
-        <v>232.344</v>
+        <v>151.98</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>127</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>285</v>
+        <v>212</v>
       </c>
       <c r="B179" t="s">
-        <v>286</v>
+        <v>213</v>
       </c>
       <c r="C179">
-        <v>233.064</v>
+        <v>156.192</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>285</v>
+        <v>214</v>
       </c>
       <c r="B180" t="s">
-        <v>287</v>
+        <v>215</v>
       </c>
       <c r="C180">
-        <v>233.088</v>
+        <v>158.268</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>288</v>
+        <v>216</v>
       </c>
       <c r="B181" t="s">
-        <v>289</v>
+        <v>217</v>
       </c>
       <c r="C181">
-        <v>236.46</v>
+        <v>158.892</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>127</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>290</v>
+        <v>218</v>
       </c>
       <c r="B182" t="s">
-        <v>291</v>
+        <v>219</v>
       </c>
       <c r="C182">
-        <v>239.928</v>
+        <v>158.964</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>292</v>
+        <v>200</v>
       </c>
       <c r="B183" t="s">
-        <v>293</v>
+        <v>220</v>
       </c>
       <c r="C183">
-        <v>240.288</v>
+        <v>160.032</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>269</v>
+        <v>221</v>
       </c>
       <c r="B184" t="s">
-        <v>294</v>
+        <v>222</v>
       </c>
       <c r="C184">
-        <v>241.392</v>
+        <v>162.156</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>295</v>
+        <v>223</v>
       </c>
       <c r="B185" t="s">
-        <v>296</v>
+        <v>224</v>
       </c>
       <c r="C185">
-        <v>245.676</v>
+        <v>163.2</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>297</v>
+        <v>225</v>
       </c>
       <c r="B186" t="s">
-        <v>298</v>
+        <v>226</v>
       </c>
       <c r="C186">
-        <v>245.676</v>
+        <v>163.2</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>299</v>
+        <v>227</v>
       </c>
       <c r="B187" t="s">
-        <v>300</v>
+        <v>228</v>
       </c>
       <c r="C187">
-        <v>246.468</v>
+        <v>164.388</v>
       </c>
       <c r="D187" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>301</v>
+        <v>198</v>
       </c>
       <c r="B188" t="s">
-        <v>302</v>
+        <v>229</v>
       </c>
       <c r="C188">
-        <v>246.468</v>
+        <v>165.492</v>
       </c>
       <c r="D188" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>303</v>
+        <v>230</v>
       </c>
       <c r="B189" t="s">
-        <v>304</v>
+        <v>231</v>
       </c>
       <c r="C189">
-        <v>247.62</v>
+        <v>167.424</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>305</v>
+        <v>232</v>
       </c>
       <c r="B190" t="s">
-        <v>306</v>
+        <v>233</v>
       </c>
       <c r="C190">
-        <v>251.064</v>
+        <v>168.0</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>307</v>
+        <v>234</v>
       </c>
       <c r="B191" t="s">
-        <v>308</v>
+        <v>235</v>
       </c>
       <c r="C191">
-        <v>251.064</v>
+        <v>168.468</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>309</v>
+        <v>236</v>
       </c>
       <c r="B192" t="s">
-        <v>310</v>
+        <v>237</v>
       </c>
       <c r="C192">
-        <v>252.948</v>
+        <v>168.948</v>
       </c>
       <c r="D192" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>311</v>
+        <v>238</v>
       </c>
       <c r="B193" t="s">
-        <v>312</v>
+        <v>239</v>
       </c>
       <c r="C193">
-        <v>254.064</v>
+        <v>170.244</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>313</v>
+        <v>240</v>
       </c>
       <c r="B194" t="s">
-        <v>314</v>
+        <v>241</v>
       </c>
       <c r="C194">
-        <v>254.064</v>
+        <v>171.468</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>315</v>
+        <v>242</v>
       </c>
       <c r="B195" t="s">
-        <v>316</v>
+        <v>243</v>
       </c>
       <c r="C195">
-        <v>254.484</v>
+        <v>172.452</v>
       </c>
       <c r="D195" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>317</v>
+        <v>244</v>
       </c>
       <c r="B196" t="s">
-        <v>318</v>
+        <v>245</v>
       </c>
       <c r="C196">
-        <v>257.1</v>
+        <v>173.484</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>319</v>
+        <v>246</v>
       </c>
       <c r="B197" t="s">
-        <v>320</v>
+        <v>247</v>
       </c>
       <c r="C197">
-        <v>258.348</v>
+        <v>173.7</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>321</v>
+        <v>248</v>
       </c>
       <c r="B198" t="s">
-        <v>322</v>
+        <v>249</v>
       </c>
       <c r="C198">
-        <v>258.78</v>
+        <v>175.236</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>323</v>
+        <v>250</v>
       </c>
       <c r="B199" t="s">
-        <v>324</v>
+        <v>251</v>
       </c>
       <c r="C199">
-        <v>260.484</v>
+        <v>179.208</v>
       </c>
       <c r="D199" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>325</v>
+        <v>252</v>
       </c>
       <c r="B200" t="s">
-        <v>326</v>
+        <v>253</v>
       </c>
       <c r="C200">
-        <v>263.856</v>
+        <v>179.868</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>127</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>327</v>
+        <v>254</v>
       </c>
       <c r="B201" t="s">
-        <v>328</v>
+        <v>255</v>
       </c>
       <c r="C201">
-        <v>271.752</v>
+        <v>181.404</v>
       </c>
       <c r="D201" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B202" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="C202">
-        <v>37.224</v>
+        <v>27.132</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>70</v>
+        <v>16</v>
       </c>
       <c r="B203" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="C203">
-        <v>58.98</v>
+        <v>28.74</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="B204" t="s">
-        <v>133</v>
+        <v>21</v>
       </c>
       <c r="C204">
-        <v>109.368</v>
+        <v>33.192</v>
       </c>
       <c r="D204" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="B205" t="s">
-        <v>147</v>
+        <v>25</v>
       </c>
       <c r="C205">
-        <v>114.564</v>
+        <v>37.452</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>154</v>
+        <v>28</v>
       </c>
       <c r="B206" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="C206">
-        <v>119.64</v>
+        <v>38.46</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>184</v>
+        <v>32</v>
       </c>
       <c r="B207" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="C207">
-        <v>141.684</v>
+        <v>41.64</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="B208" t="s">
-        <v>191</v>
+        <v>36</v>
       </c>
       <c r="C208">
-        <v>144.276</v>
+        <v>45.48</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>194</v>
+        <v>37</v>
       </c>
       <c r="B209" t="s">
-        <v>195</v>
+        <v>38</v>
       </c>
       <c r="C209">
-        <v>146.424</v>
+        <v>45.588</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>202</v>
+        <v>41</v>
       </c>
       <c r="B210" t="s">
-        <v>203</v>
+        <v>42</v>
       </c>
       <c r="C210">
-        <v>149.148</v>
+        <v>49.932</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>206</v>
+        <v>47</v>
       </c>
       <c r="B211" t="s">
-        <v>207</v>
+        <v>48</v>
       </c>
       <c r="C211">
-        <v>155.244</v>
+        <v>52.764</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>208</v>
+        <v>55</v>
       </c>
       <c r="B212" t="s">
-        <v>209</v>
+        <v>56</v>
       </c>
       <c r="C212">
-        <v>158.964</v>
+        <v>55.392</v>
       </c>
       <c r="D212" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>214</v>
+        <v>57</v>
       </c>
       <c r="B213" t="s">
-        <v>215</v>
+        <v>58</v>
       </c>
       <c r="C213">
-        <v>167.448</v>
+        <v>55.572</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>218</v>
+        <v>59</v>
       </c>
       <c r="B214" t="s">
-        <v>219</v>
+        <v>60</v>
       </c>
       <c r="C214">
-        <v>169.212</v>
+        <v>56.088</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>234</v>
+        <v>63</v>
       </c>
       <c r="B215" t="s">
-        <v>235</v>
+        <v>64</v>
       </c>
       <c r="C215">
-        <v>187.596</v>
+        <v>57.54</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="B216" t="s">
-        <v>237</v>
+        <v>68</v>
       </c>
       <c r="C216">
-        <v>187.776</v>
+        <v>59.34</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>242</v>
+        <v>69</v>
       </c>
       <c r="B217" t="s">
-        <v>243</v>
+        <v>70</v>
       </c>
       <c r="C217">
-        <v>197.448</v>
+        <v>59.592</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>252</v>
+        <v>77</v>
       </c>
       <c r="B218" t="s">
-        <v>253</v>
+        <v>78</v>
       </c>
       <c r="C218">
-        <v>208.716</v>
+        <v>61.02</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>256</v>
+        <v>81</v>
       </c>
       <c r="B219" t="s">
-        <v>257</v>
+        <v>82</v>
       </c>
       <c r="C219">
-        <v>214.476</v>
+        <v>62.064</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>266</v>
+        <v>83</v>
       </c>
       <c r="B220" t="s">
-        <v>267</v>
+        <v>84</v>
       </c>
       <c r="C220">
-        <v>217.92</v>
+        <v>65.1</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>269</v>
+        <v>87</v>
       </c>
       <c r="B221" t="s">
-        <v>270</v>
+        <v>88</v>
       </c>
       <c r="C221">
-        <v>221.628</v>
+        <v>65.412</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>275</v>
+        <v>89</v>
       </c>
       <c r="B222" t="s">
-        <v>276</v>
+        <v>90</v>
       </c>
       <c r="C222">
-        <v>226.08</v>
+        <v>66.384</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>277</v>
+        <v>91</v>
       </c>
       <c r="B223" t="s">
-        <v>278</v>
+        <v>92</v>
       </c>
       <c r="C223">
-        <v>228.396</v>
+        <v>71.604</v>
       </c>
       <c r="D223" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>281</v>
+        <v>93</v>
       </c>
       <c r="B224" t="s">
-        <v>282</v>
+        <v>94</v>
       </c>
       <c r="C224">
-        <v>230.808</v>
+        <v>77.748</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>283</v>
+        <v>95</v>
       </c>
       <c r="B225" t="s">
-        <v>284</v>
+        <v>96</v>
       </c>
       <c r="C225">
-        <v>232.344</v>
+        <v>78.264</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>285</v>
+        <v>97</v>
       </c>
       <c r="B226" t="s">
-        <v>286</v>
+        <v>98</v>
       </c>
       <c r="C226">
-        <v>233.064</v>
+        <v>79.944</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>285</v>
+        <v>99</v>
       </c>
       <c r="B227" t="s">
-        <v>287</v>
+        <v>100</v>
       </c>
       <c r="C227">
-        <v>233.088</v>
+        <v>81.852</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>288</v>
+        <v>101</v>
       </c>
       <c r="B228" t="s">
-        <v>289</v>
+        <v>102</v>
       </c>
       <c r="C228">
-        <v>236.46</v>
+        <v>83.22</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>290</v>
+        <v>107</v>
       </c>
       <c r="B229" t="s">
-        <v>291</v>
+        <v>108</v>
       </c>
       <c r="C229">
-        <v>239.928</v>
+        <v>86.832</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>269</v>
+        <v>109</v>
       </c>
       <c r="B230" t="s">
-        <v>294</v>
+        <v>110</v>
       </c>
       <c r="C230">
-        <v>241.392</v>
+        <v>89.46</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>297</v>
+        <v>111</v>
       </c>
       <c r="B231" t="s">
-        <v>298</v>
+        <v>112</v>
       </c>
       <c r="C231">
-        <v>245.676</v>
+        <v>90.72</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>305</v>
+        <v>113</v>
       </c>
       <c r="B232" t="s">
-        <v>306</v>
+        <v>114</v>
       </c>
       <c r="C232">
-        <v>251.064</v>
+        <v>92.472</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>307</v>
+        <v>115</v>
       </c>
       <c r="B233" t="s">
-        <v>308</v>
+        <v>116</v>
       </c>
       <c r="C233">
-        <v>251.064</v>
+        <v>95.892</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>313</v>
+        <v>117</v>
       </c>
       <c r="B234" t="s">
-        <v>314</v>
+        <v>118</v>
       </c>
       <c r="C234">
-        <v>254.064</v>
+        <v>98.256</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>323</v>
+        <v>119</v>
       </c>
       <c r="B235" t="s">
-        <v>324</v>
+        <v>120</v>
       </c>
       <c r="C235">
-        <v>260.484</v>
+        <v>99.504</v>
       </c>
       <c r="D235" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>329</v>
+        <v>121</v>
       </c>
       <c r="B236" t="s">
-        <v>330</v>
+        <v>122</v>
       </c>
       <c r="C236">
-        <v>279.3</v>
+        <v>100.128</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>331</v>
+        <v>123</v>
       </c>
       <c r="B237" t="s">
-        <v>332</v>
+        <v>124</v>
       </c>
       <c r="C237">
-        <v>281.484</v>
+        <v>100.644</v>
       </c>
       <c r="D237" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>333</v>
+        <v>128</v>
       </c>
       <c r="B238" t="s">
-        <v>334</v>
+        <v>129</v>
       </c>
       <c r="C238">
-        <v>283.044</v>
+        <v>103.536</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>335</v>
+        <v>132</v>
       </c>
       <c r="B239" t="s">
-        <v>336</v>
+        <v>133</v>
       </c>
       <c r="C239">
-        <v>285.24</v>
+        <v>108.444</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>337</v>
+        <v>134</v>
       </c>
       <c r="B240" t="s">
-        <v>338</v>
+        <v>135</v>
       </c>
       <c r="C240">
-        <v>298.14</v>
+        <v>109.368</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>339</v>
+        <v>136</v>
       </c>
       <c r="B241" t="s">
-        <v>340</v>
+        <v>137</v>
       </c>
       <c r="C241">
-        <v>327.468</v>
+        <v>109.656</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>339</v>
+        <v>138</v>
       </c>
       <c r="B242" t="s">
-        <v>341</v>
+        <v>139</v>
       </c>
       <c r="C242">
-        <v>327.528</v>
+        <v>110.268</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>342</v>
+        <v>140</v>
       </c>
       <c r="B243" t="s">
-        <v>343</v>
+        <v>141</v>
       </c>
       <c r="C243">
-        <v>327.528</v>
+        <v>111.756</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>344</v>
+        <v>144</v>
       </c>
       <c r="B244" t="s">
-        <v>345</v>
+        <v>145</v>
       </c>
       <c r="C244">
-        <v>340.812</v>
+        <v>114.468</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>346</v>
+        <v>146</v>
       </c>
       <c r="B245" t="s">
-        <v>347</v>
+        <v>147</v>
       </c>
       <c r="C245">
-        <v>346.8</v>
+        <v>115.272</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>348</v>
+        <v>148</v>
       </c>
       <c r="B246" t="s">
-        <v>349</v>
+        <v>149</v>
       </c>
       <c r="C246">
-        <v>348.6</v>
+        <v>116.4</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>350</v>
+        <v>150</v>
       </c>
       <c r="B247" t="s">
-        <v>351</v>
+        <v>151</v>
       </c>
       <c r="C247">
-        <v>355.272</v>
+        <v>118.248</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>352</v>
+        <v>154</v>
       </c>
       <c r="B248" t="s">
-        <v>353</v>
+        <v>155</v>
       </c>
       <c r="C248">
-        <v>368.436</v>
+        <v>120.348</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>354</v>
+        <v>156</v>
       </c>
       <c r="B249" t="s">
-        <v>355</v>
+        <v>157</v>
       </c>
       <c r="C249">
-        <v>370.152</v>
+        <v>120.372</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>356</v>
+        <v>160</v>
       </c>
       <c r="B250" t="s">
-        <v>357</v>
+        <v>161</v>
       </c>
       <c r="C250">
-        <v>392.532</v>
+        <v>121.38</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>358</v>
+        <v>162</v>
       </c>
       <c r="B251" t="s">
-        <v>359</v>
+        <v>163</v>
       </c>
       <c r="C251">
-        <v>402.684</v>
+        <v>121.776</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>360</v>
+        <v>168</v>
       </c>
       <c r="B252" t="s">
-        <v>361</v>
+        <v>169</v>
       </c>
       <c r="C252">
-        <v>438.6</v>
+        <v>126.996</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>362</v>
+        <v>170</v>
       </c>
       <c r="B253" t="s">
-        <v>363</v>
+        <v>171</v>
       </c>
       <c r="C253">
-        <v>438.66</v>
+        <v>128.904</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>364</v>
+        <v>172</v>
       </c>
       <c r="B254" t="s">
-        <v>365</v>
+        <v>173</v>
       </c>
       <c r="C254">
-        <v>438.66</v>
+        <v>130.332</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>366</v>
+        <v>174</v>
       </c>
       <c r="B255" t="s">
-        <v>367</v>
+        <v>175</v>
       </c>
       <c r="C255">
-        <v>445.98</v>
+        <v>130.8</v>
       </c>
       <c r="D255" t="s">
-        <v>6</v>
+        <v>127</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>368</v>
+        <v>176</v>
       </c>
       <c r="B256" t="s">
-        <v>369</v>
+        <v>177</v>
       </c>
       <c r="C256">
-        <v>451.644</v>
+        <v>136.8</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>368</v>
+        <v>180</v>
       </c>
       <c r="B257" t="s">
-        <v>370</v>
+        <v>181</v>
       </c>
       <c r="C257">
-        <v>451.692</v>
+        <v>138.468</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>371</v>
+        <v>182</v>
       </c>
       <c r="B258" t="s">
-        <v>372</v>
+        <v>183</v>
       </c>
       <c r="C258">
-        <v>454.692</v>
+        <v>138.672</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>356</v>
+        <v>184</v>
       </c>
       <c r="B259" t="s">
-        <v>373</v>
+        <v>185</v>
       </c>
       <c r="C259">
-        <v>454.692</v>
+        <v>139.716</v>
       </c>
       <c r="D259" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>358</v>
+        <v>186</v>
       </c>
       <c r="B260" t="s">
-        <v>374</v>
+        <v>187</v>
       </c>
       <c r="C260">
-        <v>467.556</v>
+        <v>142.548</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>375</v>
+        <v>188</v>
       </c>
       <c r="B261" t="s">
-        <v>376</v>
+        <v>189</v>
       </c>
       <c r="C261">
-        <v>467.556</v>
+        <v>144.276</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>377</v>
+        <v>190</v>
       </c>
       <c r="B262" t="s">
-        <v>378</v>
+        <v>191</v>
       </c>
       <c r="C262">
-        <v>468.0</v>
+        <v>144.876</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>379</v>
+        <v>192</v>
       </c>
       <c r="B263" t="s">
-        <v>380</v>
+        <v>193</v>
       </c>
       <c r="C263">
-        <v>472.86</v>
+        <v>145.008</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>381</v>
+        <v>194</v>
       </c>
       <c r="B264" t="s">
-        <v>382</v>
+        <v>195</v>
       </c>
       <c r="C264">
-        <v>476.412</v>
+        <v>147.192</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>383</v>
+        <v>196</v>
       </c>
       <c r="B265" t="s">
-        <v>384</v>
+        <v>197</v>
       </c>
       <c r="C265">
-        <v>477.684</v>
+        <v>147.324</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>385</v>
+        <v>198</v>
       </c>
       <c r="B266" t="s">
-        <v>386</v>
+        <v>199</v>
       </c>
       <c r="C266">
-        <v>488.34</v>
+        <v>148.656</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>387</v>
+        <v>200</v>
       </c>
       <c r="B267" t="s">
-        <v>388</v>
+        <v>201</v>
       </c>
       <c r="C267">
-        <v>496.26</v>
+        <v>149.016</v>
       </c>
       <c r="D267" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>389</v>
+        <v>202</v>
       </c>
       <c r="B268" t="s">
-        <v>390</v>
+        <v>203</v>
       </c>
       <c r="C268">
-        <v>505.2</v>
+        <v>150.06</v>
       </c>
       <c r="D268" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>391</v>
+        <v>206</v>
       </c>
       <c r="B269" t="s">
-        <v>392</v>
+        <v>207</v>
       </c>
       <c r="C269">
-        <v>513.768</v>
+        <v>150.6</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>393</v>
+        <v>210</v>
       </c>
       <c r="B270" t="s">
-        <v>394</v>
+        <v>211</v>
       </c>
       <c r="C270">
-        <v>526.644</v>
+        <v>151.98</v>
       </c>
       <c r="D270" t="s">
-        <v>6</v>
+        <v>127</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>395</v>
+        <v>212</v>
       </c>
       <c r="B271" t="s">
-        <v>396</v>
+        <v>213</v>
       </c>
       <c r="C271">
-        <v>609.024</v>
+        <v>156.192</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>397</v>
+        <v>214</v>
       </c>
       <c r="B272" t="s">
-        <v>398</v>
+        <v>215</v>
       </c>
       <c r="C272">
-        <v>676.656</v>
+        <v>158.268</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>399</v>
+        <v>216</v>
       </c>
       <c r="B273" t="s">
-        <v>400</v>
+        <v>217</v>
       </c>
       <c r="C273">
-        <v>683.616</v>
+        <v>158.892</v>
       </c>
       <c r="D273" t="s">
-        <v>6</v>
+        <v>127</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>401</v>
+        <v>218</v>
       </c>
       <c r="B274" t="s">
-        <v>402</v>
+        <v>219</v>
       </c>
       <c r="C274">
-        <v>683.616</v>
+        <v>158.964</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>403</v>
+        <v>200</v>
       </c>
       <c r="B275" t="s">
-        <v>404</v>
+        <v>220</v>
       </c>
       <c r="C275">
-        <v>700.776</v>
+        <v>160.032</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>405</v>
+        <v>221</v>
       </c>
       <c r="B276" t="s">
-        <v>406</v>
+        <v>222</v>
       </c>
       <c r="C276">
-        <v>702.516</v>
+        <v>162.156</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>407</v>
+        <v>223</v>
       </c>
       <c r="B277" t="s">
-        <v>408</v>
+        <v>224</v>
       </c>
       <c r="C277">
-        <v>749.448</v>
+        <v>163.2</v>
       </c>
       <c r="D277" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>409</v>
+        <v>225</v>
       </c>
       <c r="B278" t="s">
-        <v>410</v>
+        <v>226</v>
       </c>
       <c r="C278">
-        <v>749.448</v>
+        <v>163.2</v>
       </c>
       <c r="D278" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>411</v>
+        <v>227</v>
       </c>
       <c r="B279" t="s">
-        <v>412</v>
+        <v>228</v>
       </c>
       <c r="C279">
-        <v>795.996</v>
+        <v>164.388</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>256</v>
+        <v>198</v>
       </c>
       <c r="B280" t="s">
-        <v>413</v>
+        <v>229</v>
       </c>
       <c r="C280">
-        <v>953.808</v>
+        <v>165.492</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>414</v>
+        <v>230</v>
       </c>
       <c r="B281" t="s">
-        <v>415</v>
+        <v>231</v>
       </c>
       <c r="C281">
-        <v>955.332</v>
+        <v>167.424</v>
       </c>
       <c r="D281" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>416</v>
+        <v>232</v>
       </c>
       <c r="B282" t="s">
-        <v>417</v>
+        <v>233</v>
       </c>
       <c r="C282">
-        <v>964.584</v>
+        <v>168.0</v>
       </c>
       <c r="D282" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>418</v>
+        <v>234</v>
       </c>
       <c r="B283" t="s">
-        <v>419</v>
+        <v>235</v>
       </c>
       <c r="C283">
-        <v>1013.82</v>
+        <v>168.468</v>
       </c>
       <c r="D283" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>420</v>
+        <v>236</v>
       </c>
       <c r="B284" t="s">
-        <v>421</v>
+        <v>237</v>
       </c>
       <c r="C284">
-        <v>1016.088</v>
+        <v>168.948</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>422</v>
+        <v>238</v>
       </c>
       <c r="B285" t="s">
-        <v>423</v>
+        <v>239</v>
       </c>
       <c r="C285">
-        <v>1022.22</v>
+        <v>170.244</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>424</v>
+        <v>240</v>
       </c>
       <c r="B286" t="s">
-        <v>425</v>
+        <v>241</v>
       </c>
       <c r="C286">
-        <v>1024.728</v>
+        <v>171.468</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>426</v>
+        <v>242</v>
       </c>
       <c r="B287" t="s">
-        <v>427</v>
+        <v>243</v>
       </c>
       <c r="C287">
-        <v>1302.06</v>
+        <v>172.452</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>428</v>
+        <v>244</v>
       </c>
       <c r="B288" t="s">
-        <v>429</v>
+        <v>245</v>
       </c>
       <c r="C288">
-        <v>1344.24</v>
+        <v>173.484</v>
       </c>
       <c r="D288" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>430</v>
+        <v>246</v>
       </c>
       <c r="B289" t="s">
-        <v>431</v>
+        <v>247</v>
       </c>
       <c r="C289">
-        <v>1444.56</v>
+        <v>173.7</v>
       </c>
       <c r="D289" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>432</v>
+        <v>248</v>
       </c>
       <c r="B290" t="s">
-        <v>433</v>
+        <v>249</v>
       </c>
       <c r="C290">
-        <v>1444.56</v>
+        <v>175.236</v>
       </c>
       <c r="D290" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>434</v>
+        <v>250</v>
       </c>
       <c r="B291" t="s">
-        <v>435</v>
+        <v>251</v>
       </c>
       <c r="C291">
-        <v>1557.372</v>
+        <v>179.208</v>
       </c>
       <c r="D291" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>436</v>
+        <v>252</v>
       </c>
       <c r="B292" t="s">
-        <v>437</v>
+        <v>253</v>
       </c>
       <c r="C292">
-        <v>1896.564</v>
+        <v>179.868</v>
       </c>
       <c r="D292" t="s">
-        <v>51</v>
+        <v>127</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>256</v>
+      </c>
+      <c r="B293" t="s">
+        <v>257</v>
+      </c>
+      <c r="C293">
+        <v>184.572</v>
+      </c>
+      <c r="D293" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>258</v>
+      </c>
+      <c r="B294" t="s">
+        <v>259</v>
+      </c>
+      <c r="C294">
+        <v>184.8</v>
+      </c>
+      <c r="D294" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>260</v>
+      </c>
+      <c r="B295" t="s">
+        <v>261</v>
+      </c>
+      <c r="C295">
+        <v>186.564</v>
+      </c>
+      <c r="D295" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>262</v>
+      </c>
+      <c r="B296" t="s">
+        <v>263</v>
+      </c>
+      <c r="C296">
+        <v>188.748</v>
+      </c>
+      <c r="D296" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>264</v>
+      </c>
+      <c r="B297" t="s">
+        <v>265</v>
+      </c>
+      <c r="C297">
+        <v>188.928</v>
+      </c>
+      <c r="D297" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>266</v>
+      </c>
+      <c r="B298" t="s">
+        <v>267</v>
+      </c>
+      <c r="C298">
+        <v>189.9</v>
+      </c>
+      <c r="D298" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>268</v>
+      </c>
+      <c r="B299" t="s">
+        <v>269</v>
+      </c>
+      <c r="C299">
+        <v>197.268</v>
+      </c>
+      <c r="D299" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>270</v>
+      </c>
+      <c r="B300" t="s">
+        <v>271</v>
+      </c>
+      <c r="C300">
+        <v>197.364</v>
+      </c>
+      <c r="D300" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>272</v>
+      </c>
+      <c r="B301" t="s">
+        <v>273</v>
+      </c>
+      <c r="C301">
+        <v>197.448</v>
+      </c>
+      <c r="D301" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>123</v>
+      </c>
+      <c r="B302" t="s">
+        <v>124</v>
+      </c>
+      <c r="C302">
+        <v>100.644</v>
+      </c>
+      <c r="D302" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>218</v>
+      </c>
+      <c r="B303" t="s">
+        <v>219</v>
+      </c>
+      <c r="C303">
+        <v>158.964</v>
+      </c>
+      <c r="D303" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>262</v>
+      </c>
+      <c r="B304" t="s">
+        <v>263</v>
+      </c>
+      <c r="C304">
+        <v>188.748</v>
+      </c>
+      <c r="D304" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>274</v>
+      </c>
+      <c r="B305" t="s">
+        <v>275</v>
+      </c>
+      <c r="C305">
+        <v>676.656</v>
+      </c>
+      <c r="D305" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>276</v>
+      </c>
+      <c r="B306" t="s">
+        <v>277</v>
+      </c>
+      <c r="C306">
+        <v>702.516</v>
+      </c>
+      <c r="D306" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>278</v>
+      </c>
+      <c r="B307" t="s">
+        <v>279</v>
+      </c>
+      <c r="C307">
+        <v>965.772</v>
+      </c>
+      <c r="D307" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>280</v>
+      </c>
+      <c r="B308" t="s">
+        <v>281</v>
+      </c>
+      <c r="C308">
+        <v>1565.664</v>
+      </c>
+      <c r="D308" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>282</v>
+      </c>
+      <c r="B309" t="s">
+        <v>283</v>
+      </c>
+      <c r="C309">
+        <v>1908.18</v>
+      </c>
+      <c r="D309" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D293"/>
+  <autoFilter ref="A1:D310"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>