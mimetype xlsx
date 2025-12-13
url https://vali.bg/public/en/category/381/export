--- v1 (2025-11-09)
+++ v2 (2025-12-13)
@@ -14,152 +14,155 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$17</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Internal LITE-ON iHAS124, SATA, Black</t>
-[...2 lines deleted...]
-    <t>DVD-RW-LITE-ON-SATA</t>
+    <t>Internal Hitachi GUD1N, SATA, Black</t>
+  </si>
+  <si>
+    <t>DVD-RW-HLDS-GUD1N</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>ASUS DRW-24D5MT - internal 24X DVD burner</t>
+  </si>
+  <si>
+    <t>DVD-RW-ASUS-DRW-24D5MT</t>
+  </si>
+  <si>
+    <t>DVD Writer LG GP57EB40, USB 2.0, Silver</t>
+  </si>
+  <si>
+    <t>DVD-RW-LG-GP57ES40</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
-    <t>Internal Hitachi GUD1N, SATA, Black</t>
-[...17 lines deleted...]
-    <t>DVD-RW-LG-GP57ES40</t>
+    <t>DVD Writer LG GP60NB60, USB 2.0, Black</t>
+  </si>
+  <si>
+    <t>DVD-RW-LG-GP60NB60</t>
   </si>
   <si>
     <t>DVD Writer LG GP57EB40, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-LG-GP57EB40</t>
   </si>
   <si>
     <t>DVD Writer LG GP57EW40, USB 2.0, White</t>
   </si>
   <si>
     <t>DVD-RW-LG-GP57EW40</t>
   </si>
   <si>
-    <t>DVD Writer LG GP60NB60, USB 2.0, Black</t>
-[...2 lines deleted...]
-    <t>DVD-RW-LG-GP60NB60</t>
+    <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Black</t>
+  </si>
+  <si>
+    <t>DVD-RW-ASUS-SDRW-08U7M-U</t>
   </si>
   <si>
     <t>DVD Writer ASUS SDRW-08D2S-U LITE, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08D2S-U-BLK-G</t>
   </si>
   <si>
-    <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Black</t>
-[...2 lines deleted...]
-    <t>DVD-RW-ASUS-SDRW-08U7M-U</t>
+    <t>DVD Writer ASUS ZenDrive U9M Ultra-slim</t>
+  </si>
+  <si>
+    <t>DVD-RW-ASUS-08U9M-U-BLK</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Silver</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U7M-U-SIL</t>
   </si>
   <si>
-    <t>DVD Writer ASUS ZenDrive U9M Ultra-slim</t>
-[...1 lines deleted...]
-  <si>
     <t>DVD-RW-ASUS-08U9M-U-SL</t>
   </si>
   <si>
-    <t>DVD-RW-ASUS-08U9M-U-BLK</t>
-[...1 lines deleted...]
-  <si>
     <t>ASUS ZenDrive U8M ultraslim external DVD drive &amp; writer</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-SDRW-08U8M-U</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U9M-U-GLD</t>
   </si>
   <si>
     <t>Internal Blu-Ray ASUS BW-16D1HT, SATA, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-BW-16D1HT</t>
+  </si>
+  <si>
+    <t>ASUS Turbo Drive BW-16D1X-U Blu-Ray</t>
+  </si>
+  <si>
+    <t>DVD-RW-ASUS-BW-16D1X-U</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -474,275 +477,275 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>31.896</v>
+        <v>43.812</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>43.812</v>
+        <v>51.192</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4">
+        <v>54.0</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>68.4</v>
+        <v>54.0</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>68.52</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>68.52</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>68.52</v>
+        <v>73.38</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>75.396</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>81.948</v>
+        <v>79.032</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>82.164</v>
+        <v>83.004</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>88.032</v>
+        <v>88.944</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
-        <v>88.26</v>
+        <v>91.788</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
         <v>29</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>91.788</v>
+        <v>96.708</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15">
-        <v>96.708</v>
+        <v>216.612</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16">
-        <v>216.612</v>
+        <v>288.0</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D17"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>