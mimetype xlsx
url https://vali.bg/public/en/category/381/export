--- v2 (2025-12-13)
+++ v3 (2026-01-11)
@@ -52,117 +52,117 @@
   <si>
     <t>Internal Hitachi GUD1N, SATA, Black</t>
   </si>
   <si>
     <t>DVD-RW-HLDS-GUD1N</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>ASUS DRW-24D5MT - internal 24X DVD burner</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-DRW-24D5MT</t>
   </si>
   <si>
     <t>DVD Writer LG GP57EB40, USB 2.0, Silver</t>
   </si>
   <si>
     <t>DVD-RW-LG-GP57ES40</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
+    <t>DVD Writer LG GP57EB40, USB 2.0, Black</t>
+  </si>
+  <si>
+    <t>DVD-RW-LG-GP57EB40</t>
+  </si>
+  <si>
+    <t>DVD Writer LG GP57EW40, USB 2.0, White</t>
+  </si>
+  <si>
+    <t>DVD-RW-LG-GP57EW40</t>
+  </si>
+  <si>
     <t>DVD Writer LG GP60NB60, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-LG-GP60NB60</t>
   </si>
   <si>
-    <t>DVD Writer LG GP57EB40, USB 2.0, Black</t>
-[...10 lines deleted...]
-  <si>
     <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-SDRW-08U7M-U</t>
   </si>
   <si>
     <t>DVD Writer ASUS SDRW-08D2S-U LITE, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08D2S-U-BLK-G</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U9M Ultra-slim</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U9M-U-BLK</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Silver</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U7M-U-SIL</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>DVD-RW-ASUS-08U9M-U-SL</t>
   </si>
   <si>
     <t>ASUS ZenDrive U8M ultraslim external DVD drive &amp; writer</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-SDRW-08U8M-U</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U9M-U-GLD</t>
   </si>
   <si>
     <t>Internal Blu-Ray ASUS BW-16D1HT, SATA, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-BW-16D1HT</t>
   </si>
   <si>
     <t>ASUS Turbo Drive BW-16D1X-U Blu-Ray</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-BW-16D1X-U</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -502,250 +502,250 @@
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>43.812</v>
+        <v>22.404</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>51.192</v>
+        <v>26.172</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>54.0</v>
+        <v>34.968</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>54.0</v>
+        <v>35.028</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>68.52</v>
+        <v>35.028</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>68.52</v>
+        <v>35.028</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>73.38</v>
+        <v>37.524</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>75.396</v>
+        <v>38.544</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>79.032</v>
+        <v>40.404</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>83.004</v>
+        <v>42.444</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>88.944</v>
+        <v>45.468</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>91.788</v>
+        <v>46.932</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C14">
-        <v>96.708</v>
+        <v>49.44</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15">
-        <v>216.612</v>
+        <v>110.748</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C16">
-        <v>288.0</v>
+        <v>147.252</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D17"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>