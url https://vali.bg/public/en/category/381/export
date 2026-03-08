--- v3 (2026-01-11)
+++ v4 (2026-03-08)
@@ -7,156 +7,147 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$16</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Internal Hitachi GUD1N, SATA, Black</t>
   </si>
   <si>
     <t>DVD-RW-HLDS-GUD1N</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>ASUS DRW-24D5MT - internal 24X DVD burner</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-DRW-24D5MT</t>
   </si>
   <si>
     <t>DVD Writer LG GP57EB40, USB 2.0, Silver</t>
   </si>
   <si>
     <t>DVD-RW-LG-GP57ES40</t>
   </si>
   <si>
+    <t>Slim Intenso EOD400D recorder, external usb 3.2, black</t>
+  </si>
+  <si>
+    <t>DVD-RW-INTENSO-EOD400D</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>DVD Writer LG GP57EB40, USB 2.0, Black</t>
-[...14 lines deleted...]
-    <t>DVD-RW-LG-GP60NB60</t>
+    <t>DVD Writer ASUS SDRW-08D2S-U LITE, USB 2.0, Black</t>
+  </si>
+  <si>
+    <t>DVD-RW-ASUS-08D2S-U-BLK-G</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-SDRW-08U7M-U</t>
   </si>
   <si>
-    <t>DVD Writer ASUS SDRW-08D2S-U LITE, USB 2.0, Black</t>
-[...4 lines deleted...]
-  <si>
     <t>DVD Writer ASUS ZenDrive U9M Ultra-slim</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U9M-U-BLK</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Silver</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U7M-U-SIL</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>DVD-RW-ASUS-08U9M-U-SL</t>
   </si>
   <si>
+    <t>DVD-RW-ASUS-08U9M-U-GLD</t>
+  </si>
+  <si>
     <t>ASUS ZenDrive U8M ultraslim external DVD drive &amp; writer</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-SDRW-08U8M-U</t>
   </si>
   <si>
-    <t>DVD-RW-ASUS-08U9M-U-GLD</t>
-[...1 lines deleted...]
-  <si>
     <t>Internal Blu-Ray ASUS BW-16D1HT, SATA, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-BW-16D1HT</t>
+  </si>
+  <si>
+    <t>Slim Intenso EOD500D recorder, external USB 3.2, black color</t>
+  </si>
+  <si>
+    <t>DVD-RW-INTENSO-EOD500D</t>
   </si>
   <si>
     <t>ASUS Turbo Drive BW-16D1X-U Blu-Ray</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-BW-16D1X-U</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -466,290 +457,276 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>22.404</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>26.172</v>
+        <v>28.8</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>34.968</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>34.968</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>35.028</v>
+        <v>36.36</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>35.028</v>
+        <v>39.6</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>37.524</v>
+        <v>40.8</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>38.544</v>
+        <v>43.2</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>40.404</v>
+        <v>46.8</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C11">
-        <v>42.444</v>
+        <v>47.712</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C12">
-        <v>45.468</v>
+        <v>50.472</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C13">
-        <v>46.932</v>
+        <v>105.6</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C14">
-        <v>49.44</v>
+        <v>119.196</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" t="s">
         <v>31</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>110.748</v>
+        <v>147.252</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="16" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D17"/>
+  <autoFilter ref="A1:D16"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>