--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -7,141 +7,129 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$16</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$14</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Internal Hitachi GUD1N, SATA, Black</t>
   </si>
   <si>
     <t>DVD-RW-HLDS-GUD1N</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
-    <t>ASUS DRW-24D5MT - internal 24X DVD burner</t>
-[...4 lines deleted...]
-  <si>
     <t>DVD Writer LG GP57EB40, USB 2.0, Silver</t>
   </si>
   <si>
     <t>DVD-RW-LG-GP57ES40</t>
   </si>
   <si>
     <t>Slim Intenso EOD400D recorder, external usb 3.2, black</t>
   </si>
   <si>
     <t>DVD-RW-INTENSO-EOD400D</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>DVD Writer ASUS SDRW-08D2S-U LITE, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08D2S-U-BLK-G</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Black</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-SDRW-08U7M-U</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U9M Ultra-slim</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U9M-U-BLK</t>
   </si>
   <si>
     <t>DVD Writer ASUS ZenDrive U7M Ultra-slim, USB 2.0, Silver</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U7M-U-SIL</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U9M-U-SL</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-08U9M-U-GLD</t>
   </si>
   <si>
     <t>ASUS ZenDrive U8M ultraslim external DVD drive &amp; writer</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-SDRW-08U8M-U</t>
-  </si>
-[...4 lines deleted...]
-    <t>DVD-RW-ASUS-BW-16D1HT</t>
   </si>
   <si>
     <t>Slim Intenso EOD500D recorder, external USB 3.2, black color</t>
   </si>
   <si>
     <t>DVD-RW-INTENSO-EOD500D</t>
   </si>
   <si>
     <t>ASUS Turbo Drive BW-16D1X-U Blu-Ray</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-BW-16D1X-U</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -457,276 +445,248 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>22.404</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>28.8</v>
+        <v>34.968</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>34.968</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5">
+        <v>36.36</v>
+      </c>
+      <c r="D5" t="s">
         <v>11</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>36.36</v>
+        <v>39.6</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>39.6</v>
+        <v>40.8</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>40.8</v>
+        <v>43.2</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>43.2</v>
+        <v>46.8</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C10">
-        <v>46.8</v>
+        <v>47.712</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11">
-        <v>47.712</v>
+        <v>50.472</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12">
-        <v>50.472</v>
+        <v>122.244</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13">
-        <v>105.6</v>
+        <v>147.252</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="14" spans="1:4">
-[...26 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D16"/>
+  <autoFilter ref="A1:D14"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>