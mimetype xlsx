--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -7,495 +7,489 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$89</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP8604, 86"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP8604</t>
   </si>
   <si>
     <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
   </si>
   <si>
     <t>SOFT-NET-NSS-IKT-3Y</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>LED светеща подложка за рисуване HUION LED light pad L4S, USB, Черен</t>
+  </si>
+  <si>
+    <t>HUION-PAD-L4S</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Уеб камера с микрофон Streamplify CAM 1080p,</t>
+  </si>
+  <si>
+    <t>SPMC-CZFH221</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>LED светеща подложка за рисуване HUION LED light pad LB3, Батерия 1050mAh</t>
+  </si>
+  <si>
+    <t>HUION-PAD-LB3</t>
+  </si>
+  <si>
+    <t>Уеб камера LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
+    <t>Уеб камера с микрофон Streamplify CAM PRO 4K USB</t>
+  </si>
+  <si>
+    <t>SPMC-CP4K821</t>
+  </si>
+  <si>
+    <t>VESA интерфейс за BalanceBox 400 за монтаж на публични и инт. дисплеи</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-VESA</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>Таблет HANNspree Apollo 2, 10.1”, 3GB RAM, 32GB, Wi-Fi, Bluetooth, Черен</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN1ATP5B2AT</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-1</t>
+  </si>
+  <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
-    <t>LED светеща подложка за рисуване HUION LED light pad L4S, USB, Черен</t>
-[...11 lines deleted...]
-    <t>SPMC-CZFH221</t>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi x4, за 4 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Универсален шкаф Estillo IP-1412, за зареждане на до 12 бр. таблети, монтаж на стена или свободностоящ</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP1412</t>
+  </si>
+  <si>
+    <t>Сензор за интерактивен мулти-тъч дисплей TRIUMPH BOARD, температура, влажност, NFC заключване, PIR, Android 13</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-SENSOR-BOX</t>
+  </si>
+  <si>
+    <t>Графичен дисплей таблет HUION Inspiroy Dial 2, 5080 LPI, Черен</t>
+  </si>
+  <si>
+    <t>HUION-TAB-Q630M</t>
+  </si>
+  <si>
+    <t>3D Принтер Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-1</t>
+  </si>
+  <si>
+    <t>Уеб камера с микрофон LOGITECH BRIO Stream, 4K</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-CAM-BRIO-STR</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-3</t>
+  </si>
+  <si>
+    <t>Мултиф.у-во принтер/скенер/копир RICOH M320SE USB,LAN,ADF,A4, 32стр</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M320SE</t>
+  </si>
+  <si>
+    <t>Таблет HANNspree Pad Zeus 2, 13.3”, 4GB RAM, 64GB, Wi-Fi, Bluetooth, Full HD, Черен</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN14TP5</t>
+  </si>
+  <si>
+    <t>Лаптоп ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MW560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MW560</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
+  </si>
+  <si>
+    <t>DELL-NOT-15250-i3-8-512</t>
+  </si>
+  <si>
+    <t>3D скенер Creality CR-Scan Ferret Pro</t>
+  </si>
+  <si>
+    <t>CREALITY-FERRET-PRO</t>
+  </si>
+  <si>
+    <t>Графичен дисплей таблет HUION Kamvas Pro 13, USB-C, Черен/Сребрист</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT133</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE BASIC</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-BASIC</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell 15 DC15250, Intel Core i5-1334U (10C,  up to 4.60GHz), 15.6" FHD (1920x1080) 120Hz AG, 16GB DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi6 , BT</t>
+  </si>
+  <si>
+    <t>DELL-NOT-15250-i5-16-512</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 12 бр. таблети Estillo IP-2312 за монтаж на стена или свободностоящ, 12 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2312</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
-[...200 lines deleted...]
-    <t>EST-CHARG-IP2312</t>
+    <t>Универсален шкаф за зареждане на до 16 бр. таблети Estillo IP-2316 за монтаж на стена или свободностоящ, 16 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2316</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PREMIUM</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM</t>
   </si>
   <si>
-    <t>Универсален шкаф за зареждане на до 16 бр. таблети Estillo IP-2316 за монтаж на стена или свободностоящ, 16 x USB-C порта</t>
-[...4 lines deleted...]
-  <si>
     <t>Лаптоп Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
   </si>
   <si>
     <t>LEN-NOT-82XM00QHRM</t>
   </si>
   <si>
     <t>Лаптоп ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10N2-M02NB0</t>
   </si>
   <si>
     <t>Лаптоп Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M01JF0</t>
   </si>
   <si>
     <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-MOBILE</t>
   </si>
   <si>
     <t>Лаптоп Asus Vivobook M1502YA-BQ086</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0X22-M00SA0</t>
   </si>
   <si>
+    <t>Видеопроектор BenQ MX808STH, DLP, XGA, 3600 ANSI, 20 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MX808STH</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge Adventurer 5M Pro</t>
+  </si>
+  <si>
+    <t>FLASH-3D-ADV5MPRO</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MW809STH, DLP, WXGA, 3600 ANSI, 22 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MW809STH</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI OFFICE PREMIUM PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM-P</t>
   </si>
   <si>
-    <t>Видеопроектор BenQ MX808STH, DLP, XGA, 3600 ANSI, 20 000:1, Късофокусен, бял</t>
-[...16 lines deleted...]
-  <si>
     <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-3</t>
   </si>
   <si>
+    <t>Универсален шкаф на колела Estillo LP-1224, за зареждане на до 24 бр. лаптопи и таблети</t>
+  </si>
+  <si>
+    <t>EST-CHARG-LP1224</t>
+  </si>
+  <si>
+    <t>Лаптоп ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J2-M02UM0</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-I7-12700</t>
   </si>
   <si>
-    <t>Лаптоп Dell Vostro 3530, Intel i7-1355U, 15.6" FHD 120Hz, 16GB DDR4, 512GB M.2 SSD, БДС</t>
-[...14 lines deleted...]
-    <t>ASUS-NOT-90NB10J2-M02UM0</t>
+    <t>Видеопроектор BenQ MH560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MH560</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE GT</t>
   </si>
   <si>
     <t>VALI-OFFICE-GT</t>
   </si>
   <si>
-    <t>Видеопроектор BenQ MH560</t>
-[...4 lines deleted...]
-  <si>
     <t>Лаптоп ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB10J1-M01K90</t>
   </si>
   <si>
     <t>3D Принтер Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>BalanceBox 400-70 Medium, Монтаж на стена на публични и интерактивни дисплеи 55" - 75", Регулиране височината</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
     <t>3D скенер Scan Dimension SOL</t>
   </si>
   <si>
     <t>3D-SCAN-SOL</t>
   </si>
   <si>
     <t>3D скенер Creality CR-Scan Otter</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
   </si>
   <si>
     <t>Проектор BenQ TH685P, DLP, 1080p, 3500 ANSI, 10000:1, HDMI, Rec. 709 (95%)</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH685P</t>
   </si>
   <si>
+    <t>3D скенер Revopoint Pop 3 Plus Premium</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-POP3PLUS</t>
+  </si>
+  <si>
+    <t>3D скенер Einscan-SE V2</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSCAN-SE</t>
+  </si>
+  <si>
     <t>Видеопроектор BenQ EW800ST, DLP, WXGA, 3300 ANSI, 20000:1, Късофокусен, Бял</t>
   </si>
   <si>
     <t>BENQ-PROJ-EW800ST</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060</t>
   </si>
   <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 5 7500F RX9060XT</t>
+  </si>
+  <si>
+    <t>VALI-PC-R5-RX9060XT</t>
+  </si>
+  <si>
+    <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LW600ST</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI GAMING AMD RYZEN 5 7500F RТX5060</t>
   </si>
   <si>
     <t>VALI-PC-R5-RTX5060</t>
   </si>
   <si>
-    <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
-[...10 lines deleted...]
-  <si>
     <t>Проектор за домашно кино BenQ GP520 - 4K UHD(3840x2160) 2600 ANSI Lumens</t>
   </si>
   <si>
     <t>BENQ-PROJ-GP520</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060TI</t>
+  </si>
+  <si>
+    <t>VALI-PC-I5-RTX5060TI</t>
   </si>
   <si>
     <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
   </si>
   <si>
     <t>CREALITY-K2-PL-COMBO</t>
   </si>
   <si>
     <t>4LED гейминг проектор BenQ X500i, 2200lm, 4K, Android 11, AirPlay, Google Cast</t>
   </si>
   <si>
     <t>BENQ-PROJ-X500i</t>
   </si>
   <si>
     <t>МФУ копир, принтер, скенер Ricoh IM 550F</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-550F</t>
   </si>
   <si>
     <t>Настолен компютър VALI VR READY - AMD 7700, 32GB DDR5, RTX 5070 12GB, 1TB SSD NVMe</t>
   </si>
   <si>
     <t>VALI-PC-VR-AMD</t>
   </si>
@@ -919,51 +913,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D90"/>
+  <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1039,1192 +1033,1178 @@
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7">
         <v>159.0</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8">
-        <v>160.8</v>
+        <v>173.532</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C9">
         <v>174.0</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C10">
         <v>183.42</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C11">
         <v>198.996</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C12">
         <v>216.0</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C13">
         <v>217.608</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>249.6</v>
+        <v>263.076</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C15">
         <v>268.992</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
         <v>37</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>280.8</v>
+        <v>309.324</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C17">
         <v>312.0</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>41</v>
       </c>
       <c r="B18" t="s">
         <v>42</v>
       </c>
       <c r="C18">
         <v>329.004</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19">
         <v>360.0</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20">
         <v>382.8</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
         <v>399.0</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
         <v>399.0</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
         <v>420.0</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
         <v>432.0</v>
       </c>
       <c r="D24" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
         <v>492.0</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
         <v>538.992</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
         <v>549.0</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
-        <v>549.0</v>
+        <v>699.0</v>
       </c>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
-        <v>699.0</v>
+        <v>778.992</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
-        <v>704.784</v>
+        <v>789.0</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
-        <v>717.936</v>
+        <v>798.996</v>
       </c>
       <c r="D31" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
-        <v>778.992</v>
+        <v>810.0</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
-        <v>789.0</v>
+        <v>898.992</v>
       </c>
       <c r="D33" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>
       </c>
       <c r="C34">
-        <v>798.996</v>
+        <v>904.908</v>
       </c>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>76</v>
       </c>
       <c r="C35">
-        <v>810.0</v>
+        <v>939.0</v>
       </c>
       <c r="D35" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" t="s">
         <v>78</v>
       </c>
       <c r="C36">
-        <v>821.484</v>
+        <v>942.0</v>
       </c>
       <c r="D36" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>80</v>
+      </c>
+      <c r="B37" t="s">
+        <v>81</v>
+      </c>
+      <c r="C37">
+        <v>1038.0</v>
+      </c>
+      <c r="D37" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>82</v>
       </c>
       <c r="B38" t="s">
         <v>83</v>
       </c>
       <c r="C38">
-        <v>939.0</v>
+        <v>1046.496</v>
       </c>
       <c r="D38" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>84</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39">
-        <v>942.0</v>
+        <v>1048.992</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40">
-        <v>970.308</v>
+        <v>1098.996</v>
       </c>
       <c r="D40" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>88</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41">
-        <v>1038.0</v>
+        <v>1098.996</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>90</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>
       <c r="C42">
-        <v>1048.992</v>
+        <v>1140.0</v>
       </c>
       <c r="D42" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>92</v>
       </c>
       <c r="B43" t="s">
         <v>93</v>
       </c>
       <c r="C43">
-        <v>1098.996</v>
+        <v>1149.0</v>
       </c>
       <c r="D43" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>95</v>
       </c>
       <c r="C44">
-        <v>1098.996</v>
+        <v>1174.8</v>
       </c>
       <c r="D44" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>96</v>
       </c>
       <c r="B45" t="s">
         <v>97</v>
       </c>
       <c r="C45">
-        <v>1140.0</v>
+        <v>1198.8</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>98</v>
       </c>
       <c r="B46" t="s">
         <v>99</v>
       </c>
       <c r="C46">
-        <v>1149.0</v>
+        <v>1242.0</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>100</v>
       </c>
       <c r="B47" t="s">
         <v>101</v>
       </c>
       <c r="C47">
-        <v>1167.948</v>
+        <v>1253.412</v>
       </c>
       <c r="D47" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>103</v>
       </c>
       <c r="C48">
-        <v>1174.8</v>
+        <v>1260.0</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49">
-        <v>1198.8</v>
+        <v>1306.8</v>
       </c>
       <c r="D49" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>106</v>
       </c>
       <c r="B50" t="s">
         <v>107</v>
       </c>
       <c r="C50">
-        <v>1242.0</v>
+        <v>1329.0</v>
       </c>
       <c r="D50" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>108</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51">
-        <v>1260.0</v>
+        <v>1329.3</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>110</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>
       <c r="C52">
-        <v>1264.932</v>
+        <v>1380.0</v>
       </c>
       <c r="D52" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>112</v>
       </c>
       <c r="B53" t="s">
         <v>113</v>
       </c>
       <c r="C53">
-        <v>1290.0</v>
+        <v>1389.456</v>
       </c>
       <c r="D53" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>114</v>
       </c>
       <c r="B54" t="s">
         <v>115</v>
       </c>
       <c r="C54">
-        <v>1306.8</v>
+        <v>1398.996</v>
       </c>
       <c r="D54" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>116</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55">
-        <v>1329.0</v>
+        <v>1499.004</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>118</v>
       </c>
       <c r="B56" t="s">
         <v>119</v>
       </c>
       <c r="C56">
-        <v>1349.916</v>
+        <v>1500.0</v>
       </c>
       <c r="D56" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57" t="s">
         <v>121</v>
       </c>
       <c r="C57">
-        <v>1380.0</v>
+        <v>1599.0</v>
       </c>
       <c r="D57" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58">
-        <v>1398.996</v>
+        <v>1599.0</v>
       </c>
       <c r="D58" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>124</v>
       </c>
       <c r="B59" t="s">
         <v>125</v>
       </c>
       <c r="C59">
-        <v>1499.004</v>
+        <v>1620.0</v>
       </c>
       <c r="D59" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
         <v>127</v>
       </c>
       <c r="C60">
-        <v>1500.0</v>
+        <v>1648.992</v>
       </c>
       <c r="D60" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>128</v>
       </c>
       <c r="B61" t="s">
         <v>129</v>
       </c>
       <c r="C61">
-        <v>1599.0</v>
+        <v>1906.8</v>
       </c>
       <c r="D61" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>130</v>
       </c>
       <c r="B62" t="s">
         <v>131</v>
       </c>
       <c r="C62">
-        <v>1599.0</v>
+        <v>1914.0</v>
       </c>
       <c r="D62" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
         <v>133</v>
       </c>
       <c r="C63">
-        <v>1620.0</v>
+        <v>2073.288</v>
       </c>
       <c r="D63" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>134</v>
       </c>
       <c r="B64" t="s">
         <v>135</v>
       </c>
       <c r="C64">
-        <v>1914.0</v>
+        <v>2112.576</v>
       </c>
       <c r="D64" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>136</v>
       </c>
       <c r="B65" t="s">
         <v>137</v>
       </c>
       <c r="C65">
-        <v>1944.36</v>
+        <v>2148.996</v>
       </c>
       <c r="D65" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
         <v>139</v>
       </c>
       <c r="C66">
-        <v>2010.924</v>
+        <v>2161.344</v>
       </c>
       <c r="D66" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>140</v>
       </c>
       <c r="B67" t="s">
         <v>141</v>
       </c>
       <c r="C67">
-        <v>2148.996</v>
+        <v>2298.996</v>
       </c>
       <c r="D67" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>142</v>
       </c>
       <c r="B68" t="s">
         <v>143</v>
       </c>
       <c r="C68">
-        <v>2160.084</v>
+        <v>2536.308</v>
       </c>
       <c r="D68" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
         <v>145</v>
       </c>
       <c r="C69">
-        <v>2298.996</v>
+        <v>2999.004</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
         <v>147</v>
       </c>
       <c r="C70">
-        <v>2999.004</v>
+        <v>3099.0</v>
       </c>
       <c r="D70" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71">
-        <v>3099.0</v>
+        <v>3198.996</v>
       </c>
       <c r="D71" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
         <v>151</v>
       </c>
       <c r="C72">
-        <v>3198.996</v>
+        <v>3395.4</v>
       </c>
       <c r="D72" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73">
-        <v>3222.384</v>
+        <v>3399.0</v>
       </c>
       <c r="D73" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>154</v>
       </c>
       <c r="B74" t="s">
         <v>155</v>
       </c>
       <c r="C74">
-        <v>3399.0</v>
+        <v>3531.84</v>
       </c>
       <c r="D74" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>156</v>
       </c>
       <c r="B75" t="s">
         <v>157</v>
       </c>
       <c r="C75">
-        <v>3483.252</v>
+        <v>3588.0</v>
       </c>
       <c r="D75" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>158</v>
       </c>
       <c r="B76" t="s">
         <v>159</v>
       </c>
       <c r="C76">
-        <v>3588.0</v>
+        <v>4140.0</v>
       </c>
       <c r="D76" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>160</v>
       </c>
       <c r="B77" t="s">
         <v>161</v>
       </c>
       <c r="C77">
-        <v>4140.0</v>
+        <v>4200.0</v>
       </c>
       <c r="D77" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>162</v>
       </c>
       <c r="B78" t="s">
         <v>163</v>
       </c>
       <c r="C78">
-        <v>4200.0</v>
+        <v>4398.996</v>
       </c>
       <c r="D78" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>164</v>
       </c>
       <c r="B79" t="s">
         <v>165</v>
       </c>
       <c r="C79">
-        <v>4398.996</v>
+        <v>4438.8</v>
       </c>
       <c r="D79" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>166</v>
       </c>
       <c r="B80" t="s">
         <v>167</v>
       </c>
       <c r="C80">
-        <v>4438.8</v>
+        <v>4440.0</v>
       </c>
       <c r="D80" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>168</v>
       </c>
       <c r="B81" t="s">
         <v>169</v>
       </c>
       <c r="C81">
-        <v>4440.0</v>
+        <v>0.0</v>
       </c>
       <c r="D81" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>170</v>
       </c>
       <c r="B82" t="s">
         <v>171</v>
       </c>
       <c r="C82">
-        <v>0.0</v>
+        <v>5040.0</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>172</v>
       </c>
       <c r="B83" t="s">
         <v>173</v>
       </c>
       <c r="C83">
-        <v>5040.0</v>
+        <v>5148.996</v>
       </c>
       <c r="D83" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>174</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84">
-        <v>5148.996</v>
+        <v>5280.0</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>176</v>
       </c>
       <c r="B85" t="s">
         <v>177</v>
       </c>
       <c r="C85">
-        <v>5280.0</v>
+        <v>6000.0</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>178</v>
       </c>
       <c r="B86" t="s">
         <v>179</v>
       </c>
       <c r="C86">
         <v>6000.0</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>180</v>
       </c>
       <c r="B87" t="s">
         <v>181</v>
       </c>
       <c r="C87">
-        <v>6000.0</v>
+        <v>0.0</v>
       </c>
       <c r="D87" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>182</v>
       </c>
       <c r="B88" t="s">
         <v>183</v>
       </c>
       <c r="C88">
-        <v>0.0</v>
+        <v>8616.0</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-        <v>11</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D90"/>
+  <autoFilter ref="A1:D89"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>