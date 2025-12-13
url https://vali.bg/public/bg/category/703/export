--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -7,531 +7,579 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$89</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$97</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP8604, 86"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP8604</t>
   </si>
   <si>
+    <t>Настолен компютър VALI OFFICE INTEL CORE I5-12500, 16GB DDR5, 512GB M.2, 500W, DVD-RW</t>
+  </si>
+  <si>
+    <t>VALI-PC-I5-16GB-DVD</t>
+  </si>
+  <si>
     <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
   </si>
   <si>
     <t>SOFT-NET-NSS-IKT-3Y</t>
   </si>
   <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>LED светеща подложка за рисуване HUION LED light pad L4S, USB, Черен</t>
+  </si>
+  <si>
+    <t>HUION-PAD-L4S</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>LED светеща подложка за рисуване HUION LED light pad L4S, USB, Черен</t>
-[...2 lines deleted...]
-    <t>HUION-PAD-L4S</t>
+    <t>Уеб камера с микрофон Streamplify CAM 1080p,</t>
+  </si>
+  <si>
+    <t>SPMC-CZFH221</t>
+  </si>
+  <si>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
   </si>
   <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Уеб камера с микрофон Streamplify CAM 1080p,</t>
-[...2 lines deleted...]
-    <t>SPMC-CZFH221</t>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>LED светеща подложка за рисуване HUION LED light pad LB3, Батерия 1050mAh</t>
+  </si>
+  <si>
+    <t>HUION-PAD-LB3</t>
+  </si>
+  <si>
+    <t>Уеб камера LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
+    <t>Уеб камера с микрофон Streamplify CAM PRO 4K USB</t>
+  </si>
+  <si>
+    <t>SPMC-CP4K821</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
-[...28 lines deleted...]
-  <si>
     <t>VESA интерфейс за BalanceBox 400 за монтаж на публични и инт. дисплеи</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500STL</t>
   </si>
   <si>
     <t>Таблет HANNspree Apollo 2, 10.1”, 3GB RAM, 32GB, Wi-Fi, Bluetooth, Черен</t>
   </si>
   <si>
     <t>HSG-TAB-SN1ATP5B2AT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
   </si>
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
-    <t>по заявка (обади се)</t>
-[...1 lines deleted...]
-  <si>
     <t>Сушилня за филаменти за 3D принтер Creality Space Pi x4, за 4 ролки</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X4</t>
   </si>
   <si>
     <t>Универсален шкаф Estillo IP-1412, за зареждане на до 12 бр. таблети, монтаж на стена или свободностоящ</t>
   </si>
   <si>
     <t>EST-CHARG-IP1412</t>
   </si>
   <si>
     <t>Сензор за интерактивен мулти-тъч дисплей TRIUMPH BOARD, температура, влажност, NFC заключване, PIR, Android 13</t>
   </si>
   <si>
     <t>TRIUMPH-MON-SENSOR-BOX</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Inspiroy Dial 2, 5080 LPI, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-Q630M</t>
   </si>
   <si>
     <t>3D Принтер Creality Ender-3 V3 SE</t>
   </si>
   <si>
     <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-1</t>
   </si>
   <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-3</t>
+  </si>
+  <si>
     <t>Уеб камера с микрофон LOGITECH BRIO Stream, 4K</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO-STR</t>
   </si>
   <si>
-    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
-[...4 lines deleted...]
-  <si>
     <t>Мултиф.у-во принтер/скенер/копир RICOH M320SE USB,LAN,ADF,A4, 32стр</t>
   </si>
   <si>
     <t>RICOH-MFC-M320SE</t>
   </si>
   <si>
     <t>Таблет HANNspree Pad Zeus 2, 13.3”, 4GB RAM, 64GB, Wi-Fi, Bluetooth, Full HD, Черен</t>
   </si>
   <si>
     <t>HSG-TAB-SN14TP5</t>
   </si>
   <si>
     <t>Лаптоп ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
   </si>
   <si>
     <t>Видеопроектор BenQ MW560</t>
   </si>
   <si>
     <t>BENQ-PROJ-MW560</t>
   </si>
   <si>
+    <t>Мултифункционално устройство RICOH M C240FW, Цветно, А4, 24 ppm</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-MC240FW</t>
+  </si>
+  <si>
     <t>Лаптоп Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
   </si>
   <si>
     <t>DELL-NOT-15250-i3-8-512</t>
   </si>
   <si>
     <t>3D скенер Creality CR-Scan Ferret Pro</t>
   </si>
   <si>
     <t>CREALITY-FERRET-PRO</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas Pro 13, USB-C, Черен/Сребрист</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
+  </si>
+  <si>
     <t>3D Принтер FlashForge ADX5 Multi color</t>
   </si>
   <si>
     <t>FLASH-3D-AD5X</t>
   </si>
   <si>
+    <t>Универсален шкаф за зареждане на до 12 бр. таблети Estillo IP-2312 за монтаж на стена или свободностоящ, 12 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2312</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PRO</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PRO</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 16 бр. таблети Estillo IP-2316 за монтаж на стена или свободностоящ, 16 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2316</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PRO PLUS</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PRO-P</t>
+  </si>
+  <si>
+    <t>Лаптоп Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
+  </si>
+  <si>
+    <t>LEN-NOT-82XM00QHRM</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI OFFICE BASIC</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-BASIC</t>
   </si>
   <si>
-    <t>Лаптоп Dell 15 DC15250, Intel Core i5-1334U (10C,  up to 4.60GHz), 15.6" FHD (1920x1080) 120Hz AG, 16GB DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi6 , BT</t>
-[...17 lines deleted...]
-    <t>EST-CHARG-IP2316</t>
+    <t>Лаптоп ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10N2-M02NB0</t>
+  </si>
+  <si>
+    <t>Лаптоп Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M01JF0</t>
+  </si>
+  <si>
+    <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
+    <t>Лаптоп Asus Vivobook M1502YA-BQ086</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M00SA0</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MX808STH, DLP, XGA, 3600 ANSI, 20 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MX808STH</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge Adventurer 5M Pro</t>
+  </si>
+  <si>
+    <t>FLASH-3D-ADV5MPRO</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PREMIUM</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM</t>
   </si>
   <si>
-    <t>Лаптоп Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
-[...38 lines deleted...]
-    <t>FLASH-3D-ADV5MPRO</t>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
   </si>
   <si>
     <t>Видеопроектор BenQ MW809STH, DLP, WXGA, 3600 ANSI, 22 000:1, Късофокусен, бял</t>
   </si>
   <si>
     <t>BENQ-PROJ-MW809STH</t>
   </si>
   <si>
+    <t>Видеопроектор BenQ MH560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MH560</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-3</t>
+  </si>
+  <si>
+    <t>Универсален шкаф на колела Estillo LP-1224, за зареждане на до 24 бр. лаптопи и таблети</t>
+  </si>
+  <si>
+    <t>EST-CHARG-LP1224</t>
+  </si>
+  <si>
+    <t>Лаптоп ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J2-M02UM0</t>
+  </si>
+  <si>
+    <t>Лаптоп ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J1-M01K90</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI OFFICE PREMIUM PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM-P</t>
   </si>
   <si>
-    <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
-[...16 lines deleted...]
-  <si>
     <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-I7-12700</t>
   </si>
   <si>
-    <t>Видеопроектор BenQ MH560</t>
-[...4 lines deleted...]
-  <si>
     <t>Настолен компютър VALI OFFICE GT</t>
   </si>
   <si>
     <t>VALI-OFFICE-GT</t>
   </si>
   <si>
-    <t>Лаптоп ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
-[...4 lines deleted...]
-  <si>
     <t>3D Принтер Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>BalanceBox 400-70 Medium, Монтаж на стена на публични и интерактивни дисплеи 55" - 75", Регулиране височината</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
     <t>3D скенер Scan Dimension SOL</t>
   </si>
   <si>
     <t>3D-SCAN-SOL</t>
   </si>
   <si>
     <t>3D скенер Creality CR-Scan Otter</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
   </si>
   <si>
     <t>Проектор BenQ TH685P, DLP, 1080p, 3500 ANSI, 10000:1, HDMI, Rec. 709 (95%)</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH685P</t>
   </si>
   <si>
     <t>3D скенер Revopoint Pop 3 Plus Premium</t>
   </si>
   <si>
     <t>3D-SCAN-REV-POP3PLUS</t>
   </si>
   <si>
+    <t>Проектор късофокусен BenQ TH671ST</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-TH671ST</t>
+  </si>
+  <si>
     <t>3D скенер Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
   </si>
   <si>
+    <t>3D скенер Einstar Shining 3D</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSTAR-3D</t>
+  </si>
+  <si>
     <t>Видеопроектор BenQ EW800ST, DLP, WXGA, 3300 ANSI, 20000:1, Късофокусен, Бял</t>
   </si>
   <si>
     <t>BENQ-PROJ-EW800ST</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060</t>
   </si>
   <si>
+    <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LW600ST</t>
+  </si>
+  <si>
+    <t>Проектор за домашно кино BenQ GP520 - 4K UHD(3840x2160) 2600 ANSI Lumens</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-GP520</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 5 7500F RТX5060</t>
+  </si>
+  <si>
+    <t>VALI-PC-R5-RTX5060</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI GAMING AMD RYZEN 5 7500F RX9060XT</t>
   </si>
   <si>
     <t>VALI-PC-R5-RX9060XT</t>
   </si>
   <si>
-    <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
-[...14 lines deleted...]
-    <t>BENQ-PROJ-GP520</t>
+    <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
+  </si>
+  <si>
+    <t>CREALITY-K2-PL-COMBO</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060TI</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060TI</t>
   </si>
   <si>
-    <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
-[...4 lines deleted...]
-  <si>
     <t>4LED гейминг проектор BenQ X500i, 2200lm, 4K, Android 11, AirPlay, Google Cast</t>
   </si>
   <si>
     <t>BENQ-PROJ-X500i</t>
   </si>
   <si>
     <t>МФУ копир, принтер, скенер Ricoh IM 550F</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-550F</t>
   </si>
   <si>
+    <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 65" IFP BLACK G, Android 14</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-65IFP14</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей RICOH A6510, 65", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A6510</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI VR READY - AMD 7700, 32GB DDR5, RTX 5070 12GB, 1TB SSD NVMe</t>
   </si>
   <si>
     <t>VALI-PC-VR-AMD</t>
   </si>
   <si>
-    <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 65" IFP BLACK G, Android 14</t>
-[...4 lines deleted...]
-  <si>
     <t>Настолен компютър VALI GAMING AMD RYZEN 7 9700X GEFORCE RTX5070</t>
   </si>
   <si>
     <t>VALI-PC-R7-RTX5070</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-MON-A6510</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP6504, 65"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP6504</t>
   </si>
   <si>
     <t>METZ Интерактивен тъч дисплей с вградена камера 65SG1 65"</t>
   </si>
   <si>
     <t>METZ-MON-65SG1</t>
   </si>
   <si>
     <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-75IFP14</t>
   </si>
   <si>
     <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 86" IFP, Черен панел, Android 13</t>
   </si>
   <si>
     <t>TRIUMPH-MON-86IFP13</t>
   </si>
@@ -913,51 +961,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D89"/>
+  <dimension ref="A1:D97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -977,1234 +1025,1346 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>0.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>49.98</v>
+        <v>0.0</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5">
+        <v>49.98</v>
+      </c>
+      <c r="D5" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>129.0</v>
+        <v>114.0</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>159.0</v>
+        <v>129.0</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>159.0</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>174.0</v>
+        <v>170.52</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>183.42</v>
+        <v>174.0</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>198.996</v>
+        <v>183.42</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
-        <v>216.0</v>
+        <v>198.996</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13">
-        <v>217.608</v>
+        <v>216.0</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14">
-        <v>263.076</v>
+        <v>217.608</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15">
+        <v>258.504</v>
+      </c>
+      <c r="D15" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C16">
-        <v>309.324</v>
+        <v>268.992</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C17">
-        <v>312.0</v>
+        <v>303.96</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18">
-        <v>329.004</v>
+        <v>312.0</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19">
-        <v>360.0</v>
+        <v>329.004</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20">
-        <v>382.8</v>
+        <v>360.0</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21">
-        <v>399.0</v>
+        <v>382.8</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22">
         <v>399.0</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23">
-        <v>420.0</v>
+        <v>399.0</v>
       </c>
       <c r="D23" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24">
-        <v>432.0</v>
+        <v>420.0</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C25">
         <v>492.0</v>
       </c>
       <c r="D25" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C26">
-        <v>538.992</v>
+        <v>495.768</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B27" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C27">
-        <v>549.0</v>
+        <v>498.996</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C28">
-        <v>699.0</v>
+        <v>534.0</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C29">
-        <v>778.992</v>
+        <v>699.0</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C30">
-        <v>789.0</v>
+        <v>778.992</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C31">
-        <v>798.996</v>
+        <v>778.992</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B32" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C32">
-        <v>810.0</v>
+        <v>789.0</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B33" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C33">
-        <v>898.992</v>
+        <v>798.996</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B34" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C34">
-        <v>904.908</v>
+        <v>810.0</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B35" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C35">
-        <v>939.0</v>
+        <v>825.0</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B36" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C36">
-        <v>942.0</v>
+        <v>898.992</v>
       </c>
       <c r="D36" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>80</v>
       </c>
       <c r="B37" t="s">
         <v>81</v>
       </c>
       <c r="C37">
-        <v>1038.0</v>
+        <v>942.0</v>
       </c>
       <c r="D37" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>82</v>
       </c>
       <c r="B38" t="s">
         <v>83</v>
       </c>
       <c r="C38">
-        <v>1046.496</v>
+        <v>969.984</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>84</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39">
-        <v>1048.992</v>
+        <v>999.0</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40">
-        <v>1098.996</v>
+        <v>1038.0</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>88</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41">
-        <v>1098.996</v>
+        <v>1043.712</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>90</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>
       <c r="C42">
-        <v>1140.0</v>
+        <v>1080.456</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>92</v>
       </c>
       <c r="B43" t="s">
         <v>93</v>
       </c>
       <c r="C43">
-        <v>1149.0</v>
+        <v>1088.928</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>95</v>
       </c>
       <c r="C44">
-        <v>1174.8</v>
+        <v>1098.996</v>
       </c>
       <c r="D44" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>96</v>
       </c>
       <c r="B45" t="s">
         <v>97</v>
       </c>
       <c r="C45">
-        <v>1198.8</v>
+        <v>1098.996</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>98</v>
       </c>
       <c r="B46" t="s">
         <v>99</v>
       </c>
       <c r="C46">
-        <v>1242.0</v>
+        <v>1140.0</v>
       </c>
       <c r="D46" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>100</v>
       </c>
       <c r="B47" t="s">
         <v>101</v>
       </c>
       <c r="C47">
-        <v>1253.412</v>
+        <v>1149.0</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>103</v>
       </c>
       <c r="C48">
-        <v>1260.0</v>
+        <v>1174.8</v>
       </c>
       <c r="D48" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49">
-        <v>1306.8</v>
+        <v>1198.8</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>106</v>
       </c>
       <c r="B50" t="s">
         <v>107</v>
       </c>
       <c r="C50">
-        <v>1329.0</v>
+        <v>1212.948</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>108</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51">
-        <v>1329.3</v>
+        <v>1218.0</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>110</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>
       <c r="C52">
-        <v>1380.0</v>
+        <v>1242.0</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>112</v>
       </c>
       <c r="B53" t="s">
         <v>113</v>
       </c>
       <c r="C53">
-        <v>1389.456</v>
+        <v>1248.996</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>114</v>
       </c>
       <c r="B54" t="s">
         <v>115</v>
       </c>
       <c r="C54">
-        <v>1398.996</v>
+        <v>1260.0</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>116</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55">
-        <v>1499.004</v>
+        <v>1306.8</v>
       </c>
       <c r="D55" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>118</v>
       </c>
       <c r="B56" t="s">
         <v>119</v>
       </c>
       <c r="C56">
-        <v>1500.0</v>
+        <v>1329.0</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57" t="s">
         <v>121</v>
       </c>
       <c r="C57">
-        <v>1599.0</v>
+        <v>1398.996</v>
       </c>
       <c r="D57" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58">
-        <v>1599.0</v>
+        <v>1404.672</v>
       </c>
       <c r="D58" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>124</v>
       </c>
       <c r="B59" t="s">
         <v>125</v>
       </c>
       <c r="C59">
-        <v>1620.0</v>
+        <v>1452.588</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
         <v>127</v>
       </c>
       <c r="C60">
-        <v>1648.992</v>
+        <v>1476.06</v>
       </c>
       <c r="D60" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>128</v>
       </c>
       <c r="B61" t="s">
         <v>129</v>
       </c>
       <c r="C61">
-        <v>1906.8</v>
+        <v>1499.004</v>
       </c>
       <c r="D61" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>130</v>
       </c>
       <c r="B62" t="s">
         <v>131</v>
       </c>
       <c r="C62">
-        <v>1914.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
         <v>133</v>
       </c>
       <c r="C63">
-        <v>2073.288</v>
+        <v>1599.0</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>134</v>
       </c>
       <c r="B64" t="s">
         <v>135</v>
       </c>
       <c r="C64">
-        <v>2112.576</v>
+        <v>1599.0</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>136</v>
       </c>
       <c r="B65" t="s">
         <v>137</v>
       </c>
       <c r="C65">
-        <v>2148.996</v>
+        <v>1620.0</v>
       </c>
       <c r="D65" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
         <v>139</v>
       </c>
       <c r="C66">
-        <v>2161.344</v>
+        <v>1648.992</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>140</v>
       </c>
       <c r="B67" t="s">
         <v>141</v>
       </c>
       <c r="C67">
-        <v>2298.996</v>
+        <v>1788.0</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>142</v>
       </c>
       <c r="B68" t="s">
         <v>143</v>
       </c>
       <c r="C68">
-        <v>2536.308</v>
+        <v>1906.8</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
         <v>145</v>
       </c>
       <c r="C69">
-        <v>2999.004</v>
+        <v>1906.8</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
         <v>147</v>
       </c>
       <c r="C70">
-        <v>3099.0</v>
+        <v>1914.0</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71">
-        <v>3198.996</v>
+        <v>2068.02</v>
       </c>
       <c r="D71" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
         <v>151</v>
       </c>
       <c r="C72">
-        <v>3395.4</v>
+        <v>2148.996</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73">
-        <v>3399.0</v>
+        <v>2298.996</v>
       </c>
       <c r="D73" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>154</v>
       </c>
       <c r="B74" t="s">
         <v>155</v>
       </c>
       <c r="C74">
-        <v>3531.84</v>
+        <v>2410.068</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>156</v>
       </c>
       <c r="B75" t="s">
         <v>157</v>
       </c>
       <c r="C75">
-        <v>3588.0</v>
+        <v>2625.552</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>158</v>
       </c>
       <c r="B76" t="s">
         <v>159</v>
       </c>
       <c r="C76">
-        <v>4140.0</v>
+        <v>2999.004</v>
       </c>
       <c r="D76" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>160</v>
       </c>
       <c r="B77" t="s">
         <v>161</v>
       </c>
       <c r="C77">
-        <v>4200.0</v>
+        <v>3020.376</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>162</v>
       </c>
       <c r="B78" t="s">
         <v>163</v>
       </c>
       <c r="C78">
-        <v>4398.996</v>
+        <v>3099.0</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>164</v>
       </c>
       <c r="B79" t="s">
         <v>165</v>
       </c>
       <c r="C79">
-        <v>4438.8</v>
+        <v>3198.996</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>166</v>
       </c>
       <c r="B80" t="s">
         <v>167</v>
       </c>
       <c r="C80">
-        <v>4440.0</v>
+        <v>3399.0</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>168</v>
       </c>
       <c r="B81" t="s">
         <v>169</v>
       </c>
       <c r="C81">
-        <v>0.0</v>
+        <v>3588.0</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>170</v>
       </c>
       <c r="B82" t="s">
         <v>171</v>
       </c>
       <c r="C82">
-        <v>5040.0</v>
+        <v>3629.508</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>172</v>
       </c>
       <c r="B83" t="s">
         <v>173</v>
       </c>
       <c r="C83">
-        <v>5148.996</v>
+        <v>3658.908</v>
       </c>
       <c r="D83" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>174</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84">
-        <v>5280.0</v>
+        <v>4140.0</v>
       </c>
       <c r="D84" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>176</v>
       </c>
       <c r="B85" t="s">
         <v>177</v>
       </c>
       <c r="C85">
-        <v>6000.0</v>
+        <v>4200.0</v>
       </c>
       <c r="D85" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>178</v>
       </c>
       <c r="B86" t="s">
         <v>179</v>
       </c>
       <c r="C86">
-        <v>6000.0</v>
+        <v>4398.996</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>180</v>
       </c>
       <c r="B87" t="s">
         <v>181</v>
       </c>
       <c r="C87">
-        <v>0.0</v>
+        <v>4438.8</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>182</v>
       </c>
       <c r="B88" t="s">
         <v>183</v>
       </c>
       <c r="C88">
+        <v>4440.0</v>
+      </c>
+      <c r="D88" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>184</v>
+      </c>
+      <c r="B89" t="s">
+        <v>185</v>
+      </c>
+      <c r="C89">
+        <v>0.0</v>
+      </c>
+      <c r="D89" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>186</v>
+      </c>
+      <c r="B90" t="s">
+        <v>187</v>
+      </c>
+      <c r="C90">
+        <v>5040.0</v>
+      </c>
+      <c r="D90" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>188</v>
+      </c>
+      <c r="B91" t="s">
+        <v>189</v>
+      </c>
+      <c r="C91">
+        <v>5148.996</v>
+      </c>
+      <c r="D91" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>190</v>
+      </c>
+      <c r="B92" t="s">
+        <v>191</v>
+      </c>
+      <c r="C92">
+        <v>5280.0</v>
+      </c>
+      <c r="D92" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>192</v>
+      </c>
+      <c r="B93" t="s">
+        <v>193</v>
+      </c>
+      <c r="C93">
+        <v>6000.0</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>194</v>
+      </c>
+      <c r="B94" t="s">
+        <v>195</v>
+      </c>
+      <c r="C94">
+        <v>6000.0</v>
+      </c>
+      <c r="D94" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>196</v>
+      </c>
+      <c r="B95" t="s">
+        <v>197</v>
+      </c>
+      <c r="C95">
+        <v>0.0</v>
+      </c>
+      <c r="D95" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>198</v>
+      </c>
+      <c r="B96" t="s">
+        <v>199</v>
+      </c>
+      <c r="C96">
         <v>8616.0</v>
       </c>
-      <c r="D88" t="s">
-        <v>40</v>
+      <c r="D96" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D89"/>
+  <autoFilter ref="A1:D97"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>