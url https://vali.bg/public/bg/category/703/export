--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$97</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$95</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP8604, 86"</t>
   </si>
   <si>
@@ -100,74 +100,80 @@
   <si>
     <t>CREALITY-SPACE-X2</t>
   </si>
   <si>
     <t>на път</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000STL</t>
   </si>
   <si>
     <t>LED светеща подложка за рисуване HUION LED light pad LB3, Батерия 1050mAh</t>
   </si>
   <si>
     <t>HUION-PAD-LB3</t>
   </si>
   <si>
     <t>Уеб камера LOGITECH BRIO 505</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-505-GR</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Rose Full HD уеб камера, микрофон, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500-ROS</t>
+  </si>
+  <si>
     <t>Уеб камера с микрофон Streamplify CAM PRO 4K USB</t>
   </si>
   <si>
     <t>SPMC-CP4K821</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>VESA интерфейс за BalanceBox 400 за монтаж на публични и инт. дисплеи</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-VESA</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1500STL</t>
   </si>
   <si>
     <t>Таблет HANNspree Apollo 2, 10.1”, 3GB RAM, 32GB, Wi-Fi, Bluetooth, Черен</t>
   </si>
   <si>
     <t>HSG-TAB-SN1ATP5B2AT</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
   </si>
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
     <t>Сушилня за филаменти за 3D принтер Creality Space Pi x4, за 4 ролки</t>
@@ -196,248 +202,230 @@
   <si>
     <t>3D Принтер Creality Ender-3 V3 SE</t>
   </si>
   <si>
     <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-1</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
   </si>
   <si>
     <t>SOFT-VR-BB-3</t>
   </si>
   <si>
     <t>Уеб камера с микрофон LOGITECH BRIO Stream, 4K</t>
   </si>
   <si>
     <t>LOGITECH-WEB-CAM-BRIO-STR</t>
   </si>
   <si>
+    <t>Таблет HANNspree Pad Zeus 2, 13.3”, 4GB RAM, 64GB, Wi-Fi, Bluetooth, Full HD, Черен</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN14TP5</t>
+  </si>
+  <si>
     <t>Мултиф.у-во принтер/скенер/копир RICOH M320SE USB,LAN,ADF,A4, 32стр</t>
   </si>
   <si>
     <t>RICOH-MFC-M320SE</t>
   </si>
   <si>
-    <t>Таблет HANNspree Pad Zeus 2, 13.3”, 4GB RAM, 64GB, Wi-Fi, Bluetooth, Full HD, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Лаптоп ASUS VivoBook Go 15 E1504FA-NJ935, 15.6" FHD, Ryzenn 3 7320U, 8GB LPDDR5, 512GB SSD</t>
   </si>
   <si>
     <t>ASUS-NOT-90NB0ZR3-M01KP0</t>
   </si>
   <si>
     <t>Видеопроектор BenQ MW560</t>
   </si>
   <si>
     <t>BENQ-PROJ-MW560</t>
   </si>
   <si>
-    <t>Мултифункционално устройство RICOH M C240FW, Цветно, А4, 24 ppm</t>
-[...4 lines deleted...]
-  <si>
     <t>Лаптоп Dell 15 DC15250, Intel Core 3 100U (6C, up to 4.7GHz), 15.6" FHD (1920x1080) LED WVA AG, 8GB (1x8GB) DDR4, 512GB M.2 SSD, Intel UHD Graphics, WiFi+BT, no RJ-45, BG Non backlit KBD, no FPR, Ubuntu, 3Y ProSupport</t>
   </si>
   <si>
     <t>DELL-NOT-15250-i3-8-512</t>
   </si>
   <si>
     <t>3D скенер Creality CR-Scan Ferret Pro</t>
   </si>
   <si>
     <t>CREALITY-FERRET-PRO</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas Pro 13, USB-C, Черен/Сребрист</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
+    <t>3D Принтер FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 12 бр. таблети Estillo IP-2312 за монтаж на стена или свободностоящ, 12 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2312</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 16 бр. таблети Estillo IP-2316 за монтаж на стена или свободностоящ, 16 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2316</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE BASIC</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-BASIC</t>
+  </si>
+  <si>
     <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250-i3-8-512</t>
   </si>
   <si>
-    <t>3D Принтер FlashForge ADX5 Multi color</t>
-[...14 lines deleted...]
-    <t>VALI-PC-OFFICE-PRO</t>
+    <t>Лаптоп Lenovo IdeaPad Slim 15ABR8 - 15.6" FHD AMD Ryzen 7 5825U 2.0GHz, 16GB DDR4, 512GB SSD, FreeDOS</t>
+  </si>
+  <si>
+    <t>LEN-NOT-82XM00QHRM</t>
+  </si>
+  <si>
+    <t>Лаптоп ASUS Vivobook 16 X1605VA-SH2192 - 16" FHD, Intel i5-13420H, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10N2-M02NB0</t>
+  </si>
+  <si>
+    <t>Лаптоп Asus Vivobook 15 M1502YA-BQ295 - 15.6" FHD, Ryzen 7 7730U, 16GB(8GB on board), 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M01JF0</t>
+  </si>
+  <si>
+    <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
+    <t>Лаптоп Asus Vivobook M1502YA-BQ086</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB0X22-M00SA0</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MX808STH, DLP, XGA, 3600 ANSI, 20 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MX808STH</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge Adventurer 5M Pro</t>
+  </si>
+  <si>
+    <t>FLASH-3D-ADV5MPRO</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PREMIUM</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MW809STH, DLP, WXGA, 3600 ANSI, 22 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MW809STH</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-3</t>
   </si>
   <si>
     <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250i5-16-512</t>
   </si>
   <si>
-    <t>Универсален шкаф за зареждане на до 16 бр. таблети Estillo IP-2316 за монтаж на стена или свободностоящ, 16 x USB-C порта</t>
-[...62 lines deleted...]
-    <t>VALI-PC-OFFICE-PREMIUM</t>
+    <t>Универсален шкаф на колела Estillo LP-1224, за зареждане на до 24 бр. лаптопи и таблети</t>
+  </si>
+  <si>
+    <t>EST-CHARG-LP1224</t>
+  </si>
+  <si>
+    <t>Лаптоп ASUS Vivobook 15 X1504VA-BQ1400, 15.6" FHD, Intel i7-1355U, 16GB DDR4, 1TB SSD, Free DOS</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J2-M02UM0</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MH560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MH560</t>
+  </si>
+  <si>
+    <t>Лаптоп ASUS Vivobook 15 X1504VA-BQ057W - 15.6" Full HD, Intel i7-1355U, 16GB DDR4, 512GB SSD, Windows 11 Home</t>
+  </si>
+  <si>
+    <t>ASUS-NOT-90NB10J1-M01K90</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PREMIUM-P</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-I7-12700</t>
   </si>
   <si>
     <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
   </si>
   <si>
     <t>DELL-NOT-PV15250i7-16-512</t>
   </si>
   <si>
-    <t>Видеопроектор BenQ MW809STH, DLP, WXGA, 3600 ANSI, 22 000:1, Късофокусен, бял</t>
-[...46 lines deleted...]
-  <si>
     <t>Настолен компютър VALI OFFICE GT</t>
   </si>
   <si>
     <t>VALI-OFFICE-GT</t>
   </si>
   <si>
     <t>3D Принтер Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>BalanceBox 400-70 Medium, Монтаж на стена на публични и интерактивни дисплеи 55" - 75", Регулиране височината</t>
   </si>
   <si>
     <t>BALANCE-BOX-400-70</t>
   </si>
   <si>
     <t>3D скенер Scan Dimension SOL</t>
   </si>
   <si>
     <t>3D-SCAN-SOL</t>
   </si>
   <si>
     <t>3D скенер Creality CR-Scan Otter</t>
@@ -460,102 +448,102 @@
   <si>
     <t>Проектор късофокусен BenQ TH671ST</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH671ST</t>
   </si>
   <si>
     <t>3D скенер Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
   </si>
   <si>
     <t>3D скенер Einstar Shining 3D</t>
   </si>
   <si>
     <t>3D-SCAN-EINSTAR-3D</t>
   </si>
   <si>
     <t>Видеопроектор BenQ EW800ST, DLP, WXGA, 3300 ANSI, 20000:1, Късофокусен, Бял</t>
   </si>
   <si>
     <t>BENQ-PROJ-EW800ST</t>
   </si>
   <si>
+    <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LW600ST</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060</t>
   </si>
   <si>
-    <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
-[...4 lines deleted...]
-  <si>
     <t>Проектор за домашно кино BenQ GP520 - 4K UHD(3840x2160) 2600 ANSI Lumens</t>
   </si>
   <si>
     <t>BENQ-PROJ-GP520</t>
   </si>
   <si>
-    <t>Настолен компютър VALI GAMING AMD RYZEN 5 7500F RТX5060</t>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 5 9500F RТX5060</t>
   </si>
   <si>
     <t>VALI-PC-R5-RTX5060</t>
   </si>
   <si>
-    <t>Настолен компютър VALI GAMING AMD RYZEN 5 7500F RX9060XT</t>
+    <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
+  </si>
+  <si>
+    <t>CREALITY-K2-PL-COMBO</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 5 9500F RX9060XT</t>
   </si>
   <si>
     <t>VALI-PC-R5-RX9060XT</t>
   </si>
   <si>
-    <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
-[...2 lines deleted...]
-    <t>CREALITY-K2-PL-COMBO</t>
+    <t>4LED гейминг проектор BenQ X500i, 2200lm, 4K, Android 11, AirPlay, Google Cast</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-X500i</t>
+  </si>
+  <si>
+    <t>МФУ копир, принтер, скенер Ricoh IM 550F</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-550F</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060TI</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060TI</t>
-  </si>
-[...10 lines deleted...]
-    <t>RICOH-MFC-IM-550F</t>
   </si>
   <si>
     <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 65" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-65IFP14</t>
   </si>
   <si>
     <t>Интерактивен дисплей RICOH A6510, 65", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
   </si>
   <si>
     <t>RICOH-MON-A6510</t>
   </si>
   <si>
     <t>Настолен компютър VALI VR READY - AMD 7700, 32GB DDR5, RTX 5070 12GB, 1TB SSD NVMe</t>
   </si>
   <si>
     <t>VALI-PC-VR-AMD</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING AMD RYZEN 7 9700X GEFORCE RTX5070</t>
   </si>
   <si>
     <t>VALI-PC-R7-RTX5070</t>
   </si>
@@ -961,51 +949,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D97"/>
+  <dimension ref="A1:D95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1039,1332 +1027,1304 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>0.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>49.98</v>
+        <v>25.56</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>114.0</v>
+        <v>58.284</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>129.0</v>
+        <v>65.952</v>
       </c>
       <c r="D7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>159.0</v>
+        <v>81.3</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>170.52</v>
+        <v>88.056</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>174.0</v>
+        <v>88.968</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>183.42</v>
+        <v>93.78</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12">
-        <v>198.996</v>
+        <v>95.592</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13">
-        <v>216.0</v>
+        <v>101.748</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14">
-        <v>217.608</v>
+        <v>110.436</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15">
-        <v>258.504</v>
+        <v>111.264</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>39</v>
       </c>
       <c r="C16">
-        <v>268.992</v>
+        <v>133.5</v>
       </c>
       <c r="D16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>40</v>
       </c>
       <c r="B17" t="s">
         <v>41</v>
       </c>
       <c r="C17">
-        <v>303.96</v>
+        <v>142.656</v>
       </c>
       <c r="D17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18">
-        <v>312.0</v>
+        <v>156.972</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>45</v>
       </c>
       <c r="C19">
-        <v>329.004</v>
+        <v>159.528</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>47</v>
       </c>
       <c r="C20">
-        <v>360.0</v>
+        <v>168.216</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21">
-        <v>382.8</v>
+        <v>184.068</v>
       </c>
       <c r="D21" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22">
-        <v>399.0</v>
+        <v>195.72</v>
       </c>
       <c r="D22" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>53</v>
       </c>
       <c r="C23">
-        <v>399.0</v>
+        <v>204.0</v>
       </c>
       <c r="D23" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>55</v>
       </c>
       <c r="C24">
-        <v>420.0</v>
+        <v>204.0</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>56</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25">
-        <v>492.0</v>
+        <v>214.74</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>58</v>
       </c>
       <c r="B26" t="s">
         <v>59</v>
       </c>
       <c r="C26">
-        <v>495.768</v>
+        <v>251.556</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>60</v>
       </c>
       <c r="B27" t="s">
         <v>61</v>
       </c>
       <c r="C27">
-        <v>498.996</v>
+        <v>253.488</v>
       </c>
       <c r="D27" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>62</v>
       </c>
       <c r="B28" t="s">
         <v>63</v>
       </c>
       <c r="C28">
-        <v>534.0</v>
+        <v>273.024</v>
       </c>
       <c r="D28" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>64</v>
       </c>
       <c r="B29" t="s">
         <v>65</v>
       </c>
       <c r="C29">
-        <v>699.0</v>
+        <v>275.58</v>
       </c>
       <c r="D29" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>67</v>
       </c>
       <c r="C30">
-        <v>778.992</v>
+        <v>357.396</v>
       </c>
       <c r="D30" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>69</v>
       </c>
       <c r="C31">
-        <v>778.992</v>
+        <v>398.292</v>
       </c>
       <c r="D31" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>71</v>
       </c>
       <c r="C32">
-        <v>789.0</v>
+        <v>403.404</v>
       </c>
       <c r="D32" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>72</v>
       </c>
       <c r="B33" t="s">
         <v>73</v>
       </c>
       <c r="C33">
-        <v>798.996</v>
+        <v>408.516</v>
       </c>
       <c r="D33" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>74</v>
       </c>
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34">
-        <v>810.0</v>
+        <v>414.144</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>76</v>
       </c>
       <c r="B35" t="s">
         <v>77</v>
       </c>
       <c r="C35">
-        <v>825.0</v>
+        <v>459.648</v>
       </c>
       <c r="D35" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>78</v>
       </c>
       <c r="B36" t="s">
         <v>79</v>
       </c>
       <c r="C36">
-        <v>898.992</v>
+        <v>481.632</v>
       </c>
       <c r="D36" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>80</v>
       </c>
       <c r="B37" t="s">
         <v>81</v>
       </c>
       <c r="C37">
-        <v>942.0</v>
+        <v>530.724</v>
       </c>
       <c r="D37" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>82</v>
       </c>
       <c r="B38" t="s">
         <v>83</v>
       </c>
       <c r="C38">
-        <v>969.984</v>
+        <v>535.356</v>
       </c>
       <c r="D38" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>84</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39">
-        <v>999.0</v>
+        <v>540.0</v>
       </c>
       <c r="D39" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40">
-        <v>1038.0</v>
+        <v>552.432</v>
       </c>
       <c r="D40" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>88</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41">
-        <v>1043.712</v>
+        <v>561.912</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>90</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>
       <c r="C42">
-        <v>1080.456</v>
+        <v>561.912</v>
       </c>
       <c r="D42" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>92</v>
       </c>
       <c r="B43" t="s">
         <v>93</v>
       </c>
       <c r="C43">
-        <v>1088.928</v>
+        <v>582.876</v>
       </c>
       <c r="D43" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>95</v>
       </c>
       <c r="C44">
-        <v>1098.996</v>
+        <v>587.472</v>
       </c>
       <c r="D44" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>96</v>
       </c>
       <c r="B45" t="s">
         <v>97</v>
       </c>
       <c r="C45">
-        <v>1098.996</v>
+        <v>600.66</v>
       </c>
       <c r="D45" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>98</v>
       </c>
       <c r="B46" t="s">
         <v>99</v>
       </c>
       <c r="C46">
-        <v>1140.0</v>
+        <v>612.936</v>
       </c>
       <c r="D46" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>100</v>
       </c>
       <c r="B47" t="s">
         <v>101</v>
       </c>
       <c r="C47">
-        <v>1149.0</v>
+        <v>623.328</v>
       </c>
       <c r="D47" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>103</v>
       </c>
       <c r="C48">
-        <v>1174.8</v>
+        <v>635.028</v>
       </c>
       <c r="D48" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49">
-        <v>1198.8</v>
+        <v>644.232</v>
       </c>
       <c r="D49" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>106</v>
       </c>
       <c r="B50" t="s">
         <v>107</v>
       </c>
       <c r="C50">
-        <v>1212.948</v>
+        <v>654.0</v>
       </c>
       <c r="D50" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>108</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51">
-        <v>1218.0</v>
+        <v>668.16</v>
       </c>
       <c r="D51" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>110</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>
       <c r="C52">
-        <v>1242.0</v>
+        <v>679.512</v>
       </c>
       <c r="D52" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>112</v>
       </c>
       <c r="B53" t="s">
         <v>113</v>
       </c>
       <c r="C53">
-        <v>1248.996</v>
+        <v>705.588</v>
       </c>
       <c r="D53" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>114</v>
       </c>
       <c r="B54" t="s">
         <v>115</v>
       </c>
       <c r="C54">
-        <v>1260.0</v>
+        <v>715.296</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>116</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55">
-        <v>1306.8</v>
+        <v>719.232</v>
       </c>
       <c r="D55" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>118</v>
       </c>
       <c r="B56" t="s">
         <v>119</v>
       </c>
       <c r="C56">
-        <v>1329.0</v>
+        <v>739.08</v>
       </c>
       <c r="D56" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57" t="s">
         <v>121</v>
       </c>
       <c r="C57">
-        <v>1398.996</v>
+        <v>756.0</v>
       </c>
       <c r="D57" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58">
-        <v>1404.672</v>
+        <v>759.072</v>
       </c>
       <c r="D58" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>124</v>
       </c>
       <c r="B59" t="s">
         <v>125</v>
       </c>
       <c r="C59">
-        <v>1452.588</v>
+        <v>766.428</v>
       </c>
       <c r="D59" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
         <v>127</v>
       </c>
       <c r="C60">
-        <v>1476.06</v>
+        <v>766.932</v>
       </c>
       <c r="D60" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>128</v>
       </c>
       <c r="B61" t="s">
         <v>129</v>
       </c>
       <c r="C61">
-        <v>1499.004</v>
+        <v>817.56</v>
       </c>
       <c r="D61" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>130</v>
       </c>
       <c r="B62" t="s">
         <v>131</v>
       </c>
       <c r="C62">
-        <v>1500.0</v>
+        <v>817.56</v>
       </c>
       <c r="D62" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
         <v>133</v>
       </c>
       <c r="C63">
-        <v>1599.0</v>
+        <v>828.288</v>
       </c>
       <c r="D63" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>134</v>
       </c>
       <c r="B64" t="s">
         <v>135</v>
       </c>
       <c r="C64">
-        <v>1599.0</v>
+        <v>843.12</v>
       </c>
       <c r="D64" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>136</v>
       </c>
       <c r="B65" t="s">
         <v>137</v>
       </c>
       <c r="C65">
-        <v>1620.0</v>
+        <v>914.184</v>
       </c>
       <c r="D65" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
         <v>139</v>
       </c>
       <c r="C66">
-        <v>1648.992</v>
+        <v>974.928</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>140</v>
       </c>
       <c r="B67" t="s">
         <v>141</v>
       </c>
       <c r="C67">
-        <v>1788.0</v>
+        <v>974.928</v>
       </c>
       <c r="D67" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>142</v>
       </c>
       <c r="B68" t="s">
         <v>143</v>
       </c>
       <c r="C68">
-        <v>1906.8</v>
+        <v>978.612</v>
       </c>
       <c r="D68" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
         <v>145</v>
       </c>
       <c r="C69">
-        <v>1906.8</v>
+        <v>1098.768</v>
       </c>
       <c r="D69" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
         <v>147</v>
       </c>
       <c r="C70">
-        <v>1914.0</v>
+        <v>1160.052</v>
       </c>
       <c r="D70" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71">
-        <v>2068.02</v>
+        <v>1175.46</v>
       </c>
       <c r="D71" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
         <v>151</v>
       </c>
       <c r="C72">
-        <v>2148.996</v>
+        <v>1532.076</v>
       </c>
       <c r="D72" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73">
-        <v>2298.996</v>
+        <v>1533.372</v>
       </c>
       <c r="D73" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>154</v>
       </c>
       <c r="B74" t="s">
         <v>155</v>
       </c>
       <c r="C74">
-        <v>2410.068</v>
+        <v>1545.912</v>
       </c>
       <c r="D74" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>156</v>
       </c>
       <c r="B75" t="s">
         <v>157</v>
       </c>
       <c r="C75">
-        <v>2625.552</v>
+        <v>1584.492</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>158</v>
       </c>
       <c r="B76" t="s">
         <v>159</v>
       </c>
       <c r="C76">
-        <v>2999.004</v>
+        <v>1635.624</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>160</v>
       </c>
       <c r="B77" t="s">
         <v>161</v>
       </c>
       <c r="C77">
-        <v>3020.376</v>
+        <v>1720.224</v>
       </c>
       <c r="D77" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>162</v>
       </c>
       <c r="B78" t="s">
         <v>163</v>
       </c>
       <c r="C78">
-        <v>3099.0</v>
+        <v>1737.876</v>
       </c>
       <c r="D78" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>164</v>
       </c>
       <c r="B79" t="s">
         <v>165</v>
       </c>
       <c r="C79">
-        <v>3198.996</v>
+        <v>1834.512</v>
       </c>
       <c r="D79" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>166</v>
       </c>
       <c r="B80" t="s">
         <v>167</v>
       </c>
       <c r="C80">
-        <v>3399.0</v>
+        <v>1916.28</v>
       </c>
       <c r="D80" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>168</v>
       </c>
       <c r="B81" t="s">
         <v>169</v>
       </c>
       <c r="C81">
-        <v>3588.0</v>
+        <v>1991.652</v>
       </c>
       <c r="D81" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>170</v>
       </c>
       <c r="B82" t="s">
         <v>171</v>
       </c>
       <c r="C82">
-        <v>3629.508</v>
+        <v>2116.752</v>
       </c>
       <c r="D82" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>172</v>
       </c>
       <c r="B83" t="s">
         <v>173</v>
       </c>
       <c r="C83">
-        <v>3658.908</v>
+        <v>2147.424</v>
       </c>
       <c r="D83" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>174</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84">
-        <v>4140.0</v>
+        <v>2249.172</v>
       </c>
       <c r="D84" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>176</v>
       </c>
       <c r="B85" t="s">
         <v>177</v>
       </c>
       <c r="C85">
-        <v>4200.0</v>
+        <v>2269.524</v>
       </c>
       <c r="D85" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>178</v>
       </c>
       <c r="B86" t="s">
         <v>179</v>
       </c>
       <c r="C86">
-        <v>4398.996</v>
+        <v>2270.136</v>
       </c>
       <c r="D86" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>180</v>
       </c>
       <c r="B87" t="s">
         <v>181</v>
       </c>
       <c r="C87">
-        <v>4438.8</v>
+        <v>0.0</v>
       </c>
       <c r="D87" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>182</v>
       </c>
       <c r="B88" t="s">
         <v>183</v>
       </c>
       <c r="C88">
-        <v>4440.0</v>
+        <v>2576.916</v>
       </c>
       <c r="D88" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>184</v>
       </c>
       <c r="B89" t="s">
         <v>185</v>
       </c>
       <c r="C89">
-        <v>0.0</v>
+        <v>2632.644</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>186</v>
       </c>
       <c r="B90" t="s">
         <v>187</v>
       </c>
       <c r="C90">
-        <v>5040.0</v>
+        <v>2699.616</v>
       </c>
       <c r="D90" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>188</v>
       </c>
       <c r="B91" t="s">
         <v>189</v>
       </c>
       <c r="C91">
-        <v>5148.996</v>
+        <v>3067.752</v>
       </c>
       <c r="D91" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>190</v>
       </c>
       <c r="B92" t="s">
         <v>191</v>
       </c>
       <c r="C92">
-        <v>5280.0</v>
+        <v>3067.752</v>
       </c>
       <c r="D92" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>192</v>
       </c>
       <c r="B93" t="s">
         <v>193</v>
       </c>
       <c r="C93">
-        <v>6000.0</v>
+        <v>0.0</v>
       </c>
       <c r="D93" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>194</v>
       </c>
       <c r="B94" t="s">
         <v>195</v>
       </c>
       <c r="C94">
-        <v>6000.0</v>
+        <v>4405.296</v>
       </c>
       <c r="D94" t="s">
-        <v>35</v>
-[...26 lines deleted...]
-      <c r="D96" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D97"/>
+  <autoFilter ref="A1:D95"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>