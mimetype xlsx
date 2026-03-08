--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,639 +7,579 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$95</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$85</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Интерактивен дисплей BenQ RP8604, 86"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RP8604</t>
+  </si>
+  <si>
+    <t>Попитай за цена</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE INTEL CORE I5-12500, 16GB DDR5, 512GB M.2, 500W, DVD-RW</t>
+  </si>
+  <si>
+    <t>VALI-PC-I5-16GB-DVD</t>
+  </si>
+  <si>
+    <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
+  </si>
+  <si>
+    <t>SOFT-NET-NSS-IKT-3Y</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>LED светеща подложка за рисуване HUION LED light pad L4S, USB, Черен</t>
+  </si>
+  <si>
+    <t>HUION-PAD-L4S</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Уеб камера с микрофон Streamplify CAM 1080p,</t>
+  </si>
+  <si>
+    <t>SPMC-CZFH221</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1000STL</t>
+  </si>
+  <si>
+    <t>LED светеща подложка за рисуване HUION LED light pad LB3, Батерия 1050mAh</t>
+  </si>
+  <si>
+    <t>HUION-PAD-LB3</t>
+  </si>
+  <si>
+    <t>Уеб камера LOGITECH BRIO 505</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-505-GR</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Rose Full HD уеб камера, микрофон, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500-ROS</t>
+  </si>
+  <si>
+    <t>Уеб камера с микрофон Streamplify CAM PRO 4K USB</t>
+  </si>
+  <si>
+    <t>SPMC-CP4K821</t>
+  </si>
+  <si>
+    <t>VESA интерфейс за BalanceBox 400 за монтаж на публични и инт. дисплеи</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-VESA</t>
+  </si>
+  <si>
+    <t>Logitech BRIO 500 Grafite Full HD уеб камера, микрофон, USB</t>
+  </si>
+  <si>
+    <t>LOGITECH-WEB-BRIO-500</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-1</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 1500 STL, 1500VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI1500STL</t>
+  </si>
+  <si>
+    <t>Таблет HANNspree Apollo 2, 10.1”, 3GB RAM, 32GB, Wi-Fi, Bluetooth, Черен</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN1ATP5B2AT</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
+  </si>
+  <si>
+    <t>POWER-UPS-VI2200STL</t>
+  </si>
+  <si>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi x4, за 4 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X4</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-1</t>
+  </si>
+  <si>
+    <t>Универсален шкаф Estillo IP-1412, за зареждане на до 12 бр. таблети, монтаж на стена или свободностоящ</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP1412</t>
+  </si>
+  <si>
+    <t>Сензор за интерактивен мулти-тъч дисплей TRIUMPH BOARD, температура, влажност, NFC заключване, PIR, Android 13</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-SENSOR-BOX</t>
+  </si>
+  <si>
+    <t>Графичен дисплей таблет HUION Inspiroy Dial 2, 5080 LPI, Черен</t>
+  </si>
+  <si>
+    <t>HUION-TAB-Q630M</t>
+  </si>
+  <si>
+    <t>3D Принтер Creality Ender-3 V3 SE</t>
+  </si>
+  <si>
+    <t>CREALITY-ENDER3-V3-SE</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Мултиф.у-во принтер/скенер/копир RICOH M320SE USB,LAN,ADF,A4, 32стр</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M320SE</t>
+  </si>
+  <si>
+    <t>Таблет HANNspree Pad Zeus 2, 13.3”, 4GB RAM, 64GB, Wi-Fi, Bluetooth, Full HD, Черен</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN14TP5</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-3</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MW560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MW560</t>
+  </si>
+  <si>
+    <t>3D скенер Creality CR-Scan Ferret Pro</t>
+  </si>
+  <si>
+    <t>CREALITY-FERRET-PRO</t>
+  </si>
+  <si>
+    <t>Графичен дисплей таблет HUION Kamvas Pro 13, USB-C, Черен/Сребрист</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT133</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-3</t>
+  </si>
+  <si>
+    <t>3D Принтер Creality K1C</t>
+  </si>
+  <si>
+    <t>CREALITY-K1C</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 12 бр. таблети Estillo IP-2312 за монтаж на стена или свободностоящ, 12 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2312</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 16 бр. таблети Estillo IP-2316 за монтаж на стена или свободностоящ, 16 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2316</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
+  </si>
+  <si>
+    <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MX808STH, DLP, XGA, 3600 ANSI, 20 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MX808STH</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PRO</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PRO</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge Adventurer 5M Pro</t>
+  </si>
+  <si>
+    <t>FLASH-3D-ADV5MPRO</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE BASIC</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-BASIC</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MW809STH, DLP, WXGA, 3600 ANSI, 22 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MW809STH</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PRO PLUS</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PRO-P</t>
+  </si>
+  <si>
+    <t>Универсален шкаф на колела Estillo LP-1224, за зареждане на до 24 бр. лаптопи и таблети</t>
+  </si>
+  <si>
+    <t>EST-CHARG-LP1224</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PREMIUM</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MH560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MH560</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
+  </si>
+  <si>
+    <t>BalanceBox 400-70 Medium, Монтаж на стена на публични и интерактивни дисплеи 55" - 75", Регулиране височината</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-70</t>
+  </si>
+  <si>
+    <t>3D Принтер Creality K1 Max</t>
+  </si>
+  <si>
+    <t>CREALITY-K1-MAX</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PREMIUM-P</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
+  </si>
+  <si>
+    <t>3D скенер Scan Dimension SOL</t>
+  </si>
+  <si>
+    <t>3D-SCAN-SOL</t>
+  </si>
+  <si>
+    <t>3D скенер Creality CR-Scan Otter</t>
+  </si>
+  <si>
+    <t>CREALITY-OTTER</t>
+  </si>
+  <si>
+    <t>Проектор BenQ TH685P, DLP, 1080p, 3500 ANSI, 10000:1, HDMI, Rec. 709 (95%)</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-TH685P</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE GT</t>
+  </si>
+  <si>
+    <t>VALI-OFFICE-GT</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-I7-12700</t>
+  </si>
+  <si>
+    <t>Проектор късофокусен BenQ TH671ST</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-TH671ST</t>
+  </si>
+  <si>
+    <t>3D скенер Einscan-SE V2</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSCAN-SE</t>
+  </si>
+  <si>
+    <t>3D скенер Einstar Shining 3D</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSTAR-3D</t>
+  </si>
+  <si>
+    <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LW600ST</t>
+  </si>
+  <si>
+    <t>Проектор за домашно кино BenQ GP520 - 4K UHD(3840x2160) 2600 ANSI Lumens</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-GP520</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060</t>
+  </si>
+  <si>
+    <t>VALI-PC-I5-RTX5060</t>
+  </si>
+  <si>
+    <t>МФУ копир, принтер, скенер Ricoh IM 550F</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-IM-550F</t>
+  </si>
+  <si>
+    <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
+  </si>
+  <si>
+    <t>CREALITY-K2-PL-COMBO</t>
+  </si>
+  <si>
+    <t>4LED гейминг проектор BenQ X500i, 2200lm, 4K, Android 11, AirPlay, Google Cast</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-X500i</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 5 9600 RТX5060</t>
+  </si>
+  <si>
+    <t>VALI-PC-R5-RTX5060</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 5 9500F RX9060XT</t>
+  </si>
+  <si>
+    <t>VALI-PC-R5-RX9060XT</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей RICOH A6510, 65", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A6510</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI GAMING AMD RYZEN 7 9700X GEFORCE RTX5070</t>
+  </si>
+  <si>
+    <t>VALI-PC-R7-RTX5070</t>
+  </si>
+  <si>
+    <t>METZ Интерактивен тъч дисплей с вградена камера 65SG1 65"</t>
+  </si>
+  <si>
+    <t>METZ-MON-65SG1</t>
+  </si>
+  <si>
+    <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-75IFP14</t>
+  </si>
+  <si>
+    <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 86" IFP, Черен панел, Android 13</t>
+  </si>
+  <si>
+    <t>TRIUMPH-MON-86IFP13</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI VR READY - AMD 7700, 32GB DDR5, RTX 5070 12GB, 1TB SSD NVMe</t>
+  </si>
+  <si>
+    <t>VALI-PC-VR-AMD</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей RICOH A7510, 75", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A7510</t>
+  </si>
+  <si>
+    <t>4LED RGB лазерен smart проектор BenQ v5010i, 2500lm, 4K, HDR10+, 2500000:1, 98% DCI-P3, 100% Rec. 709, WiFi, Bluetooth, AirPlay, Google Cast, Netflix</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-V5010i</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей BenQ RP6504, 65"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RP6504</t>
+  </si>
+  <si>
+    <t>BalanceBox Winx Система за монтаж на стена на инт. дисплеи до 75" в комплект с две бели дъски</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-650-WINX4B-75</t>
+  </si>
+  <si>
+    <t>METZ Интерактивен тъч дисплей с вградена камера 75SG1 75"</t>
+  </si>
+  <si>
+    <t>METZ-MON-75SG1</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей RICOH A8610, 86", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
+  </si>
+  <si>
+    <t>RICOH-MON-A8610</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ  LU935, DLP, WUXGA, 6000 ANSI, 3 000 000:1</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-LU935</t>
+  </si>
+  <si>
+    <t>METZ Интерактивен тъч дисплей с вградена камера 86SG1 86"</t>
+  </si>
+  <si>
+    <t>METZ-MON-86SG1</t>
+  </si>
+  <si>
+    <t>Интерактивна система All-in-one VALI 146", 75" мулти-тъч дисплей с Android, 2 бр. инт. бяла дъска, вграден OPS с Win 11 Pro, вградена камера с микрофон</t>
+  </si>
+  <si>
+    <t>VALI-MON-146</t>
+  </si>
+  <si>
     <t>Интерактивен дисплей BenQ RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
-  </si>
-[...562 lines deleted...]
-    <t>VALI-MON-146</t>
   </si>
   <si>
     <t>Видеопроектор BenQ LU935ST, Късофокусен, DLP, 5500 ANSI, Черен</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU935ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -949,59 +889,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D95"/>
+  <dimension ref="A1:D85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -1013,1318 +953,1178 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>0.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>0.0</v>
+        <v>30.0</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>25.56</v>
+        <v>58.284</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>58.284</v>
+        <v>65.952</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7">
-        <v>65.952</v>
+        <v>84.0</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8">
-        <v>81.3</v>
+        <v>88.404</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>88.056</v>
+        <v>88.968</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>88.968</v>
+        <v>90.264</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>93.78</v>
+        <v>95.592</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
         <v>29</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>95.592</v>
+        <v>101.748</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>31</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>101.748</v>
+        <v>110.436</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>110.436</v>
+        <v>111.264</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>111.264</v>
+        <v>117.6</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>133.5</v>
+        <v>134.016</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C17">
         <v>142.656</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" t="s">
         <v>42</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>156.972</v>
+        <v>157.572</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" t="s">
         <v>44</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>159.528</v>
+        <v>174.0</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" t="s">
         <v>46</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>168.216</v>
+        <v>180.0</v>
       </c>
       <c r="D20" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C21">
         <v>184.068</v>
       </c>
       <c r="D21" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C22">
         <v>195.72</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C23">
         <v>204.0</v>
       </c>
       <c r="D23" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C24">
         <v>204.0</v>
       </c>
       <c r="D24" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>56</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25">
-        <v>214.74</v>
+        <v>249.0</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>58</v>
       </c>
       <c r="B26" t="s">
         <v>59</v>
       </c>
       <c r="C26">
-        <v>251.556</v>
+        <v>273.024</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>60</v>
       </c>
       <c r="B27" t="s">
         <v>61</v>
       </c>
       <c r="C27">
-        <v>253.488</v>
+        <v>300.0</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>62</v>
       </c>
       <c r="B28" t="s">
         <v>63</v>
       </c>
       <c r="C28">
-        <v>273.024</v>
+        <v>398.292</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>64</v>
       </c>
       <c r="B29" t="s">
         <v>65</v>
       </c>
       <c r="C29">
-        <v>275.58</v>
+        <v>408.516</v>
       </c>
       <c r="D29" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>67</v>
       </c>
       <c r="C30">
-        <v>357.396</v>
+        <v>414.144</v>
       </c>
       <c r="D30" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>69</v>
       </c>
       <c r="C31">
-        <v>398.292</v>
+        <v>444.0</v>
       </c>
       <c r="D31" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>71</v>
       </c>
       <c r="C32">
-        <v>403.404</v>
+        <v>459.0</v>
       </c>
       <c r="D32" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>72</v>
       </c>
       <c r="B33" t="s">
         <v>73</v>
       </c>
       <c r="C33">
-        <v>408.516</v>
+        <v>459.648</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>74</v>
       </c>
       <c r="B34" t="s">
         <v>75</v>
       </c>
       <c r="C34">
-        <v>414.144</v>
+        <v>481.632</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>76</v>
       </c>
       <c r="B35" t="s">
         <v>77</v>
       </c>
       <c r="C35">
-        <v>459.648</v>
+        <v>530.724</v>
       </c>
       <c r="D35" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>78</v>
       </c>
       <c r="B36" t="s">
         <v>79</v>
       </c>
       <c r="C36">
-        <v>481.632</v>
+        <v>540.0</v>
       </c>
       <c r="D36" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>80</v>
       </c>
       <c r="B37" t="s">
         <v>81</v>
       </c>
       <c r="C37">
-        <v>530.724</v>
+        <v>582.876</v>
       </c>
       <c r="D37" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>82</v>
       </c>
       <c r="B38" t="s">
         <v>83</v>
       </c>
       <c r="C38">
-        <v>535.356</v>
+        <v>600.66</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>84</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39">
-        <v>540.0</v>
+        <v>602.724</v>
       </c>
       <c r="D39" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40">
-        <v>552.432</v>
+        <v>612.936</v>
       </c>
       <c r="D40" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>88</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41">
-        <v>561.912</v>
+        <v>624.444</v>
       </c>
       <c r="D41" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>90</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>
       <c r="C42">
-        <v>561.912</v>
+        <v>635.028</v>
       </c>
       <c r="D42" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>92</v>
       </c>
       <c r="B43" t="s">
         <v>93</v>
       </c>
       <c r="C43">
-        <v>582.876</v>
+        <v>665.136</v>
       </c>
       <c r="D43" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>95</v>
       </c>
       <c r="C44">
-        <v>587.472</v>
+        <v>668.16</v>
       </c>
       <c r="D44" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>96</v>
       </c>
       <c r="B45" t="s">
         <v>97</v>
       </c>
       <c r="C45">
-        <v>600.66</v>
+        <v>692.556</v>
       </c>
       <c r="D45" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>98</v>
       </c>
       <c r="B46" t="s">
         <v>99</v>
       </c>
       <c r="C46">
-        <v>612.936</v>
+        <v>705.588</v>
       </c>
       <c r="D46" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>100</v>
       </c>
       <c r="B47" t="s">
         <v>101</v>
       </c>
       <c r="C47">
-        <v>623.328</v>
+        <v>718.8</v>
       </c>
       <c r="D47" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>103</v>
       </c>
       <c r="C48">
-        <v>635.028</v>
+        <v>766.932</v>
       </c>
       <c r="D48" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49">
-        <v>644.232</v>
+        <v>768.0</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>106</v>
       </c>
       <c r="B50" t="s">
         <v>107</v>
       </c>
       <c r="C50">
-        <v>654.0</v>
+        <v>787.416</v>
       </c>
       <c r="D50" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>108</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51">
-        <v>668.16</v>
+        <v>810.0</v>
       </c>
       <c r="D51" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>110</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>
       <c r="C52">
-        <v>679.512</v>
+        <v>817.56</v>
       </c>
       <c r="D52" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>112</v>
       </c>
       <c r="B53" t="s">
         <v>113</v>
       </c>
       <c r="C53">
-        <v>705.588</v>
+        <v>817.56</v>
       </c>
       <c r="D53" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>114</v>
       </c>
       <c r="B54" t="s">
         <v>115</v>
       </c>
       <c r="C54">
-        <v>715.296</v>
+        <v>828.288</v>
       </c>
       <c r="D54" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>116</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55">
-        <v>719.232</v>
+        <v>879.9</v>
       </c>
       <c r="D55" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>118</v>
       </c>
       <c r="B56" t="s">
         <v>119</v>
       </c>
       <c r="C56">
-        <v>739.08</v>
+        <v>883.86</v>
       </c>
       <c r="D56" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57" t="s">
         <v>121</v>
       </c>
       <c r="C57">
-        <v>756.0</v>
+        <v>914.184</v>
       </c>
       <c r="D57" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58">
-        <v>759.072</v>
+        <v>974.928</v>
       </c>
       <c r="D58" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>124</v>
       </c>
       <c r="B59" t="s">
         <v>125</v>
       </c>
       <c r="C59">
-        <v>766.428</v>
+        <v>974.928</v>
       </c>
       <c r="D59" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
         <v>127</v>
       </c>
       <c r="C60">
-        <v>766.932</v>
+        <v>990.0</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>128</v>
       </c>
       <c r="B61" t="s">
         <v>129</v>
       </c>
       <c r="C61">
-        <v>817.56</v>
+        <v>1175.46</v>
       </c>
       <c r="D61" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>130</v>
       </c>
       <c r="B62" t="s">
         <v>131</v>
       </c>
       <c r="C62">
-        <v>817.56</v>
+        <v>1231.548</v>
       </c>
       <c r="D62" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
         <v>133</v>
       </c>
       <c r="C63">
-        <v>828.288</v>
+        <v>1528.992</v>
       </c>
       <c r="D63" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>134</v>
       </c>
       <c r="B64" t="s">
         <v>135</v>
       </c>
       <c r="C64">
-        <v>843.12</v>
+        <v>1533.372</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>136</v>
       </c>
       <c r="B65" t="s">
         <v>137</v>
       </c>
       <c r="C65">
-        <v>914.184</v>
+        <v>1584.492</v>
       </c>
       <c r="D65" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
         <v>139</v>
       </c>
       <c r="C66">
-        <v>974.928</v>
+        <v>1681.14</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>140</v>
       </c>
       <c r="B67" t="s">
         <v>141</v>
       </c>
       <c r="C67">
-        <v>974.928</v>
+        <v>1706.556</v>
       </c>
       <c r="D67" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>142</v>
       </c>
       <c r="B68" t="s">
         <v>143</v>
       </c>
       <c r="C68">
-        <v>978.612</v>
+        <v>1836.0</v>
       </c>
       <c r="D68" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
         <v>145</v>
       </c>
       <c r="C69">
-        <v>1098.768</v>
+        <v>2120.664</v>
       </c>
       <c r="D69" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
         <v>147</v>
       </c>
       <c r="C70">
-        <v>1160.052</v>
+        <v>2147.424</v>
       </c>
       <c r="D70" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71">
-        <v>1175.46</v>
+        <v>2249.172</v>
       </c>
       <c r="D71" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
         <v>151</v>
       </c>
       <c r="C72">
-        <v>1532.076</v>
+        <v>2269.524</v>
       </c>
       <c r="D72" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73">
-        <v>1533.372</v>
+        <v>2311.656</v>
       </c>
       <c r="D73" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>154</v>
       </c>
       <c r="B74" t="s">
         <v>155</v>
       </c>
       <c r="C74">
-        <v>1545.912</v>
+        <v>2340.0</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>156</v>
       </c>
       <c r="B75" t="s">
         <v>157</v>
       </c>
       <c r="C75">
-        <v>1584.492</v>
+        <v>2394.0</v>
       </c>
       <c r="D75" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>158</v>
       </c>
       <c r="B76" t="s">
         <v>159</v>
       </c>
       <c r="C76">
-        <v>1635.624</v>
+        <v>2400.0</v>
       </c>
       <c r="D76" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>160</v>
       </c>
       <c r="B77" t="s">
         <v>161</v>
       </c>
       <c r="C77">
-        <v>1720.224</v>
+        <v>0.0</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>162</v>
       </c>
       <c r="B78" t="s">
         <v>163</v>
       </c>
       <c r="C78">
-        <v>1737.876</v>
+        <v>2576.916</v>
       </c>
       <c r="D78" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>164</v>
       </c>
       <c r="B79" t="s">
         <v>165</v>
       </c>
       <c r="C79">
-        <v>1834.512</v>
+        <v>2700.0</v>
       </c>
       <c r="D79" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>166</v>
       </c>
       <c r="B80" t="s">
         <v>167</v>
       </c>
       <c r="C80">
-        <v>1916.28</v>
+        <v>3067.752</v>
       </c>
       <c r="D80" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>168</v>
       </c>
       <c r="B81" t="s">
         <v>169</v>
       </c>
       <c r="C81">
-        <v>1991.652</v>
+        <v>3067.752</v>
       </c>
       <c r="D81" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>170</v>
       </c>
       <c r="B82" t="s">
         <v>171</v>
       </c>
       <c r="C82">
-        <v>2116.752</v>
+        <v>0.0</v>
       </c>
       <c r="D82" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>172</v>
       </c>
       <c r="B83" t="s">
         <v>173</v>
       </c>
       <c r="C83">
-        <v>2147.424</v>
+        <v>3720.0</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>174</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84">
-        <v>2249.172</v>
+        <v>4405.296</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
-[...139 lines deleted...]
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D95"/>
+  <autoFilter ref="A1:D85"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>