--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -7,119 +7,125 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$85</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$90</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP8604, 86"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP8604</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE INTEL CORE I5-12500, 16GB DDR5, 512GB M.2, 500W, DVD-RW</t>
   </si>
   <si>
     <t>VALI-PC-I5-16GB-DVD</t>
   </si>
   <si>
     <t>Софтуер за управление работата в класна стая Netsupport school NSS ver.15 +поддръжка за 3 год.</t>
   </si>
   <si>
     <t>SOFT-NET-NSS-IKT-3Y</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
+    <t>Безжичен донгъл за интерактивен дисплей BenQ, IFE WD02AT BLACK,  WI-FI 6 + BT5.2 WIRELESS DONGLE</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-WD02AT</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>LED светеща подложка за рисуване HUION LED light pad L4S, USB, Черен</t>
   </si>
   <si>
     <t>HUION-PAD-L4S</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Уеб камера с микрофон Streamplify CAM 1080p,</t>
   </si>
   <si>
     <t>SPMC-CZFH221</t>
   </si>
   <si>
+    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
+  </si>
+  <si>
+    <t>CREALITY-SPACE-X2</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Сушилня за филаменти за 3D принтер Creality Space Pi Plus, за 2 ролки</t>
-[...4 lines deleted...]
-  <si>
     <t>UPS POWERWALKER VI 1000 STL, 1000VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI1000STL</t>
   </si>
   <si>
     <t>LED светеща подложка за рисуване HUION LED light pad LB3, Батерия 1050mAh</t>
   </si>
   <si>
     <t>HUION-PAD-LB3</t>
   </si>
   <si>
     <t>Уеб камера LOGITECH BRIO 505</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-505-GR</t>
   </si>
   <si>
     <t>Logitech BRIO 500 Rose Full HD уеб камера, микрофон, USB</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BRIO-500-ROS</t>
   </si>
   <si>
     <t>Уеб камера с микрофон Streamplify CAM PRO 4K USB</t>
@@ -157,417 +163,441 @@
   <si>
     <t>HSG-TAB-SN1ATP5B2AT</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>UPS POWERWALKER VI 2200 STL, 2200VA Line Interactive</t>
   </si>
   <si>
     <t>POWER-UPS-VI2200STL</t>
   </si>
   <si>
     <t>Сушилня за филаменти за 3D принтер Creality Space Pi x4, за 4 ролки</t>
   </si>
   <si>
     <t>CREALITY-SPACE-X4</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-1</t>
   </si>
   <si>
-    <t>Универсален шкаф Estillo IP-1412, за зареждане на до 12 бр. таблети, монтаж на стена или свободностоящ</t>
-[...4 lines deleted...]
-  <si>
     <t>Сензор за интерактивен мулти-тъч дисплей TRIUMPH BOARD, температура, влажност, NFC заключване, PIR, Android 13</t>
   </si>
   <si>
     <t>TRIUMPH-MON-SENSOR-BOX</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Inspiroy Dial 2, 5080 LPI, Черен</t>
   </si>
   <si>
     <t>HUION-TAB-Q630M</t>
   </si>
   <si>
     <t>3D Принтер Creality Ender-3 V3 SE</t>
   </si>
   <si>
     <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
+    <t>Мултиф.у-во принтер/скенер/копир RICOH M320SE USB,LAN,ADF,A4, 32стр</t>
+  </si>
+  <si>
+    <t>RICOH-MFC-M320SE</t>
+  </si>
+  <si>
+    <t>Таблет HANNspree Pad Zeus 2, 13.3”, 4GB RAM, 64GB, Wi-Fi, Bluetooth, Full HD, Черен</t>
+  </si>
+  <si>
+    <t>HSG-TAB-SN14TP5</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BB-3</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MW560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MW560</t>
+  </si>
+  <si>
+    <t>3D скенер Creality CR-Scan Ferret Pro</t>
+  </si>
+  <si>
+    <t>CREALITY-FERRET-PRO</t>
+  </si>
+  <si>
+    <t>Графичен дисплей таблет HUION Kamvas Pro 13, USB-C, Черен/Сребрист</t>
+  </si>
+  <si>
+    <t>HUION-TAB-GT133</t>
+  </si>
+  <si>
+    <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-3</t>
+  </si>
+  <si>
+    <t>3D Принтер Creality K1C</t>
+  </si>
+  <si>
+    <t>CREALITY-K1C</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge ADX5 Multi color</t>
+  </si>
+  <si>
+    <t>FLASH-3D-AD5X</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 12 бр. таблети Estillo IP-2312 за монтаж на стена или свободностоящ, 12 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2312</t>
+  </si>
+  <si>
+    <t>Универсален шкаф за зареждане на до 16 бр. таблети Estillo IP-2316 за монтаж на стена или свободностоящ, 16 x USB-C порта</t>
+  </si>
+  <si>
+    <t>EST-CHARG-IP2316</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core 3 100U, 15.6" FHD(1920x1080) WVA LED, 8GB(1x8GB)DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250-i3-8-512</t>
+  </si>
+  <si>
+    <t>Мобилна стойка на колелца за BalanceBox 400 за публични и инт. дисплеи до 86"</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-MOBILE</t>
+  </si>
+  <si>
+    <t>Видеопроектор BenQ MX808STH, DLP, XGA, 3600 ANSI, 20 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MX808STH</t>
+  </si>
+  <si>
+    <t>3D Принтер FlashForge Adventurer 5M Pro</t>
+  </si>
+  <si>
+    <t>FLASH-3D-ADV5MPRO</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Мултиф.у-во принтер/скенер/копир RICOH M320SE USB,LAN,ADF,A4, 32стр</t>
-[...80 lines deleted...]
-    <t>BENQ-PROJ-MX808STH</t>
+    <t>Видеопроектор BenQ MW809STH, DLP, WXGA, 3600 ANSI, 22 000:1, Късофокусен, бял</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MW809STH</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PRO</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PRO</t>
   </si>
   <si>
-    <t>3D Принтер FlashForge Adventurer 5M Pro</t>
-[...2 lines deleted...]
-    <t>FLASH-3D-ADV5MPRO</t>
+    <t>Универсален шкаф на колела Estillo LP-1224, за зареждане на до 24 бр. лаптопи и таблети</t>
+  </si>
+  <si>
+    <t>EST-CHARG-LP1224</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE BASIC</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-BASIC</t>
   </si>
   <si>
-    <t>Видеопроектор BenQ MW809STH, DLP, WXGA, 3600 ANSI, 22 000:1, Късофокусен, бял</t>
-[...2 lines deleted...]
-    <t>BENQ-PROJ-MW809STH</t>
+    <t>Видеопроектор BenQ MH560</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-MH560</t>
+  </si>
+  <si>
+    <t>3D скенер Revopoint Pop 3 Plus Standard Edition</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-POP3PLUS2</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i5-1334U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i5-16-512</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PRO PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PRO-P</t>
   </si>
   <si>
-    <t>Универсален шкаф на колела Estillo LP-1224, за зареждане на до 24 бр. лаптопи и таблети</t>
-[...2 lines deleted...]
-    <t>EST-CHARG-LP1224</t>
+    <t>3D Принтер Creality K1 Max</t>
+  </si>
+  <si>
+    <t>CREALITY-K1-MAX</t>
+  </si>
+  <si>
+    <t>BalanceBox 400-70 Medium, Монтаж на стена на публични и интерактивни дисплеи 55" - 75", Регулиране височината</t>
+  </si>
+  <si>
+    <t>BALANCE-BOX-400-70</t>
+  </si>
+  <si>
+    <t>Лаптоп Dell Pro 15 Essential (PV15250), Intel Core i7-1355U, 15.6" FHD(1920x1080) WVA LED, 16GB DDR5, 512GB M.2 SSD</t>
+  </si>
+  <si>
+    <t>DELL-NOT-PV15250i7-16-512</t>
+  </si>
+  <si>
+    <t>3D скенер Scan Dimension SOL</t>
+  </si>
+  <si>
+    <t>3D-SCAN-SOL</t>
+  </si>
+  <si>
+    <t>3D скенер Creality CR-Scan Otter</t>
+  </si>
+  <si>
+    <t>CREALITY-OTTER</t>
+  </si>
+  <si>
+    <t>Проектор BenQ TH685P, DLP, 1080p, 3500 ANSI, 10000:1, HDMI, Rec. 709 (95%)</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-TH685P</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PREMIUM-P</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE PREMIUM</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM</t>
   </si>
   <si>
-    <t>Видеопроектор BenQ MH560</t>
-[...50 lines deleted...]
-    <t>BENQ-PROJ-TH685P</t>
+    <t>Проектор късофокусен BenQ TH671ST</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-TH671ST</t>
+  </si>
+  <si>
+    <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-I7-12700</t>
   </si>
   <si>
     <t>Настолен компютър VALI OFFICE GT</t>
   </si>
   <si>
     <t>VALI-OFFICE-GT</t>
   </si>
   <si>
-    <t>Настолен компютър VALI OFFICE PREMIUM PLUS i7</t>
-[...10 lines deleted...]
-  <si>
     <t>3D скенер Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
   </si>
   <si>
     <t>3D скенер Einstar Shining 3D</t>
   </si>
   <si>
     <t>3D-SCAN-EINSTAR-3D</t>
   </si>
   <si>
     <t>Проектор BenQ LW600ST- WXGA (1280x800), 2800 ANSI, 20000:1, HDMI, късофокусен</t>
   </si>
   <si>
     <t>BENQ-PROJ-LW600ST</t>
   </si>
   <si>
+    <t>3D скенер Einstar 2  Shining 3D wireless</t>
+  </si>
+  <si>
+    <t>3D-SCAN-EINSTAR2-3DW</t>
+  </si>
+  <si>
     <t>Проектор за домашно кино BenQ GP520 - 4K UHD(3840x2160) 2600 ANSI Lumens</t>
   </si>
   <si>
     <t>BENQ-PROJ-GP520</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060</t>
   </si>
   <si>
+    <t>Интерактивен дисплей BenQ RE6504A 65"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RE6504A</t>
+  </si>
+  <si>
     <t>МФУ копир, принтер, скенер Ricoh IM 550F</t>
   </si>
   <si>
     <t>RICOH-MFC-IM-550F</t>
   </si>
   <si>
     <t>3D цветен принтер Creality K2 PLUS / COMBO</t>
   </si>
   <si>
     <t>CREALITY-K2-PL-COMBO</t>
   </si>
   <si>
     <t>4LED гейминг проектор BenQ X500i, 2200lm, 4K, Android 11, AirPlay, Google Cast</t>
   </si>
   <si>
     <t>BENQ-PROJ-X500i</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING AMD RYZEN 5 9600 RТX5060</t>
   </si>
   <si>
     <t>VALI-PC-R5-RTX5060</t>
   </si>
   <si>
     <t>Настолен компютър VALI GAMING AMD RYZEN 5 9500F RX9060XT</t>
   </si>
   <si>
     <t>VALI-PC-R5-RX9060XT</t>
   </si>
   <si>
     <t>Интерактивен дисплей RICOH A6510, 65", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
   </si>
   <si>
     <t>RICOH-MON-A6510</t>
   </si>
   <si>
+    <t>3D скенер  Revopoint MIRACO Plus 32 GB</t>
+  </si>
+  <si>
+    <t>3D-SCAN-REV-MIR</t>
+  </si>
+  <si>
     <t>Настолен компютър VALI GAMING AMD RYZEN 7 9700X GEFORCE RTX5070</t>
   </si>
   <si>
     <t>VALI-PC-R7-RTX5070</t>
   </si>
   <si>
     <t>METZ Интерактивен тъч дисплей с вградена камера 65SG1 65"</t>
   </si>
   <si>
     <t>METZ-MON-65SG1</t>
   </si>
   <si>
+    <t>Настолен компютър VALI VR READY - AMD 7700, 32GB DDR5, RTX 5070 12GB, 1TB SSD NVMe</t>
+  </si>
+  <si>
+    <t>VALI-PC-VR-AMD</t>
+  </si>
+  <si>
     <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 75" IFP BLACK G, Android 14</t>
   </si>
   <si>
     <t>TRIUMPH-MON-75IFP14</t>
   </si>
   <si>
     <t>Интерактивен мулти-тъч дисплей TRIUMPH BOARD 86" IFP, Черен панел, Android 13</t>
   </si>
   <si>
     <t>TRIUMPH-MON-86IFP13</t>
   </si>
   <si>
-    <t>Настолен компютър VALI VR READY - AMD 7700, 32GB DDR5, RTX 5070 12GB, 1TB SSD NVMe</t>
-[...4 lines deleted...]
-  <si>
     <t>Интерактивен дисплей RICOH A7510, 75", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
   </si>
   <si>
     <t>RICOH-MON-A7510</t>
   </si>
   <si>
     <t>4LED RGB лазерен smart проектор BenQ v5010i, 2500lm, 4K, HDR10+, 2500000:1, 98% DCI-P3, 100% Rec. 709, WiFi, Bluetooth, AirPlay, Google Cast, Netflix</t>
   </si>
   <si>
     <t>BENQ-PROJ-V5010i</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP6504, 65"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP6504</t>
   </si>
   <si>
     <t>BalanceBox Winx Система за монтаж на стена на инт. дисплеи до 75" в комплект с две бели дъски</t>
   </si>
   <si>
     <t>BALANCE-BOX-650-WINX4B-75</t>
   </si>
   <si>
     <t>METZ Интерактивен тъч дисплей с вградена камера 75SG1 75"</t>
   </si>
   <si>
     <t>METZ-MON-75SG1</t>
   </si>
   <si>
     <t>Интерактивен дисплей RICOH A8610, 86", 3840 x 2160, HDMI, DP, Android 13, USB, Мулти-тъч, Черен</t>
   </si>
   <si>
     <t>RICOH-MON-A8610</t>
   </si>
   <si>
     <t>Видеопроектор BenQ  LU935, DLP, WUXGA, 6000 ANSI, 3 000 000:1</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU935</t>
   </si>
   <si>
     <t>METZ Интерактивен тъч дисплей с вградена камера 86SG1 86"</t>
   </si>
   <si>
     <t>METZ-MON-86SG1</t>
+  </si>
+  <si>
+    <t>Интерактивен дисплей BenQ RP8605, 86"</t>
+  </si>
+  <si>
+    <t>BENQ-LFD-RP8605</t>
   </si>
   <si>
     <t>Интерактивна система All-in-one VALI 146", 75" мулти-тъч дисплей с Android, 2 бр. инт. бяла дъска, вграден OPS с Win 11 Pro, вградена камера с микрофон</t>
   </si>
   <si>
     <t>VALI-MON-146</t>
   </si>
   <si>
     <t>Интерактивен дисплей BenQ RP7504, 75"</t>
   </si>
   <si>
     <t>BENQ-LFD-RP7504</t>
   </si>
   <si>
     <t>Видеопроектор BenQ LU935ST, Късофокусен, DLP, 5500 ANSI, Черен</t>
   </si>
   <si>
     <t>BENQ-PROJ-LU935ST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -889,51 +919,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D85"/>
+  <dimension ref="A1:D90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -967,1164 +997,1234 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>30.0</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>58.284</v>
+        <v>54.54</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>65.952</v>
+        <v>58.284</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>84.0</v>
+        <v>58.992</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>84.0</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>88.968</v>
+        <v>88.944</v>
       </c>
       <c r="D9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>90.264</v>
+        <v>88.968</v>
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>95.592</v>
+        <v>90.264</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
-        <v>101.748</v>
+        <v>95.592</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
-        <v>110.436</v>
+        <v>99.0</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
-        <v>111.264</v>
+        <v>110.436</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
-        <v>117.6</v>
+        <v>111.264</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>134.016</v>
+        <v>117.6</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>142.656</v>
+        <v>134.832</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
         <v>41</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18">
+        <v>142.656</v>
+      </c>
+      <c r="D18" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19">
-        <v>174.0</v>
+        <v>158.544</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20">
-        <v>180.0</v>
+        <v>174.0</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21">
-        <v>184.068</v>
+        <v>180.0</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>49</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22">
         <v>195.72</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>52</v>
       </c>
       <c r="C23">
         <v>204.0</v>
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>54</v>
       </c>
       <c r="C24">
         <v>204.0</v>
       </c>
       <c r="D24" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C25">
         <v>249.0</v>
       </c>
       <c r="D25" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C26">
         <v>273.024</v>
       </c>
       <c r="D26" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C27">
         <v>300.0</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C28">
         <v>398.292</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C29">
         <v>408.516</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C30">
         <v>414.144</v>
       </c>
       <c r="D30" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C31">
         <v>444.0</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C32">
         <v>459.0</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C33">
         <v>459.648</v>
       </c>
       <c r="D33" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>73</v>
+      </c>
+      <c r="B34" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C34">
         <v>481.632</v>
       </c>
       <c r="D34" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>75</v>
+      </c>
+      <c r="B35" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C35">
         <v>530.724</v>
       </c>
       <c r="D35" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>77</v>
+      </c>
+      <c r="B36" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C36">
         <v>540.0</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>79</v>
+      </c>
+      <c r="B37" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C37">
         <v>582.876</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C38">
         <v>600.66</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" t="s">
         <v>84</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39">
+        <v>612.936</v>
+      </c>
+      <c r="D39" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40">
-        <v>612.936</v>
+        <v>635.028</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>88</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41">
-        <v>624.444</v>
+        <v>664.356</v>
       </c>
       <c r="D41" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>90</v>
       </c>
       <c r="B42" t="s">
         <v>91</v>
       </c>
       <c r="C42">
-        <v>635.028</v>
+        <v>668.16</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>92</v>
       </c>
       <c r="B43" t="s">
         <v>93</v>
       </c>
       <c r="C43">
-        <v>665.136</v>
+        <v>683.604</v>
       </c>
       <c r="D43" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>94</v>
       </c>
       <c r="B44" t="s">
         <v>95</v>
       </c>
       <c r="C44">
-        <v>668.16</v>
+        <v>705.588</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>96</v>
       </c>
       <c r="B45" t="s">
         <v>97</v>
       </c>
       <c r="C45">
-        <v>692.556</v>
+        <v>706.8</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>98</v>
       </c>
       <c r="B46" t="s">
         <v>99</v>
       </c>
       <c r="C46">
-        <v>705.588</v>
+        <v>718.8</v>
       </c>
       <c r="D46" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>100</v>
       </c>
       <c r="B47" t="s">
         <v>101</v>
       </c>
       <c r="C47">
-        <v>718.8</v>
+        <v>734.46</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>102</v>
       </c>
       <c r="B48" t="s">
         <v>103</v>
       </c>
       <c r="C48">
-        <v>766.932</v>
+        <v>744.0</v>
       </c>
       <c r="D48" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>105</v>
       </c>
       <c r="C49">
-        <v>768.0</v>
+        <v>766.932</v>
       </c>
       <c r="D49" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>106</v>
       </c>
       <c r="B50" t="s">
         <v>107</v>
       </c>
       <c r="C50">
-        <v>787.416</v>
+        <v>810.0</v>
       </c>
       <c r="D50" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>108</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51">
-        <v>810.0</v>
+        <v>817.56</v>
       </c>
       <c r="D51" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>110</v>
       </c>
       <c r="B52" t="s">
         <v>111</v>
       </c>
       <c r="C52">
         <v>817.56</v>
       </c>
       <c r="D52" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>112</v>
       </c>
       <c r="B53" t="s">
         <v>113</v>
       </c>
       <c r="C53">
-        <v>817.56</v>
+        <v>828.288</v>
       </c>
       <c r="D53" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>114</v>
       </c>
       <c r="B54" t="s">
         <v>115</v>
       </c>
       <c r="C54">
-        <v>828.288</v>
+        <v>845.988</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>116</v>
       </c>
       <c r="B55" t="s">
         <v>117</v>
       </c>
       <c r="C55">
-        <v>879.9</v>
+        <v>846.144</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>118</v>
       </c>
       <c r="B56" t="s">
         <v>119</v>
       </c>
       <c r="C56">
-        <v>883.86</v>
+        <v>914.184</v>
       </c>
       <c r="D56" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57" t="s">
         <v>121</v>
       </c>
       <c r="C57">
-        <v>914.184</v>
+        <v>942.828</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>122</v>
       </c>
       <c r="B58" t="s">
         <v>123</v>
       </c>
       <c r="C58">
-        <v>974.928</v>
+        <v>942.828</v>
       </c>
       <c r="D58" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>124</v>
       </c>
       <c r="B59" t="s">
         <v>125</v>
       </c>
       <c r="C59">
         <v>974.928</v>
       </c>
       <c r="D59" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
         <v>127</v>
       </c>
       <c r="C60">
-        <v>990.0</v>
+        <v>974.928</v>
       </c>
       <c r="D60" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>128</v>
       </c>
       <c r="B61" t="s">
         <v>129</v>
       </c>
       <c r="C61">
-        <v>1175.46</v>
+        <v>990.0</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>130</v>
       </c>
       <c r="B62" t="s">
         <v>131</v>
       </c>
       <c r="C62">
-        <v>1231.548</v>
+        <v>1078.8</v>
       </c>
       <c r="D62" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>132</v>
       </c>
       <c r="B63" t="s">
         <v>133</v>
       </c>
       <c r="C63">
-        <v>1528.992</v>
+        <v>1175.46</v>
       </c>
       <c r="D63" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>134</v>
       </c>
       <c r="B64" t="s">
         <v>135</v>
       </c>
       <c r="C64">
-        <v>1533.372</v>
+        <v>1221.876</v>
       </c>
       <c r="D64" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>136</v>
       </c>
       <c r="B65" t="s">
         <v>137</v>
       </c>
       <c r="C65">
-        <v>1584.492</v>
+        <v>1270.8</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>138</v>
       </c>
       <c r="B66" t="s">
         <v>139</v>
       </c>
       <c r="C66">
-        <v>1681.14</v>
+        <v>1528.992</v>
       </c>
       <c r="D66" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>140</v>
       </c>
       <c r="B67" t="s">
         <v>141</v>
       </c>
       <c r="C67">
-        <v>1706.556</v>
+        <v>1533.372</v>
       </c>
       <c r="D67" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>142</v>
       </c>
       <c r="B68" t="s">
         <v>143</v>
       </c>
       <c r="C68">
-        <v>1836.0</v>
+        <v>1584.492</v>
       </c>
       <c r="D68" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
         <v>145</v>
       </c>
       <c r="C69">
-        <v>2120.664</v>
+        <v>1681.836</v>
       </c>
       <c r="D69" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>146</v>
       </c>
       <c r="B70" t="s">
         <v>147</v>
       </c>
       <c r="C70">
-        <v>2147.424</v>
+        <v>1716.468</v>
       </c>
       <c r="D70" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>148</v>
       </c>
       <c r="B71" t="s">
         <v>149</v>
       </c>
       <c r="C71">
-        <v>2249.172</v>
+        <v>1836.0</v>
       </c>
       <c r="D71" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>150</v>
       </c>
       <c r="B72" t="s">
         <v>151</v>
       </c>
       <c r="C72">
-        <v>2269.524</v>
+        <v>2038.8</v>
       </c>
       <c r="D72" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>152</v>
       </c>
       <c r="B73" t="s">
         <v>153</v>
       </c>
       <c r="C73">
-        <v>2311.656</v>
+        <v>2145.504</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>154</v>
       </c>
       <c r="B74" t="s">
         <v>155</v>
       </c>
       <c r="C74">
-        <v>2340.0</v>
+        <v>2147.424</v>
       </c>
       <c r="D74" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>156</v>
       </c>
       <c r="B75" t="s">
         <v>157</v>
       </c>
       <c r="C75">
-        <v>2394.0</v>
+        <v>2240.82</v>
       </c>
       <c r="D75" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>158</v>
       </c>
       <c r="B76" t="s">
         <v>159</v>
       </c>
       <c r="C76">
-        <v>2400.0</v>
+        <v>2249.172</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>160</v>
       </c>
       <c r="B77" t="s">
         <v>161</v>
       </c>
       <c r="C77">
-        <v>0.0</v>
+        <v>2269.524</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>162</v>
       </c>
       <c r="B78" t="s">
         <v>163</v>
       </c>
       <c r="C78">
-        <v>2576.916</v>
+        <v>2340.0</v>
       </c>
       <c r="D78" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>164</v>
       </c>
       <c r="B79" t="s">
         <v>165</v>
       </c>
       <c r="C79">
-        <v>2700.0</v>
+        <v>2394.0</v>
       </c>
       <c r="D79" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>166</v>
       </c>
       <c r="B80" t="s">
         <v>167</v>
       </c>
       <c r="C80">
-        <v>3067.752</v>
+        <v>2400.0</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>168</v>
       </c>
       <c r="B81" t="s">
         <v>169</v>
       </c>
       <c r="C81">
-        <v>3067.752</v>
+        <v>0.0</v>
       </c>
       <c r="D81" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>170</v>
       </c>
       <c r="B82" t="s">
         <v>171</v>
       </c>
       <c r="C82">
-        <v>0.0</v>
+        <v>2576.916</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>172</v>
       </c>
       <c r="B83" t="s">
         <v>173</v>
       </c>
       <c r="C83">
-        <v>3720.0</v>
+        <v>2700.0</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>174</v>
       </c>
       <c r="B84" t="s">
         <v>175</v>
       </c>
       <c r="C84">
-        <v>4405.296</v>
+        <v>3067.752</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
     </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>176</v>
+      </c>
+      <c r="B85" t="s">
+        <v>177</v>
+      </c>
+      <c r="C85">
+        <v>3067.752</v>
+      </c>
+      <c r="D85" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>178</v>
+      </c>
+      <c r="B86" t="s">
+        <v>179</v>
+      </c>
+      <c r="C86">
+        <v>3478.8</v>
+      </c>
+      <c r="D86" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>180</v>
+      </c>
+      <c r="B87" t="s">
+        <v>181</v>
+      </c>
+      <c r="C87">
+        <v>0.0</v>
+      </c>
+      <c r="D87" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>182</v>
+      </c>
+      <c r="B88" t="s">
+        <v>183</v>
+      </c>
+      <c r="C88">
+        <v>3720.0</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>184</v>
+      </c>
+      <c r="B89" t="s">
+        <v>185</v>
+      </c>
+      <c r="C89">
+        <v>4405.296</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D85"/>
+  <autoFilter ref="A1:D90"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>