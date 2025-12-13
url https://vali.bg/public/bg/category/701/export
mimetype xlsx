--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -109,72 +109,72 @@
   <si>
     <t>Микроскопски препарати KONUS, Животни и растения, увредени от замърсяване, 10 бр.</t>
   </si>
   <si>
     <t>KONUS-4952</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Зоология: репродукция на безгръбначни, 15 бр.</t>
   </si>
   <si>
     <t>KONUS-4981</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Ботаника: ботаника: мъхове, спорови, голосеменни растения, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4983</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Ботаника: ботаника: покритосеменни, едносемеделни, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4984</t>
   </si>
   <si>
+    <t>Микроскопски препарати KONUS, Зоология II серия, 25 бр.</t>
+  </si>
+  <si>
+    <t>KONUS-4978</t>
+  </si>
+  <si>
+    <t>Микроскопски препарати KONUS, Зоология: инсекти, 25 бр.</t>
+  </si>
+  <si>
+    <t>KONUS-4980</t>
+  </si>
+  <si>
+    <t>Микроскопски препарати KONUS, Микроскопски препарати - обща биология, 25 бр.</t>
+  </si>
+  <si>
+    <t>KONUS-4976</t>
+  </si>
+  <si>
     <t>Микроскопски препарати KONUS, Зоология I серия, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4977</t>
-  </si>
-[...16 lines deleted...]
-    <t>KONUS-4976</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Биология: клетка и животинска тъкан, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4986</t>
   </si>
   <si>
     <t>Микроскопски препарати KONUS, Човешко тяло: структура на органите, 25 бр.</t>
   </si>
   <si>
     <t>KONUS-4987</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 1 година</t>
   </si>
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Лабораторен биологичен микроскоп Konus College 600X, Монокулярен</t>
   </si>
@@ -551,51 +551,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -801,51 +801,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
         <v>68.4</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>68.4</v>
+        <v>78.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
         <v>80.4</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
@@ -927,51 +927,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
         <v>969.0</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>1016.496</v>
+        <v>1064.4</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>1260.0</v>
       </c>
       <c r="D28" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D29"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">