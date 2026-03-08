--- v1 (2025-12-13)
+++ v2 (2026-03-08)
@@ -172,72 +172,72 @@
   <si>
     <t>SOFT-VR-BB-1</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Лабораторен биологичен микроскоп Konus College 600X, Монокулярен</t>
   </si>
   <si>
     <t>KONUS-5302</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет и Corinth за 1 година за 1 бр очила</t>
   </si>
   <si>
     <t>SOFT-VR-BC-1</t>
   </si>
   <si>
     <t>Лиценз за софтуер VR Expert Education Kit- базов пакет за 3 години</t>
   </si>
   <si>
     <t>SOFT-VR-BB-3</t>
   </si>
   <si>
+    <t>Лиценз за софтуер VR Expert Education Kit - базов пакет и Corinth за 3 години за 1 бр. VR очила</t>
+  </si>
+  <si>
+    <t>SOFT-VR-BC-3</t>
+  </si>
+  <si>
     <t>Лабораторен биологичен микроскоп Konus Academy-2, Монокулярен</t>
   </si>
   <si>
     <t>KONUS-5305</t>
   </si>
   <si>
     <t>Дигитален микроскоп CELESTRON 44341, 40 - 400, Комплект с аскесоари</t>
   </si>
   <si>
     <t>CEL-44341</t>
   </si>
   <si>
     <t>Лабораторен биологичен микроскоп Konus CAMPUS, Бинокулярен, 1000x</t>
   </si>
   <si>
     <t>KONUS-5306</t>
-  </si>
-[...4 lines deleted...]
-    <t>SOFT-VR-BC-3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -551,444 +551,444 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>28.5</v>
+        <v>14.568</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>43.2</v>
+        <v>22.092</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
-        <v>43.704</v>
+        <v>22.344</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
-        <v>68.4</v>
+        <v>34.968</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
-        <v>80.4</v>
+        <v>41.112</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
-        <v>80.4</v>
+        <v>41.112</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
-        <v>312.0</v>
+        <v>117.6</v>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>330.0</v>
+        <v>168.732</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>420.0</v>
+        <v>180.0</v>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>492.0</v>
+        <v>300.0</v>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>900.0</v>
+        <v>444.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>969.0</v>
+        <v>460.164</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>1064.4</v>
+        <v>495.444</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>1260.0</v>
+        <v>544.224</v>
       </c>
       <c r="D28" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D29"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>