--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1288,51 +1288,51 @@
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>12.708</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>12.984</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>13.26</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>13.632</v>
@@ -1400,51 +1400,51 @@
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>14.988</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>15.024</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>15.024</v>
       </c>
       <c r="D41" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>15.588</v>
@@ -1834,51 +1834,51 @@
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
         <v>69.0</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
         <v>83.436</v>
       </c>
       <c r="D71" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
         <v>83.436</v>
       </c>
       <c r="D72" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
         <v>85.116</v>