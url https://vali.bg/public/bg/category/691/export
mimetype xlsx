--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -1260,51 +1260,51 @@
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>12.516</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>12.516</v>
       </c>
       <c r="D30" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>12.708</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>12.984</v>
@@ -1498,51 +1498,51 @@
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
         <v>17.172</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
         <v>17.52</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
         <v>18.444</v>
       </c>
       <c r="D48" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
         <v>18.444</v>