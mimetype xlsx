--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -340,90 +340,90 @@
   <si>
     <t>Компресионен фитинг Alphacool, 16/10 - G1/4, 90°, Въртящ се, Хром</t>
   </si>
   <si>
     <t>AC-62370</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 45°, G1/4 външна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011176</t>
   </si>
   <si>
     <t>Компресионен фитинг Alphacool, 16/10 - G1/4, 45°, Въртящ се, Хром</t>
   </si>
   <si>
     <t>AC-62373</t>
   </si>
   <si>
     <t>Въртящ се L-конектор Alphacool Eiszapfen, G1/4 AG auf G1/4 IG, Бял</t>
   </si>
   <si>
     <t>AC-1019293</t>
   </si>
   <si>
+    <t>Ъглов адаптер Alphacool Eiszapfen, 90°, G1/4 външна към G1/4 вътрешна резба, Черен мат</t>
+  </si>
+  <si>
+    <t>AC-1011189</t>
+  </si>
+  <si>
+    <t>Фитинг Alphacool Eiszapfen, Удължител, 90°, 13/10mm, G1/4, Сребрист</t>
+  </si>
+  <si>
+    <t>AC-1011160</t>
+  </si>
+  <si>
     <t>Фитинг Alphacool Eiszapfen, Удължител, 16/10mm, G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011161</t>
   </si>
   <si>
+    <t>Фитинг Alphacool Eiszapfen, Удължител, 90°, 16/10mm, G1/4, Сребрист</t>
+  </si>
+  <si>
+    <t>AC-1011166</t>
+  </si>
+  <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 45°, G1/4 външна към G1/4 вътрешна резба, Черен мат</t>
   </si>
   <si>
     <t>AC-1011175</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 45°, G1/4 външна към G1/4 вътрешна резба, Бял</t>
   </si>
   <si>
     <t>AC-1019294</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 90°, G1/4 външна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011190</t>
-  </si>
-[...16 lines deleted...]
-    <t>AC-1011166</t>
   </si>
   <si>
     <t>Фитинг Alphacool Eiszapfen, Удължител, 90°, 13/10mm, G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011159</t>
   </si>
   <si>
     <t>Сферичен кран Alphacool Eiszapfen, Двупосочен, G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011901</t>
   </si>
   <si>
     <t>Ъглов адаптер Alphacool Eiszapfen, 2 x 45°, G1/4 външна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011180</t>
   </si>
   <si>
     <t>Терминал за свързване Alphacool Eiszapfen, G1/4 IT, 5 посочвен, Черен</t>
   </si>
   <si>
     <t>AC-1019901</t>
   </si>
@@ -865,1087 +865,1087 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.792</v>
+        <v>1.944</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>3.912</v>
+        <v>2.004</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>4.584</v>
+        <v>2.34</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>5.508</v>
+        <v>2.808</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>6.396</v>
+        <v>3.264</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>6.612</v>
+        <v>3.384</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>6.996</v>
+        <v>3.576</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>7.212</v>
+        <v>3.684</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>7.584</v>
+        <v>3.876</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>7.74</v>
+        <v>3.96</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>7.98</v>
+        <v>4.08</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>8.76</v>
+        <v>4.476</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>8.82</v>
+        <v>4.512</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>8.82</v>
+        <v>4.512</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>8.88</v>
+        <v>4.536</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>11.412</v>
+        <v>5.832</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>11.424</v>
+        <v>5.844</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>11.664</v>
+        <v>5.964</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>11.928</v>
+        <v>6.096</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>11.928</v>
+        <v>6.096</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>12.228</v>
+        <v>6.252</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>12.396</v>
+        <v>6.336</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>12.48</v>
+        <v>6.384</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>12.516</v>
+        <v>6.396</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>12.516</v>
+        <v>6.396</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>12.708</v>
+        <v>6.504</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>12.984</v>
+        <v>6.636</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>13.26</v>
+        <v>6.78</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>13.632</v>
+        <v>6.972</v>
       </c>
       <c r="D34" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>13.764</v>
+        <v>7.044</v>
       </c>
       <c r="D35" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>13.764</v>
+        <v>7.044</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>14.004</v>
+        <v>7.164</v>
       </c>
       <c r="D37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>14.832</v>
+        <v>7.584</v>
       </c>
       <c r="D38" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>14.988</v>
+        <v>7.668</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>15.024</v>
+        <v>7.68</v>
       </c>
       <c r="D40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>15.024</v>
+        <v>7.68</v>
       </c>
       <c r="D41" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>15.588</v>
+        <v>7.968</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>15.588</v>
+        <v>7.968</v>
       </c>
       <c r="D43" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>15.612</v>
+        <v>7.98</v>
       </c>
       <c r="D44" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>16.044</v>
+        <v>8.208</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
-        <v>17.172</v>
+        <v>8.772</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
-        <v>17.52</v>
+        <v>8.964</v>
       </c>
       <c r="D47" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
-        <v>18.444</v>
+        <v>9.432</v>
       </c>
       <c r="D48" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
-        <v>18.444</v>
+        <v>9.432</v>
       </c>
       <c r="D49" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
-        <v>18.744</v>
+        <v>9.588</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
-        <v>19.26</v>
+        <v>9.852</v>
       </c>
       <c r="D51" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
-        <v>19.512</v>
+        <v>9.972</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
-        <v>20.832</v>
+        <v>10.644</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D54" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D56" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
-        <v>20.832</v>
+        <v>10.656</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>20.844</v>
+        <v>10.656</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
-        <v>20.844</v>
+        <v>10.656</v>
       </c>
       <c r="D59" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
-        <v>24.192</v>
+        <v>12.372</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
-        <v>24.516</v>
+        <v>12.54</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
-        <v>26.052</v>
+        <v>13.32</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>26.424</v>
+        <v>13.512</v>
       </c>
       <c r="D63" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>28.86</v>
+        <v>14.76</v>
       </c>
       <c r="D64" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>31.26</v>
+        <v>15.984</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>31.26</v>
+        <v>15.984</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>36.18</v>
+        <v>18.492</v>
       </c>
       <c r="D67" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>40.056</v>
+        <v>20.484</v>
       </c>
       <c r="D68" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>53.592</v>
+        <v>27.396</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>83.436</v>
+        <v>42.66</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>83.436</v>
+        <v>42.66</v>
       </c>
       <c r="D72" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>85.116</v>
+        <v>43.524</v>
       </c>
       <c r="D73" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>86.004</v>
+        <v>43.968</v>
       </c>
       <c r="D74" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>92.712</v>
+        <v>47.4</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
-        <v>252.924</v>
+        <v>129.324</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D77"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>