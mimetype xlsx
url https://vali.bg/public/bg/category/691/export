--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -58,63 +58,63 @@
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Адаптер Alphacool HF, Двоен нипел, G1/4 - G1/4, О-пръстен, Сребрист</t>
   </si>
   <si>
     <t>AC-64209</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Муфа Alphacool, Вътрешна резба G1/4 AG - G1/4 AG, Черен мат</t>
   </si>
   <si>
     <t>AC-64219</t>
   </si>
   <si>
     <t>Муфа Alphacool, Вътрешна резба G1/4 AG - G1/4 AG, Хром</t>
   </si>
   <si>
     <t>AC-64218</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Винт Alphacool Eiszapfen, V.2 G1/4, Сребрист</t>
   </si>
   <si>
     <t>AC-1019274</t>
   </si>
   <si>
     <t>Удължител Alphacool Eiszapfen, G1/4 вънжна към G1/4 вътрешна резба, Сребрист</t>
   </si>
   <si>
     <t>AC-1011184</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Удължител Alphacool Eiszapfen, G1/4 вънжна към G1/4 вътрешна резба, Бял</t>
   </si>
   <si>
     <t>AC-1019295</t>
   </si>
   <si>
     <t>Адаптер Alphacool HF, Двоен нипел, G1/4 - G1/4, Въртящ се, Черен мат</t>
   </si>
   <si>
     <t>AC-64222</t>
   </si>
   <si>
     <t>Удължител Alphacool HF, G1/4 към G1/4, Черен мат</t>
   </si>
   <si>
     <t>AC-1011044</t>
   </si>
   <si>
     <t>Удължител Alphacool HF, G1/4 към G1/4, Сребрист</t>
   </si>
   <si>
     <t>AC-1011043</t>
   </si>
@@ -910,275 +910,275 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>2.34</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>2.808</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>3.264</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>3.264</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>3.264</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>3.384</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>3.576</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>3.684</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3.876</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>3.96</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>4.08</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>4.476</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>4.512</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>4.512</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>4.536</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>4.536</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>4.536</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>5.832</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>5.844</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>5.964</v>
@@ -1190,79 +1190,79 @@
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>6.096</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>6.096</v>
       </c>
       <c r="D25" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>6.252</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>6.336</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>6.384</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>6.396</v>
@@ -1274,415 +1274,415 @@
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>6.396</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>6.504</v>
       </c>
       <c r="D31" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>6.636</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>6.78</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>6.972</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>7.044</v>
       </c>
       <c r="D35" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>7.044</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>7.164</v>
       </c>
       <c r="D37" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>7.584</v>
       </c>
       <c r="D38" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>7.668</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>7.68</v>
       </c>
       <c r="D40" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>7.68</v>
       </c>
       <c r="D41" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>7.968</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>7.968</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>7.98</v>
       </c>
       <c r="D44" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>8.208</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
         <v>8.772</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
         <v>8.964</v>
       </c>
       <c r="D47" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
         <v>9.432</v>
       </c>
       <c r="D48" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
         <v>9.432</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
         <v>9.588</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
         <v>9.852</v>
       </c>
       <c r="D51" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
         <v>9.972</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
         <v>10.644</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
         <v>10.656</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
         <v>10.656</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
         <v>10.656</v>
       </c>
       <c r="D56" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
         <v>10.656</v>
       </c>
       <c r="D57" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
         <v>10.656</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
         <v>10.656</v>
@@ -1722,107 +1722,107 @@
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
         <v>13.32</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
         <v>13.512</v>
       </c>
       <c r="D63" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
         <v>14.76</v>
       </c>
       <c r="D64" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
         <v>15.984</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
         <v>15.984</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
         <v>18.492</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
         <v>20.484</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
         <v>27.396</v>
@@ -1848,65 +1848,65 @@
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
         <v>42.66</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
         <v>42.66</v>
       </c>
       <c r="D72" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
         <v>43.524</v>
       </c>
       <c r="D73" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
         <v>43.968</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
         <v>47.4</v>