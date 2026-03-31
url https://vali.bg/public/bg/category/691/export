--- v4 (2026-03-08)
+++ v5 (2026-03-31)
@@ -1008,51 +1008,51 @@
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>3.684</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3.876</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>3.96</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>4.08</v>