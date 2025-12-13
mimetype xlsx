--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -500,51 +500,51 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>82.8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>121.776</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>138.66</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>179.064</v>