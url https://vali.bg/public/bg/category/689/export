--- v1 (2025-12-13)
+++ v2 (2026-03-08)
@@ -469,163 +469,163 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>78.972</v>
+        <v>40.38</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>82.8</v>
+        <v>42.336</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>121.776</v>
+        <v>62.268</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>138.66</v>
+        <v>70.896</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>179.064</v>
+        <v>91.548</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>186.9</v>
+        <v>95.568</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>187.512</v>
+        <v>95.868</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>198.06</v>
+        <v>101.268</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>226.704</v>
+        <v>115.908</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D11"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>