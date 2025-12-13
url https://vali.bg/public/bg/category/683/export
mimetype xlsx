--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -14,208 +14,205 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$56</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер DEVELOP WB-P05, Ineo C3350, C3850, +3351</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-B-P05</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Консуматив барабан Brother DR3400 Drum Unit, 30000 копия</t>
   </si>
   <si>
     <t>DRUM-BR-DR3400</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh C2011SP, за събиране на отпадъчен тонер, RICOH MP C2003,C4503, C5503</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Консуматив барабан HP CF232A 32A , 23 000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-HP-CF232A</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh IMC6000, за събиране на отпадъчен тонер, RICOH MC 2000/IM C2000/C2500/C3000, 100000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000</t>
+  </si>
+  <si>
+    <t>Барабан за Ricoh SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
+  </si>
+  <si>
+    <t>DRUM-RICOH-SP3500-SCC</t>
+  </si>
+  <si>
+    <t>Бутилка за остатъчен тонер за RICOH SP C352, SPC352/ SPC353DN/C360SFNW/C361</t>
+  </si>
+  <si>
+    <t>RICOH-PART-SPC353-WT</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh IM460, За отпадъчен тонер, RICOH IM370/ IM 370F, 50000 к.</t>
+  </si>
+  <si>
+    <t>RICOH-WASTE-IM460</t>
+  </si>
+  <si>
+    <t>Консуматив за отпадъчен тонер Ricoh  IM C530FB, 30000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC350FB</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh за събиране на отпадъчен тонер MC 240FW/P C200W</t>
+  </si>
+  <si>
+    <t>RICOH-TON-MC240</t>
+  </si>
+  <si>
+    <t>Консуматив Ink Collector Unit IC51, 27000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-INK-IC51</t>
+  </si>
+  <si>
+    <t>Бутилка за остатъчен тонер DEVELOP WB-P08, C33xxi, C40xxi</t>
+  </si>
+  <si>
+    <t>DEV-CLEAN-WB-P08</t>
+  </si>
+  <si>
+    <t>Консуматив барабан DEVELOP IUP38, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-IUP38</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Консуматив Ricoh C2011SP, за събиране на отпадъчен тонер, RICOH MP C2003,C4503, C5503</t>
-[...67 lines deleted...]
-  <si>
     <t>Консуматив барабан  Konica/DEVELOP IUP34, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
   </si>
   <si>
     <t>KM-DRUM-IUP34</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh Type P16, WiFi 2.4Ghz/5Ghz, USB, за RICOH SP330SN/SFN, 3710DN, M2700, M2701,P310,P311</t>
   </si>
   <si>
     <t>RICOH-LAN-SP330</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Мрежова карта Ricoh M47, WiFi, IEEE 802.11, За Ricoh M C2000</t>
   </si>
   <si>
     <t>RICOH-LAN-M47</t>
   </si>
   <si>
     <t>Барабан BROTHER DR248CL, Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
   </si>
   <si>
     <t>LF-DRUM-BR-DR248CL</t>
   </si>
   <si>
     <t>Девелопер RICOH, За MP2014, 60000 копия</t>
   </si>
   <si>
     <t>RICOH-DEV-MP2014</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh M54, WiFi, IEEE 802.11 a/b/g/n/ac</t>
   </si>
   <si>
     <t>RICOH-LAN-M54</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh M52, WiFi, IEEE 802.11 a/b/g/n/ac</t>
   </si>
   <si>
     <t>RICOH-LAN-M52</t>
   </si>
   <si>
+    <t>Барабан OPC Drum, За RICOH MP2014, MP2014AD, M2700, M2701, IM2702, 60000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-MP2014</t>
+  </si>
+  <si>
     <t>Поставка (маса) RICOH Caster table39 - RICOH IM C2000/C3000/MC 2000</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE39</t>
   </si>
   <si>
-    <t>Барабан OPC Drum, За RICOH MP2014, MP2014AD, M2700, M2701, IM2702, 60000 копия</t>
-[...4 lines deleted...]
-  <si>
     <t>Поставка (маса) RICOH Caster table78, RICOH IM C2010 / IM C2510</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE78</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP16, ineo 3300P/ 3301P/ 4000P, 4700P, 60 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP16</t>
   </si>
   <si>
     <t>Барабан RICOH Drum, SPC352/SP C360DNW/SP C361SFNW, 15000 копия</t>
   </si>
   <si>
     <t>RICOH-DRUM-SPC352-THA</t>
   </si>
   <si>
     <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-DRUM-IMC530-CY</t>
   </si>
   <si>
     <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Magenta</t>
@@ -232,60 +229,60 @@
   <si>
     <t>Поставка (маса) RICOH Caster table79, За Ricoh IM 370/ IM 370F/ IM 460</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE79</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 54, за IM C2000/C2500/C3000</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-54</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 77, за IM C2010</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-77</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 65, за Ricoh M2701/IM2702</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-65</t>
   </si>
   <si>
+    <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Black</t>
+  </si>
+  <si>
+    <t>RICOH-DRUM-IMC530-BL</t>
+  </si>
+  <si>
     <t>Поставка (маса) RICOH High Cabinet 66, за M2700, M2701, IM2702 BW</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-66</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-DRUM-IMC530-BL</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 61, За P501/P502</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-61</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-DR-312</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Magenta</t>
   </si>
   <si>
     <t>RICOH-DRUM-D0CB0123</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Yellow</t>
   </si>
@@ -793,745 +790,745 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>40.584</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>42.0</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>46.176</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>48.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>56.46</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>58.62</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>58.908</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>66.204</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>78.612</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>82.8</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>94.8</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>94.8</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>95.928</v>
+        <v>99.12</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>101.22</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>105.6</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19">
         <v>106.464</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>114.192</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>117.372</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>128.256</v>
+        <v>122.952</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>131.52</v>
+        <v>128.256</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C24">
         <v>138.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C25">
         <v>150.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>160.416</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27">
         <v>172.116</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>172.116</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>172.116</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>204.204</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>206.304</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>213.6</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>227.532</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>237.18</v>
+        <v>242.556</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>242.556</v>
+        <v>244.68</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>258.0</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>276.936</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>289.932</v>
       </c>
       <c r="D38" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>82</v>
+      </c>
+      <c r="B39" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="C39">
         <v>289.932</v>
       </c>
       <c r="D39" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C40">
         <v>290.112</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>86</v>
+      </c>
+      <c r="B41" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C41">
         <v>299.04</v>
       </c>
       <c r="D41" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C42">
         <v>305.112</v>
       </c>
       <c r="D42" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C43">
         <v>306.0</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C44">
         <v>324.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C45">
         <v>352.044</v>
       </c>
       <c r="D45" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C46">
         <v>352.044</v>
       </c>
       <c r="D46" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C47">
         <v>352.044</v>
       </c>
       <c r="D47" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>100</v>
+      </c>
+      <c r="B48" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C48">
         <v>370.164</v>
       </c>
       <c r="D48" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>102</v>
+      </c>
+      <c r="B49" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C49">
         <v>389.088</v>
       </c>
       <c r="D49" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C50">
         <v>402.0</v>
       </c>
       <c r="D50" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C51">
         <v>462.804</v>
       </c>
       <c r="D51" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B52" t="s">
         <v>109</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>526.872</v>
+        <v>536.748</v>
       </c>
       <c r="D52" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" t="s">
         <v>111</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>581.58</v>
+        <v>578.748</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C54">
         <v>594.0</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>114</v>
+      </c>
+      <c r="B55" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C55">
         <v>1149.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D56"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 