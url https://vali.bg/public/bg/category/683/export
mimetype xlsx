--- v1 (2025-12-13)
+++ v2 (2026-01-10)
@@ -7,80 +7,89 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$56</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер DEVELOP WB-P05, Ineo C3350, C3850, +3351</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-B-P05</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
+    <t>Барабан съвместим Brother DR2400 за MFP-L2710/2730/2750/2375/2370/2350/DCP-L2550/DCP-L2530 , 12000к. Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR2400</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Консуматив барабан Brother DR3400 Drum Unit, 30000 копия</t>
   </si>
   <si>
     <t>DRUM-BR-DR3400</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Консуматив Ricoh C2011SP, за събиране на отпадъчен тонер, RICOH MP C2003,C4503, C5503</t>
   </si>
   <si>
     <t>RICOH-TON-C2011SP</t>
   </si>
   <si>
     <t>Консуматив барабан HP CF232A 32A , 23 000 k.</t>
   </si>
   <si>
     <t>DRUM-HP-CF232A</t>
   </si>
   <si>
     <t>Консуматив Ricoh IMC6000, за събиране на отпадъчен тонер, RICOH MC 2000/IM C2000/C2500/C3000, 100000 prints</t>
   </si>
   <si>
     <t>RICOH-TON-IMC6000</t>
@@ -88,75 +97,78 @@
   <si>
     <t>Барабан за Ricoh SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
   </si>
   <si>
     <t>DRUM-RICOH-SP3500-SCC</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер за RICOH SP C352, SPC352/ SPC353DN/C360SFNW/C361</t>
   </si>
   <si>
     <t>RICOH-PART-SPC353-WT</t>
   </si>
   <si>
     <t>Консуматив Ricoh IM460, За отпадъчен тонер, RICOH IM370/ IM 370F, 50000 к.</t>
   </si>
   <si>
     <t>RICOH-WASTE-IM460</t>
   </si>
   <si>
     <t>Консуматив за отпадъчен тонер Ricoh  IM C530FB, 30000 копия</t>
   </si>
   <si>
     <t>RICOH-TON-IMC350FB</t>
   </si>
   <si>
+    <t>Барабан съвместим BROTHER DR3400,  за HL-L6400DW/ L6800DW/ L6900/ L5700/ L5750, Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR3400</t>
+  </si>
+  <si>
     <t>Консуматив Ricoh за събиране на отпадъчен тонер MC 240FW/P C200W</t>
   </si>
   <si>
     <t>RICOH-TON-MC240</t>
   </si>
   <si>
     <t>Консуматив Ink Collector Unit IC51, 27000 копия</t>
   </si>
   <si>
     <t>RICOH-INK-IC51</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер DEVELOP WB-P08, C33xxi, C40xxi</t>
   </si>
   <si>
     <t>DEV-CLEAN-WB-P08</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP38, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP38</t>
-  </si>
-[...1 lines deleted...]
-    <t>наличен</t>
   </si>
   <si>
     <t>Консуматив барабан  Konica/DEVELOP IUP34, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
   </si>
   <si>
     <t>KM-DRUM-IUP34</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh Type P16, WiFi 2.4Ghz/5Ghz, USB, за RICOH SP330SN/SFN, 3710DN, M2700, M2701,P310,P311</t>
   </si>
   <si>
     <t>RICOH-LAN-SP330</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh M47, WiFi, IEEE 802.11, За Ricoh M C2000</t>
   </si>
   <si>
     <t>RICOH-LAN-M47</t>
   </si>
   <si>
     <t>Барабан BROTHER DR248CL, Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
   </si>
   <si>
     <t>LF-DRUM-BR-DR248CL</t>
   </si>
@@ -709,836 +721,864 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D56"/>
+  <dimension ref="A1:D58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>33.6</v>
+        <v>17.184</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>39.0</v>
+        <v>18.408</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>40.584</v>
+        <v>19.944</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>42.0</v>
+        <v>20.748</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>46.176</v>
+        <v>21.48</v>
       </c>
       <c r="D6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>48.0</v>
+        <v>23.604</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>56.46</v>
+        <v>24.54</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>58.62</v>
+        <v>28.872</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>58.908</v>
+        <v>29.964</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>66.204</v>
+        <v>30.12</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>78.612</v>
+        <v>30.672</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>82.8</v>
+        <v>33.852</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>94.8</v>
+        <v>40.188</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>94.8</v>
+        <v>42.336</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>99.12</v>
+        <v>48.468</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>101.22</v>
+        <v>48.468</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>105.6</v>
+        <v>50.676</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>106.464</v>
+        <v>51.756</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>114.192</v>
+        <v>53.988</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>117.372</v>
+        <v>54.432</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>122.952</v>
+        <v>58.38</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>128.256</v>
+        <v>60.012</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>138.0</v>
+        <v>62.868</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>150.0</v>
+        <v>65.58</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>160.416</v>
+        <v>70.56</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>172.116</v>
+        <v>76.692</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>172.116</v>
+        <v>82.02</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>172.116</v>
+        <v>87.996</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>204.204</v>
+        <v>87.996</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>206.304</v>
+        <v>87.996</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>213.6</v>
+        <v>104.412</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>227.532</v>
+        <v>105.48</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>242.556</v>
+        <v>109.212</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>244.68</v>
+        <v>116.34</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>258.0</v>
+        <v>124.02</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>276.936</v>
+        <v>125.1</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>289.932</v>
+        <v>131.916</v>
       </c>
       <c r="D38" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>289.932</v>
+        <v>141.6</v>
       </c>
       <c r="D39" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40">
+        <v>148.236</v>
+      </c>
+      <c r="D40" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>299.04</v>
+        <v>148.236</v>
       </c>
       <c r="D41" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>305.112</v>
+        <v>148.332</v>
       </c>
       <c r="D42" t="s">
-        <v>81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>306.0</v>
+        <v>152.892</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>324.0</v>
+        <v>156.0</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>352.044</v>
+        <v>156.456</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>352.044</v>
+        <v>165.66</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>352.044</v>
+        <v>180.0</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>370.164</v>
+        <v>180.0</v>
       </c>
       <c r="D48" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>389.088</v>
+        <v>180.0</v>
       </c>
       <c r="D49" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>402.0</v>
+        <v>189.264</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>85</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>462.804</v>
+        <v>198.936</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>85</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>536.748</v>
+        <v>205.536</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>578.748</v>
+        <v>236.628</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>594.0</v>
+        <v>274.44</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>1149.0</v>
+        <v>295.908</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>116</v>
+      </c>
+      <c r="B56" t="s">
+        <v>117</v>
+      </c>
+      <c r="C56">
+        <v>303.708</v>
+      </c>
+      <c r="D56" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>118</v>
+      </c>
+      <c r="B57" t="s">
+        <v>119</v>
+      </c>
+      <c r="C57">
+        <v>587.472</v>
+      </c>
+      <c r="D57" t="s">
+        <v>6</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D56"/>
+  <autoFilter ref="A1:D58"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>