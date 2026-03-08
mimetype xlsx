--- v2 (2026-01-10)
+++ v3 (2026-03-08)
@@ -7,230 +7,242 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$65</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Бутилка за остатъчен тонер DEVELOP WB-P05, Ineo C3350, C3850, +3351</t>
+    <t>Бутилка за остатъчен тонер DEVELOP WB-P05,</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-B-P05</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Барабан съвместим Brother DR2400 за MFP-L2710/2730/2750/2375/2370/2350/DCP-L2550/DCP-L2530 , 12000к. Uprint</t>
   </si>
   <si>
     <t>LF-DRUM-BR-DR2400</t>
   </si>
   <si>
+    <t>Консуматив Ricoh C2011SP, за събиране на отпадъчен тонер, RICOH MP C2003,C4503, C5503</t>
+  </si>
+  <si>
+    <t>RICOH-TON-C2011SP</t>
+  </si>
+  <si>
+    <t>Консуматив барабан HP CF232A 32A , 23 000 k.</t>
+  </si>
+  <si>
+    <t>DRUM-HP-CF232A</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh IMC6000, за събиране на отпадъчен тонер, RICOH MC 2000/IM C2000/C2500/C3000, 100000 prints</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC6000</t>
+  </si>
+  <si>
+    <t>Барабан за Ricoh SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
+  </si>
+  <si>
+    <t>DRUM-RICOH-SP3500-SCC</t>
+  </si>
+  <si>
+    <t>Бутилка за остатъчен тонер DEVELOP WB-P03,</t>
+  </si>
+  <si>
+    <t>DEV-TON-WASTE-WB-P03</t>
+  </si>
+  <si>
+    <t>Консуматив барабан Brother DR3400 Drum Unit, 30000 копия</t>
+  </si>
+  <si>
+    <t>DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Консуматив за отпадъчен тонер Ricoh  IM C530FB, 30000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC350FB</t>
+  </si>
+  <si>
+    <t>Барабан съвместим BROTHER DR3400,  за HL-L6400DW/ L6800DW/ L6900/ L5700/ L5750, Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR3400</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Консуматив барабан Brother DR3400 Drum Unit, 30000 копия</t>
-[...29 lines deleted...]
-    <t>DRUM-RICOH-SP3500-SCC</t>
+    <t>Консуматив Ricoh IM460, За отпадъчен тонер, RICOH IM370/ IM 370F, 50000 к.</t>
+  </si>
+  <si>
+    <t>RICOH-WASTE-IM460</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер за RICOH SP C352, SPC352/ SPC353DN/C360SFNW/C361</t>
   </si>
   <si>
     <t>RICOH-PART-SPC353-WT</t>
   </si>
   <si>
-    <t>Консуматив Ricoh IM460, За отпадъчен тонер, RICOH IM370/ IM 370F, 50000 к.</t>
-[...16 lines deleted...]
-  <si>
     <t>Консуматив Ricoh за събиране на отпадъчен тонер MC 240FW/P C200W</t>
   </si>
   <si>
     <t>RICOH-TON-MC240</t>
   </si>
   <si>
+    <t>Бутилка за остатъчен тонер DEVELOP WB-P08,</t>
+  </si>
+  <si>
+    <t>DEV-CLEAN-WB-P08</t>
+  </si>
+  <si>
     <t>Консуматив Ink Collector Unit IC51, 27000 копия</t>
   </si>
   <si>
     <t>RICOH-INK-IC51</t>
   </si>
   <si>
-    <t>Бутилка за остатъчен тонер DEVELOP WB-P08, C33xxi, C40xxi</t>
-[...2 lines deleted...]
-    <t>DEV-CLEAN-WB-P08</t>
+    <t>Защитен капак за стъклото на скенер RICOH M2310N и M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-COVER-PN2020</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP38, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP38</t>
   </si>
   <si>
-    <t>Консуматив барабан  Konica/DEVELOP IUP34, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
-[...2 lines deleted...]
-    <t>KM-DRUM-IUP34</t>
+    <t>Барабан BROTHER DR248CL, Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR248CL</t>
+  </si>
+  <si>
+    <t>Девелопер RICOH, За MP2014, 60000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-DEV-MP2014</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh Type P16, WiFi 2.4Ghz/5Ghz, USB, за RICOH SP330SN/SFN, 3710DN, M2700, M2701,P310,P311</t>
   </si>
   <si>
     <t>RICOH-LAN-SP330</t>
   </si>
   <si>
-    <t>Мрежова карта Ricoh M47, WiFi, IEEE 802.11, За Ricoh M C2000</t>
-[...14 lines deleted...]
-    <t>RICOH-DEV-MP2014</t>
+    <t>Мрежова карта Ricoh Wi-FI 802.11 TYPE M57, IMC320F, P C375</t>
+  </si>
+  <si>
+    <t>RICOH-LAN-M57</t>
+  </si>
+  <si>
+    <t>Консуматив барабан DEVELOP IUP43 ineo 4201i, 4221i, 5001i, 5021i, 75 000 копия</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-IUP43</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh M54, WiFi, IEEE 802.11 a/b/g/n/ac</t>
   </si>
   <si>
     <t>RICOH-LAN-M54</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh M52, WiFi, IEEE 802.11 a/b/g/n/ac</t>
   </si>
   <si>
     <t>RICOH-LAN-M52</t>
   </si>
   <si>
     <t>Барабан OPC Drum, За RICOH MP2014, MP2014AD, M2700, M2701, IM2702, 60000 копия</t>
   </si>
   <si>
     <t>RICOH-DRUM-MP2014</t>
   </si>
   <si>
+    <t>Поставка (маса) RICOH Caster table78, RICOH IM C2010 / IM C2510</t>
+  </si>
+  <si>
+    <t>RICOH-PART-TABLE78</t>
+  </si>
+  <si>
     <t>Поставка (маса) RICOH Caster table39 - RICOH IM C2000/C3000/MC 2000</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE39</t>
   </si>
   <si>
-    <t>Поставка (маса) RICOH Caster table78, RICOH IM C2010 / IM C2510</t>
-[...4 lines deleted...]
-  <si>
     <t>Консуматив барабан DEVELOP IUP16, ineo 3300P/ 3301P/ 4000P, 4700P, 60 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP16</t>
   </si>
   <si>
     <t>Барабан RICOH Drum, SPC352/SP C360DNW/SP C361SFNW, 15000 копия</t>
   </si>
   <si>
     <t>RICOH-DRUM-SPC352-THA</t>
   </si>
   <si>
     <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-DRUM-IMC530-CY</t>
   </si>
   <si>
     <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Magenta</t>
   </si>
   <si>
     <t>RICOH-DRUM-IMC530-MA</t>
   </si>
   <si>
     <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Yellow</t>
@@ -253,123 +265,153 @@
   <si>
     <t>Поставка (маса) RICOH Low cabinet 77, за IM C2010</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-77</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Low cabinet 65, за Ricoh M2701/IM2702</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-65</t>
   </si>
   <si>
     <t>Барабан Ricoh Drum Unit IM C530FB, 60000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-DRUM-IMC530-BL</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH High Cabinet 66, за M2700, M2701, IM2702 BW</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-66</t>
   </si>
   <si>
+    <t>Допълнителна тава RICOH PB2080 за 250 стр. за M2310N, M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-PART-PB2080</t>
+  </si>
+  <si>
+    <t>Автоматично подаващо устройство ARDF, 50 стр за RICOH M2310N и M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-ARDF-DF2040</t>
+  </si>
+  <si>
+    <t>Консуматив барабан DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 копия</t>
+  </si>
+  <si>
+    <t>DEV-DRUM-DR-312</t>
+  </si>
+  <si>
     <t>Поставка (маса) RICOH Low cabinet 61, За P501/P502</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-61</t>
   </si>
   <si>
-    <t>Консуматив барабан DEVELOP/ KM, DR 312 - Ineo/bizhub 367/287/227, 105 000 копия</t>
-[...4 lines deleted...]
-  <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Magenta</t>
   </si>
   <si>
     <t>RICOH-DRUM-D0CB0123</t>
   </si>
   <si>
     <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Yellow</t>
   </si>
   <si>
     <t>RICOH-DRUM-D0CB0124</t>
   </si>
   <si>
     <t>Допълнителна тава RICOH PB1130, за RICOH P311, M320, M320F, M320FSE, 250 стр</t>
   </si>
   <si>
     <t>RICOH-PART-PB1130</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 60000 копия, Black</t>
   </si>
   <si>
     <t>RICOH-DRUM-D0CB0121</t>
   </si>
   <si>
     <t>Консуматив барабан  DEVELOP IUP24K, ineo +3351/+3851/+3851FS, 70 000 копия, black</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP24K</t>
   </si>
   <si>
     <t>Барабан, RICOH Drum P501, 70000 копия</t>
   </si>
   <si>
     <t>RICOH-DRUM-P501</t>
   </si>
   <si>
+    <t>Поставкa/пиедестал/ за RICOH Low cabinet 82 -Ricoh IM C320F/PC375/MC320FW</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-82</t>
+  </si>
+  <si>
     <t>Поставкa/пиедестал/ за RICOH машина/High cabinet 81- IM370, IM370F, IM460F</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-81</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP24C, ineo +3351/+3851/+3851FS, 60 000 копия, cyan</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP24C</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP24M, ineo +3351/+3851/+3851FS, 60 000 копия, magenta</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP24M</t>
   </si>
   <si>
     <t xml:space="preserve">Консуматив барабан  DEVELOP IUP24Y, ineo +3351/+3851/+3851FS, 60 000 копия, yellow </t>
   </si>
   <si>
     <t>DEV-DRUM-IUP24Y</t>
+  </si>
+  <si>
+    <t>Поставкa/пиедестал/ за RICOH /cabinet 88/ за М2310N, M2810N</t>
+  </si>
+  <si>
+    <t>RICOH-PART-CABINET-88</t>
+  </si>
+  <si>
+    <t>Допълнителна тава RICOH PB1210 за 500стр за RICOH PC375/IM C320F/MC 320FW</t>
+  </si>
+  <si>
+    <t>RICOH-PART-PB1210</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-DRUM-D0CB0122</t>
   </si>
   <si>
     <t>Допълнителна тава RICOH PB1120, За P501, P502, 500 стр.</t>
   </si>
   <si>
     <t>RICOH-PART-PB1120</t>
   </si>
   <si>
     <t>Допълнителна тава RICOH PB1200, за RICOH IM370/ IM370F</t>
   </si>
   <si>
     <t>RICOH-PART-PB1200</t>
   </si>
   <si>
     <t>Допълнителна тава RICOH PB2020, За RICOH MP2014AD, 500 стр.</t>
   </si>
   <si>
     <t>RICOH-PART-PB2020</t>
   </si>
@@ -721,51 +763,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D58"/>
+  <dimension ref="A1:D65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -774,811 +816,909 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>17.184</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>18.408</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4">
-        <v>19.944</v>
+        <v>20.748</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C5">
-        <v>20.748</v>
+        <v>21.48</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C6">
-        <v>21.48</v>
+        <v>24.54</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7">
-        <v>23.604</v>
+        <v>24.54</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8">
         <v>24.54</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C9">
-        <v>28.872</v>
+        <v>25.2</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>29.964</v>
+        <v>30.12</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11">
+        <v>30.672</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>30.672</v>
+        <v>32.676</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>33.852</v>
+        <v>33.804</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>40.188</v>
+        <v>33.852</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>42.336</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>48.468</v>
+        <v>43.728</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>48.468</v>
+        <v>48.0</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>50.676</v>
+        <v>48.468</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>51.756</v>
+        <v>53.988</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>53.988</v>
+        <v>54.432</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>54.432</v>
+        <v>54.588</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>58.38</v>
+        <v>55.932</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>60.012</v>
+        <v>57.6</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>62.868</v>
+        <v>58.38</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>65.58</v>
+        <v>60.012</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>70.56</v>
+        <v>62.868</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>76.692</v>
+        <v>70.56</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>82.02</v>
+        <v>74.448</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>87.996</v>
+        <v>76.692</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>87.996</v>
+        <v>82.764</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>87.996</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>104.412</v>
+        <v>87.996</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>105.48</v>
+        <v>87.996</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>109.212</v>
+        <v>104.412</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>116.34</v>
+        <v>105.48</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>124.02</v>
+        <v>109.212</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>125.1</v>
+        <v>116.34</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>131.916</v>
+        <v>124.02</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>141.6</v>
+        <v>125.1</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>148.236</v>
+        <v>126.0</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>148.236</v>
+        <v>138.0</v>
       </c>
       <c r="D41" t="s">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>148.332</v>
+        <v>141.6</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>152.892</v>
+        <v>144.0</v>
       </c>
       <c r="D43" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44">
+        <v>148.236</v>
+      </c>
+      <c r="D44" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>156.456</v>
+        <v>148.236</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>165.66</v>
+        <v>148.332</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>180.0</v>
+        <v>152.892</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>93</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>180.0</v>
+        <v>156.0</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>93</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>180.0</v>
+        <v>162.0</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>189.264</v>
+        <v>162.0</v>
       </c>
       <c r="D50" t="s">
-        <v>85</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>198.936</v>
+        <v>165.66</v>
       </c>
       <c r="D51" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>205.536</v>
+        <v>180.0</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>236.628</v>
+        <v>180.0</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>274.44</v>
+        <v>180.0</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>295.908</v>
+        <v>183.552</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>303.708</v>
+        <v>184.98</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
+        <v>189.264</v>
+      </c>
+      <c r="D57" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>120</v>
+      </c>
+      <c r="B58" t="s">
+        <v>121</v>
+      </c>
+      <c r="C58">
+        <v>204.0</v>
+      </c>
+      <c r="D58" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>122</v>
+      </c>
+      <c r="B59" t="s">
+        <v>123</v>
+      </c>
+      <c r="C59">
+        <v>205.536</v>
+      </c>
+      <c r="D59" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" t="s">
+        <v>125</v>
+      </c>
+      <c r="C60">
+        <v>236.628</v>
+      </c>
+      <c r="D60" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>126</v>
+      </c>
+      <c r="B61" t="s">
+        <v>127</v>
+      </c>
+      <c r="C61">
+        <v>274.44</v>
+      </c>
+      <c r="D61" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>128</v>
+      </c>
+      <c r="B62" t="s">
+        <v>129</v>
+      </c>
+      <c r="C62">
+        <v>300.804</v>
+      </c>
+      <c r="D62" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" t="s">
+        <v>131</v>
+      </c>
+      <c r="C63">
+        <v>303.708</v>
+      </c>
+      <c r="D63" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>132</v>
+      </c>
+      <c r="B64" t="s">
+        <v>133</v>
+      </c>
+      <c r="C64">
         <v>587.472</v>
       </c>
-      <c r="D57" t="s">
+      <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D58"/>
+  <autoFilter ref="A1:D65"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>