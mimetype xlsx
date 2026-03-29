--- v3 (2026-03-08)
+++ v4 (2026-03-29)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$64</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер DEVELOP WB-P05,</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-B-P05</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Барабан съвместим Brother DR2400 за MFP-L2710/2730/2750/2375/2370/2350/DCP-L2550/DCP-L2530 , 12000к. Uprint</t>
   </si>
   <si>
@@ -79,152 +79,146 @@
   <si>
     <t>Консуматив Ricoh IMC6000, за събиране на отпадъчен тонер, RICOH MC 2000/IM C2000/C2500/C3000, 100000 prints</t>
   </si>
   <si>
     <t>RICOH-TON-IMC6000</t>
   </si>
   <si>
     <t>Барабан за Ricoh SP311/SP330/ SP325/ 3400/3410/3500/3510 SCC</t>
   </si>
   <si>
     <t>DRUM-RICOH-SP3500-SCC</t>
   </si>
   <si>
     <t>Бутилка за остатъчен тонер DEVELOP WB-P03,</t>
   </si>
   <si>
     <t>DEV-TON-WASTE-WB-P03</t>
   </si>
   <si>
     <t>Консуматив барабан Brother DR3400 Drum Unit, 30000 копия</t>
   </si>
   <si>
     <t>DRUM-BR-DR3400</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Консуматив за отпадъчен тонер Ricoh  IM C530FB, 30000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-TON-IMC350FB</t>
+  </si>
+  <si>
+    <t>Барабан съвместим BROTHER DR3400,  за HL-L6400DW/ L6800DW/ L6900/ L5700/ L5750, Uprint</t>
+  </si>
+  <si>
+    <t>LF-DRUM-BR-DR3400</t>
+  </si>
+  <si>
+    <t>Консуматив Ricoh IM460, За отпадъчен тонер, RICOH IM370/ IM 370F, 50000 к.</t>
+  </si>
+  <si>
+    <t>RICOH-WASTE-IM460</t>
+  </si>
+  <si>
+    <t>Бутилка за остатъчен тонер за RICOH SP C352, SPC352/ SPC353DN/C360SFNW/C361</t>
+  </si>
+  <si>
+    <t>RICOH-PART-SPC353-WT</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Консуматив за отпадъчен тонер Ricoh  IM C530FB, 30000 копия</t>
-[...25 lines deleted...]
-  <si>
     <t>Консуматив Ricoh за събиране на отпадъчен тонер MC 240FW/P C200W</t>
   </si>
   <si>
     <t>RICOH-TON-MC240</t>
   </si>
   <si>
+    <t>Консуматив Ink Collector Unit IC51, 27000 копия</t>
+  </si>
+  <si>
+    <t>RICOH-INK-IC51</t>
+  </si>
+  <si>
     <t>Бутилка за остатъчен тонер DEVELOP WB-P08,</t>
   </si>
   <si>
     <t>DEV-CLEAN-WB-P08</t>
   </si>
   <si>
-    <t>Консуматив Ink Collector Unit IC51, 27000 копия</t>
-[...4 lines deleted...]
-  <si>
     <t>Защитен капак за стъклото на скенер RICOH M2310N и M2810N</t>
   </si>
   <si>
     <t>RICOH-COVER-PN2020</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP38, ineo 4000i/ 4020i/ 5000i/ 5020i, 50 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP38</t>
   </si>
   <si>
     <t>Барабан BROTHER DR248CL, Brother HL-L8230/L8240/L3220, MFC L3760/L8340/L8390, DCP L3560CDW, 30000 k.</t>
   </si>
   <si>
     <t>LF-DRUM-BR-DR248CL</t>
   </si>
   <si>
     <t>Девелопер RICOH, За MP2014, 60000 копия</t>
   </si>
   <si>
     <t>RICOH-DEV-MP2014</t>
   </si>
   <si>
-    <t>Мрежова карта Ricoh Type P16, WiFi 2.4Ghz/5Ghz, USB, за RICOH SP330SN/SFN, 3710DN, M2700, M2701,P310,P311</t>
-[...2 lines deleted...]
-    <t>RICOH-LAN-SP330</t>
+    <t>Мрежова карта Ricoh M52, WiFi, IEEE 802.11 a/b/g/n/ac</t>
+  </si>
+  <si>
+    <t>RICOH-LAN-M52</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh Wi-FI 802.11 TYPE M57, IMC320F, P C375</t>
   </si>
   <si>
     <t>RICOH-LAN-M57</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP43 ineo 4201i, 4221i, 5001i, 5021i, 75 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP43</t>
   </si>
   <si>
     <t>Мрежова карта Ricoh M54, WiFi, IEEE 802.11 a/b/g/n/ac</t>
   </si>
   <si>
     <t>RICOH-LAN-M54</t>
   </si>
   <si>
-    <t>Мрежова карта Ricoh M52, WiFi, IEEE 802.11 a/b/g/n/ac</t>
-[...4 lines deleted...]
-  <si>
     <t>Барабан OPC Drum, За RICOH MP2014, MP2014AD, M2700, M2701, IM2702, 60000 копия</t>
   </si>
   <si>
     <t>RICOH-DRUM-MP2014</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Caster table78, RICOH IM C2010 / IM C2510</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE78</t>
   </si>
   <si>
     <t>Поставка (маса) RICOH Caster table39 - RICOH IM C2000/C3000/MC 2000</t>
   </si>
   <si>
     <t>RICOH-PART-TABLE39</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP16, ineo 3300P/ 3301P/ 4000P, 4700P, 60 000 копия</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP16</t>
   </si>
   <si>
     <t>Барабан RICOH Drum, SPC352/SP C360DNW/SP C361SFNW, 15000 копия</t>
@@ -358,60 +352,60 @@
   <si>
     <t>Поставкa/пиедестал/ за RICOH машина/High cabinet 81- IM370, IM370F, IM460F</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-81</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP24C, ineo +3351/+3851/+3851FS, 60 000 копия, cyan</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP24C</t>
   </si>
   <si>
     <t>Консуматив барабан DEVELOP IUP24M, ineo +3351/+3851/+3851FS, 60 000 копия, magenta</t>
   </si>
   <si>
     <t>DEV-DRUM-IUP24M</t>
   </si>
   <si>
     <t xml:space="preserve">Консуматив барабан  DEVELOP IUP24Y, ineo +3351/+3851/+3851FS, 60 000 копия, yellow </t>
   </si>
   <si>
     <t>DEV-DRUM-IUP24Y</t>
   </si>
   <si>
+    <t>Допълнителна тава RICOH PB1210 за 500стр за RICOH PC375/IM C320F/MC 320FW</t>
+  </si>
+  <si>
+    <t>RICOH-PART-PB1210</t>
+  </si>
+  <si>
     <t>Поставкa/пиедестал/ за RICOH /cabinet 88/ за М2310N, M2810N</t>
   </si>
   <si>
     <t>RICOH-PART-CABINET-88</t>
-  </si>
-[...4 lines deleted...]
-    <t>RICOH-PART-PB1210</t>
   </si>
   <si>
     <t>Барабан RICOH PCDU Black Drum, IM C300, IM C400F, 36000 копия, Cyan</t>
   </si>
   <si>
     <t>RICOH-DRUM-D0CB0122</t>
   </si>
   <si>
     <t>Допълнителна тава RICOH PB1120, За P501, P502, 500 стр.</t>
   </si>
   <si>
     <t>RICOH-PART-PB1120</t>
   </si>
   <si>
     <t>Допълнителна тава RICOH PB1200, за RICOH IM370/ IM370F</t>
   </si>
   <si>
     <t>RICOH-PART-PB1200</t>
   </si>
   <si>
     <t>Допълнителна тава RICOH PB2020, За RICOH MP2014AD, 500 стр.</t>
   </si>
   <si>
     <t>RICOH-PART-PB2020</t>
   </si>
@@ -763,51 +757,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D65"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -928,191 +922,191 @@
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>30.12</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>30.672</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>32.676</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>33.804</v>
       </c>
       <c r="D13" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>33.852</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>42.336</v>
+        <v>40.308</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>43.728</v>
+        <v>42.336</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>48.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>48.468</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>53.988</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>54.432</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>54.588</v>
+        <v>55.632</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>55.932</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>57.6</v>
@@ -1121,604 +1115,590 @@
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>58.38</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>60.012</v>
+        <v>62.868</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>62.868</v>
+        <v>68.724</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>70.56</v>
+        <v>74.448</v>
       </c>
       <c r="D27" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>74.448</v>
+        <v>76.692</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>76.692</v>
+        <v>82.764</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>82.764</v>
+        <v>87.996</v>
       </c>
       <c r="D30" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>87.996</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>87.996</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>87.996</v>
+        <v>104.412</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>104.412</v>
+        <v>105.48</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>105.48</v>
+        <v>109.212</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>109.212</v>
+        <v>116.34</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>116.34</v>
+        <v>124.02</v>
       </c>
       <c r="D37" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>124.02</v>
+        <v>125.1</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>125.1</v>
+        <v>126.0</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>126.0</v>
+        <v>138.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>138.0</v>
+        <v>141.6</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>141.6</v>
+        <v>144.0</v>
       </c>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>144.0</v>
+        <v>148.236</v>
       </c>
       <c r="D43" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
         <v>148.236</v>
       </c>
       <c r="D44" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>148.236</v>
+        <v>148.332</v>
       </c>
       <c r="D45" t="s">
-        <v>93</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>148.332</v>
+        <v>152.892</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>91</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>152.892</v>
+        <v>156.0</v>
       </c>
       <c r="D47" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>156.0</v>
+        <v>162.0</v>
       </c>
       <c r="D48" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
         <v>162.0</v>
       </c>
       <c r="D49" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>162.0</v>
+        <v>165.66</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>165.66</v>
+        <v>180.0</v>
       </c>
       <c r="D51" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
         <v>180.0</v>
       </c>
       <c r="D52" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
         <v>180.0</v>
       </c>
       <c r="D53" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>180.0</v>
+        <v>183.528</v>
       </c>
       <c r="D54" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>183.552</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>184.98</v>
+        <v>189.264</v>
       </c>
       <c r="D56" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>189.264</v>
+        <v>204.0</v>
       </c>
       <c r="D57" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>204.0</v>
+        <v>205.536</v>
       </c>
       <c r="D58" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>205.536</v>
+        <v>236.628</v>
       </c>
       <c r="D59" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>236.628</v>
+        <v>274.44</v>
       </c>
       <c r="D60" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>274.44</v>
+        <v>293.748</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>300.804</v>
+        <v>303.708</v>
       </c>
       <c r="D62" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>303.708</v>
+        <v>587.472</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="64" spans="1:4">
-[...12 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D65"/>
+  <autoFilter ref="A1:D64"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>