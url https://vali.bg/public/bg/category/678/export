--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -7,282 +7,285 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>HAMA Адаптер за антена, за коаксиален кабел</t>
+  </si>
+  <si>
+    <t>HAMA-205220</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Антенен кабел HAMA, Коаксиален мъжко - женско, 1.5 м, 75dB, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-205028</t>
+  </si>
+  <si>
+    <t>Антенен кабел HAMA 205029, Коаксиален мъжко - Коаксиален женско, 3 м, 75dB, Екраниран, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-205029</t>
+  </si>
+  <si>
+    <t>Антенен конектор HAMA Coax plug, Коаксиален мъжко, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-205213</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен конектор, женско</t>
+  </si>
+  <si>
+    <t>HAMA-205214</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален комплект, мъжко/женско, захващане тип скоба</t>
+  </si>
+  <si>
+    <t>HAMA-205212</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален ъгъл, мъжко, screw-on</t>
+  </si>
+  <si>
+    <t>HAMA-205216</t>
+  </si>
+  <si>
     <t>HAMA Коаксиален ъгъл, женско, screw-on</t>
   </si>
   <si>
     <t>HAMA-205217</t>
   </si>
   <si>
-    <t>наличен</t>
-[...23 lines deleted...]
-    <t>HAMA-205214</t>
+    <t>Адаптер HAMA, F-конектор мъжко, Метален, 4 броя</t>
+  </si>
+  <si>
+    <t>HAMA-205273</t>
+  </si>
+  <si>
+    <t>Антенен конектор HAMA 122488, F женско - Коаксиален женско, Метален корпус</t>
+  </si>
+  <si>
+    <t>HAMA-122488</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, F конектор женско - F конектор женско, Метален корпус</t>
+  </si>
+  <si>
+    <t>HAMA-205225</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален комплект, мъжко-женско, винтова приставка, метал</t>
+  </si>
+  <si>
+    <t>HAMA-205211</t>
+  </si>
+  <si>
+    <t>Антенен конектор HAMA,  F женско -  Коаксиален мъжко, Метален корпус</t>
+  </si>
+  <si>
+    <t>HAMA-205223</t>
+  </si>
+  <si>
+    <t>HAMA Антенен адаптер, коаксиален</t>
+  </si>
+  <si>
+    <t>HAMA-205219</t>
+  </si>
+  <si>
+    <t>HAMA Комплект адаптери за сателитен приемник, 2 x F-Plugs and F-Sockets</t>
+  </si>
+  <si>
+    <t>HAMA-305119</t>
+  </si>
+  <si>
+    <t>Адаптер HAMA, F конектор мъжко - F конектор женско, Извит на 90°, 205226</t>
+  </si>
+  <si>
+    <t>HAMA-205226</t>
+  </si>
+  <si>
+    <t>Антенен кабел HAMA 205030, Коаксиален мъжко - Коаксиален женско, 5 m, 75dB, Екраниран, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-205030</t>
+  </si>
+  <si>
+    <t>HAMA Адаптер за антена, коаксиален 90°, мъжко - женско</t>
+  </si>
+  <si>
+    <t>HAMA-205202</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел, 1,5 м, 90 dB</t>
+  </si>
+  <si>
+    <t>HAMA-205045</t>
+  </si>
+  <si>
+    <t>HAMA, Сплитер за антена, 1 вход - 2 изхода, метал</t>
+  </si>
+  <si>
+    <t>HAMA-205237</t>
+  </si>
+  <si>
+    <t>Антенен кабел HAMA 205031, Коаксиален мъжко - Коаксиален женско, 10 м, 75dB, Екраниран, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-205031</t>
+  </si>
+  <si>
+    <t>Антенен кабел HAMA, Коаксиален мъжко - Коаксиален женско, 1.5м, 90dB, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205052</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел, 3 м, 90 dB</t>
+  </si>
+  <si>
+    <t>HAMA-205046</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален сплитер, 2 x изхода, широколентов</t>
+  </si>
+  <si>
+    <t>HAMA-205230</t>
+  </si>
+  <si>
+    <t>Сплитер за коаксиален кабел, HAMA-205236</t>
+  </si>
+  <si>
+    <t>HAMA-205236</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел, 90°, 1,5 м, 90 dB</t>
+  </si>
+  <si>
+    <t>HAMA-205056</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел, 5 м, 90 dB</t>
+  </si>
+  <si>
+    <t>HAMA-205047</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел, позлатен, 1,5 м, 100 dB</t>
+  </si>
+  <si>
+    <t>HAMA-205246</t>
+  </si>
+  <si>
+    <t>Hama Диполна антена FM+/DAB</t>
+  </si>
+  <si>
+    <t>HAMA-205283</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел SAT, F-Plug - F-Plug, 1,5 m, 100 dB, 205251</t>
+  </si>
+  <si>
+    <t>HAMA-205251</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел, позлатен, 3,0 м, 100 dB</t>
+  </si>
+  <si>
+    <t>HAMA-205247</t>
+  </si>
+  <si>
+    <t>HAMA Антенна розетка/терминал, 75 Ohm, за монтаж</t>
+  </si>
+  <si>
+    <t>HAMA-205229</t>
+  </si>
+  <si>
+    <t>HAMA Коаксиален антенен кабел, 15 м, 90 dB</t>
+  </si>
+  <si>
+    <t>HAMA-205050</t>
+  </si>
+  <si>
+    <t>HAMA Антенен усилвател, 25 dB, контролируем, BB/CATV</t>
+  </si>
+  <si>
+    <t>HAMA-205234</t>
+  </si>
+  <si>
+    <t>HAMA Антенен усилвател за 2 устройства BB/CATV</t>
+  </si>
+  <si>
+    <t>HAMA-205228</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...175 lines deleted...]
-    <t>HAMA-205228</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -586,556 +589,570 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.056</v>
+        <v>4.284</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>4.284</v>
+        <v>4.776</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>4.776</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>4.8</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>4.8</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>4.872</v>
+        <v>4.944</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C8">
         <v>4.944</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>4.944</v>
+        <v>5.1</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C10">
         <v>5.268</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C11">
         <v>5.4</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C12">
         <v>5.4</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C13">
         <v>5.412</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>5.568</v>
+        <v>5.424</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" t="s">
         <v>32</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>5.7</v>
+        <v>5.568</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C16">
-        <v>5.916</v>
+        <v>6.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C17">
         <v>6.468</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C18">
-        <v>7.44</v>
+        <v>6.48</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C19">
-        <v>8.28</v>
+        <v>7.452</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C20">
-        <v>8.52</v>
+        <v>7.836</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C21">
-        <v>8.64</v>
+        <v>7.968</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C22">
-        <v>8.652</v>
+        <v>8.64</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C23">
-        <v>9.36</v>
+        <v>8.652</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C24">
-        <v>9.648</v>
+        <v>9.36</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C25">
-        <v>9.768</v>
+        <v>9.648</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C26">
-        <v>11.796</v>
+        <v>9.768</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C27">
-        <v>12.468</v>
+        <v>11.112</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C28">
-        <v>12.636</v>
+        <v>11.796</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C29">
-        <v>13.272</v>
+        <v>12.468</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C30">
-        <v>13.908</v>
+        <v>13.272</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C31">
-        <v>15.684</v>
+        <v>13.908</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C32">
-        <v>23.844</v>
+        <v>15.684</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C33">
-        <v>24.24</v>
+        <v>23.844</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C34">
-        <v>36.756</v>
+        <v>24.24</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" t="s">
+        <v>72</v>
+      </c>
+      <c r="C35">
+        <v>36.756</v>
+      </c>
+      <c r="D35" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
+      <c r="B36" t="s">
         <v>74</v>
       </c>
-      <c r="C35">
+      <c r="C36">
         <v>40.38</v>
       </c>
-      <c r="D35" t="s">
-        <v>6</v>
+      <c r="D36" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D36"/>
+  <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>