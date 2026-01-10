--- v1 (2025-12-13)
+++ v2 (2026-01-10)
@@ -97,86 +97,86 @@
   <si>
     <t>HAMA Коаксиален ъгъл, женско, screw-on</t>
   </si>
   <si>
     <t>HAMA-205217</t>
   </si>
   <si>
     <t>Адаптер HAMA, F-конектор мъжко, Метален, 4 броя</t>
   </si>
   <si>
     <t>HAMA-205273</t>
   </si>
   <si>
     <t>Антенен конектор HAMA 122488, F женско - Коаксиален женско, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-122488</t>
   </si>
   <si>
     <t>Адаптер HAMA, F конектор женско - F конектор женско, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-205225</t>
   </si>
   <si>
+    <t>Антенен конектор HAMA,  F женско -  Коаксиален мъжко, Метален корпус</t>
+  </si>
+  <si>
+    <t>HAMA-205223</t>
+  </si>
+  <si>
     <t>HAMA Коаксиален комплект, мъжко-женско, винтова приставка, метал</t>
   </si>
   <si>
     <t>HAMA-205211</t>
   </si>
   <si>
-    <t>Антенен конектор HAMA,  F женско -  Коаксиален мъжко, Метален корпус</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Антенен адаптер, коаксиален</t>
   </si>
   <si>
     <t>HAMA-205219</t>
   </si>
   <si>
     <t>HAMA Комплект адаптери за сателитен приемник, 2 x F-Plugs and F-Sockets</t>
   </si>
   <si>
     <t>HAMA-305119</t>
   </si>
   <si>
+    <t>Антенен кабел HAMA 205030, Коаксиален мъжко - Коаксиален женско, 5 m, 75dB, Екраниран, Бял</t>
+  </si>
+  <si>
+    <t>HAMA-205030</t>
+  </si>
+  <si>
     <t>Адаптер HAMA, F конектор мъжко - F конектор женско, Извит на 90°, 205226</t>
   </si>
   <si>
     <t>HAMA-205226</t>
   </si>
   <si>
-    <t>Антенен кабел HAMA 205030, Коаксиален мъжко - Коаксиален женско, 5 m, 75dB, Екраниран, Бял</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Адаптер за антена, коаксиален 90°, мъжко - женско</t>
   </si>
   <si>
     <t>HAMA-205202</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, 1,5 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205045</t>
   </si>
   <si>
     <t>HAMA, Сплитер за антена, 1 вход - 2 изхода, метал</t>
   </si>
   <si>
     <t>HAMA-205237</t>
   </si>
   <si>
     <t>Антенен кабел HAMA 205031, Коаксиален мъжко - Коаксиален женско, 10 м, 75dB, Екраниран, Бял</t>
   </si>
   <si>
     <t>HAMA-205031</t>
   </si>
   <si>
     <t>Антенен кабел HAMA, Коаксиален мъжко - Коаксиален женско, 1.5м, 90dB, Черен</t>
@@ -235,57 +235,57 @@
   <si>
     <t>HAMA Коаксиален антенен кабел, позлатен, 3,0 м, 100 dB</t>
   </si>
   <si>
     <t>HAMA-205247</t>
   </si>
   <si>
     <t>HAMA Антенна розетка/терминал, 75 Ohm, за монтаж</t>
   </si>
   <si>
     <t>HAMA-205229</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, 15 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205050</t>
   </si>
   <si>
     <t>HAMA Антенен усилвател, 25 dB, контролируем, BB/CATV</t>
   </si>
   <si>
     <t>HAMA-205234</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>HAMA Антенен усилвател за 2 устройства BB/CATV</t>
   </si>
   <si>
     <t>HAMA-205228</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -600,555 +600,555 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>4.284</v>
+        <v>2.196</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>4.776</v>
+        <v>2.436</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>4.776</v>
+        <v>2.436</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>4.8</v>
+        <v>2.46</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>4.8</v>
+        <v>2.46</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>4.944</v>
+        <v>2.532</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>4.944</v>
+        <v>2.532</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>5.1</v>
+        <v>2.616</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10">
-        <v>5.268</v>
+        <v>2.688</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
-        <v>5.412</v>
+        <v>2.772</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14">
-        <v>5.424</v>
+        <v>2.772</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15">
-        <v>5.568</v>
+        <v>2.844</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
-        <v>6.468</v>
+        <v>3.312</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>6.48</v>
+        <v>3.312</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
-        <v>7.452</v>
+        <v>3.816</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
-        <v>7.836</v>
+        <v>4.008</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
-        <v>7.968</v>
+        <v>4.08</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22">
-        <v>8.64</v>
+        <v>4.416</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23">
-        <v>8.652</v>
+        <v>4.428</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24">
-        <v>9.36</v>
+        <v>4.788</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
       </c>
       <c r="C25">
-        <v>9.648</v>
+        <v>4.932</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>54</v>
       </c>
       <c r="C26">
-        <v>9.768</v>
+        <v>4.992</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27">
-        <v>11.112</v>
+        <v>5.688</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28">
-        <v>11.796</v>
+        <v>6.036</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29">
-        <v>12.468</v>
+        <v>6.372</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>62</v>
       </c>
       <c r="C30">
-        <v>13.272</v>
+        <v>6.78</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>63</v>
       </c>
       <c r="B31" t="s">
         <v>64</v>
       </c>
       <c r="C31">
-        <v>13.908</v>
+        <v>7.116</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>65</v>
       </c>
       <c r="B32" t="s">
         <v>66</v>
       </c>
       <c r="C32">
-        <v>15.684</v>
+        <v>8.016</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>67</v>
       </c>
       <c r="B33" t="s">
         <v>68</v>
       </c>
       <c r="C33">
-        <v>23.844</v>
+        <v>12.192</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>70</v>
       </c>
       <c r="C34">
-        <v>24.24</v>
+        <v>12.396</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35">
-        <v>36.756</v>
+        <v>18.792</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36">
+        <v>20.652</v>
+      </c>
+      <c r="D36" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>