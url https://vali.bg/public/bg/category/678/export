--- v2 (2026-01-10)
+++ v3 (2026-03-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>HAMA Адаптер за антена, за коаксиален кабел</t>
   </si>
   <si>
     <t>HAMA-205220</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Антенен кабел HAMA, Коаксиален мъжко - женско, 1.5 м, 75dB, Бял</t>
   </si>
   <si>
@@ -103,80 +103,83 @@
   <si>
     <t>Адаптер HAMA, F-конектор мъжко, Метален, 4 броя</t>
   </si>
   <si>
     <t>HAMA-205273</t>
   </si>
   <si>
     <t>Антенен конектор HAMA 122488, F женско - Коаксиален женско, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-122488</t>
   </si>
   <si>
     <t>Адаптер HAMA, F конектор женско - F конектор женско, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-205225</t>
   </si>
   <si>
     <t>Антенен конектор HAMA,  F женско -  Коаксиален мъжко, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-205223</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>HAMA Коаксиален комплект, мъжко-женско, винтова приставка, метал</t>
   </si>
   <si>
     <t>HAMA-205211</t>
   </si>
   <si>
     <t>HAMA Антенен адаптер, коаксиален</t>
   </si>
   <si>
     <t>HAMA-205219</t>
   </si>
   <si>
+    <t>Адаптер HAMA, F конектор мъжко - F конектор женско, Извит на 90°, 205226</t>
+  </si>
+  <si>
+    <t>HAMA-205226</t>
+  </si>
+  <si>
     <t>HAMA Комплект адаптери за сателитен приемник, 2 x F-Plugs and F-Sockets</t>
   </si>
   <si>
     <t>HAMA-305119</t>
   </si>
   <si>
     <t>Антенен кабел HAMA 205030, Коаксиален мъжко - Коаксиален женско, 5 m, 75dB, Екраниран, Бял</t>
   </si>
   <si>
     <t>HAMA-205030</t>
   </si>
   <si>
-    <t>Адаптер HAMA, F конектор мъжко - F конектор женско, Извит на 90°, 205226</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Адаптер за антена, коаксиален 90°, мъжко - женско</t>
   </si>
   <si>
     <t>HAMA-205202</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, 1,5 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205045</t>
   </si>
   <si>
     <t>HAMA, Сплитер за антена, 1 вход - 2 изхода, метал</t>
   </si>
   <si>
     <t>HAMA-205237</t>
   </si>
   <si>
     <t>Антенен кабел HAMA 205031, Коаксиален мъжко - Коаксиален женско, 10 м, 75dB, Екраниран, Бял</t>
   </si>
   <si>
     <t>HAMA-205031</t>
   </si>
   <si>
     <t>Антенен кабел HAMA, Коаксиален мъжко - Коаксиален женско, 1.5м, 90dB, Черен</t>
@@ -235,51 +238,51 @@
   <si>
     <t>HAMA Коаксиален антенен кабел, позлатен, 3,0 м, 100 dB</t>
   </si>
   <si>
     <t>HAMA-205247</t>
   </si>
   <si>
     <t>HAMA Антенна розетка/терминал, 75 Ohm, за монтаж</t>
   </si>
   <si>
     <t>HAMA-205229</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, 15 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205050</t>
   </si>
   <si>
     <t>HAMA Антенен усилвател, 25 dB, контролируем, BB/CATV</t>
   </si>
   <si>
     <t>HAMA-205234</t>
   </si>
   <si>
-    <t>не е в наличност</t>
+    <t>на път</t>
   </si>
   <si>
     <t>HAMA Антенен усилвател за 2 устройства BB/CATV</t>
   </si>
   <si>
     <t>HAMA-205228</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -600,76 +603,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>2.196</v>
+        <v>2.268</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>2.436</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
@@ -782,373 +785,373 @@
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
         <v>2.76</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
         <v>2.772</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14">
         <v>2.772</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C15">
         <v>2.844</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>3.072</v>
+        <v>3.036</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C17">
-        <v>3.312</v>
+        <v>3.072</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C18">
         <v>3.312</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C19">
         <v>3.816</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20">
         <v>4.008</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C21">
         <v>4.08</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C22">
         <v>4.416</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C23">
         <v>4.428</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C24">
         <v>4.788</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C25">
         <v>4.932</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C26">
-        <v>4.992</v>
+        <v>5.016</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C27">
         <v>5.688</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C28">
         <v>6.036</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C29">
         <v>6.372</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C30">
         <v>6.78</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C31">
         <v>7.116</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C32">
         <v>8.016</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C33">
         <v>12.192</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C34">
         <v>12.396</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C35">
         <v>18.792</v>
       </c>
       <c r="D35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
         <v>20.652</v>
       </c>
       <c r="D36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>