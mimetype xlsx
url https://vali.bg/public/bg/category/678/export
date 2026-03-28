--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -14,275 +14,272 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>HAMA Адаптер за антена, за коаксиален кабел</t>
   </si>
   <si>
     <t>HAMA-205220</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Антенен кабел HAMA, Коаксиален мъжко - женско, 1.5 м, 75dB, Бял</t>
   </si>
   <si>
     <t>HAMA-205028</t>
   </si>
   <si>
     <t>Антенен кабел HAMA 205029, Коаксиален мъжко - Коаксиален женско, 3 м, 75dB, Екраниран, Бял</t>
   </si>
   <si>
     <t>HAMA-205029</t>
   </si>
   <si>
     <t>Антенен конектор HAMA Coax plug, Коаксиален мъжко, Бял</t>
   </si>
   <si>
     <t>HAMA-205213</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен конектор, женско</t>
   </si>
   <si>
     <t>HAMA-205214</t>
   </si>
   <si>
+    <t>HAMA Коаксиален ъгъл, мъжко, screw-on</t>
+  </si>
+  <si>
+    <t>HAMA-205216</t>
+  </si>
+  <si>
     <t>HAMA Коаксиален комплект, мъжко/женско, захващане тип скоба</t>
   </si>
   <si>
     <t>HAMA-205212</t>
   </si>
   <si>
-    <t>HAMA Коаксиален ъгъл, мъжко, screw-on</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Коаксиален ъгъл, женско, screw-on</t>
   </si>
   <si>
     <t>HAMA-205217</t>
   </si>
   <si>
     <t>Адаптер HAMA, F-конектор мъжко, Метален, 4 броя</t>
   </si>
   <si>
     <t>HAMA-205273</t>
   </si>
   <si>
     <t>Антенен конектор HAMA 122488, F женско - Коаксиален женско, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-122488</t>
   </si>
   <si>
     <t>Адаптер HAMA, F конектор женско - F конектор женско, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-205225</t>
   </si>
   <si>
+    <t>HAMA Коаксиален комплект, мъжко-женско, винтова приставка, метал</t>
+  </si>
+  <si>
+    <t>HAMA-205211</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>HAMA Антенен адаптер, коаксиален</t>
+  </si>
+  <si>
+    <t>HAMA-205219</t>
+  </si>
+  <si>
     <t>Антенен конектор HAMA,  F женско -  Коаксиален мъжко, Метален корпус</t>
   </si>
   <si>
     <t>HAMA-205223</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...13 lines deleted...]
-  <si>
     <t>Адаптер HAMA, F конектор мъжко - F конектор женско, Извит на 90°, 205226</t>
   </si>
   <si>
     <t>HAMA-205226</t>
   </si>
   <si>
     <t>HAMA Комплект адаптери за сателитен приемник, 2 x F-Plugs and F-Sockets</t>
   </si>
   <si>
     <t>HAMA-305119</t>
   </si>
   <si>
     <t>Антенен кабел HAMA 205030, Коаксиален мъжко - Коаксиален женско, 5 m, 75dB, Екраниран, Бял</t>
   </si>
   <si>
     <t>HAMA-205030</t>
   </si>
   <si>
     <t>HAMA Адаптер за антена, коаксиален 90°, мъжко - женско</t>
   </si>
   <si>
     <t>HAMA-205202</t>
   </si>
   <si>
+    <t>Антенен кабел HAMA, Коаксиален мъжко - Коаксиален женско, 1.5м, 90dB, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-205052</t>
+  </si>
+  <si>
     <t>HAMA Коаксиален антенен кабел, 1,5 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205045</t>
   </si>
   <si>
     <t>HAMA, Сплитер за антена, 1 вход - 2 изхода, метал</t>
   </si>
   <si>
     <t>HAMA-205237</t>
   </si>
   <si>
     <t>Антенен кабел HAMA 205031, Коаксиален мъжко - Коаксиален женско, 10 м, 75dB, Екраниран, Бял</t>
   </si>
   <si>
     <t>HAMA-205031</t>
   </si>
   <si>
-    <t>Антенен кабел HAMA, Коаксиален мъжко - Коаксиален женско, 1.5м, 90dB, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Коаксиален антенен кабел, 3 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205046</t>
   </si>
   <si>
     <t>HAMA Коаксиален сплитер, 2 x изхода, широколентов</t>
   </si>
   <si>
     <t>HAMA-205230</t>
   </si>
   <si>
     <t>Сплитер за коаксиален кабел, HAMA-205236</t>
   </si>
   <si>
     <t>HAMA-205236</t>
   </si>
   <si>
+    <t>Hama Диполна антена FM+/DAB</t>
+  </si>
+  <si>
+    <t>HAMA-205283</t>
+  </si>
+  <si>
     <t>HAMA Коаксиален антенен кабел, 90°, 1,5 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205056</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, 5 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205047</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, позлатен, 1,5 м, 100 dB</t>
   </si>
   <si>
     <t>HAMA-205246</t>
   </si>
   <si>
-    <t>Hama Диполна антена FM+/DAB</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Коаксиален антенен кабел SAT, F-Plug - F-Plug, 1,5 m, 100 dB, 205251</t>
   </si>
   <si>
     <t>HAMA-205251</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, позлатен, 3,0 м, 100 dB</t>
   </si>
   <si>
     <t>HAMA-205247</t>
   </si>
   <si>
     <t>HAMA Антенна розетка/терминал, 75 Ohm, за монтаж</t>
   </si>
   <si>
     <t>HAMA-205229</t>
   </si>
   <si>
     <t>HAMA Коаксиален антенен кабел, 15 м, 90 dB</t>
   </si>
   <si>
     <t>HAMA-205050</t>
   </si>
   <si>
     <t>HAMA Антенен усилвател, 25 dB, контролируем, BB/CATV</t>
   </si>
   <si>
     <t>HAMA-205234</t>
-  </si>
-[...1 lines deleted...]
-    <t>на път</t>
   </si>
   <si>
     <t>HAMA Антенен усилвател за 2 устройства BB/CATV</t>
   </si>
   <si>
     <t>HAMA-205228</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -603,90 +600,90 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>2.268</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>2.436</v>
+        <v>2.28</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>2.436</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
@@ -698,51 +695,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>2.46</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>2.532</v>
+        <v>2.508</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
         <v>2.532</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
@@ -796,65 +793,65 @@
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
         <v>2.772</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>2.772</v>
+        <v>2.844</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>2.844</v>
+        <v>2.868</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>3.036</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
@@ -880,93 +877,93 @@
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>3.816</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>4.008</v>
+        <v>3.948</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>4.08</v>
+        <v>4.008</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>4.416</v>
+        <v>4.08</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>4.428</v>
+        <v>4.416</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>4.788</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
@@ -978,96 +975,96 @@
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
         <v>5.016</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>5.688</v>
+        <v>5.628</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>6.036</v>
+        <v>5.688</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>6.372</v>
+        <v>6.036</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>6.78</v>
+        <v>6.372</v>
       </c>
       <c r="D30" t="s">
-        <v>29</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
         <v>7.116</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
         <v>8.016</v>
@@ -1090,68 +1087,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
         <v>12.396</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
-        <v>18.792</v>
+        <v>19.188</v>
       </c>
       <c r="D35" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>20.652</v>
+        <v>20.604</v>
       </c>
       <c r="D36" t="s">
-        <v>74</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>