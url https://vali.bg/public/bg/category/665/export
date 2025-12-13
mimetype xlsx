--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -37,72 +37,72 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсален филтър за прахосмукачка Xavax, Активен филтър, 3 бр.</t>
   </si>
   <si>
     <t>HAMA-181565</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Резервен капак Xiaomi Mop Brush Cover, за Mi Robot Vacuum-Mop, SKV4130TY</t>
+  </si>
+  <si>
+    <t>XIAOMI-SKV4130TY</t>
+  </si>
+  <si>
+    <t>Резервен капак за четка Xiaomi Brush Cover, за Mi Robot Vacuum-Mop Pro, SKV4122TY</t>
+  </si>
+  <si>
+    <t>XIAOMI-SKV4122TY</t>
+  </si>
+  <si>
+    <t>HEPA филтър Xiaomi Mi, За ръчна прахосмукачка Mi Vacuum Cleaner Light, 2 бр.</t>
+  </si>
+  <si>
+    <t>XIAOMI-BHR4634CN</t>
+  </si>
+  <si>
     <t>Резервен капак за четка Xiaomi Brush Cover, за Mi Robot Vacuum-Mop P, Черен</t>
   </si>
   <si>
     <t>XIAOMI-SKV4121TY</t>
-  </si>
-[...16 lines deleted...]
-    <t>XIAOMI-BHR4634CN</t>
   </si>
   <si>
     <t>Четка за килим и твърд под Xavax Comfort, 110287</t>
   </si>
   <si>
     <t>HAMA-110287</t>
   </si>
   <si>
     <t>Универсална турбо четка Xavax, за прахосмукачки, 110234</t>
   </si>
   <si>
     <t>HAMA-110234</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -468,121 +468,121 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>10.608</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>16.992</v>
+        <v>12.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>16.992</v>
+        <v>12.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>16.992</v>
+        <v>18.0</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>22.908</v>
+        <v>22.8</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>33.324</v>
+        <v>33.48</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>51.204</v>
+        <v>51.78</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D9"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>