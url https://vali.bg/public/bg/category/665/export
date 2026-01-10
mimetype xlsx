--- v1 (2025-12-13)
+++ v2 (2026-01-10)
@@ -37,72 +37,72 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Универсален филтър за прахосмукачка Xavax, Активен филтър, 3 бр.</t>
   </si>
   <si>
     <t>HAMA-181565</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>Резервен капак за четка Xiaomi Brush Cover, за Mi Robot Vacuum-Mop P, Черен</t>
+  </si>
+  <si>
+    <t>XIAOMI-SKV4121TY</t>
+  </si>
+  <si>
     <t>Резервен капак Xiaomi Mop Brush Cover, за Mi Robot Vacuum-Mop, SKV4130TY</t>
   </si>
   <si>
     <t>XIAOMI-SKV4130TY</t>
   </si>
   <si>
     <t>Резервен капак за четка Xiaomi Brush Cover, за Mi Robot Vacuum-Mop Pro, SKV4122TY</t>
   </si>
   <si>
     <t>XIAOMI-SKV4122TY</t>
   </si>
   <si>
     <t>HEPA филтър Xiaomi Mi, За ръчна прахосмукачка Mi Vacuum Cleaner Light, 2 бр.</t>
   </si>
   <si>
     <t>XIAOMI-BHR4634CN</t>
-  </si>
-[...4 lines deleted...]
-    <t>XIAOMI-SKV4121TY</t>
   </si>
   <si>
     <t>Четка за килим и твърд под Xavax Comfort, 110287</t>
   </si>
   <si>
     <t>HAMA-110287</t>
   </si>
   <si>
     <t>Универсална турбо четка Xavax, за прахосмукачки, 110234</t>
   </si>
   <si>
     <t>HAMA-110234</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -454,135 +454,135 @@
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>10.608</v>
+        <v>5.424</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>12.0</v>
+        <v>8.688</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>12.0</v>
+        <v>8.688</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>18.0</v>
+        <v>8.688</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>22.8</v>
+        <v>11.712</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>33.48</v>
+        <v>17.112</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>51.78</v>
+        <v>26.472</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D9"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>