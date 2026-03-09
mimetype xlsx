--- v2 (2026-01-10)
+++ v3 (2026-03-09)
@@ -538,51 +538,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>17.112</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>26.472</v>
+        <v>26.232</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D9"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>