--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$41</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP004GLSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GLSTU160N02</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP004GBSTU160N02</t>
   </si>
   <si>
@@ -76,231 +76,234 @@
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP004GBSFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSFU266X02</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP004GBSFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSFU240X02</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP008GLSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GLSTU160N02</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP008GBSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSTU160N02</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP008GBSFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU240X02</t>
   </si>
   <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 2666MHz CL19-19-19-43 1.2V TED48G2666C19-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-8G26S01</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP008GBSFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSFU266X02</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP008GBSFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSFU320X02</t>
+  </si>
+  <si>
     <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 3200MHz CL22 1.2V TED48G3200C22-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-4-SDM-8G32S01</t>
   </si>
   <si>
-    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 2666MHz CL19-19-19-43 1.2V TED48G2666C19-S01</t>
-[...2 lines deleted...]
-    <t>TEAM-RAM-4-SDM-8G26S01</t>
+    <t>Памет Kingston FURY IMPACT, 8GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL38, KF548S38IB-8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-8</t>
+  </si>
+  <si>
+    <t>Памет Kingston 8GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22S8/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22S8-8</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 8GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-8</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 16GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-16</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR5 5600MHz CL46 SP016GBSVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP016GBSVU560</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP016GBSFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBSFU320X02</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR4  2666MHz CL19 SP016GBSFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBSFU266X02</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22D8/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-32</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB SODIMM DDR4 3200MHz CL22 ECC</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM32SES8-16HC</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 16GB 3200MHz CL22 1.2V TED416G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-16G32S01</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22S8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22S8-16</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP008GBSFU266X02</t>
-[...32 lines deleted...]
-    <t>TEAM-RAM-4-SDM-16G32S01</t>
+    <t>Памет Kingston 16GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22D8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-16</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 16GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-16</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR5 - TED516G4800C40D-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-5-SDM-16G48S01</t>
   </si>
   <si>
+    <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 32GB(2x16GB) 3200MHz CL22 F4-3200C22D-32GRS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C22D-32GRS</t>
+  </si>
+  <si>
     <t>Памет Team Group Elite DDR5 - TED516G5600C46A-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-5-SDM-16G56S01</t>
   </si>
   <si>
-    <t>Памет Kingston FURY IMPACT, 16GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-16</t>
-[...22 lines deleted...]
-  <si>
     <t>Памет Kingston 16GB DDR5 SODIMM 5600Mhz CL46 1Rx8, KVR56S46BS8-16</t>
   </si>
   <si>
     <t>KIN-RAM-KVR56S46BS8-16</t>
   </si>
   <si>
-    <t>Памет Kingston 32GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22D8/32</t>
-[...32 lines deleted...]
-    <t>GSKILL-F4-3200C22D-32GRS</t>
+    <t>Памет Team Group Elite 32GB DDR5 - TED532G5600C46A-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-32G56S01</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB SODIMM DDR4 PC4-25600 3200MHz CL19 SP032GBSFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GBSFU320X02</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB SODIMM DDR5 5600MHz CL46 KVR56S46BD8-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR56S46BD8-32</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB SODIMM DDR5 5600MHz CL46 SP032GBSVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBSVU560</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 32GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-32</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 32GB 3200MHz CL22 1.2V TED432G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-32G32S01</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 32GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-32</t>
   </si>
   <si>
     <t>Памет Team Group Elite 32GB DDR5 - TED532G4800C40D-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-5-SDM-32G48S01</t>
-  </si>
-[...40 lines deleted...]
-    <t>KIN-RAM-KF432S20IB-32</t>
   </si>
   <si>
     <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 64GB(2x32GB) 3200MHz CL22 F4-3200C22D-64GRS</t>
   </si>
   <si>
     <t>GSKILL-F4-3200C22D-64GRS</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT, 64GB SODIMM DDR5, 5600MHz, CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF556S40IBK2-64</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -652,586 +655,586 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>19.092</v>
+        <v>19.332</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>19.092</v>
+        <v>19.332</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>22.044</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>23.4</v>
+        <v>23.688</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>24.444</v>
+        <v>24.744</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>30.48</v>
+        <v>30.852</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>30.48</v>
+        <v>30.852</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>50.22</v>
+        <v>50.844</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>51.876</v>
+        <v>54.348</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>54.348</v>
+        <v>55.884</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>55.212</v>
+        <v>55.884</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>55.212</v>
+        <v>66.408</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>68.352</v>
+        <v>69.192</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>74.4</v>
+        <v>78.492</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>75.696</v>
+        <v>80.112</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>83.484</v>
+        <v>100.128</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>87.456</v>
+        <v>104.34</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>98.316</v>
+        <v>106.188</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>98.916</v>
+        <v>106.188</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>103.068</v>
+        <v>119.664</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>104.904</v>
+        <v>125.52</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>104.904</v>
+        <v>132.804</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>116.688</v>
+        <v>142.896</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>118.212</v>
+        <v>143.436</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>123.996</v>
+        <v>144.9</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>130.188</v>
+        <v>173.856</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>141.684</v>
+        <v>175.212</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>143.64</v>
+        <v>180.576</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>173.088</v>
+        <v>182.544</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>180.468</v>
+        <v>189.744</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>189.744</v>
+        <v>235.548</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>196.368</v>
+        <v>247.104</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>207.624</v>
+        <v>258.96</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>218.16</v>
+        <v>282.624</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>232.68</v>
+        <v>292.02</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>255.816</v>
+        <v>310.98</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>280.14</v>
+        <v>345.096</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>358.608</v>
+        <v>363.012</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>569.364</v>
+        <v>576.36</v>
       </c>
       <c r="D40" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D41"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>