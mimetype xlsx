--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -7,309 +7,324 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$41</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$44</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP004GLSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GLSTU160N02</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP004GBSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSTU160N02</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP004GBSFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBSFU240X02</t>
+  </si>
+  <si>
     <t>Памет Team Group Elite DDR3L - 8GB, 1600 mhz, CL11-11-11-28 1.35V</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR3L-8GB-SODIMM</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP004GBSFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSFU266X02</t>
   </si>
   <si>
-    <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP004GBSFU240X02</t>
-[...4 lines deleted...]
-  <si>
     <t>Памет Silicon Power 8GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP008GLSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GLSTU160N02</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP008GBSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSTU160N02</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>Памет Kingston FURY IMPACT, 8GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL38, KF548S38IB-8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-8</t>
+  </si>
+  <si>
+    <t>Памет Kingston 8GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22S8/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22S8-8</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 16GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-16</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 8GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-8</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR5 5600MHz CL46 SP016GBSVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP016GBSVU560</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 2666MHz CL19-19-19-43 1.2V TED48G2666C19-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-8G26S01</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 3200MHz CL22 1.2V TED48G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-8G32S01</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP008GBSFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU240X02</t>
   </si>
   <si>
-    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 2666MHz CL19-19-19-43 1.2V TED48G2666C19-S01</t>
-[...2 lines deleted...]
-    <t>TEAM-RAM-4-SDM-8G26S01</t>
+    <t>Памет Kingston 32GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22D8/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-32</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB SODIMM DDR4 3200MHz CL22 ECC</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM32SES8-16HC</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP008GBSFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU266X02</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP008GBSFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU320X02</t>
   </si>
   <si>
-    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 3200MHz CL22 1.2V TED48G3200C22-S01</t>
-[...32 lines deleted...]
-    <t>SLP-RAM-SP016GBSVU560</t>
+    <t>Памет Kingston 16GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22D8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-16</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22S8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22S8-16</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR5 - TED516G4800C40D-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-16G48S01</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR5 - TED516G5600C46A-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-16G56S01</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite 32GB DDR5 - TED532G5600C46A-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-32G56S01</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 16GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-16</t>
+  </si>
+  <si>
+    <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 32GB(2x16GB) 3200MHz CL22 F4-3200C22D-32GRS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C22D-32GRS</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR4  2666MHz CL19 SP016GBSFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBSFU266X02</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB SODIMM DDR4 PC4-25600 3200MHz CL19 SP032GBSFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GBSFU320X02</t>
   </si>
   <si>
     <t>Памет Silicon Power 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP016GBSFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-016GBSFU320X02</t>
   </si>
   <si>
-    <t>Памет Silicon Power 16GB SODIMM DDR4  2666MHz CL19 SP016GBSFU266X02</t>
-[...14 lines deleted...]
-    <t>KIN-RAM-KSM32SES8-16HC</t>
+    <t>Памет Silicon Power 32GB SODIMM DDR5 5600MHz CL46 SP032GBSVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBSVU560</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB DDR5 SODIMM 5600Mhz CL46 1Rx8, KVR56S46BS8-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR56S46BS8-16</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR5 4800MHz CL40 SP016GBSVU480F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GBSVU480F02</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB DDR4 SODIMM CL22 2RX8 1.2V 260-pin 16Gbit</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KCP432SD8-32</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR4 SO-DIMM 16GB 3200MHz CL22 1.2V TED416G3200C22-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-4-SDM-16G32S01</t>
   </si>
   <si>
-    <t>Памет Kingston 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22S8/16</t>
-[...53 lines deleted...]
-    <t>SLP-RAM-032GBSFU320X02</t>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 32GB 3200MHz CL22 1.2V TED432G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-32G32S01</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 32GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-32</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite 32GB DDR5 - TED532G4800C40D-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-32G48S01</t>
+  </si>
+  <si>
+    <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 64GB(2x32GB) 3200MHz CL22 F4-3200C22D-64GRS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C22D-64GRS</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 32GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-32</t>
   </si>
   <si>
     <t>Памет Kingston 32GB SODIMM DDR5 5600MHz CL46 KVR56S46BD8-32</t>
   </si>
   <si>
     <t>KIN-RAM-KVR56S46BD8-32</t>
   </si>
   <si>
-    <t>Памет Silicon Power 32GB SODIMM DDR5 5600MHz CL46 SP032GBSVU560F02</t>
-[...32 lines deleted...]
-    <t>GSKILL-F4-3200C22D-64GRS</t>
+    <t>Памет Silicon Power 32GB (2x16GB) SODIMM DDR5 4800MHz CL40 SP032GBSVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBSVU480F22</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT, 64GB SODIMM DDR5, 5600MHz, CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF556S40IBK2-64</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -619,626 +634,668 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>19.332</v>
+        <v>18.996</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>19.332</v>
+        <v>18.996</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>22.044</v>
+        <v>24.312</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>23.688</v>
+        <v>37.464</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>24.744</v>
+        <v>47.856</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>30.852</v>
+        <v>52.404</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>30.852</v>
+        <v>52.404</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>50.844</v>
+        <v>67.992</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>54.348</v>
+        <v>83.112</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>55.884</v>
+        <v>98.388</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>55.884</v>
+        <v>102.288</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>66.408</v>
+        <v>102.528</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>69.192</v>
+        <v>105.216</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>78.492</v>
+        <v>105.216</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>80.112</v>
+        <v>111.156</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>100.128</v>
+        <v>117.588</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>104.34</v>
+        <v>123.336</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>106.188</v>
+        <v>123.444</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>106.188</v>
+        <v>123.444</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>119.664</v>
+        <v>140.94</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>125.52</v>
+        <v>159.12</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>132.804</v>
+        <v>173.856</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>142.896</v>
+        <v>180.624</v>
       </c>
       <c r="D24" t="s">
-        <v>53</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
-        <v>143.436</v>
+        <v>189.744</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C26">
-        <v>144.9</v>
+        <v>196.836</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C27">
-        <v>173.856</v>
+        <v>228.24</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C28">
-        <v>175.212</v>
+        <v>228.852</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C29">
-        <v>180.576</v>
+        <v>231.456</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C30">
-        <v>182.544</v>
+        <v>239.316</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C31">
-        <v>189.744</v>
+        <v>254.472</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C32">
-        <v>235.548</v>
+        <v>256.896</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C33">
-        <v>247.104</v>
+        <v>262.86</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34">
+        <v>269.04</v>
+      </c>
+      <c r="D34" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>282.624</v>
+        <v>269.676</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>292.02</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>310.98</v>
+        <v>305.592</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>345.096</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>363.012</v>
+        <v>356.712</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40">
+        <v>385.944</v>
+      </c>
+      <c r="D40" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
         <v>85</v>
       </c>
-      <c r="C40">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="B41" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41">
+        <v>426.528</v>
+      </c>
+      <c r="D41" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
+        <v>88</v>
+      </c>
+      <c r="C42">
+        <v>525.684</v>
+      </c>
+      <c r="D42" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
+        <v>90</v>
+      </c>
+      <c r="C43">
+        <v>566.364</v>
+      </c>
+      <c r="D43" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D41"/>
+  <autoFilter ref="A1:D44"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>