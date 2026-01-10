--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -46,152 +46,152 @@
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP004GLSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GLSTU160N02</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP004GBSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSTU160N02</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
+    <t>Памет Team Group Elite DDR3L - 8GB, 1600 mhz, CL11-11-11-28 1.35V</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-DDR3L-8GB-SODIMM</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP004GBSFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBSFU266X02</t>
+  </si>
+  <si>
     <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP004GBSFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSFU240X02</t>
   </si>
   <si>
-    <t>Памет Team Group Elite DDR3L - 8GB, 1600 mhz, CL11-11-11-28 1.35V</t>
-[...10 lines deleted...]
-  <si>
     <t>Памет Silicon Power 8GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP008GLSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GLSTU160N02</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP008GBSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSTU160N02</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT, 8GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL38, KF548S38IB-8</t>
   </si>
   <si>
     <t>KIN-RAM-KF548S38IB-8</t>
   </si>
   <si>
     <t>Памет Kingston 8GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22S8/8</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32S22S8-8</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT, 16GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-16</t>
   </si>
   <si>
     <t>KIN-RAM-KF548S38IB-16</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT 8GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/8</t>
   </si>
   <si>
     <t>KIN-RAM-KF432S20IB-8</t>
   </si>
   <si>
     <t>Памет Silicon Power 16GB SODIMM DDR5 5600MHz CL46 SP016GBSVU560F02</t>
   </si>
   <si>
     <t>SLP-RAM-SP016GBSVU560</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 2666MHz CL19-19-19-43 1.2V TED48G2666C19-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-4-SDM-8G26S01</t>
   </si>
   <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP008GBSFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSFU240X02</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22D8/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-32</t>
+  </si>
+  <si>
     <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 3200MHz CL22 1.2V TED48G3200C22-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-4-SDM-8G32S01</t>
   </si>
   <si>
-    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP008GBSFU240X02</t>
-[...10 lines deleted...]
-  <si>
     <t>Памет Kingston 16GB SODIMM DDR4 3200MHz CL22 ECC</t>
   </si>
   <si>
     <t>KIN-RAM-KSM32SES8-16HC</t>
   </si>
   <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP008GBSFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSFU320X02</t>
+  </si>
+  <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP008GBSFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU266X02</t>
   </si>
   <si>
-    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP008GBSFU320X02</t>
-[...4 lines deleted...]
-  <si>
     <t>Памет Kingston 16GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22D8/16</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32S22D8-16</t>
   </si>
   <si>
     <t>Памет Kingston 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22S8/16</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32S22S8-16</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR5 - TED516G4800C40D-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-5-SDM-16G48S01</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR5 - TED516G5600C46A-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-5-SDM-16G56S01</t>
   </si>
   <si>
     <t>Памет Team Group Elite 32GB DDR5 - TED532G5600C46A-S01</t>
@@ -232,99 +232,99 @@
   <si>
     <t>Памет Silicon Power 32GB SODIMM DDR5 5600MHz CL46 SP032GBSVU560F02</t>
   </si>
   <si>
     <t>SLP-RAM-SP032GBSVU560</t>
   </si>
   <si>
     <t>Памет Kingston 16GB DDR5 SODIMM 5600Mhz CL46 1Rx8, KVR56S46BS8-16</t>
   </si>
   <si>
     <t>KIN-RAM-KVR56S46BS8-16</t>
   </si>
   <si>
     <t>Памет Silicon Power 16GB SODIMM DDR5 4800MHz CL40 SP016GBSVU480F02</t>
   </si>
   <si>
     <t>SLP-RAM-16GBSVU480F02</t>
   </si>
   <si>
     <t>Памет Kingston 32GB DDR4 SODIMM CL22 2RX8 1.2V 260-pin 16Gbit</t>
   </si>
   <si>
     <t>KIN-RAM-KCP432SD8-32</t>
   </si>
   <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 16GB 3200MHz CL22 1.2V TED416G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-16G32S01</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 32GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-32</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite 32GB DDR5 - TED532G4800C40D-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-32G48S01</t>
+  </si>
+  <si>
+    <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 64GB(2x32GB) 3200MHz CL22 F4-3200C22D-64GRS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C22D-64GRS</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 32GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-32</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB SODIMM DDR5 5600MHz CL46 KVR56S46BD8-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR56S46BD8-32</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB (2x16GB) SODIMM DDR5 4800MHz CL40 SP032GBSVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBSVU480F22</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Памет Team Group Elite DDR4 SO-DIMM 16GB 3200MHz CL22 1.2V TED416G3200C22-S01</t>
-[...4 lines deleted...]
-  <si>
     <t>Памет Team Group Elite DDR4 SO-DIMM 32GB 3200MHz CL22 1.2V TED432G3200C22-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-4-SDM-32G32S01</t>
-  </si>
-[...34 lines deleted...]
-    <t>SLP-RAM-32GBSVU480F22</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT, 64GB SODIMM DDR5, 5600MHz, CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF556S40IBK2-64</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -670,625 +670,625 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.996</v>
+        <v>18.288</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>18.996</v>
+        <v>18.288</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>24.312</v>
+        <v>19.152</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>37.464</v>
+        <v>24.72</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>47.856</v>
+        <v>28.224</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>52.404</v>
+        <v>28.824</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>52.404</v>
+        <v>28.824</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>67.992</v>
+        <v>35.112</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>83.112</v>
+        <v>42.924</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>98.388</v>
+        <v>50.808</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>102.288</v>
+        <v>52.824</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>102.528</v>
+        <v>52.944</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>105.216</v>
+        <v>53.796</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>105.216</v>
+        <v>57.408</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>111.156</v>
+        <v>60.72</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>117.588</v>
+        <v>61.08</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>123.336</v>
+        <v>63.696</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>123.444</v>
+        <v>63.744</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>123.444</v>
+        <v>70.908</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>140.94</v>
+        <v>72.78</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>159.12</v>
+        <v>82.176</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>173.856</v>
+        <v>88.896</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>180.624</v>
+        <v>92.352</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>189.744</v>
+        <v>97.02</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>196.836</v>
+        <v>101.652</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>228.24</v>
+        <v>117.864</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>228.852</v>
+        <v>118.176</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>231.456</v>
+        <v>119.532</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>239.316</v>
+        <v>123.588</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>254.472</v>
+        <v>131.412</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
-        <v>256.896</v>
+        <v>132.66</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
-        <v>262.86</v>
+        <v>135.744</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>269.04</v>
+        <v>138.936</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>269.676</v>
+        <v>140.268</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>292.02</v>
+        <v>157.812</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>305.592</v>
+        <v>176.448</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>345.096</v>
+        <v>184.212</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>356.712</v>
+        <v>199.308</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>385.944</v>
+        <v>220.26</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41">
+        <v>271.476</v>
+      </c>
+      <c r="D41" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>525.684</v>
+        <v>280.536</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>566.364</v>
+        <v>619.788</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D44"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>