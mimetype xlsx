--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -28,303 +28,303 @@
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$44</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>Памет Silicon Power 4GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP004GBSTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBSTU160N02</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP004GLSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GLSTU160N02</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Памет Silicon Power 4GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP004GBSTU160N02</t>
-[...7 lines deleted...]
-  <si>
     <t>Памет Team Group Elite DDR3L - 8GB, 1600 mhz, CL11-11-11-28 1.35V</t>
   </si>
   <si>
     <t>TEAM-RAM-DDR3L-8GB-SODIMM</t>
   </si>
   <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP008GLSTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GLSTU160N02</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 8GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL38, KF548S38IB-8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-8</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP008GBSTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSTU160N02</t>
+  </si>
+  <si>
     <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP004GBSFU266X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSFU266X02</t>
   </si>
   <si>
+    <t>Памет Kingston 8GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22S8/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22S8-8</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 16GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-16</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 2666MHz CL19-19-19-43 1.2V TED48G2666C19-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-8G26S01</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR5 5600MHz CL46 SP016GBSVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP016GBSVU560</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 3200MHz CL22 1.2V TED48G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-8G32S01</t>
+  </si>
+  <si>
     <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP004GBSFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSFU240X02</t>
   </si>
   <si>
-    <t>Памет Silicon Power 8GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP008GLSTU160N02</t>
-[...26 lines deleted...]
-    <t>KIN-RAM-KF548S38IB-16</t>
+    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP008GBSFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSFU240X02</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22D8/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-32</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB SODIMM DDR4 3200MHz CL22 ECC</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM32SES8-16HC</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP008GBSFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSFU266X02</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22D8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-16</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR5 - TED516G4800C40D-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-16G48S01</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT 8GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/8</t>
   </si>
   <si>
     <t>KIN-RAM-KF432S20IB-8</t>
   </si>
   <si>
-    <t>Памет Silicon Power 16GB SODIMM DDR5 5600MHz CL46 SP016GBSVU560F02</t>
-[...34 lines deleted...]
-  <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP008GBSFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU320X02</t>
   </si>
   <si>
-    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP008GBSFU266X02</t>
-[...8 lines deleted...]
-    <t>KIN-RAM-KVR32S22D8-16</t>
+    <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 32GB(2x16GB) 3200MHz CL22 F4-3200C22D-32GRS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C22D-32GRS</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB SODIMM DDR4 PC4-25600 3200MHz CL19 SP032GBSFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-032GBSFU320X02</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 16GB 3200MHz CL22 1.2V TED416G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-16G32S01</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB SODIMM DDR5 5600MHz CL46 SP032GBSVU560F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-SP032GBSVU560</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB DDR4 SODIMM CL22 2RX8 1.2V 260-pin 16Gbit</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KCP432SD8-32</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT, 32GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF548S38IB-32</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP016GBSFU320X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBSFU320X02</t>
   </si>
   <si>
     <t>Памет Kingston 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22S8/16</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32S22S8-16</t>
   </si>
   <si>
-    <t>Памет Team Group Elite DDR5 - TED516G4800C40D-S01</t>
-[...2 lines deleted...]
-    <t>TEAM-RAM-5-SDM-16G48S01</t>
+    <t>Памет Kingston FURY IMPACT 16GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-16</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite 32GB DDR5 - TED532G4800C40D-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-32G48S01</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR4  2666MHz CL19 SP016GBSFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-016GBSFU266X02</t>
+  </si>
+  <si>
+    <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 64GB(2x32GB) 3200MHz CL22 F4-3200C22D-64GRS</t>
+  </si>
+  <si>
+    <t>GSKILL-F4-3200C22D-64GRS</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB DDR5 SODIMM 5600Mhz CL46 1Rx8, KVR56S46BS8-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR56S46BS8-16</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR5 - TED516G5600C46A-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-5-SDM-16G56S01</t>
   </si>
   <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR5 4800MHz CL40 SP016GBSVU480F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GBSVU480F02</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR4 SO-DIMM 32GB 3200MHz CL22 1.2V TED432G3200C22-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-4-SDM-32G32S01</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB (2x16GB) SODIMM DDR5 4800MHz CL40 SP032GBSVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBSVU480F22</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 32GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-32</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB SODIMM DDR5 5600MHz CL46 KVR56S46BD8-32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR56S46BD8-32</t>
+  </si>
+  <si>
     <t>Памет Team Group Elite 32GB DDR5 - TED532G5600C46A-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-5-SDM-32G56S01</t>
-  </si>
-[...103 lines deleted...]
-    <t>TEAM-RAM-4-SDM-32G32S01</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT, 64GB SODIMM DDR5, 5600MHz, CL40</t>
   </si>
   <si>
     <t>KIN-RAM-KF556S40IBK2-64</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -670,628 +670,628 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.288</v>
+        <v>18.36</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>18.288</v>
+        <v>20.568</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>19.152</v>
+        <v>22.536</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>24.72</v>
+        <v>28.8</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>28.224</v>
+        <v>35.244</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>28.824</v>
+        <v>38.364</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>28.824</v>
+        <v>43.02</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>35.112</v>
+        <v>43.08</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>42.924</v>
+        <v>51.012</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>50.808</v>
+        <v>52.8</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>52.824</v>
+        <v>53.148</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>52.944</v>
+        <v>55.2</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>53.796</v>
+        <v>56.16</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>57.408</v>
+        <v>57.624</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>60.72</v>
+        <v>60.96</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>61.08</v>
+        <v>63.936</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>63.696</v>
+        <v>69.6</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>63.744</v>
+        <v>73.068</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>70.908</v>
+        <v>88.512</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>72.78</v>
+        <v>92.472</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>82.176</v>
+        <v>97.524</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>88.896</v>
+        <v>118.32</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>92.352</v>
+        <v>119.988</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>97.02</v>
+        <v>128.4</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>101.652</v>
+        <v>131.916</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>117.864</v>
+        <v>139.476</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
-        <v>118.176</v>
+        <v>158.424</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
-        <v>119.532</v>
+        <v>169.152</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
-        <v>123.588</v>
+        <v>171.312</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
-        <v>131.412</v>
+        <v>171.636</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
-        <v>132.66</v>
+        <v>175.668</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
-        <v>135.744</v>
+        <v>180.66</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
-        <v>138.936</v>
+        <v>184.92</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
-        <v>140.268</v>
+        <v>240.696</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
-        <v>157.812</v>
+        <v>250.8</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
-        <v>176.448</v>
+        <v>260.484</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38">
-        <v>184.212</v>
+        <v>261.6</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C39">
-        <v>199.308</v>
+        <v>265.716</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40">
-        <v>220.26</v>
+        <v>272.256</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
-        <v>271.476</v>
+        <v>475.272</v>
       </c>
       <c r="D41" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>280.536</v>
+        <v>501.6</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>619.788</v>
+        <v>622.2</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D44"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>