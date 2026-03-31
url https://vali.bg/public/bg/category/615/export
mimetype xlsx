--- v4 (2026-03-08)
+++ v5 (2026-03-31)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$44</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$45</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP004GBSTU160N02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSTU160N02</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP004GLSTU160N02</t>
   </si>
   <si>
@@ -118,117 +118,123 @@
   <si>
     <t>Памет Silicon Power 16GB SODIMM DDR5 5600MHz CL46 SP016GBSVU560F02</t>
   </si>
   <si>
     <t>SLP-RAM-SP016GBSVU560</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR4 SO-DIMM 8GB 3200MHz CL22 1.2V TED48G3200C22-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-4-SDM-8G32S01</t>
   </si>
   <si>
     <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP004GBSFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-004GBSFU240X02</t>
   </si>
   <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP008GBSFU240X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU240X02</t>
   </si>
   <si>
+    <t>Памет Kingston 32GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22D8/32</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-32</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB SODIMM DDR4 3200MHz CL22 ECC</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM32SES8-16HC</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-21333 2666MHz CL19 SP008GBSFU266X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-008GBSFU266X02</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB, SODIMM, DDR4, PC4-25600, 3200MHz, CL22 KVR32S22D8/16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32S22D8-16</t>
+  </si>
+  <si>
+    <t>Памет Team Group Elite DDR5 - TED516G4800C40D-S01</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-5-SDM-16G48S01</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY IMPACT 8GB SODIMM DDR4 PC4-25600 3200MHz CL20 KF432S20IB/8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF432S20IB-8</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Памет Kingston 32GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22D8/32</t>
-[...34 lines deleted...]
-  <si>
     <t>Памет Silicon Power 8GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP008GBSFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-008GBSFU320X02</t>
   </si>
   <si>
     <t>Памет G.SKILL Ripjaws DDR4 SO-DIMM 32GB(2x16GB) 3200MHz CL22 F4-3200C22D-32GRS</t>
   </si>
   <si>
     <t>GSKILL-F4-3200C22D-32GRS</t>
   </si>
   <si>
     <t>Памет Silicon Power 32GB SODIMM DDR4 PC4-25600 3200MHz CL19 SP032GBSFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-032GBSFU320X02</t>
   </si>
   <si>
     <t>Памет Team Group Elite DDR4 SO-DIMM 16GB 3200MHz CL22 1.2V TED416G3200C22-S01</t>
   </si>
   <si>
     <t>TEAM-RAM-4-SDM-16G32S01</t>
   </si>
   <si>
     <t>Памет Silicon Power 32GB SODIMM DDR5 5600MHz CL46 SP032GBSVU560F02</t>
   </si>
   <si>
     <t>SLP-RAM-SP032GBSVU560</t>
+  </si>
+  <si>
+    <t>Памет Kingston 8GB SODIMM DDR5 5600MHz CL46 KVR56S46BS6-8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR56S46BS6-8</t>
   </si>
   <si>
     <t>Памет Kingston 32GB DDR4 SODIMM CL22 2RX8 1.2V 260-pin 16Gbit</t>
   </si>
   <si>
     <t>KIN-RAM-KCP432SD8-32</t>
   </si>
   <si>
     <t>Памет Kingston FURY IMPACT, 32GB, SODIMM, DDR5, PC4-38400, 4800MHz, CL40, KF548S38IB-32</t>
   </si>
   <si>
     <t>KIN-RAM-KF548S38IB-32</t>
   </si>
   <si>
     <t>Памет Silicon Power 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 SP016GBSFU320X02</t>
   </si>
   <si>
     <t>SLP-RAM-016GBSFU320X02</t>
   </si>
   <si>
     <t>Памет Kingston 16GB SODIMM DDR4 PC4-25600 3200MHz CL22 KVR32S22S8/16</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32S22S8-16</t>
   </si>
@@ -634,668 +640,682 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:D45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>18.36</v>
+        <v>18.588</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>20.568</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>22.536</v>
+        <v>22.812</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>28.8</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>35.244</v>
+        <v>35.688</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>38.364</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>43.02</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>43.08</v>
+        <v>43.62</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>51.012</v>
+        <v>51.636</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>52.8</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>53.148</v>
+        <v>53.808</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>55.2</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>56.16</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>57.624</v>
+        <v>58.344</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>60.96</v>
+        <v>61.716</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>63.936</v>
+        <v>64.728</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>69.6</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>73.068</v>
+        <v>73.968</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>88.512</v>
+        <v>89.604</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21">
+        <v>93.612</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>97.524</v>
+        <v>96.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>118.32</v>
+        <v>119.784</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>119.988</v>
+        <v>121.476</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>128.4</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>131.916</v>
+        <v>133.548</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>139.476</v>
+        <v>136.176</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>158.424</v>
+        <v>141.192</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>169.152</v>
+        <v>160.38</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>171.312</v>
+        <v>169.152</v>
       </c>
       <c r="D30" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>171.636</v>
+        <v>173.436</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>175.668</v>
+        <v>173.76</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>180.66</v>
+        <v>177.84</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>184.92</v>
+        <v>180.66</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>240.696</v>
+        <v>187.212</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>250.8</v>
+        <v>243.672</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>260.484</v>
+        <v>250.8</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>261.6</v>
+        <v>260.484</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>265.716</v>
+        <v>261.6</v>
       </c>
       <c r="D39" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>272.256</v>
+        <v>269.004</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>475.272</v>
+        <v>275.628</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>501.6</v>
+        <v>481.14</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>622.2</v>
+        <v>501.6</v>
       </c>
       <c r="D43" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
+        <v>92</v>
+      </c>
+      <c r="C44">
+        <v>629.892</v>
+      </c>
+      <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D44"/>
+  <autoFilter ref="A1:D45"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>