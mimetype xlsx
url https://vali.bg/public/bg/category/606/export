--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -490,54 +490,54 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>70.788</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>76.476</v>
+        <v>75.936</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>93.78</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>