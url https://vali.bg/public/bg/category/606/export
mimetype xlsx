--- v1 (2025-11-10)
+++ v2 (2026-03-08)
@@ -52,63 +52,63 @@
   <si>
     <t>Отвертка с 24 накрайници HAMA Mini, Черен</t>
   </si>
   <si>
     <t>HAMA-200762</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Отвертка DeLock 64067, 13 части, Хром ванадий, Калъф</t>
   </si>
   <si>
     <t>DELOCK-64067</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Отвертка iFixit Pro Tech, 5 части T-Security</t>
   </si>
   <si>
     <t>IF145-EU145398-2</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Комплект отвертки DeLock 64167, 130 части, S2, Калъф</t>
   </si>
   <si>
     <t>DELOCK-64167</t>
   </si>
   <si>
     <t>Комплект отвертки DeLock 64066, 23 части, S2, Калъф</t>
   </si>
   <si>
     <t>DELOCK-64066</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -448,110 +448,110 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>24.828</v>
+        <v>12.6</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>32.568</v>
+        <v>16.656</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>70.788</v>
+        <v>36.192</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>75.936</v>
+        <v>38.82</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>93.78</v>
+        <v>47.952</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>