--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -166,81 +166,81 @@
   <si>
     <t>Безжичен адаптер TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, вградена антена</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T4U</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7822UAD</t>
   </si>
   <si>
     <t>Безжичен PCI Express адаптер Gigabyte GC-WB1733D-I, 2x2 802.11ac 160MHz, Bluetooth 5.0</t>
   </si>
   <si>
     <t>GA-GC-WB1733D-I</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T4E, AC1200 dual band, PCI-EX, две външни антени</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T4E</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Безжичен адаптер EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
   </si>
   <si>
     <t>EDIM-EW-7611UXB</t>
   </si>
   <si>
     <t>Мрежова карта Cudy WU5400, AX5400,Tri-band рутер WiFi6/6E,USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU5400</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE GC-WBAX2400R RTL8852CE WIFI 6E 2x2 802.11ax, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WBAX2400R</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X200 Intel® WIFI 6 2x2 802.11ax, Bluetooth 5.0</t>
   </si>
   <si>
     <t>GA-GC-WBAX200</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-AX1800 WiFi 6 PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-AX1800</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS USB-AX55 Nano AX1800 WiFi 6 802.11ax, USB 2.0</t>
   </si>
   <si>
     <t>ASUS-USB-AX55-NANO</t>
   </si>
   <si>
     <t>Мрежова карта Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU6500</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS WIFI 7 5800Mbps, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WIFI7-1</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X210 Intel® WIFI 6Е 2x2 802.11ax, Bluetooth 5.2</t>
   </si>
   <si>
     <t>GA-GC-WBAX210</t>
   </si>
@@ -701,51 +701,51 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>21.528</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>22.8</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>23.436</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>25.44</v>
@@ -827,65 +827,65 @@
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>33.384</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>34.512</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>34.8</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>47.376</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>49.932</v>
@@ -908,208 +908,208 @@
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>56.4</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>62.016</v>
+        <v>62.784</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>63.78</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>65.616</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>69.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>69.972</v>
+        <v>70.836</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>87.072</v>
+        <v>88.152</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
         <v>89.004</v>
       </c>
       <c r="D28" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>99.0</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>99.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>99.132</v>
+        <v>100.356</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>103.992</v>
+        <v>105.276</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>129.0</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>138.996</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>159.0</v>