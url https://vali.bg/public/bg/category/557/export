--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -7,107 +7,110 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$38</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Нано адаптер TP LINK TL-WN725N, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN725N</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Безжичен нано адаптер EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UN</t>
   </si>
   <si>
     <t>Безжичен нано адаптер Cudy WU650S, USB 2.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU650S</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK TL-WN823N, 300 Mbps, USB, Вградена антена</t>
   </si>
   <si>
     <t>TP-TL-WN823N</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN781ND</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Безжичен адаптер TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN722N</t>
   </si>
   <si>
     <t>Безжичен адаптерr D-LINK DWA-131 Nano, USB</t>
   </si>
   <si>
     <t>D-LINK-DWA-131</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T2U Nano, Dual band, USB</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2U-NANO</t>
   </si>
   <si>
     <t>Безжичен нано адаптер Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU1300S</t>
   </si>
   <si>
     <t>Безжичен мини адаптер EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
@@ -154,111 +157,114 @@
   <si>
     <t>Безжичен адаптер D-Link DWA-172, dual band AC600 High-Gain, USB</t>
   </si>
   <si>
     <t>D-LINK-DWA-172</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7811UAC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7811UAC</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, вградена антена</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T4U</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7822UAD</t>
   </si>
   <si>
+    <t>Безжичен адаптер TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x външни антени</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-TX20E</t>
+  </si>
+  <si>
     <t>Безжичен PCI Express адаптер Gigabyte GC-WB1733D-I, 2x2 802.11ac 160MHz, Bluetooth 5.0</t>
   </si>
   <si>
     <t>GA-GC-WB1733D-I</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T4E, AC1200 dual band, PCI-EX, две външни антени</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T4E</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Безжичен адаптер EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
   </si>
   <si>
     <t>EDIM-EW-7611UXB</t>
   </si>
   <si>
     <t>Мрежова карта Cudy WU5400, AX5400,Tri-band рутер WiFi6/6E,USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU5400</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE GC-WBAX2400R RTL8852CE WIFI 6E 2x2 802.11ax, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WBAX2400R</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X200 Intel® WIFI 6 2x2 802.11ax, Bluetooth 5.0</t>
   </si>
   <si>
     <t>GA-GC-WBAX200</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-AX1800 WiFi 6 PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-AX1800</t>
   </si>
   <si>
+    <t>Безжична карта GIGABYTE AORUS WIFI 7 5800Mbps, Bluetooth 5.3</t>
+  </si>
+  <si>
+    <t>GA-GC-WIFI7-1</t>
+  </si>
+  <si>
     <t>Безжичен адаптер ASUS USB-AX55 Nano AX1800 WiFi 6 802.11ax, USB 2.0</t>
   </si>
   <si>
     <t>ASUS-USB-AX55-NANO</t>
   </si>
   <si>
     <t>Мрежова карта Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU6500</t>
-  </si>
-[...4 lines deleted...]
-    <t>GA-GC-WIFI7-1</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X210 Intel® WIFI 6Е 2x2 802.11ax, Bluetooth 5.2</t>
   </si>
   <si>
     <t>GA-GC-WBAX210</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS USB-AX56 Dual Band AX1800 WiFi 6 802.11ax, USB 3.2 Gen1, вградена антена</t>
   </si>
   <si>
     <t>ASUS-USB-AX56</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE6500 WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE6500</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE92BT WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE92BT</t>
   </si>
@@ -592,59 +598,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -687,475 +693,489 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>20.4</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>21.528</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>22.8</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>23.436</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>25.44</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>25.584</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>29.652</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>30.6</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>30.864</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>33.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>33.384</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>34.512</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>34.8</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>47.376</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>49.932</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>51.84</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>56.4</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>62.784</v>
+        <v>58.992</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>63.78</v>
+        <v>61.692</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>65.616</v>
+        <v>63.78</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>69.0</v>
+        <v>65.616</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>70.836</v>
+        <v>69.0</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>88.152</v>
+        <v>69.6</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>89.004</v>
+        <v>86.616</v>
       </c>
       <c r="D28" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>99.0</v>
+        <v>89.004</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>99.0</v>
+        <v>98.616</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>100.356</v>
+        <v>99.0</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>105.276</v>
+        <v>99.0</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>129.0</v>
+        <v>102.996</v>
       </c>
       <c r="D33" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>138.996</v>
+        <v>129.0</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>159.0</v>
+        <v>138.996</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
+        <v>159.0</v>
+      </c>
+      <c r="D36" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
+        <v>78</v>
+      </c>
+      <c r="C37">
         <v>219.0</v>
       </c>
-      <c r="D36" t="s">
+      <c r="D37" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D37"/>
+  <autoFilter ref="A1:D38"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>