--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -34,149 +34,149 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Нано адаптер TP LINK TL-WN725N, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN725N</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Безжичен нано адаптер EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7811UN</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Безжичен нано адаптер EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен нано адаптер Cudy WU650S, USB 2.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU650S</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK TL-WN823N, 300 Mbps, USB, Вградена антена</t>
   </si>
   <si>
     <t>TP-TL-WN823N</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN781ND</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Безжичен адаптер TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN722N</t>
   </si>
   <si>
     <t>Безжичен адаптерr D-LINK DWA-131 Nano, USB</t>
   </si>
   <si>
     <t>D-LINK-DWA-131</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T2U Nano, Dual band, USB</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2U-NANO</t>
   </si>
   <si>
     <t>Безжичен нано адаптер Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU1300S</t>
   </si>
   <si>
+    <t>Безжичен адаптер TP-LINK Archer T2U, AC600, Dual band, USB, вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U</t>
+  </si>
+  <si>
     <t>Безжичен мини адаптер EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7722UTN-V3</t>
   </si>
   <si>
     <t xml:space="preserve">Безжичен адаптер Cudy WU1400, USB 3.0, 2.4/5 Ghz, Външна антена </t>
   </si>
   <si>
     <t>CUDY-USB-WU1400</t>
   </si>
   <si>
     <t>Безжичен PCI Express адаптер EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7612PIN</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T2U PLUS, AC600, Dual band, USB, външна антена 5 dBi</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2UPLUS</t>
   </si>
   <si>
     <t>Нано адаптер EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UTC</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T3U, AC 1300 MU-MIMO, Dual band, USB 3.0, вградена антена</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T3U</t>
   </si>
   <si>
-    <t>Безжичен адаптер TP-LINK Archer T2U, AC600, Dual band, USB, вградена антена</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен адаптер D-Link DWA-172, dual band AC600 High-Gain, USB</t>
   </si>
   <si>
     <t>D-LINK-DWA-172</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7811UAC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7811UAC</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, вградена антена</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T4U</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7822UAD</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x външни антени</t>
@@ -205,66 +205,66 @@
   <si>
     <t>Мрежова карта Cudy WU5400, AX5400,Tri-band рутер WiFi6/6E,USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU5400</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE GC-WBAX2400R RTL8852CE WIFI 6E 2x2 802.11ax, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WBAX2400R</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X200 Intel® WIFI 6 2x2 802.11ax, Bluetooth 5.0</t>
   </si>
   <si>
     <t>GA-GC-WBAX200</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-AX1800 WiFi 6 PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-AX1800</t>
   </si>
   <si>
+    <t>Безжичен адаптер ASUS USB-AX55 Nano AX1800 WiFi 6 802.11ax, USB 2.0</t>
+  </si>
+  <si>
+    <t>ASUS-USB-AX55-NANO</t>
+  </si>
+  <si>
+    <t>Мрежова карта Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU6500</t>
+  </si>
+  <si>
     <t>Безжична карта GIGABYTE AORUS WIFI 7 5800Mbps, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WIFI7-1</t>
-  </si>
-[...10 lines deleted...]
-    <t>CUDY-USB-WU6500</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X210 Intel® WIFI 6Е 2x2 802.11ax, Bluetooth 5.2</t>
   </si>
   <si>
     <t>GA-GC-WBAX210</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS USB-AX56 Dual Band AX1800 WiFi 6 802.11ax, USB 3.2 Gen1, вградена антена</t>
   </si>
   <si>
     <t>ASUS-USB-AX56</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE6500 WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE6500</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE92BT WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE92BT</t>
   </si>
@@ -634,544 +634,544 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>19.104</v>
+        <v>9.768</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>19.56</v>
+        <v>9.996</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>20.388</v>
+        <v>10.428</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>21.528</v>
+        <v>11.004</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>22.8</v>
+        <v>11.652</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>23.436</v>
+        <v>11.988</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>25.44</v>
+        <v>13.008</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>25.584</v>
+        <v>13.08</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>29.652</v>
+        <v>14.724</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>30.6</v>
+        <v>15.156</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>30.864</v>
+        <v>15.648</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>33.0</v>
+        <v>15.78</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>33.384</v>
+        <v>16.872</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>34.512</v>
+        <v>17.064</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>34.8</v>
+        <v>17.64</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>47.376</v>
+        <v>24.228</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>49.932</v>
+        <v>25.524</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>51.84</v>
+        <v>26.508</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>56.4</v>
+        <v>28.836</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>58.992</v>
+        <v>30.168</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>61.692</v>
+        <v>31.86</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>63.78</v>
+        <v>32.616</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>65.616</v>
+        <v>33.552</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>69.6</v>
+        <v>35.94</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>86.616</v>
+        <v>44.736</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>89.004</v>
+        <v>45.504</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>98.616</v>
+        <v>50.616</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>99.0</v>
+        <v>50.616</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>99.0</v>
+        <v>50.928</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>102.996</v>
+        <v>53.232</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>129.0</v>
+        <v>65.952</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>138.996</v>
+        <v>71.064</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>159.0</v>
+        <v>81.3</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>219.0</v>
+        <v>111.972</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D38"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>