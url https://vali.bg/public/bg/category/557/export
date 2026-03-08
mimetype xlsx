--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,276 +7,252 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Нано адаптер TP LINK TL-WN725N, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN725N</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
+    <t>Безжичен нано адаптер Cudy WU650S, USB 2.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU650S</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK TL-WN823N, 300 Mbps, USB, Вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-WN823N</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
     <t>Безжичен нано адаптер EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UN</t>
   </si>
   <si>
-    <t>наличен</t>
-[...16 lines deleted...]
-  <si>
     <t>Безжичен адаптер TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN781ND</t>
   </si>
   <si>
     <t>Безжичен адаптер TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN722N</t>
   </si>
   <si>
-    <t>Безжичен адаптерr D-LINK DWA-131 Nano, USB</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен адаптер TP-LINK Archer T2U Nano, Dual band, USB</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2U-NANO</t>
   </si>
   <si>
     <t>Безжичен нано адаптер Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU1300S</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T2U, AC600, Dual band, USB, вградена антена</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2U</t>
   </si>
   <si>
+    <t xml:space="preserve">Безжичен адаптер Cudy WU1400, USB 3.0, 2.4/5 Ghz, Външна антена </t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU1400</t>
+  </si>
+  <si>
     <t>Безжичен мини адаптер EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7722UTN-V3</t>
   </si>
   <si>
-    <t xml:space="preserve">Безжичен адаптер Cudy WU1400, USB 3.0, 2.4/5 Ghz, Външна антена </t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен PCI Express адаптер EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7612PIN</t>
   </si>
   <si>
+    <t>Нано адаптер EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7811UTC</t>
+  </si>
+  <si>
     <t>Безжичен адаптер TP-LINK Archer T2U PLUS, AC600, Dual band, USB, външна антена 5 dBi</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2UPLUS</t>
   </si>
   <si>
-    <t>Нано адаптер EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжичен адаптер TP-LINK Archer T3U, AC 1300 MU-MIMO, Dual band, USB 3.0, вградена антена</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T3U</t>
   </si>
   <si>
     <t>Безжичен адаптер D-Link DWA-172, dual band AC600 High-Gain, USB</t>
   </si>
   <si>
     <t>D-LINK-DWA-172</t>
   </si>
   <si>
+    <t>Безжичен адаптер TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T4U</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, с външна антена</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7822UAD</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T4E, AC1200 dual band, PCI-EX, две външни антени</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T4E</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x външни антени</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-TX20E</t>
+  </si>
+  <si>
+    <t>Безжичен PCI Express адаптер Gigabyte GC-WB1733D-I, 2x2 802.11ac 160MHz, Bluetooth 5.0</t>
+  </si>
+  <si>
+    <t>GA-GC-WB1733D-I</t>
+  </si>
+  <si>
     <t>Безжичен адаптер EDIMAX EW-7811UAC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7811UAC</t>
   </si>
   <si>
-    <t>Безжичен адаптер TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, вградена антена</t>
-[...26 lines deleted...]
-    <t>TP-TL-ARCHER-T4E</t>
+    <t>Мрежова карта Cudy WU5400, AX5400,Tri-band рутер WiFi6/6E,USB 3.0</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU5400</t>
+  </si>
+  <si>
+    <t>Безжична карта GIGABYTE GC-WBAX2400R RTL8852CE WIFI 6E 2x2 802.11ax, Bluetooth 5.3</t>
+  </si>
+  <si>
+    <t>GA-GC-WBAX2400R</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер ASUS PCE-AX1800 WiFi 6 PCI-e</t>
+  </si>
+  <si>
+    <t>ASUS-PCIE-AX1800</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
   </si>
   <si>
     <t>EDIM-EW-7611UXB</t>
   </si>
   <si>
-    <t>Мрежова карта Cudy WU5400, AX5400,Tri-band рутер WiFi6/6E,USB 3.0</t>
-[...28 lines deleted...]
-  <si>
     <t>Мрежова карта Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU6500</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS WIFI 7 5800Mbps, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WIFI7-1</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X210 Intel® WIFI 6Е 2x2 802.11ax, Bluetooth 5.2</t>
   </si>
   <si>
     <t>GA-GC-WBAX210</t>
-  </si>
-[...4 lines deleted...]
-    <t>ASUS-USB-AX56</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE6500 WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE6500</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE92BT WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE92BT</t>
   </si>
   <si>
     <t>Безжичен Range Extender ASUS RP-AX58 AX3000</t>
   </si>
   <si>
     <t>ASUS-RP-AX58</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -598,584 +574,528 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>9.768</v>
+        <v>9.756</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>9.996</v>
+        <v>10.428</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>10.428</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>10.428</v>
+        <v>10.8</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>11.004</v>
+        <v>11.016</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>11.652</v>
+        <v>12.0</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>11.988</v>
+        <v>12.9</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>13.008</v>
+        <v>13.08</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>13.08</v>
+        <v>14.724</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>14.724</v>
+        <v>15.648</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>15.156</v>
+        <v>16.5</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>15.648</v>
+        <v>16.8</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>15.78</v>
+        <v>18.0</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>16.872</v>
+        <v>18.0</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>17.064</v>
+        <v>18.0</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>17.64</v>
+        <v>24.228</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>24.228</v>
+        <v>26.508</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>25.524</v>
+        <v>28.836</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>26.508</v>
+        <v>30.0</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>28.836</v>
+        <v>30.168</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>30.168</v>
+        <v>32.064</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>31.86</v>
+        <v>35.1</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>32.616</v>
+        <v>35.28</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>33.552</v>
+        <v>36.084</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>35.28</v>
+        <v>38.4</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>35.94</v>
+        <v>46.128</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>44.736</v>
+        <v>50.616</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>45.504</v>
+        <v>51.06</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>50.616</v>
+        <v>53.448</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>50.616</v>
+        <v>64.8</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>50.928</v>
+        <v>81.3</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>53.232</v>
+        <v>111.972</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="34" spans="1:4">
-[...54 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D38"/>
+  <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>