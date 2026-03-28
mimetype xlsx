--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -14,139 +14,142 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Нано адаптер TP LINK TL-WN725N, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN725N</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Безжичен нано адаптер Cudy WU650S, USB 2.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU650S</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK TL-WN823N, 300 Mbps, USB, Вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-WN823N</t>
+  </si>
+  <si>
+    <t>Безжичен нано адаптер EDIMAX EW-7811UN, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7811UN</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>TP-TL-WN781ND</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>TP-TL-WN722N</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T2U Nano, Dual band, USB</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U-NANO</t>
+  </si>
+  <si>
+    <t>Безжичен нано адаптер Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU1300S</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T2U, AC600, Dual band, USB, вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Безжичен адаптер Cudy WU1400, USB 3.0, 2.4/5 Ghz, Външна антена </t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU1400</t>
+  </si>
+  <si>
+    <t>Безжичен мини адаптер EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7722UTN-V3</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Безжичен нано адаптер Cudy WU650S, USB 2.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
-[...64 lines deleted...]
-  <si>
     <t>Безжичен PCI Express адаптер EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7612PIN</t>
   </si>
   <si>
     <t>Нано адаптер EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
   </si>
   <si>
     <t>EDIM-EW-7811UTC</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T2U PLUS, AC600, Dual band, USB, външна антена 5 dBi</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T2UPLUS</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T3U, AC 1300 MU-MIMO, Dual band, USB 3.0, вградена антена</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T3U</t>
   </si>
   <si>
     <t>Безжичен адаптер D-Link DWA-172, dual band AC600 High-Gain, USB</t>
@@ -163,90 +166,90 @@
   <si>
     <t>Безжичен адаптер EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7822UAD</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T4E, AC1200 dual band, PCI-EX, две външни антени</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T4E</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x външни антени</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-TX20E</t>
   </si>
   <si>
     <t>Безжичен PCI Express адаптер Gigabyte GC-WB1733D-I, 2x2 802.11ac 160MHz, Bluetooth 5.0</t>
   </si>
   <si>
     <t>GA-GC-WB1733D-I</t>
   </si>
   <si>
+    <t>Безжична карта GIGABYTE AORUS WIFI 7 5800Mbps, Bluetooth 5.3</t>
+  </si>
+  <si>
+    <t>GA-GC-WIFI7-1</t>
+  </si>
+  <si>
     <t>Безжичен адаптер EDIMAX EW-7811UAC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7811UAC</t>
   </si>
   <si>
     <t>Мрежова карта Cudy WU5400, AX5400,Tri-band рутер WiFi6/6E,USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU5400</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE GC-WBAX2400R RTL8852CE WIFI 6E 2x2 802.11ax, Bluetooth 5.3</t>
   </si>
   <si>
     <t>GA-GC-WBAX2400R</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-AX1800 WiFi 6 PCI-e</t>
   </si>
   <si>
     <t>ASUS-PCIE-AX1800</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7611UXB Dual Band AX900, Bluetooth 5.3, USB</t>
   </si>
   <si>
     <t>EDIM-EW-7611UXB</t>
   </si>
   <si>
     <t>Мрежова карта Cudy WU6500, BE6500 Tri-band WiFi7 USB 3.0</t>
   </si>
   <si>
     <t>CUDY-USB-WU6500</t>
-  </si>
-[...4 lines deleted...]
-    <t>GA-GC-WIFI7-1</t>
   </si>
   <si>
     <t>Безжична карта GIGABYTE AORUS X210 Intel® WIFI 6Е 2x2 802.11ax, Bluetooth 5.2</t>
   </si>
   <si>
     <t>GA-GC-WBAX210</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE6500 WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE6500</t>
   </si>
   <si>
     <t>Безжичен адаптер ASUS PCE-BE92BT WiFi 7 PCI-e две външни антени и Bluetooth 5.4</t>
   </si>
   <si>
     <t>ASUS-PCIE-BE92BT</t>
   </si>
   <si>
     <t>Безжичен Range Extender ASUS RP-AX58 AX3000</t>
   </si>
   <si>
     <t>ASUS-RP-AX58</t>
   </si>
@@ -641,451 +644,451 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>10.428</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>10.428</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>10.8</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>11.016</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>12.0</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>12.9</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>13.08</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>14.724</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>15.648</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>16.5</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
         <v>16.8</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
         <v>18.0</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
         <v>18.0</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
         <v>18.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
         <v>24.228</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
         <v>26.508</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
         <v>28.836</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>30.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>30.168</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>32.064</v>
+        <v>32.256</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>35.1</v>
+        <v>34.416</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>35.28</v>
+        <v>35.1</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>36.084</v>
+        <v>35.28</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>38.4</v>
+        <v>36.3</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>46.128</v>
+        <v>38.4</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>50.616</v>
+        <v>46.128</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>51.06</v>
+        <v>50.616</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>53.448</v>
+        <v>53.772</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
         <v>64.8</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
         <v>81.3</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
         <v>111.972</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 