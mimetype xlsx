--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -34,186 +34,186 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>ACT Захранващ кабел C14-C15, черен, 0.25</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5252</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Удължителен захранващ кабел Estillo, 3 pin, Черен</t>
+  </si>
+  <si>
+    <t>EST-SUN-A676</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Захранващ кабел FSP Group, Шуко, 3pin(IEC C5) женско, 1.8м, Черен</t>
+  </si>
+  <si>
+    <t>FORT-SUN-A675FORT</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Удължителен захранващ кабел Estillo, 3 pin, Черен</t>
-[...13 lines deleted...]
-  <si>
     <t>ACT Захранващ кабел C14-C15, черен, 0.50м</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5218</t>
   </si>
   <si>
     <t>Estillo Захранващ кабел,0.75мм2, VDE тест, 1.8м, черен, булк опаковкан</t>
   </si>
   <si>
     <t>EST-POWER-CABLE</t>
   </si>
   <si>
     <t>Захранващ кабел, Euro-plug, 2pin, 0.75м, 200731</t>
   </si>
   <si>
     <t>HAMA-200731</t>
   </si>
   <si>
     <t>Захранващ кабел, HAMA, Euro-plug, 223273</t>
   </si>
   <si>
     <t>HAMA-223273</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA 200732, Euro-plug, 2pin(IEC C7) женско, 1.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200732</t>
   </si>
   <si>
     <t>Захранващ кабел за компютър HAMA, Шуко, 3pin женско, 1.5 m, Черен, Bulk</t>
   </si>
   <si>
     <t>HAMA-29934</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA Euro Plug, 2-Pin(IEC C7) женско, 2.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200733</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Захранващ кабел HAMA, Мики Маус, Шуко</t>
   </si>
   <si>
     <t>HAMA-200735</t>
   </si>
   <si>
+    <t>Захранващ кабел ACT, C14 - C15, 2m, Червен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5308</t>
+  </si>
+  <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Син</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5309</t>
   </si>
   <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Зелен</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5310</t>
   </si>
   <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Жълт</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5311</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA Шуко, 3pin(IEC C5) женско, 2.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-200736</t>
   </si>
   <si>
-    <t>Захранващ кабел ACT, C14 - C15, 2m, Червен</t>
-[...4 lines deleted...]
-  <si>
     <t>Захранващ кабел HAMA, под ъгъл 90°, 221102</t>
   </si>
   <si>
     <t>HAMA-221102</t>
   </si>
   <si>
     <t>Универсален захранващ кабел HAMA, Шуко, 3pin(IEC C13 женско, 2.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200738</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 3 m, Бял</t>
   </si>
   <si>
     <t>HAMA-47865</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 5 m, Бял</t>
   </si>
   <si>
     <t>HAMA-47866</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 5.0 m, Черен</t>
   </si>
   <si>
     <t>HAMA-47870</t>
   </si>
   <si>
     <t>Захранващ кабел STARLINK acc. Mini DC Power Cable (15m)</t>
   </si>
   <si>
     <t>STARLINK-CABLE-MINIDC-15M</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Захранващ кабел STARLINK acc. Mini DC Power Cable (30m)</t>
   </si>
   <si>
     <t>STARLINK-CABLE-MINIDC-30M</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -590,331 +590,331 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>5.4</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>5.772</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>6.108</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>6.876</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>7.74</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>8.016</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>8.292</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>9.66</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>10.464</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C12">
         <v>10.956</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C13">
         <v>14.688</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14">
         <v>14.688</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15">
         <v>14.688</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>14.964</v>
+        <v>14.688</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>17.832</v>
+        <v>15.312</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C18">
         <v>18.144</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>18.672</v>
+        <v>18.3</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>20.208</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>20.988</v>
+        <v>20.688</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>21.204</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>118.992</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>142.8</v>
       </c>
       <c r="D24" t="s">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D25"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>