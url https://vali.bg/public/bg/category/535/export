--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -14,134 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$25</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>ACT Захранващ кабел C14-C15, черен, 0.25</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5252</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Удължителен захранващ кабел Estillo, 3 pin, Черен</t>
+  </si>
+  <si>
+    <t>EST-SUN-A676</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Захранващ кабел FSP Group, Шуко, 3pin(IEC C5) женско, 1.8м, Черен</t>
+  </si>
+  <si>
+    <t>FORT-SUN-A675FORT</t>
+  </si>
+  <si>
+    <t>ACT Захранващ кабел C14-C15, черен, 0.50м</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5218</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Удължителен захранващ кабел Estillo, 3 pin, Черен</t>
-[...22 lines deleted...]
-  <si>
     <t>Estillo Захранващ кабел,0.75мм2, VDE тест, 1.8м, черен, булк опаковкан</t>
   </si>
   <si>
     <t>EST-POWER-CABLE</t>
   </si>
   <si>
     <t>Захранващ кабел, Euro-plug, 2pin, 0.75м, 200731</t>
   </si>
   <si>
     <t>HAMA-200731</t>
   </si>
   <si>
     <t>Захранващ кабел, HAMA, Euro-plug, 223273</t>
   </si>
   <si>
     <t>HAMA-223273</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA 200732, Euro-plug, 2pin(IEC C7) женско, 1.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200732</t>
   </si>
   <si>
     <t>Захранващ кабел за компютър HAMA, Шуко, 3pin женско, 1.5 m, Черен, Bulk</t>
   </si>
   <si>
     <t>HAMA-29934</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA Euro Plug, 2-Pin(IEC C7) женско, 2.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200733</t>
-  </si>
-[...1 lines deleted...]
-    <t>на път</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA, Мики Маус, Шуко</t>
   </si>
   <si>
     <t>HAMA-200735</t>
   </si>
   <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Червен</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5308</t>
   </si>
   <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Син</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5309</t>
   </si>
   <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Зелен</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5310</t>
   </si>
@@ -590,331 +587,331 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>5.4</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>5.772</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>6.108</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>6.876</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>7.74</v>
+        <v>7.404</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>8.016</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>8.292</v>
+        <v>8.652</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>9.66</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>10.464</v>
+        <v>10.392</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>10.956</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>14.688</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C14">
         <v>14.688</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>14.688</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>14.688</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>15.312</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>18.144</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>18.3</v>
+        <v>18.468</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>20.208</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>20.688</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>21.204</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23">
         <v>118.992</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C24">
         <v>142.8</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D25"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>