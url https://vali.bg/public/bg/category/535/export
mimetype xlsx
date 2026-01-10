--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -43,78 +43,78 @@
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>ACT Захранващ кабел C14-C15, черен, 0.25</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5252</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел Estillo, 3 pin, Черен</t>
   </si>
   <si>
     <t>EST-SUN-A676</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Захранващ кабел FSP Group, Шуко, 3pin(IEC C5) женско, 1.8м, Черен</t>
+  </si>
+  <si>
+    <t>FORT-SUN-A675FORT</t>
+  </si>
+  <si>
+    <t>ACT Захранващ кабел C14-C15, черен, 0.50м</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5218</t>
+  </si>
+  <si>
+    <t>Estillo Захранващ кабел,0.75мм2, VDE тест, 1.8м, черен, булк опаковкан</t>
+  </si>
+  <si>
+    <t>EST-POWER-CABLE</t>
+  </si>
+  <si>
+    <t>Захранващ кабел, Euro-plug, 2pin, 0.75м, 200731</t>
+  </si>
+  <si>
+    <t>HAMA-200731</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
-  </si>
-[...25 lines deleted...]
-    <t>HAMA-200731</t>
   </si>
   <si>
     <t>Захранващ кабел, HAMA, Euro-plug, 223273</t>
   </si>
   <si>
     <t>HAMA-223273</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA 200732, Euro-plug, 2pin(IEC C7) женско, 1.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200732</t>
   </si>
   <si>
     <t>Захранващ кабел за компютър HAMA, Шуко, 3pin женско, 1.5 m, Черен, Bulk</t>
   </si>
   <si>
     <t>HAMA-29934</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA Euro Plug, 2-Pin(IEC C7) женско, 2.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200733</t>
   </si>
@@ -530,388 +530,388 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>5.352</v>
+        <v>2.736</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.4</v>
+        <v>2.76</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>5.772</v>
+        <v>2.952</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>6.108</v>
+        <v>3.12</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>6.876</v>
+        <v>3.516</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7">
+        <v>3.78</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>8.016</v>
+        <v>4.104</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>8.652</v>
+        <v>4.428</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>9.66</v>
+        <v>4.944</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>10.392</v>
+        <v>5.316</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>10.956</v>
+        <v>5.604</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>14.688</v>
+        <v>7.512</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>14.688</v>
+        <v>7.512</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>14.688</v>
+        <v>7.512</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>14.688</v>
+        <v>7.512</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>15.312</v>
+        <v>7.824</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>18.144</v>
+        <v>9.276</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>18.468</v>
+        <v>9.444</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>20.208</v>
+        <v>10.332</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>20.688</v>
+        <v>10.572</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>21.204</v>
+        <v>10.848</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>142.8</v>
+        <v>73.008</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D25"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>