--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -14,179 +14,182 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$25</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>ACT Захранващ кабел C14-C15, черен, 0.25</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5252</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Захранващ кабел FSP Group, Шуко, 3pin(IEC C5) женско, 1.8м, Черен</t>
+  </si>
+  <si>
+    <t>FORT-SUN-A675FORT</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
+    <t>ACT Захранващ кабел C14-C15, черен, 0.50м</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5218</t>
+  </si>
+  <si>
     <t>Удължителен захранващ кабел Estillo, 3 pin, Черен</t>
   </si>
   <si>
     <t>EST-SUN-A676</t>
   </si>
   <si>
+    <t>Estillo Захранващ кабел,0.75мм2, VDE тест, 1.8м, черен, булк опаковкан</t>
+  </si>
+  <si>
+    <t>EST-POWER-CABLE</t>
+  </si>
+  <si>
+    <t>Захранващ кабел, Euro-plug, 2pin, 0.75м, 200731</t>
+  </si>
+  <si>
+    <t>HAMA-200731</t>
+  </si>
+  <si>
+    <t>Захранващ кабел, HAMA, Euro-plug, 223273</t>
+  </si>
+  <si>
+    <t>HAMA-223273</t>
+  </si>
+  <si>
+    <t>Захранващ кабел HAMA 200732, Euro-plug, 2pin(IEC C7) женско, 1.5 m, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200732</t>
+  </si>
+  <si>
+    <t>Захранващ кабел за компютър HAMA, Шуко, 3pin женско, 1.5 m, Черен, Bulk</t>
+  </si>
+  <si>
+    <t>HAMA-29934</t>
+  </si>
+  <si>
+    <t>Захранващ кабел HAMA Euro Plug, 2-Pin(IEC C7) женско, 2.5 m, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200733</t>
+  </si>
+  <si>
+    <t>Захранващ кабел HAMA, Мики Маус, Шуко</t>
+  </si>
+  <si>
+    <t>HAMA-200735</t>
+  </si>
+  <si>
+    <t>Захранващ кабел ACT, C14 - C15, 2m, Червен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5308</t>
+  </si>
+  <si>
+    <t>Захранващ кабел ACT, C14 - C15, 2m, Син</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5309</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Захранващ кабел FSP Group, Шуко, 3pin(IEC C5) женско, 1.8м, Черен</t>
-[...67 lines deleted...]
-  <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Зелен</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5310</t>
   </si>
   <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Жълт</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5311</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA Шуко, 3pin(IEC C5) женско, 2.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-200736</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA, под ъгъл 90°, 221102</t>
   </si>
   <si>
     <t>HAMA-221102</t>
   </si>
   <si>
     <t>Универсален захранващ кабел HAMA, Шуко, 3pin(IEC C13 женско, 2.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200738</t>
+  </si>
+  <si>
+    <t>на път</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 3 m, Бял</t>
   </si>
   <si>
     <t>HAMA-47865</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 5 m, Бял</t>
   </si>
   <si>
     <t>HAMA-47866</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 5.0 m, Черен</t>
   </si>
   <si>
     <t>HAMA-47870</t>
   </si>
   <si>
     <t>Захранващ кабел STARLINK acc. Mini DC Power Cable (15m)</t>
   </si>
   <si>
     <t>STARLINK-CABLE-MINIDC-15M</t>
   </si>
@@ -570,348 +573,348 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>2.736</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>2.76</v>
+        <v>2.82</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>2.952</v>
+        <v>3.12</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>3.12</v>
+        <v>3.48</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>3.516</v>
+        <v>3.732</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>3.78</v>
+        <v>3.924</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>4.104</v>
+        <v>4.08</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>4.428</v>
+        <v>4.356</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>4.944</v>
+        <v>4.968</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>5.316</v>
+        <v>5.232</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>5.604</v>
+        <v>5.556</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>7.512</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>7.512</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>7.512</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>7.512</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>7.824</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>9.276</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>9.444</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>10.332</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>10.572</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>10.848</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>60.84</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>73.008</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D25"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>