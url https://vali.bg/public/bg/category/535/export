--- v4 (2026-03-08)
+++ v5 (2026-03-31)
@@ -14,182 +14,179 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$25</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>ACT Захранващ кабел C14-C15, черен, 0.25</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5252</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Захранващ кабел FSP Group, Шуко, 3pin(IEC C5) женско, 1.8м, Черен</t>
+  </si>
+  <si>
+    <t>FORT-SUN-A675FORT</t>
+  </si>
+  <si>
+    <t>ACT Захранващ кабел C14-C15, черен, 0.50м</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5218</t>
+  </si>
+  <si>
+    <t>Удължителен захранващ кабел Estillo, 3 pin, Черен</t>
+  </si>
+  <si>
+    <t>EST-SUN-A676</t>
+  </si>
+  <si>
+    <t>Estillo Захранващ кабел,0.75мм2, VDE тест, 1.8м, черен, булк опаковкан</t>
+  </si>
+  <si>
+    <t>EST-POWER-CABLE</t>
+  </si>
+  <si>
+    <t>Захранващ кабел, Euro-plug, 2pin, 0.75м, 200731</t>
+  </si>
+  <si>
+    <t>HAMA-200731</t>
+  </si>
+  <si>
+    <t>Захранващ кабел, HAMA, Euro-plug, 223273</t>
+  </si>
+  <si>
+    <t>HAMA-223273</t>
+  </si>
+  <si>
+    <t>Захранващ кабел HAMA 200732, Euro-plug, 2pin(IEC C7) женско, 1.5 m, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200732</t>
+  </si>
+  <si>
+    <t>Захранващ кабел за компютър HAMA, Шуко, 3pin женско, 1.5 m, Черен, Bulk</t>
+  </si>
+  <si>
+    <t>HAMA-29934</t>
+  </si>
+  <si>
+    <t>Захранващ кабел HAMA Euro Plug, 2-Pin(IEC C7) женско, 2.5 m, Черен</t>
+  </si>
+  <si>
+    <t>HAMA-200733</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Захранващ кабел HAMA, Мики Маус, Шуко</t>
+  </si>
+  <si>
+    <t>HAMA-200735</t>
+  </si>
+  <si>
+    <t>Захранващ кабел ACT, C14 - C15, 2m, Червен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-CAB-AK5308</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Захранващ кабел FSP Group, Шуко, 3pin(IEC C5) женско, 1.8м, Черен</t>
-[...67 lines deleted...]
-  <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Син</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5309</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Зелен</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5310</t>
   </si>
   <si>
     <t>Захранващ кабел ACT, C14 - C15, 2m, Жълт</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK5311</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA Шуко, 3pin(IEC C5) женско, 2.5м, Черен</t>
   </si>
   <si>
     <t>HAMA-200736</t>
   </si>
   <si>
     <t>Захранващ кабел HAMA, под ъгъл 90°, 221102</t>
   </si>
   <si>
     <t>HAMA-221102</t>
   </si>
   <si>
     <t>Универсален захранващ кабел HAMA, Шуко, 3pin(IEC C13 женско, 2.5 m, Черен</t>
   </si>
   <si>
     <t>HAMA-200738</t>
-  </si>
-[...1 lines deleted...]
-    <t>на път</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 3 m, Бял</t>
   </si>
   <si>
     <t>HAMA-47865</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 5 m, Бял</t>
   </si>
   <si>
     <t>HAMA-47866</t>
   </si>
   <si>
     <t>Удължителен захранващ кабел HAMA Profi, Шуко мъжко, Шуко женско, 5.0 m, Черен</t>
   </si>
   <si>
     <t>HAMA-47870</t>
   </si>
   <si>
     <t>Захранващ кабел STARLINK acc. Mini DC Power Cable (15m)</t>
   </si>
   <si>
     <t>STARLINK-CABLE-MINIDC-15M</t>
   </si>
@@ -576,345 +573,345 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>2.736</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>2.82</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>3.12</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>3.48</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>3.732</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C7">
         <v>3.924</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C8">
         <v>4.08</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C9">
         <v>4.356</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>4.968</v>
+        <v>4.896</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C11">
         <v>5.232</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>5.556</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>7.512</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>7.512</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>7.512</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>7.512</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>7.824</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>9.276</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>9.444</v>
+        <v>9.432</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>10.332</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>10.572</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>10.848</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23">
         <v>60.84</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C24">
         <v>73.008</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D25"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>