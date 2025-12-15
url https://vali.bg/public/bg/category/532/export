--- v0 (2025-10-20)
+++ v1 (2025-12-15)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$268</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$276</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="381">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Батерия за PLC контролер CS-YKS300SL NIMH  2,4V 1500 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-YKS300SL</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Батерия за PLC контролер CS-SMS510SL Siemens  Simatic SL761 Li-MnO2  3V 900 mAh  Cameron Sino</t>
   </si>
   <si>
@@ -286,50 +286,53 @@
   <si>
     <t>Батерия за лаптоп GREEN CELL A41N1424, за Asus GL552 GL552J GL552JX GL552V GL552VW GL552VX ZX50 ZX50J ZX50V, 2200mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A41N1424-AS84</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Dell Inspiron 1525, 1526, 1545, 1546, PP29L, PP41L, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-DELL-1525-DE05</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus Eee-PC 1015 1215 1215N 1215B, 11.1V, 4400mAh, Черен</t>
   </si>
   <si>
     <t>GC-ASUS-AL32-1015-AS20</t>
   </si>
   <si>
     <t>Батерия  за лаптоп HP G32/G42/G62/G72 Presario CQ31/CQ42 CB0W / DB0W 10.8V, 4400mAh, Черен CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HDM4NB</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп GREEN CELL, Samsung N100 N102 N145 N148 N150 N210 Plus  PB2VC6B 10.8V 4400mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-SAMSUNG-PB2VC6B-SA06</t>
   </si>
   <si>
     <t>Батерия  за лаптоп CAMERON SINO  AS10B75 AS10B31 for Acer Aspire 5553 5625G 5745, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>CS-AC4820NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, HP Compaq NX7300 NX7400 8510P 8510W 8710P 8710W / 14,4V 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-NX7400-HP22</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL,  HP EliteBook Folio 9470m 9480m / 14,4V 3500mAh</t>
   </si>
   <si>
     <t>GC-HP-EB9470-HP119</t>
   </si>
   <si>
     <t>Батерия за лаптоп  ASUS X556U X556UV  AS111  C21N1509 7,6V 4650mA GREEN CELL</t>
@@ -592,50 +595,56 @@
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Fujitsu LifeBook AH530/531 FPCBP250, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-FUJITSU-AH530-FS10</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL FPCBP344, Fujitsu LifeBook N532 NH532 MSI A6400 CR640 CX640 MS-16Y1, 14,4V, 4400mA</t>
   </si>
   <si>
     <t>GC-FUJITSU-FPCBP343-MS04</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL AL10A31 AL10B31, за Acer Aspire One D255 D257 D260 D270 722, 4400mAh</t>
   </si>
   <si>
     <t>GC-ACER-AL10A31-AC11</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL 42T4861, за IBM Lenovo ThinkPad X220 X230, 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-X230-LE63</t>
   </si>
   <si>
+    <t>Батерия за лаптоп GREEN CELL, HP Pavilion x360 13-A 13-B, 11.4V, 3400mAh</t>
+  </si>
+  <si>
+    <t>GC-HP-LB6L-HP102</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп GREEN CELL, HP 240, 245, 250, 255, G6, 14.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-HP-HP240-HP142</t>
   </si>
   <si>
     <t>CS-FU3710NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO Thinkpad X220, X230 42T4862 11,1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-IBX220NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп TOSHIBA PA3615U, SATELITE L45, 10.8V, 4400mAh, Черен CAMERON SINO</t>
   </si>
   <si>
     <t>CS-TOL45HB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  Asus N71 K72 K72J K72F K73SV N71 N73 N73S N73SV X73S, 10.8V, 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUK72NB</t>
@@ -859,50 +868,56 @@
   <si>
     <t>Батерия за лаптоп GREEN CELL, Dell Inspiron 13 5370 7370 7373 7380 7386, Dell Vostro 5370  11.4V 2310mAh</t>
   </si>
   <si>
     <t>GC-DELL-F62G0-DE144V2</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Dell Latitude 12 5250 E5250 14 E5450 15 E5550 11 3150 3160 RYXXH  11,1V 2900mAh</t>
   </si>
   <si>
     <t>GC-DELL-E5250-DE117</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL,  Dell Inspiron 15 5576 5577 7557 7559 7566 7567  357F9 11.1V 4200mAh</t>
   </si>
   <si>
     <t>GC-DELL-5576-DE139</t>
   </si>
   <si>
     <t>Батерия за лаптоп Dell Inspiron 15 5576 5577 7557 7559 7566 7567  357F9  11.1V 4200mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-5390-DE143</t>
   </si>
   <si>
+    <t>Батерия за лаптоп  Lenovo ThinkPad T440 T440s T450 T450s T460 T460p T470p T550 T560 W550s X240 X250 X260 X270 L450 L460 L470 10,8V 4400mAh  GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-LENOVO-X240-LE57V2</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп Lenovo G50 G50-30 G50-45 G50-70 G70 G500s G505s Z710, 14.4V, 2200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVG500NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп Sony VAIO PCG-71211M PCG-61211M PCG-71212M VGPBPS22 CS-BPS22NT 11.1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-BPS22NT</t>
   </si>
   <si>
     <t>Батерия  за лаптоп HP OMEN 17; Pavilion 17  HSTNN-DB7KPA06 CS-HPW170NB 11.1V 4400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HPW170NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL ACER ASPIRE S3  AP11D3F GREENCELL  LiPo, 11.1V, 3000mAh</t>
   </si>
   <si>
     <t>GC-ACER-ASPIRE-S3-AC76</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, IBM Lenovo IdeaPad Z710, 14.8V, 2600mAh</t>
@@ -943,50 +958,56 @@
   <si>
     <t>Батерия за лаптоп LENOVO IdeaPad 530S, Yoga 530-14A  L17C4PB0 7,68V 5800mAh LiPo CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVT530NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO IdeaPad C340-14API  L18C4PF3 15.36V 2850mAh LiPo CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVC340NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп Panasonic Toughbook CF-30, CF-31, CF-53  CF-VZSU46   10,65V 8400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-CRF30NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп Panasonic Toughbook CF-29, CF-51, CF-53  CF-VZSU29 LiIon 11,1V 6600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-CRF5NB</t>
   </si>
   <si>
+    <t>Батерия за лаптоп  DELL 33YDH Dell Latitude 5400, 5401, 5410, 5411, 5500, 5501, 5510, 5511, 7591  15,2V  4000mAh GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-DELL-3HWPP-DE166</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп CAMERON SINO, За LENOVO ThinkPad T480s, L17L3P71, 11.58V, 4600mAh</t>
   </si>
   <si>
     <t>CS-LVT480NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп FUJITSU AH532/AH512/AH502/A532  FPCBP331 FMVNBP213 10,8V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-FUA532NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO 45N1144  V580 ThinkPad T440P T540P LVT440NB  11.1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVT440NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO L17C3PG1  Legion Y530 Y730  LVL530NB  11.25V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVL530NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп ASUS G751J  A42NI403 15V 5200mAh CAMERON SINO</t>
@@ -1003,86 +1024,98 @@
   <si>
     <t>Батерия за лаптоп Dell Latitude 5400 5410 5500 5510 Precision 3540 3550 4GVMP 7,4V 8000mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-5400-DE159</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HP 250 G7 G8 255 G7 G8 240 G7 G8 245 G7 G8 470 G7, HP 14 15 17, HP Pavilion 14 15  HT03XL L11119-855  11,55V 3400mAh</t>
   </si>
   <si>
     <t>GC-HP-HP163</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP OMEN 15-AX003NI  TE03XL TPN-Q173 CS-HPP150NB 11,55V 5100mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPP150NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO ThinkPad T460s, T470s  L16M3P73  11.4V 2000mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVT460NB</t>
   </si>
   <si>
+    <t>Батерия за лаптоп Apple MacBook Air 13" A1466 2013/2012/2014  LiPo 7,6V 7150mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1496NB</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп ACER CS-ACS951NB AP11D3F, AP11D4F Aspire S3 LiPo 11,1v 3280mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-ACS951NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп Acer Aspire E14 E15 E5-511 E5-521 E5-551 E5-571 11,1V 4400mAh  CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ACP625NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Lenovo 01AV424 ThinkPad T470 T570 A475 P51S T25  10,8V 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-LE95</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Lenovo ThinkPad E570 E570c E575  LE147  14,4V 2200mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-LE147</t>
   </si>
   <si>
     <t>Батерия  за лаптоп ACER AP16M5J  Aspire 3 A315-21 LIPo 7,7v 4750mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-ACS315NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп CAMERON SINO, За DELL Inspiron 13 5310 V6W33, 15.0V, 3500mAh</t>
   </si>
   <si>
     <t>CS-DEV135NB</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп Acer Aspire Nitro V15 VN7-571G VN7-572G VN7-591G VN7-592G i V17 VN7-791G VN7-792G AC14A8L, 11.4V, 4600mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AVN700NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп LENOVO  L11S6Y01 V580 Y480 V480 Y580 G500 G505 G510 G580 ThinkPad Edge E430 E440 E530, 11.1V, 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVY480HB</t>
   </si>
   <si>
     <t>Батерия за лаптоп ASUS E203 VivoBook E12 C21N1629   CS-AUE203NB 7,6V 4900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUE203NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп ASUS GL702  C41N1541 LiPo 15.2V 4800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUG702NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп ASUS ZenBook 13 UX325EA-AH77  C41N1904 LiPo 15,48 V 4250mAh  CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUZ425NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO L18M4PF4 Xiaoxin Air 14 2019, Ideapad S540-14IWL 15,44V 3150mAh CAMERON SINO</t>
@@ -1121,56 +1154,50 @@
     <t>CS-HUM410SL</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP ZBook 17 G4  AA06XL  LiIon 11,4V 8300mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPZ174NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  CAMERON SINO AS15B3N, за Acer Predator 15 G9-591, G9-592, G9-593, 17, G9-791, G9-792, G9-793, 17X, GX-791, GX-792, 21X, 14.4V, 5800mAh</t>
   </si>
   <si>
     <t>CS-ACP159NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп FUJITSU LifeBook A3510  FPCBP331 FMVNBP213 10,8V 4050mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-FUA550NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп ASUS ZenBook Pro 15 UX550GD  C41N1728 LiPo 15,4 V 4400mAh  CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUZ580NB</t>
-  </si>
-[...4 lines deleted...]
-    <t>CS-DEM552NB</t>
   </si>
   <si>
     <t>CS-DEM174NB</t>
   </si>
   <si>
     <t>CS-MSL760NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп FUJITSU CS-FUT935NB LifeBook T935 U745 FMVNBP232 LiIon 14,4V 3050mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-FUT935NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп HP OMEN 17-W203TX  HSTNN-DB7M PF06XL 11.55V 8200mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HPW171NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп Fujitsu FPCBP536 14,4V 3450mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-FUK938NB</t>
   </si>
@@ -1504,51 +1531,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D268"/>
+  <dimension ref="A1:D276"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1963,93 +1990,93 @@
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
         <v>78.0</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
         <v>78.0</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
         <v>78.0</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
         <v>78.0</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
         <v>78.0</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
         <v>78.0</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
         <v>78.0</v>
@@ -2089,891 +2116,891 @@
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
         <v>78.0</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
         <v>78.0</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
         <v>78.0</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
         <v>78.0</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44">
         <v>78.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45">
         <v>78.0</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46">
         <v>78.0</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47">
         <v>78.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48">
         <v>78.0</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49">
         <v>84.0</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50">
         <v>84.0</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
         <v>84.0</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
         <v>84.0</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
         <v>84.0</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54">
         <v>84.0</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55">
         <v>84.0</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56">
         <v>84.0</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57">
         <v>84.0</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58">
         <v>84.0</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59">
         <v>84.0</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60">
         <v>84.0</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61">
         <v>84.0</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62">
         <v>84.0</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63">
         <v>84.0</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64">
         <v>84.0</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65">
         <v>90.0</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66">
         <v>90.0</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C67">
         <v>90.0</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68">
         <v>90.0</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69">
         <v>90.0</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70">
         <v>90.0</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71">
         <v>90.0</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72">
         <v>90.0</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73">
         <v>90.0</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74">
         <v>90.0</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75">
         <v>90.0</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
         <v>90.0</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77">
         <v>90.0</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78">
         <v>90.0</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79">
         <v>90.0</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80">
         <v>90.0</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81">
         <v>90.0</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82">
         <v>90.0</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83">
         <v>90.0</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84">
         <v>90.0</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85">
         <v>90.0</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86">
         <v>90.0</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87">
         <v>90.0</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88">
         <v>90.0</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89">
         <v>90.0</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90">
         <v>90.0</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91">
         <v>90.0</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92">
         <v>90.0</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93">
         <v>90.0</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94">
         <v>90.0</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95">
         <v>90.0</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C96">
         <v>90.0</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B97" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C97">
         <v>90.0</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C98">
         <v>90.0</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C99">
         <v>90.0</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C100">
         <v>90.0</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B101" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C101">
         <v>90.0</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>39.6</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
         <v>39.6</v>
@@ -3041,1339 +3068,1339 @@
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>28</v>
       </c>
       <c r="B108" t="s">
         <v>29</v>
       </c>
       <c r="C108">
         <v>72.0</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>88</v>
       </c>
       <c r="B109" t="s">
         <v>89</v>
       </c>
       <c r="C109">
         <v>78.0</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B110" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C110">
         <v>78.0</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B111" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C111">
         <v>78.0</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B112" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C112">
         <v>78.0</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B113" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C113">
         <v>78.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B114" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C114">
         <v>78.0</v>
       </c>
       <c r="D114" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B115" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C115">
         <v>84.0</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B116" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C116">
         <v>84.0</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B117" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C117">
         <v>90.0</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B118" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C118">
         <v>90.0</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B119" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C119">
         <v>90.0</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B120" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C120">
         <v>90.0</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B121" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C121">
         <v>90.0</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B122" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C122">
         <v>90.0</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B123" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C123">
-        <v>96.0</v>
+        <v>90.0</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B124" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C124">
         <v>96.0</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B125" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C125">
         <v>96.0</v>
       </c>
       <c r="D125" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B126" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C126">
         <v>96.0</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B127" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C127">
         <v>96.0</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B128" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C128">
         <v>96.0</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B129" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C129">
         <v>96.0</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B130" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C130">
         <v>96.0</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B131" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C131">
-        <v>102.0</v>
+        <v>96.0</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B132" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C132">
         <v>102.0</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B133" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C133">
         <v>102.0</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B134" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C134">
         <v>102.0</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B135" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C135">
         <v>102.0</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B136" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C136">
         <v>102.0</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B137" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C137">
         <v>102.0</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B138" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C138">
         <v>102.0</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B139" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C139">
         <v>102.0</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B140" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C140">
         <v>102.0</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B141" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C141">
         <v>102.0</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B142" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C142">
         <v>102.0</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B143" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C143">
         <v>102.0</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B144" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C144">
         <v>102.0</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B145" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C145">
-        <v>108.0</v>
+        <v>102.0</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B146" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C146">
         <v>108.0</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B147" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C147">
         <v>108.0</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B148" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C148">
         <v>108.0</v>
       </c>
       <c r="D148" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B149" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C149">
         <v>108.0</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B150" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C150">
         <v>108.0</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B151" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C151">
         <v>108.0</v>
       </c>
       <c r="D151" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B152" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C152">
         <v>108.0</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B153" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C153">
         <v>108.0</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B154" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C154">
         <v>108.0</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B155" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C155">
-        <v>114.0</v>
+        <v>108.0</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B156" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C156">
-        <v>114.0</v>
+        <v>108.0</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B157" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C157">
         <v>114.0</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B158" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C158">
         <v>114.0</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B159" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C159">
         <v>114.0</v>
       </c>
       <c r="D159" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B160" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C160">
         <v>114.0</v>
       </c>
       <c r="D160" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B161" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C161">
         <v>114.0</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B162" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C162">
         <v>114.0</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B163" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C163">
         <v>114.0</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B164" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C164">
         <v>114.0</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B165" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C165">
         <v>114.0</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B166" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C166">
         <v>114.0</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B167" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C167">
-        <v>120.0</v>
+        <v>114.0</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B168" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C168">
-        <v>120.0</v>
+        <v>114.0</v>
       </c>
       <c r="D168" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B169" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C169">
-        <v>126.0</v>
+        <v>120.0</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B170" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C170">
-        <v>126.0</v>
+        <v>120.0</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B171" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C171">
-        <v>126.0</v>
+        <v>120.0</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B172" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C172">
         <v>126.0</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B173" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C173">
         <v>126.0</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B174" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C174">
-        <v>132.0</v>
+        <v>126.0</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B175" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C175">
-        <v>132.0</v>
+        <v>126.0</v>
       </c>
       <c r="D175" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B176" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C176">
-        <v>132.0</v>
+        <v>126.0</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B177" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C177">
         <v>132.0</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B178" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C178">
         <v>132.0</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B179" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C179">
-        <v>138.0</v>
+        <v>132.0</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B180" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C180">
-        <v>138.0</v>
+        <v>132.0</v>
       </c>
       <c r="D180" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B181" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C181">
-        <v>138.0</v>
+        <v>132.0</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B182" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C182">
-        <v>138.0</v>
+        <v>132.0</v>
       </c>
       <c r="D182" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B183" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C183">
         <v>138.0</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B184" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C184">
-        <v>141.6</v>
+        <v>138.0</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B185" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C185">
-        <v>150.0</v>
+        <v>138.0</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B186" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C186">
-        <v>150.0</v>
+        <v>138.0</v>
       </c>
       <c r="D186" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B187" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C187">
-        <v>150.0</v>
+        <v>138.0</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B188" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C188">
-        <v>150.0</v>
+        <v>141.6</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B189" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C189">
-        <v>150.0</v>
+        <v>144.0</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B190" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C190">
         <v>150.0</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B191" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C191">
         <v>150.0</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B192" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C192">
-        <v>156.0</v>
+        <v>150.0</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B193" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C193">
-        <v>156.0</v>
+        <v>150.0</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B194" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C194">
-        <v>156.0</v>
+        <v>150.0</v>
       </c>
       <c r="D194" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B195" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C195">
-        <v>156.0</v>
+        <v>150.0</v>
       </c>
       <c r="D195" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B196" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C196">
-        <v>162.0</v>
+        <v>150.0</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B197" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C197">
-        <v>168.0</v>
+        <v>156.0</v>
       </c>
       <c r="D197" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B198" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C198">
-        <v>168.0</v>
+        <v>156.0</v>
       </c>
       <c r="D198" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B199" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C199">
-        <v>174.0</v>
+        <v>156.0</v>
       </c>
       <c r="D199" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B200" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C200">
-        <v>174.0</v>
+        <v>156.0</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B201" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="C201">
-        <v>174.0</v>
+        <v>162.0</v>
       </c>
       <c r="D201" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>7</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202">
         <v>39.6</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>14</v>
       </c>
       <c r="B203" t="s">
         <v>15</v>
       </c>
       <c r="C203">
         <v>54.0</v>
@@ -4404,904 +4431,1016 @@
         <v>25</v>
       </c>
       <c r="C205">
         <v>60.0</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>28</v>
       </c>
       <c r="B206" t="s">
         <v>29</v>
       </c>
       <c r="C206">
         <v>72.0</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B207" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C207">
         <v>78.0</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B208" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C208">
         <v>78.0</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B209" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C209">
         <v>78.0</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B210" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C210">
         <v>78.0</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B211" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C211">
         <v>78.0</v>
       </c>
       <c r="D211" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B212" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C212">
         <v>84.0</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B213" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C213">
         <v>90.0</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B214" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C214">
         <v>90.0</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B215" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C215">
         <v>90.0</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B216" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C216">
         <v>96.0</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B217" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C217">
         <v>96.0</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B218" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C218">
         <v>96.0</v>
       </c>
       <c r="D218" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B219" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C219">
         <v>96.0</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B220" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C220">
         <v>96.0</v>
       </c>
       <c r="D220" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B221" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C221">
         <v>96.0</v>
       </c>
       <c r="D221" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B222" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C222">
         <v>96.0</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B223" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C223">
         <v>102.0</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B224" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C224">
         <v>102.0</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B225" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C225">
         <v>102.0</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B226" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C226">
         <v>102.0</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B227" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="C227">
         <v>102.0</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B228" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C228">
         <v>102.0</v>
       </c>
       <c r="D228" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B229" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C229">
         <v>108.0</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B230" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C230">
         <v>108.0</v>
       </c>
       <c r="D230" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B231" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C231">
         <v>108.0</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B232" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C232">
         <v>108.0</v>
       </c>
       <c r="D232" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B233" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C233">
         <v>108.0</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B234" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C234">
         <v>108.0</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B235" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C235">
         <v>108.0</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B236" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C236">
         <v>108.0</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B237" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="C237">
-        <v>114.0</v>
+        <v>108.0</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
+        <v>290</v>
+      </c>
+      <c r="B238" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="C238">
         <v>114.0</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
+        <v>292</v>
+      </c>
+      <c r="B239" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="C239">
         <v>114.0</v>
       </c>
       <c r="D239" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
+        <v>294</v>
+      </c>
+      <c r="B240" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C240">
         <v>114.0</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
+        <v>296</v>
+      </c>
+      <c r="B241" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C241">
         <v>114.0</v>
       </c>
       <c r="D241" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
+        <v>298</v>
+      </c>
+      <c r="B242" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="C242">
         <v>114.0</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
+        <v>300</v>
+      </c>
+      <c r="B243" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="C243">
         <v>114.0</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
+        <v>302</v>
+      </c>
+      <c r="B244" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="C244">
         <v>114.0</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
+        <v>304</v>
+      </c>
+      <c r="B245" t="s">
         <v>305</v>
       </c>
-      <c r="B245" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C245">
-        <v>120.0</v>
+        <v>114.0</v>
       </c>
       <c r="D245" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
+        <v>306</v>
+      </c>
+      <c r="B246" t="s">
         <v>307</v>
       </c>
-      <c r="B246" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C246">
-        <v>120.0</v>
+        <v>114.0</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>90</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="B247" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="C247">
-        <v>126.0</v>
+        <v>114.0</v>
       </c>
       <c r="D247" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="B248" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="C248">
-        <v>132.0</v>
+        <v>120.0</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="B249" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="C249">
-        <v>132.0</v>
+        <v>120.0</v>
       </c>
       <c r="D249" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="B250" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="C250">
-        <v>132.0</v>
+        <v>120.0</v>
       </c>
       <c r="D250" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="B251" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="C251">
-        <v>132.0</v>
+        <v>126.0</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="B252" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="C252">
-        <v>138.0</v>
+        <v>132.0</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="B253" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="C253">
-        <v>138.0</v>
+        <v>132.0</v>
       </c>
       <c r="D253" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="B254" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="C254">
-        <v>138.0</v>
+        <v>132.0</v>
       </c>
       <c r="D254" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="B255" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
       <c r="C255">
-        <v>150.0</v>
+        <v>132.0</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="B256" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="C256">
-        <v>150.0</v>
+        <v>132.0</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="B257" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="C257">
-        <v>150.0</v>
+        <v>138.0</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="B258" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="C258">
-        <v>150.0</v>
+        <v>138.0</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="B259" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="C259">
-        <v>150.0</v>
+        <v>138.0</v>
       </c>
       <c r="D259" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>359</v>
+        <v>346</v>
       </c>
       <c r="B260" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="C260">
-        <v>156.0</v>
+        <v>138.0</v>
       </c>
       <c r="D260" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B261" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C261">
-        <v>156.0</v>
+        <v>150.0</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B262" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="C262">
-        <v>168.0</v>
+        <v>150.0</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B263" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C263">
-        <v>168.0</v>
+        <v>150.0</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="B264" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="C264">
-        <v>180.0</v>
+        <v>150.0</v>
       </c>
       <c r="D264" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="B265" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
       <c r="C265">
-        <v>198.0</v>
+        <v>150.0</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="B266" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C266">
-        <v>222.0</v>
+        <v>156.0</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
+        <v>372</v>
+      </c>
+      <c r="B267" t="s">
+        <v>373</v>
+      </c>
+      <c r="C267">
+        <v>156.0</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>376</v>
+      </c>
+      <c r="B268" t="s">
+        <v>377</v>
+      </c>
+      <c r="C268">
+        <v>168.0</v>
+      </c>
+      <c r="D268" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>378</v>
+      </c>
+      <c r="B269" t="s">
         <v>379</v>
       </c>
-      <c r="B267" t="s">
+      <c r="C269">
+        <v>168.0</v>
+      </c>
+      <c r="D269" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
         <v>380</v>
       </c>
-      <c r="C267">
+      <c r="B270" t="s">
+        <v>380</v>
+      </c>
+      <c r="C270">
+        <v>174.0</v>
+      </c>
+      <c r="D270" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>381</v>
+      </c>
+      <c r="B271" t="s">
+        <v>381</v>
+      </c>
+      <c r="C271">
+        <v>174.0</v>
+      </c>
+      <c r="D271" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>382</v>
+      </c>
+      <c r="B272" t="s">
+        <v>383</v>
+      </c>
+      <c r="C272">
+        <v>180.0</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>384</v>
+      </c>
+      <c r="B273" t="s">
+        <v>385</v>
+      </c>
+      <c r="C273">
+        <v>198.0</v>
+      </c>
+      <c r="D273" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>386</v>
+      </c>
+      <c r="B274" t="s">
+        <v>387</v>
+      </c>
+      <c r="C274">
+        <v>222.0</v>
+      </c>
+      <c r="D274" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>388</v>
+      </c>
+      <c r="B275" t="s">
+        <v>389</v>
+      </c>
+      <c r="C275">
         <v>300.0</v>
       </c>
-      <c r="D267" t="s">
-        <v>6</v>
+      <c r="D275" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D268"/>
+  <autoFilter ref="A1:D276"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>