--- v1 (2025-12-15)
+++ v2 (2026-01-10)
@@ -7,149 +7,143 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$276</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$346</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>Батерия за PLC контролер CS-YKS300SL NIMH  2,4V 1500 mAh  Cameron Sino</t>
-[...2 lines deleted...]
-    <t>CS-YKS300SL</t>
+    <t>Батерия за PLC контролер CS-SMS510SL Siemens  Simatic SL761 Li-MnO2  3V 900 mAh  Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-SMS510SL</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Батерия за PLC контролер CS-SMS510SL Siemens  Simatic SL761 Li-MnO2  3V 900 mAh  Cameron Sino</t>
-[...2 lines deleted...]
-    <t>CS-SMS510SL</t>
+    <t>Батерия за електронна книга AMAZON Kindle 7, Kindle 8 58-000083  3,7V  890mAh LiPo CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ABD063SL</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Батерия  за рутер хотспот HB434666RAW Huawei E5336 E5573 E5577  3,7V  1150mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HUE557SL</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Батерия за електронна книга CAMERON SINO, AMAZON S11S01A KINDLE DX  CS-ABD004SL  3,7V  1100mAh</t>
   </si>
   <si>
     <t>CS-ABD004SL</t>
   </si>
   <si>
     <t>Батерия  за рутер хотспот  ZTE NUBIA WD660 6BT-R600A-0006 / BM600 / ZYXEL  3,7V  1800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-NWD660RC</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, IBM Lenovo ThinkPad X200 X201 X201i 42T4535, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-X200-LE16</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, IBM Lenovo B550 G530 G550 G555 N500 42T2722, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-G430-LE06</t>
   </si>
   <si>
     <t xml:space="preserve">Батерия за лаптоп GREEN CELL, Asus X301, X301A, X401, X501, 11.1V, 4400mAh </t>
   </si>
   <si>
     <t>GC-ASUS-A32-X401-AS49</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Lenovo IdeaPad S500 Flex 14 14D 15 15D / 14,4V 2200mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-S500-LE88</t>
   </si>
   <si>
     <t>Батерия за електронна книга AMAZON S2011-001-S KINDLE 4, 5, 6   CS-ABD006SL  3,7V  750mAh LiPo CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ABD006SL</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite P200 P300 X200 L350 Satego X200 P200 PA3536U, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3536U-TS09</t>
   </si>
   <si>
-    <t>Батерия за таблет CS-ABD101SL за AMAZON KINDLE Fire HD 10.1  3,8V 6200mAh CAMERON SINO</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, HP G32/G42/G62/G72 Presario CQ31/CQ42 CB0W / DB0W 10.8V, 4400mAh, Черен</t>
   </si>
   <si>
     <t>GC-HP-HSTNN-DB0W-HP03</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, HP Elitbook 2560p/2570p, 11.1V, 4400mAh, Черен</t>
   </si>
   <si>
     <t>GC-HP-EB2560P-HP61</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Toshiba Satellite A80 A100 A105 M40 M50 Tecra A3 A6 PA3400, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3400U-TS06</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HSTNN-LB72 HSTNN-IB72 for HP HP DV4 DV5 DV6  G50 G60 G61 G70 Compaq Presario CQ60 CQ61 CQ70 CQ71, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB72-HP01</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HP EliteBook 6930 ProBook 6400 6530 6730 6930 Compaq 6730 LB69, 10.8V, 4400mAh</t>
@@ -286,83 +280,98 @@
   <si>
     <t>Батерия за лаптоп GREEN CELL A41N1424, за Asus GL552 GL552J GL552JX GL552V GL552VW GL552VX ZX50 ZX50J ZX50V, 2200mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A41N1424-AS84</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Dell Inspiron 1525, 1526, 1545, 1546, PP29L, PP41L, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-DELL-1525-DE05</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus Eee-PC 1015 1215 1215N 1215B, 11.1V, 4400mAh, Черен</t>
   </si>
   <si>
     <t>GC-ASUS-AL32-1015-AS20</t>
   </si>
   <si>
     <t>Батерия  за лаптоп HP G32/G42/G62/G72 Presario CQ31/CQ42 CB0W / DB0W 10.8V, 4400mAh, Черен CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HDM4NB</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, Samsung N100 N102 N145 N148 N150 N210 Plus  PB2VC6B 10.8V 4400mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-SAMSUNG-PB2VC6B-SA06</t>
   </si>
   <si>
     <t>Батерия  за лаптоп CAMERON SINO  AS10B75 AS10B31 for Acer Aspire 5553 5625G 5745, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>CS-AC4820NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, HP Compaq NX7300 NX7400 8510P 8510W 8710P 8710W / 14,4V 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-NX7400-HP22</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL,  HP EliteBook Folio 9470m 9480m / 14,4V 3500mAh</t>
   </si>
   <si>
     <t>GC-HP-EB9470-HP119</t>
   </si>
   <si>
     <t>Батерия за лаптоп  ASUS X556U X556UV  AS111  C21N1509 7,6V 4650mA GREEN CELL</t>
   </si>
   <si>
     <t>GC-ASUS-AS111</t>
   </si>
   <si>
+    <t>Батерия за лаптоп HP 14-CE1008TX, 15-DA0128NIA, HSTNN-DB8R HT03XL LiPo 11,55V 3550mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG250NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP 250 G4-M9S91EA, Pavilion 14-AC108NE, Pavilion 15-AC013NG, 807611-121 HS04XL LiIon 10,95V 2600mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG244NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP 14-bp002TU, PAVILION 15-CC709TX, Pavilion 15-CC007NT, TF03XL TPN-Q188 LiiON 11.55V  3600 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPC155NB</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite C650 C650D C660 C660D L650D L655 L750 PA3635U PA3817U, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3817U-TS03</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite A200 A300 A500 L200 L300 L500 PA3534U, 10.8V, 4400 mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3534U-TS01</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, TOSHIBA PA5023/PA5024 Satellite C850 C855 C870  L850 L855, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA5024-TS13</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite C50-B C50D-B C55-C C55D-C C70-C C70D-C L50-B L50D-B L50-C L50D-C PA5185U, 14.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA5185-TS38</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite A660 C650 C660 C660D L650 L650D L655 L670 L670D L675 PA3635U PA3634U, 10.8V, 4400mAh</t>
@@ -415,50 +424,56 @@
   <si>
     <t>Батерия за лаптоп GREEN CELL, HP ProBook 430, G1, G2, 14.8V / 14.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-HP-PROBOOK430-HP81</t>
   </si>
   <si>
     <t>Батерия  за лаптоп Toshiba Satellite C650 C650D C660 C660D L650D L655 L750 PA3635U PA3817U, 10.8V, 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-TOL700NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP ProBook 430, G1, G2, HSTNN-IB4L RA04 14.8V / 14.4V, 2200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPG430NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP ProBook 640 G2 645 G2 650 G2 G3 655 G2  11,4V 3400mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-HP-CI03XL-HP184</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп HP Pavilion 15 15-EG0000, Pavilion 15 EG0073CL HSTNN-IB90 LiPo 11.34V  3400mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPN155NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп GREEN CELL, OA04 HSTNN-LB5S / HSTNN-LB5Y for HP 14 15, HP Pavilion 14 15, 14.8V, 2200mAh</t>
   </si>
   <si>
     <t>GC-HP-LB5S-HP80</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, VI04 HSTNN-LB6J for HP Pavilion 14 15 17 and HP Envy 14 15 17, 14.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-HP-LB6J-HP82</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HP ProBook 4330 4430 4530 4535 4540 LB2R, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB2R-HP43</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HS03 807956-001 for HP 14 15 17, HP 240 245 250 255 G4 G5, 11.1V, 2200mAh</t>
   </si>
   <si>
     <t>GC-HP-LB6U-HP89</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HS04 807957-001 for HP 14 15 17, HP 240 245 250 255 G4 G5, 14.8V, 2200mAh</t>
@@ -676,98 +691,224 @@
   <si>
     <t>Батерия  за лаптоп ASUS  A41-X550A  X450 X550  14.4V 2200 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX550NB</t>
   </si>
   <si>
     <t>Батерия за  таблет LENOVO Yoga Tablet 2-1051L L14C3K31  3,75V 9200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVY823NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, HSTNN-LB60 for HP EliteBook 8530p 8530w 8540p 8540w 14,4V 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB60-HP15</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL,  HP Probook 4730s 4740s PR08 633807-001 14,4V 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-4730S-HP41</t>
   </si>
   <si>
+    <t>Батерия за лаптоп HP PROBOOK 430 G6-5PP35EA, PROBOOK 440 G6-5PQ07EA HSTNN-0B1C LipO 11.55V 3800mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG460NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP ProBook 645 G HSTNN-UB7K  LiIon 11,4V 3300 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPR645NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP Envy 17-AE010NC, Envy X360 15-BP008UR HSTNN-UB71 LiIon 11.55V 4400 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPK170NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп ASUS  K430FA VivoBook S14 S430FAEB102T  B31N1732 LiIon 11.55V 3600mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUR430NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO 130-14AST, IdeaPad 320-15AST, Ideapad 320-17IKB L16C2PB1 LiPo 7.5V  3900mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVT320NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп LENOVO YOGA 510-14IKB 80YM, Yoga 510-15ISK, L15C2PB1 LiPo 7.6V  4600 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVG510NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп LENOVO IdeaPad 320S-13IKB, V530s, Yoga 520 12, L17C3P61 LiPo 11.52V 3100 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVY520NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP EliteBook 745 G3, EliteBook 840 G3, EliteBook 850 G3, CS03XL LiPo 11.4V 3400mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPE745NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп   LENOVO IdeaPad MIIX 510 12ISK, Miix 520-12IKB, LH5B10L67278 LiPo  7.68V 4850mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVM510NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп ACER ASPIRE NITRO 5 AN517-51-57NL, Nitro 7 AN715-51-58X1, Predator Helios 300 AP18E7M LiPo 15,4V  3700mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACS314NB</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп  Lenovo ThinkPad T420s T420si T430s 42T4846, 11.1V, 3600mA CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVT420NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP ProBook 430 G4 , 440 G4, 450 G4  HSTNN-I74C 11,4V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPG450NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP Business NX9000 LiIon 14,8V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-CP2100</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL,  HP ZBook 15 G1 15 G2 17 G1 17 G2   AR08 AR08X   14,4V  4400mAh</t>
   </si>
   <si>
     <t>GC-HP-HP113</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, Lenovo L15C2PB3 L15L2PB4 L15M2PB3 L15S2TB0 for Lenovo Ideapad 310-15 IAP 310-15IKB 310-15ISK 510-15IKB 510-15ISK 7,6V 3500mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-LE118</t>
   </si>
   <si>
     <t>Батерия  за лаптоп Dell Inspiron 15 N5010 15R N5010 N5010 N5110 14R N5110 3550 Vostro 3550 J1KND 11.1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DE4010NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Lenovo ThinkPad T470 T480 T570 T580 T25 01AV422 01AV490 LiPo 11,4V 1950mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-LENOVO-LE169</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  Dell Inspiron13MF Pro-D1508TS, Inspiron 14 5485, Vostro 15 5581, 01VX1H 11,4V 3400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DER340NB</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп DELL Latitude 5420, Latitude 5520  005R42, WY9DX LiPo 11.4V 3350mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL520NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP GAMING PAVILION 15-DK0009NG, Pavilion Gaming 16-A0006NM, HSTNN-DB9G PG03XL LipO 11.55V 4500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG150NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP ELITEBOOK 840 G5 932823-171, HSN-112C  LiIon 11,55V 4250mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPZ140NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO ThinkPad T460s(, ThinkPad T470s 00HW023 LiPo 11.4V  2000mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVT461NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP ELITEBOOK 745 G2-V3Z20LP, ELITEBOOK 840 G1-F8D98UP, EliteBook 850 G2-M2N78US, HSTNN-UB4R  LiPO 11.1V  4500 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPE850NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  ASUS VivoBook Flip 14 TM420IA DB71, VivoBook 14 F413, B31N1911 LiPo 11.55V 3450mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUX421NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  ASUS FX504, TUF Gaming A15 FA506IC-HN075W, TUF Gaming FX505DD-AB71-CA, B31BN91 LiPo 11.4V 4100mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUX504NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL G3 15, G5 15 5587, INS 15PD-1863BL, Latitude 15 3590, 33YDH, W7NKD, LiIon 15.2V  3400mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DE7778NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  ASUS VivoBook 14 X409UA-BV050T, VivoBook 15 F1500EA-BQ2362, C21N1818 LiPo 7.6V 4100mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUX412NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп Dell Latitude E5420 E5520 E6420 E6520 E5420 11.1V 4400mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DE5420NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп CAMERON SINO, IBM Lenovo ThinkPad T410 T420 T510 T520 W510 Edge 14 15 E525, 10.8V, 4400mAh</t>
+  </si>
+  <si>
+    <t>CS-IBT510NB</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп Dell Latitude E4300 E4300N E4310 E4320 E4400 PP13S, 11.1V, 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DE4300NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  Dell Latitude E6220 E6230 E6320 E6320, 11.1V, 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DE6220HB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  Dell Inspiron 14 3451, 15 3555 3558 5551 5552 5555 5558, 17 5755 5758, Vostro 3458 3558, 14.8V, 2600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEV345NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп HP HSTNN-LB7W  for HP 250 G6, HP 255 G6, 14.8V 2400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPN150NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO  L11S6Y01 V580 ThinkPad Edge E430 E440 E530, 11.1V, 4400mAh CAMERON SINO</t>
@@ -808,50 +949,92 @@
   <si>
     <t>Батерия за лаптоп HP Omen 15-AX 15-AX052NW 15-AX204NW 15-AX205NW 15-AX212NW 15-AX213NW Pavilion 15-BC050NW TE04XL 15,4V  2800mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-HP-UB7A-HP180</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HP Envy x360 15-BP 15-BP000 15-BP100 15-CN 17-AE 17-BW  LK03XL  11,55V 3100mAh</t>
   </si>
   <si>
     <t>GC-HP-LK03XL-HP149V2</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Dell Latitude E7270 E7470 J60J5 7,6V 5800mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-E7270-DE135</t>
   </si>
   <si>
     <t>Батерия за лаптоп  DELL Latitude 5280 5290 5480 5490 5491 5495 5580 5590 5591 Precision 3520 3530 93FTF GJKNX 7,6V 6200mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-5280-DE128V2</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп DELL Inspiron 7506, LATITUDE 5400, Precision M3540 49HG8 LiIon  11,4V 4100mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEP354NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Inspiron 7591 2-in-1, Latitude 5400, Latitude 5500, Precision 3550 11.4V 3500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL540NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL CTOL7480-D1506CN, Latitude 12 7000, Latitude 13 7380 LiIon 7.6V 7500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL728NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп TOSHIBA Portege A30-C-113, Satellite Pro A50-C-12C, Tecra A50-C-16L, PA5212U-1BRS LiIon 14.8V 2200 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-TOA500NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  ASUS GL752JW, VivoBook Pro N552VW-FI035T, VivoBook Pro N752VX-GC084T, A41N1501 LiIon 15V 2600mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUL752NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO ThinkPad X1 Carbon 2019, Thinkpad X1 Yoga Gen 5-20ub0000ya, L18C4P71 LiPo 15.36V 3200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVX710NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп  ACER Aspire E5 522-64T9, Aspire F5-571-50RK, TravelMate P257-M-52CA, AL15A32 LiIon 14.8V 2200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACE542NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп ASUS UX310 UX410A B31N1535  CS-AUX410NB 11,1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX410NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп MSI M660; ASUS F3; GIGABYTE W551U CS-AUF3NB 11,1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUF3NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп ASUS Eee PC 901 AL23-901  7,4V 6600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUA9NT</t>
   </si>
   <si>
     <t>Батерия за лаптоп Dell Latitude E5250 E5450 E5550 G5M10 0WYJC2  7,6V 6200mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-E5250-DE102V3</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP Omen 15-ce000ng; Pavilion 15-CE015DX  SR04XL LiPo  15,4V 3500mAh GREEN CELL</t>
@@ -874,50 +1057,98 @@
   <si>
     <t>Батерия за лаптоп GREEN CELL, Dell Latitude 12 5250 E5250 14 E5450 15 E5550 11 3150 3160 RYXXH  11,1V 2900mAh</t>
   </si>
   <si>
     <t>GC-DELL-E5250-DE117</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL,  Dell Inspiron 15 5576 5577 7557 7559 7566 7567  357F9 11.1V 4200mAh</t>
   </si>
   <si>
     <t>GC-DELL-5576-DE139</t>
   </si>
   <si>
     <t>Батерия за лаптоп Dell Inspiron 15 5576 5577 7557 7559 7566 7567  357F9  11.1V 4200mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-5390-DE143</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Lenovo ThinkPad T440 T440s T450 T450s T460 T460p T470p T550 T560 W550s X240 X250 X260 X270 L450 L460 L470 10,8V 4400mAh  GREEN CELL</t>
   </si>
   <si>
     <t>GC-LENOVO-X240-LE57V2</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп DELL Latitude 14 5420, Latitude 15 5520, Precision 15 3560 LiPo  15.2V 4100mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL552NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Latitude 14 5490, Latitude 15 5590, Precision 3520  LiIon 7.6V 8800mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL145NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп ASUS A705QA, VIVOBOOK F705UV-BX186T, VIVOBOOK F705UV-BX186T, B31N1635 LIPo 11,52V 3600 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUX705NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп ASUS VivoBook 14 E410MA-EK007TS, E510MA-BR058T, C31N1912  LiPo 11.55V  3400 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUK144NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп  ACER Aspire 5 A514-52G-59ZN, Aspire 7 A717-71G-51MF, AC14A8K LiPo 15.2V 3000 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACB115NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп MSI GF63 , GF75, GS63, GS73  BTY-M6K  LiPo 11.4V 4500 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-MSF630NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп Medion AKOYA P7639, AKOYA P7641,Akoya E7420, A32-D17  LiIon 14.56V 2600 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-MD7415NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP EliteBook 755 G5, EliteBook 850 G5, ZBook 15U G5, TT03XL LiPo 11.55V 4700mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPE755NB</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп Lenovo G50 G50-30 G50-45 G50-70 G70 G500s G505s Z710, 14.4V, 2200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVG500NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп Sony VAIO PCG-71211M PCG-61211M PCG-71212M VGPBPS22 CS-BPS22NT 11.1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-BPS22NT</t>
   </si>
   <si>
     <t>Батерия  за лаптоп HP OMEN 17; Pavilion 17  HSTNN-DB7KPA06 CS-HPW170NB 11.1V 4400mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-HPW170NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL ACER ASPIRE S3  AP11D3F GREENCELL  LiPo, 11.1V, 3000mAh</t>
   </si>
   <si>
     <t>GC-ACER-ASPIRE-S3-AC76</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, IBM Lenovo IdeaPad Z710, 14.8V, 2600mAh</t>
@@ -946,288 +1177,216 @@
   <si>
     <t>Батерия за лаптоп  DELL Latitude E7440 E7450  34GKR 3RNFD PFXCR  7,2V 4500mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-E7440-DE93</t>
   </si>
   <si>
     <t>Батерия  за лаптоп HP HSTNN-DB6S PK03XL for Spectre Pro X360, 11,4V 4900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPX134NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO IdeaPad 530S, Yoga 530-14A  L17C4PB0 7,68V 5800mAh LiPo CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVT530NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO IdeaPad C340-14API  L18C4PF3 15.36V 2850mAh LiPo CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVC340NB</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп HP ENVY 13-AH0000 HSTNN-IB8K TPN-W133 LIPo 15.4V 3400mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-HPW133NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп  ACER ConceptD 3 CN316-73G-729B, Swift 3 SF313-52-507Z, TravelMate Spin P4, AP18C7M  LiPo 15.4V 3800 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACW514NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп  ACER Aspire 5 A515-41G-18Z3, Nitro 5 AN515-41-F6VS, Swift 3 SF313-51-514S, AC14B7K, LiPO 15.28V  3250 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACS351NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп LENOVO ThinkPad L450, T440, T440s, T450, T460, X240, X250, 45N1125 LiIon 11.1V 4400mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVX440NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Latitude 14 5000, Latitude 15 5000, Latitude 5450, 5250 , 079VRK LiPo 7.4V 6850mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DE1550NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO Thinkpad P51S, Thinkpad T470, Thinkpad T570, 01AV422 LiIon 11.1V 4400mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVP510NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп ASUS BX433FN, ZenBook 14 UX433FA-A5047R, C31N1811 LiPo 11.55V 4250mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUZ433NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп Panasonic Toughbook CF-30, CF-31, CF-53  CF-VZSU46   10,65V 8400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-CRF30NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп Panasonic Toughbook CF-29, CF-51, CF-53  CF-VZSU29 LiIon 11,1V 6600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-CRF5NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  DELL 33YDH Dell Latitude 5400, 5401, 5410, 5411, 5500, 5501, 5510, 5511, 7591  15,2V  4000mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-3HWPP-DE166</t>
   </si>
   <si>
-    <t>Батерия за лаптоп CAMERON SINO, За LENOVO ThinkPad T480s, L17L3P71, 11.58V, 4600mAh</t>
-[...218 lines deleted...]
-    <t>CS-PNF540NB</t>
+    <t>Батерия за лаптоп LENOVO ThinkPad X1 20FBS0L900, ThinkPad X1 Yoga 20FQA04TAU, 00HW028 LiPo 15.2V 3300 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVC100NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп LENOVO YG 720-13IKB 80X6006PAU, Yoga 720-13IKB 80X6001QGE, Yoga 730-13IKB, L16C4PB1 LiPo  7.68V 6000mAh  CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVY723NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO TP X1 20HQS01S00, ThinkPad X1 Carbon 2017-20HR002MGE, 01AV429 LiPo 11.58V 4800mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVX117NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO ThinkPad P43s, ThinkPad T490, L18C3P73 LiPo 11.52V 4250mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVP431NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP Spectre X360 13-AP0000NA, HSTNN-OB1B SP04XL LiPo 15.4V 3850 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HSP004NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп LENOVO ThinkPad X1 Carbon 2019, L18C4P72 LiPo 15.36V 3250mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVX219NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL XPS 13 2018, XPS 13 9370, 0H754V, DXGH8 LiPo 7.6V  6300mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEX937NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP ZBook 17 G5 AM06XL  LiIon 11,55V 8200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPZ175NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Precision 15 7000, Precision 7510, 7520  0FNY7 LiIon 11.1V 7900mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEM771HB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп   LENOVO Yoga 14s, Yoga Slim 7 14ARE05 82A2001JBM, L19C4PF4 LiPo  15.36V 3850mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVY714NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп LENOVO ThinkPad X1 Carbon G9 20XW002DGE, ThinkPad X1 Carbon Gen 10 21CB004QIX, ThinkPad X1 Yoga Gen 6 20XY003BAT, L20C4P71 LiPO, 15.44V  3600 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVX190NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO ThinkPad P52 C00 , 01AV495, L17L6P51 LiIon 11.4V  7800mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVP520NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  Apple MacBook Pro "Core i7" 2.6 15" Touch/Late 2016  LiPo 11.4V 6600mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1820NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  Apple MacBook Pro "Core i5" 2.9 13" Touch/Late 2016 A1819  LiPo 11.4V 4300mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1819NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  Apple MacBook Pro 2.3 GHZ Core I5(I5-8259U) A1989(EMC 3214) A1964, A1989  LiPo 11.4V 5050mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1946NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  ASUS ZenBook 14 UX481F, ZenBook Duo UX481FA, C41N1901 LiPo 15.4V  4500 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUX481NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  ASUS UX534FA, ZenBook 15 UX534FA-A8038R, C42N1839 LiPo 15.4V 4500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUX534NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп FUJITSU LifeBook E448, E5511, T939, U7410, U747, U757, FMVNBP248, FPCBP531 LiPo 14.4V 3450 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-FUE551NB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1531,3916 +1690,4896 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D276"/>
+  <dimension ref="A1:D346"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>39.6</v>
+        <v>20.244</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>39.6</v>
+        <v>21.48</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>58.8</v>
+        <v>30.06</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>58.8</v>
+        <v>30.06</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>58.8</v>
+        <v>30.06</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>58.8</v>
+        <v>30.06</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>60.0</v>
+        <v>30.672</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>66.0</v>
+        <v>33.744</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>72.0</v>
+        <v>39.876</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D43" t="s">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>84.0</v>
+        <v>39.876</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>84.0</v>
+        <v>39.876</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
         <v>185</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C100">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>203</v>
+      </c>
+      <c r="B101" t="s">
         <v>204</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
-        <v>39.6</v>
+        <v>20.244</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
-        <v>39.6</v>
+        <v>21.48</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>12</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>14</v>
       </c>
       <c r="B105" t="s">
         <v>15</v>
       </c>
       <c r="C105">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>22</v>
       </c>
       <c r="B106" t="s">
         <v>23</v>
       </c>
       <c r="C106">
-        <v>58.8</v>
+        <v>30.06</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>24</v>
       </c>
       <c r="B107" t="s">
         <v>25</v>
       </c>
       <c r="C107">
-        <v>60.0</v>
+        <v>30.672</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="B108" t="s">
-        <v>29</v>
+        <v>87</v>
       </c>
       <c r="C108">
-        <v>72.0</v>
+        <v>39.876</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>88</v>
       </c>
       <c r="B109" t="s">
         <v>89</v>
       </c>
       <c r="C109">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D109" t="s">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
+        <v>90</v>
+      </c>
+      <c r="B110" t="s">
         <v>91</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
+        <v>92</v>
+      </c>
+      <c r="B111" t="s">
         <v>93</v>
       </c>
-      <c r="B111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D111" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
+        <v>94</v>
+      </c>
+      <c r="B112" t="s">
         <v>95</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
+        <v>96</v>
+      </c>
+      <c r="B113" t="s">
         <v>97</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
+        <v>98</v>
+      </c>
+      <c r="B114" t="s">
         <v>99</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>129</v>
+        <v>100</v>
       </c>
       <c r="B115" t="s">
-        <v>130</v>
+        <v>101</v>
       </c>
       <c r="C115">
-        <v>84.0</v>
+        <v>39.876</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="B116" t="s">
-        <v>132</v>
+        <v>103</v>
       </c>
       <c r="C116">
-        <v>84.0</v>
+        <v>39.876</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>206</v>
+        <v>130</v>
       </c>
       <c r="B117" t="s">
-        <v>207</v>
+        <v>131</v>
       </c>
       <c r="C117">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D117" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>208</v>
+        <v>132</v>
       </c>
       <c r="B118" t="s">
-        <v>209</v>
+        <v>133</v>
       </c>
       <c r="C118">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>210</v>
+        <v>134</v>
       </c>
       <c r="B119" t="s">
-        <v>211</v>
+        <v>135</v>
       </c>
       <c r="C119">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>212</v>
+        <v>136</v>
       </c>
       <c r="B120" t="s">
-        <v>213</v>
+        <v>137</v>
       </c>
       <c r="C120">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="B121" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="C121">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B122" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="C122">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="B123" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="C123">
-        <v>90.0</v>
+        <v>46.02</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="B124" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="C124">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="B125" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="C125">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B126" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="C126">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="B127" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="C127">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D127" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="B128" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="C128">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="B129" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="C129">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="B130" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="C130">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="B131" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="C131">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
       <c r="B132" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="C132">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="B133" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="C133">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="B134" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C134">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="B135" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="C135">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="B136" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="C136">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="B137" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="C137">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B138" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="C138">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D138" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="B139" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="C139">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="B140" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="C140">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="B141" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C141">
-        <v>102.0</v>
+        <v>49.08</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="B142" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C142">
-        <v>102.0</v>
+        <v>49.08</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="B143" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="C143">
-        <v>102.0</v>
+        <v>49.08</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="B144" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="C144">
-        <v>102.0</v>
+        <v>49.08</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="B145" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="C145">
-        <v>102.0</v>
+        <v>49.08</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="B146" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="C146">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="B147" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="C147">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="B148" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C148">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="B149" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="C149">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="B150" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="C150">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B151" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C151">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D151" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="B152" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="C152">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D152" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="B153" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="C153">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D153" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="B154" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="C154">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="B155" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="C155">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D155" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B156" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="C156">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="B157" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="C157">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D157" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="B158" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="C158">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="B159" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="C159">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D159" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="B160" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="C160">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D160" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="B161" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="C161">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D161" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="B162" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="C162">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="B163" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="C163">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="B164" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C164">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="B165" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="C165">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="B166" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="C166">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D166" t="s">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="B167" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="C167">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D167" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="B168" t="s">
-        <v>309</v>
+        <v>300</v>
       </c>
       <c r="C168">
-        <v>114.0</v>
+        <v>52.152</v>
       </c>
       <c r="D168" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>310</v>
+        <v>301</v>
       </c>
       <c r="B169" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="C169">
-        <v>120.0</v>
+        <v>52.152</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>312</v>
+        <v>303</v>
       </c>
       <c r="B170" t="s">
-        <v>313</v>
+        <v>304</v>
       </c>
       <c r="C170">
-        <v>120.0</v>
+        <v>52.152</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>314</v>
+        <v>305</v>
       </c>
       <c r="B171" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="C171">
-        <v>120.0</v>
+        <v>52.152</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="B172" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="C172">
-        <v>126.0</v>
+        <v>52.152</v>
       </c>
       <c r="D172" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>318</v>
+        <v>309</v>
       </c>
       <c r="B173" t="s">
-        <v>319</v>
+        <v>310</v>
       </c>
       <c r="C173">
-        <v>126.0</v>
+        <v>52.152</v>
       </c>
       <c r="D173" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="B174" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="C174">
-        <v>126.0</v>
+        <v>52.152</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="B175" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="C175">
-        <v>126.0</v>
+        <v>52.152</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="B176" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="C176">
-        <v>126.0</v>
+        <v>52.152</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
       <c r="B177" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="C177">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="B178" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="C178">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="B179" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="C179">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="B180" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="C180">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D180" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="B181" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="C181">
-        <v>132.0</v>
+        <v>55.224</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="B182" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="C182">
-        <v>132.0</v>
+        <v>55.224</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="B183" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="C183">
-        <v>138.0</v>
+        <v>55.224</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="B184" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
       <c r="C184">
-        <v>138.0</v>
+        <v>55.224</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="B185" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="C185">
-        <v>138.0</v>
+        <v>55.224</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="B186" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="C186">
-        <v>138.0</v>
+        <v>55.224</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="B187" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="C187">
-        <v>138.0</v>
+        <v>55.224</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="B188" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="C188">
-        <v>141.6</v>
+        <v>55.224</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="B189" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="C189">
-        <v>144.0</v>
+        <v>55.224</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="B190" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="C190">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B191" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="C191">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="B192" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C192">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="B193" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="C193">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="B194" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="C194">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="B195" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="C195">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="B196" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="C196">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D196" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="B197" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="C197">
-        <v>156.0</v>
+        <v>55.224</v>
       </c>
       <c r="D197" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="B198" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="C198">
-        <v>156.0</v>
+        <v>55.224</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="B199" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="C199">
-        <v>156.0</v>
+        <v>55.224</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="B200" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="C200">
-        <v>156.0</v>
+        <v>58.284</v>
       </c>
       <c r="D200" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
       <c r="B201" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="C201">
-        <v>162.0</v>
+        <v>58.284</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B202" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C202">
-        <v>39.6</v>
+        <v>20.244</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B203" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C203">
-        <v>54.0</v>
+        <v>21.48</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B204" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="C204">
-        <v>58.8</v>
+        <v>27.612</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B205" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C205">
-        <v>60.0</v>
+        <v>30.06</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B206" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C206">
-        <v>72.0</v>
+        <v>30.672</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B207" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C207">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B208" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C208">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D208" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B209" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C209">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B210" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C210">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B211" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C211">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="B212" t="s">
-        <v>132</v>
+        <v>99</v>
       </c>
       <c r="C212">
-        <v>84.0</v>
+        <v>39.876</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>214</v>
+        <v>100</v>
       </c>
       <c r="B213" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="C213">
-        <v>90.0</v>
+        <v>39.876</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>216</v>
+        <v>102</v>
       </c>
       <c r="B214" t="s">
-        <v>217</v>
+        <v>103</v>
       </c>
       <c r="C214">
-        <v>90.0</v>
+        <v>39.876</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>218</v>
+        <v>134</v>
       </c>
       <c r="B215" t="s">
-        <v>219</v>
+        <v>135</v>
       </c>
       <c r="C215">
-        <v>90.0</v>
+        <v>42.948</v>
       </c>
       <c r="D215" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>222</v>
+        <v>136</v>
       </c>
       <c r="B216" t="s">
-        <v>223</v>
+        <v>137</v>
       </c>
       <c r="C216">
-        <v>96.0</v>
+        <v>42.948</v>
       </c>
       <c r="D216" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="B217" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="C217">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D217" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="B218" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="C218">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D218" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="B219" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="C219">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D219" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="C220">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="B221" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="C221">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="B222" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="C222">
-        <v>96.0</v>
+        <v>46.02</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>252</v>
+        <v>225</v>
       </c>
       <c r="B223" t="s">
-        <v>253</v>
+        <v>226</v>
       </c>
       <c r="C223">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>254</v>
+        <v>227</v>
       </c>
       <c r="B224" t="s">
-        <v>255</v>
+        <v>228</v>
       </c>
       <c r="C224">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D224" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>256</v>
+        <v>229</v>
       </c>
       <c r="B225" t="s">
-        <v>257</v>
+        <v>230</v>
       </c>
       <c r="C225">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D225" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>258</v>
+        <v>231</v>
       </c>
       <c r="B226" t="s">
-        <v>259</v>
+        <v>232</v>
       </c>
       <c r="C226">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D226" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>260</v>
+        <v>233</v>
       </c>
       <c r="B227" t="s">
-        <v>261</v>
+        <v>234</v>
       </c>
       <c r="C227">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D227" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>262</v>
+        <v>235</v>
       </c>
       <c r="B228" t="s">
-        <v>263</v>
+        <v>236</v>
       </c>
       <c r="C228">
-        <v>102.0</v>
+        <v>46.02</v>
       </c>
       <c r="D228" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>268</v>
+        <v>237</v>
       </c>
       <c r="B229" t="s">
-        <v>269</v>
+        <v>238</v>
       </c>
       <c r="C229">
-        <v>108.0</v>
+        <v>46.02</v>
       </c>
       <c r="D229" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>270</v>
+        <v>239</v>
       </c>
       <c r="B230" t="s">
-        <v>271</v>
+        <v>240</v>
       </c>
       <c r="C230">
-        <v>108.0</v>
+        <v>46.02</v>
       </c>
       <c r="D230" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>272</v>
+        <v>241</v>
       </c>
       <c r="B231" t="s">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="C231">
-        <v>108.0</v>
+        <v>46.02</v>
       </c>
       <c r="D231" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>274</v>
+        <v>243</v>
       </c>
       <c r="B232" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="C232">
-        <v>108.0</v>
+        <v>46.02</v>
       </c>
       <c r="D232" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
       <c r="B233" t="s">
-        <v>277</v>
+        <v>248</v>
       </c>
       <c r="C233">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D233" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>278</v>
+        <v>249</v>
       </c>
       <c r="B234" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="C234">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D234" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>280</v>
+        <v>251</v>
       </c>
       <c r="B235" t="s">
-        <v>281</v>
+        <v>252</v>
       </c>
       <c r="C235">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D235" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>282</v>
+        <v>253</v>
       </c>
       <c r="B236" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
       <c r="C236">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D236" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>284</v>
+        <v>255</v>
       </c>
       <c r="B237" t="s">
-        <v>285</v>
+        <v>256</v>
       </c>
       <c r="C237">
-        <v>108.0</v>
+        <v>49.08</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>290</v>
+        <v>257</v>
       </c>
       <c r="B238" t="s">
-        <v>291</v>
+        <v>258</v>
       </c>
       <c r="C238">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D238" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>292</v>
+        <v>259</v>
       </c>
       <c r="B239" t="s">
-        <v>293</v>
+        <v>260</v>
       </c>
       <c r="C239">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D239" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>294</v>
+        <v>261</v>
       </c>
       <c r="B240" t="s">
-        <v>295</v>
+        <v>262</v>
       </c>
       <c r="C240">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
       <c r="B241" t="s">
-        <v>297</v>
+        <v>264</v>
       </c>
       <c r="C241">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D241" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>298</v>
+        <v>265</v>
       </c>
       <c r="B242" t="s">
-        <v>299</v>
+        <v>266</v>
       </c>
       <c r="C242">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D242" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>300</v>
+        <v>267</v>
       </c>
       <c r="B243" t="s">
-        <v>301</v>
+        <v>268</v>
       </c>
       <c r="C243">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D243" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>302</v>
+        <v>269</v>
       </c>
       <c r="B244" t="s">
-        <v>303</v>
+        <v>270</v>
       </c>
       <c r="C244">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D244" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>304</v>
+        <v>271</v>
       </c>
       <c r="B245" t="s">
-        <v>305</v>
+        <v>272</v>
       </c>
       <c r="C245">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D245" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>306</v>
+        <v>273</v>
       </c>
       <c r="B246" t="s">
-        <v>307</v>
+        <v>274</v>
       </c>
       <c r="C246">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D246" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>308</v>
+        <v>275</v>
       </c>
       <c r="B247" t="s">
-        <v>309</v>
+        <v>276</v>
       </c>
       <c r="C247">
-        <v>114.0</v>
+        <v>49.08</v>
       </c>
       <c r="D247" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>310</v>
+        <v>277</v>
       </c>
       <c r="B248" t="s">
-        <v>311</v>
+        <v>278</v>
       </c>
       <c r="C248">
-        <v>120.0</v>
+        <v>49.08</v>
       </c>
       <c r="D248" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>312</v>
+        <v>295</v>
       </c>
       <c r="B249" t="s">
-        <v>313</v>
+        <v>296</v>
       </c>
       <c r="C249">
-        <v>120.0</v>
+        <v>52.152</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="B250" t="s">
-        <v>315</v>
+        <v>298</v>
       </c>
       <c r="C250">
-        <v>120.0</v>
+        <v>52.152</v>
       </c>
       <c r="D250" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>324</v>
+        <v>299</v>
       </c>
       <c r="B251" t="s">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="C251">
-        <v>126.0</v>
+        <v>52.152</v>
       </c>
       <c r="D251" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>328</v>
+        <v>301</v>
       </c>
       <c r="B252" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="C252">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D252" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>330</v>
+        <v>303</v>
       </c>
       <c r="B253" t="s">
-        <v>331</v>
+        <v>304</v>
       </c>
       <c r="C253">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D253" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>332</v>
+        <v>305</v>
       </c>
       <c r="B254" t="s">
-        <v>333</v>
+        <v>306</v>
       </c>
       <c r="C254">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D254" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>334</v>
+        <v>307</v>
       </c>
       <c r="B255" t="s">
-        <v>335</v>
+        <v>308</v>
       </c>
       <c r="C255">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D255" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>336</v>
+        <v>309</v>
       </c>
       <c r="B256" t="s">
-        <v>337</v>
+        <v>310</v>
       </c>
       <c r="C256">
-        <v>132.0</v>
+        <v>52.152</v>
       </c>
       <c r="D256" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>340</v>
+        <v>311</v>
       </c>
       <c r="B257" t="s">
-        <v>341</v>
+        <v>312</v>
       </c>
       <c r="C257">
-        <v>138.0</v>
+        <v>52.152</v>
       </c>
       <c r="D257" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>342</v>
+        <v>313</v>
       </c>
       <c r="B258" t="s">
-        <v>343</v>
+        <v>314</v>
       </c>
       <c r="C258">
-        <v>138.0</v>
+        <v>52.152</v>
       </c>
       <c r="D258" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>344</v>
+        <v>315</v>
       </c>
       <c r="B259" t="s">
-        <v>345</v>
+        <v>316</v>
       </c>
       <c r="C259">
-        <v>138.0</v>
+        <v>52.152</v>
       </c>
       <c r="D259" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>346</v>
+        <v>317</v>
       </c>
       <c r="B260" t="s">
-        <v>347</v>
+        <v>318</v>
       </c>
       <c r="C260">
-        <v>138.0</v>
+        <v>52.152</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>356</v>
+        <v>319</v>
       </c>
       <c r="B261" t="s">
-        <v>357</v>
+        <v>320</v>
       </c>
       <c r="C261">
-        <v>150.0</v>
+        <v>52.152</v>
       </c>
       <c r="D261" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>358</v>
+        <v>321</v>
       </c>
       <c r="B262" t="s">
-        <v>359</v>
+        <v>322</v>
       </c>
       <c r="C262">
-        <v>150.0</v>
+        <v>52.152</v>
       </c>
       <c r="D262" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>360</v>
+        <v>323</v>
       </c>
       <c r="B263" t="s">
-        <v>361</v>
+        <v>324</v>
       </c>
       <c r="C263">
-        <v>150.0</v>
+        <v>52.152</v>
       </c>
       <c r="D263" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>362</v>
+        <v>329</v>
       </c>
       <c r="B264" t="s">
-        <v>363</v>
+        <v>330</v>
       </c>
       <c r="C264">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>364</v>
+        <v>331</v>
       </c>
       <c r="B265" t="s">
-        <v>365</v>
+        <v>332</v>
       </c>
       <c r="C265">
-        <v>150.0</v>
+        <v>55.224</v>
       </c>
       <c r="D265" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>370</v>
+        <v>333</v>
       </c>
       <c r="B266" t="s">
-        <v>371</v>
+        <v>334</v>
       </c>
       <c r="C266">
-        <v>156.0</v>
+        <v>55.224</v>
       </c>
       <c r="D266" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>372</v>
+        <v>335</v>
       </c>
       <c r="B267" t="s">
-        <v>373</v>
+        <v>336</v>
       </c>
       <c r="C267">
-        <v>156.0</v>
+        <v>55.224</v>
       </c>
       <c r="D267" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>376</v>
+        <v>337</v>
       </c>
       <c r="B268" t="s">
-        <v>377</v>
+        <v>338</v>
       </c>
       <c r="C268">
-        <v>168.0</v>
+        <v>55.224</v>
       </c>
       <c r="D268" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>378</v>
+        <v>339</v>
       </c>
       <c r="B269" t="s">
-        <v>379</v>
+        <v>340</v>
       </c>
       <c r="C269">
-        <v>168.0</v>
+        <v>55.224</v>
       </c>
       <c r="D269" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>380</v>
+        <v>341</v>
       </c>
       <c r="B270" t="s">
-        <v>380</v>
+        <v>342</v>
       </c>
       <c r="C270">
-        <v>174.0</v>
+        <v>55.224</v>
       </c>
       <c r="D270" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>381</v>
+        <v>343</v>
       </c>
       <c r="B271" t="s">
-        <v>381</v>
+        <v>344</v>
       </c>
       <c r="C271">
-        <v>174.0</v>
+        <v>55.224</v>
       </c>
       <c r="D271" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>382</v>
+        <v>345</v>
       </c>
       <c r="B272" t="s">
-        <v>383</v>
+        <v>346</v>
       </c>
       <c r="C272">
-        <v>180.0</v>
+        <v>55.224</v>
       </c>
       <c r="D272" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>384</v>
+        <v>347</v>
       </c>
       <c r="B273" t="s">
-        <v>385</v>
+        <v>348</v>
       </c>
       <c r="C273">
-        <v>198.0</v>
+        <v>55.224</v>
       </c>
       <c r="D273" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>386</v>
+        <v>349</v>
       </c>
       <c r="B274" t="s">
-        <v>387</v>
+        <v>350</v>
       </c>
       <c r="C274">
-        <v>222.0</v>
+        <v>55.224</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
+        <v>351</v>
+      </c>
+      <c r="B275" t="s">
+        <v>352</v>
+      </c>
+      <c r="C275">
+        <v>55.224</v>
+      </c>
+      <c r="D275" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>353</v>
+      </c>
+      <c r="B276" t="s">
+        <v>354</v>
+      </c>
+      <c r="C276">
+        <v>55.224</v>
+      </c>
+      <c r="D276" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>355</v>
+      </c>
+      <c r="B277" t="s">
+        <v>356</v>
+      </c>
+      <c r="C277">
+        <v>55.224</v>
+      </c>
+      <c r="D277" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>357</v>
+      </c>
+      <c r="B278" t="s">
+        <v>358</v>
+      </c>
+      <c r="C278">
+        <v>55.224</v>
+      </c>
+      <c r="D278" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>359</v>
+      </c>
+      <c r="B279" t="s">
+        <v>360</v>
+      </c>
+      <c r="C279">
+        <v>55.224</v>
+      </c>
+      <c r="D279" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>361</v>
+      </c>
+      <c r="B280" t="s">
+        <v>362</v>
+      </c>
+      <c r="C280">
+        <v>55.224</v>
+      </c>
+      <c r="D280" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>367</v>
+      </c>
+      <c r="B281" t="s">
+        <v>368</v>
+      </c>
+      <c r="C281">
+        <v>58.284</v>
+      </c>
+      <c r="D281" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>369</v>
+      </c>
+      <c r="B282" t="s">
+        <v>370</v>
+      </c>
+      <c r="C282">
+        <v>58.284</v>
+      </c>
+      <c r="D282" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>371</v>
+      </c>
+      <c r="B283" t="s">
+        <v>372</v>
+      </c>
+      <c r="C283">
+        <v>58.284</v>
+      </c>
+      <c r="D283" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>373</v>
+      </c>
+      <c r="B284" t="s">
+        <v>374</v>
+      </c>
+      <c r="C284">
+        <v>58.284</v>
+      </c>
+      <c r="D284" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>375</v>
+      </c>
+      <c r="B285" t="s">
+        <v>376</v>
+      </c>
+      <c r="C285">
+        <v>58.284</v>
+      </c>
+      <c r="D285" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>377</v>
+      </c>
+      <c r="B286" t="s">
+        <v>378</v>
+      </c>
+      <c r="C286">
+        <v>58.284</v>
+      </c>
+      <c r="D286" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>379</v>
+      </c>
+      <c r="B287" t="s">
+        <v>380</v>
+      </c>
+      <c r="C287">
+        <v>58.284</v>
+      </c>
+      <c r="D287" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>381</v>
+      </c>
+      <c r="B288" t="s">
+        <v>382</v>
+      </c>
+      <c r="C288">
+        <v>58.284</v>
+      </c>
+      <c r="D288" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>383</v>
+      </c>
+      <c r="B289" t="s">
+        <v>384</v>
+      </c>
+      <c r="C289">
+        <v>58.284</v>
+      </c>
+      <c r="D289" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>385</v>
+      </c>
+      <c r="B290" t="s">
+        <v>386</v>
+      </c>
+      <c r="C290">
+        <v>58.284</v>
+      </c>
+      <c r="D290" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>387</v>
+      </c>
+      <c r="B291" t="s">
         <v>388</v>
       </c>
-      <c r="B275" t="s">
+      <c r="C291">
+        <v>58.284</v>
+      </c>
+      <c r="D291" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
         <v>389</v>
       </c>
-      <c r="C275">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="B292" t="s">
+        <v>390</v>
+      </c>
+      <c r="C292">
+        <v>58.284</v>
+      </c>
+      <c r="D292" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>391</v>
+      </c>
+      <c r="B293" t="s">
+        <v>392</v>
+      </c>
+      <c r="C293">
+        <v>58.284</v>
+      </c>
+      <c r="D293" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>393</v>
+      </c>
+      <c r="B294" t="s">
+        <v>394</v>
+      </c>
+      <c r="C294">
+        <v>58.284</v>
+      </c>
+      <c r="D294" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>395</v>
+      </c>
+      <c r="B295" t="s">
+        <v>396</v>
+      </c>
+      <c r="C295">
+        <v>58.284</v>
+      </c>
+      <c r="D295" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>397</v>
+      </c>
+      <c r="B296" t="s">
+        <v>398</v>
+      </c>
+      <c r="C296">
+        <v>58.284</v>
+      </c>
+      <c r="D296" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>399</v>
+      </c>
+      <c r="B297" t="s">
+        <v>400</v>
+      </c>
+      <c r="C297">
+        <v>58.284</v>
+      </c>
+      <c r="D297" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>401</v>
+      </c>
+      <c r="B298" t="s">
+        <v>402</v>
+      </c>
+      <c r="C298">
+        <v>61.356</v>
+      </c>
+      <c r="D298" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>403</v>
+      </c>
+      <c r="B299" t="s">
+        <v>404</v>
+      </c>
+      <c r="C299">
+        <v>61.356</v>
+      </c>
+      <c r="D299" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>405</v>
+      </c>
+      <c r="B300" t="s">
+        <v>406</v>
+      </c>
+      <c r="C300">
+        <v>61.356</v>
+      </c>
+      <c r="D300" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>407</v>
+      </c>
+      <c r="B301" t="s">
+        <v>408</v>
+      </c>
+      <c r="C301">
+        <v>61.356</v>
+      </c>
+      <c r="D301" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>102</v>
+      </c>
+      <c r="B302" t="s">
+        <v>103</v>
+      </c>
+      <c r="C302">
+        <v>39.876</v>
+      </c>
+      <c r="D302" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>136</v>
+      </c>
+      <c r="B303" t="s">
+        <v>137</v>
+      </c>
+      <c r="C303">
+        <v>42.948</v>
+      </c>
+      <c r="D303" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>235</v>
+      </c>
+      <c r="B304" t="s">
+        <v>236</v>
+      </c>
+      <c r="C304">
+        <v>46.02</v>
+      </c>
+      <c r="D304" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>237</v>
+      </c>
+      <c r="B305" t="s">
+        <v>238</v>
+      </c>
+      <c r="C305">
+        <v>46.02</v>
+      </c>
+      <c r="D305" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>239</v>
+      </c>
+      <c r="B306" t="s">
+        <v>240</v>
+      </c>
+      <c r="C306">
+        <v>46.02</v>
+      </c>
+      <c r="D306" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>241</v>
+      </c>
+      <c r="B307" t="s">
+        <v>242</v>
+      </c>
+      <c r="C307">
+        <v>46.02</v>
+      </c>
+      <c r="D307" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>243</v>
+      </c>
+      <c r="B308" t="s">
+        <v>244</v>
+      </c>
+      <c r="C308">
+        <v>46.02</v>
+      </c>
+      <c r="D308" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>269</v>
+      </c>
+      <c r="B309" t="s">
+        <v>270</v>
+      </c>
+      <c r="C309">
+        <v>49.08</v>
+      </c>
+      <c r="D309" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>271</v>
+      </c>
+      <c r="B310" t="s">
+        <v>272</v>
+      </c>
+      <c r="C310">
+        <v>49.08</v>
+      </c>
+      <c r="D310" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>273</v>
+      </c>
+      <c r="B311" t="s">
+        <v>274</v>
+      </c>
+      <c r="C311">
+        <v>49.08</v>
+      </c>
+      <c r="D311" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>275</v>
+      </c>
+      <c r="B312" t="s">
+        <v>276</v>
+      </c>
+      <c r="C312">
+        <v>49.08</v>
+      </c>
+      <c r="D312" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>277</v>
+      </c>
+      <c r="B313" t="s">
+        <v>278</v>
+      </c>
+      <c r="C313">
+        <v>49.08</v>
+      </c>
+      <c r="D313" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>317</v>
+      </c>
+      <c r="B314" t="s">
+        <v>318</v>
+      </c>
+      <c r="C314">
+        <v>52.152</v>
+      </c>
+      <c r="D314" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>319</v>
+      </c>
+      <c r="B315" t="s">
+        <v>320</v>
+      </c>
+      <c r="C315">
+        <v>52.152</v>
+      </c>
+      <c r="D315" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>321</v>
+      </c>
+      <c r="B316" t="s">
+        <v>322</v>
+      </c>
+      <c r="C316">
+        <v>52.152</v>
+      </c>
+      <c r="D316" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>323</v>
+      </c>
+      <c r="B317" t="s">
+        <v>324</v>
+      </c>
+      <c r="C317">
+        <v>52.152</v>
+      </c>
+      <c r="D317" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>353</v>
+      </c>
+      <c r="B318" t="s">
+        <v>354</v>
+      </c>
+      <c r="C318">
+        <v>55.224</v>
+      </c>
+      <c r="D318" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>355</v>
+      </c>
+      <c r="B319" t="s">
+        <v>356</v>
+      </c>
+      <c r="C319">
+        <v>55.224</v>
+      </c>
+      <c r="D319" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>357</v>
+      </c>
+      <c r="B320" t="s">
+        <v>358</v>
+      </c>
+      <c r="C320">
+        <v>55.224</v>
+      </c>
+      <c r="D320" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>359</v>
+      </c>
+      <c r="B321" t="s">
+        <v>360</v>
+      </c>
+      <c r="C321">
+        <v>55.224</v>
+      </c>
+      <c r="D321" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>361</v>
+      </c>
+      <c r="B322" t="s">
+        <v>362</v>
+      </c>
+      <c r="C322">
+        <v>55.224</v>
+      </c>
+      <c r="D322" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>389</v>
+      </c>
+      <c r="B323" t="s">
+        <v>390</v>
+      </c>
+      <c r="C323">
+        <v>58.284</v>
+      </c>
+      <c r="D323" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>391</v>
+      </c>
+      <c r="B324" t="s">
+        <v>392</v>
+      </c>
+      <c r="C324">
+        <v>58.284</v>
+      </c>
+      <c r="D324" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>393</v>
+      </c>
+      <c r="B325" t="s">
+        <v>394</v>
+      </c>
+      <c r="C325">
+        <v>58.284</v>
+      </c>
+      <c r="D325" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>395</v>
+      </c>
+      <c r="B326" t="s">
+        <v>396</v>
+      </c>
+      <c r="C326">
+        <v>58.284</v>
+      </c>
+      <c r="D326" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>397</v>
+      </c>
+      <c r="B327" t="s">
+        <v>398</v>
+      </c>
+      <c r="C327">
+        <v>58.284</v>
+      </c>
+      <c r="D327" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>399</v>
+      </c>
+      <c r="B328" t="s">
+        <v>400</v>
+      </c>
+      <c r="C328">
+        <v>58.284</v>
+      </c>
+      <c r="D328" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>409</v>
+      </c>
+      <c r="B329" t="s">
+        <v>410</v>
+      </c>
+      <c r="C329">
+        <v>61.356</v>
+      </c>
+      <c r="D329" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>411</v>
+      </c>
+      <c r="B330" t="s">
+        <v>412</v>
+      </c>
+      <c r="C330">
+        <v>61.356</v>
+      </c>
+      <c r="D330" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>413</v>
+      </c>
+      <c r="B331" t="s">
+        <v>414</v>
+      </c>
+      <c r="C331">
+        <v>61.356</v>
+      </c>
+      <c r="D331" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>415</v>
+      </c>
+      <c r="B332" t="s">
+        <v>416</v>
+      </c>
+      <c r="C332">
+        <v>64.428</v>
+      </c>
+      <c r="D332" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>417</v>
+      </c>
+      <c r="B333" t="s">
+        <v>418</v>
+      </c>
+      <c r="C333">
+        <v>64.428</v>
+      </c>
+      <c r="D333" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>419</v>
+      </c>
+      <c r="B334" t="s">
+        <v>420</v>
+      </c>
+      <c r="C334">
+        <v>64.428</v>
+      </c>
+      <c r="D334" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>421</v>
+      </c>
+      <c r="B335" t="s">
+        <v>422</v>
+      </c>
+      <c r="C335">
+        <v>67.488</v>
+      </c>
+      <c r="D335" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>423</v>
+      </c>
+      <c r="B336" t="s">
+        <v>424</v>
+      </c>
+      <c r="C336">
+        <v>70.56</v>
+      </c>
+      <c r="D336" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>425</v>
+      </c>
+      <c r="B337" t="s">
+        <v>426</v>
+      </c>
+      <c r="C337">
+        <v>70.56</v>
+      </c>
+      <c r="D337" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>427</v>
+      </c>
+      <c r="B338" t="s">
+        <v>428</v>
+      </c>
+      <c r="C338">
+        <v>73.632</v>
+      </c>
+      <c r="D338" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>429</v>
+      </c>
+      <c r="B339" t="s">
+        <v>430</v>
+      </c>
+      <c r="C339">
+        <v>73.632</v>
+      </c>
+      <c r="D339" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>431</v>
+      </c>
+      <c r="B340" t="s">
+        <v>432</v>
+      </c>
+      <c r="C340">
+        <v>76.692</v>
+      </c>
+      <c r="D340" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>433</v>
+      </c>
+      <c r="B341" t="s">
+        <v>434</v>
+      </c>
+      <c r="C341">
+        <v>76.692</v>
+      </c>
+      <c r="D341" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>435</v>
+      </c>
+      <c r="B342" t="s">
+        <v>436</v>
+      </c>
+      <c r="C342">
+        <v>76.692</v>
+      </c>
+      <c r="D342" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>437</v>
+      </c>
+      <c r="B343" t="s">
+        <v>438</v>
+      </c>
+      <c r="C343">
+        <v>82.824</v>
+      </c>
+      <c r="D343" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>439</v>
+      </c>
+      <c r="B344" t="s">
+        <v>440</v>
+      </c>
+      <c r="C344">
+        <v>85.896</v>
+      </c>
+      <c r="D344" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>441</v>
+      </c>
+      <c r="B345" t="s">
+        <v>442</v>
+      </c>
+      <c r="C345">
+        <v>88.968</v>
+      </c>
+      <c r="D345" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D276"/>
+  <autoFilter ref="A1:D346"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>