--- v2 (2026-01-10)
+++ v3 (2026-03-08)
@@ -7,251 +7,197 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$346</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$172</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Батерия за PLC контролер CS-SMS510SL Siemens  Simatic SL761 Li-MnO2  3V 900 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-SMS510SL</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Батерия за електронна книга AMAZON Kindle 7, Kindle 8 58-000083  3,7V  890mAh LiPo CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ABD063SL</t>
   </si>
   <si>
+    <t>Батерия  за рутер хотспот HB434666RAW Huawei E5336 E5573 E5577  3,7V  1150mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HUE557SL</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Батерия  за рутер хотспот HB434666RAW Huawei E5336 E5573 E5577  3,7V  1150mAh CAMERON SINO</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия за електронна книга CAMERON SINO, AMAZON S11S01A KINDLE DX  CS-ABD004SL  3,7V  1100mAh</t>
   </si>
   <si>
     <t>CS-ABD004SL</t>
   </si>
   <si>
     <t>Батерия  за рутер хотспот  ZTE NUBIA WD660 6BT-R600A-0006 / BM600 / ZYXEL  3,7V  1800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-NWD660RC</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, IBM Lenovo ThinkPad X200 X201 X201i 42T4535, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-X200-LE16</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, IBM Lenovo B550 G530 G550 G555 N500 42T2722, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-G430-LE06</t>
   </si>
   <si>
-    <t xml:space="preserve">Батерия за лаптоп GREEN CELL, Asus X301, X301A, X401, X501, 11.1V, 4400mAh </t>
-[...10 lines deleted...]
-  <si>
     <t>Батерия за електронна книга AMAZON S2011-001-S KINDLE 4, 5, 6   CS-ABD006SL  3,7V  750mAh LiPo CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ABD006SL</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite P200 P300 X200 L350 Satego X200 P200 PA3536U, 10.8V, 4400mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, HP G32/G42/G62/G72 Presario CQ31/CQ42 CB0W / DB0W 10.8V, 4400mAh, Черен</t>
   </si>
   <si>
     <t>GC-HP-HSTNN-DB0W-HP03</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, HP Elitbook 2560p/2570p, 11.1V, 4400mAh, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия за лаптоп GREEN CELL, Toshiba Satellite A80 A100 A105 M40 M50 Tecra A3 A6 PA3400, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3400U-TS06</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HSTNN-LB72 HSTNN-IB72 for HP HP DV4 DV5 DV6  G50 G60 G61 G70 Compaq Presario CQ60 CQ61 CQ70 CQ71, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB72-HP01</t>
   </si>
   <si>
-    <t>Батерия за лаптоп GREEN CELL, HP EliteBook 6930 ProBook 6400 6530 6730 6930 Compaq 6730 LB69, 10.8V, 4400mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия за лаптоп GREEN CELL, HP Mini 110-3000 110-3100 ProBook 6300 LB2F, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB2F-HP50</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, HSTNN-IB51 for HP 550 610 615 Compaq 550 610 615 6720 6830 LB51, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB51-HP08</t>
   </si>
   <si>
-    <t>Батерия за лаптоп GREEN CELL LA04, for HP 248 G1 340 G1, HP Pavilion 14-N 15-N IB5S, 14.4V, 2200mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, HP ProBook 640 645 650 655 G1 LB4X, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB4X-HP100</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Dell Inspiron 14 3000 15 3000 3521 3537 15R 5521 5537 17 5749 15R, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-DELL-15R-DE69</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Dell Inspiron 15 3521 3537 15R 5521 5535 5537 17 3721 5749 17R 5721 5735 5737, 14.8V, 2200mAh</t>
   </si>
   <si>
     <t>GC-DELL-15R-DE109</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Dell Latitude E4300 E4300N E4310 E4320 E4400 PP13S, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-DELL-E4300-DE27</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus K52 K52J K52F K52JC K52JR, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A32-K52-AS02</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, Asus N71 K72 K72J K72F K73SV N71 N73 N73S N73SV X73S, 10.8V, 4400mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus K40 K50 K50AB K50C K51 K51AC K60 K70 X70 X5DC, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A32-F82-AS01</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, Asus G50 G51 G60 M50 M50V N53 N53SV N61 N61VG N61JV, 10.8V, 4400mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus G56 N46 N56 N56DP N56V N56VM N56VZ N76, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A32-N56-AS41</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, Acer Aspire 7720 7535 6930 5920 5739 5720 5520 5315 5220 AS07B41, 11.1V, 4400mAh</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Батерия  за лаптоп GREEN CELL, Acer Aspire 4310/4520/4710/4920/4930G AS07A41/ASO7A42, 11.1V, 4400mAh </t>
   </si>
   <si>
     <t>GC-ACER-AS07A41-AC01</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Acer Aspire 5532 5732Z 5734Z eMachines E525 E625 E725 G430 G525 G625 AS09A31 AS09A41, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-ACER-AS09A31-AC21</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL,  AS10B75 AS10B31 for Acer Aspire 5553 5625G 5745, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-ACER-AS10B31-AC13</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREEN CELL, IBM Lenovo IdeaPad Z710, 14.8V, 2200mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-Z710-LE46</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, IBM Lenovo ThinkPad T60 T61 R60 R61, 10.8V, 4400mAh</t>
@@ -298,116 +244,110 @@
   <si>
     <t>Батерия  за лаптоп HP G32/G42/G62/G72 Presario CQ31/CQ42 CB0W / DB0W 10.8V, 4400mAh, Черен CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HDM4NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Samsung N100 N102 N145 N148 N150 N210 Plus  PB2VC6B 10.8V 4400mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-SAMSUNG-PB2VC6B-SA06</t>
   </si>
   <si>
     <t>Батерия  за лаптоп CAMERON SINO  AS10B75 AS10B31 for Acer Aspire 5553 5625G 5745, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>CS-AC4820NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, HP Compaq NX7300 NX7400 8510P 8510W 8710P 8710W / 14,4V 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-NX7400-HP22</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL,  HP EliteBook Folio 9470m 9480m / 14,4V 3500mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия за лаптоп  ASUS X556U X556UV  AS111  C21N1509 7,6V 4650mA GREEN CELL</t>
   </si>
   <si>
     <t>GC-ASUS-AS111</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP 14-CE1008TX, 15-DA0128NIA, HSTNN-DB8R HT03XL LiPo 11,55V 3550mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPG250NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP 250 G4-M9S91EA, Pavilion 14-AC108NE, Pavilion 15-AC013NG, 807611-121 HS04XL LiIon 10,95V 2600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPG244NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP 14-bp002TU, PAVILION 15-CC709TX, Pavilion 15-CC007NT, TF03XL TPN-Q188 LiiON 11.55V  3600 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPC155NB</t>
   </si>
   <si>
+    <t>Батерия за лаптоп HP PAVILION 15-AU003TU, Pavilion 15-AU139TX HSTNN-LB7H TPN-Q172  LiPo 7.7V  5300 mAh CAMRON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPC150NB</t>
+  </si>
+  <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite C650 C650D C660 C660D L650D L655 L750 PA3635U PA3817U, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3817U-TS03</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite A200 A300 A500 L200 L300 L500 PA3534U, 10.8V, 4400 mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3534U-TS01</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, TOSHIBA PA5023/PA5024 Satellite C850 C855 C870  L850 L855, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA5024-TS13</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite C50-B C50D-B C55-C C55D-C C70-C C70D-C L50-B L50D-B L50-C L50D-C PA5185U, 14.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA5185-TS38</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Toshiba Satellite A660 C650 C660 C660D L650 L650D L655 L670 L670D L675 PA3635U PA3634U, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-TOSH-PA3635U-TS03V2</t>
   </si>
   <si>
-    <t>Батерия за лаптоп GREEN CELL, HP 242 G1 Pavilion 14t 14z 15t PB5S, 14.4V, 2200mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия за лаптоп GREEN CELL, PI06 for HP Pavilion 14 15 17 Envy 15 17 LB4N, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-LB4N-HP78</t>
   </si>
   <si>
     <t>Батерия за лаптоп GREENCELL, HP ProBook 440 445 450 470 G0 G1 470 G2, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-HP-HSTNN-W98C-HP77</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Dell Latitude E6400 E6500, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-DELL-E6400-DE09</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus X551 X551C X551CA X551M X551MA X551MAV F551 F551C F551M R512C R512CA R553L A31N1319, 11.25V, 2200mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A31N1319-AS90</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Acer Acer Extensa 5235 5635 5635Z 5635G 5635ZG eMachines E528 E728, 11.1V, 4400mAh</t>
@@ -508,86 +448,62 @@
   <si>
     <t>Батерия  за лаптоп GREEN CELL, ASUS A32-K55</t>
   </si>
   <si>
     <t>GC-ASUS-A32-K55-AS37</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus A32-K53 K53E K53S K53SV X53 X53S X53U X54 X54C X54H, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A32-K53-AS04</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus K53 K53E K53S K53SV X53 X53S X53U X54 X54C X54H, 11.1V, 6600mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A32-K53-AS05</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Asus A41-X550E F550 F750 K550 K750 R510 R750 X550 X750, 14.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-ASUS-A41-X550E-AS77</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, Asus G56 N46 N56 N56DP N56V N56VM N56VZ N76 A32-N56, 10.8V, 5200mAh</t>
-[...10 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, Acer Aspire AS10D31 5733 5741 5742 5742G 5750G E1-571, TravelMate 5740 5742, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-ACER-AS10D31-AC06</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, Acer TravelMate 5220 5520 5720 7520 7720 Extensa 5100 5220 5620 5630, 11.1V, 4400mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL,  Acer Aspire E 11 ES1-111M ES1-131 E 15 ES1-512 Chromebook 11 CB3-111 13 CB5-311 AC14B3K, 11.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-ACER-AC14B3K-AC52</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп GREEN CELL, Acer Aspire 7720 7535 6930 5920 5739 5720 5520 5315 5220  AS07B32, 14.8V, 4400mAh</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп GREEN CELL, Acer Aspire E 15 E15 E5-575 E5-575G E 17 E17 E5-774 E5-774G AS16A5K, 14.8V, 2200mAh</t>
   </si>
   <si>
     <t>GC-ACER-AS16A5K-AC51</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Acer Aspire E1-522 E1-530 E1-532 E1-570 E1-572 V5-531 V5-571 AL12A32, 14.4V, 2200mAh</t>
   </si>
   <si>
     <t>GC-ACER-AL12A32-AC25</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, Lenovo Y480 V480 Y580 G500 G505 G510 G580 G585 G700 IdeaPad Z580 P580, 11.1V, 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-IDPAD-G580-LE34</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, IBM Lenovo B570 G560 G570 G575 G770 G780 IdeaPad Z560 Z565 Z570 Z585, 10.8V, 4400mAh</t>
   </si>
   <si>
     <t>GC-LENOVO-IDPAD-G460-LE07</t>
   </si>
   <si>
     <t>Батерия  за лаптоп GREEN CELL, BM Lenovo ThinkPad T410 T420 T510 T520 W510 Edge 14 15 E525 42T4235, 10.8V, 6600mAh</t>
@@ -751,636 +667,408 @@
   <si>
     <t>Батерия за лаптоп LENOVO IdeaPad 320S-13IKB, V530s, Yoga 520 12, L17C3P61 LiPo 11.52V 3100 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVY520NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP EliteBook 745 G3, EliteBook 840 G3, EliteBook 850 G3, CS03XL LiPo 11.4V 3400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPE745NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп   LENOVO IdeaPad MIIX 510 12ISK, Miix 520-12IKB, LH5B10L67278 LiPo  7.68V 4850mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVM510NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп ACER ASPIRE NITRO 5 AN517-51-57NL, Nitro 7 AN715-51-58X1, Predator Helios 300 AP18E7M LiPo 15,4V  3700mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ACS314NB</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп  Lenovo ThinkPad T420s T420si T430s 42T4846, 11.1V, 3600mA CAMERON SINO</t>
-[...62 lines deleted...]
-    <t>CS-HPZ140NB</t>
+    <t>Батерия  за лаптоп ACER Aspire E1, Aspire V5-431P, Aspire V5-551  AL12A32 LiIon 14,8V 2400 mAh  Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-ACV500NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO ThinkPad E14, ThinkPad E15, ThinkPad E480, ThinkPad E580 L17C3P51  LiPo 11.1V 4050 mAh CAMERON  SINO</t>
+  </si>
+  <si>
+    <t>CS-LVE590NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп  LENOVO ThinkBook 13S-20R9005GSB, ThinkBook 14s-0RS002CAU   L18C4PF0  15.36V  2850 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVT130NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP PAVILION 15-AB052UR; Pavilion 14-ab017TX; HSTNN-LB6S TPN-Q158 LiIon 14.8V 2200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPV150NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп HP Chromebook 14 G6 10X23EA; Chromebook X360 13B-CA0000SI; HSTNN-DB9M LiPo 7.7V 5900mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPX118NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  LENOVO ThinkPad T460s(, ThinkPad T470s 00HW023 LiPo 11.4V  2000mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVT461NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP ELITEBOOK 745 G2-V3Z20LP, ELITEBOOK 840 G1-F8D98UP, EliteBook 850 G2-M2N78US, HSTNN-UB4R  LiPO 11.1V  4500 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPE850NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  ASUS VivoBook Flip 14 TM420IA DB71, VivoBook 14 F413, B31N1911 LiPo 11.55V 3450mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX421NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  ASUS FX504, TUF Gaming A15 FA506IC-HN075W, TUF Gaming FX505DD-AB71-CA, B31BN91 LiPo 11.4V 4100mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX504NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп DELL G3 15, G5 15 5587, INS 15PD-1863BL, Latitude 15 3590, 33YDH, W7NKD, LiIon 15.2V  3400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DE7778NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  ASUS VivoBook 14 X409UA-BV050T, VivoBook 15 F1500EA-BQ2362, C21N1818 LiPo 7.6V 4100mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX412NB</t>
   </si>
   <si>
-    <t>Батерия за лаптоп Dell Latitude E5420 E5520 E6420 E6520 E5420 11.1V 4400mAh CAMERON SINO</t>
-[...112 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп TOSHIBA Portege A30-C-113, Satellite Pro A50-C-12C, Tecra A50-C-16L, PA5212U-1BRS LiIon 14.8V 2200 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-TOA500NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  ASUS GL752JW, VivoBook Pro N552VW-FI035T, VivoBook Pro N752VX-GC084T, A41N1501 LiIon 15V 2600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUL752NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  LENOVO ThinkPad X1 Carbon 2019, Thinkpad X1 Yoga Gen 5-20ub0000ya, L18C4P71 LiPo 15.36V 3200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVX710NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  ACER Aspire E5 522-64T9, Aspire F5-571-50RK, TravelMate P257-M-52CA, AL15A32 LiIon 14.8V 2200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ACE542NB</t>
   </si>
   <si>
-    <t>Батерия за лаптоп ASUS UX310 UX410A B31N1535  CS-AUX410NB 11,1V 4400mAh CAMERON SINO</t>
-[...74 lines deleted...]
-    <t>CS-DEL145NB</t>
+    <t>Батерия  за лаптоп HP Business NoteBook NX6315, 6510b, NC6110  HSTNN-I03C LiIon 10.8V 4400mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-NX5100HB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп ACER Aspire E5 476G 53KY; Aspire E5-575-36BC; Aspire F5-522-65GG  AS16A5K Liion 14.8V 2200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACS475NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп ASUS A705QA, VIVOBOOK F705UV-BX186T, VIVOBOOK F705UV-BX186T, B31N1635 LIPo 11,52V 3600 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX705NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп ASUS VivoBook 14 E410MA-EK007TS, E510MA-BR058T, C31N1912  LiPo 11.55V  3400 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUK144NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  ACER Aspire 5 A514-52G-59ZN, Aspire 7 A717-71G-51MF, AC14A8K LiPo 15.2V 3000 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ACB115NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп MSI GF63 , GF75, GS63, GS73  BTY-M6K  LiPo 11.4V 4500 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-MSF630NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп Medion AKOYA P7639, AKOYA P7641,Akoya E7420, A32-D17  LiIon 14.56V 2600 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-MD7415NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп HP EliteBook 755 G5, EliteBook 850 G5, ZBook 15U G5, TT03XL LiPo 11.55V 4700mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPE755NB</t>
   </si>
   <si>
-    <t>Батерия  за лаптоп Lenovo G50 G50-30 G50-45 G50-70 G70 G500s G505s Z710, 14.4V, 2200mAh CAMERON SINO</t>
-[...76 lines deleted...]
-  <si>
     <t>Батерия  за лаптоп  ACER ConceptD 3 CN316-73G-729B, Swift 3 SF313-52-507Z, TravelMate Spin P4, AP18C7M  LiPo 15.4V 3800 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ACW514NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп  ACER Aspire 5 A515-41G-18Z3, Nitro 5 AN515-41-F6VS, Swift 3 SF313-51-514S, AC14B7K, LiPO 15.28V  3250 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ACS351NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO ThinkPad L450, T440, T440s, T450, T460, X240, X250, 45N1125 LiIon 11.1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVX440NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп DELL Latitude 14 5000, Latitude 15 5000, Latitude 5450, 5250 , 079VRK LiPo 7.4V 6850mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DE1550NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  LENOVO Thinkpad P51S, Thinkpad T470, Thinkpad T570, 01AV422 LiIon 11.1V 4400mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVP510NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп ASUS BX433FN, ZenBook 14 UX433FA-A5047R, C31N1811 LiPo 11.55V 4250mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUZ433NB</t>
   </si>
   <si>
-    <t>Батерия за лаптоп Panasonic Toughbook CF-30, CF-31, CF-53  CF-VZSU46   10,65V 8400mAh CAMERON SINO</t>
-[...14 lines deleted...]
-    <t>GC-DELL-3HWPP-DE166</t>
+    <t>Батерия за лаптоп  Dell Latitude 3320 3330 3520 Inspiron 15 3511 3525 5510 G91J0  11.4V 3300mAh LiPo GREEN CELL</t>
+  </si>
+  <si>
+    <t>GC-DELL-DE160</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп ASUS IVOBOOK S14 S432FA-EB017T, VivoBook S15 S532FA-BN022T  C31N1843  LiPo 11.55V 3450 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AUS144NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп ACER  Aspire 3 A314-22-A1YY, Aspire 5 A514-53-58BG AP18C4K LiPo 11,25V 3700 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACP715NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп ACER Aspire One Cloudbook 11 AO1-132, SWIFT 1 SF113-31-P2JX, AP16A4K LiPo 11.25V 3700mAh  CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ACS113NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO ThinkPad X1 20FBS0L900, ThinkPad X1 Yoga 20FQA04TAU, 00HW028 LiPo 15.2V 3300 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVC100NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO YG 720-13IKB 80X6006PAU, Yoga 720-13IKB 80X6001QGE, Yoga 730-13IKB, L16C4PB1 LiPo  7.68V 6000mAh  CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVY723NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  LENOVO TP X1 20HQS01S00, ThinkPad X1 Carbon 2017-20HR002MGE, 01AV429 LiPo 11.58V 4800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVX117NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  LENOVO ThinkPad P43s, ThinkPad T490, L18C3P73 LiPo 11.52V 4250mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVP431NB</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп DELL Latitude E7240 E7250, Latitude 12 7000, 0J31N7  LiPo 7.4V 6000 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DE7240NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп Apple MacBook Pro 13 A1708  A1713 LiPo 11.1V 4700mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1713NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп HP Spectre X360 13-AP0000NA, HSTNN-OB1B SP04XL LiPo 15.4V 3850 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HSP004NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO ThinkPad X1 Carbon 2019, L18C4P72 LiPo 15.36V 3250mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVX219NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп DELL XPS 13 2018, XPS 13 9370, 0H754V, DXGH8 LiPo 7.6V  6300mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEX937NB</t>
   </si>
   <si>
+    <t>Батерия за лаптоп  LENOVO IdeaPad 5 14  L19C3PF3  LiPo 11.55V 4900mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-LVP514NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп Razer Blade 15 2020, Blade 15 2021, RZ09-0328  RC30-0328  LIPo 15.4V 4200 mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-RZB152NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп HP ZBook 17 G5 AM06XL  LiIon 11,55V 8200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HPZ175NB</t>
   </si>
   <si>
     <t>Батерия  за лаптоп DELL Precision 15 7000, Precision 7510, 7520  0FNY7 LiIon 11.1V 7900mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEM771HB</t>
   </si>
   <si>
     <t>Батерия за лаптоп   LENOVO Yoga 14s, Yoga Slim 7 14ARE05 82A2001JBM, L19C4PF4 LiPo  15.36V 3850mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVY714NB</t>
   </si>
   <si>
+    <t>Батерия за лаптоп Apple MacBook A1502 battery(2015), MacBook Pro Retina A1502 (2015 Version)  A1582 LiPo 11,43V 6500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1502NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп LENOVO ThinkPad X1 Carbon G9 20XW002DGE, ThinkPad X1 Carbon Gen 10 21CB004QIX, ThinkPad X1 Yoga Gen 6 20XY003BAT, L20C4P71 LiPO, 15.44V  3600 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVX190NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  LENOVO ThinkPad P52 C00 , 01AV495, L17L6P51 LiIon 11.4V  7800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVP520NB</t>
   </si>
   <si>
+    <t>Батерия за лаптоп Apple MacBook Pro 15 inch TOUCH BAR A1990 2019 A1953  LiPo 11.4V 7300mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1953NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп Apple MacBook Pro ""Core i5" 2.4 13" Late 2013 Retina A1493, A1502 LiPo 11.34V 6300mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1493NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп  Apple MacBook Pro "Core i7" 2.6 15" Touch/Late 2016  LiPo 11.4V 6600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1820NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Apple MacBook Pro "Core i5" 2.9 13" Touch/Late 2016 A1819  LiPo 11.4V 4300mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1819NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Apple MacBook Pro 2.3 GHZ Core I5(I5-8259U) A1989(EMC 3214) A1964, A1989  LiPo 11.4V 5050mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1946NB</t>
   </si>
   <si>
+    <t>Батерия за лаптоп HP ZBook Studio G5, ZBook Studio X360 G5 5CN15PA, HSTNN-1B8H  LiIon 11,55V 8200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPZ536NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп RAZER BLADE 2070, Blade 15, RZ09-02386E91  RC30-0248 LiPo 15.4V 5200 mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-RZB150NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп  ASUS ZenBook 14 UX481F, ZenBook Duo UX481FA, C41N1901 LiPo 15.4V  4500 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX481NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  ASUS UX534FA, ZenBook 15 UX534FA-A8038R, C42N1839 LiPo 15.4V 4500mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AUX534NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп Apple MacBook 12 inch Retina A1534 (Early 2015), MacBook Core M5 1.2GHZ 12 inch Retina A1534(EMC 2991) A1527, A1705 LiPo 7,6V 5200mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1527NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп FUJITSU LifeBook E448, E5511, T939, U7410, U747, U757, FMVNBP248, FPCBP531 LiPo 14.4V 3450 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-FUE551NB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1690,51 +1378,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D346"/>
+  <dimension ref="A1:D172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1743,4843 +1431,2407 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>20.244</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>21.48</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>27.612</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>27.612</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>27.612</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>30.06</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>30.06</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>30.06</v>
+        <v>30.672</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>30.06</v>
+        <v>39.876</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>30.672</v>
+        <v>39.876</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>33.744</v>
+        <v>39.876</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>39.876</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>39.876</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>39.876</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>39.876</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>39.876</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>39.876</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>39.876</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>39.876</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>39.876</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>39.876</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>39.876</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>39.876</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>39.876</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
         <v>39.876</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
         <v>39.876</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>39.876</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
         <v>39.876</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
         <v>39.876</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
         <v>39.876</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
         <v>39.876</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
         <v>39.876</v>
       </c>
       <c r="D33" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
         <v>39.876</v>
       </c>
       <c r="D34" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
         <v>39.876</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
         <v>39.876</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
         <v>39.876</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
         <v>39.876</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
         <v>39.876</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
         <v>39.876</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
-        <v>39.876</v>
+        <v>42.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D48" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
-        <v>39.876</v>
+        <v>42.948</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
         <v>42.948</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
         <v>42.948</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
         <v>42.948</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
         <v>42.948</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
         <v>42.948</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
         <v>42.948</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
         <v>42.948</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D60" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D63" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D65" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D66" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>42.948</v>
+        <v>46.02</v>
       </c>
       <c r="D67" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
         <v>46.02</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
         <v>46.02</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
         <v>46.02</v>
       </c>
       <c r="D70" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
         <v>46.02</v>
       </c>
       <c r="D71" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
         <v>46.02</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
         <v>46.02</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
         <v>46.02</v>
       </c>
       <c r="D74" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
         <v>46.02</v>
       </c>
       <c r="D75" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
         <v>46.02</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
         <v>46.02</v>
       </c>
       <c r="D77" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
         <v>46.02</v>
       </c>
       <c r="D78" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
         <v>46.02</v>
       </c>
       <c r="D79" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
         <v>46.02</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>46.02</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
         <v>46.02</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>46.02</v>
       </c>
       <c r="D83" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
         <v>46.02</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
         <v>46.02</v>
       </c>
       <c r="D85" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C86">
         <v>46.02</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>175</v>
+      </c>
+      <c r="B87" t="s">
         <v>176</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
         <v>46.02</v>
       </c>
       <c r="D87" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>177</v>
+      </c>
+      <c r="B88" t="s">
         <v>178</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
         <v>46.02</v>
       </c>
       <c r="D88" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>179</v>
+      </c>
+      <c r="B89" t="s">
         <v>180</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
         <v>46.02</v>
       </c>
       <c r="D89" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" t="s">
         <v>182</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
         <v>46.02</v>
       </c>
       <c r="D90" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" t="s">
         <v>184</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
         <v>46.02</v>
       </c>
       <c r="D91" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>185</v>
+      </c>
+      <c r="B92" t="s">
         <v>186</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
         <v>46.02</v>
       </c>
       <c r="D92" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>187</v>
+      </c>
+      <c r="B93" t="s">
         <v>188</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
         <v>46.02</v>
       </c>
       <c r="D93" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>189</v>
+      </c>
+      <c r="B94" t="s">
         <v>190</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
         <v>46.02</v>
       </c>
       <c r="D94" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>191</v>
+      </c>
+      <c r="B95" t="s">
         <v>192</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
         <v>46.02</v>
       </c>
       <c r="D95" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>193</v>
+      </c>
+      <c r="B96" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="C96">
         <v>46.02</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>195</v>
+      </c>
+      <c r="B97" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C97">
         <v>46.02</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>197</v>
+      </c>
+      <c r="B98" t="s">
         <v>198</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
         <v>46.02</v>
       </c>
       <c r="D98" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>199</v>
+      </c>
+      <c r="B99" t="s">
         <v>200</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
         <v>46.02</v>
       </c>
       <c r="D99" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B100" t="s">
         <v>202</v>
       </c>
       <c r="C100">
         <v>46.02</v>
       </c>
       <c r="D100" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>203</v>
       </c>
       <c r="B101" t="s">
         <v>204</v>
       </c>
       <c r="C101">
         <v>46.02</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>82</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>83</v>
       </c>
       <c r="C102">
-        <v>20.244</v>
+        <v>39.876</v>
       </c>
       <c r="D102" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>84</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="C103">
-        <v>21.48</v>
+        <v>42.0</v>
       </c>
       <c r="D103" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>12</v>
+        <v>116</v>
       </c>
       <c r="B104" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="C104">
-        <v>27.612</v>
+        <v>42.948</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>14</v>
+        <v>205</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>206</v>
       </c>
       <c r="C105">
-        <v>27.612</v>
+        <v>46.02</v>
       </c>
       <c r="D105" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>22</v>
+        <v>207</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>208</v>
       </c>
       <c r="C106">
-        <v>30.06</v>
+        <v>46.02</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>24</v>
+        <v>209</v>
       </c>
       <c r="B107" t="s">
-        <v>25</v>
+        <v>210</v>
       </c>
       <c r="C107">
-        <v>30.672</v>
+        <v>46.02</v>
       </c>
       <c r="D107" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>86</v>
+        <v>211</v>
       </c>
       <c r="B108" t="s">
-        <v>87</v>
+        <v>212</v>
       </c>
       <c r="C108">
-        <v>39.876</v>
+        <v>46.02</v>
       </c>
       <c r="D108" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>88</v>
+        <v>213</v>
       </c>
       <c r="B109" t="s">
-        <v>89</v>
+        <v>214</v>
       </c>
       <c r="C109">
-        <v>39.876</v>
+        <v>46.02</v>
       </c>
       <c r="D109" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>90</v>
+        <v>215</v>
       </c>
       <c r="B110" t="s">
-        <v>91</v>
+        <v>216</v>
       </c>
       <c r="C110">
-        <v>39.876</v>
+        <v>46.02</v>
       </c>
       <c r="D110" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>92</v>
+        <v>217</v>
       </c>
       <c r="B111" t="s">
-        <v>93</v>
+        <v>218</v>
       </c>
       <c r="C111">
-        <v>39.876</v>
+        <v>48.0</v>
       </c>
       <c r="D111" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>94</v>
+        <v>219</v>
       </c>
       <c r="B112" t="s">
-        <v>95</v>
+        <v>220</v>
       </c>
       <c r="C112">
-        <v>39.876</v>
+        <v>48.0</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>96</v>
+        <v>221</v>
       </c>
       <c r="B113" t="s">
-        <v>97</v>
+        <v>222</v>
       </c>
       <c r="C113">
-        <v>39.876</v>
+        <v>48.0</v>
       </c>
       <c r="D113" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>98</v>
+        <v>223</v>
       </c>
       <c r="B114" t="s">
-        <v>99</v>
+        <v>224</v>
       </c>
       <c r="C114">
-        <v>39.876</v>
+        <v>48.0</v>
       </c>
       <c r="D114" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="B115" t="s">
-        <v>101</v>
+        <v>226</v>
       </c>
       <c r="C115">
-        <v>39.876</v>
+        <v>48.0</v>
       </c>
       <c r="D115" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>102</v>
+        <v>227</v>
       </c>
       <c r="B116" t="s">
-        <v>103</v>
+        <v>228</v>
       </c>
       <c r="C116">
-        <v>39.876</v>
+        <v>49.08</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>130</v>
+        <v>229</v>
       </c>
       <c r="B117" t="s">
-        <v>131</v>
+        <v>230</v>
       </c>
       <c r="C117">
-        <v>42.948</v>
+        <v>49.08</v>
       </c>
       <c r="D117" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>132</v>
+        <v>231</v>
       </c>
       <c r="B118" t="s">
-        <v>133</v>
+        <v>232</v>
       </c>
       <c r="C118">
-        <v>42.948</v>
+        <v>49.08</v>
       </c>
       <c r="D118" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>134</v>
+        <v>233</v>
       </c>
       <c r="B119" t="s">
-        <v>135</v>
+        <v>234</v>
       </c>
       <c r="C119">
-        <v>42.948</v>
+        <v>49.08</v>
       </c>
       <c r="D119" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>136</v>
+        <v>235</v>
       </c>
       <c r="B120" t="s">
-        <v>137</v>
+        <v>236</v>
       </c>
       <c r="C120">
-        <v>42.948</v>
+        <v>49.08</v>
       </c>
       <c r="D120" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>205</v>
+        <v>237</v>
       </c>
       <c r="B121" t="s">
-        <v>206</v>
+        <v>238</v>
       </c>
       <c r="C121">
-        <v>46.02</v>
+        <v>49.08</v>
       </c>
       <c r="D121" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>207</v>
+        <v>239</v>
       </c>
       <c r="B122" t="s">
-        <v>208</v>
+        <v>240</v>
       </c>
       <c r="C122">
-        <v>46.02</v>
+        <v>52.152</v>
       </c>
       <c r="D122" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>209</v>
+        <v>241</v>
       </c>
       <c r="B123" t="s">
-        <v>210</v>
+        <v>242</v>
       </c>
       <c r="C123">
-        <v>46.02</v>
+        <v>52.152</v>
       </c>
       <c r="D123" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>211</v>
+        <v>243</v>
       </c>
       <c r="B124" t="s">
-        <v>212</v>
+        <v>244</v>
       </c>
       <c r="C124">
-        <v>46.02</v>
+        <v>52.152</v>
       </c>
       <c r="D124" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>213</v>
+        <v>245</v>
       </c>
       <c r="B125" t="s">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="C125">
-        <v>46.02</v>
+        <v>52.152</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="B126" t="s">
-        <v>216</v>
+        <v>248</v>
       </c>
       <c r="C126">
-        <v>46.02</v>
+        <v>54.0</v>
       </c>
       <c r="D126" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>217</v>
+        <v>249</v>
       </c>
       <c r="B127" t="s">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="C127">
-        <v>46.02</v>
+        <v>54.0</v>
       </c>
       <c r="D127" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>219</v>
+        <v>251</v>
       </c>
       <c r="B128" t="s">
-        <v>220</v>
+        <v>252</v>
       </c>
       <c r="C128">
-        <v>46.02</v>
+        <v>55.224</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="B129" t="s">
-        <v>222</v>
+        <v>254</v>
       </c>
       <c r="C129">
-        <v>46.02</v>
+        <v>55.224</v>
       </c>
       <c r="D129" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="B130" t="s">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="C130">
-        <v>46.02</v>
+        <v>55.224</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>225</v>
+        <v>257</v>
       </c>
       <c r="B131" t="s">
-        <v>226</v>
+        <v>258</v>
       </c>
       <c r="C131">
-        <v>46.02</v>
+        <v>55.224</v>
       </c>
       <c r="D131" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>227</v>
+        <v>259</v>
       </c>
       <c r="B132" t="s">
-        <v>228</v>
+        <v>260</v>
       </c>
       <c r="C132">
-        <v>46.02</v>
+        <v>55.224</v>
       </c>
       <c r="D132" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>229</v>
+        <v>261</v>
       </c>
       <c r="B133" t="s">
-        <v>230</v>
+        <v>262</v>
       </c>
       <c r="C133">
-        <v>46.02</v>
+        <v>55.224</v>
       </c>
       <c r="D133" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>231</v>
+        <v>263</v>
       </c>
       <c r="B134" t="s">
-        <v>232</v>
+        <v>264</v>
       </c>
       <c r="C134">
-        <v>46.02</v>
+        <v>58.284</v>
       </c>
       <c r="D134" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>233</v>
+        <v>265</v>
       </c>
       <c r="B135" t="s">
-        <v>234</v>
+        <v>266</v>
       </c>
       <c r="C135">
-        <v>46.02</v>
+        <v>58.284</v>
       </c>
       <c r="D135" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>235</v>
+        <v>267</v>
       </c>
       <c r="B136" t="s">
-        <v>236</v>
+        <v>268</v>
       </c>
       <c r="C136">
-        <v>46.02</v>
+        <v>58.284</v>
       </c>
       <c r="D136" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>237</v>
+        <v>269</v>
       </c>
       <c r="B137" t="s">
-        <v>238</v>
+        <v>270</v>
       </c>
       <c r="C137">
-        <v>46.02</v>
+        <v>58.284</v>
       </c>
       <c r="D137" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>239</v>
+        <v>271</v>
       </c>
       <c r="B138" t="s">
-        <v>240</v>
+        <v>272</v>
       </c>
       <c r="C138">
-        <v>46.02</v>
+        <v>58.284</v>
       </c>
       <c r="D138" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>241</v>
+        <v>273</v>
       </c>
       <c r="B139" t="s">
-        <v>242</v>
+        <v>274</v>
       </c>
       <c r="C139">
-        <v>46.02</v>
+        <v>58.284</v>
       </c>
       <c r="D139" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>243</v>
+        <v>275</v>
       </c>
       <c r="B140" t="s">
-        <v>244</v>
+        <v>276</v>
       </c>
       <c r="C140">
-        <v>46.02</v>
+        <v>60.0</v>
       </c>
       <c r="D140" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="B141" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="C141">
-        <v>49.08</v>
+        <v>60.0</v>
       </c>
       <c r="D141" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>247</v>
+        <v>279</v>
       </c>
       <c r="B142" t="s">
-        <v>248</v>
+        <v>280</v>
       </c>
       <c r="C142">
-        <v>49.08</v>
+        <v>60.0</v>
       </c>
       <c r="D142" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>249</v>
+        <v>281</v>
       </c>
       <c r="B143" t="s">
-        <v>250</v>
+        <v>282</v>
       </c>
       <c r="C143">
-        <v>49.08</v>
+        <v>60.0</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>251</v>
+        <v>283</v>
       </c>
       <c r="B144" t="s">
-        <v>252</v>
+        <v>284</v>
       </c>
       <c r="C144">
-        <v>49.08</v>
+        <v>61.356</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>253</v>
+        <v>285</v>
       </c>
       <c r="B145" t="s">
-        <v>254</v>
+        <v>286</v>
       </c>
       <c r="C145">
-        <v>49.08</v>
+        <v>61.356</v>
       </c>
       <c r="D145" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>255</v>
+        <v>287</v>
       </c>
       <c r="B146" t="s">
-        <v>256</v>
+        <v>288</v>
       </c>
       <c r="C146">
-        <v>49.08</v>
+        <v>61.356</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>257</v>
+        <v>289</v>
       </c>
       <c r="B147" t="s">
-        <v>258</v>
+        <v>290</v>
       </c>
       <c r="C147">
-        <v>49.08</v>
+        <v>61.356</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>259</v>
+        <v>291</v>
       </c>
       <c r="B148" t="s">
-        <v>260</v>
+        <v>292</v>
       </c>
       <c r="C148">
-        <v>49.08</v>
+        <v>64.428</v>
       </c>
       <c r="D148" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>261</v>
+        <v>293</v>
       </c>
       <c r="B149" t="s">
-        <v>262</v>
+        <v>294</v>
       </c>
       <c r="C149">
-        <v>49.08</v>
+        <v>64.428</v>
       </c>
       <c r="D149" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>263</v>
+        <v>295</v>
       </c>
       <c r="B150" t="s">
-        <v>264</v>
+        <v>296</v>
       </c>
       <c r="C150">
-        <v>49.08</v>
+        <v>64.428</v>
       </c>
       <c r="D150" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>265</v>
+        <v>297</v>
       </c>
       <c r="B151" t="s">
-        <v>266</v>
+        <v>298</v>
       </c>
       <c r="C151">
-        <v>49.08</v>
+        <v>64.428</v>
       </c>
       <c r="D151" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>267</v>
+        <v>299</v>
       </c>
       <c r="B152" t="s">
-        <v>268</v>
+        <v>300</v>
       </c>
       <c r="C152">
-        <v>49.08</v>
+        <v>64.428</v>
       </c>
       <c r="D152" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>269</v>
+        <v>301</v>
       </c>
       <c r="B153" t="s">
-        <v>270</v>
+        <v>302</v>
       </c>
       <c r="C153">
-        <v>49.08</v>
+        <v>66.0</v>
       </c>
       <c r="D153" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>271</v>
+        <v>303</v>
       </c>
       <c r="B154" t="s">
-        <v>272</v>
+        <v>304</v>
       </c>
       <c r="C154">
-        <v>49.08</v>
+        <v>66.0</v>
       </c>
       <c r="D154" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>273</v>
+        <v>305</v>
       </c>
       <c r="B155" t="s">
-        <v>274</v>
+        <v>306</v>
       </c>
       <c r="C155">
-        <v>49.08</v>
+        <v>67.488</v>
       </c>
       <c r="D155" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="B156" t="s">
-        <v>276</v>
+        <v>308</v>
       </c>
       <c r="C156">
-        <v>49.08</v>
+        <v>70.56</v>
       </c>
       <c r="D156" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="B157" t="s">
-        <v>278</v>
+        <v>310</v>
       </c>
       <c r="C157">
-        <v>49.08</v>
+        <v>70.56</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>279</v>
+        <v>311</v>
       </c>
       <c r="B158" t="s">
-        <v>280</v>
+        <v>312</v>
       </c>
       <c r="C158">
-        <v>52.152</v>
+        <v>73.632</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="B159" t="s">
-        <v>282</v>
+        <v>314</v>
       </c>
       <c r="C159">
-        <v>52.152</v>
+        <v>73.632</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="B160" t="s">
-        <v>284</v>
+        <v>316</v>
       </c>
       <c r="C160">
-        <v>52.152</v>
+        <v>73.632</v>
       </c>
       <c r="D160" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>285</v>
+        <v>317</v>
       </c>
       <c r="B161" t="s">
-        <v>286</v>
+        <v>318</v>
       </c>
       <c r="C161">
-        <v>52.152</v>
+        <v>76.692</v>
       </c>
       <c r="D161" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>287</v>
+        <v>319</v>
       </c>
       <c r="B162" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="C162">
-        <v>52.152</v>
+        <v>76.692</v>
       </c>
       <c r="D162" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>289</v>
+        <v>321</v>
       </c>
       <c r="B163" t="s">
-        <v>290</v>
+        <v>322</v>
       </c>
       <c r="C163">
-        <v>52.152</v>
+        <v>76.692</v>
       </c>
       <c r="D163" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>291</v>
+        <v>323</v>
       </c>
       <c r="B164" t="s">
-        <v>292</v>
+        <v>324</v>
       </c>
       <c r="C164">
-        <v>52.152</v>
+        <v>76.692</v>
       </c>
       <c r="D164" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>293</v>
+        <v>325</v>
       </c>
       <c r="B165" t="s">
-        <v>294</v>
+        <v>326</v>
       </c>
       <c r="C165">
-        <v>52.152</v>
+        <v>76.692</v>
       </c>
       <c r="D165" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>295</v>
+        <v>327</v>
       </c>
       <c r="B166" t="s">
-        <v>296</v>
+        <v>328</v>
       </c>
       <c r="C166">
-        <v>52.152</v>
+        <v>76.692</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>297</v>
+        <v>329</v>
       </c>
       <c r="B167" t="s">
-        <v>298</v>
+        <v>330</v>
       </c>
       <c r="C167">
-        <v>52.152</v>
+        <v>78.0</v>
       </c>
       <c r="D167" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>299</v>
+        <v>331</v>
       </c>
       <c r="B168" t="s">
-        <v>300</v>
+        <v>332</v>
       </c>
       <c r="C168">
-        <v>52.152</v>
+        <v>82.824</v>
       </c>
       <c r="D168" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>301</v>
+        <v>333</v>
       </c>
       <c r="B169" t="s">
-        <v>302</v>
+        <v>334</v>
       </c>
       <c r="C169">
-        <v>52.152</v>
+        <v>85.896</v>
       </c>
       <c r="D169" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>303</v>
+        <v>335</v>
       </c>
       <c r="B170" t="s">
-        <v>304</v>
+        <v>336</v>
       </c>
       <c r="C170">
-        <v>52.152</v>
+        <v>88.968</v>
       </c>
       <c r="D170" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>305</v>
+        <v>337</v>
       </c>
       <c r="B171" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="C171">
-        <v>52.152</v>
+        <v>88.968</v>
       </c>
       <c r="D171" t="s">
-        <v>9</v>
-[...2435 lines deleted...]
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D346"/>
+  <autoFilter ref="A1:D172"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>