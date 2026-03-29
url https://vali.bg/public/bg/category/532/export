--- v3 (2026-03-08)
+++ v4 (2026-03-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$172</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Батерия за PLC контролер CS-SMS510SL Siemens  Simatic SL761 Li-MnO2  3V 900 mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-SMS510SL</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Батерия за електронна книга AMAZON Kindle 7, Kindle 8 58-000083  3,7V  890mAh LiPo CAMERON SINO</t>
   </si>
   <si>
@@ -971,50 +971,53 @@
     <t>CS-LVY714NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп Apple MacBook A1502 battery(2015), MacBook Pro Retina A1502 (2015 Version)  A1582 LiPo 11,43V 6500mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1502NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп LENOVO ThinkPad X1 Carbon G9 20XW002DGE, ThinkPad X1 Carbon Gen 10 21CB004QIX, ThinkPad X1 Yoga Gen 6 20XY003BAT, L20C4P71 LiPO, 15.44V  3600 mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVX190NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  LENOVO ThinkPad P52 C00 , 01AV495, L17L6P51 LiIon 11.4V  7800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-LVP520NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп Apple MacBook Pro 15 inch TOUCH BAR A1990 2019 A1953  LiPo 11.4V 7300mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1953NB</t>
+  </si>
+  <si>
+    <t>наличен</t>
   </si>
   <si>
     <t>Батерия за лаптоп Apple MacBook Pro ""Core i5" 2.4 13" Late 2013 Retina A1493, A1502 LiPo 11.34V 6300mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1493NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Apple MacBook Pro "Core i7" 2.6 15" Touch/Late 2016  LiPo 11.4V 6600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1820NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Apple MacBook Pro "Core i5" 2.9 13" Touch/Late 2016 A1819  LiPo 11.4V 4300mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1819NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Apple MacBook Pro 2.3 GHZ Core I5(I5-8259U) A1989(EMC 3214) A1964, A1989  LiPo 11.4V 5050mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1946NB</t>
   </si>
@@ -1529,51 +1532,51 @@
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>30.672</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>39.876</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>39.876</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>39.876</v>
@@ -1641,51 +1644,51 @@
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>39.876</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>39.876</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>39.876</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>39.876</v>
@@ -1697,51 +1700,51 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>39.876</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>39.876</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>39.876</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>39.876</v>
@@ -1921,51 +1924,51 @@
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
         <v>39.876</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
         <v>39.876</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
         <v>39.876</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
         <v>39.876</v>
@@ -1977,65 +1980,65 @@
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
         <v>42.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
         <v>42.948</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
         <v>42.948</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
         <v>42.948</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
         <v>42.948</v>
@@ -2145,79 +2148,79 @@
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
         <v>42.948</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
         <v>42.948</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
         <v>42.948</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
         <v>42.948</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
         <v>42.948</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
         <v>46.02</v>
@@ -2327,79 +2330,79 @@
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
         <v>46.02</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
         <v>46.02</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
         <v>46.02</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
         <v>46.02</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
         <v>46.02</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
         <v>46.02</v>
@@ -2425,51 +2428,51 @@
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
         <v>46.02</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
         <v>46.02</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
         <v>46.02</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
         <v>46.02</v>
@@ -2495,51 +2498,51 @@
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
         <v>46.02</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
         <v>46.02</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
         <v>46.02</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>46.02</v>
@@ -2901,51 +2904,51 @@
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>209</v>
       </c>
       <c r="B107" t="s">
         <v>210</v>
       </c>
       <c r="C107">
         <v>46.02</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>211</v>
       </c>
       <c r="B108" t="s">
         <v>212</v>
       </c>
       <c r="C108">
         <v>46.02</v>
       </c>
       <c r="D108" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>213</v>
       </c>
       <c r="B109" t="s">
         <v>214</v>
       </c>
       <c r="C109">
         <v>46.02</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>215</v>
       </c>
       <c r="B110" t="s">
         <v>216</v>
       </c>
       <c r="C110">
         <v>46.02</v>
@@ -3013,51 +3016,51 @@
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>225</v>
       </c>
       <c r="B115" t="s">
         <v>226</v>
       </c>
       <c r="C115">
         <v>48.0</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>227</v>
       </c>
       <c r="B116" t="s">
         <v>228</v>
       </c>
       <c r="C116">
         <v>49.08</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>229</v>
       </c>
       <c r="B117" t="s">
         <v>230</v>
       </c>
       <c r="C117">
         <v>49.08</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>231</v>
       </c>
       <c r="B118" t="s">
         <v>232</v>
       </c>
       <c r="C118">
         <v>49.08</v>
@@ -3475,51 +3478,51 @@
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>291</v>
       </c>
       <c r="B148" t="s">
         <v>292</v>
       </c>
       <c r="C148">
         <v>64.428</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>293</v>
       </c>
       <c r="B149" t="s">
         <v>294</v>
       </c>
       <c r="C149">
         <v>64.428</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>295</v>
       </c>
       <c r="B150" t="s">
         <v>296</v>
       </c>
       <c r="C150">
         <v>64.428</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>297</v>
       </c>
       <c r="B151" t="s">
         <v>298</v>
       </c>
       <c r="C151">
         <v>64.428</v>
@@ -3573,51 +3576,51 @@
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>305</v>
       </c>
       <c r="B155" t="s">
         <v>306</v>
       </c>
       <c r="C155">
         <v>67.488</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>307</v>
       </c>
       <c r="B156" t="s">
         <v>308</v>
       </c>
       <c r="C156">
         <v>70.56</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>309</v>
       </c>
       <c r="B157" t="s">
         <v>310</v>
       </c>
       <c r="C157">
         <v>70.56</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>311</v>
       </c>
       <c r="B158" t="s">
         <v>312</v>
       </c>
       <c r="C158">
         <v>73.632</v>
@@ -3629,199 +3632,199 @@
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>313</v>
       </c>
       <c r="B159" t="s">
         <v>314</v>
       </c>
       <c r="C159">
         <v>73.632</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>315</v>
       </c>
       <c r="B160" t="s">
         <v>316</v>
       </c>
       <c r="C160">
         <v>73.632</v>
       </c>
       <c r="D160" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>317</v>
       </c>
       <c r="B161" t="s">
         <v>318</v>
       </c>
       <c r="C161">
         <v>76.692</v>
       </c>
       <c r="D161" t="s">
-        <v>6</v>
+        <v>319</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B162" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C162">
         <v>76.692</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B163" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C163">
         <v>76.692</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B164" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C164">
         <v>76.692</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B165" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C165">
         <v>76.692</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B166" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C166">
         <v>76.692</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B167" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C167">
         <v>78.0</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B168" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C168">
         <v>82.824</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B169" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C169">
         <v>85.896</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B170" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C170">
         <v>88.968</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B171" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C171">
         <v>88.968</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D172"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 