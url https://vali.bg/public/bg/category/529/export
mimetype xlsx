--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -112,69 +112,69 @@
   <si>
     <t>Зарядно устройство за LiIon/NiMh батерии 3,7v/1.2v универсално 1 гнездо USB micro UC-100 EverActive</t>
   </si>
   <si>
     <t>EVER-C-UC-100</t>
   </si>
   <si>
     <t>Зарядно у-во GP BATTERIES B421  270AAHCE-EB4+4 AA NiMH 2700mAh</t>
   </si>
   <si>
     <t>GP-C-B421-270AAHCE-EB4</t>
   </si>
   <si>
     <t>Зарядно устройство EVERACTIVE NC109, за NIMH  батерии, 7.2V/8.4V, R22, 4 гнезда</t>
   </si>
   <si>
     <t>EVER-C-NC109</t>
   </si>
   <si>
     <t>Зарядно у-во NITECORE i2, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA, C, D</t>
   </si>
   <si>
     <t>NITECORE-C-i2-UNI</t>
   </si>
   <si>
+    <t>Зарядно устройство GP M451-270AAHCE-EB4, 4 AA, NiMH, 2700mAh, FAST</t>
+  </si>
+  <si>
+    <t>GP-C-M451-270AAHCE-EB4</t>
+  </si>
+  <si>
+    <t>Зарядно у-во ENERGIZER N301335800, NIMH R6,03,14,20,22</t>
+  </si>
+  <si>
+    <t>ENERG-CHARGER-UNI</t>
+  </si>
+  <si>
+    <t>Зарядно устройство CEF14 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 4h DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-C-CEF14</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
-  </si>
-[...16 lines deleted...]
-    <t>DUR-C-CEF14</t>
   </si>
   <si>
     <t>Зарядно у-во NIMH R6,03 AA/AAA  с микропроцесор NC1000M  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC1000M</t>
   </si>
   <si>
     <t>Зарядно у-во с 6 гнезда / 4 канала Universal Charger R6,03,14,20,22  B361 GP</t>
   </si>
   <si>
     <t>GP-C-B631</t>
   </si>
   <si>
     <t>Зарядно у-во NITECORE i4, Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA, C, D</t>
   </si>
   <si>
     <t>NITECORE-C-i4-UNI</t>
   </si>
   <si>
     <t>Зарядно у-во XTAR VC4SL, 4 гнезда, LCD дисплей, USB, LiIon &amp; NIMH, 18650, CR123, AA, AAA</t>
   </si>
   <si>
     <t>XTAR-C-VC4SL</t>
   </si>
@@ -566,51 +566,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -679,79 +679,79 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
         <v>21.6</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>27.0</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>27.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>28.8</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>28.8</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>36.0</v>
@@ -763,93 +763,93 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>40.8</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>42.0</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>45.6</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>48.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>54.0</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>54.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>54.0</v>
@@ -875,160 +875,160 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>58.8</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>72.0</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>78.0</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>78.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>84.0</v>
       </c>
       <c r="D25" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>84.0</v>
       </c>
       <c r="D26" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>234.0</v>
       </c>
       <c r="D27" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>294.0</v>
       </c>
       <c r="D28" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>300.0</v>
       </c>
       <c r="D29" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>2365.08</v>
+        <v>1710.0</v>
       </c>
       <c r="D30" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>