--- v1 (2025-11-10)
+++ v2 (2026-01-10)
@@ -7,113 +7,116 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Зарядно устройство ACT, 5V, 2A, 3.5мм жак, Черно</t>
   </si>
   <si>
     <t>EWENT-ACT-AC1505</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 1 гнездо USB micro LC-100 EverActive</t>
+  </si>
+  <si>
+    <t>EVER-C-LC-100</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 1 гнездо USB micro LC-100 EverActive</t>
-[...4 lines deleted...]
-  <si>
     <t>Зарядно GP BATTERIES E211 + 2 * 2100mAh AA, За 2 броя, NiMH</t>
   </si>
   <si>
     <t>GP-C-E211-2AA-2100</t>
   </si>
   <si>
     <t>Адаптер за кола HAMA, Стабилизиран DC/DC 2000 mA-max. 14V, 46514</t>
   </si>
   <si>
     <t>HAMA-46514</t>
   </si>
   <si>
     <t>Универсално захранване Hama, Регулируемо, 600 mA, 223612</t>
   </si>
   <si>
     <t>HAMA-223612</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 2 гнездa USB micro LC-200 EverActive</t>
   </si>
   <si>
     <t>EVER-C-LC-200</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Зарядно у-во  XTAR MC4S, USB Type-C, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA</t>
   </si>
   <si>
     <t>XTAR-C-MC4S</t>
   </si>
   <si>
     <t>Зарядно у-во XTAR MC2S, USB Type-C, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA  с 2 гнезда</t>
   </si>
   <si>
     <t>XTAR-C-MC2S</t>
   </si>
   <si>
     <t>Зарядно GP BATTERIES E411 +  2100mAh AA, За 4 броя, NiMH</t>
   </si>
   <si>
     <t>GP-C-E411-4AA-2100</t>
   </si>
   <si>
     <t>Зарядно устройство за LiIon/NiMh батерии 3,7v/1.2v универсално 1 гнездо USB micro UC-100 EverActive</t>
   </si>
   <si>
     <t>EVER-C-UC-100</t>
   </si>
   <si>
     <t>Зарядно у-во GP BATTERIES B421  270AAHCE-EB4+4 AA NiMH 2700mAh</t>
@@ -130,75 +133,78 @@
   <si>
     <t>Зарядно у-во NITECORE i2, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA, C, D</t>
   </si>
   <si>
     <t>NITECORE-C-i2-UNI</t>
   </si>
   <si>
     <t>Зарядно устройство GP M451-270AAHCE-EB4, 4 AA, NiMH, 2700mAh, FAST</t>
   </si>
   <si>
     <t>GP-C-M451-270AAHCE-EB4</t>
   </si>
   <si>
     <t>Зарядно у-во ENERGIZER N301335800, NIMH R6,03,14,20,22</t>
   </si>
   <si>
     <t>ENERG-CHARGER-UNI</t>
   </si>
   <si>
     <t>Зарядно устройство CEF14 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 4h DURACELL</t>
   </si>
   <si>
     <t>DUR-C-CEF14</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Зарядно у-во NIMH R6,03 AA/AAA  с микропроцесор NC1000M  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC1000M</t>
   </si>
   <si>
     <t>Зарядно у-во с 6 гнезда / 4 канала Universal Charger R6,03,14,20,22  B361 GP</t>
   </si>
   <si>
     <t>GP-C-B631</t>
   </si>
   <si>
     <t>Зарядно у-во NITECORE i4, Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA, C, D</t>
   </si>
   <si>
     <t>NITECORE-C-i4-UNI</t>
   </si>
   <si>
     <t>Зарядно у-во XTAR VC4SL, 4 гнезда, LCD дисплей, USB, LiIon &amp; NIMH, 18650, CR123, AA, AAA</t>
   </si>
   <si>
     <t>XTAR-C-VC4SL</t>
+  </si>
+  <si>
+    <t>Зарядно устройство за NIMH/LiIon батерии 4 гнезда LCD дисплей USB VX4 SET  XTAR</t>
+  </si>
+  <si>
+    <t>XTAR-C-VX4-SET</t>
   </si>
   <si>
     <t>Зарядно устройство CEF27 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 45 min. DURACELL</t>
   </si>
   <si>
     <t>DUR-C-CEF27</t>
   </si>
   <si>
     <t>Зарядно у-во Universal Charger  NIMH R6,03,14,20,22 с микропроцесор NC900U  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC900U</t>
   </si>
   <si>
     <t>Зарядно процесорно устройство за акумулатор 12V/24V everActive CBC-10 v2  до 10А за автомобили и мотоциклети</t>
   </si>
   <si>
     <t>EVER-C-CBC-10</t>
   </si>
   <si>
     <t>Зарядно за батерия за дистанционно за кран  Palfinger 590 , 960 ; Scanreco  592, 960 RSC7220  NIMH 7,2V Dual Micro USB Cameron Sino</t>
   </si>
   <si>
     <t>CS-DF-RBS950BE</t>
   </si>
@@ -556,486 +562,500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>16.236</v>
+        <v>8.304</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>16.8</v>
+        <v>8.592</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>20.4</v>
+        <v>10.428</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>20.604</v>
+        <v>10.536</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>21.516</v>
+        <v>11.004</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>21.6</v>
+        <v>11.04</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>27.0</v>
+        <v>13.8</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>27.0</v>
+        <v>13.8</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>28.8</v>
+        <v>14.724</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>28.8</v>
+        <v>14.724</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>36.0</v>
+        <v>18.408</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>40.8</v>
+        <v>20.856</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>42.0</v>
+        <v>21.48</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>45.6</v>
+        <v>23.316</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>48.0</v>
+        <v>24.54</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>54.0</v>
+        <v>27.612</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>57.6</v>
+        <v>29.448</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>58.8</v>
+        <v>30.06</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>72.0</v>
+        <v>36.204</v>
       </c>
       <c r="D22" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>78.0</v>
+        <v>36.816</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>78.0</v>
+        <v>39.876</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>84.0</v>
+        <v>39.876</v>
       </c>
       <c r="D25" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>84.0</v>
+        <v>42.948</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>234.0</v>
+        <v>42.948</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>294.0</v>
+        <v>119.64</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>300.0</v>
+        <v>150.324</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>1710.0</v>
+        <v>153.384</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31">
+        <v>874.308</v>
+      </c>
+      <c r="D31" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D31"/>
+  <autoFilter ref="A1:D32"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>