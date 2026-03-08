--- v2 (2026-01-10)
+++ v3 (2026-03-08)
@@ -7,168 +7,189 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Зарядно устройство ACT, 5V, 2A, 3.5мм жак, Черно</t>
   </si>
   <si>
     <t>EWENT-ACT-AC1505</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 1 гнездо USB micro LC-100 EverActive</t>
   </si>
   <si>
     <t>EVER-C-LC-100</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Зарядно GP BATTERIES E211 + 2 * 2100mAh AA, За 2 броя, NiMH</t>
   </si>
   <si>
     <t>GP-C-E211-2AA-2100</t>
   </si>
   <si>
     <t>Адаптер за кола HAMA, Стабилизиран DC/DC 2000 mA-max. 14V, 46514</t>
   </si>
   <si>
     <t>HAMA-46514</t>
   </si>
   <si>
     <t>Универсално захранване Hama, Регулируемо, 600 mA, 223612</t>
   </si>
   <si>
     <t>HAMA-223612</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 2 гнездa USB micro LC-200 EverActive</t>
+  </si>
+  <si>
+    <t>EVER-C-LC-200</t>
+  </si>
+  <si>
+    <t>Зарядно у-во  XTAR MC4S, USB Type-C, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA</t>
+  </si>
+  <si>
+    <t>XTAR-C-MC4S</t>
+  </si>
+  <si>
+    <t>Зарядно у-во XTAR MC2S, USB Micro , Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA  с 2 гнезда</t>
+  </si>
+  <si>
+    <t>XTAR-C-MC2S</t>
+  </si>
+  <si>
+    <t>Зарядно у-во XTAR MC2S NEW, USB Type-C , Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA  с 2 гнезда</t>
+  </si>
+  <si>
+    <t>XTAR-C-MC2-NEW</t>
+  </si>
+  <si>
+    <t>Зарядно GP BATTERIES E411 +  2100mAh AA, За 4 броя, NiMH</t>
+  </si>
+  <si>
+    <t>GP-C-E411-4AA-2100</t>
+  </si>
+  <si>
+    <t>Зарядно устройство за LiIon/NiMh батерии 3,7v/1.2v универсално 1 гнездо USB micro UC-100 EverActive</t>
+  </si>
+  <si>
+    <t>EVER-C-UC-100</t>
+  </si>
+  <si>
+    <t>Зарядно у-во GP BATTERIES B421  270AAHCE-EB4+4 AA NiMH 2700mAh</t>
+  </si>
+  <si>
+    <t>GP-C-B421-270AAHCE-EB4</t>
+  </si>
+  <si>
+    <t>Зарядно устройство EVERACTIVE NC109, за NIMH  батерии, 7.2V/8.4V, R22, 4 гнезда</t>
+  </si>
+  <si>
+    <t>EVER-C-NC109</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 2 гнездa USB micro LC-200 EverActive</t>
-[...40 lines deleted...]
-  <si>
     <t>Зарядно у-во NITECORE i2, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA, C, D</t>
   </si>
   <si>
     <t>NITECORE-C-i2-UNI</t>
   </si>
   <si>
     <t>Зарядно устройство GP M451-270AAHCE-EB4, 4 AA, NiMH, 2700mAh, FAST</t>
   </si>
   <si>
     <t>GP-C-M451-270AAHCE-EB4</t>
   </si>
   <si>
+    <t xml:space="preserve">Зарядно у-во GP BATTERIES B421  210AAHCE-EB4+4 AA NiMH 2100mAh </t>
+  </si>
+  <si>
+    <t>GP-C-B421-210AAHCE-EB4</t>
+  </si>
+  <si>
     <t>Зарядно у-во ENERGIZER N301335800, NIMH R6,03,14,20,22</t>
   </si>
   <si>
     <t>ENERG-CHARGER-UNI</t>
+  </si>
+  <si>
+    <t>Delock Захранващ адаптер external DC 3,5 x 1,35 mm 5,0 V / 2,0 A / 10,0 W Navilock</t>
+  </si>
+  <si>
+    <t>DELOCK-41337</t>
   </si>
   <si>
     <t>Зарядно устройство CEF14 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 4h DURACELL</t>
   </si>
   <si>
     <t>DUR-C-CEF14</t>
   </si>
   <si>
     <t>Зарядно у-во NIMH R6,03 AA/AAA  с микропроцесор NC1000M  EVERACTIVE</t>
   </si>
   <si>
     <t>EVER-C-NC1000M</t>
   </si>
   <si>
     <t>Зарядно у-во с 6 гнезда / 4 канала Universal Charger R6,03,14,20,22  B361 GP</t>
   </si>
   <si>
     <t>GP-C-B631</t>
   </si>
   <si>
     <t>Зарядно у-во NITECORE i4, Universal Charger, LiIon &amp; NIMH, 18650, CR123; AA, AAA, C, D</t>
   </si>
   <si>
     <t>NITECORE-C-i4-UNI</t>
   </si>
@@ -562,51 +583,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -671,391 +692,433 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>11.004</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>11.04</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>13.8</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>13.8</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>14.724</v>
+        <v>13.8</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>14.724</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>18.408</v>
+        <v>14.724</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>20.856</v>
+        <v>18.408</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>21.48</v>
+        <v>20.856</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>23.316</v>
+        <v>21.48</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>24.54</v>
+        <v>23.316</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>27.612</v>
+        <v>23.928</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>27.612</v>
+        <v>24.54</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>27.612</v>
+        <v>25.392</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>29.448</v>
+        <v>27.612</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>30.06</v>
+        <v>27.612</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>36.204</v>
+        <v>27.612</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>36.816</v>
+        <v>29.448</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>39.876</v>
+        <v>30.06</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>39.876</v>
+        <v>36.204</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>42.948</v>
+        <v>36.816</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>42.948</v>
+        <v>39.876</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>119.64</v>
+        <v>39.876</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>150.324</v>
+        <v>42.948</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>153.384</v>
+        <v>42.948</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
+        <v>119.64</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32">
+        <v>150.324</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C33">
+        <v>153.384</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
+        <v>73</v>
+      </c>
+      <c r="C34">
         <v>874.308</v>
       </c>
-      <c r="D31" t="s">
-        <v>16</v>
+      <c r="D34" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D32"/>
+  <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>