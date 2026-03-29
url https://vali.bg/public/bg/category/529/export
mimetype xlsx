--- v3 (2026-03-08)
+++ v4 (2026-03-29)
@@ -14,161 +14,158 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Зарядно устройство ACT, 5V, 2A, 3.5мм жак, Черно</t>
   </si>
   <si>
     <t>EWENT-ACT-AC1505</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 1 гнездо USB micro LC-100 EverActive</t>
   </si>
   <si>
     <t>EVER-C-LC-100</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Зарядно GP BATTERIES E211 + 2 * 2100mAh AA, За 2 броя, NiMH</t>
+  </si>
+  <si>
+    <t>GP-C-E211-2AA-2100</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Зарядно GP BATTERIES E211 + 2 * 2100mAh AA, За 2 броя, NiMH</t>
-[...4 lines deleted...]
-  <si>
     <t>Адаптер за кола HAMA, Стабилизиран DC/DC 2000 mA-max. 14V, 46514</t>
   </si>
   <si>
     <t>HAMA-46514</t>
   </si>
   <si>
+    <t>Зарядно устройство за LiIon батерии 3,7v CR18650,CR123,14500 2 гнездa USB micro LC-200 EverActive</t>
+  </si>
+  <si>
+    <t>EVER-C-LC-200</t>
+  </si>
+  <si>
     <t>Универсално захранване Hama, Регулируемо, 600 mA, 223612</t>
   </si>
   <si>
     <t>HAMA-223612</t>
   </si>
   <si>
-    <t>на път</t>
-[...7 lines deleted...]
-  <si>
     <t>Зарядно у-во  XTAR MC4S, USB Type-C, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA</t>
   </si>
   <si>
     <t>XTAR-C-MC4S</t>
   </si>
   <si>
     <t>Зарядно у-во XTAR MC2S, USB Micro , Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA  с 2 гнезда</t>
   </si>
   <si>
     <t>XTAR-C-MC2S</t>
   </si>
   <si>
     <t>Зарядно у-во XTAR MC2S NEW, USB Type-C , Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA  с 2 гнезда</t>
   </si>
   <si>
     <t>XTAR-C-MC2-NEW</t>
   </si>
   <si>
     <t>Зарядно GP BATTERIES E411 +  2100mAh AA, За 4 броя, NiMH</t>
   </si>
   <si>
     <t>GP-C-E411-4AA-2100</t>
   </si>
   <si>
     <t>Зарядно устройство за LiIon/NiMh батерии 3,7v/1.2v универсално 1 гнездо USB micro UC-100 EverActive</t>
   </si>
   <si>
     <t>EVER-C-UC-100</t>
   </si>
   <si>
     <t>Зарядно у-во GP BATTERIES B421  270AAHCE-EB4+4 AA NiMH 2700mAh</t>
   </si>
   <si>
     <t>GP-C-B421-270AAHCE-EB4</t>
   </si>
   <si>
     <t>Зарядно устройство EVERACTIVE NC109, за NIMH  батерии, 7.2V/8.4V, R22, 4 гнезда</t>
   </si>
   <si>
     <t>EVER-C-NC109</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Зарядно у-во NITECORE i2, Universal Charger, LiIon &amp; NIMH, 18650, CR123, AA, AAA, C, D</t>
   </si>
   <si>
     <t>NITECORE-C-i2-UNI</t>
   </si>
   <si>
-    <t>Зарядно устройство GP M451-270AAHCE-EB4, 4 AA, NiMH, 2700mAh, FAST</t>
+    <t>Зарядно устройство GP M451-270AAHCE-EB4, 4 AA, NiMH, 2600mAh, FAST</t>
   </si>
   <si>
     <t>GP-C-M451-270AAHCE-EB4</t>
   </si>
   <si>
     <t xml:space="preserve">Зарядно у-во GP BATTERIES B421  210AAHCE-EB4+4 AA NiMH 2100mAh </t>
   </si>
   <si>
     <t>GP-C-B421-210AAHCE-EB4</t>
   </si>
   <si>
     <t>Зарядно у-во ENERGIZER N301335800, NIMH R6,03,14,20,22</t>
   </si>
   <si>
     <t>ENERG-CHARGER-UNI</t>
   </si>
   <si>
     <t>Delock Захранващ адаптер external DC 3,5 x 1,35 mm 5,0 V / 2,0 A / 10,0 W Navilock</t>
   </si>
   <si>
     <t>DELOCK-41337</t>
   </si>
   <si>
     <t>Зарядно устройство CEF14 + 2*AA NiMH 1300mAh + 2*AAA NIMH 750mAh 4h DURACELL</t>
   </si>
@@ -650,471 +647,471 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>8.592</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>10.428</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>10.536</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>11.004</v>
+        <v>11.04</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>11.04</v>
+        <v>11.412</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>13.8</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>13.8</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>13.8</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>14.724</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>14.724</v>
       </c>
       <c r="D12" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>18.408</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>20.856</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>21.48</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>23.316</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>23.928</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>24.54</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19">
         <v>25.392</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>27.612</v>
       </c>
       <c r="D20" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>27.612</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>27.612</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23">
         <v>29.448</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C24">
         <v>30.06</v>
       </c>
       <c r="D24" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C25">
         <v>36.204</v>
       </c>
       <c r="D25" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>36.816</v>
       </c>
       <c r="D26" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27">
         <v>39.876</v>
       </c>
       <c r="D27" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>39.876</v>
       </c>
       <c r="D28" t="s">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>42.948</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>42.948</v>
       </c>
       <c r="D30" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>119.64</v>
       </c>
       <c r="D31" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>150.324</v>
       </c>
       <c r="D32" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>153.384</v>
       </c>
       <c r="D33" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>874.308</v>
       </c>
       <c r="D34" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>