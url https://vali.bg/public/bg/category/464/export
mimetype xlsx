--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -7,173 +7,161 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$96</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$89</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, 188240</t>
   </si>
   <si>
     <t>HAMA-188240</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W</t>
   </si>
   <si>
     <t>HAMA-188237</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, синя</t>
   </si>
   <si>
     <t>HAMA-188239</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, 188238</t>
   </si>
   <si>
     <t>HAMA-188238</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>HAMA Блутут колонка “Tube 4.0”, 3.5 W, черна</t>
   </si>
   <si>
     <t>HAMA-188241</t>
   </si>
   <si>
+    <t>Hama Блутут колонка "Buddy 3.0", водоустойчива IPX7, 6 W, 188235</t>
+  </si>
+  <si>
+    <t>HAMA-188235</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Hama Блутут колонка "Buddy 3.0", водоустойчива IPX7, 6 W, 188235</t>
-[...2 lines deleted...]
-    <t>HAMA-188235</t>
+    <t>Блутут колонка HAMA "Pocket 3.0", Waterproof. 3.5W, 188224</t>
+  </si>
+  <si>
+    <t>HAMA-188224</t>
+  </si>
+  <si>
+    <t>HAMA Блутут мобилна колонка "Pocket 3.0", 188225</t>
+  </si>
+  <si>
+    <t>HAMA-188225</t>
+  </si>
+  <si>
+    <t>Портативна колонка Creative MUVO Free Clip-On</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-MUVO-FREE</t>
+  </si>
+  <si>
+    <t>Преносима смарт тонколона Amazon Echo Pop, Bluetooth, Alexa, Лилава</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-POP-LILA</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Блутут колонка HAMA "Pocket 3.0", Waterproof. 3.5W, 188224</t>
-[...28 lines deleted...]
-  <si>
     <t>Преносима смарт тонколона Amazon Echo Pop, Bluetooth, Alexa, Зелена</t>
   </si>
   <si>
     <t>AMAZON-ECHO-POP-GR</t>
   </si>
   <si>
-    <t>Преносима смарт тонколона Amazon Echo Pop, Bluetooth, Alexa, Бяла</t>
-[...4 lines deleted...]
-  <si>
     <t>Блутут колонка JBL GO2 Essential - Черна</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLK</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO2 Essential - Червен</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-RED</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Блутут колонка JBL GO2 Essential - Син</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLUE</t>
   </si>
   <si>
     <t>Bluetooth саундбар Creative Stage SE mini, 2.0, USB-C, Bluetooth, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE-MINI</t>
   </si>
   <si>
     <t>Портативна колонка Creative MUVO Flex - Черно</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-BK</t>
   </si>
   <si>
     <t>Портативна колонка Creative MUVO Flex - Сив</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-GR</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Bomb 3.0" Bluetooth®, Waterproof IPX7, LED, 16 W, черна</t>
@@ -286,110 +274,86 @@
   <si>
     <t>Смарт часовник Amazon Echo Spot 2024, Alexa асистент, Черен</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-BL</t>
   </si>
   <si>
     <t>Смарт часовник Amazon Echo Spot 2024 , гласов асистент, Blue</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-BLUE</t>
   </si>
   <si>
     <t>Блутут колонка HAMA Pipe 3.0, Черна, 188202</t>
   </si>
   <si>
     <t>HAMA-188202</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 5, Gen 3, сензорен екран, гласов асистент, черен</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-BL-G3</t>
   </si>
   <si>
-    <t>Блутут колонка HAMA "Twin 3.0", 30W, Черна, 188222</t>
-[...4 lines deleted...]
-  <si>
     <t>Блутут колонка HAMA Twin 3.0, 30 W, Бяла, 188223</t>
   </si>
   <si>
     <t>HAMA-188223</t>
   </si>
   <si>
     <t>Озвучителна система Creative Sound Blaster GS5 - Черен</t>
   </si>
   <si>
     <t>CREAT-SND-X-GS5</t>
   </si>
   <si>
     <t>Смарт тонколона Google Nest Hub 2nd gen, Сензорен екран, Гласов асистент, Тъмно сива</t>
   </si>
   <si>
     <t>GOOGLE-NEST-HUB2-DG</t>
   </si>
   <si>
     <t>Смарт тонколона Google Nest Hub 2nd gen, Сензорен екран, Гласов асистент, Бяла</t>
   </si>
   <si>
     <t>GOOGLE-NEST-HUB2-WT</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 5, 3nd Gen., Сензорен екран, Гласов асистент, Бяла</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-WH-G3</t>
   </si>
   <si>
-    <t>Смарт тонколона Amazon Echo Show 5, 3rd Gen, Сензорен екран, Гласов асистент, Синя</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжична колонка Google Nest Audio, Бяла</t>
   </si>
   <si>
     <t>GOOGLE-NEST-AUDIO</t>
   </si>
   <si>
-    <t>Безжична колонка Google Nest Audio, Черна</t>
-[...10 lines deleted...]
-  <si>
     <t>HAMA x Canton Блутут мобилна колонка "Mate Pro", 60W, водоустойчива</t>
   </si>
   <si>
     <t>HAMA-188219</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner 2 Черна</t>
   </si>
   <si>
     <t>JBL-TUNER2-BLK</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner 2 Бяла</t>
   </si>
   <si>
     <t>JBL-TUNER2-WH</t>
   </si>
   <si>
     <t>Kонферентна колонка за PC Jabra Speak 410, Черен, Unified Communications</t>
   </si>
   <si>
     <t>JABRA-7410-209</t>
   </si>
   <si>
     <t>Kонферентен високоговорител Jabra SPEAK 510UC VOIP USB и Bluetooth</t>
@@ -512,56 +476,50 @@
     <t>AMAZON-ECHO-SHOW10-WH</t>
   </si>
   <si>
     <t>Kонферентен високоговорител Jabra Speak 750 MS Teams, 7700-409</t>
   </si>
   <si>
     <t>JABRA-7700-409</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 10 (Gen 3), Сензорен екран, Гласов асистент, Черна</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW10-BK</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Studio, Гласов асистент, Черна</t>
   </si>
   <si>
     <t>AMAZON-ECHO-STUDIO-BL</t>
   </si>
   <si>
     <t>Блутут колонка JBL XTREME 4, IP67, Черна</t>
   </si>
   <si>
     <t>JBL-XTREME4-BLK</t>
-  </si>
-[...4 lines deleted...]
-    <t>AMAZON-ECHO-SHOW15-TV-WT</t>
   </si>
   <si>
     <t>Блутут колонка JBL PartyBox Encore, Безжичен микрофон, Черена</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-ENC</t>
   </si>
   <si>
     <t>Блутут колонка JBL PartyBox Encore 2, Безжичен микрофон - Черна</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-ENC2</t>
   </si>
   <si>
     <t>Блутут колона JBL PartyBox Club 120, 160W, Черна</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-CLUB120</t>
   </si>
   <si>
     <t>Блутут колона JBL PartyBox Club 120, 160W - Бяла</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-CLUB120-SW</t>
   </si>
@@ -949,51 +907,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D96"/>
+  <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1030,65 +988,65 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>29.424</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>29.52</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>37.236</v>
+        <v>37.284</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>40.536</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>52.272</v>
@@ -1114,1231 +1072,1133 @@
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>58.992</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>59.16</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
         <v>62.472</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>62.472</v>
+        <v>69.0</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>64.14</v>
+        <v>69.0</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
         <v>69.0</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>69.0</v>
+        <v>78.996</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>69.0</v>
+        <v>78.996</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>78.996</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>78.996</v>
+        <v>85.548</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>78.996</v>
+        <v>88.8</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>85.548</v>
+        <v>88.8</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>88.8</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>88.8</v>
+        <v>88.992</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>88.8</v>
+        <v>88.992</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>88.992</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
         <v>88.992</v>
       </c>
       <c r="D26" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
         <v>88.992</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
         <v>88.992</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
         <v>88.992</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>88.992</v>
+        <v>89.388</v>
       </c>
       <c r="D30" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>88.992</v>
+        <v>115.584</v>
       </c>
       <c r="D31" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>89.388</v>
+        <v>118.992</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>115.584</v>
+        <v>124.992</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>118.992</v>
+        <v>134.856</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>124.992</v>
+        <v>138.996</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>135.144</v>
+        <v>146.4</v>
       </c>
       <c r="D36" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>138.996</v>
+        <v>146.4</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>146.4</v>
+        <v>146.856</v>
       </c>
       <c r="D38" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>146.4</v>
+        <v>150.0</v>
       </c>
       <c r="D39" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>146.856</v>
+        <v>161.628</v>
       </c>
       <c r="D40" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>150.0</v>
+        <v>163.056</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>161.628</v>
+        <v>168.996</v>
       </c>
       <c r="D42" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>162.144</v>
+        <v>178.452</v>
       </c>
       <c r="D43" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>163.056</v>
+        <v>178.464</v>
       </c>
       <c r="D44" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>168.996</v>
+        <v>181.092</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>178.452</v>
+        <v>182.592</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>178.464</v>
+        <v>184.992</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>181.092</v>
+        <v>185.724</v>
       </c>
       <c r="D48" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>181.284</v>
+        <v>189.0</v>
       </c>
       <c r="D49" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>182.592</v>
+        <v>198.0</v>
       </c>
       <c r="D50" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>182.592</v>
+        <v>198.0</v>
       </c>
       <c r="D51" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>184.992</v>
+        <v>198.0</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>184.992</v>
+        <v>219.0</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>185.724</v>
+        <v>228.996</v>
       </c>
       <c r="D54" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>189.0</v>
+        <v>268.992</v>
       </c>
       <c r="D55" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>198.0</v>
+        <v>268.992</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>198.0</v>
+        <v>268.992</v>
       </c>
       <c r="D57" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>198.0</v>
+        <v>271.752</v>
       </c>
       <c r="D58" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>219.0</v>
+        <v>283.896</v>
       </c>
       <c r="D59" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
-        <v>228.996</v>
+        <v>288.996</v>
       </c>
       <c r="D60" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>268.992</v>
+        <v>288.996</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>268.992</v>
+        <v>288.996</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
-        <v>268.992</v>
+        <v>288.996</v>
       </c>
       <c r="D63" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>271.752</v>
+        <v>294.0</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
-        <v>283.896</v>
+        <v>312.12</v>
       </c>
       <c r="D65" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
-        <v>288.996</v>
+        <v>348.996</v>
       </c>
       <c r="D66" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>138</v>
       </c>
       <c r="B67" t="s">
         <v>139</v>
       </c>
       <c r="C67">
-        <v>288.996</v>
+        <v>348.996</v>
       </c>
       <c r="D67" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>141</v>
       </c>
       <c r="C68">
-        <v>288.996</v>
+        <v>399.0</v>
       </c>
       <c r="D68" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>142</v>
       </c>
       <c r="B69" t="s">
         <v>143</v>
       </c>
       <c r="C69">
-        <v>288.996</v>
+        <v>448.992</v>
       </c>
       <c r="D69" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
         <v>145</v>
       </c>
       <c r="C70">
-        <v>294.0</v>
+        <v>484.668</v>
       </c>
       <c r="D70" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>146</v>
       </c>
       <c r="B71" t="s">
         <v>147</v>
       </c>
       <c r="C71">
-        <v>335.556</v>
+        <v>510.0</v>
       </c>
       <c r="D71" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>148</v>
       </c>
       <c r="B72" t="s">
         <v>149</v>
       </c>
       <c r="C72">
-        <v>348.996</v>
+        <v>519.6</v>
       </c>
       <c r="D72" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>150</v>
       </c>
       <c r="B73" t="s">
         <v>151</v>
       </c>
       <c r="C73">
-        <v>348.996</v>
+        <v>565.092</v>
       </c>
       <c r="D73" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>152</v>
       </c>
       <c r="B74" t="s">
         <v>153</v>
       </c>
       <c r="C74">
-        <v>399.0</v>
+        <v>588.996</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>154</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75">
-        <v>448.992</v>
+        <v>602.88</v>
       </c>
       <c r="D75" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>156</v>
       </c>
       <c r="B76" t="s">
         <v>157</v>
       </c>
       <c r="C76">
-        <v>484.668</v>
+        <v>648.996</v>
       </c>
       <c r="D76" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
-        <v>510.0</v>
+        <v>736.404</v>
       </c>
       <c r="D77" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
-        <v>519.6</v>
+        <v>745.728</v>
       </c>
       <c r="D78" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
-        <v>565.092</v>
+        <v>999.0</v>
       </c>
       <c r="D79" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
-        <v>588.996</v>
+        <v>1098.996</v>
       </c>
       <c r="D80" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>166</v>
       </c>
       <c r="B81" t="s">
         <v>167</v>
       </c>
       <c r="C81">
-        <v>589.416</v>
+        <v>1098.996</v>
       </c>
       <c r="D81" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
-        <v>602.88</v>
+        <v>1198.992</v>
       </c>
       <c r="D82" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
-        <v>648.996</v>
+        <v>1498.992</v>
       </c>
       <c r="D83" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
-        <v>736.404</v>
+        <v>1599.0</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
-        <v>745.728</v>
+        <v>1648.992</v>
       </c>
       <c r="D85" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
-        <v>999.0</v>
+        <v>1648.992</v>
       </c>
       <c r="D86" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
-        <v>1098.996</v>
+        <v>1679.076</v>
       </c>
       <c r="D87" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>1098.996</v>
+        <v>2571.636</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
-[...97 lines deleted...]
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D96"/>
+  <autoFilter ref="A1:D89"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>