--- v1 (2025-11-10)
+++ v2 (2026-01-10)
@@ -7,597 +7,624 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$89</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$94</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
+    <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, синя</t>
+  </si>
+  <si>
+    <t>HAMA-188239</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, 188240</t>
   </si>
   <si>
     <t>HAMA-188240</t>
   </si>
   <si>
+    <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W</t>
+  </si>
+  <si>
+    <t>HAMA-188237</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W</t>
-[...10 lines deleted...]
-  <si>
     <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, 188238</t>
   </si>
   <si>
     <t>HAMA-188238</t>
   </si>
   <si>
+    <t>HAMA Блутут колонка “Tube 4.0”, 3.5 W, черна</t>
+  </si>
+  <si>
+    <t>HAMA-188241</t>
+  </si>
+  <si>
+    <t>METZ Блутут колона Sound 2 Mini /soundbar/, 10W, LED,FM радио, SD слот</t>
+  </si>
+  <si>
+    <t>METZ-SPEAKER-MEBS60</t>
+  </si>
+  <si>
+    <t>Hama Блутут колонка "Buddy 3.0", водоустойчива IPX7, 6 W, 188235</t>
+  </si>
+  <si>
+    <t>HAMA-188235</t>
+  </si>
+  <si>
+    <t>Блутут колонка HAMA "Pocket 3.0", Waterproof. 3.5W, 188224</t>
+  </si>
+  <si>
+    <t>HAMA-188224</t>
+  </si>
+  <si>
+    <t>HAMA Блутут мобилна колонка "Pocket 3.0", 188225</t>
+  </si>
+  <si>
+    <t>HAMA-188225</t>
+  </si>
+  <si>
+    <t>Портативна колонка Creative MUVO Free Clip-On</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-MUVO-FREE</t>
+  </si>
+  <si>
+    <t>Преносима смарт тонколона Amazon Echo Pop, Bluetooth, Alexa, Лилава</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-POP-LILA</t>
+  </si>
+  <si>
+    <t>Преносима смарт тонколона Amazon Echo Pop, Bluetooth, Alexa, Зелена</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-POP-GR</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO2 Essential - Черна</t>
+  </si>
+  <si>
+    <t>JBL-GO2-ESS-BLK</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO2 Essential - Червен</t>
+  </si>
+  <si>
+    <t>JBL-GO2-ESS-RED</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO2 Essential - Син</t>
+  </si>
+  <si>
+    <t>JBL-GO2-ESS-BLUE</t>
+  </si>
+  <si>
+    <t>Bluetooth саундбар Creative Stage SE mini, 2.0, USB-C, Bluetooth, Черен</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-STAGE-SE-MINI</t>
+  </si>
+  <si>
+    <t>Портативна колонка Creative MUVO Flex - Черно</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-MUVO-FLEX-BK</t>
+  </si>
+  <si>
+    <t>Портативна колонка Creative MUVO Flex - Сив</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-MUVO-FLEX-GR</t>
+  </si>
+  <si>
+    <t>HAMA Блутут колонка "Bomb 3.0" Bluetooth®, Waterproof IPX7, LED, 16 W, черна</t>
+  </si>
+  <si>
+    <t>HAMA-188234</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>HAMA Блутут колонка “Tube 4.0”, 3.5 W, черна</t>
-[...86 lines deleted...]
-    <t>HAMA-188234</t>
+    <t>Блутут колонка JBL GO 4, Синя</t>
+  </si>
+  <si>
+    <t>JBL-GO4-BLU</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO 4, Бяла</t>
+  </si>
+  <si>
+    <t>JBL-GO4-WHT</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO 4, Червена</t>
+  </si>
+  <si>
+    <t>JBL-GO4-RED</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO 4, Лилава</t>
+  </si>
+  <si>
+    <t>JBL-GO4-PUR</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO 4, Камуфлаж</t>
+  </si>
+  <si>
+    <t>JBL-GO4-SQUAD</t>
+  </si>
+  <si>
+    <t>Портативна колонка Creative MUVO Play - Син</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-MUVO-PLAY</t>
+  </si>
+  <si>
+    <t>Портативна колонка Creative MUVO Play - Черно</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-MUVO-PLAYB</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO 4 BLACK</t>
+  </si>
+  <si>
+    <t>JBL-GO4-BLACK</t>
+  </si>
+  <si>
+    <t>Блутут колонка JBL GO 4 PINK</t>
+  </si>
+  <si>
+    <t>JBL-GO4-PINK</t>
+  </si>
+  <si>
+    <t>Безжична колонка Google Home mini Speaker, Сив</t>
+  </si>
+  <si>
+    <t>GOOGLE-HOME-MINI-CHALK</t>
   </si>
   <si>
     <t>Преносима смарт тонколона Amazon Echo Dot 5, Гласов асистент, Alexa, Тъмносиня</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-DEEP-BL</t>
   </si>
   <si>
     <t>Преносима смарт тонколона Amazon Echo Dot 5, Гласов асистент, Alexa, Бяла</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-WH</t>
   </si>
   <si>
     <t>Преносима смарт тонколона Amazon Echo Dot 5, Гласов асистент, Alexa, Черна</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-BL</t>
   </si>
   <si>
-    <t>Блутут колонка JBL GO 4, Синя</t>
-[...46 lines deleted...]
-  <si>
     <t>Блутут мобилна колонка HAMA Shine 2.0, 30W, LED, Защита от вода, Бял, 188229</t>
   </si>
   <si>
     <t>HAMA-188229</t>
   </si>
   <si>
     <t>Bluetooth саундбар Creative STAGE AIR V2, 2.0, USB-C, Aux-in, 10W, Черна</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-AIR-V2</t>
   </si>
   <si>
     <t>Озвучителна система Creative Sound Blaster GS3 - Черен</t>
   </si>
   <si>
     <t>CREAT-SND-X-GS3</t>
   </si>
   <si>
+    <t>Смарт часовник Amazon Echo Spot 2024, Alexa асистент, Черен</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SPOT-BL</t>
+  </si>
+  <si>
     <t>Блутут колонка HAMA Shine 2.0, 30W, LED, Защита от вода, Черна, 188228</t>
   </si>
   <si>
     <t>HAMA-188228</t>
   </si>
   <si>
     <t>Bluetooth саундбар Creative STAGE SE 2.0 USB, 48W, Черна</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE</t>
   </si>
   <si>
     <t>Смарт часовник Amazon Echo Spot 2024, Alexa асистент, Бял</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-WH</t>
   </si>
   <si>
-    <t>Смарт часовник Amazon Echo Spot 2024, Alexa асистент, Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Смарт часовник Amazon Echo Spot 2024 , гласов асистент, Blue</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-BLUE</t>
   </si>
   <si>
     <t>Блутут колонка HAMA Pipe 3.0, Черна, 188202</t>
   </si>
   <si>
     <t>HAMA-188202</t>
   </si>
   <si>
+    <t>Google Nest Audio Безжична смарт колонка  Chalk</t>
+  </si>
+  <si>
+    <t>GOOGLE-NEST-AUDIO-CHALK</t>
+  </si>
+  <si>
+    <t>Блутут колонка HAMA Twin 3.0, 30 W, Бяла, 188223</t>
+  </si>
+  <si>
+    <t>HAMA-188223</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative Sound Blaster GS5 - Черен</t>
+  </si>
+  <si>
+    <t>CREAT-SND-X-GS5</t>
+  </si>
+  <si>
+    <t>Смарт тонколона Amazon Echo Show 5, 3rd Gen, Сензорен екран, Гласов асистент, Синя</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW5-BLU-G3</t>
+  </si>
+  <si>
+    <t>Смарт тонколона Amazon Echo Show 5, 3nd Gen., Сензорен екран, Гласов асистент, Бяла</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW5-WH-G3</t>
+  </si>
+  <si>
     <t>Смарт тонколона Amazon Echo Show 5, Gen 3, сензорен екран, гласов асистент, черен</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-BL-G3</t>
   </si>
   <si>
-    <t>Блутут колонка HAMA Twin 3.0, 30 W, Бяла, 188223</t>
-[...10 lines deleted...]
-  <si>
     <t>Смарт тонколона Google Nest Hub 2nd gen, Сензорен екран, Гласов асистент, Тъмно сива</t>
   </si>
   <si>
     <t>GOOGLE-NEST-HUB2-DG</t>
   </si>
   <si>
     <t>Смарт тонколона Google Nest Hub 2nd gen, Сензорен екран, Гласов асистент, Бяла</t>
   </si>
   <si>
     <t>GOOGLE-NEST-HUB2-WT</t>
   </si>
   <si>
-    <t>Смарт тонколона Amazon Echo Show 5, 3nd Gen., Сензорен екран, Гласов асистент, Бяла</t>
-[...10 lines deleted...]
-  <si>
     <t>HAMA x Canton Блутут мобилна колонка "Mate Pro", 60W, водоустойчива</t>
   </si>
   <si>
     <t>HAMA-188219</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner 2 Черна</t>
   </si>
   <si>
     <t>JBL-TUNER2-BLK</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner 2 Бяла</t>
   </si>
   <si>
     <t>JBL-TUNER2-WH</t>
   </si>
   <si>
     <t>Kонферентна колонка за PC Jabra Speak 410, Черен, Unified Communications</t>
   </si>
   <si>
     <t>JABRA-7410-209</t>
   </si>
   <si>
     <t>Kонферентен високоговорител Jabra SPEAK 510UC VOIP USB и Bluetooth</t>
   </si>
   <si>
     <t>JABRA-510UC-VOIP</t>
   </si>
   <si>
     <t>Конферентна колонка Jabra Speak 410 за PC, Bluetooth, USB</t>
   </si>
   <si>
     <t>JABRA-7410-109</t>
   </si>
   <si>
     <t>Блутут колонка JBL FLIP Essential 2, Сива</t>
   </si>
   <si>
     <t>JBL-FLIPES2-GR</t>
   </si>
   <si>
     <t>Kонферентен високоговорител Jabra Speak 510 MS Bluetooth, 7510-109</t>
   </si>
   <si>
     <t>JABRA-7510-109</t>
   </si>
   <si>
+    <t>Блутут колонка JBL FLIP 6 Бяла</t>
+  </si>
+  <si>
+    <t>JBL-FLIP6-WT</t>
+  </si>
+  <si>
     <t>Блутут колонка JBL FLIP 7 - Червена</t>
   </si>
   <si>
     <t>JBL-FLIP7-RED</t>
   </si>
   <si>
     <t>Блутут колонка JBL FLIP 7 - Син</t>
   </si>
   <si>
     <t>JBL-FLIP7-BLUE</t>
   </si>
   <si>
     <t>Блутут колонка будилник JBL Horizon 3 - Сив</t>
   </si>
   <si>
     <t>JBL-HORIZON3-BL</t>
   </si>
   <si>
     <t>Звукова система 2.1 Creative Stage Pro 160W - Dolby Atmos - Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-PRO</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 8 (Gen 3), Сензорен екран, Гласов асистент, Бял</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW8G3-WT</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner XL Черна</t>
   </si>
   <si>
     <t>JBL-TUNERXL-BLK</t>
   </si>
   <si>
     <t>Блутут колонка JBL FLIP 6, Черна</t>
   </si>
   <si>
     <t>JBL-FLIP6-BK</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE Essential 2, Черна</t>
   </si>
   <si>
     <t>JBL-CHARGE2ES-BLK</t>
   </si>
   <si>
-    <t>Блутут колонка JBL FLIP 6 Бяла</t>
-[...4 lines deleted...]
-  <si>
     <t>Безжична колонка JBL Tuner XL, черна</t>
   </si>
   <si>
     <t>JBL-TUNERXLBLKEUNA</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 8 (Gen 3), Сензорен екран, Гласов асистент, Черен</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW8G3-BK</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE 5, Розов</t>
   </si>
   <si>
     <t>JBL-CHARGE5-PINK</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE 5, IPX67, Зелена</t>
   </si>
   <si>
     <t>JBL-CHARGE5-TEAL</t>
   </si>
   <si>
     <t>HAMA Canton Блутут колона "UltiMate Pro", водоустойчив IPX6, 120W, черен</t>
   </si>
   <si>
     <t>HAMA-188232</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE 5, Wi-Fi, Черна</t>
   </si>
   <si>
     <t>JBL-CHARGE5-BLK-WIFI</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 10 (Gen 3), Сензорен екран, Гласов асистент, Бяла</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW10-WH</t>
   </si>
   <si>
+    <t>Смарт дисплей Amazon Echo Show 11 Full HD, 3D audio, бял</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW11-WH</t>
+  </si>
+  <si>
     <t>Kонферентен високоговорител Jabra Speak 750 MS Teams, 7700-409</t>
   </si>
   <si>
     <t>JABRA-7700-409</t>
   </si>
   <si>
-    <t>Смарт тонколона Amazon Echo Show 10 (Gen 3), Сензорен екран, Гласов асистент, Черна</t>
-[...4 lines deleted...]
-  <si>
     <t>Смарт тонколона Amazon Echo Studio, Гласов асистент, Черна</t>
   </si>
   <si>
     <t>AMAZON-ECHO-STUDIO-BL</t>
   </si>
   <si>
     <t>Блутут колонка JBL XTREME 4, IP67, Черна</t>
   </si>
   <si>
     <t>JBL-XTREME4-BLK</t>
   </si>
   <si>
-    <t>Блутут колонка JBL PartyBox Encore, Безжичен микрофон, Черена</t>
-[...2 lines deleted...]
-    <t>JBL-PARTYBOX-ENC</t>
+    <t>Блутут колона JBL PartyBox Club 120, 160W, Черна</t>
+  </si>
+  <si>
+    <t>JBL-PARTYBOX-CLUB120</t>
+  </si>
+  <si>
+    <t>Блутут колона JBL PartyBox Club 120, 160W - Бяла</t>
+  </si>
+  <si>
+    <t>JBL-PARTYBOX-CLUB120-SW</t>
   </si>
   <si>
     <t>Блутут колонка JBL PartyBox Encore 2, Безжичен микрофон - Черна</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-ENC2</t>
   </si>
   <si>
-    <t>Блутут колона JBL PartyBox Club 120, 160W, Черна</t>
-[...8 lines deleted...]
-    <t>JBL-PARTYBOX-CLUB120-SW</t>
+    <t>Amazon Echo Show 15 Smart 15.6" FHD +  Fire TV , Alexa, дисплей за визуализация, черен, gen 2</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW15-TV-BL</t>
   </si>
   <si>
     <t>Блутут колонка JBL BOOMBOX3, Wi-FI, Черна</t>
   </si>
   <si>
     <t>JBL-BOOMBOX3-BLK-WIFI</t>
   </si>
   <si>
+    <t>Amazon Echo Show 21 Smart display 21" FHD + Fire TV , Alexa, дисплей за визуализация</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW21-FireTV</t>
+  </si>
+  <si>
     <t>Блутут колона JBL PartyBox Stage 320, 240W, Черна</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-STAGE320</t>
   </si>
   <si>
     <t>Блутут колона JBL PartyBox Stage 320, 240W - Бяла</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-STAGE320-W</t>
   </si>
   <si>
     <t>Саундбар JBL - Bar 500MK2, 5.1</t>
   </si>
   <si>
     <t>JBL-BAR-500MK2</t>
   </si>
   <si>
     <t>Тонколона JBL Studio 680, 2.0, басрефлексна</t>
   </si>
   <si>
     <t>JBL-STUDIO-680</t>
   </si>
   <si>
     <t>Блутут колона JBL PartyBox Stage 520, 400W RMS- Черно</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-520EU</t>
   </si>
   <si>
+    <t>Блутут колона JBL Partybox 720, 800W RMS - Черно</t>
+  </si>
+  <si>
+    <t>JBL-PARTYBOX-720EU</t>
+  </si>
+  <si>
     <t>Саундбар JBL - Bar 800MK2, 7.1</t>
   </si>
   <si>
     <t>JBL-BAR-800MK2</t>
   </si>
   <si>
     <t>Високоефективен субуфер - JBL Studio 650P Home Audio Loudspeaker System</t>
   </si>
   <si>
     <t>JBL-STUDIO-650P</t>
-  </si>
-[...4 lines deleted...]
-    <t>JBL-PARTYBOX710</t>
   </si>
   <si>
     <t>Аудио система JBL PARTYBOX ULTIMATE, Черна</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-ULT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -907,1298 +934,1368 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D89"/>
+  <dimension ref="A1:D94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>29.364</v>
+        <v>15.048</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>29.424</v>
+        <v>15.144</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>29.424</v>
+        <v>15.144</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>29.52</v>
+        <v>15.204</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>37.284</v>
+        <v>19.068</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>40.536</v>
+        <v>19.944</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8">
-        <v>52.272</v>
+        <v>20.676</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>52.428</v>
+        <v>26.724</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>58.992</v>
+        <v>26.808</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>59.16</v>
+        <v>30.168</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>62.472</v>
+        <v>30.252</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>69.0</v>
+        <v>31.944</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16">
-        <v>78.996</v>
+        <v>35.28</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C17">
-        <v>78.996</v>
+        <v>40.392</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C18">
-        <v>78.996</v>
+        <v>40.392</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19">
-        <v>85.548</v>
+        <v>40.392</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20">
+        <v>43.74</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>88.8</v>
+        <v>45.504</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>88.8</v>
+        <v>45.504</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D24" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D25" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D26" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D27" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>89.388</v>
+        <v>45.708</v>
       </c>
       <c r="D30" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>115.584</v>
+        <v>48.816</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>118.992</v>
+        <v>48.816</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>124.992</v>
+        <v>48.816</v>
       </c>
       <c r="D33" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>134.856</v>
+        <v>59.1</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>138.996</v>
+        <v>60.84</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>146.4</v>
+        <v>63.912</v>
       </c>
       <c r="D36" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>146.4</v>
+        <v>64.536</v>
       </c>
       <c r="D37" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>146.856</v>
+        <v>68.952</v>
       </c>
       <c r="D38" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>150.0</v>
+        <v>71.064</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>161.628</v>
+        <v>74.856</v>
       </c>
       <c r="D40" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>163.056</v>
+        <v>75.084</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>168.996</v>
+        <v>76.692</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>178.452</v>
+        <v>82.824</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>178.464</v>
+        <v>83.364</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>181.092</v>
+        <v>86.412</v>
       </c>
       <c r="D45" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>182.592</v>
+        <v>90.828</v>
       </c>
       <c r="D46" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>184.992</v>
+        <v>90.828</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>185.724</v>
+        <v>90.828</v>
       </c>
       <c r="D48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>189.0</v>
+        <v>91.248</v>
       </c>
       <c r="D49" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>198.0</v>
+        <v>91.248</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>198.0</v>
+        <v>94.584</v>
       </c>
       <c r="D51" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>198.0</v>
+        <v>94.956</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>219.0</v>
+        <v>96.636</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>228.996</v>
+        <v>101.232</v>
       </c>
       <c r="D54" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>268.992</v>
+        <v>101.232</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>268.992</v>
+        <v>101.232</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>268.992</v>
+        <v>111.972</v>
       </c>
       <c r="D57" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>271.752</v>
+        <v>117.084</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>283.896</v>
+        <v>132.42</v>
       </c>
       <c r="D59" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>288.996</v>
+        <v>137.532</v>
       </c>
       <c r="D60" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>288.996</v>
+        <v>137.532</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>288.996</v>
+        <v>137.532</v>
       </c>
       <c r="D62" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>288.996</v>
+        <v>138.948</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>294.0</v>
+        <v>139.092</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>312.12</v>
+        <v>147.756</v>
       </c>
       <c r="D65" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>348.996</v>
+        <v>147.756</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>348.996</v>
+        <v>147.756</v>
       </c>
       <c r="D67" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>399.0</v>
+        <v>150.324</v>
       </c>
       <c r="D68" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>448.992</v>
+        <v>151.356</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>484.668</v>
+        <v>178.44</v>
       </c>
       <c r="D70" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>510.0</v>
+        <v>178.44</v>
       </c>
       <c r="D71" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>519.6</v>
+        <v>204.0</v>
       </c>
       <c r="D72" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>565.092</v>
+        <v>229.572</v>
       </c>
       <c r="D73" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>588.996</v>
+        <v>247.812</v>
       </c>
       <c r="D74" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>602.88</v>
+        <v>260.28</v>
       </c>
       <c r="D75" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>648.996</v>
+        <v>260.76</v>
       </c>
       <c r="D76" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>736.404</v>
+        <v>288.936</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>745.728</v>
+        <v>301.152</v>
       </c>
       <c r="D78" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>999.0</v>
+        <v>376.512</v>
       </c>
       <c r="D79" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>1098.996</v>
+        <v>381.288</v>
       </c>
       <c r="D80" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>1098.996</v>
+        <v>398.808</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>1198.992</v>
+        <v>399.336</v>
       </c>
       <c r="D82" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>1498.992</v>
+        <v>510.78</v>
       </c>
       <c r="D83" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>1599.0</v>
+        <v>530.184</v>
       </c>
       <c r="D84" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>1648.992</v>
+        <v>561.912</v>
       </c>
       <c r="D85" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>1648.992</v>
+        <v>561.912</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>1679.076</v>
+        <v>613.032</v>
       </c>
       <c r="D87" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88">
+        <v>766.428</v>
+      </c>
+      <c r="D88" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
         <v>181</v>
       </c>
-      <c r="C88">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="B89" t="s">
+        <v>182</v>
+      </c>
+      <c r="C89">
+        <v>817.56</v>
+      </c>
+      <c r="D89" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
+        <v>184</v>
+      </c>
+      <c r="C90">
+        <v>817.56</v>
+      </c>
+      <c r="D90" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
+        <v>186</v>
+      </c>
+      <c r="C91">
+        <v>843.12</v>
+      </c>
+      <c r="D91" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
+        <v>188</v>
+      </c>
+      <c r="C92">
+        <v>843.12</v>
+      </c>
+      <c r="D92" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
+        <v>190</v>
+      </c>
+      <c r="C93">
+        <v>1314.852</v>
+      </c>
+      <c r="D93" t="s">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D89"/>
+  <autoFilter ref="A1:D94"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>