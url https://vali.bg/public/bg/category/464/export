--- v2 (2026-01-10)
+++ v3 (2026-03-08)
@@ -7,107 +7,89 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$94</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$89</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
-    <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, синя</t>
-[...2 lines deleted...]
-    <t>HAMA-188239</t>
+    <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W</t>
+  </si>
+  <si>
+    <t>HAMA-188237</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>HAMA Блутут колонка “Tube 4.0”, 3.5 W, черна</t>
+  </si>
+  <si>
+    <t>HAMA-188241</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W, 188240</t>
-[...25 lines deleted...]
-  <si>
     <t>METZ Блутут колона Sound 2 Mini /soundbar/, 10W, LED,FM радио, SD слот</t>
   </si>
   <si>
     <t>METZ-SPEAKER-MEBS60</t>
   </si>
   <si>
     <t>Hama Блутут колонка "Buddy 3.0", водоустойчива IPX7, 6 W, 188235</t>
   </si>
   <si>
     <t>HAMA-188235</t>
   </si>
   <si>
     <t>Блутут колонка HAMA "Pocket 3.0", Waterproof. 3.5W, 188224</t>
   </si>
   <si>
     <t>HAMA-188224</t>
   </si>
   <si>
     <t>HAMA Блутут мобилна колонка "Pocket 3.0", 188225</t>
   </si>
   <si>
     <t>HAMA-188225</t>
   </si>
   <si>
     <t>Портативна колонка Creative MUVO Free Clip-On</t>
@@ -130,50 +112,53 @@
   <si>
     <t>Блутут колонка JBL GO2 Essential - Черна</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLK</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO2 Essential - Червен</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-RED</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO2 Essential - Син</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLUE</t>
   </si>
   <si>
     <t>Bluetooth саундбар Creative Stage SE mini, 2.0, USB-C, Bluetooth, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE-MINI</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>Портативна колонка Creative MUVO Flex - Черно</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-BK</t>
   </si>
   <si>
     <t>Портативна колонка Creative MUVO Flex - Сив</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-GR</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Bomb 3.0" Bluetooth®, Waterproof IPX7, LED, 16 W, черна</t>
   </si>
   <si>
     <t>HAMA-188234</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO 4, Синя</t>
   </si>
   <si>
     <t>JBL-GO4-BLU</t>
@@ -205,200 +190,170 @@
   <si>
     <t>Портативна колонка Creative MUVO Play - Син</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-PLAY</t>
   </si>
   <si>
     <t>Портативна колонка Creative MUVO Play - Черно</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-PLAYB</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO 4 BLACK</t>
   </si>
   <si>
     <t>JBL-GO4-BLACK</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO 4 PINK</t>
   </si>
   <si>
     <t>JBL-GO4-PINK</t>
   </si>
   <si>
-    <t>Безжична колонка Google Home mini Speaker, Сив</t>
-[...4 lines deleted...]
-  <si>
     <t>Преносима смарт тонколона Amazon Echo Dot 5, Гласов асистент, Alexa, Тъмносиня</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-DEEP-BL</t>
   </si>
   <si>
     <t>Преносима смарт тонколона Amazon Echo Dot 5, Гласов асистент, Alexa, Бяла</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-WH</t>
   </si>
   <si>
     <t>Преносима смарт тонколона Amazon Echo Dot 5, Гласов асистент, Alexa, Черна</t>
   </si>
   <si>
     <t>AMAZON-ECHO-DOT5-BL</t>
   </si>
   <si>
     <t>Блутут мобилна колонка HAMA Shine 2.0, 30W, LED, Защита от вода, Бял, 188229</t>
   </si>
   <si>
     <t>HAMA-188229</t>
   </si>
   <si>
     <t>Bluetooth саундбар Creative STAGE AIR V2, 2.0, USB-C, Aux-in, 10W, Черна</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-AIR-V2</t>
   </si>
   <si>
     <t>Озвучителна система Creative Sound Blaster GS3 - Черен</t>
   </si>
   <si>
     <t>CREAT-SND-X-GS3</t>
   </si>
   <si>
     <t>Смарт часовник Amazon Echo Spot 2024, Alexa асистент, Черен</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-BL</t>
   </si>
   <si>
     <t>Блутут колонка HAMA Shine 2.0, 30W, LED, Защита от вода, Черна, 188228</t>
   </si>
   <si>
     <t>HAMA-188228</t>
   </si>
   <si>
+    <t>Смарт часовник Amazon Echo Spot 2024 , гласов асистент, Blue</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SPOT-BLUE</t>
+  </si>
+  <si>
     <t>Bluetooth саундбар Creative STAGE SE 2.0 USB, 48W, Черна</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE</t>
   </si>
   <si>
     <t>Смарт часовник Amazon Echo Spot 2024, Alexa асистент, Бял</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-WH</t>
   </si>
   <si>
-    <t>Смарт часовник Amazon Echo Spot 2024 , гласов асистент, Blue</t>
-[...4 lines deleted...]
-  <si>
     <t>Блутут колонка HAMA Pipe 3.0, Черна, 188202</t>
   </si>
   <si>
     <t>HAMA-188202</t>
   </si>
   <si>
-    <t>Google Nest Audio Безжична смарт колонка  Chalk</t>
-[...8 lines deleted...]
-    <t>HAMA-188223</t>
+    <t>Kонферентна колонка за PC Jabra Speak 410, Черен, Unified Communications</t>
+  </si>
+  <si>
+    <t>JABRA-7410-209</t>
   </si>
   <si>
     <t>Озвучителна система Creative Sound Blaster GS5 - Черен</t>
   </si>
   <si>
     <t>CREAT-SND-X-GS5</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 5, 3rd Gen, Сензорен екран, Гласов асистент, Синя</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-BLU-G3</t>
   </si>
   <si>
+    <t>Смарт тонколона Amazon Echo Show 5, Gen 3, сензорен екран, гласов асистент, черен</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW5-BL-G3</t>
+  </si>
+  <si>
     <t>Смарт тонколона Amazon Echo Show 5, 3nd Gen., Сензорен екран, Гласов асистент, Бяла</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-WH-G3</t>
   </si>
   <si>
-    <t>Смарт тонколона Amazon Echo Show 5, Gen 3, сензорен екран, гласов асистент, черен</t>
-[...16 lines deleted...]
-  <si>
     <t>HAMA x Canton Блутут мобилна колонка "Mate Pro", 60W, водоустойчива</t>
   </si>
   <si>
     <t>HAMA-188219</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner 2 Черна</t>
   </si>
   <si>
     <t>JBL-TUNER2-BLK</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner 2 Бяла</t>
   </si>
   <si>
     <t>JBL-TUNER2-WH</t>
   </si>
   <si>
-    <t>Kонферентна колонка за PC Jabra Speak 410, Черен, Unified Communications</t>
-[...4 lines deleted...]
-  <si>
     <t>Kонферентен високоговорител Jabra SPEAK 510UC VOIP USB и Bluetooth</t>
   </si>
   <si>
     <t>JABRA-510UC-VOIP</t>
   </si>
   <si>
     <t>Конферентна колонка Jabra Speak 410 за PC, Bluetooth, USB</t>
   </si>
   <si>
     <t>JABRA-7410-109</t>
   </si>
   <si>
     <t>Блутут колонка JBL FLIP Essential 2, Сива</t>
   </si>
   <si>
     <t>JBL-FLIPES2-GR</t>
   </si>
   <si>
     <t>Kонферентен високоговорител Jabra Speak 510 MS Bluetooth, 7510-109</t>
   </si>
   <si>
     <t>JABRA-7510-109</t>
   </si>
   <si>
     <t>Блутут колонка JBL FLIP 6 Бяла</t>
@@ -415,120 +370,138 @@
   <si>
     <t>Блутут колонка JBL FLIP 7 - Син</t>
   </si>
   <si>
     <t>JBL-FLIP7-BLUE</t>
   </si>
   <si>
     <t>Блутут колонка будилник JBL Horizon 3 - Сив</t>
   </si>
   <si>
     <t>JBL-HORIZON3-BL</t>
   </si>
   <si>
     <t>Звукова система 2.1 Creative Stage Pro 160W - Dolby Atmos - Black</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-PRO</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 8 (Gen 3), Сензорен екран, Гласов асистент, Бял</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW8G3-WT</t>
   </si>
   <si>
+    <t>Смарт тонколона Amazon Echo Show 8 (Gen 3), Сензорен екран, Гласов асистент, Черен</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW8G3-BK</t>
+  </si>
+  <si>
     <t>Блутут колонка с радио JBL Tuner XL Черна</t>
   </si>
   <si>
     <t>JBL-TUNERXL-BLK</t>
   </si>
   <si>
     <t>Блутут колонка JBL FLIP 6, Черна</t>
   </si>
   <si>
     <t>JBL-FLIP6-BK</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE Essential 2, Черна</t>
   </si>
   <si>
     <t>JBL-CHARGE2ES-BLK</t>
   </si>
   <si>
     <t>Безжична колонка JBL Tuner XL, черна</t>
   </si>
   <si>
     <t>JBL-TUNERXLBLKEUNA</t>
   </si>
   <si>
-    <t>Смарт тонколона Amazon Echo Show 8 (Gen 3), Сензорен екран, Гласов асистент, Черен</t>
-[...2 lines deleted...]
-    <t>AMAZON-ECHO-SHOW8G3-BK</t>
+    <t>Портативна колонка Jabra Speak2 55 Wireless, Bluetooth</t>
+  </si>
+  <si>
+    <t>JABRA-SPEAK255</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE 5, Розов</t>
   </si>
   <si>
     <t>JBL-CHARGE5-PINK</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE 5, IPX67, Зелена</t>
   </si>
   <si>
     <t>JBL-CHARGE5-TEAL</t>
   </si>
   <si>
     <t>HAMA Canton Блутут колона "UltiMate Pro", водоустойчив IPX6, 120W, черен</t>
   </si>
   <si>
     <t>HAMA-188232</t>
   </si>
   <si>
     <t>Блутут колонка JBL CHARGE 5, Wi-Fi, Черна</t>
   </si>
   <si>
     <t>JBL-CHARGE5-BLK-WIFI</t>
   </si>
   <si>
-    <t>Смарт тонколона Amazon Echo Show 10 (Gen 3), Сензорен екран, Гласов асистент, Бяла</t>
-[...2 lines deleted...]
-    <t>AMAZON-ECHO-SHOW10-WH</t>
+    <t>Смарт дисплей Amazon Echo Show 8 (Gen 4), 8'', 3D-audio, бял</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW8G4-WT</t>
+  </si>
+  <si>
+    <t>Amazon Echo Show 8 (Gen 4), 8'' дисплей за визуaлизация, 3D-audio, черен</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW8G4-BK</t>
+  </si>
+  <si>
+    <t>Kонферентен високоговорител Jabra Speak 750 MS Teams, 7700-409</t>
+  </si>
+  <si>
+    <t>JABRA-7700-409</t>
+  </si>
+  <si>
+    <t>Блутут колонка Hisense Party Storm 1, Безжични микрофони - Черна</t>
+  </si>
+  <si>
+    <t>HIS-SPEAK-PARTY-STORM1</t>
   </si>
   <si>
     <t>Смарт дисплей Amazon Echo Show 11 Full HD, 3D audio, бял</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW11-WH</t>
-  </si>
-[...4 lines deleted...]
-    <t>JABRA-7700-409</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Studio, Гласов асистент, Черна</t>
   </si>
   <si>
     <t>AMAZON-ECHO-STUDIO-BL</t>
   </si>
   <si>
     <t>Блутут колонка JBL XTREME 4, IP67, Черна</t>
   </si>
   <si>
     <t>JBL-XTREME4-BLK</t>
   </si>
   <si>
     <t>Блутут колона JBL PartyBox Club 120, 160W, Черна</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-CLUB120</t>
   </si>
   <si>
     <t>Блутут колона JBL PartyBox Club 120, 160W - Бяла</t>
   </si>
   <si>
     <t>JBL-PARTYBOX-CLUB120-SW</t>
   </si>
@@ -934,1368 +907,1298 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D94"/>
+  <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>15.048</v>
+        <v>15.144</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>15.144</v>
+        <v>19.068</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
-        <v>15.144</v>
+        <v>19.944</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>15.204</v>
+        <v>20.664</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>19.068</v>
+        <v>26.724</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>19.944</v>
+        <v>26.808</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>20.676</v>
+        <v>30.168</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>26.724</v>
+        <v>30.252</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>26.808</v>
+        <v>31.944</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>30.168</v>
+        <v>35.28</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>30.252</v>
+        <v>35.28</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>31.944</v>
+        <v>35.28</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>35.28</v>
+        <v>40.392</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>40.392</v>
+        <v>43.74</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>40.392</v>
+        <v>45.504</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>40.392</v>
+        <v>45.504</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>43.74</v>
+        <v>45.504</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>45.504</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>45.504</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>45.504</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>45.504</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>45.504</v>
       </c>
       <c r="D26" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
-        <v>45.504</v>
+        <v>48.816</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
-        <v>45.504</v>
+        <v>48.816</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>45.504</v>
+        <v>48.816</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>45.708</v>
+        <v>59.1</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>48.816</v>
+        <v>60.84</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>48.816</v>
+        <v>63.912</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>48.816</v>
+        <v>66.06</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>59.1</v>
+        <v>69.012</v>
       </c>
       <c r="D34" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
-        <v>60.84</v>
+        <v>69.492</v>
       </c>
       <c r="D35" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>63.912</v>
+        <v>71.064</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>64.536</v>
+        <v>74.856</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>68.952</v>
+        <v>76.692</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>71.064</v>
+        <v>81.6</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>74.856</v>
+        <v>86.412</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>75.084</v>
+        <v>87.78</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>76.692</v>
+        <v>89.388</v>
       </c>
       <c r="D42" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>82.824</v>
+        <v>92.508</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>83.364</v>
+        <v>94.584</v>
       </c>
       <c r="D44" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>86.412</v>
+        <v>94.956</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>90.828</v>
+        <v>96.636</v>
       </c>
       <c r="D46" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>90.828</v>
+        <v>101.232</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C48">
-        <v>90.828</v>
+        <v>101.232</v>
       </c>
       <c r="D48" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C49">
-        <v>91.248</v>
+        <v>111.972</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C50">
-        <v>91.248</v>
+        <v>117.084</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B51" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C51">
-        <v>94.584</v>
+        <v>132.42</v>
       </c>
       <c r="D51" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52">
-        <v>94.956</v>
+        <v>137.532</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53">
-        <v>96.636</v>
+        <v>137.532</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54">
-        <v>101.232</v>
+        <v>137.532</v>
       </c>
       <c r="D54" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55">
-        <v>101.232</v>
+        <v>138.948</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56">
-        <v>101.232</v>
+        <v>139.092</v>
       </c>
       <c r="D56" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57">
-        <v>111.972</v>
+        <v>141.048</v>
       </c>
       <c r="D57" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58">
-        <v>117.084</v>
+        <v>147.756</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59">
-        <v>132.42</v>
+        <v>147.756</v>
       </c>
       <c r="D59" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>137.532</v>
+        <v>147.756</v>
       </c>
       <c r="D60" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>137.532</v>
+        <v>150.324</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>137.532</v>
+        <v>154.8</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C63">
-        <v>138.948</v>
+        <v>178.44</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64">
-        <v>139.092</v>
+        <v>178.44</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C65">
-        <v>147.756</v>
+        <v>204.0</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B66" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C66">
-        <v>147.756</v>
+        <v>229.572</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B67" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C67">
-        <v>147.756</v>
+        <v>239.736</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C68">
-        <v>150.324</v>
+        <v>239.748</v>
       </c>
       <c r="D68" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B69" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C69">
-        <v>151.356</v>
+        <v>260.76</v>
       </c>
       <c r="D69" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C70">
-        <v>178.44</v>
+        <v>268.992</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B71" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C71">
-        <v>178.44</v>
+        <v>286.5</v>
       </c>
       <c r="D71" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B72" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C72">
-        <v>204.0</v>
+        <v>288.936</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73">
-        <v>229.572</v>
+        <v>301.152</v>
       </c>
       <c r="D73" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B74" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74">
-        <v>247.812</v>
+        <v>376.512</v>
       </c>
       <c r="D74" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B75" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C75">
-        <v>260.28</v>
+        <v>381.288</v>
       </c>
       <c r="D75" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B76" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C76">
-        <v>260.76</v>
+        <v>398.808</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B77" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C77">
-        <v>288.936</v>
+        <v>399.336</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C78">
-        <v>301.152</v>
+        <v>510.78</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B79" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>376.512</v>
+        <v>525.216</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C80">
-        <v>381.288</v>
+        <v>561.912</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C81">
-        <v>398.808</v>
+        <v>561.912</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82">
-        <v>399.336</v>
+        <v>613.032</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B83" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C83">
-        <v>510.78</v>
+        <v>766.428</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B84" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C84">
-        <v>530.184</v>
+        <v>817.56</v>
       </c>
       <c r="D84" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C85">
-        <v>561.912</v>
+        <v>817.56</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B86" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C86">
-        <v>561.912</v>
+        <v>843.12</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C87">
-        <v>613.032</v>
+        <v>843.12</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>39</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B88" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C88">
-        <v>766.428</v>
+        <v>1314.852</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
-[...69 lines deleted...]
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D94"/>
+  <autoFilter ref="A1:D89"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>