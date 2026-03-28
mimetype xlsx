--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$89</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Ball Shape Speaker", 5 светлинни режима, 5W</t>
   </si>
   <si>
     <t>HAMA-188237</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>HAMA Блутут колонка “Tube 4.0”, 3.5 W, черна</t>
   </si>
   <si>
@@ -112,53 +112,50 @@
   <si>
     <t>Блутут колонка JBL GO2 Essential - Черна</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLK</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO2 Essential - Червен</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-RED</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO2 Essential - Син</t>
   </si>
   <si>
     <t>JBL-GO2-ESS-BLUE</t>
   </si>
   <si>
     <t>Bluetooth саундбар Creative Stage SE mini, 2.0, USB-C, Bluetooth, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE-MINI</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Портативна колонка Creative MUVO Flex - Черно</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-BK</t>
   </si>
   <si>
     <t>Портативна колонка Creative MUVO Flex - Сив</t>
   </si>
   <si>
     <t>CREAT-SPEAK-MUVO-FLEX-GR</t>
   </si>
   <si>
     <t>HAMA Блутут колонка "Bomb 3.0" Bluetooth®, Waterproof IPX7, LED, 16 W, черна</t>
   </si>
   <si>
     <t>HAMA-188234</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Блутут колонка JBL GO 4, Синя</t>
   </si>
   <si>
     <t>JBL-GO4-BLU</t>
@@ -268,60 +265,60 @@
   <si>
     <t>Bluetooth саундбар Creative STAGE SE 2.0 USB, 48W, Черна</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-SE</t>
   </si>
   <si>
     <t>Смарт часовник Amazon Echo Spot 2024, Alexa асистент, Бял</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SPOT-WH</t>
   </si>
   <si>
     <t>Блутут колонка HAMA Pipe 3.0, Черна, 188202</t>
   </si>
   <si>
     <t>HAMA-188202</t>
   </si>
   <si>
     <t>Kонферентна колонка за PC Jabra Speak 410, Черен, Unified Communications</t>
   </si>
   <si>
     <t>JABRA-7410-209</t>
   </si>
   <si>
+    <t>Смарт тонколона Amazon Echo Show 5, 3rd Gen, Сензорен екран, Гласов асистент, Синя</t>
+  </si>
+  <si>
+    <t>AMAZON-ECHO-SHOW5-BLU-G3</t>
+  </si>
+  <si>
     <t>Озвучителна система Creative Sound Blaster GS5 - Черен</t>
   </si>
   <si>
     <t>CREAT-SND-X-GS5</t>
-  </si>
-[...4 lines deleted...]
-    <t>AMAZON-ECHO-SHOW5-BLU-G3</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 5, Gen 3, сензорен екран, гласов асистент, черен</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-BL-G3</t>
   </si>
   <si>
     <t>Смарт тонколона Amazon Echo Show 5, 3nd Gen., Сензорен екран, Гласов асистент, Бяла</t>
   </si>
   <si>
     <t>AMAZON-ECHO-SHOW5-WH-G3</t>
   </si>
   <si>
     <t>HAMA x Canton Блутут мобилна колонка "Mate Pro", 60W, водоустойчива</t>
   </si>
   <si>
     <t>HAMA-188219</t>
   </si>
   <si>
     <t>Блутут колонка с радио JBL Tuner 2 Черна</t>
   </si>
   <si>
     <t>JBL-TUNER2-BLK</t>
   </si>
@@ -1114,1081 +1111,1081 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>35.28</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>40.392</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>40.392</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>40.392</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>43.74</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>45.504</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19">
         <v>45.504</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>45.504</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>45.504</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>45.504</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23">
         <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C24">
         <v>45.504</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C25">
         <v>45.504</v>
       </c>
       <c r="D25" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>45.504</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27">
         <v>48.816</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>48.816</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>48.816</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>59.1</v>
       </c>
       <c r="D30" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>60.84</v>
       </c>
       <c r="D31" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>63.912</v>
       </c>
       <c r="D32" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>66.06</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>69.012</v>
+        <v>69.036</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>69.492</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>71.064</v>
       </c>
       <c r="D36" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>74.856</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>76.692</v>
       </c>
       <c r="D38" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>81.6</v>
       </c>
       <c r="D39" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>86.412</v>
+        <v>87.78</v>
       </c>
       <c r="D40" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>87.78</v>
+        <v>88.992</v>
       </c>
       <c r="D41" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>89.388</v>
       </c>
       <c r="D42" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>92.508</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>94.584</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>94.956</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C46">
         <v>96.636</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>101.232</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C48">
         <v>101.232</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C49">
         <v>111.972</v>
       </c>
       <c r="D49" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C50">
         <v>117.084</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C51">
         <v>132.42</v>
       </c>
       <c r="D51" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C52">
         <v>137.532</v>
       </c>
       <c r="D52" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C53">
         <v>137.532</v>
       </c>
       <c r="D53" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C54">
         <v>137.532</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C55">
         <v>138.948</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>139.092</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C57">
         <v>141.048</v>
       </c>
       <c r="D57" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C58">
         <v>147.756</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C59">
         <v>147.756</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C60">
         <v>147.756</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C61">
         <v>150.324</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="C62">
         <v>154.8</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C63">
         <v>178.44</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C64">
         <v>178.44</v>
       </c>
       <c r="D64" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="C65">
         <v>204.0</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C66">
         <v>229.572</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C67">
         <v>239.736</v>
       </c>
       <c r="D67" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="C68">
         <v>239.748</v>
       </c>
       <c r="D68" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="C69">
         <v>260.76</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C70">
         <v>268.992</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="C71">
         <v>286.5</v>
       </c>
       <c r="D71" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="C72">
         <v>288.936</v>
       </c>
       <c r="D72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C73">
         <v>301.152</v>
       </c>
       <c r="D73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C74">
         <v>376.512</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C75">
         <v>381.288</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="C76">
         <v>398.808</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="C77">
         <v>399.336</v>
       </c>
       <c r="D77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C78">
         <v>510.78</v>
       </c>
       <c r="D78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C79">
         <v>525.216</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C80">
         <v>561.912</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="C81">
         <v>561.912</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="C82">
         <v>613.032</v>
       </c>
       <c r="D82" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="C83">
         <v>766.428</v>
       </c>
       <c r="D83" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="C84">
         <v>817.56</v>
       </c>
       <c r="D84" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="C85">
         <v>817.56</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="C86">
         <v>843.12</v>
       </c>
       <c r="D86" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C87">
         <v>843.12</v>
       </c>
       <c r="D87" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C88">
         <v>1314.852</v>
       </c>
       <c r="D88" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D89"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 