--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -7,92 +7,98 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Фото лепило HAMA, туба 35 гр, 7510</t>
   </si>
   <si>
     <t>HAMA-07510</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Самозалепващи ъгълчета  за снимки, HAMA-07102</t>
   </si>
   <si>
     <t>HAMA-07102</t>
   </si>
   <si>
     <t>Самозалепващи ъгълчета за снимки, HAMA-07107</t>
   </si>
   <si>
     <t>HAMA-07107</t>
   </si>
   <si>
+    <t>HAMA Хартиено тиксо за снимки, 1.5x500 см, различни мотиви, в комплекти от 3 бр</t>
+  </si>
+  <si>
+    <t>HAMA-07745</t>
+  </si>
+  <si>
     <t>Комплект от 6 гел химикалки Hama "Glitter &amp; Classic", 07562</t>
   </si>
   <si>
     <t>HAMA-07562</t>
   </si>
   <si>
     <t>HAMA Фото Гирлянд "Mix" с въже и щипки, асорти</t>
   </si>
   <si>
     <t>HAMA-03845</t>
   </si>
   <si>
     <t>HAMA Блутут дистанционно за снимки “BRS5"</t>
   </si>
   <si>
     <t>HAMA-04676</t>
   </si>
   <si>
     <t>Самозалепваща лента за снимки HAMA 07103, 2x500 ленти двоен пакет</t>
   </si>
   <si>
     <t>HAMA-07103</t>
   </si>
   <si>
     <t>Универсален адаптер Hama, за GoPro към 1/4" трипод</t>
@@ -100,93 +106,90 @@
   <si>
     <t>HAMA-04354</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Самозалепващи ъгълчета за снимки, HAMA-07108</t>
   </si>
   <si>
     <t>HAMA-07108</t>
   </si>
   <si>
     <t>Комплект от 15 гел химикалки Hama "Pastel &amp; Classic", 07564</t>
   </si>
   <si>
     <t>HAMA-07564</t>
   </si>
   <si>
     <t>Четка Classic за почистване на видеокамери HAMA-05961</t>
   </si>
   <si>
     <t>HAMA-05961</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>HAMA Почистваща четка от въглеродни влакна</t>
   </si>
   <si>
     <t>HAMA-181422</t>
   </si>
   <si>
     <t>Презрамка за SLR видеокамери HAMA Quick Shoot Strap, Черна</t>
   </si>
   <si>
     <t>HAMA-27205</t>
   </si>
   <si>
     <t>Папка за негативи HAMA 4 D-Rings, 265 x 315 mm, Черна</t>
   </si>
   <si>
     <t>HAMA-07546</t>
   </si>
   <si>
+    <t>LED лампа Hama 49 BD, за допълнително осветяване на записи с камера и смартфон, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-04641</t>
+  </si>
+  <si>
+    <t>Пликове за негативи HAMA 02251, 24 x 36, 100 стр.</t>
+  </si>
+  <si>
+    <t>HAMA-02251</t>
+  </si>
+  <si>
+    <t>Пликове за негативи HAMA 02259, 6 x 7 cm, 100 стр.</t>
+  </si>
+  <si>
+    <t>HAMA-02259</t>
+  </si>
+  <si>
     <t>Осветление за стрийм Streamplify Light 10, Черна</t>
   </si>
   <si>
     <t>SPMC-LZ10112</t>
-  </si>
-[...16 lines deleted...]
-    <t>HAMA-02259</t>
   </si>
   <si>
     <t>Пликове за негативи HAMA 02051, 24 x 36, 100 стр.</t>
   </si>
   <si>
     <t>HAMA-02051</t>
   </si>
   <si>
     <t>Сгъваем фон Hama Chairy, Ø 130 cm, Зелен</t>
   </si>
   <si>
     <t>HAMA-21572</t>
   </si>
   <si>
     <t>Акустични панели Elgato Wave Panels Extension Kit, Черна</t>
   </si>
   <si>
     <t>ELGATO-10AAK9901</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Осветление за стрийм Streamplify Light 14, Черна</t>
   </si>
@@ -592,51 +595,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -670,478 +673,492 @@
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>7.404</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>8.304</v>
+        <v>7.8</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
-        <v>9.132</v>
+        <v>8.208</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7">
-        <v>10.428</v>
+        <v>9.132</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>11.568</v>
+        <v>10.428</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9">
-        <v>13.056</v>
+        <v>11.568</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" t="s">
         <v>22</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10">
+        <v>13.056</v>
+      </c>
+      <c r="D10" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>19.8</v>
+        <v>13.692</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>20.424</v>
+        <v>19.8</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>21.204</v>
+        <v>20.436</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>28.224</v>
+        <v>21.204</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>29.604</v>
+        <v>28.224</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>39.0</v>
+        <v>29.604</v>
       </c>
       <c r="D16" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>39.252</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>42.384</v>
       </c>
       <c r="D18" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>46.404</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>50.7</v>
+        <v>48.996</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>72.816</v>
+        <v>50.7</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>92.4</v>
+        <v>72.816</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
+        <v>49</v>
+      </c>
+      <c r="C23">
+        <v>92.4</v>
+      </c>
+      <c r="D23" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>133.272</v>
+        <v>129.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>176.916</v>
+        <v>133.272</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26">
-        <v>189.0</v>
+        <v>176.484</v>
       </c>
       <c r="D26" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27">
-        <v>198.888</v>
+        <v>189.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28">
-        <v>199.008</v>
+        <v>198.888</v>
       </c>
       <c r="D28" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>201.6</v>
+        <v>199.008</v>
       </c>
       <c r="D29" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>294.516</v>
+        <v>201.6</v>
       </c>
       <c r="D30" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>348.996</v>
+        <v>294.516</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>0.0</v>
+        <v>348.996</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33">
+        <v>0.0</v>
+      </c>
+      <c r="D33" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" t="s">
         <v>73</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>436.26</v>
+        <v>384.912</v>
       </c>
       <c r="D34" t="s">
-        <v>49</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
         <v>75</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35">
+        <v>436.236</v>
+      </c>
+      <c r="D35" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
         <v>76</v>
       </c>
-      <c r="C35">
+      <c r="B36" t="s">
+        <v>77</v>
+      </c>
+      <c r="C36">
         <v>2199.0</v>
       </c>
-      <c r="D35" t="s">
-        <v>49</v>
+      <c r="D36" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D36"/>
+  <autoFilter ref="A1:D37"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>