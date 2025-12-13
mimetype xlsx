--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -7,155 +7,158 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$36</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Фото лепило HAMA, туба 35 гр, 7510</t>
   </si>
   <si>
     <t>HAMA-07510</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Самозалепващи ъгълчета  за снимки, HAMA-07102</t>
+  </si>
+  <si>
+    <t>HAMA-07102</t>
+  </si>
+  <si>
+    <t>HAMA Фото Гирлянд "Mix" с въже и щипки, асорти</t>
+  </si>
+  <si>
+    <t>HAMA-03845</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Самозалепващи ъгълчета  за снимки, HAMA-07102</t>
-[...4 lines deleted...]
-  <si>
     <t>Самозалепващи ъгълчета за снимки, HAMA-07107</t>
   </si>
   <si>
     <t>HAMA-07107</t>
   </si>
   <si>
     <t>HAMA Хартиено тиксо за снимки, 1.5x500 см, различни мотиви, в комплекти от 3 бр</t>
   </si>
   <si>
     <t>HAMA-07745</t>
   </si>
   <si>
     <t>Комплект от 6 гел химикалки Hama "Glitter &amp; Classic", 07562</t>
   </si>
   <si>
     <t>HAMA-07562</t>
   </si>
   <si>
-    <t>HAMA Фото Гирлянд "Mix" с въже и щипки, асорти</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Блутут дистанционно за снимки “BRS5"</t>
   </si>
   <si>
     <t>HAMA-04676</t>
   </si>
   <si>
     <t>Самозалепваща лента за снимки HAMA 07103, 2x500 ленти двоен пакет</t>
   </si>
   <si>
     <t>HAMA-07103</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Универсален адаптер Hama, за GoPro към 1/4" трипод</t>
   </si>
   <si>
     <t>HAMA-04354</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Самозалепващи ъгълчета за снимки, HAMA-07108</t>
   </si>
   <si>
     <t>HAMA-07108</t>
   </si>
   <si>
+    <t>HAMA Почистваща четка от въглеродни влакна</t>
+  </si>
+  <si>
+    <t>HAMA-181422</t>
+  </si>
+  <si>
     <t>Комплект от 15 гел химикалки Hama "Pastel &amp; Classic", 07564</t>
   </si>
   <si>
     <t>HAMA-07564</t>
   </si>
   <si>
     <t>Четка Classic за почистване на видеокамери HAMA-05961</t>
   </si>
   <si>
     <t>HAMA-05961</t>
   </si>
   <si>
-    <t>HAMA Почистваща четка от въглеродни влакна</t>
-[...4 lines deleted...]
-  <si>
     <t>Презрамка за SLR видеокамери HAMA Quick Shoot Strap, Черна</t>
   </si>
   <si>
     <t>HAMA-27205</t>
   </si>
   <si>
     <t>Папка за негативи HAMA 4 D-Rings, 265 x 315 mm, Черна</t>
   </si>
   <si>
     <t>HAMA-07546</t>
   </si>
   <si>
     <t>LED лампа Hama 49 BD, за допълнително осветяване на записи с камера и смартфон, Черна</t>
   </si>
   <si>
     <t>HAMA-04641</t>
   </si>
   <si>
     <t>Пликове за негативи HAMA 02251, 24 x 36, 100 стр.</t>
   </si>
   <si>
     <t>HAMA-02251</t>
   </si>
   <si>
     <t>Пликове за негативи HAMA 02259, 6 x 7 cm, 100 стр.</t>
@@ -166,93 +169,84 @@
   <si>
     <t>Осветление за стрийм Streamplify Light 10, Черна</t>
   </si>
   <si>
     <t>SPMC-LZ10112</t>
   </si>
   <si>
     <t>Пликове за негативи HAMA 02051, 24 x 36, 100 стр.</t>
   </si>
   <si>
     <t>HAMA-02051</t>
   </si>
   <si>
     <t>Сгъваем фон Hama Chairy, Ø 130 cm, Зелен</t>
   </si>
   <si>
     <t>HAMA-21572</t>
   </si>
   <si>
     <t>Акустични панели Elgato Wave Panels Extension Kit, Черна</t>
   </si>
   <si>
     <t>ELGATO-10AAK9901</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>Сгъваем фон Hama 21570, Зелен/Син, 150 x 200 cm</t>
+  </si>
+  <si>
+    <t>HAMA-21570</t>
   </si>
   <si>
     <t>Осветление за стрийм Streamplify Light 14, Черна</t>
   </si>
   <si>
     <t>SPMC-LZ14222</t>
   </si>
   <si>
-    <t>Сгъваем фон Hama 21570, Зелен/Син, 150 x 200 cm</t>
-[...4 lines deleted...]
-  <si>
     <t>Мобилно мини фото студио HAMA "ToGo", 04664</t>
   </si>
   <si>
     <t>HAMA-04664</t>
   </si>
   <si>
     <t>Осветление за стрийм Streamplify Glow Light 14, Черна</t>
   </si>
   <si>
     <t>SPMC-GL14222</t>
   </si>
   <si>
     <t>Зелен екран HAMA, Трипод, 180 x 180 cm, 2 в 1</t>
   </si>
   <si>
     <t>HAMA-21571</t>
   </si>
   <si>
     <t>Осветление Elgato Key Light Neo - Black</t>
   </si>
   <si>
     <t>ELGATO-20LAJ9901</t>
-  </si>
-[...4 lines deleted...]
-    <t>ELGATO-10AAL9901</t>
   </si>
   <si>
     <t>Осветление за стрийм Logitech Litra Beam LX Dual Led</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BEAM-LX</t>
   </si>
   <si>
     <t>Зелен Екран Streamplify Screen Lift Green Screen, 200x150cm</t>
   </si>
   <si>
     <t>SPMC-SZ1211G</t>
   </si>
   <si>
     <t xml:space="preserve">Зелен екран CELEXON Mobile Chroma Key, 150 x 180cm </t>
   </si>
   <si>
     <t>CELEXON-1000004582</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Осветление за стрийм Elgato Ring Light, Черна</t>
   </si>
@@ -595,51 +589,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -659,506 +653,492 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>6.816</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>7.404</v>
+        <v>7.2</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>7.8</v>
+        <v>7.404</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>8.208</v>
+        <v>7.8</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
-        <v>9.132</v>
+        <v>8.208</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>10.428</v>
+        <v>9.6</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
         <v>11.568</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>13.056</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>13.692</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>19.8</v>
+        <v>18.024</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>20.436</v>
+        <v>19.8</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>21.204</v>
+        <v>20.436</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>28.224</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>29.604</v>
+        <v>29.772</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>39.252</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>42.384</v>
+        <v>42.744</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>46.404</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>48.996</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>50.7</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>72.816</v>
+        <v>66.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>92.4</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>129.0</v>
+        <v>126.0</v>
       </c>
       <c r="D24" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>133.272</v>
+        <v>129.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>176.484</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>189.0</v>
       </c>
       <c r="D27" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>198.888</v>
+        <v>198.936</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>199.008</v>
       </c>
       <c r="D29" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>201.6</v>
+        <v>294.516</v>
       </c>
       <c r="D30" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>294.516</v>
+        <v>348.996</v>
       </c>
       <c r="D31" t="s">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>348.996</v>
+        <v>0.0</v>
       </c>
       <c r="D32" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>0.0</v>
+        <v>384.912</v>
       </c>
       <c r="D33" t="s">
-        <v>71</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>384.912</v>
+        <v>436.236</v>
       </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>436.236</v>
+        <v>2199.0</v>
       </c>
       <c r="D35" t="s">
-        <v>23</v>
-[...13 lines deleted...]
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D37"/>
+  <autoFilter ref="A1:D36"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>