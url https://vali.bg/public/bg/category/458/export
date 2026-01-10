--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -7,246 +7,243 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Фото лепило HAMA, туба 35 гр, 7510</t>
   </si>
   <si>
     <t>HAMA-07510</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Самозалепващи ъгълчета  за снимки, HAMA-07102</t>
+  </si>
+  <si>
+    <t>HAMA-07102</t>
+  </si>
+  <si>
+    <t>Самозалепващи ъгълчета за снимки, HAMA-07107</t>
+  </si>
+  <si>
+    <t>HAMA-07107</t>
+  </si>
+  <si>
+    <t>HAMA Хартиено тиксо за снимки, 1.5x500 см, различни мотиви, в комплекти от 3 бр</t>
+  </si>
+  <si>
+    <t>HAMA-07745</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Комплект от 6 гел химикалки Hama "Glitter &amp; Classic", 07562</t>
+  </si>
+  <si>
+    <t>HAMA-07562</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Самозалепващи ъгълчета  за снимки, HAMA-07102</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Фото Гирлянд "Mix" с въже и щипки, асорти</t>
   </si>
   <si>
     <t>HAMA-03845</t>
   </si>
   <si>
-    <t>наличен</t>
-[...19 lines deleted...]
-  <si>
     <t>HAMA Блутут дистанционно за снимки “BRS5"</t>
   </si>
   <si>
     <t>HAMA-04676</t>
   </si>
   <si>
     <t>Самозалепваща лента за снимки HAMA 07103, 2x500 ленти двоен пакет</t>
   </si>
   <si>
     <t>HAMA-07103</t>
   </si>
   <si>
+    <t>Универсален адаптер Hama, за GoPro към 1/4" трипод</t>
+  </si>
+  <si>
+    <t>HAMA-04354</t>
+  </si>
+  <si>
+    <t>Самозалепващи ъгълчета за снимки, HAMA-07108</t>
+  </si>
+  <si>
+    <t>HAMA-07108</t>
+  </si>
+  <si>
+    <t>Комплект от 15 гел химикалки Hama "Pastel &amp; Classic", 07564</t>
+  </si>
+  <si>
+    <t>HAMA-07564</t>
+  </si>
+  <si>
+    <t>Четка Classic за почистване на видеокамери HAMA-05961</t>
+  </si>
+  <si>
+    <t>HAMA-05961</t>
+  </si>
+  <si>
+    <t>HAMA Почистваща четка от въглеродни влакна</t>
+  </si>
+  <si>
+    <t>HAMA-181422</t>
+  </si>
+  <si>
+    <t>Презрамка за SLR видеокамери HAMA Quick Shoot Strap, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-27205</t>
+  </si>
+  <si>
+    <t>Папка за негативи HAMA 4 D-Rings, 265 x 315 mm, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-07546</t>
+  </si>
+  <si>
+    <t>LED лампа Hama 49 BD, за допълнително осветяване на записи с камера и смартфон, Черна</t>
+  </si>
+  <si>
+    <t>HAMA-04641</t>
+  </si>
+  <si>
+    <t>Пликове за негативи HAMA 02251, 24 x 36, 100 стр.</t>
+  </si>
+  <si>
+    <t>HAMA-02251</t>
+  </si>
+  <si>
+    <t>Пликове за негативи HAMA 02259, 6 x 7 cm, 100 стр.</t>
+  </si>
+  <si>
+    <t>HAMA-02259</t>
+  </si>
+  <si>
+    <t>Осветление за стрийм Streamplify Light 10, Черна</t>
+  </si>
+  <si>
+    <t>SPMC-LZ10112</t>
+  </si>
+  <si>
+    <t>Пликове за негативи HAMA 02051, 24 x 36, 100 стр.</t>
+  </si>
+  <si>
+    <t>HAMA-02051</t>
+  </si>
+  <si>
+    <t>Сгъваем фон Hama Chairy, Ø 130 cm, Зелен</t>
+  </si>
+  <si>
+    <t>HAMA-21572</t>
+  </si>
+  <si>
+    <t>Осветление за стрийм Streamplify Light 14, Черна</t>
+  </si>
+  <si>
+    <t>SPMC-LZ14222</t>
+  </si>
+  <si>
+    <t>Сгъваем фон Hama 21570, Зелен/Син, 150 x 200 cm</t>
+  </si>
+  <si>
+    <t>HAMA-21570</t>
+  </si>
+  <si>
+    <t>Мобилно мини фото студио HAMA "ToGo", 04664</t>
+  </si>
+  <si>
+    <t>HAMA-04664</t>
+  </si>
+  <si>
+    <t>Осветление за стрийм Streamplify Glow Light 14, Черна</t>
+  </si>
+  <si>
+    <t>SPMC-GL14222</t>
+  </si>
+  <si>
+    <t>Зелен екран HAMA, Трипод, 180 x 180 cm, 2 в 1</t>
+  </si>
+  <si>
+    <t>HAMA-21571</t>
+  </si>
+  <si>
+    <t>Осветление Elgato Key Light Neo - Black</t>
+  </si>
+  <si>
+    <t>ELGATO-20LAJ9901</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...118 lines deleted...]
-    <t>ELGATO-20LAJ9901</t>
   </si>
   <si>
     <t>Осветление за стрийм Logitech Litra Beam LX Dual Led</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BEAM-LX</t>
   </si>
   <si>
     <t>Зелен Екран Streamplify Screen Lift Green Screen, 200x150cm</t>
   </si>
   <si>
     <t>SPMC-SZ1211G</t>
   </si>
   <si>
     <t xml:space="preserve">Зелен екран CELEXON Mobile Chroma Key, 150 x 180cm </t>
   </si>
   <si>
     <t>CELEXON-1000004582</t>
   </si>
   <si>
     <t>Попитай за цена</t>
   </si>
   <si>
     <t>Осветление за стрийм Elgato Ring Light, Черна</t>
   </si>
@@ -589,556 +586,542 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>6.348</v>
+        <v>3.252</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>6.816</v>
+        <v>3.492</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>7.2</v>
+        <v>3.78</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>7.404</v>
+        <v>3.984</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>7.8</v>
+        <v>4.2</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>8.208</v>
+        <v>4.668</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>9.6</v>
+        <v>5.328</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
-        <v>11.568</v>
+        <v>5.916</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>13.056</v>
+        <v>6.672</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>13.692</v>
+        <v>7.008</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>18.024</v>
+        <v>10.128</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>19.8</v>
+        <v>10.44</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>20.436</v>
+        <v>10.836</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>28.224</v>
+        <v>14.436</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>29.772</v>
+        <v>15.228</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>39.252</v>
+        <v>20.076</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>42.744</v>
+        <v>21.852</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>46.404</v>
+        <v>23.724</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>50.7</v>
+        <v>25.92</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>66.0</v>
+        <v>37.236</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>92.4</v>
+        <v>65.952</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>126.0</v>
+        <v>68.148</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>129.0</v>
+        <v>90.24</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>176.484</v>
+        <v>96.636</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>189.0</v>
+        <v>101.712</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>198.936</v>
+        <v>101.748</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29">
+        <v>150.576</v>
+      </c>
+      <c r="D29" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>294.516</v>
+        <v>178.44</v>
       </c>
       <c r="D30" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>348.996</v>
+        <v>0.0</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C32">
-        <v>0.0</v>
+        <v>196.8</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33">
-        <v>384.912</v>
+        <v>223.044</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34">
-        <v>436.236</v>
+        <v>1042.8</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-        <v>22</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D36"/>
+  <autoFilter ref="A1:D35"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>