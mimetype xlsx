--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,152 +7,149 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$35</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Фото лепило HAMA, туба 35 гр, 7510</t>
   </si>
   <si>
     <t>HAMA-07510</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Самозалепващи ъгълчета за снимки, HAMA-07107</t>
+  </si>
+  <si>
+    <t>HAMA-07107</t>
   </si>
   <si>
     <t>Самозалепващи ъгълчета  за снимки, HAMA-07102</t>
   </si>
   <si>
     <t>HAMA-07102</t>
   </si>
   <si>
-    <t>Самозалепващи ъгълчета за снимки, HAMA-07107</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Хартиено тиксо за снимки, 1.5x500 см, различни мотиви, в комплекти от 3 бр</t>
   </si>
   <si>
     <t>HAMA-07745</t>
   </si>
   <si>
-    <t>наличен</t>
-[...1 lines deleted...]
-  <si>
     <t>Комплект от 6 гел химикалки Hama "Glitter &amp; Classic", 07562</t>
   </si>
   <si>
     <t>HAMA-07562</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>HAMA Фото Гирлянд "Mix" с въже и щипки, асорти</t>
   </si>
   <si>
     <t>HAMA-03845</t>
   </si>
   <si>
     <t>HAMA Блутут дистанционно за снимки “BRS5"</t>
   </si>
   <si>
     <t>HAMA-04676</t>
   </si>
   <si>
     <t>Самозалепваща лента за снимки HAMA 07103, 2x500 ленти двоен пакет</t>
   </si>
   <si>
     <t>HAMA-07103</t>
   </si>
   <si>
+    <t>Самозалепващи ъгълчета за снимки, HAMA-07108</t>
+  </si>
+  <si>
+    <t>HAMA-07108</t>
+  </si>
+  <si>
     <t>Универсален адаптер Hama, за GoPro към 1/4" трипод</t>
   </si>
   <si>
     <t>HAMA-04354</t>
   </si>
   <si>
-    <t>Самозалепващи ъгълчета за снимки, HAMA-07108</t>
-[...2 lines deleted...]
-    <t>HAMA-07108</t>
+    <t>Четка Classic за почистване на видеокамери HAMA-05961</t>
+  </si>
+  <si>
+    <t>HAMA-05961</t>
   </si>
   <si>
     <t>Комплект от 15 гел химикалки Hama "Pastel &amp; Classic", 07564</t>
   </si>
   <si>
     <t>HAMA-07564</t>
   </si>
   <si>
-    <t>Четка Classic за почистване на видеокамери HAMA-05961</t>
-[...4 lines deleted...]
-  <si>
     <t>HAMA Почистваща четка от въглеродни влакна</t>
   </si>
   <si>
     <t>HAMA-181422</t>
   </si>
   <si>
     <t>Презрамка за SLR видеокамери HAMA Quick Shoot Strap, Черна</t>
   </si>
   <si>
     <t>HAMA-27205</t>
   </si>
   <si>
     <t>Папка за негативи HAMA 4 D-Rings, 265 x 315 mm, Черна</t>
   </si>
   <si>
     <t>HAMA-07546</t>
   </si>
   <si>
     <t>LED лампа Hama 49 BD, за допълнително осветяване на записи с камера и смартфон, Черна</t>
   </si>
   <si>
     <t>HAMA-04641</t>
   </si>
   <si>
     <t>Пликове за негативи HAMA 02251, 24 x 36, 100 стр.</t>
@@ -187,90 +184,84 @@
   <si>
     <t>Осветление за стрийм Streamplify Light 14, Черна</t>
   </si>
   <si>
     <t>SPMC-LZ14222</t>
   </si>
   <si>
     <t>Сгъваем фон Hama 21570, Зелен/Син, 150 x 200 cm</t>
   </si>
   <si>
     <t>HAMA-21570</t>
   </si>
   <si>
     <t>Мобилно мини фото студио HAMA "ToGo", 04664</t>
   </si>
   <si>
     <t>HAMA-04664</t>
   </si>
   <si>
     <t>Осветление за стрийм Streamplify Glow Light 14, Черна</t>
   </si>
   <si>
     <t>SPMC-GL14222</t>
   </si>
   <si>
+    <t>Осветление Elgato Key Light Neo - Black</t>
+  </si>
+  <si>
+    <t>ELGATO-20LAJ9901</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Зелен екран HAMA, Трипод, 180 x 180 cm, 2 в 1</t>
   </si>
   <si>
     <t>HAMA-21571</t>
   </si>
   <si>
-    <t>Осветление Elgato Key Light Neo - Black</t>
-[...7 lines deleted...]
-  <si>
     <t>Осветление за стрийм Logitech Litra Beam LX Dual Led</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BEAM-LX</t>
   </si>
   <si>
     <t>Зелен Екран Streamplify Screen Lift Green Screen, 200x150cm</t>
   </si>
   <si>
     <t>SPMC-SZ1211G</t>
   </si>
   <si>
     <t xml:space="preserve">Зелен екран CELEXON Mobile Chroma Key, 150 x 180cm </t>
   </si>
   <si>
     <t>CELEXON-1000004582</t>
   </si>
   <si>
     <t>Попитай за цена</t>
-  </si>
-[...4 lines deleted...]
-    <t>ELGATO-10LAC9901</t>
   </si>
   <si>
     <t>Зелен Екран Elgato Green Screen</t>
   </si>
   <si>
     <t>ELGATO-10GAF9901</t>
   </si>
   <si>
     <t>Монитор за видео камера BENQ PVS7 - 7 inch IPS FHD(1920x1200), 60Hz, HDMI, MicroSD, SDI</t>
   </si>
   <si>
     <t>BENQ-MON-PVS7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -586,542 +577,528 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.252</v>
+        <v>3.432</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>3.492</v>
+        <v>3.564</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>3.78</v>
+        <v>3.696</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>3.984</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>4.2</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>4.668</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>5.328</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>5.916</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>6.672</v>
+        <v>7.008</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>7.008</v>
+        <v>7.212</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>10.128</v>
+        <v>8.832</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>10.44</v>
+        <v>10.128</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>10.836</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>14.436</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>15.228</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>20.076</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>21.852</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>23.724</v>
+        <v>23.556</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>25.056</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>25.92</v>
+        <v>25.848</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>37.236</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C23">
         <v>65.952</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24">
         <v>68.148</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>90.24</v>
+        <v>90.336</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C26">
         <v>96.636</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27">
+        <v>99.0</v>
+      </c>
+      <c r="D27" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>101.748</v>
+        <v>101.712</v>
       </c>
       <c r="D28" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>150.576</v>
       </c>
       <c r="D29" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>178.44</v>
       </c>
       <c r="D30" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>0.0</v>
       </c>
       <c r="D31" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
         <v>69</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>196.8</v>
+        <v>223.044</v>
       </c>
       <c r="D32" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
         <v>71</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>223.044</v>
+        <v>994.8</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
-[...13 lines deleted...]
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D35"/>
+  <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>