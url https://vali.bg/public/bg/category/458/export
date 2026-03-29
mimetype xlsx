--- v4 (2026-03-08)
+++ v5 (2026-03-29)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$33</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Фото лепило HAMA, туба 35 гр, 7510</t>
   </si>
   <si>
     <t>HAMA-07510</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Самозалепващи ъгълчета за снимки, HAMA-07107</t>
   </si>
   <si>
@@ -124,144 +124,135 @@
   <si>
     <t>Комплект от 15 гел химикалки Hama "Pastel &amp; Classic", 07564</t>
   </si>
   <si>
     <t>HAMA-07564</t>
   </si>
   <si>
     <t>HAMA Почистваща четка от въглеродни влакна</t>
   </si>
   <si>
     <t>HAMA-181422</t>
   </si>
   <si>
     <t>Презрамка за SLR видеокамери HAMA Quick Shoot Strap, Черна</t>
   </si>
   <si>
     <t>HAMA-27205</t>
   </si>
   <si>
     <t>Папка за негативи HAMA 4 D-Rings, 265 x 315 mm, Черна</t>
   </si>
   <si>
     <t>HAMA-07546</t>
   </si>
   <si>
+    <t>Осветление за стрийм Streamplify Light 10, Черна</t>
+  </si>
+  <si>
+    <t>SPMC-LZ10112</t>
+  </si>
+  <si>
     <t>LED лампа Hama 49 BD, за допълнително осветяване на записи с камера и смартфон, Черна</t>
   </si>
   <si>
     <t>HAMA-04641</t>
   </si>
   <si>
     <t>Пликове за негативи HAMA 02251, 24 x 36, 100 стр.</t>
   </si>
   <si>
     <t>HAMA-02251</t>
   </si>
   <si>
     <t>Пликове за негативи HAMA 02259, 6 x 7 cm, 100 стр.</t>
   </si>
   <si>
     <t>HAMA-02259</t>
   </si>
   <si>
-    <t>Осветление за стрийм Streamplify Light 10, Черна</t>
-[...4 lines deleted...]
-  <si>
     <t>Пликове за негативи HAMA 02051, 24 x 36, 100 стр.</t>
   </si>
   <si>
     <t>HAMA-02051</t>
   </si>
   <si>
     <t>Сгъваем фон Hama Chairy, Ø 130 cm, Зелен</t>
   </si>
   <si>
     <t>HAMA-21572</t>
   </si>
   <si>
+    <t>Сгъваем фон Hama 21570, Зелен/Син, 150 x 200 cm</t>
+  </si>
+  <si>
+    <t>HAMA-21570</t>
+  </si>
+  <si>
     <t>Осветление за стрийм Streamplify Light 14, Черна</t>
   </si>
   <si>
     <t>SPMC-LZ14222</t>
   </si>
   <si>
-    <t>Сгъваем фон Hama 21570, Зелен/Син, 150 x 200 cm</t>
-[...2 lines deleted...]
-    <t>HAMA-21570</t>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Осветление за стрийм Streamplify Glow Light 14, Черна</t>
+  </si>
+  <si>
+    <t>SPMC-GL14222</t>
   </si>
   <si>
     <t>Мобилно мини фото студио HAMA "ToGo", 04664</t>
   </si>
   <si>
     <t>HAMA-04664</t>
   </si>
   <si>
-    <t>Осветление за стрийм Streamplify Glow Light 14, Черна</t>
-[...4 lines deleted...]
-  <si>
     <t>Осветление Elgato Key Light Neo - Black</t>
   </si>
   <si>
     <t>ELGATO-20LAJ9901</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Зелен екран HAMA, Трипод, 180 x 180 cm, 2 в 1</t>
   </si>
   <si>
     <t>HAMA-21571</t>
   </si>
   <si>
+    <t>Зелен Екран Streamplify Screen Lift Green Screen, 200x150cm</t>
+  </si>
+  <si>
+    <t>SPMC-SZ1211G</t>
+  </si>
+  <si>
     <t>Осветление за стрийм Logitech Litra Beam LX Dual Led</t>
   </si>
   <si>
     <t>LOGITECH-WEB-BEAM-LX</t>
-  </si>
-[...13 lines deleted...]
-    <t>Попитай за цена</t>
   </si>
   <si>
     <t>Зелен Екран Elgato Green Screen</t>
   </si>
   <si>
     <t>ELGATO-10GAF9901</t>
   </si>
   <si>
     <t>Монитор за видео камера BENQ PVS7 - 7 inch IPS FHD(1920x1200), 60Hz, HDMI, MicroSD, SDI</t>
   </si>
   <si>
     <t>BENQ-MON-PVS7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -577,51 +568,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -823,282 +814,268 @@
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>15.228</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
-        <v>20.076</v>
+        <v>19.8</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
-        <v>21.852</v>
+        <v>20.076</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
-        <v>23.556</v>
+        <v>21.852</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
-        <v>25.056</v>
+        <v>23.556</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>25.848</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>37.236</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>65.952</v>
+        <v>68.148</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>68.148</v>
+        <v>69.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>90.336</v>
+        <v>78.996</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>96.636</v>
+        <v>90.336</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
         <v>99.0</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>101.712</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>150.576</v>
+        <v>148.992</v>
       </c>
       <c r="D29" t="s">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>178.44</v>
+        <v>150.576</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>0.0</v>
+        <v>223.044</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>223.044</v>
+        <v>994.8</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
-[...13 lines deleted...]
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D34"/>
+  <autoFilter ref="A1:D33"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>