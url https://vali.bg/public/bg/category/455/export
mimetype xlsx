--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -55,50 +55,53 @@
   <si>
     <t>HAMA-04666</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Плочка за статив Star 55-64, "Star 200", "Gamma 153", "Action 165"</t>
   </si>
   <si>
     <t>HAMA-04154</t>
   </si>
   <si>
     <t>Резервна плочка за статив за "Star 75"</t>
   </si>
   <si>
     <t>HAMA-04008</t>
   </si>
   <si>
     <t>HAMA Мини-трипод за смартфон "Pocket II Rotation", 04649</t>
   </si>
   <si>
     <t>HAMA-04649</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
     <t>HAMA Стойка за смартфон/таблет 2в1, 1/4"</t>
   </si>
   <si>
     <t>HAMA-04638</t>
   </si>
   <si>
     <t>Мини статив HAMA Flex, за смартфони, 14 см, 04609</t>
   </si>
   <si>
     <t>HAMA-04609</t>
   </si>
   <si>
     <t>HAMA Селфи стик/трипод за мобилен телефон, "Fancy Stand 110", Bluetooth® дистанционно</t>
   </si>
   <si>
     <t>HAMA-04661</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>HAMA Селфи стик/трипод за мобилен телефон, "Fancy Stand 110", Bluetooth дистанционно</t>
   </si>
   <si>
     <t>HAMA-04671</t>
@@ -106,53 +109,50 @@
   <si>
     <t>Статив HAMA Star 5, 04105</t>
   </si>
   <si>
     <t>HAMA-04105</t>
   </si>
   <si>
     <t>Монопод HAMA Selfie 90, 04299</t>
   </si>
   <si>
     <t>HAMA-04299</t>
   </si>
   <si>
     <t>Статив HAMA Star 700 EF Digital, 04133</t>
   </si>
   <si>
     <t>HAMA-04133</t>
   </si>
   <si>
     <t>Монопод HAMA Star 78 Mono 04178</t>
   </si>
   <si>
     <t>HAMA-04178</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Мини статив HAMA FlexPro, за смартфони, 27 см, 04605</t>
   </si>
   <si>
     <t>HAMA-04605</t>
   </si>
   <si>
     <t>Мини статив HAMA FlexPro, За смартфони GoPro и фото камери, 27 см</t>
   </si>
   <si>
     <t>HAMA-04608</t>
   </si>
   <si>
     <t>Статив HAMA Star 75, 04175</t>
   </si>
   <si>
     <t>HAMA-04175</t>
   </si>
   <si>
     <t>Трипод "Rotary Smartphone" с Bluetooth дистанционно, HAMA-04646</t>
   </si>
   <si>
     <t>HAMA-04646</t>
   </si>
   <si>
     <t>Статив HAMA Star Black 153-3D, 04469</t>
@@ -181,75 +181,75 @@
   <si>
     <t>Статив HAMA Star 61, 04161</t>
   </si>
   <si>
     <t>HAMA-04161</t>
   </si>
   <si>
     <t>Статив HAMA Gamma 153, 3D, 04096</t>
   </si>
   <si>
     <t>HAMA-04096</t>
   </si>
   <si>
     <t>Hama Трипод Solid III, 80B за смартфони, HAMA-04653</t>
   </si>
   <si>
     <t>HAMA-04653</t>
   </si>
   <si>
     <t>Статив HAMA Star 62, 04162</t>
   </si>
   <si>
     <t>HAMA-04162</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>HAMA Трипод “Solid 80 Ball” за смартфони, Bluetooth дистанционно за снимки, макс. 80 см.</t>
   </si>
   <si>
     <t>HAMA-04679</t>
   </si>
   <si>
     <t xml:space="preserve">Статив HAMA Star 63, 04163 </t>
   </si>
   <si>
     <t>HAMA-04163</t>
   </si>
   <si>
     <t>Трипод HAMA Traveller Pro, за смартфони, GoPro, 04631</t>
   </si>
   <si>
     <t>HAMA-04631</t>
   </si>
   <si>
     <t>Статив Hama Star 64, до 185см, 04464</t>
   </si>
   <si>
     <t>HAMA-04464</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Статив HAMA Traveller 117 Ball, 04290</t>
   </si>
   <si>
     <t>HAMA-04290</t>
   </si>
   <si>
     <t>Универсална скоба Elgato, ELGATO-10AAQ9901</t>
   </si>
   <si>
     <t>ELGATO-10AAQ9901</t>
   </si>
   <si>
     <t>Статив HAMA Traveller 163 Ball, 04291</t>
   </si>
   <si>
     <t>HAMA-04291</t>
   </si>
   <si>
     <t>Hama мобилна система за фон 158 - 295 см, HAMA-21202</t>
   </si>
   <si>
     <t>HAMA-21202</t>
   </si>
@@ -658,177 +658,177 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>17.676</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>18.108</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>19.332</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>22.212</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
         <v>24.924</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>24.996</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>29.976</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>30.924</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>32.04</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>34.62</v>
+        <v>34.512</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>35.112</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>36.888</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>38.856</v>
@@ -882,219 +882,219 @@
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>41.808</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>51.24</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>51.288</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>51.876</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>56.616</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>57.0</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>59.556</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>67.2</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>69.156</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
-        <v>87.6</v>
+        <v>87.252</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
         <v>89.208</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
         <v>100.8</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>141.42</v>
       </c>
       <c r="D32" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
         <v>247.02</v>
       </c>
       <c r="D33" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>