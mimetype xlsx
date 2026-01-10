--- v1 (2025-11-10)
+++ v2 (2026-01-10)
@@ -7,134 +7,131 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>HAMA Мини статив/трипод "Fancy 2in1" за мобилен телефон и фотоапарат 1/4", 16 см, сребрист</t>
   </si>
   <si>
     <t>HAMA-04666</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Плочка за статив Star 55-64, "Star 200", "Gamma 153", "Action 165"</t>
   </si>
   <si>
     <t>HAMA-04154</t>
   </si>
   <si>
     <t>Резервна плочка за статив за "Star 75"</t>
   </si>
   <si>
     <t>HAMA-04008</t>
   </si>
   <si>
     <t>HAMA Мини-трипод за смартфон "Pocket II Rotation", 04649</t>
   </si>
   <si>
     <t>HAMA-04649</t>
   </si>
   <si>
+    <t>HAMA Стойка за смартфон/таблет 2в1, 1/4"</t>
+  </si>
+  <si>
+    <t>HAMA-04638</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Мини статив HAMA Flex, за смартфони, 14 см, 04609</t>
+  </si>
+  <si>
+    <t>HAMA-04609</t>
+  </si>
+  <si>
+    <t>HAMA Селфи стик/трипод за мобилен телефон, "Fancy Stand 110", Bluetooth дистанционно</t>
+  </si>
+  <si>
+    <t>HAMA-04671</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Статив HAMA Star 5, 04105</t>
+  </si>
+  <si>
+    <t>HAMA-04105</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>HAMA Стойка за смартфон/таблет 2в1, 1/4"</t>
-[...31 lines deleted...]
-  <si>
     <t>Монопод HAMA Selfie 90, 04299</t>
   </si>
   <si>
     <t>HAMA-04299</t>
   </si>
   <si>
     <t>Статив HAMA Star 700 EF Digital, 04133</t>
   </si>
   <si>
     <t>HAMA-04133</t>
   </si>
   <si>
     <t>Монопод HAMA Star 78 Mono 04178</t>
   </si>
   <si>
     <t>HAMA-04178</t>
   </si>
   <si>
     <t>Мини статив HAMA FlexPro, за смартфони, 27 см, 04605</t>
   </si>
   <si>
     <t>HAMA-04605</t>
   </si>
   <si>
     <t>Мини статив HAMA FlexPro, За смартфони GoPro и фото камери, 27 см</t>
@@ -169,99 +166,84 @@
   <si>
     <t>Мини статив HAMA Multi 4in1, 20 -90 cm, 04601</t>
   </si>
   <si>
     <t>HAMA-04601</t>
   </si>
   <si>
     <t>Трипод HAMA Star, за смартфони, GoPro, 112 см, 04640</t>
   </si>
   <si>
     <t>HAMA-04640</t>
   </si>
   <si>
     <t>Статив HAMA Star 61, 04161</t>
   </si>
   <si>
     <t>HAMA-04161</t>
   </si>
   <si>
     <t>Статив HAMA Gamma 153, 3D, 04096</t>
   </si>
   <si>
     <t>HAMA-04096</t>
   </si>
   <si>
-    <t>Hama Трипод Solid III, 80B за смартфони, HAMA-04653</t>
-[...4 lines deleted...]
-  <si>
     <t>Статив HAMA Star 62, 04162</t>
   </si>
   <si>
     <t>HAMA-04162</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>HAMA Трипод “Solid 80 Ball” за смартфони, Bluetooth дистанционно за снимки, макс. 80 см.</t>
   </si>
   <si>
     <t>HAMA-04679</t>
   </si>
   <si>
     <t xml:space="preserve">Статив HAMA Star 63, 04163 </t>
   </si>
   <si>
     <t>HAMA-04163</t>
   </si>
   <si>
     <t>Трипод HAMA Traveller Pro, за смартфони, GoPro, 04631</t>
   </si>
   <si>
     <t>HAMA-04631</t>
   </si>
   <si>
     <t>Статив Hama Star 64, до 185см, 04464</t>
   </si>
   <si>
     <t>HAMA-04464</t>
   </si>
   <si>
     <t>Статив HAMA Traveller 117 Ball, 04290</t>
   </si>
   <si>
     <t>HAMA-04290</t>
-  </si>
-[...4 lines deleted...]
-    <t>ELGATO-10AAQ9901</t>
   </si>
   <si>
     <t>Статив HAMA Traveller 163 Ball, 04291</t>
   </si>
   <si>
     <t>HAMA-04291</t>
   </si>
   <si>
     <t>Hama мобилна система за фон 158 - 295 см, HAMA-21202</t>
   </si>
   <si>
     <t>HAMA-21202</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -577,528 +559,486 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>10.224</v>
+        <v>5.232</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>10.428</v>
+        <v>5.328</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>17.676</v>
+        <v>9.036</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>18.108</v>
+        <v>9.336</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6">
+        <v>9.888</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>22.212</v>
+        <v>11.364</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>24.924</v>
+        <v>12.78</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>24.996</v>
+        <v>15.324</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>29.976</v>
+        <v>15.816</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>30.924</v>
+        <v>16.38</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>32.04</v>
+        <v>17.64</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>34.512</v>
+        <v>17.856</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>35.112</v>
+        <v>18.864</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>36.888</v>
+        <v>19.872</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>38.856</v>
+        <v>20.604</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
-        <v>40.296</v>
+        <v>20.616</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
-        <v>40.32</v>
+        <v>20.928</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>40.92</v>
+        <v>21.372</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>41.808</v>
+        <v>26.148</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
-        <v>51.24</v>
+        <v>26.22</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
-        <v>51.288</v>
+        <v>26.52</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>51.876</v>
+        <v>29.148</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
-        <v>56.616</v>
+        <v>30.456</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
-        <v>57.0</v>
+        <v>34.356</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>59.556</v>
+        <v>35.364</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>67.2</v>
+        <v>44.616</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>69.156</v>
+        <v>45.612</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>87.252</v>
+        <v>72.276</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>89.208</v>
+        <v>126.3</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
-[...41 lines deleted...]
-        <v>55</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D34"/>
+  <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>