--- v2 (2026-01-10)
+++ v3 (2026-03-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>HAMA Мини статив/трипод "Fancy 2in1" за мобилен телефон и фотоапарат 1/4", 16 см, сребрист</t>
   </si>
   <si>
     <t>HAMA-04666</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Плочка за статив Star 55-64, "Star 200", "Gamma 153", "Action 165"</t>
   </si>
   <si>
@@ -76,138 +76,132 @@
   <si>
     <t>HAMA-04649</t>
   </si>
   <si>
     <t>HAMA Стойка за смартфон/таблет 2в1, 1/4"</t>
   </si>
   <si>
     <t>HAMA-04638</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Мини статив HAMA Flex, за смартфони, 14 см, 04609</t>
   </si>
   <si>
     <t>HAMA-04609</t>
   </si>
   <si>
     <t>HAMA Селфи стик/трипод за мобилен телефон, "Fancy Stand 110", Bluetooth дистанционно</t>
   </si>
   <si>
     <t>HAMA-04671</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Статив HAMA Star 5, 04105</t>
   </si>
   <si>
     <t>HAMA-04105</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>Статив HAMA Star 700 EF Digital, 04133</t>
+  </si>
+  <si>
+    <t>HAMA-04133</t>
+  </si>
+  <si>
+    <t>Монопод HAMA Star 78 Mono 04178</t>
+  </si>
+  <si>
+    <t>HAMA-04178</t>
   </si>
   <si>
     <t>Монопод HAMA Selfie 90, 04299</t>
   </si>
   <si>
     <t>HAMA-04299</t>
   </si>
   <si>
-    <t>Статив HAMA Star 700 EF Digital, 04133</t>
-[...10 lines deleted...]
-  <si>
     <t>Мини статив HAMA FlexPro, за смартфони, 27 см, 04605</t>
   </si>
   <si>
     <t>HAMA-04605</t>
   </si>
   <si>
     <t>Мини статив HAMA FlexPro, За смартфони GoPro и фото камери, 27 см</t>
   </si>
   <si>
     <t>HAMA-04608</t>
   </si>
   <si>
     <t>Статив HAMA Star 75, 04175</t>
   </si>
   <si>
     <t>HAMA-04175</t>
   </si>
   <si>
     <t>Трипод "Rotary Smartphone" с Bluetooth дистанционно, HAMA-04646</t>
   </si>
   <si>
     <t>HAMA-04646</t>
   </si>
   <si>
     <t>Статив HAMA Star Black 153-3D, 04469</t>
   </si>
   <si>
     <t>HAMA-04469</t>
   </si>
   <si>
     <t>HAMA Трипод за смартфон/таблет, 106 - 3D, 04619</t>
   </si>
   <si>
     <t>HAMA-04619</t>
   </si>
   <si>
     <t>Мини статив HAMA Multi 4in1, 20 -90 cm, 04601</t>
   </si>
   <si>
     <t>HAMA-04601</t>
   </si>
   <si>
     <t>Трипод HAMA Star, за смартфони, GoPro, 112 см, 04640</t>
   </si>
   <si>
     <t>HAMA-04640</t>
   </si>
   <si>
+    <t>Статив HAMA Gamma 153, 3D, 04096</t>
+  </si>
+  <si>
+    <t>HAMA-04096</t>
+  </si>
+  <si>
     <t>Статив HAMA Star 61, 04161</t>
   </si>
   <si>
     <t>HAMA-04161</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-04096</t>
   </si>
   <si>
     <t>Статив HAMA Star 62, 04162</t>
   </si>
   <si>
     <t>HAMA-04162</t>
   </si>
   <si>
     <t>HAMA Трипод “Solid 80 Ball” за смартфони, Bluetooth дистанционно за снимки, макс. 80 см.</t>
   </si>
   <si>
     <t>HAMA-04679</t>
   </si>
   <si>
     <t xml:space="preserve">Статив HAMA Star 63, 04163 </t>
   </si>
   <si>
     <t>HAMA-04163</t>
   </si>
   <si>
     <t>Трипод HAMA Traveller Pro, за смартфони, GoPro, 04631</t>
   </si>
   <si>
     <t>HAMA-04631</t>
   </si>
@@ -569,91 +563,91 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>5.232</v>
+        <v>5.052</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>5.328</v>
+        <v>5.304</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>9.036</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
@@ -679,362 +673,362 @@
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>11.364</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>12.78</v>
+        <v>12.732</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>15.324</v>
+        <v>15.192</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>15.816</v>
+        <v>16.38</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>16.38</v>
+        <v>16.752</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>17.64</v>
+        <v>17.412</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>17.856</v>
+        <v>17.868</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14">
         <v>18.864</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15">
-        <v>19.872</v>
+        <v>19.932</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16">
         <v>20.604</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C17">
         <v>20.616</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C18">
-        <v>20.928</v>
+        <v>21.024</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19">
-        <v>21.372</v>
+        <v>21.432</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C20">
-        <v>26.148</v>
+        <v>26.1</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C21">
-        <v>26.22</v>
+        <v>26.52</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C22">
-        <v>26.52</v>
+        <v>28.5</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C23">
         <v>29.148</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C24">
         <v>30.456</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C25">
         <v>34.356</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C26">
-        <v>35.364</v>
+        <v>35.268</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C27">
         <v>44.616</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C28">
-        <v>45.612</v>
+        <v>45.66</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C29">
         <v>72.276</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C30">
-        <v>126.3</v>
+        <v>126.324</v>
       </c>
       <c r="D30" t="s">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>