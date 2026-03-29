--- v3 (2026-03-08)
+++ v4 (2026-03-29)
@@ -14,188 +14,194 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>HAMA Мини статив/трипод "Fancy 2in1" за мобилен телефон и фотоапарат 1/4", 16 см, сребрист</t>
   </si>
   <si>
     <t>HAMA-04666</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Плочка за статив Star 55-64, "Star 200", "Gamma 153", "Action 165"</t>
   </si>
   <si>
     <t>HAMA-04154</t>
   </si>
   <si>
     <t>Резервна плочка за статив за "Star 75"</t>
   </si>
   <si>
     <t>HAMA-04008</t>
   </si>
   <si>
     <t>HAMA Мини-трипод за смартфон "Pocket II Rotation", 04649</t>
   </si>
   <si>
     <t>HAMA-04649</t>
   </si>
   <si>
     <t>HAMA Стойка за смартфон/таблет 2в1, 1/4"</t>
   </si>
   <si>
     <t>HAMA-04638</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Мини статив HAMA Flex, за смартфони, 14 см, 04609</t>
+  </si>
+  <si>
+    <t>HAMA-04609</t>
+  </si>
+  <si>
+    <t>HAMA Селфи стик/трипод за мобилен телефон, "Fancy Stand 110", Bluetooth дистанционно</t>
+  </si>
+  <si>
+    <t>HAMA-04671</t>
+  </si>
+  <si>
+    <t>Статив HAMA Star 5, 04105</t>
+  </si>
+  <si>
+    <t>HAMA-04105</t>
+  </si>
+  <si>
+    <t>Статив HAMA Star 700 EF Digital, 04133</t>
+  </si>
+  <si>
+    <t>HAMA-04133</t>
+  </si>
+  <si>
+    <t>Монопод HAMA Star 78 Mono 04178</t>
+  </si>
+  <si>
+    <t>HAMA-04178</t>
+  </si>
+  <si>
+    <t>Монопод HAMA Selfie 90, 04299</t>
+  </si>
+  <si>
+    <t>HAMA-04299</t>
+  </si>
+  <si>
+    <t>Мини статив HAMA FlexPro, за смартфони, 27 см, 04605</t>
+  </si>
+  <si>
+    <t>HAMA-04605</t>
+  </si>
+  <si>
+    <t>Мини статив HAMA FlexPro, За смартфони GoPro и фото камери, 27 см</t>
+  </si>
+  <si>
+    <t>HAMA-04608</t>
+  </si>
+  <si>
+    <t>Статив HAMA Star 75, 04175</t>
+  </si>
+  <si>
+    <t>HAMA-04175</t>
+  </si>
+  <si>
+    <t>Трипод "Rotary Smartphone" с Bluetooth дистанционно, HAMA-04646</t>
+  </si>
+  <si>
+    <t>HAMA-04646</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Мини статив HAMA Flex, за смартфони, 14 см, 04609</t>
-[...58 lines deleted...]
-  <si>
     <t>Статив HAMA Star Black 153-3D, 04469</t>
   </si>
   <si>
     <t>HAMA-04469</t>
   </si>
   <si>
     <t>HAMA Трипод за смартфон/таблет, 106 - 3D, 04619</t>
   </si>
   <si>
     <t>HAMA-04619</t>
   </si>
   <si>
     <t>Мини статив HAMA Multi 4in1, 20 -90 cm, 04601</t>
   </si>
   <si>
     <t>HAMA-04601</t>
   </si>
   <si>
     <t>Трипод HAMA Star, за смартфони, GoPro, 112 см, 04640</t>
   </si>
   <si>
     <t>HAMA-04640</t>
   </si>
   <si>
     <t>Статив HAMA Gamma 153, 3D, 04096</t>
   </si>
   <si>
     <t>HAMA-04096</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Статив HAMA Star 61, 04161</t>
   </si>
   <si>
     <t>HAMA-04161</t>
   </si>
   <si>
     <t>Статив HAMA Star 62, 04162</t>
   </si>
   <si>
     <t>HAMA-04162</t>
   </si>
   <si>
     <t>HAMA Трипод “Solid 80 Ball” за смартфони, Bluetooth дистанционно за снимки, макс. 80 см.</t>
   </si>
   <si>
     <t>HAMA-04679</t>
   </si>
   <si>
     <t xml:space="preserve">Статив HAMA Star 63, 04163 </t>
   </si>
   <si>
     <t>HAMA-04163</t>
   </si>
@@ -564,51 +570,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>5.052</v>
@@ -788,241 +794,241 @@
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>19.932</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>20.604</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>20.616</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>21.024</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>21.432</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>26.1</v>
+        <v>26.136</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>26.52</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>28.5</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>29.148</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>30.456</v>
       </c>
       <c r="D24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>34.356</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>35.268</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>44.616</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>45.66</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C29">
         <v>72.276</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C30">
         <v>126.324</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 