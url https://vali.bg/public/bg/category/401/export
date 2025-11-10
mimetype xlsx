--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -34,285 +34,285 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic Mobil 183, 173131</t>
   </si>
   <si>
     <t>HAMA-173131</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
+  </si>
+  <si>
+    <t>HAMA-173132</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3513</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
-[...10 lines deleted...]
-  <si>
     <t>Тонколони HAMA E-80, 2.0, 2х120 mW, 57139</t>
   </si>
   <si>
     <t>HAMA-57139</t>
   </si>
   <si>
+    <t>Тонколонки HAMA Sonic LS-206, 173133</t>
+  </si>
+  <si>
+    <t>HAMA-173133</t>
+  </si>
+  <si>
+    <t>Тонколони Logitech S150, 2.0, 1.2W</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-S150</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic LS-208, 173134</t>
+  </si>
+  <si>
+    <t>HAMA-173134</t>
+  </si>
+  <si>
+    <t>Озвучителна система EWENT Eminent 2.1, 3.5 mm, USB, 11W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3515</t>
+  </si>
+  <si>
+    <t>Soundbar Spartan Gear Orpheus RGB</t>
+  </si>
+  <si>
+    <t>SG-091723</t>
+  </si>
+  <si>
+    <t>Тонколони Spartan Gear Syrinx S Small 2.0</t>
+  </si>
+  <si>
+    <t>SG-091720</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative PEBBLE, 2.0, 2 x 2.2W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative PEBBLE, 2.0</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-WH</t>
+  </si>
+  <si>
+    <t>Гейминг тонколони uRage "BLAST-R 200" 2.0, 186093</t>
+  </si>
+  <si>
+    <t>HAMA-186093</t>
+  </si>
+  <si>
+    <t>Тонколони Spartan Gear Syrinx M Medium RGB 2.0</t>
+  </si>
+  <si>
+    <t>SG-091721</t>
+  </si>
+  <si>
+    <t>Тонколони Logitech Z150, 2.0, 3 W</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-Z150</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-Z150-WT</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative PEBBLE V2, USB-C, 2 x 4W, Черен</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-BK-C</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative Pebble SE , 4.4W RMS, USB, жак</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-SE-BK</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative Pebble SE , 4.4W RMS, жак, USB,бял</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-SE-WH</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative PEBBLE V3, USB-C, bluetooth,2 x 4W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-BK-CV3</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative PEBBLE Plus 2.1, USB,8W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-2.1</t>
+  </si>
+  <si>
+    <t>Гейминг тонколони Spartan Gear Alcman Large 2.0</t>
+  </si>
+  <si>
+    <t>SG-091722</t>
+  </si>
+  <si>
+    <t>Тонколони Logitech Z313, 25W</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-Z313</t>
+  </si>
+  <si>
+    <t>Тонколони Logitech Z207, 10 W</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-Z207B</t>
+  </si>
+  <si>
+    <t>Озвучителна система 2.1 Creative SBS E2500,Bluetooth,FM, 30W, Черен</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-SBS-E2500</t>
+  </si>
+  <si>
+    <t>Тонколони безжични Creative T60, 30W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-T60</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative Pebble Pro - Green</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-PRO-G</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Тонколонки HAMA Sonic LS-206, 173133</t>
-[...136 lines deleted...]
-  <si>
     <t>Озвучителна система Creative, CREAT-SPEAK-SBS-E2900</t>
   </si>
   <si>
     <t>CREAT-SPEAK-SBS-E2900</t>
   </si>
   <si>
     <t>Озвучителна блутут система Creative Stage V2, 160W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-2.1-V2</t>
   </si>
   <si>
     <t>Тонколони Logitech Z407, 40W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z407</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE X - 15W RMS, USB-C</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-X</t>
   </si>
   <si>
     <t>Безжични тонколони Creative T100, 40W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-T100</t>
   </si>
   <si>
     <t xml:space="preserve">Тонколони Logitech Z533, 60W, </t>
   </si>
   <si>
     <t>LOGITECH-Z533</t>
   </si>
   <si>
     <t>Тонколони Creative GigaWorks T40 Series II</t>
   </si>
   <si>
     <t>CREAT-SPEAK-T40</t>
   </si>
   <si>
+    <t>Озвучителна система 2.1 Creative Pebble X Plus, USB-C, Bluetooth, 15W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-X-PL</t>
+  </si>
+  <si>
+    <t>Блутут колонка Harman Kardon LUNA 1x25W RMS + 1x15W RMS, Waterproof, Rechargable battery, Grey</t>
+  </si>
+  <si>
+    <t>JBL-HK-LUNA-GRY</t>
+  </si>
+  <si>
+    <t>Блутут колонка Harman Kardon LUNA 1x25W RMS + 1x15W RMS, Waterproof, Rechargable battery, Black</t>
+  </si>
+  <si>
+    <t>JBL-HK-LUNA-BK</t>
+  </si>
+  <si>
+    <t>Тонколони Steelseries Arena 3</t>
+  </si>
+  <si>
+    <t>STEEL-SPEAK-61536</t>
+  </si>
+  <si>
     <t>Тонколони Logitech Z623, 200W RMS</t>
   </si>
   <si>
     <t>LOGITECH-Z623</t>
-  </si>
-[...25 lines deleted...]
-    <t>STEEL-SPEAK-61536</t>
   </si>
   <si>
     <t>Звукова система 2.1 Creative Stage 360, Bluetooth 5.0, Dolby Atmos, HDMI 2.0, ARC, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-360</t>
   </si>
   <si>
     <t>Тонколони Logitech G560 RGB, 120W</t>
   </si>
   <si>
     <t>LOGITECH-SP-G560</t>
   </si>
   <si>
     <t>Тонколони Logitech Z906</t>
   </si>
   <si>
     <t>LOGITECH-Z906</t>
   </si>
   <si>
     <t>Звукова система Creative Katana V2X, 2.1,Super X-Fi, HDMI, USB-C,TOSLINK, 90W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-SBX-KATANA-V2</t>
   </si>
@@ -753,765 +753,765 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>19.512</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>20.136</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>24.96</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5">
         <v>25.08</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>28.44</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>33.492</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>36.408</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>38.796</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>39.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>39.0</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>48.996</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>48.996</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>48.996</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>48.996</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>54.732</v>
+        <v>53.976</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>60.084</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>64.992</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>69.0</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>69.0</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>78.996</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>88.992</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>88.992</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>110.4</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>118.8</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
         <v>118.992</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
         <v>168.996</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>168.996</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
         <v>189.0</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
         <v>198.996</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
         <v>228.996</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
         <v>228.996</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
         <v>249.0</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
         <v>255.756</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
         <v>268.992</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
-        <v>280.716</v>
+        <v>298.992</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
-        <v>298.992</v>
+        <v>348.996</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38">
         <v>348.996</v>
       </c>
       <c r="D38" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>348.996</v>
+        <v>358.992</v>
       </c>
       <c r="D39" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>358.992</v>
+        <v>374.46</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>399.0</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>412.14</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>598.992</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>598.992</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>598.992</v>
       </c>
       <c r="D45" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>639.0</v>
       </c>
       <c r="D46" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>639.0</v>
       </c>
       <c r="D47" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>699.0</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>729.0</v>
       </c>
       <c r="D49" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>729.0</v>
       </c>
       <c r="D50" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>888.996</v>
       </c>
       <c r="D51" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>1198.992</v>
       </c>
       <c r="D52" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>1269.0</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>1959.0</v>
       </c>
       <c r="D54" t="s">
-        <v>80</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D55"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>