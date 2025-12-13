--- v1 (2025-11-10)
+++ v2 (2025-12-13)
@@ -14,127 +14,127 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$55</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic Mobil 183, 173131</t>
   </si>
   <si>
     <t>HAMA-173131</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>наличен</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
   </si>
   <si>
     <t>HAMA-173132</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
+    <t>Тонколони HAMA E-80, 2.0, 2х120 mW, 57139</t>
+  </si>
+  <si>
+    <t>HAMA-57139</t>
+  </si>
+  <si>
     <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
   </si>
   <si>
     <t>EWENT-ACT-EM3513</t>
   </si>
   <si>
-    <t>наличен</t>
-[...7 lines deleted...]
-  <si>
     <t>Тонколонки HAMA Sonic LS-206, 173133</t>
   </si>
   <si>
     <t>HAMA-173133</t>
   </si>
   <si>
     <t>Тонколони Logitech S150, 2.0, 1.2W</t>
   </si>
   <si>
     <t>LOGITECH-SP-S150</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic LS-208, 173134</t>
   </si>
   <si>
     <t>HAMA-173134</t>
   </si>
   <si>
     <t>Озвучителна система EWENT Eminent 2.1, 3.5 mm, USB, 11W</t>
   </si>
   <si>
     <t>EWENT-ACT-EM3515</t>
   </si>
   <si>
     <t>Soundbar Spartan Gear Orpheus RGB</t>
   </si>
   <si>
     <t>SG-091723</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Тонколони Spartan Gear Syrinx S Small 2.0</t>
   </si>
   <si>
     <t>SG-091720</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE, 2.0, 2 x 2.2W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE, 2.0</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-WH</t>
   </si>
   <si>
     <t>Гейминг тонколони uRage "BLAST-R 200" 2.0, 186093</t>
   </si>
   <si>
     <t>HAMA-186093</t>
   </si>
   <si>
     <t>Тонколони Spartan Gear Syrinx M Medium RGB 2.0</t>
@@ -184,105 +184,102 @@
   <si>
     <t>Гейминг тонколони Spartan Gear Alcman Large 2.0</t>
   </si>
   <si>
     <t>SG-091722</t>
   </si>
   <si>
     <t>Тонколони Logitech Z313, 25W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z313</t>
   </si>
   <si>
     <t>Тонколони Logitech Z207, 10 W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z207B</t>
   </si>
   <si>
     <t>Озвучителна система 2.1 Creative SBS E2500,Bluetooth,FM, 30W, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-SBS-E2500</t>
   </si>
   <si>
+    <t>Озвучителна система Creative, CREAT-SPEAK-SBS-E2900</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-SBS-E2900</t>
+  </si>
+  <si>
     <t>Тонколони безжични Creative T60, 30W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-T60</t>
   </si>
   <si>
     <t>Озвучителна система Creative Pebble Pro - Green</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-PRO-G</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...7 lines deleted...]
-  <si>
     <t>Озвучителна блутут система Creative Stage V2, 160W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-2.1-V2</t>
   </si>
   <si>
     <t>Тонколони Logitech Z407, 40W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z407</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE X - 15W RMS, USB-C</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-X</t>
   </si>
   <si>
+    <t>Тонколони Creative GigaWorks T40 Series II</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-T40</t>
+  </si>
+  <si>
     <t>Безжични тонколони Creative T100, 40W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-T100</t>
   </si>
   <si>
     <t xml:space="preserve">Тонколони Logitech Z533, 60W, </t>
   </si>
   <si>
     <t>LOGITECH-Z533</t>
-  </si>
-[...4 lines deleted...]
-    <t>CREAT-SPEAK-T40</t>
   </si>
   <si>
     <t>Озвучителна система 2.1 Creative Pebble X Plus, USB-C, Bluetooth, 15W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-X-PL</t>
   </si>
   <si>
     <t>Блутут колонка Harman Kardon LUNA 1x25W RMS + 1x15W RMS, Waterproof, Rechargable battery, Grey</t>
   </si>
   <si>
     <t>JBL-HK-LUNA-GRY</t>
   </si>
   <si>
     <t>Блутут колонка Harman Kardon LUNA 1x25W RMS + 1x15W RMS, Waterproof, Rechargable battery, Black</t>
   </si>
   <si>
     <t>JBL-HK-LUNA-BK</t>
   </si>
   <si>
     <t>Тонколони Steelseries Arena 3</t>
   </si>
   <si>
     <t>STEEL-SPEAK-61536</t>
   </si>
@@ -736,776 +733,776 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>19.512</v>
+        <v>19.848</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>20.136</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>24.96</v>
+        <v>24.9</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>25.08</v>
+        <v>24.96</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>28.44</v>
+        <v>28.644</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7">
-        <v>33.492</v>
+        <v>33.732</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>36.408</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>38.796</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>39.0</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>39.0</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>48.996</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>48.996</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>48.996</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>48.996</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>53.976</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>60.084</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>64.992</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>69.0</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>69.0</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>78.996</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>88.992</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>88.992</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>110.4</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>118.8</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
         <v>118.992</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>168.996</v>
+        <v>168.0</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>168.996</v>
       </c>
       <c r="D28" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" t="s">
         <v>61</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>189.0</v>
+        <v>168.996</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C30">
         <v>198.996</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C31">
         <v>228.996</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C32">
         <v>228.996</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="C33">
         <v>249.0</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
         <v>71</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>255.756</v>
+        <v>249.0</v>
       </c>
       <c r="D34" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>268.992</v>
+        <v>255.756</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C36">
         <v>298.992</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="C37">
         <v>348.996</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C38">
         <v>348.996</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="C39">
         <v>358.992</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="C40">
         <v>374.46</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C41">
         <v>399.0</v>
       </c>
       <c r="D41" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>412.14</v>
+        <v>465.072</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C43">
         <v>598.992</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C44">
         <v>598.992</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="C45">
         <v>598.992</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C46">
         <v>639.0</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C47">
         <v>639.0</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C48">
         <v>699.0</v>
       </c>
       <c r="D48" t="s">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C49">
         <v>729.0</v>
       </c>
       <c r="D49" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C50">
         <v>729.0</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C51">
         <v>888.996</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C52">
         <v>1198.992</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C53">
         <v>1269.0</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C54">
         <v>1959.0</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D55"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 