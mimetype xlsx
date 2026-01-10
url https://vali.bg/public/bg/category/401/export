--- v2 (2025-12-13)
+++ v3 (2026-01-10)
@@ -14,127 +14,130 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$55</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic Mobil 183, 173131</t>
   </si>
   <si>
     <t>HAMA-173131</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
+  </si>
+  <si>
+    <t>HAMA-173132</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Тонколони HAMA E-80, 2.0, 2х120 mW, 57139</t>
+  </si>
+  <si>
+    <t>HAMA-57139</t>
+  </si>
+  <si>
+    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3513</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic LS-206, 173133</t>
+  </si>
+  <si>
+    <t>HAMA-173133</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
-[...25 lines deleted...]
-  <si>
     <t>Тонколони Logitech S150, 2.0, 1.2W</t>
   </si>
   <si>
     <t>LOGITECH-SP-S150</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic LS-208, 173134</t>
   </si>
   <si>
     <t>HAMA-173134</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Озвучителна система EWENT Eminent 2.1, 3.5 mm, USB, 11W</t>
   </si>
   <si>
     <t>EWENT-ACT-EM3515</t>
   </si>
   <si>
     <t>Soundbar Spartan Gear Orpheus RGB</t>
   </si>
   <si>
     <t>SG-091723</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Тонколони Spartan Gear Syrinx S Small 2.0</t>
   </si>
   <si>
     <t>SG-091720</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE, 2.0, 2 x 2.2W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE, 2.0</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-WH</t>
   </si>
   <si>
     <t>Гейминг тонколони uRage "BLAST-R 200" 2.0, 186093</t>
   </si>
   <si>
     <t>HAMA-186093</t>
   </si>
   <si>
     <t>Тонколони Spartan Gear Syrinx M Medium RGB 2.0</t>
@@ -184,102 +187,102 @@
   <si>
     <t>Гейминг тонколони Spartan Gear Alcman Large 2.0</t>
   </si>
   <si>
     <t>SG-091722</t>
   </si>
   <si>
     <t>Тонколони Logitech Z313, 25W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z313</t>
   </si>
   <si>
     <t>Тонколони Logitech Z207, 10 W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z207B</t>
   </si>
   <si>
     <t>Озвучителна система 2.1 Creative SBS E2500,Bluetooth,FM, 30W, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-SBS-E2500</t>
   </si>
   <si>
+    <t>Тонколони безжични Creative T60, 30W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-T60</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative Pebble Pro - Green</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-PRO-G</t>
+  </si>
+  <si>
     <t>Озвучителна система Creative, CREAT-SPEAK-SBS-E2900</t>
   </si>
   <si>
     <t>CREAT-SPEAK-SBS-E2900</t>
   </si>
   <si>
-    <t>Тонколони безжични Creative T60, 30W</t>
-[...10 lines deleted...]
-  <si>
     <t>Озвучителна блутут система Creative Stage V2, 160W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-2.1-V2</t>
   </si>
   <si>
+    <t xml:space="preserve">Тонколони Logitech Z533, 60W, </t>
+  </si>
+  <si>
+    <t>LOGITECH-Z533</t>
+  </si>
+  <si>
     <t>Тонколони Logitech Z407, 40W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z407</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE X - 15W RMS, USB-C</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-X</t>
   </si>
   <si>
+    <t>Безжични тонколони Creative T100, 40W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-T100</t>
+  </si>
+  <si>
     <t>Тонколони Creative GigaWorks T40 Series II</t>
   </si>
   <si>
     <t>CREAT-SPEAK-T40</t>
-  </si>
-[...10 lines deleted...]
-    <t>LOGITECH-Z533</t>
   </si>
   <si>
     <t>Озвучителна система 2.1 Creative Pebble X Plus, USB-C, Bluetooth, 15W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-X-PL</t>
   </si>
   <si>
     <t>Блутут колонка Harman Kardon LUNA 1x25W RMS + 1x15W RMS, Waterproof, Rechargable battery, Grey</t>
   </si>
   <si>
     <t>JBL-HK-LUNA-GRY</t>
   </si>
   <si>
     <t>Блутут колонка Harman Kardon LUNA 1x25W RMS + 1x15W RMS, Waterproof, Rechargable battery, Black</t>
   </si>
   <si>
     <t>JBL-HK-LUNA-BK</t>
   </si>
   <si>
     <t>Тонколони Steelseries Arena 3</t>
   </si>
   <si>
     <t>STEEL-SPEAK-61536</t>
   </si>
@@ -733,782 +736,782 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>19.848</v>
+        <v>10.152</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>20.136</v>
+        <v>10.296</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>24.9</v>
+        <v>12.732</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>24.96</v>
+        <v>12.756</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>28.644</v>
+        <v>14.64</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>33.732</v>
+        <v>17.244</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
-        <v>36.408</v>
+        <v>18.612</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>38.796</v>
+        <v>19.836</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C10">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
-        <v>39.0</v>
+        <v>19.944</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>48.996</v>
+        <v>25.056</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
-        <v>53.976</v>
+        <v>27.6</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>60.084</v>
+        <v>30.72</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
-        <v>64.992</v>
+        <v>33.228</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
-        <v>69.0</v>
+        <v>35.28</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>78.996</v>
+        <v>40.392</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
-        <v>88.992</v>
+        <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
-        <v>110.4</v>
+        <v>56.448</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>118.8</v>
+        <v>60.744</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
-        <v>118.992</v>
+        <v>60.84</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
-        <v>168.0</v>
+        <v>86.412</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
-        <v>168.996</v>
+        <v>86.412</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
-        <v>168.996</v>
+        <v>96.636</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
-        <v>228.996</v>
+        <v>108.72</v>
       </c>
       <c r="D31" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
-        <v>228.996</v>
+        <v>117.084</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
-        <v>249.0</v>
+        <v>117.084</v>
       </c>
       <c r="D33" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
-        <v>249.0</v>
+        <v>127.308</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
-        <v>255.756</v>
+        <v>137.532</v>
       </c>
       <c r="D35" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
-        <v>298.992</v>
+        <v>152.868</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
-        <v>348.996</v>
+        <v>178.44</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38">
-        <v>348.996</v>
+        <v>178.44</v>
       </c>
       <c r="D38" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C39">
-        <v>358.992</v>
+        <v>183.552</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C40">
-        <v>374.46</v>
+        <v>191.46</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C41">
-        <v>399.0</v>
+        <v>204.0</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C42">
-        <v>465.072</v>
+        <v>237.792</v>
       </c>
       <c r="D42" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C43">
-        <v>598.992</v>
+        <v>306.264</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C44">
-        <v>598.992</v>
+        <v>306.264</v>
       </c>
       <c r="D44" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C45">
-        <v>598.992</v>
+        <v>306.264</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C46">
-        <v>639.0</v>
+        <v>326.712</v>
       </c>
       <c r="D46" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C47">
-        <v>639.0</v>
+        <v>326.712</v>
       </c>
       <c r="D47" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48">
-        <v>699.0</v>
+        <v>357.396</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49">
-        <v>729.0</v>
+        <v>372.732</v>
       </c>
       <c r="D49" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50">
-        <v>729.0</v>
+        <v>372.732</v>
       </c>
       <c r="D50" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
-        <v>888.996</v>
+        <v>454.536</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
-        <v>1198.992</v>
+        <v>613.032</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>1269.0</v>
+        <v>648.828</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54">
-        <v>1959.0</v>
+        <v>1001.616</v>
       </c>
       <c r="D54" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D55"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>