--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -7,176 +7,176 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$55</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$54</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic Mobil 183, 173131</t>
   </si>
   <si>
     <t>HAMA-173131</t>
   </si>
   <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
+  </si>
+  <si>
+    <t>HAMA-173132</t>
+  </si>
+  <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
-[...5 lines deleted...]
-    <t>на път</t>
+    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3513</t>
+  </si>
+  <si>
+    <t>наличен</t>
   </si>
   <si>
     <t>Тонколони HAMA E-80, 2.0, 2х120 mW, 57139</t>
   </si>
   <si>
     <t>HAMA-57139</t>
   </si>
   <si>
-    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
-[...4 lines deleted...]
-  <si>
     <t>Тонколонки HAMA Sonic LS-206, 173133</t>
   </si>
   <si>
     <t>HAMA-173133</t>
   </si>
   <si>
-    <t>наличен</t>
+    <t>Тонколонки HAMA Sonic LS-208, 173134</t>
+  </si>
+  <si>
+    <t>HAMA-173134</t>
+  </si>
+  <si>
+    <t>Озвучителна система EWENT Eminent 2.1, 3.5 mm, USB, 11W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3515</t>
+  </si>
+  <si>
+    <t>Soundbar Spartan Gear Orpheus RGB</t>
+  </si>
+  <si>
+    <t>SG-091723</t>
+  </si>
+  <si>
+    <t>Тонколони Spartan Gear Syrinx S Small 2.0</t>
+  </si>
+  <si>
+    <t>SG-091720</t>
   </si>
   <si>
     <t>Тонколони Logitech S150, 2.0, 1.2W</t>
   </si>
   <si>
     <t>LOGITECH-SP-S150</t>
   </si>
   <si>
-    <t>Тонколонки HAMA Sonic LS-208, 173134</t>
-[...2 lines deleted...]
-    <t>HAMA-173134</t>
+    <t>Тонколони Spartan Gear Syrinx M Medium RGB 2.0</t>
+  </si>
+  <si>
+    <t>SG-091721</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative PEBBLE, 2.0, 2 x 2.2W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE</t>
+  </si>
+  <si>
+    <t>Озвучителна система Creative PEBBLE, 2.0</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-PEBBLE-WH</t>
+  </si>
+  <si>
+    <t>Гейминг тонколони uRage "BLAST-R 200" 2.0, 186093</t>
+  </si>
+  <si>
+    <t>HAMA-186093</t>
+  </si>
+  <si>
+    <t>Тонколони Logitech Z150, 2.0, 3 W</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-Z150</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-Z150-WT</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Озвучителна система EWENT Eminent 2.1, 3.5 mm, USB, 11W</t>
-[...49 lines deleted...]
-  <si>
     <t>Озвучителна система Creative PEBBLE V2, USB-C, 2 x 4W, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-BK-C</t>
   </si>
   <si>
     <t>Озвучителна система Creative Pebble SE , 4.4W RMS, USB, жак</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-SE-BK</t>
   </si>
   <si>
     <t>Озвучителна система Creative Pebble SE , 4.4W RMS, жак, USB,бял</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-SE-WH</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE V3, USB-C, bluetooth,2 x 4W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-BK-CV3</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE Plus 2.1, USB,8W</t>
@@ -193,56 +193,50 @@
   <si>
     <t>Тонколони Logitech Z313, 25W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z313</t>
   </si>
   <si>
     <t>Тонколони Logitech Z207, 10 W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z207B</t>
   </si>
   <si>
     <t>Озвучителна система 2.1 Creative SBS E2500,Bluetooth,FM, 30W, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-SBS-E2500</t>
   </si>
   <si>
     <t>Тонколони безжични Creative T60, 30W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-T60</t>
   </si>
   <si>
-    <t>Озвучителна система Creative Pebble Pro - Green</t>
-[...4 lines deleted...]
-  <si>
     <t>Озвучителна система Creative, CREAT-SPEAK-SBS-E2900</t>
   </si>
   <si>
     <t>CREAT-SPEAK-SBS-E2900</t>
   </si>
   <si>
     <t>Озвучителна блутут система Creative Stage V2, 160W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-2.1-V2</t>
   </si>
   <si>
     <t xml:space="preserve">Тонколони Logitech Z533, 60W, </t>
   </si>
   <si>
     <t>LOGITECH-Z533</t>
   </si>
   <si>
     <t>Тонколони Logitech Z407, 40W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z407</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE X - 15W RMS, USB-C</t>
@@ -283,78 +277,78 @@
   <si>
     <t>Тонколони Steelseries Arena 3</t>
   </si>
   <si>
     <t>STEEL-SPEAK-61536</t>
   </si>
   <si>
     <t>Тонколони Logitech Z623, 200W RMS</t>
   </si>
   <si>
     <t>LOGITECH-Z623</t>
   </si>
   <si>
     <t>Звукова система 2.1 Creative Stage 360, Bluetooth 5.0, Dolby Atmos, HDMI 2.0, ARC, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-STAGE-360</t>
   </si>
   <si>
     <t>Тонколони Logitech G560 RGB, 120W</t>
   </si>
   <si>
     <t>LOGITECH-SP-G560</t>
   </si>
   <si>
+    <t>Звукова система Creative Katana V2X, 2.1,Super X-Fi, HDMI, USB-C,TOSLINK, 90W</t>
+  </si>
+  <si>
+    <t>CREAT-SPEAK-SBX-KATANA-V2</t>
+  </si>
+  <si>
+    <t>Колонка JBL Authentics 200 Bluetooth/ WI-FI/Smart</t>
+  </si>
+  <si>
+    <t>JBL-AUTH200-BLK</t>
+  </si>
+  <si>
+    <t>Колонка блутут Harman Kardon Go and Play 3 Black</t>
+  </si>
+  <si>
+    <t>JBL-HK-GO3-BL</t>
+  </si>
+  <si>
+    <t>Колонка блутут Harman Kardon Go and Play 3 Grey</t>
+  </si>
+  <si>
+    <t>JBL-HK-GO3-GR</t>
+  </si>
+  <si>
     <t>Тонколони Logitech Z906</t>
   </si>
   <si>
     <t>LOGITECH-Z906</t>
-  </si>
-[...22 lines deleted...]
-    <t>JBL-HK-GO3-GR</t>
   </si>
   <si>
     <t>Звукова система Steelseries Arena 7</t>
   </si>
   <si>
     <t>STEEL-HEAD-61543</t>
   </si>
   <si>
     <t>Грамофон JBL Spinner Black</t>
   </si>
   <si>
     <t>JBL-SPINNER-BLK</t>
   </si>
   <si>
     <t>Грамофон JBL Spinner Black/Gold</t>
   </si>
   <si>
     <t>JBL-SPINNER-GOLD</t>
   </si>
   <si>
     <t>Саундбар Soundbar Harman Kardon Enchant 900, Dolby Atmos® and MultiBeam™ , HDR10, Total 195 W, HDMI</t>
   </si>
   <si>
     <t>JBL-HK-ENCHANT-900-BK</t>
   </si>
@@ -700,822 +694,808 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>10.152</v>
+        <v>10.068</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>10.296</v>
+        <v>10.44</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>12.732</v>
+        <v>12.756</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5">
-        <v>12.756</v>
+        <v>12.84</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
-        <v>14.64</v>
+        <v>14.628</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>17.244</v>
+        <v>18.612</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>18.612</v>
+        <v>19.836</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9">
-        <v>19.836</v>
+        <v>19.944</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10">
         <v>19.944</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>19.944</v>
+        <v>20.472</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>25.056</v>
+        <v>24.996</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>25.056</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C14">
         <v>25.056</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>25.056</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>27.6</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C17">
         <v>30.72</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>33.228</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>35.28</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>35.28</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>40.392</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>45.504</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>56.448</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>60.744</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>60.84</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>86.412</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>86.412</v>
+        <v>96.636</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>96.636</v>
+        <v>101.748</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>101.748</v>
+        <v>114.288</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>108.72</v>
+        <v>117.084</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>117.084</v>
       </c>
       <c r="D32" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>117.084</v>
+        <v>127.308</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>127.308</v>
+        <v>137.532</v>
       </c>
       <c r="D34" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>137.532</v>
+        <v>152.868</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>152.868</v>
+        <v>178.44</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>178.44</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>178.44</v>
+        <v>178.992</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>183.552</v>
+        <v>191.46</v>
       </c>
       <c r="D39" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>191.46</v>
+        <v>204.0</v>
       </c>
       <c r="D40" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>204.0</v>
+        <v>222.42</v>
       </c>
       <c r="D41" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>237.792</v>
+        <v>306.264</v>
       </c>
       <c r="D42" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>306.264</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>306.264</v>
+        <v>326.712</v>
       </c>
       <c r="D44" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>306.264</v>
+        <v>326.712</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>326.712</v>
+        <v>340.176</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>326.712</v>
+        <v>348.996</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>357.396</v>
+        <v>372.732</v>
       </c>
       <c r="D48" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>372.732</v>
       </c>
       <c r="D49" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>372.732</v>
+        <v>454.536</v>
       </c>
       <c r="D50" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>454.536</v>
+        <v>613.032</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>613.032</v>
+        <v>648.996</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>648.828</v>
+        <v>1001.616</v>
       </c>
       <c r="D53" t="s">
-        <v>16</v>
-[...13 lines deleted...]
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D55"/>
+  <autoFilter ref="A1:D54"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>