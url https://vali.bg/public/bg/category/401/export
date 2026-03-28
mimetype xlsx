--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -34,147 +34,147 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Тонколонки HAMA Sonic Mobil 183, 173131</t>
   </si>
   <si>
     <t>HAMA-173131</t>
   </si>
   <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
+  </si>
+  <si>
+    <t>HAMA-173132</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Тонколонки HAMA Sonic Mobil 185, 173132</t>
-[...2 lines deleted...]
-    <t>HAMA-173132</t>
+    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3513</t>
+  </si>
+  <si>
+    <t>Тонколони HAMA E-80, 2.0, 2х120 mW, 57139</t>
+  </si>
+  <si>
+    <t>HAMA-57139</t>
+  </si>
+  <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic LS-206, 173133</t>
+  </si>
+  <si>
+    <t>HAMA-173133</t>
+  </si>
+  <si>
+    <t>Тонколонки HAMA Sonic LS-208, 173134</t>
+  </si>
+  <si>
+    <t>HAMA-173134</t>
+  </si>
+  <si>
+    <t>Озвучителна система EWENT Eminent 2.1, 3.5 mm, USB, 11W</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-EM3515</t>
+  </si>
+  <si>
+    <t>Soundbar Spartan Gear Orpheus RGB</t>
+  </si>
+  <si>
+    <t>SG-091723</t>
+  </si>
+  <si>
+    <t>Тонколони Spartan Gear Syrinx S Small 2.0</t>
+  </si>
+  <si>
+    <t>SG-091720</t>
+  </si>
+  <si>
+    <t>Тонколони Logitech S150, 2.0, 1.2W</t>
+  </si>
+  <si>
+    <t>LOGITECH-SP-S150</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
-    <t>ACT Стерео колонки Eminent 2.0, USB захранване, 2 х 3W</t>
-[...49 lines deleted...]
-  <si>
     <t>Тонколони Spartan Gear Syrinx M Medium RGB 2.0</t>
   </si>
   <si>
     <t>SG-091721</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE, 2.0, 2 x 2.2W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE, 2.0</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-WH</t>
   </si>
   <si>
     <t>Гейминг тонколони uRage "BLAST-R 200" 2.0, 186093</t>
   </si>
   <si>
     <t>HAMA-186093</t>
   </si>
   <si>
     <t>Тонколони Logitech Z150, 2.0, 3 W</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z150</t>
   </si>
   <si>
     <t>LOGITECH-SP-Z150-WT</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE V2, USB-C, 2 x 4W, Черен</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-BK-C</t>
   </si>
   <si>
     <t>Озвучителна система Creative Pebble SE , 4.4W RMS, USB, жак</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-SE-BK</t>
   </si>
   <si>
     <t>Озвучителна система Creative Pebble SE , 4.4W RMS, жак, USB,бял</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-SE-WH</t>
   </si>
   <si>
     <t>Озвучителна система Creative PEBBLE V3, USB-C, bluetooth,2 x 4W</t>
   </si>
   <si>
     <t>CREAT-SPEAK-PEBBLE-BK-CV3</t>
   </si>
@@ -730,474 +730,474 @@
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>10.068</v>
+        <v>9.948</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>10.44</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>12.756</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>12.84</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
-        <v>14.628</v>
+        <v>14.508</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>18.612</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>19.836</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>19.944</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>19.944</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>20.472</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
         <v>24.996</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
         <v>25.056</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
         <v>25.056</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
         <v>25.056</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
         <v>27.6</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>30.72</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>33.228</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>35.28</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>35.28</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>40.392</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>45.504</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>45.504</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>56.448</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>60.744</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>60.84</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>86.412</v>
       </c>
       <c r="D27" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>96.636</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>101.748</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>114.288</v>
       </c>
       <c r="D30" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>117.084</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>117.084</v>
       </c>
       <c r="D32" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>127.308</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>137.532</v>
@@ -1209,289 +1209,289 @@
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>152.868</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>178.44</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>178.44</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>178.992</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>191.46</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>204.0</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>222.42</v>
       </c>
       <c r="D41" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>306.264</v>
       </c>
       <c r="D42" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>306.264</v>
       </c>
       <c r="D43" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>326.712</v>
       </c>
       <c r="D44" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>326.712</v>
       </c>
       <c r="D45" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>340.176</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>348.996</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>372.732</v>
       </c>
       <c r="D48" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>372.732</v>
       </c>
       <c r="D49" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>454.536</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>613.032</v>
       </c>
       <c r="D51" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>648.996</v>
       </c>
       <c r="D52" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>1001.616</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D54"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>