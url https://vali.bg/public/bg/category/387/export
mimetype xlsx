--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -79,63 +79,63 @@
   <si>
     <t>NZXT-AC-ST-EESC1-WW</t>
   </si>
   <si>
     <t>Кепчер адаптер j5create JVA11, HDMI - USB-C, 4K, Черен</t>
   </si>
   <si>
     <t>J5-JVA11</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia LIVE Streamer CAP 4K</t>
   </si>
   <si>
     <t>AVER-LS-BU113</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Външен кепчър Elgato Cam Link, 4K, USB 3.0</t>
   </si>
   <si>
     <t>ELGATO-10GAM9901</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Енкодер декодер ESTILLO HDSW0019M1, H.265-HEVC / H.264-AVC, HDMI</t>
   </si>
   <si>
     <t>EST-HDMI-IP-ENCODER</t>
   </si>
   <si>
     <t>Външен кепчър Streamplify CAPTURE 4K, USB-C</t>
   </si>
   <si>
     <t>SPVC-CA12401</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Външен кепчър NZXT Signal 4K30 HDR, 2 x HDMI, USB-C</t>
   </si>
   <si>
     <t>NZXT-AC-ST-SESC1-WW</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO Game Capture Neo 4K</t>
   </si>
   <si>
     <t>ELGATO-10GBI9901</t>
   </si>
   <si>
     <t>Безжичен HDMI удължител j5create JVAW53, 1080p @60hz</t>
   </si>
   <si>
     <t>J5-JVAW53</t>
   </si>
   <si>
     <t>Външен кепчър ASUS TUF GAMING CAPTURE BOX-CU4K30</t>
   </si>
   <si>
     <t>ASUS-CAP-TUF-CU4K30</t>
   </si>
@@ -652,121 +652,121 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>192.816</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>198.996</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
         <v>205.464</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
         <v>222.0</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
         <v>238.992</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>258.996</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
         <v>305.112</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
         <v>324.312</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>328.992</v>
@@ -792,79 +792,79 @@
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
         <v>348.996</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
         <v>348.996</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
         <v>388.992</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
         <v>399.0</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
         <v>448.992</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
         <v>452.808</v>
@@ -876,65 +876,65 @@
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
         <v>489.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
         <v>588.996</v>
       </c>
       <c r="D24" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
         <v>598.992</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D26"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>