--- v1 (2025-10-20)
+++ v2 (2025-11-10)
@@ -7,195 +7,180 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$26</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$24</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кепчер j5create JVA01, HDMI - HDMI, USB-C хъб, Черен</t>
   </si>
   <si>
     <t>J5-JVA01</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia DVD EZMaker 7, USB 2.0</t>
   </si>
   <si>
     <t>AVER-TV-DVD-EZMAKER-USB</t>
   </si>
   <si>
     <t>Кепчер адаптер j5 create JVA02, HDMI към USB-C, PD, Черен</t>
   </si>
   <si>
     <t>J5-JVA02</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Външен кепчър NZXT Signal HD60, 2 x HDMI, USB-C</t>
   </si>
   <si>
     <t>NZXT-AC-ST-EESC1-WW</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Кепчер адаптер j5create JVA11, HDMI - USB-C, 4K, Черен</t>
   </si>
   <si>
     <t>J5-JVA11</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia LIVE Streamer CAP 4K</t>
   </si>
   <si>
     <t>AVER-LS-BU113</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Външен кепчър Elgato Cam Link, 4K, USB 3.0</t>
   </si>
   <si>
     <t>ELGATO-10GAM9901</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Енкодер декодер ESTILLO HDSW0019M1, H.265-HEVC / H.264-AVC, HDMI</t>
   </si>
   <si>
     <t>EST-HDMI-IP-ENCODER</t>
   </si>
   <si>
     <t>Външен кепчър Streamplify CAPTURE 4K, USB-C</t>
   </si>
   <si>
     <t>SPVC-CA12401</t>
   </si>
   <si>
-    <t>Външен кепчър NZXT Signal 4K30 HDR, 2 x HDMI, USB-C</t>
-[...4 lines deleted...]
-  <si>
     <t>Външен кепчър ELGATO Game Capture Neo 4K</t>
   </si>
   <si>
     <t>ELGATO-10GBI9901</t>
   </si>
   <si>
     <t>Безжичен HDMI удължител j5create JVAW53, 1080p @60hz</t>
   </si>
   <si>
     <t>J5-JVAW53</t>
   </si>
   <si>
     <t>Външен кепчър ASUS TUF GAMING CAPTURE BOX-CU4K30</t>
   </si>
   <si>
     <t>ASUS-CAP-TUF-CU4K30</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia Capture HD Video EZRecorder 330</t>
   </si>
   <si>
     <t>AVER-TV-EZRECORDER-330</t>
   </si>
   <si>
     <t>Кепчер j5create JVA06 Dual HDMI™ видео кепчър</t>
   </si>
   <si>
     <t>J5-JVA06</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia LIVE Gamer Extreme 3 - 4K Plug&amp;Play</t>
   </si>
   <si>
     <t>AVER-LG-XTR3</t>
   </si>
   <si>
     <t>Кепчър карта AVerMedia LIVE Streamer Ultra HD - PCIe</t>
   </si>
   <si>
     <t>AVER-LS-ULTRA-HD</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO HD60 X, HDR 4K, HDMI</t>
   </si>
   <si>
     <t>ELGATO-10GBE9901</t>
-  </si>
-[...4 lines deleted...]
-    <t>AVER-LG-GC553</t>
   </si>
   <si>
     <t>Докинг станция  AVerMedia X'TRA GO - GC515</t>
   </si>
   <si>
     <t>AVER-GC515</t>
   </si>
   <si>
     <t>Външен кепчър TUF GAMING CAPTURE BOX-4KPRO</t>
   </si>
   <si>
     <t>ASUS-CAP-TUF-4KPRO</t>
   </si>
   <si>
     <t>Вътрешен кепчър AVerMedia LIVE Gamer DUO, PCIe</t>
   </si>
   <si>
     <t>AVER-LG-GC570D</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia LIVE Gamer Ultra 2.1</t>
   </si>
   <si>
     <t>AVER-LG-ULTRA-2</t>
   </si>
@@ -529,51 +514,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -593,352 +578,324 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>108.996</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>127.056</v>
+        <v>123.528</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>138.996</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>140.82</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>192.816</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>198.996</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C9">
         <v>205.464</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10">
         <v>222.0</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>238.992</v>
+        <v>258.996</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>258.996</v>
+        <v>305.112</v>
       </c>
       <c r="D12" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>305.112</v>
+        <v>324.312</v>
       </c>
       <c r="D13" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>324.312</v>
+        <v>328.992</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>328.992</v>
+        <v>345.912</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>345.912</v>
+        <v>348.996</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>348.996</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18">
-        <v>348.996</v>
+        <v>388.992</v>
       </c>
       <c r="D18" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19">
-        <v>388.992</v>
+        <v>448.992</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20">
-        <v>399.0</v>
+        <v>452.808</v>
       </c>
       <c r="D20" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>448.992</v>
+        <v>489.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>452.808</v>
+        <v>588.996</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>489.0</v>
+        <v>598.992</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
-[...27 lines deleted...]
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D26"/>
+  <autoFilter ref="A1:D24"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>