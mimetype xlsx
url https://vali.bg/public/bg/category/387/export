--- v2 (2025-11-10)
+++ v3 (2026-01-10)
@@ -7,174 +7,192 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кепчер j5create JVA01, HDMI - HDMI, USB-C хъб, Черен</t>
   </si>
   <si>
     <t>J5-JVA01</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia DVD EZMaker 7, USB 2.0</t>
   </si>
   <si>
     <t>AVER-TV-DVD-EZMAKER-USB</t>
   </si>
   <si>
     <t>Кепчер адаптер j5 create JVA02, HDMI към USB-C, PD, Черен</t>
   </si>
   <si>
     <t>J5-JVA02</t>
   </si>
   <si>
     <t>Външен кепчър NZXT Signal HD60, 2 x HDMI, USB-C</t>
   </si>
   <si>
     <t>NZXT-AC-ST-EESC1-WW</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Кепчер адаптер j5create JVA11, HDMI - USB-C, 4K, Черен</t>
+  </si>
+  <si>
+    <t>J5-JVA11</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Кепчер адаптер j5create JVA11, HDMI - USB-C, 4K, Черен</t>
-[...11 lines deleted...]
-    <t>не е в наличност</t>
+    <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
+  </si>
+  <si>
+    <t>AVER-LG-STL-MINI</t>
   </si>
   <si>
     <t>Външен кепчър Elgato Cam Link, 4K, USB 3.0</t>
   </si>
   <si>
     <t>ELGATO-10GAM9901</t>
   </si>
   <si>
     <t>Енкодер декодер ESTILLO HDSW0019M1, H.265-HEVC / H.264-AVC, HDMI</t>
   </si>
   <si>
     <t>EST-HDMI-IP-ENCODER</t>
   </si>
   <si>
     <t>Външен кепчър Streamplify CAPTURE 4K, USB-C</t>
   </si>
   <si>
     <t>SPVC-CA12401</t>
   </si>
   <si>
+    <t>Кепчер j5create JVA06 Dual HDMI™ видео кепчър</t>
+  </si>
+  <si>
+    <t>J5-JVA06</t>
+  </si>
+  <si>
+    <t>AVerMedia Външен кепчър Live Streamer CAP 4K (BU113) HDMI 2.0 Capture 4Kp30, USB 3.1 Gen 1 USB-C</t>
+  </si>
+  <si>
+    <t>AVER-LS-BU113G2</t>
+  </si>
+  <si>
     <t>Външен кепчър ELGATO Game Capture Neo 4K</t>
   </si>
   <si>
     <t>ELGATO-10GBI9901</t>
   </si>
   <si>
     <t>Безжичен HDMI удължител j5create JVAW53, 1080p @60hz</t>
   </si>
   <si>
     <t>J5-JVAW53</t>
   </si>
   <si>
     <t>Външен кепчър ASUS TUF GAMING CAPTURE BOX-CU4K30</t>
   </si>
   <si>
     <t>ASUS-CAP-TUF-CU4K30</t>
   </si>
   <si>
+    <t>AVerMedia Външен кепчър LIVE Gamer Ultra  Pro 2.1 4K HDMI USB Capture card</t>
+  </si>
+  <si>
+    <t>AVER-LG-ULTRA-S</t>
+  </si>
+  <si>
+    <t>Външен кепчър AVerMedia LIVE Gamer Extreme 3 - 4K Plug&amp;Play</t>
+  </si>
+  <si>
+    <t>AVER-LG-XTR3</t>
+  </si>
+  <si>
+    <t>Кепчър карта AVerMedia LIVE Streamer Ultra HD - PCIe</t>
+  </si>
+  <si>
+    <t>AVER-LS-ULTRA-HD</t>
+  </si>
+  <si>
+    <t>Външен кепчър ELGATO 4K S HDR10, VRR, USB-C</t>
+  </si>
+  <si>
+    <t>ELGATO-4861469</t>
+  </si>
+  <si>
     <t>Външен кепчър AVerMedia Capture HD Video EZRecorder 330</t>
   </si>
   <si>
     <t>AVER-TV-EZRECORDER-330</t>
-  </si>
-[...16 lines deleted...]
-    <t>AVER-LS-ULTRA-HD</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO HD60 X, HDR 4K, HDMI</t>
   </si>
   <si>
     <t>ELGATO-10GBE9901</t>
   </si>
   <si>
     <t>Докинг станция  AVerMedia X'TRA GO - GC515</t>
   </si>
   <si>
     <t>AVER-GC515</t>
   </si>
   <si>
     <t>Външен кепчър TUF GAMING CAPTURE BOX-4KPRO</t>
   </si>
   <si>
     <t>ASUS-CAP-TUF-4KPRO</t>
   </si>
   <si>
     <t>Вътрешен кепчър AVerMedia LIVE Gamer DUO, PCIe</t>
   </si>
   <si>
     <t>AVER-LG-GC570D</t>
   </si>
@@ -514,388 +532,430 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>96.804</v>
+        <v>49.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>108.996</v>
+        <v>55.728</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>123.528</v>
+        <v>63.156</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>138.996</v>
+        <v>71.064</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>140.82</v>
+        <v>72.0</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
-        <v>192.816</v>
+        <v>97.716</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>198.996</v>
+        <v>101.748</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>205.464</v>
+        <v>105.048</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>222.0</v>
+        <v>113.508</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>258.996</v>
+        <v>120.228</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>305.112</v>
+        <v>126.396</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>324.312</v>
+        <v>132.42</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>328.992</v>
+        <v>156.0</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>345.912</v>
+        <v>165.816</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>348.996</v>
+        <v>173.436</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>348.996</v>
+        <v>178.44</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>388.992</v>
+        <v>178.44</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>448.992</v>
+        <v>178.44</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>452.808</v>
+        <v>182.4</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>489.0</v>
+        <v>198.888</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>588.996</v>
+        <v>204.0</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>598.992</v>
+        <v>231.516</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24">
+        <v>250.02</v>
+      </c>
+      <c r="D24" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25">
+        <v>301.152</v>
+      </c>
+      <c r="D25" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26">
+        <v>306.264</v>
+      </c>
+      <c r="D26" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D24"/>
+  <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>