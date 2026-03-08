--- v3 (2026-01-10)
+++ v4 (2026-03-08)
@@ -14,155 +14,158 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кепчер j5create JVA01, HDMI - HDMI, USB-C хъб, Черен</t>
   </si>
   <si>
     <t>J5-JVA01</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Външен кепчър AVerMedia DVD EZMaker 7, USB 2.0</t>
+  </si>
+  <si>
+    <t>AVER-TV-DVD-EZMAKER-USB</t>
+  </si>
+  <si>
     <t>наличен</t>
   </si>
   <si>
-    <t>Външен кепчър AVerMedia DVD EZMaker 7, USB 2.0</t>
-[...4 lines deleted...]
-  <si>
     <t>Кепчер адаптер j5 create JVA02, HDMI към USB-C, PD, Черен</t>
   </si>
   <si>
     <t>J5-JVA02</t>
   </si>
   <si>
     <t>Външен кепчър NZXT Signal HD60, 2 x HDMI, USB-C</t>
   </si>
   <si>
     <t>NZXT-AC-ST-EESC1-WW</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Кепчер адаптер j5create JVA11, HDMI - USB-C, 4K, Черен</t>
   </si>
   <si>
     <t>J5-JVA11</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Енкодер декодер ESTILLO HDSW0019M1, H.265-HEVC / H.264-AVC, HDMI</t>
+  </si>
+  <si>
+    <t>EST-HDMI-IP-ENCODER</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
   </si>
   <si>
     <t>AVER-LG-STL-MINI</t>
   </si>
   <si>
     <t>Външен кепчър Elgato Cam Link, 4K, USB 3.0</t>
   </si>
   <si>
     <t>ELGATO-10GAM9901</t>
   </si>
   <si>
-    <t>Енкодер декодер ESTILLO HDSW0019M1, H.265-HEVC / H.264-AVC, HDMI</t>
-[...4 lines deleted...]
-  <si>
     <t>Външен кепчър Streamplify CAPTURE 4K, USB-C</t>
   </si>
   <si>
     <t>SPVC-CA12401</t>
   </si>
   <si>
     <t>Кепчер j5create JVA06 Dual HDMI™ видео кепчър</t>
   </si>
   <si>
     <t>J5-JVA06</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър Live Streamer CAP 4K (BU113) HDMI 2.0 Capture 4Kp30, USB 3.1 Gen 1 USB-C</t>
   </si>
   <si>
     <t>AVER-LS-BU113G2</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO Game Capture Neo 4K</t>
   </si>
   <si>
     <t>ELGATO-10GBI9901</t>
   </si>
   <si>
+    <t>Външен кепчър ASUS TUF GAMING CAPTURE BOX-CU4K30</t>
+  </si>
+  <si>
+    <t>ASUS-CAP-TUF-CU4K30</t>
+  </si>
+  <si>
     <t>Безжичен HDMI удължител j5create JVAW53, 1080p @60hz</t>
   </si>
   <si>
     <t>J5-JVAW53</t>
-  </si>
-[...4 lines deleted...]
-    <t>ASUS-CAP-TUF-CU4K30</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър LIVE Gamer Ultra  Pro 2.1 4K HDMI USB Capture card</t>
   </si>
   <si>
     <t>AVER-LG-ULTRA-S</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia LIVE Gamer Extreme 3 - 4K Plug&amp;Play</t>
   </si>
   <si>
     <t>AVER-LG-XTR3</t>
   </si>
   <si>
     <t>Кепчър карта AVerMedia LIVE Streamer Ultra HD - PCIe</t>
   </si>
   <si>
     <t>AVER-LS-ULTRA-HD</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO 4K S HDR10, VRR, USB-C</t>
   </si>
   <si>
     <t>ELGATO-4861469</t>
   </si>
@@ -585,373 +588,373 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>49.5</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>55.728</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4">
+        <v>58.644</v>
+      </c>
+      <c r="D4" t="s">
         <v>9</v>
-      </c>
-[...7 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>71.064</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>72.0</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7">
-        <v>97.716</v>
+        <v>91.2</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8">
-        <v>101.748</v>
+        <v>97.716</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
-        <v>105.048</v>
+        <v>99.0</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
         <v>113.508</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
         <v>120.228</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12">
         <v>126.396</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13">
-        <v>132.42</v>
+        <v>135.0</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14">
-        <v>156.0</v>
+        <v>153.6</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15">
-        <v>165.816</v>
+        <v>156.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16">
         <v>173.436</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17">
         <v>178.44</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18">
         <v>178.44</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19">
-        <v>178.44</v>
+        <v>178.992</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20">
         <v>182.4</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21">
         <v>198.888</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22">
         <v>204.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
-        <v>231.516</v>
+        <v>210.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>250.02</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>301.152</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
-        <v>306.264</v>
+        <v>304.992</v>
       </c>
       <c r="D26" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D27"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>