--- v4 (2026-03-08)
+++ v5 (2026-03-31)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$26</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Кепчер j5create JVA01, HDMI - HDMI, USB-C хъб, Черен</t>
   </si>
   <si>
     <t>J5-JVA01</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia DVD EZMaker 7, USB 2.0</t>
   </si>
   <si>
@@ -67,53 +67,50 @@
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кепчер адаптер j5 create JVA02, HDMI към USB-C, PD, Черен</t>
   </si>
   <si>
     <t>J5-JVA02</t>
   </si>
   <si>
     <t>Външен кепчър NZXT Signal HD60, 2 x HDMI, USB-C</t>
   </si>
   <si>
     <t>NZXT-AC-ST-EESC1-WW</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Кепчер адаптер j5create JVA11, HDMI - USB-C, 4K, Черен</t>
   </si>
   <si>
     <t>J5-JVA11</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Енкодер декодер ESTILLO HDSW0019M1, H.265-HEVC / H.264-AVC, HDMI</t>
   </si>
   <si>
     <t>EST-HDMI-IP-ENCODER</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
   </si>
   <si>
     <t>AVER-LG-STL-MINI</t>
   </si>
   <si>
     <t>Външен кепчър Elgato Cam Link, 4K, USB 3.0</t>
   </si>
   <si>
     <t>ELGATO-10GAM9901</t>
   </si>
   <si>
     <t>Външен кепчър Streamplify CAPTURE 4K, USB-C</t>
   </si>
   <si>
     <t>SPVC-CA12401</t>
   </si>
   <si>
     <t>Кепчер j5create JVA06 Dual HDMI™ видео кепчър</t>
@@ -164,56 +161,50 @@
     <t>AVER-LS-ULTRA-HD</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO 4K S HDR10, VRR, USB-C</t>
   </si>
   <si>
     <t>ELGATO-4861469</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia Capture HD Video EZRecorder 330</t>
   </si>
   <si>
     <t>AVER-TV-EZRECORDER-330</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO HD60 X, HDR 4K, HDMI</t>
   </si>
   <si>
     <t>ELGATO-10GBE9901</t>
   </si>
   <si>
     <t>Докинг станция  AVerMedia X'TRA GO - GC515</t>
   </si>
   <si>
     <t>AVER-GC515</t>
-  </si>
-[...4 lines deleted...]
-    <t>ASUS-CAP-TUF-4KPRO</t>
   </si>
   <si>
     <t>Вътрешен кепчър AVerMedia LIVE Gamer DUO, PCIe</t>
   </si>
   <si>
     <t>AVER-LG-GC570D</t>
   </si>
   <si>
     <t>Външен кепчър AVerMedia LIVE Gamer Ultra 2.1</t>
   </si>
   <si>
     <t>AVER-LG-ULTRA-2</t>
   </si>
   <si>
     <t>Външен кепчър ELGATO Game Capture 4K Pro</t>
   </si>
   <si>
     <t>ELGATO-10GBK9901</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -535,51 +526,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -630,335 +621,321 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>71.064</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>72.0</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C7">
         <v>91.2</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C8">
         <v>97.716</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C9">
         <v>99.0</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10">
-        <v>113.508</v>
+        <v>108.996</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11">
         <v>120.228</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12">
         <v>126.396</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C13">
         <v>135.0</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C14">
         <v>153.6</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C15">
         <v>156.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>173.436</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>178.44</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>178.44</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19">
         <v>178.992</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>182.4</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>198.888</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>204.0</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>210.0</v>
+        <v>250.02</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>250.02</v>
+        <v>301.152</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25">
-        <v>301.152</v>
+        <v>304.992</v>
       </c>
       <c r="D25" t="s">
-        <v>9</v>
-[...13 lines deleted...]
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D27"/>
+  <autoFilter ref="A1:D26"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>