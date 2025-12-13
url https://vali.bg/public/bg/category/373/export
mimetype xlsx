--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -7,1491 +7,2139 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$370</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$677</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="478">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="694">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Брекет за охладител за процесор Arctic Freezer 34 Intel LGA1700 Upgrade Kit</t>
   </si>
   <si>
     <t>ARCTIC-FAN-MPSAS00892A</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кабел DeLock USB Pin header женско &gt; USB 2.0 type-A женски, 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83291</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 1.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-136</t>
   </si>
   <si>
     <t>Noctua Mounting Kit NM-DD1</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-DD1</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Кабел DeLock USB 2.0-A - pin header, 70 cm</t>
   </si>
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Транспортна кутия за TRAY и MPK процесори на AMD</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>Термо паста Kolink Core TX-8 - 1.5g</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUWA-257</t>
   </si>
   <si>
     <t>Вентилатор Inter Tech 120m Sinan F-120-S - Bulk</t>
   </si>
   <si>
     <t>INTER-TECH-FAN-F120S-BULK</t>
   </si>
   <si>
+    <t>Термо паста Kolink Umbra Pro TP-1 - 1.5g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-KOL-152</t>
+  </si>
+  <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-141</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.5 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-143</t>
   </si>
   <si>
     <t>Термо паста Polartherm X8-002 - 2g</t>
   </si>
   <si>
     <t>TG-PT-X8-002</t>
   </si>
   <si>
+    <t>Термо паста ARCTIC MX-6, 2g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00079A</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC F12, 3 pin, 120 mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00201A</t>
   </si>
   <si>
+    <t>Термо паста Kolink Core TX-8 - 5.5g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUWA-258</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC P9 Silent - Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00297A</t>
   </si>
   <si>
     <t>Термо паста Thermal Grizzly Aeronaut, 1g, Черен,8.5 W/mK</t>
   </si>
   <si>
     <t>TG-ZUWA-151</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 2.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-138</t>
   </si>
   <si>
-    <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790001</t>
-[...7 lines deleted...]
-  <si>
     <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790002</t>
   </si>
   <si>
     <t>PC-VC-AC-SBP-790002</t>
   </si>
   <si>
     <t>Kolink USB адаптер от USB 2.0 8-pin към USB 3.0 19-pin - 0.15m</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUS-173</t>
   </si>
   <si>
+    <t>Вентилатор ENDORFY Zephyr 80 - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A019</t>
+  </si>
+  <si>
+    <t>Скоба Delock, За монтаж в PC, USB 10 pin към 2 x USB 2.0 type A</t>
+  </si>
+  <si>
+    <t>DELOCK-71000</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12, 3-Pin</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00118A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Aeronaut, 3.9g, Черен,8.5 W/mK </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-130</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X10-002 - 2g</t>
+  </si>
+  <si>
+    <t>TG-PT-X10-002</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Zephyr 120 - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A017</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Silent</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00130A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00052A</t>
+  </si>
+  <si>
+    <t>Изолационни ленти Thermal Grizzly, Самозалепващи, 10x60 mm, 50 броя</t>
+  </si>
+  <si>
+    <t>TG-KIS-10-60-50</t>
+  </si>
+  <si>
+    <t>Термо паста Thermal Grizzly Hydronaut, 1g, Черен,11.8 W/mk</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-150</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB12</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB12</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB13</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB13</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB14</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB14</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB15</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB15</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB12 Chromax. Black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB12.CH.BK</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 SLIM PWM PST</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00187A</t>
+  </si>
+  <si>
+    <t>Удължителен кабел SATA III DeLock, SATA 6 Gb/s 22 pin мъжко - SATA 22 pin женско, (3.3 V + 5 V + 12 V), 20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-84918</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-6, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00080A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14, 4 pin, 140 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00123A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 2.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-144</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 0.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-135</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 0.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-139</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-4, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00002B</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X8-005 - 5g</t>
+  </si>
+  <si>
+    <t>TG-PT-X8-005</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm - 2 броя</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-142</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00031B</t>
+  </si>
+  <si>
+    <t>Термо паста с 6 бр почистващи кърпички ARCTIC MX-6, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00084A</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 120 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A007</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 PWM PST White/White</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00197A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3, 100 x 100 x 1 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00053A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P8 PWM PST, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00150A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-4, 8g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00008B</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC F12, 120 cm, PWM, PST, 1350 RPM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00200A</t>
+  </si>
+  <si>
+    <t>Звукова карта Ewent AC9360, 2.0, USB, 3.5 mm, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC9360</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00306A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse ACFAN00331A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00331A</t>
+  </si>
+  <si>
+    <t>Удължителен кабел за вентилатор Noctua NA-SEC1, 3 x 30 cm, за вентилатори 4-pin PWM</t>
+  </si>
+  <si>
+    <t>NOCTUA-NA-SEC1</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X10-005 - 5g</t>
+  </si>
+  <si>
+    <t>TG-PT-X10-005</t>
+  </si>
+  <si>
+    <t>Термо паста Thermal Grizzly Duronaut 2g</t>
+  </si>
+  <si>
+    <t>TG-D-002-R</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 PWM PST CO - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00299A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Kryonaut, 1g, Черен, 12.5 W/mk </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-145</t>
+  </si>
+  <si>
+    <t>Контролер за Вентилатор Jonsbo RC01 ARGB - SATA</t>
+  </si>
+  <si>
+    <t>JONSBO-MOLS-209</t>
+  </si>
+  <si>
+    <t>Контролер за вентилатори ARCTIC Case Fan PWM Hub 1 to 10 Port</t>
+  </si>
+  <si>
+    <t>ARCTIC-AC-ACFAN00175A</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-BL</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Сребрист</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-GR</t>
+  </si>
+  <si>
+    <t>Кабел Seasonic 12VHPWR 600W 16-Pin към 2x8 Pin за Seasonic захранвания</t>
+  </si>
+  <si>
+    <t>SS-PS-CAB-12VHPWR</t>
+  </si>
+  <si>
+    <t>Термо паста Cooler Master MasterGel Regular 1.5ml, 5 W/m-K</t>
+  </si>
+  <si>
+    <t>CM-MGX-ZOSG-N15M-R2</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 140 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A011</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Бял</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND-WHT</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Spire CG-HZ-1156-09 за LGA1200</t>
+  </si>
+  <si>
+    <t>SP-FAN-CGHZ1156</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00305A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 1.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-137</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 PWM White/Transparent, 140мм</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00223A</t>
+  </si>
+  <si>
+    <t>Монтажен комплект Noctua LGA1700, NM-i17xx-MP78, Air Tower Coolers, NH-U9S, NH-U12S redux, NH-U12S, NH-U12A, NH-U14S, NH-L12S</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP78</t>
+  </si>
+  <si>
+    <t>Комплект за монитиране на охладител Noctua, LGA1700, NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-4-MP78</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP83</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-4-MP83</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM5 - AM5 - NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 Max PWM - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00300A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST White - 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00308A</t>
+  </si>
+  <si>
+    <t>Конвертор Delock, USB 3.0 Type-A мъжко - SATA 6 Gb/s 22 pin, 2.5″ защитен калъф</t>
+  </si>
+  <si>
+    <t>DELOCK-62742</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro PST - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00314A</t>
+  </si>
+  <si>
+    <t>Конвертор Estillo Riser Card 6 Pin, PCI-Е x 1 към PCI-Е x16, USB 3.0</t>
+  </si>
+  <si>
+    <t>EST-PCIE-RISER-CARD</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP78-chromax.black, Air Tower Coolers - NH-U9S chromax.black, NH-U12S chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17-MP78-CH</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP83-chromax.black, Air Tower Coolers - NH-D15 chromax.black, NH-D15S chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17-MP83-CH</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78 Chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-AM5-4-MP78-CH</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP83 Chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-AM5-4-MP83-CH</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00313A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 3.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-158</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Arctic Alpine 23, AM4</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACALP00035A</t>
+  </si>
+  <si>
+    <t>Контролер Kolink Inspire L1 за ARGB аксесоари</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUSA-268</t>
+  </si>
+  <si>
+    <t>RGB лента Kolink Inspire L1 ARGB LED Strip (300mm)</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-MOLS-211</t>
+  </si>
+  <si>
+    <t>Държач за видео карта Kolink - Core Aadept GPU Support</t>
+  </si>
+  <si>
+    <t>KOLINK-GEKL-126</t>
+  </si>
+  <si>
+    <t>Термо паста Kolink Umbra Pro TP-1 - 6g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-KOL-153</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 PWM White/White</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00222A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Arctic Alpine 17, 1700</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACALP00040A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-6, 8g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00081A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Aeronaut, 7.8g, Черен,8.5 W/mK </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-129</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 4GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP004GLSTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GLSTU160N02</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 4GB SODIMM DDR3 PC3-12800 1600MHz CL11 SP004GBSTU160N02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBSTU160N02</t>
+  </si>
+  <si>
+    <t>Термо паста Cooler Master MasterGel Pro V2, 1.5ml, 9 W/m-K</t>
+  </si>
+  <si>
+    <t>CM-MGY-ZOSG-N15M-R3</t>
+  </si>
+  <si>
+    <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Бял</t>
+  </si>
+  <si>
+    <t>EST-GPU-DA-GCB-WH</t>
+  </si>
+  <si>
+    <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Черен</t>
+  </si>
+  <si>
+    <t>EST-GPU-SG-GCB-BK</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3, 100 x 100 x 1.5 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00054A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro PST White - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00317A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Arctic Alpine 23 CO, AM4</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACALP00036A</t>
+  </si>
+  <si>
+    <t>Скоба за графични карти Lian Li GB-002, VGA, Anti-Sag, Черен</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-868</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X8-010 - 10g</t>
+  </si>
+  <si>
+    <t>TG-PT-X8-010</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A008</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Бял</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A020</t>
+  </si>
+  <si>
+    <t>Защитен модул ASUS TPM-SPI</t>
+  </si>
+  <si>
+    <t>ASUS-TPM-SPI</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Термо паста Noctua NT-H1 3.5g, Сив</t>
+  </si>
+  <si>
+    <t>NOCTUA-TCP-NT-H1</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 SLIM PWM PST</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00268A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Arctic Alpine 17 CO, 1700</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACALP00041A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор CM I70 LGA 1700</t>
+  </si>
+  <si>
+    <t>CM-FAN-RR-I7A7-18FK-N1</t>
+  </si>
+  <si>
+    <t>Защитен модул ASRock TPM-SPI, 13 pin</t>
+  </si>
+  <si>
+    <t>ASR-TPM-SPI</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A012</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Бял</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A021</t>
+  </si>
+  <si>
+    <t>Термо паста Noctua NT-H2 3.5g, Сив</t>
+  </si>
+  <si>
+    <t>NOCTUA-TCP-NT-H2</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST CO - 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00312A</t>
+  </si>
+  <si>
+    <t>Удароустойчиво чекмедже за 2.5" диск Silicon Power Armor A30 White USB 3.2</t>
+  </si>
+  <si>
+    <t>SLP-HDD-CASE-A30W</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua NF-R8 redux-1200, 80mm</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-R8-12R</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua 80mm NF-R8 redux-1800</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-R8-18R</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro PST CO - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00316A</t>
+  </si>
+  <si>
+    <t>Чекмедже за твърд диск ACT AC1200, SATA, 2.5", USB-A 3.2 Gen1, Черен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1200</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X10-010 - 10g</t>
+  </si>
+  <si>
+    <t>TG-PT-X10-010</t>
+  </si>
+  <si>
+    <t>Lian Li GPU Брекет за Вертикален монтаж за O11DEXL-1X</t>
+  </si>
+  <si>
+    <t>LL-CASE-ACC-GELI-936</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 4GB SODIMM DDR4 PC4-19200 2400MHz CL17 SP004GBSFU240X02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-004GBSFU240X02</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Jonsbo CR-1200E RGB, AMD/INTEL</t>
+  </si>
+  <si>
+    <t>JONSBO-CPJB-014</t>
+  </si>
+  <si>
+    <t>Jonsbo VC-20 Mini GPU bracket - black</t>
+  </si>
+  <si>
+    <t>JONSBO-GAZU-792</t>
+  </si>
+  <si>
+    <t>Вентилатор Kolink Umbra Void Pro 120mm ARGB, PWM, Черен</t>
+  </si>
+  <si>
+    <t>KOLINK-FAN-LUKL-010</t>
+  </si>
+  <si>
+    <t>Вентилатор Kolink Umbra X 120mm ARGB High Performance PWM, Черен</t>
+  </si>
+  <si>
+    <t>KOLINK-FAN-LUKL-008</t>
+  </si>
+  <si>
+    <t>Thermal Grizzly CPU Contact Frame 1700 LT</t>
+  </si>
+  <si>
+    <t>TG-CF-i1700-LT</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Phasesheet PTM, 50 x 40 mm</t>
+  </si>
+  <si>
+    <t>TG-PS-50-40</t>
+  </si>
+  <si>
+    <t>Конвертор EZDIY-FAB 12V към 5V RGB</t>
+  </si>
+  <si>
+    <t>EZ-EZDPC119</t>
+  </si>
+  <si>
+    <t>Почистващи кърпички ARCTIC MX Cleaner - 40 бр</t>
+  </si>
+  <si>
+    <t>ARCTIC-AC-ACTCP00033A</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Fluctus 120 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A001</t>
+  </si>
+  <si>
+    <t>Филтър за Компютърна кутия Lian Li Lancool 207 - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-ZUST-244</t>
+  </si>
+  <si>
+    <t>Филтър за Компютърна кутия Lian Li Lancool 207 - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-ZUST-245</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro A-RGB 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00309A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00322A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00322A</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Fluctus 140 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A003</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00325A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro White A-RGB 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00311A</t>
+  </si>
+  <si>
+    <t>Кутия Inter-Tech ODS-739 RASPBERRY - Black</t>
+  </si>
+  <si>
+    <t>INTER-TECH-CASE-ODS-739</t>
+  </si>
+  <si>
+    <t>Термопроводяща паста Thermal Grizzly Putty Basic - 30g</t>
+  </si>
+  <si>
+    <t>TG-P-B-030-R</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Fluctus 120 PWM ARGB - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A002</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro A-RGB - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00315A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro White A-RGB - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00318A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Inter-Tech 4P90 BULK - AMD/Intel</t>
+  </si>
+  <si>
+    <t>INTER-TECH-FAN-4P90</t>
+  </si>
+  <si>
+    <t>Памет Innovation IT 8GB DDR3 1600MHz, CL11, 1.5V</t>
+  </si>
+  <si>
+    <t>INNO-RAM-DDR3-8GB-1600</t>
+  </si>
+  <si>
+    <t>Delock Външна звукова карта, USB, 24 bit / 96 kHz</t>
+  </si>
+  <si>
+    <t>DELOCK-65964</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Fluctus 140 PWM ARGB - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A004</t>
+  </si>
+  <si>
+    <t>Държач за графична карта PowerColor, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>PC-GCH-1000</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8A - AM4/AM5</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00161A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8A CO - AM4/AM5</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00162A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8i - LGA1700/1851</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00190A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8i CO - LGA1700/1851</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00191A</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-144</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-143</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-142</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-141</t>
+  </si>
+  <si>
+    <t>Адаптер Delock 62517, интерфейсен ключ M.2 2260 B+M към Sata 7 Pin</t>
+  </si>
+  <si>
+    <t>DELOCK-62517</t>
+  </si>
+  <si>
+    <t>Термо паста Thermal Grizzly Duronaut 6g</t>
+  </si>
+  <si>
+    <t>TG-D-006-R</t>
+  </si>
+  <si>
+    <t>Контролер Lian Li UNI FAN Wireless Controller V2 - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-122</t>
+  </si>
+  <si>
+    <t>Контролер Lian Li UNI FAN Wireless Controller V2 - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-121</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 100 х 100 х 1.0 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-336</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 100 х 100 х 1.5 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-337</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 120 х 20 х 1.5 mm - 4 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-341</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 120 х 20 х 1.0 mm - 4 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-340</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 120 х 20 х 2.0 mm - 4 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-342</t>
+  </si>
+  <si>
+    <t>Преносим вентилатор ARCTIC Summair 2Go - Бял</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AEBRZ00029A</t>
+  </si>
+  <si>
+    <t>Преносим вентилатор ARCTIC Summair 2Go - Тъмно син</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AEBRZ00028A</t>
+  </si>
+  <si>
+    <t>Преносим вентилатор ARCTIC Summair 2Go - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AEBRZ00027A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00332A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори ARCTIC F12 PWM 120 мм, 5 броя, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00145A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ENDORFY Spartan 5</t>
+  </si>
+  <si>
+    <t>END-FAN-EY3A001</t>
+  </si>
+  <si>
+    <t>Охладител Cooler Master Hyper 212 Spectrum V3</t>
+  </si>
+  <si>
+    <t>CM-FAN-RR-S4NA-17PA-R1</t>
+  </si>
+  <si>
+    <t>Термопроводяща паста Thermal Grizzly Putty Advanced - 30g</t>
+  </si>
+  <si>
+    <t>TG-P-A-030-R</t>
+  </si>
+  <si>
+    <t>Охладител за процесор FSP NE5 ARGB - AMD/INTEL</t>
+  </si>
+  <si>
+    <t>FORT-FAN-NE5</t>
+  </si>
+  <si>
+    <t>Термо паста Kolink Umbra Pro TP-1 - 30g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-KOL-154</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ENDORFY Spartan 5 ARGB</t>
+  </si>
+  <si>
+    <t>END-FAN-EY3A002</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ENDORFY Spartan 5 MAX</t>
+  </si>
+  <si>
+    <t>END-FAN-EY3A003</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly KryoSheet - 44 х 37 х 0.2 mm</t>
+  </si>
+  <si>
+    <t>TG-KS-44-37</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 100 х 100 х 2.0 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-338</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Hyper H411 Nano</t>
+  </si>
+  <si>
+    <t>CM-FAN-RR-H410-25PK-R1</t>
+  </si>
+  <si>
+    <t>Охладител Cooler Master Hyper 212 Black</t>
+  </si>
+  <si>
+    <t>CM-FAN-RR-S4KK-25SN-R1</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-087</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-088</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM Reverse Blade - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-089</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM Reverse Blade - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-090</t>
+  </si>
+  <si>
+    <t>Охладител Cooler Master Hyper 212 Pro ARGB</t>
+  </si>
+  <si>
+    <t>CM-FAN-RR-212S-25PZ-R1</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ENDORFY Spartan 5 MAX ARGB</t>
+  </si>
+  <si>
+    <t>END-FAN-EY3A004</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори  ARCTIC P12 Pro PST 120mm PWM - 5 Pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00307A</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua 120mm NF-A12x25 G2 PWM</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-A12x25G2PWM</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua 120mm NF-A12x25 G2 LS-PWM</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NFA12x25G2-LSP</t>
+  </si>
+  <si>
+    <t>Удължителни кабели EZDIY-FAB  - White</t>
+  </si>
+  <si>
+    <t>EZ-EZDPI212-1</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ENDORFY Fera 5</t>
+  </si>
+  <si>
+    <t>END-FAN-EY3A005</t>
+  </si>
+  <si>
+    <t>Удължителни кабели EZDIY-FAB 12VHPWR - White</t>
+  </si>
+  <si>
+    <t>EZ-EZDPI213-1</t>
+  </si>
+  <si>
+    <t>Охладител за процесор FSP NP5 Black - AMD/INTEL</t>
+  </si>
+  <si>
+    <t>FORT-FAN-NP5-B</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ENDORFY Fera 5 ARGB</t>
+  </si>
+  <si>
+    <t>END-FAN-EY3A007</t>
+  </si>
+  <si>
+    <t>Термопроводяща паста Thermal Grizzly Putty Basic - 100g</t>
+  </si>
+  <si>
+    <t>TG-P-B-100-R</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ENDORFY Fera 5 Dual Fan</t>
+  </si>
+  <si>
+    <t>END-FAN-EY3A006</t>
+  </si>
+  <si>
+    <t>Охладител за процесор FSP NP5 WA - AMD/INTEL</t>
+  </si>
+  <si>
+    <t>FORT-FAN-NP5-WA</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00333A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00333A</t>
+  </si>
+  <si>
+    <t>SSD GIGABYTE NVMe V2 256GB, PCIe 3.0</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-G3NVMEV2-256G</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White - 3 pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00334A</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua A14x25 G2 PWM chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-A14x25G2PCH</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua NF-A14x25r G2 PWM chromax.black, 140mm</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-A14X25R-G2P-CH</t>
+  </si>
+  <si>
+    <t>SSD Crucial BX500 240GB 3D NAND 2.5 inch</t>
+  </si>
+  <si>
+    <t>CRU-SSD-240GB-BX500</t>
+  </si>
+  <si>
+    <t>Кутия CoolerMaster Elite 301 White Lite - Mini Tower</t>
+  </si>
+  <si>
+    <t>CM-CASE-E301L-WGNN-S00</t>
+  </si>
+  <si>
+    <t>Кутия FSP Group M220-BA Mid-Tower</t>
+  </si>
+  <si>
+    <t>FORT-CASE-M220-BA</t>
+  </si>
+  <si>
     <t>на път</t>
   </si>
   <si>
-    <t>Вентилатор ENDORFY Zephyr 80 - Черен</t>
-[...746 lines deleted...]
-    <t>NZXT-AC-CRFR1-B1</t>
+    <t>Захранващ блок ASRock PRO-650B 650W 80+ Bronze ATX 3.1</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-650B</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 4U-M Rev.2 - ACFRE00133B</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00133B</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бели + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-148</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черни + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-147</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бели + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-146</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черни + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-145</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte P650G PG5 650W 80+ Gold, PCIe 5.1</t>
+  </si>
+  <si>
+    <t>GA-PS-P650G-PG5</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock H510M-H2/M.2 SE, LGA1200, DDR4, mATX</t>
+  </si>
+  <si>
+    <t>ASR-MB-H510M-H2-M2-SE</t>
   </si>
   <si>
     <t>Памет Silicon Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
   </si>
   <si>
     <t>SLP-RAM-16GXLWU60FFSK</t>
   </si>
   <si>
-    <t>Дънна платка ASRock H510M-H2/M.2 SE, LGA1200, DDR4, mATX</t>
-[...8 lines deleted...]
-    <t>PATRIOT-SSD-P300-1T</t>
+    <t>Захранващ блок ASRock PRO-750B 750W 80+ Bronze PCIE 5.1 Ready</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-750B</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE Gold V3 650W 80+ Bronze, ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-6501-ACABW-3BEU</t>
+  </si>
+  <si>
+    <t>Кутия Kolink Observatory HF Mesh - Black</t>
+  </si>
+  <si>
+    <t>KOLINK-CASE-GEKL-151</t>
+  </si>
+  <si>
+    <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 1TB, 128MB Cache, 5400RPM - Bulk</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-HDWL110UZSVA</t>
+  </si>
+  <si>
+    <t>Захранващ блок FSP VITA BD 650W 80+ Bronze, ATX 3.1 PCIe 5.1</t>
+  </si>
+  <si>
+    <t>FORT-PS-VITA-650BD</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB</t>
+  </si>
+  <si>
+    <t>CM-FAN-MLW-D24M-A18PA-R1</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB White Edition</t>
+  </si>
+  <si>
+    <t>CM-FAN-MLW-D24M-A18PA-RW</t>
+  </si>
+  <si>
+    <t>Охладител за процесор FSP MP7 WA - AMD/INTEL</t>
+  </si>
+  <si>
+    <t>FORT-FAN-MP7-WA</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE Gold V3 750W ATX 3.1 Non-Modular</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-7506-ACAG-BEU</t>
+  </si>
+  <si>
+    <t>Чекмедже за SSD M.2 NVMe ASUS ROG Strix Arion Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-SSD-CAGE-ARION-HM</t>
   </si>
   <si>
     <t>Захранващ блок FSP VITA BD 750W 80+ Bronze, ATX 3.1 PCIe 5.1 - Bulk Опаковка</t>
   </si>
   <si>
     <t>FORT-PS-VITA-750BD-BULK</t>
   </si>
   <si>
-    <t>Захранващ блок FSP VITA BD 650W 80+ Bronze, ATX 3.1 PCIe 5.1</t>
-[...62 lines deleted...]
-    <t>GA-CASE-C201-PI-W</t>
+    <t>Кабел Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Черен</t>
+  </si>
+  <si>
+    <t>LL-AC-PCI-520X</t>
+  </si>
+  <si>
+    <t>Кутия NZXT H3 Flow 2025 Micro-ATX Tower - Black</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H31FB-01</t>
   </si>
   <si>
     <t>Охладител за процесор Cooler Master Master Liquid 360 Core II ARGB</t>
   </si>
   <si>
     <t>CM-FAN-MLW-D36M-A18PA-R1</t>
   </si>
   <si>
+    <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Бял</t>
+  </si>
+  <si>
+    <t>LL-AC-GPU-VG4V3</t>
+  </si>
+  <si>
+    <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Черен</t>
+  </si>
+  <si>
+    <t>LL-AC-GPU-VG4V3-BL</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Master Liquid 360 Core II White ARGB</t>
+  </si>
+  <si>
+    <t>CM-FAN-MLW-D36M-A18PA-RW</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock A620AM-HVS DDR5 Socket AM5</t>
+  </si>
+  <si>
+    <t>ASR-MB-A620AM-HVS</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASUS PRIME 750W White Edition, 80+ Bronze</t>
+  </si>
+  <si>
+    <t>ASUS-PS-PRIME-750B-W</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - White</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-976</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - Black</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-975</t>
+  </si>
+  <si>
+    <t>Воден охладител за процесор Gigabyte GAMING 240 ICE</t>
+  </si>
+  <si>
+    <t>GA-GP-GAMING-240-ICE</t>
+  </si>
+  <si>
+    <t>Воден охладител за процесор Gigabyte GAMING 240</t>
+  </si>
+  <si>
+    <t>GA-GP-GAMING-240</t>
+  </si>
+  <si>
+    <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 2TB, 128MB Cache, 5400RPM</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-HHDWL120UZSVA</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li DAN A3-mATX Wood Edition Black, Tempered Glass, Micro Tower</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-973</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li DAN A3-mATX Wood Edition White, Tempered Glass, Micro Tower</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-974</t>
+  </si>
+  <si>
+    <t>Памет Innovation IT DDR4 16GB 3200MHz, CL16 1.35V LD-8Chip</t>
+  </si>
+  <si>
+    <t>INNO-RAM-DDR4-16GB1</t>
+  </si>
+  <si>
+    <t>Кутия FSP Group U530-BS Silent E-ATX Ultra Tower</t>
+  </si>
+  <si>
+    <t>FORT-CASE-U530-BS</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li O11 Dynamic Mini V2, Mini-Tower - White</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-978</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li O11 Dynamic Mini V2, Mini-Tower - Black</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-977</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE B760M E DDR5, socket 1700</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-E</t>
+  </si>
+  <si>
+    <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
+  </si>
+  <si>
+    <t>AVER-LG-STL-MINI</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM Reverse - 120 mm Бели + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-138</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Бели + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-136</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Черни + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-135</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM Reverse - 120 mm Черни + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-137</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li O11 Dynamic Mini V2 Flow + 5 Вентилатора, Mini-Tower - White</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-980</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li O11 Dynamic Mini V2 Flow + 5 Вентилатора, Mini-Tower - Black</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-979</t>
+  </si>
+  <si>
+    <t>Кутия ASUS A23 Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-A23-HM</t>
+  </si>
+  <si>
+    <t>Кутия Jonsbo NV10 Mini ITX - Silver</t>
+  </si>
+  <si>
+    <t>JONSBO-GEJB-160</t>
+  </si>
+  <si>
+    <t>Кутия Jonsbo NV10 Mini ITX - Black</t>
+  </si>
+  <si>
+    <t>JONSBO-GEJB-161</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE B550M DS3H AC R2 Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-B550M-DS3H-AC-R2</t>
+  </si>
+  <si>
+    <t>Памет Kingston 16GB DDR4 3200MHz CL22 UDIMM - KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR32N22D8-16</t>
+  </si>
+  <si>
+    <t>Памет Corsair DDR4 3200MHz 16GB (2x8GB) CL16-20-20-38</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX4M2E3200C16</t>
+  </si>
+  <si>
+    <t>Захранващ блок Endorfy Supremo FM6 750W 80+ Gold, PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>END-PS-EY7A013</t>
+  </si>
+  <si>
+    <t>Кутия ASUS PRIME AP303 TG - Black</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-AP303-BLACK</t>
+  </si>
+  <si>
+    <t>Кутия ASUS PRIME AP303 TG - White</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-AP303-WHITE</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte UD750GM PG5 ICE 750W, 80+ Gold PCIe 5.1</t>
+  </si>
+  <si>
+    <t>GA-PS-UD750GM-PG5-ICE</t>
+  </si>
+  <si>
+    <t>Процесор AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600XT-T</t>
+  </si>
+  <si>
+    <t>Кутия ASUS A32 PLUS Tempered Glass + 4 ARGB Вентилатора - Black</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-A32-PLUS-BK</t>
+  </si>
+  <si>
+    <t>Кутия ASUS A32 PLUS Tempered Glass + 4 ARGB Вентилатора - White</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-A32-PLUS-W</t>
+  </si>
+  <si>
+    <t>Процесор AMD Ryzen 7 5700 TRAY 8-Cores, 3.7GHz(Up to 4.6GHz), AM4, 16MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-TRAY</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte UD750GM PG5 V2 , 750W, 80+ GOLD, PCIe 5.1</t>
+  </si>
+  <si>
+    <t>GA-PS-UD750GM-PG5-V2</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li EDGE EGO850 Black 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-023</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 5600MHz CL40 - Intel XMP</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBAK2-32</t>
+  </si>
+  <si>
+    <t>AVerMedia Външен кепчър Live Streamer CAP 4K (BU113) HDMI 2.0 Capture 4Kp30, USB 3.1 Gen 1 USB-C</t>
+  </si>
+  <si>
+    <t>AVER-LS-BU113G2</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li EDGE EGO850 White 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-024</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB SODIMM DDR5 4800MHz CL40 SP016GBSVU480F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GBSVU480F02</t>
+  </si>
+  <si>
     <t>Памет Kingston FURY Beast Black 16GB(2x8GB) DDR5 6000MHz CL30 - AMD EXPO</t>
   </si>
   <si>
     <t>KIN-RAM-KF560C30BBEK2-16</t>
   </si>
   <si>
-    <t>Дънна платка ASRock A620AM-X, AM5</t>
-[...92 lines deleted...]
-    <t>ARCTIC-FAN-ACFRE00189A</t>
+    <t>Памет Kingston 32GB DDR4 SODIMM CL22 2RX8 1.2V 260-pin 16Gbit</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KCP432SD8-32</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 16GB DDR5 4800MHz CL40 UDIMM SP016GBLVU480F02</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GBLVU480F02</t>
   </si>
   <si>
     <t>Памет Silicon Power XPOWER Pulse 32GB(2x16GB) DDR5 OC-UDIMM 6400MHz CL32</t>
   </si>
   <si>
     <t>SLP-RAM-32GXLWU64AFDJ</t>
   </si>
   <si>
-    <t>Памет Silicon Power XPOWER Pulse 32GB(2x16GB) UDIMM DDR5 6000MHz CL30</t>
-[...2 lines deleted...]
-    <t>SLP-RAM-32GXLWU60AFDJ</t>
+    <t>Дънна платка GIGABYTE B650 EAGLE</t>
+  </si>
+  <si>
+    <t>GA-MB-B650-EAGLE</t>
+  </si>
+  <si>
+    <t>Процесор Intel Alder Lake Core i5-12400F, 6 Cores, 12 Threads (2.50 GHz Up to 4.40 GHz, 18MB, LGA1700), 65W, Tray</t>
+  </si>
+  <si>
+    <t>INTEL-I5-12400F-TRAY</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GXLWU64AFDK</t>
   </si>
   <si>
     <t>Дънна платка GIGABYTE B760 GAMING X GEN5, socket 1700</t>
   </si>
   <si>
     <t>GA-MB-B760-GAMING-D5</t>
   </si>
   <si>
-    <t>Памет Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
-[...2 lines deleted...]
-    <t>SLP-RAM-32GXLWU64AFDK</t>
+    <t>Записващо външно устройство ASUS Turbo Drive BW-16D1X-U Blu-Ray, USB</t>
+  </si>
+  <si>
+    <t>DVD-RW-ASUS-BW-16D1X-U</t>
   </si>
   <si>
     <t>Охладител за процесор NZXT Kraken Plus 240 LCD Display - Black</t>
   </si>
   <si>
     <t>NZXT-FAN-RL-KN240-B2</t>
   </si>
   <si>
     <t>Кутия Diablo IV - Lilith PC Gaming Case Limited Edition ATX</t>
   </si>
   <si>
     <t>FSH-FBLPCD4LILITH24FT</t>
   </si>
   <si>
-    <t>Охладител за процесор ASUS PRIME LC 360 ARGB LCD</t>
-[...314 lines deleted...]
-    <t>AMD-TRP-RYZEN-9980X-BOX</t>
+    <t>Захранващ блок Lian Li EDGE EG0850 White 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-018</t>
+  </si>
+  <si>
+    <t>Кутия ASUS ProArt PA401 Wood Edition Beige - Mesh Panel</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-PA401-WD-BEIGE</t>
+  </si>
+  <si>
+    <t>Дънна платка ASUS PRIME B760M-A WIFI DDR5, LGA 1700</t>
+  </si>
+  <si>
+    <t>ASUS-MB-PRIME-B760M-A</t>
+  </si>
+  <si>
+    <t>Захранващ блок NZXT C850 Core 850W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>NZXT-PS-PA-8G3BB-EU</t>
+  </si>
+  <si>
+    <t>Захранващ блок NZXT C750 Core 750W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>NZXT-PS-PA-7G3BB-EU</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Noctua NH-D15 G2, За сокет LGA1851/1700/2011/AM5/AM4</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NH-D15-G2-CH</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-C 360 Fanless ARGB - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-939</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-C 360 Fanless ARGB - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-938</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE GOLD 1050W V2 ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-A501-AFCAG-3EEU</t>
+  </si>
+  <si>
+    <t>Твърд диск 3.5" 2000GB SATA3 WD (HGST) HUS722T2TALA604 Ultrastar, 128MB ,7200RPM, 1W10002 (for datacenter,NAS)</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-2000WD-ALA604</t>
+  </si>
+  <si>
+    <t>AVerMedia Външен кепчър LIVE Gamer Ultra  Pro 2.1 4K HDMI USB Capture card</t>
+  </si>
+  <si>
+    <t>AVER-LG-ULTRA-S</t>
+  </si>
+  <si>
+    <t>Процесор AMD RYZEN 5 8500G TRAY, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8500G-TR</t>
+  </si>
+  <si>
+    <t>Външен кепчър ELGATO 4K S HDR10, VRR, USB-C</t>
+  </si>
+  <si>
+    <t>ELGATO-4861469</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-C 360CL ARGB - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-941</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-C 360CL ARGB - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-940</t>
+  </si>
+  <si>
+    <t>Памет Kingston 32GB DIMM DDR5 5600MHz CL46 2RX8 1.1V 288-pin 16Gbit</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KCP556UD8-32</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE GOLD 1250W V2 ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-C501-AFCAG-3EEU</t>
+  </si>
+  <si>
+    <t>Кутия NZXT H9 Flow Dual-Chamber - Matte Black</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H92FB-01</t>
+  </si>
+  <si>
+    <t>Кутия NZXT H9 Flow RGB Dual-Chamber - Black</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H92FB-R1</t>
+  </si>
+  <si>
+    <t>Кутия NZXT H9 Flow Dual-Chamber - White</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H92FW-01</t>
+  </si>
+  <si>
+    <t>Кутия NZXT H9 Flow RGB Dual-Chamber - White</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H92FW-R1</t>
+  </si>
+  <si>
+    <t>Твърд диск 4000GB SATA WD 256MB, GOLD Enterprice, HA750, WD4004FRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4000WD-GOLD</t>
+  </si>
+  <si>
+    <t>Памет PNY 16GB DDR5 5600MHz CL46 Bulk - MD16GSD55600</t>
+  </si>
+  <si>
+    <t>PNY-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Памет GOODRAM 16GB DDR5 5600MHz CL46 - GR5600D564L46S/16G</t>
+  </si>
+  <si>
+    <t>GOOD-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance DDR5 16GB, 6000Mhz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX5M1E6000Z36</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE Q870M D3H, LGA 1851</t>
+  </si>
+  <si>
+    <t>GA-MB-Q870M-D3H</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance DDR5 32GB (2x16GB) 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-MK32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Памет Crucial 16GB DDR5 5600MHz CL46 UDIMM CT16G56C46U5</t>
+  </si>
+  <si>
+    <t>CRUCIAL-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASUS ProArt LC 240</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-PRO-LC-240</t>
+  </si>
+  <si>
+    <t>Видео карта POWERCOLOR RX 7600 Fighter V2 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX7600-8G-F-V2</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB (2x16GB) SODIMM DDR5 4800MHz CL40 SP032GBSVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBSVU480F22</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power 32GB (2x16GB) DDR5 4800MHz CL40 UDIMM SP032GBLVU480F22</t>
+  </si>
+  <si>
+    <t>SLP-RAM-32GBLVU480F22</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 9100 PRO 2TB, PCIe 5.0 NVMe M.2 Type 2280 Heatsink</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP2T0CW</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance RGB DDR5, 6000MHz 32GB 2x16GB DIMM, CL30-36, Intel XMP и AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B60Z30W</t>
+  </si>
+  <si>
+    <t>Процесор AMD RYZEN 5 7500X3D 6-Core, 4.5 GHz, 96MB, 65W, AM5, BOX</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-7500X3D-BOX</t>
+  </si>
+  <si>
+    <t>Процесор Intel Raptor Lake Core i5-14500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14500-TRAY</t>
+  </si>
+  <si>
+    <t>Процесор Intel Raptor Lake i5-14600 TRAY, 14 Cores, 2.7 GHz, 24MB, 65W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600-TRAY</t>
+  </si>
+  <si>
+    <t>Процесор AMD Ryzen 5 PRO 9645 MPK, 6-Core 3.9 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9645-PRO</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance RGB DDR5 32GB (2x16GB), 6000MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-32GX5M2F6000Z36</t>
+  </si>
+  <si>
+    <t>Памет Kingston 48GB DDR5 5600MHz CL46 ECC-DIMM 2Rx8 - KSM56E46BD8KM-48HM</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56E46BD8KM</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASUS ROG Ryuo IV SLC 360 White Edition ARGB 6.67" Curved AMOLED Display</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-ROG-RYUO-SLC360W</t>
+  </si>
+  <si>
+    <t>Процесор AMD Ryzen 7 PRO 9745 MPK, 8-Core 3.8 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-9745-PRO</t>
+  </si>
+  <si>
+    <t>Твърд диск WD 16Tb Gold Enterprise 3.5"  7200RPM, 512MB, WD161KRYZ</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-WD161KRYZ</t>
+  </si>
+  <si>
+    <t>Памет Kingston Server 64GB DDR5 5600MHz CL46 ECC-DIMM x80 2Rx4 - KSM56R46BD4-64HA</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56R46BD4-64HA</t>
+  </si>
+  <si>
+    <t>Хард диск WD Ultrastar DC HC560 3.5" 20 TB SATA, 7200RPM, 512MB</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-20TB-WD-0F38785</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance Black 64GB (2x32GB) DDR5 6400MHz CL32, CMK64GX5M2B6400C32</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMK64GX5M2B64C32</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9070 XT Challenger 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9070XT-CL-16G</t>
+  </si>
+  <si>
+    <t>Видео карта ASRock RADEON RX 9070 XT Monster Hunter Wilds Edition 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASR-VC-RX9070XT-MH-16G</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon RX 9070 XT HELLHOUND OC REVA EDITION 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-RX9070XT-16G-REVA</t>
+  </si>
+  <si>
+    <t>Видео карта PowerColor Radeon AI PRO R9700 32GB GDDR6</t>
+  </si>
+  <si>
+    <t>PC-VC-R9700-32GB-B</t>
+  </si>
+  <si>
+    <t>Видео карта PNY VCNRTX4000PRO-PB, RTX A4000 PRO 24GB GDDR7</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTX4000PRO-PB</t>
+  </si>
+  <si>
+    <t>Видео карта PNY VCNRTXPRO4500-SB, RTX A4500 32GB, PCIE 5.0 x16</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTXA4500PRO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1795,61 +2443,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D370"/>
+  <dimension ref="A1:D677"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -1876,5151 +2524,9449 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>6.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>6.312</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>6.432</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>7.2</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>7.5</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>7.5</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>7.8</v>
+        <v>7.5</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>7.8</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>7.8</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>8.388</v>
+        <v>7.8</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>8.688</v>
+        <v>8.1</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>9.0</v>
+        <v>8.388</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>9.0</v>
+        <v>8.4</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
-        <v>9.0</v>
+        <v>8.532</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>9.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>9.0</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>9.0</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>9.432</v>
+        <v>9.0</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22">
-        <v>9.468</v>
+        <v>9.0</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23">
-        <v>9.6</v>
+        <v>9.156</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24">
-        <v>9.9</v>
+        <v>9.3</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C25">
         <v>9.9</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>9.9</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27">
         <v>9.9</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>9.984</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>10.2</v>
+        <v>10.176</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>10.8</v>
+        <v>10.2</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>10.884</v>
+        <v>10.8</v>
       </c>
       <c r="D31" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>10.884</v>
       </c>
       <c r="D32" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>10.884</v>
       </c>
       <c r="D33" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>10.884</v>
       </c>
       <c r="D34" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>10.884</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>10.992</v>
+        <v>10.884</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>10.992</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>11.184</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>11.304</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>11.388</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>11.4</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>11.496</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>11.7</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>11.88</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>11.892</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C46">
         <v>12.0</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B47" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C47">
         <v>12.0</v>
       </c>
       <c r="D47" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C48">
         <v>12.0</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>12.444</v>
+        <v>12.0</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>12.6</v>
+        <v>12.444</v>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>12.996</v>
+        <v>12.6</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>13.2</v>
+        <v>12.996</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>13.8</v>
+        <v>13.2</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>13.848</v>
+        <v>13.8</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>14.124</v>
+        <v>13.848</v>
       </c>
       <c r="D55" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>14.544</v>
+        <v>14.124</v>
       </c>
       <c r="D56" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>14.892</v>
+        <v>14.244</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>14.904</v>
+        <v>14.544</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>15.0</v>
+        <v>14.892</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>15.0</v>
+        <v>14.904</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>15.0</v>
+        <v>14.904</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C62">
         <v>15.0</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C63">
         <v>15.0</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C64">
         <v>15.0</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C65">
         <v>15.0</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C66">
         <v>15.0</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C67">
         <v>15.0</v>
       </c>
       <c r="D67" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C68">
         <v>15.0</v>
       </c>
       <c r="D68" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C69">
         <v>15.0</v>
       </c>
       <c r="D69" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C70">
         <v>15.0</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C71">
         <v>15.0</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C72">
         <v>15.0</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="C73">
         <v>15.0</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>15.0</v>
+        <v>15.3</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>15.3</v>
+        <v>15.36</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>15.36</v>
+        <v>15.612</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C77">
         <v>15.612</v>
       </c>
       <c r="D77" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C78">
         <v>15.612</v>
       </c>
       <c r="D78" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C79">
         <v>15.612</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C80">
         <v>15.612</v>
       </c>
       <c r="D80" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>15.612</v>
+        <v>15.684</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>15.684</v>
+        <v>15.768</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>15.768</v>
+        <v>16.428</v>
       </c>
       <c r="D83" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>16.332</v>
+        <v>16.584</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>16.584</v>
+        <v>17.016</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>17.016</v>
+        <v>17.196</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C87">
         <v>17.196</v>
       </c>
       <c r="D87" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C88">
         <v>17.196</v>
       </c>
       <c r="D88" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C89">
         <v>17.196</v>
       </c>
       <c r="D89" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>17.196</v>
+        <v>17.448</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
         <v>185</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>17.448</v>
+        <v>18.0</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>17.676</v>
+        <v>18.0</v>
       </c>
       <c r="D92" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>17.772</v>
+        <v>18.0</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C94">
         <v>18.0</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="C95">
         <v>18.0</v>
       </c>
       <c r="D95" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="C96">
         <v>18.0</v>
       </c>
       <c r="D96" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
         <v>197</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>18.0</v>
+        <v>18.144</v>
       </c>
       <c r="D97" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
         <v>199</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>18.0</v>
+        <v>18.312</v>
       </c>
       <c r="D98" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
         <v>201</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>18.0</v>
+        <v>18.864</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
         <v>203</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>18.144</v>
+        <v>18.996</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
         <v>205</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>18.144</v>
+        <v>18.996</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>3.6</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>7</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103">
         <v>4.464</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>11</v>
       </c>
       <c r="B104" t="s">
         <v>12</v>
       </c>
       <c r="C104">
         <v>6.312</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B105" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C105">
         <v>6.432</v>
       </c>
       <c r="D105" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B106" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C106">
         <v>7.2</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B107" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C107">
         <v>7.5</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C108">
         <v>7.5</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B109" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C109">
-        <v>7.8</v>
+        <v>7.5</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B110" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C110">
-        <v>8.388</v>
+        <v>7.8</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B111" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C111">
-        <v>8.688</v>
+        <v>8.1</v>
       </c>
       <c r="D111" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B112" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C112">
-        <v>9.0</v>
+        <v>8.388</v>
       </c>
       <c r="D112" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B113" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C113">
-        <v>9.0</v>
+        <v>8.4</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B114" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C114">
-        <v>9.0</v>
+        <v>8.532</v>
       </c>
       <c r="D114" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
+        <v>43</v>
+      </c>
+      <c r="B115" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C115">
         <v>9.0</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
+        <v>45</v>
+      </c>
+      <c r="B116" t="s">
         <v>46</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116">
-        <v>9.432</v>
+        <v>9.0</v>
       </c>
       <c r="D116" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
+        <v>47</v>
+      </c>
+      <c r="B117" t="s">
         <v>48</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117">
-        <v>9.468</v>
+        <v>9.0</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
+        <v>49</v>
+      </c>
+      <c r="B118" t="s">
         <v>50</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118">
-        <v>9.6</v>
+        <v>9.156</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
+        <v>51</v>
+      </c>
+      <c r="B119" t="s">
         <v>52</v>
       </c>
-      <c r="B119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119">
-        <v>9.9</v>
+        <v>9.3</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B120" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C120">
         <v>9.9</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B121" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C121">
         <v>9.9</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B122" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C122">
-        <v>9.9</v>
+        <v>9.984</v>
       </c>
       <c r="D122" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B123" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C123">
-        <v>9.984</v>
+        <v>10.176</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B124" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C124">
         <v>10.2</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B125" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C125">
         <v>10.884</v>
       </c>
       <c r="D125" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B126" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C126">
         <v>10.884</v>
       </c>
       <c r="D126" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B127" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C127">
         <v>10.884</v>
       </c>
       <c r="D127" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B128" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C128">
         <v>10.884</v>
       </c>
       <c r="D128" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B129" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C129">
         <v>10.884</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B130" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C130">
         <v>10.992</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B131" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C131">
-        <v>10.992</v>
+        <v>11.184</v>
       </c>
       <c r="D131" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B132" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C132">
-        <v>11.184</v>
+        <v>11.304</v>
       </c>
       <c r="D132" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B133" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C133">
-        <v>11.304</v>
+        <v>11.388</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B134" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C134">
-        <v>11.388</v>
+        <v>11.892</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B135" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C135">
-        <v>11.892</v>
+        <v>12.0</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B136" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C136">
         <v>12.0</v>
       </c>
       <c r="D136" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B137" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C137">
         <v>12.0</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B138" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C138">
         <v>12.6</v>
       </c>
       <c r="D138" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B139" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C139">
         <v>12.996</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B140" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C140">
         <v>13.8</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B141" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C141">
         <v>13.848</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B142" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C142">
         <v>14.124</v>
       </c>
       <c r="D142" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B143" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C143">
-        <v>14.544</v>
+        <v>14.244</v>
       </c>
       <c r="D143" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B144" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C144">
-        <v>14.892</v>
+        <v>14.544</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B145" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C145">
-        <v>14.904</v>
+        <v>14.892</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="B146" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="C146">
-        <v>15.0</v>
+        <v>14.904</v>
       </c>
       <c r="D146" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="B147" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="C147">
-        <v>15.0</v>
+        <v>14.904</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
+        <v>132</v>
+      </c>
+      <c r="B148" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C148">
         <v>15.0</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
+        <v>134</v>
+      </c>
+      <c r="B149" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C149">
         <v>15.0</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
+        <v>136</v>
+      </c>
+      <c r="B150" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C150">
         <v>15.0</v>
       </c>
       <c r="D150" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
+        <v>138</v>
+      </c>
+      <c r="B151" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C151">
         <v>15.0</v>
       </c>
       <c r="D151" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
+        <v>140</v>
+      </c>
+      <c r="B152" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C152">
         <v>15.0</v>
       </c>
       <c r="D152" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
+        <v>142</v>
+      </c>
+      <c r="B153" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C153">
         <v>15.0</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
+        <v>144</v>
+      </c>
+      <c r="B154" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C154">
         <v>15.0</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
+        <v>146</v>
+      </c>
+      <c r="B155" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="C155">
         <v>15.0</v>
       </c>
       <c r="D155" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
+        <v>148</v>
+      </c>
+      <c r="B156" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="C156">
         <v>15.0</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B157" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C157">
-        <v>15.0</v>
+        <v>15.612</v>
       </c>
       <c r="D157" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
+        <v>156</v>
+      </c>
+      <c r="B158" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C158">
         <v>15.612</v>
       </c>
       <c r="D158" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
+        <v>158</v>
+      </c>
+      <c r="B159" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="C159">
         <v>15.612</v>
       </c>
       <c r="D159" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
+        <v>160</v>
+      </c>
+      <c r="B160" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="C160">
         <v>15.612</v>
       </c>
       <c r="D160" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
+        <v>162</v>
+      </c>
+      <c r="B161" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="C161">
         <v>15.612</v>
       </c>
       <c r="D161" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
+        <v>164</v>
+      </c>
+      <c r="B162" t="s">
         <v>165</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162">
-        <v>15.612</v>
+        <v>15.684</v>
       </c>
       <c r="D162" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
+        <v>166</v>
+      </c>
+      <c r="B163" t="s">
         <v>167</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163">
-        <v>15.684</v>
+        <v>15.768</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
+        <v>168</v>
+      </c>
+      <c r="B164" t="s">
         <v>169</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164">
-        <v>15.768</v>
+        <v>16.428</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
+        <v>170</v>
+      </c>
+      <c r="B165" t="s">
         <v>171</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165">
-        <v>16.332</v>
+        <v>16.584</v>
       </c>
       <c r="D165" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B166" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C166">
-        <v>16.584</v>
+        <v>17.196</v>
       </c>
       <c r="D166" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
+        <v>176</v>
+      </c>
+      <c r="B167" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C167">
         <v>17.196</v>
       </c>
       <c r="D167" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
+        <v>178</v>
+      </c>
+      <c r="B168" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C168">
         <v>17.196</v>
       </c>
       <c r="D168" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
+        <v>180</v>
+      </c>
+      <c r="B169" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C169">
         <v>17.196</v>
       </c>
       <c r="D169" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
+        <v>182</v>
+      </c>
+      <c r="B170" t="s">
         <v>183</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170">
-        <v>17.196</v>
+        <v>17.448</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B171" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C171">
-        <v>17.448</v>
+        <v>18.0</v>
       </c>
       <c r="D171" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="B172" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C172">
         <v>18.0</v>
       </c>
       <c r="D172" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B173" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C173">
         <v>18.0</v>
       </c>
       <c r="D173" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B174" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C174">
         <v>18.0</v>
       </c>
       <c r="D174" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B175" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C175">
         <v>18.0</v>
       </c>
       <c r="D175" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B176" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C176">
-        <v>18.0</v>
+        <v>18.312</v>
       </c>
       <c r="D176" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B177" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="C177">
-        <v>18.312</v>
+        <v>18.864</v>
       </c>
       <c r="D177" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B178" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C178">
-        <v>18.864</v>
+        <v>18.996</v>
       </c>
       <c r="D178" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B179" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C179">
         <v>18.996</v>
       </c>
       <c r="D179" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B180" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C180">
         <v>18.996</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B181" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C181">
         <v>18.996</v>
       </c>
       <c r="D181" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B182" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C182">
-        <v>19.092</v>
+        <v>19.524</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B183" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C183">
-        <v>19.2</v>
+        <v>19.524</v>
       </c>
       <c r="D183" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B184" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C184">
-        <v>19.524</v>
+        <v>19.8</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B185" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C185">
-        <v>19.524</v>
+        <v>19.8</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B186" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C186">
         <v>19.8</v>
       </c>
       <c r="D186" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B187" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C187">
         <v>19.8</v>
       </c>
       <c r="D187" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="B188" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C188">
         <v>19.8</v>
       </c>
       <c r="D188" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B189" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C189">
-        <v>19.8</v>
+        <v>20.232</v>
       </c>
       <c r="D189" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B190" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C190">
-        <v>19.8</v>
+        <v>20.244</v>
       </c>
       <c r="D190" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="B191" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C191">
-        <v>20.232</v>
+        <v>20.34</v>
       </c>
       <c r="D191" t="s">
-        <v>237</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B192" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C192">
-        <v>20.244</v>
+        <v>20.736</v>
       </c>
       <c r="D192" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B193" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C193">
-        <v>20.34</v>
+        <v>21.6</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B194" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C194">
-        <v>20.784</v>
+        <v>21.948</v>
       </c>
       <c r="D194" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B195" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C195">
-        <v>21.168</v>
+        <v>22.008</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B196" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C196">
-        <v>21.6</v>
+        <v>22.008</v>
       </c>
       <c r="D196" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B197" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C197">
-        <v>22.008</v>
+        <v>22.08</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B198" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C198">
-        <v>22.044</v>
+        <v>22.416</v>
       </c>
       <c r="D198" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B199" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C199">
-        <v>22.068</v>
+        <v>22.524</v>
       </c>
       <c r="D199" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B200" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C200">
-        <v>22.08</v>
+        <v>23.328</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B201" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C201">
-        <v>22.416</v>
+        <v>23.328</v>
       </c>
       <c r="D201" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>173</v>
+        <v>4</v>
       </c>
       <c r="B202" t="s">
-        <v>174</v>
+        <v>5</v>
       </c>
       <c r="C202">
-        <v>16.584</v>
+        <v>3.6</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>185</v>
+        <v>11</v>
       </c>
       <c r="B203" t="s">
-        <v>186</v>
+        <v>12</v>
       </c>
       <c r="C203">
-        <v>17.448</v>
+        <v>6.312</v>
       </c>
       <c r="D203" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>213</v>
+        <v>14</v>
       </c>
       <c r="B204" t="s">
-        <v>214</v>
+        <v>15</v>
       </c>
       <c r="C204">
-        <v>18.996</v>
+        <v>6.432</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>215</v>
+        <v>17</v>
       </c>
       <c r="B205" t="s">
-        <v>216</v>
+        <v>18</v>
       </c>
       <c r="C205">
-        <v>18.996</v>
+        <v>7.2</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>223</v>
+        <v>19</v>
       </c>
       <c r="B206" t="s">
-        <v>224</v>
+        <v>20</v>
       </c>
       <c r="C206">
-        <v>19.524</v>
+        <v>7.5</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>258</v>
+        <v>21</v>
       </c>
       <c r="B207" t="s">
-        <v>259</v>
+        <v>22</v>
       </c>
       <c r="C207">
-        <v>23.664</v>
+        <v>7.5</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>260</v>
+        <v>23</v>
       </c>
       <c r="B208" t="s">
-        <v>261</v>
+        <v>24</v>
       </c>
       <c r="C208">
-        <v>29.88</v>
+        <v>7.5</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>262</v>
+        <v>29</v>
       </c>
       <c r="B209" t="s">
-        <v>263</v>
+        <v>30</v>
       </c>
       <c r="C209">
-        <v>31.956</v>
+        <v>7.8</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>264</v>
+        <v>31</v>
       </c>
       <c r="B210" t="s">
-        <v>265</v>
+        <v>32</v>
       </c>
       <c r="C210">
-        <v>45.0</v>
+        <v>8.1</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>266</v>
+        <v>33</v>
       </c>
       <c r="B211" t="s">
-        <v>267</v>
+        <v>34</v>
       </c>
       <c r="C211">
-        <v>48.996</v>
+        <v>8.388</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>268</v>
+        <v>35</v>
       </c>
       <c r="B212" t="s">
-        <v>269</v>
+        <v>36</v>
       </c>
       <c r="C212">
-        <v>55.2</v>
+        <v>8.4</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>270</v>
+        <v>37</v>
       </c>
       <c r="B213" t="s">
-        <v>271</v>
+        <v>38</v>
       </c>
       <c r="C213">
-        <v>61.416</v>
+        <v>8.532</v>
       </c>
       <c r="D213" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>272</v>
+        <v>43</v>
       </c>
       <c r="B214" t="s">
-        <v>273</v>
+        <v>44</v>
       </c>
       <c r="C214">
-        <v>64.812</v>
+        <v>9.0</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>274</v>
+        <v>45</v>
       </c>
       <c r="B215" t="s">
-        <v>275</v>
+        <v>46</v>
       </c>
       <c r="C215">
-        <v>69.0</v>
+        <v>9.0</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>276</v>
+        <v>47</v>
       </c>
       <c r="B216" t="s">
-        <v>277</v>
+        <v>48</v>
       </c>
       <c r="C216">
-        <v>69.0</v>
+        <v>9.0</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>278</v>
+        <v>49</v>
       </c>
       <c r="B217" t="s">
-        <v>279</v>
+        <v>50</v>
       </c>
       <c r="C217">
-        <v>74.436</v>
+        <v>9.156</v>
       </c>
       <c r="D217" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>280</v>
+        <v>51</v>
       </c>
       <c r="B218" t="s">
-        <v>281</v>
+        <v>52</v>
       </c>
       <c r="C218">
-        <v>78.996</v>
+        <v>9.3</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>282</v>
+        <v>55</v>
       </c>
       <c r="B219" t="s">
-        <v>283</v>
+        <v>56</v>
       </c>
       <c r="C219">
-        <v>78.996</v>
+        <v>9.9</v>
       </c>
       <c r="D219" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>284</v>
+        <v>57</v>
       </c>
       <c r="B220" t="s">
-        <v>285</v>
+        <v>58</v>
       </c>
       <c r="C220">
-        <v>82.572</v>
+        <v>9.9</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>286</v>
+        <v>59</v>
       </c>
       <c r="B221" t="s">
-        <v>287</v>
+        <v>60</v>
       </c>
       <c r="C221">
-        <v>88.992</v>
+        <v>9.984</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>288</v>
+        <v>61</v>
       </c>
       <c r="B222" t="s">
-        <v>289</v>
+        <v>62</v>
       </c>
       <c r="C222">
-        <v>88.992</v>
+        <v>10.176</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>290</v>
+        <v>63</v>
       </c>
       <c r="B223" t="s">
-        <v>291</v>
+        <v>64</v>
       </c>
       <c r="C223">
-        <v>94.416</v>
+        <v>10.2</v>
       </c>
       <c r="D223" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>292</v>
+        <v>67</v>
       </c>
       <c r="B224" t="s">
-        <v>293</v>
+        <v>68</v>
       </c>
       <c r="C224">
-        <v>99.0</v>
+        <v>10.884</v>
       </c>
       <c r="D224" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>294</v>
+        <v>69</v>
       </c>
       <c r="B225" t="s">
-        <v>295</v>
+        <v>70</v>
       </c>
       <c r="C225">
-        <v>114.372</v>
+        <v>10.884</v>
       </c>
       <c r="D225" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>296</v>
+        <v>71</v>
       </c>
       <c r="B226" t="s">
-        <v>297</v>
+        <v>72</v>
       </c>
       <c r="C226">
-        <v>115.128</v>
+        <v>10.884</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>298</v>
+        <v>73</v>
       </c>
       <c r="B227" t="s">
-        <v>299</v>
+        <v>74</v>
       </c>
       <c r="C227">
-        <v>119.328</v>
+        <v>10.884</v>
       </c>
       <c r="D227" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>300</v>
+        <v>75</v>
       </c>
       <c r="B228" t="s">
-        <v>301</v>
+        <v>76</v>
       </c>
       <c r="C228">
-        <v>126.18</v>
+        <v>10.884</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>302</v>
+        <v>77</v>
       </c>
       <c r="B229" t="s">
-        <v>303</v>
+        <v>78</v>
       </c>
       <c r="C229">
-        <v>128.544</v>
+        <v>10.992</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>304</v>
+        <v>79</v>
       </c>
       <c r="B230" t="s">
-        <v>305</v>
+        <v>80</v>
       </c>
       <c r="C230">
-        <v>129.0</v>
+        <v>11.184</v>
       </c>
       <c r="D230" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>306</v>
+        <v>81</v>
       </c>
       <c r="B231" t="s">
-        <v>307</v>
+        <v>82</v>
       </c>
       <c r="C231">
-        <v>129.0</v>
+        <v>11.304</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>308</v>
+        <v>83</v>
       </c>
       <c r="B232" t="s">
-        <v>309</v>
+        <v>84</v>
       </c>
       <c r="C232">
-        <v>129.204</v>
+        <v>11.388</v>
       </c>
       <c r="D232" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>310</v>
+        <v>93</v>
       </c>
       <c r="B233" t="s">
-        <v>311</v>
+        <v>94</v>
       </c>
       <c r="C233">
-        <v>134.076</v>
+        <v>11.892</v>
       </c>
       <c r="D233" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>312</v>
+        <v>98</v>
       </c>
       <c r="B234" t="s">
-        <v>313</v>
+        <v>99</v>
       </c>
       <c r="C234">
-        <v>138.96</v>
+        <v>12.0</v>
       </c>
       <c r="D234" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>314</v>
+        <v>100</v>
       </c>
       <c r="B235" t="s">
-        <v>315</v>
+        <v>101</v>
       </c>
       <c r="C235">
-        <v>138.996</v>
+        <v>12.0</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>316</v>
+        <v>104</v>
       </c>
       <c r="B236" t="s">
-        <v>317</v>
+        <v>105</v>
       </c>
       <c r="C236">
-        <v>138.996</v>
+        <v>12.6</v>
       </c>
       <c r="D236" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>318</v>
+        <v>110</v>
       </c>
       <c r="B237" t="s">
-        <v>319</v>
+        <v>111</v>
       </c>
       <c r="C237">
-        <v>143.472</v>
+        <v>13.8</v>
       </c>
       <c r="D237" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>320</v>
+        <v>112</v>
       </c>
       <c r="B238" t="s">
-        <v>321</v>
+        <v>113</v>
       </c>
       <c r="C238">
-        <v>148.992</v>
+        <v>13.848</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>322</v>
+        <v>114</v>
       </c>
       <c r="B239" t="s">
-        <v>323</v>
+        <v>115</v>
       </c>
       <c r="C239">
-        <v>149.868</v>
+        <v>14.124</v>
       </c>
       <c r="D239" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>324</v>
+        <v>116</v>
       </c>
       <c r="B240" t="s">
-        <v>325</v>
+        <v>117</v>
       </c>
       <c r="C240">
-        <v>159.0</v>
+        <v>14.244</v>
       </c>
       <c r="D240" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>326</v>
+        <v>118</v>
       </c>
       <c r="B241" t="s">
-        <v>327</v>
+        <v>119</v>
       </c>
       <c r="C241">
-        <v>162.276</v>
+        <v>14.544</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>328</v>
+        <v>120</v>
       </c>
       <c r="B242" t="s">
-        <v>329</v>
+        <v>121</v>
       </c>
       <c r="C242">
-        <v>178.644</v>
+        <v>14.892</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>330</v>
+        <v>122</v>
       </c>
       <c r="B243" t="s">
-        <v>331</v>
+        <v>123</v>
       </c>
       <c r="C243">
-        <v>184.764</v>
+        <v>14.904</v>
       </c>
       <c r="D243" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>332</v>
+        <v>124</v>
       </c>
       <c r="B244" t="s">
-        <v>333</v>
+        <v>125</v>
       </c>
       <c r="C244">
-        <v>194.724</v>
+        <v>14.904</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>334</v>
+        <v>132</v>
       </c>
       <c r="B245" t="s">
-        <v>335</v>
+        <v>133</v>
       </c>
       <c r="C245">
-        <v>203.112</v>
+        <v>15.0</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>336</v>
+        <v>134</v>
       </c>
       <c r="B246" t="s">
-        <v>337</v>
+        <v>135</v>
       </c>
       <c r="C246">
-        <v>211.176</v>
+        <v>15.0</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>338</v>
+        <v>136</v>
       </c>
       <c r="B247" t="s">
-        <v>339</v>
+        <v>137</v>
       </c>
       <c r="C247">
-        <v>214.992</v>
+        <v>15.0</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>340</v>
+        <v>138</v>
       </c>
       <c r="B248" t="s">
-        <v>341</v>
+        <v>139</v>
       </c>
       <c r="C248">
-        <v>217.8</v>
+        <v>15.0</v>
       </c>
       <c r="D248" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>342</v>
+        <v>140</v>
       </c>
       <c r="B249" t="s">
-        <v>343</v>
+        <v>141</v>
       </c>
       <c r="C249">
-        <v>224.34</v>
+        <v>15.0</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>344</v>
+        <v>142</v>
       </c>
       <c r="B250" t="s">
-        <v>345</v>
+        <v>143</v>
       </c>
       <c r="C250">
-        <v>228.996</v>
+        <v>15.0</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>346</v>
+        <v>144</v>
       </c>
       <c r="B251" t="s">
-        <v>347</v>
+        <v>145</v>
       </c>
       <c r="C251">
-        <v>228.996</v>
+        <v>15.0</v>
       </c>
       <c r="D251" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>348</v>
+        <v>146</v>
       </c>
       <c r="B252" t="s">
-        <v>349</v>
+        <v>147</v>
       </c>
       <c r="C252">
-        <v>232.476</v>
+        <v>15.0</v>
       </c>
       <c r="D252" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>350</v>
+        <v>148</v>
       </c>
       <c r="B253" t="s">
-        <v>351</v>
+        <v>149</v>
       </c>
       <c r="C253">
-        <v>237.048</v>
+        <v>15.0</v>
       </c>
       <c r="D253" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>352</v>
+        <v>154</v>
       </c>
       <c r="B254" t="s">
-        <v>353</v>
+        <v>155</v>
       </c>
       <c r="C254">
-        <v>248.352</v>
+        <v>15.612</v>
       </c>
       <c r="D254" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>354</v>
+        <v>156</v>
       </c>
       <c r="B255" t="s">
-        <v>355</v>
+        <v>157</v>
       </c>
       <c r="C255">
-        <v>249.0</v>
+        <v>15.612</v>
       </c>
       <c r="D255" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>356</v>
+        <v>158</v>
       </c>
       <c r="B256" t="s">
-        <v>357</v>
+        <v>159</v>
       </c>
       <c r="C256">
-        <v>249.0</v>
+        <v>15.612</v>
       </c>
       <c r="D256" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>358</v>
+        <v>160</v>
       </c>
       <c r="B257" t="s">
-        <v>359</v>
+        <v>161</v>
       </c>
       <c r="C257">
-        <v>268.992</v>
+        <v>15.612</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>360</v>
+        <v>162</v>
       </c>
       <c r="B258" t="s">
-        <v>361</v>
+        <v>163</v>
       </c>
       <c r="C258">
-        <v>274.74</v>
+        <v>15.612</v>
       </c>
       <c r="D258" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>362</v>
+        <v>164</v>
       </c>
       <c r="B259" t="s">
-        <v>363</v>
+        <v>165</v>
       </c>
       <c r="C259">
-        <v>283.956</v>
+        <v>15.684</v>
       </c>
       <c r="D259" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>364</v>
+        <v>166</v>
       </c>
       <c r="B260" t="s">
-        <v>365</v>
+        <v>167</v>
       </c>
       <c r="C260">
-        <v>287.928</v>
+        <v>15.768</v>
       </c>
       <c r="D260" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>366</v>
+        <v>168</v>
       </c>
       <c r="B261" t="s">
-        <v>367</v>
+        <v>169</v>
       </c>
       <c r="C261">
-        <v>289.224</v>
+        <v>16.428</v>
       </c>
       <c r="D261" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>368</v>
+        <v>170</v>
       </c>
       <c r="B262" t="s">
-        <v>369</v>
+        <v>171</v>
       </c>
       <c r="C262">
-        <v>298.992</v>
+        <v>16.584</v>
       </c>
       <c r="D262" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>370</v>
+        <v>174</v>
       </c>
       <c r="B263" t="s">
-        <v>371</v>
+        <v>175</v>
       </c>
       <c r="C263">
-        <v>298.992</v>
+        <v>17.196</v>
       </c>
       <c r="D263" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>372</v>
+        <v>176</v>
       </c>
       <c r="B264" t="s">
-        <v>373</v>
+        <v>177</v>
       </c>
       <c r="C264">
-        <v>299.004</v>
+        <v>17.196</v>
       </c>
       <c r="D264" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>374</v>
+        <v>178</v>
       </c>
       <c r="B265" t="s">
-        <v>375</v>
+        <v>179</v>
       </c>
       <c r="C265">
-        <v>301.032</v>
+        <v>17.196</v>
       </c>
       <c r="D265" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>376</v>
+        <v>180</v>
       </c>
       <c r="B266" t="s">
-        <v>377</v>
+        <v>181</v>
       </c>
       <c r="C266">
-        <v>301.032</v>
+        <v>17.196</v>
       </c>
       <c r="D266" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>378</v>
+        <v>182</v>
       </c>
       <c r="B267" t="s">
-        <v>379</v>
+        <v>183</v>
       </c>
       <c r="C267">
-        <v>326.94</v>
+        <v>17.448</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>380</v>
+        <v>192</v>
       </c>
       <c r="B268" t="s">
-        <v>381</v>
+        <v>193</v>
       </c>
       <c r="C268">
-        <v>337.464</v>
+        <v>18.0</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>382</v>
+        <v>194</v>
       </c>
       <c r="B269" t="s">
-        <v>383</v>
+        <v>195</v>
       </c>
       <c r="C269">
-        <v>338.616</v>
+        <v>18.0</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>384</v>
+        <v>198</v>
       </c>
       <c r="B270" t="s">
-        <v>385</v>
+        <v>199</v>
       </c>
       <c r="C270">
-        <v>339.0</v>
+        <v>18.312</v>
       </c>
       <c r="D270" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>386</v>
+        <v>200</v>
       </c>
       <c r="B271" t="s">
-        <v>387</v>
+        <v>201</v>
       </c>
       <c r="C271">
-        <v>348.0</v>
+        <v>18.864</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>388</v>
+        <v>208</v>
       </c>
       <c r="B272" t="s">
-        <v>389</v>
+        <v>209</v>
       </c>
       <c r="C272">
-        <v>348.996</v>
+        <v>18.996</v>
       </c>
       <c r="D272" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>390</v>
+        <v>210</v>
       </c>
       <c r="B273" t="s">
-        <v>391</v>
+        <v>211</v>
       </c>
       <c r="C273">
-        <v>348.996</v>
+        <v>18.996</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>392</v>
+        <v>212</v>
       </c>
       <c r="B274" t="s">
-        <v>393</v>
+        <v>213</v>
       </c>
       <c r="C274">
-        <v>369.0</v>
+        <v>18.996</v>
       </c>
       <c r="D274" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>394</v>
+        <v>214</v>
       </c>
       <c r="B275" t="s">
-        <v>395</v>
+        <v>215</v>
       </c>
       <c r="C275">
-        <v>388.992</v>
+        <v>19.524</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>396</v>
+        <v>216</v>
       </c>
       <c r="B276" t="s">
-        <v>397</v>
+        <v>217</v>
       </c>
       <c r="C276">
-        <v>399.0</v>
+        <v>19.524</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>398</v>
+        <v>220</v>
       </c>
       <c r="B277" t="s">
-        <v>399</v>
+        <v>221</v>
       </c>
       <c r="C277">
-        <v>399.264</v>
+        <v>19.8</v>
       </c>
       <c r="D277" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>400</v>
+        <v>222</v>
       </c>
       <c r="B278" t="s">
-        <v>401</v>
+        <v>223</v>
       </c>
       <c r="C278">
-        <v>404.232</v>
+        <v>19.8</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>402</v>
+        <v>224</v>
       </c>
       <c r="B279" t="s">
-        <v>403</v>
+        <v>225</v>
       </c>
       <c r="C279">
-        <v>406.008</v>
+        <v>19.8</v>
       </c>
       <c r="D279" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>404</v>
+        <v>226</v>
       </c>
       <c r="B280" t="s">
-        <v>405</v>
+        <v>227</v>
       </c>
       <c r="C280">
-        <v>408.996</v>
+        <v>19.8</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>406</v>
+        <v>228</v>
       </c>
       <c r="B281" t="s">
-        <v>407</v>
+        <v>229</v>
       </c>
       <c r="C281">
-        <v>408.996</v>
+        <v>20.232</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>230</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>408</v>
+        <v>231</v>
       </c>
       <c r="B282" t="s">
-        <v>409</v>
+        <v>232</v>
       </c>
       <c r="C282">
-        <v>421.128</v>
+        <v>20.244</v>
       </c>
       <c r="D282" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>410</v>
+        <v>233</v>
       </c>
       <c r="B283" t="s">
-        <v>411</v>
+        <v>234</v>
       </c>
       <c r="C283">
-        <v>429.0</v>
+        <v>20.34</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>412</v>
+        <v>235</v>
       </c>
       <c r="B284" t="s">
-        <v>413</v>
+        <v>236</v>
       </c>
       <c r="C284">
-        <v>438.996</v>
+        <v>20.736</v>
       </c>
       <c r="D284" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>414</v>
+        <v>237</v>
       </c>
       <c r="B285" t="s">
-        <v>415</v>
+        <v>238</v>
       </c>
       <c r="C285">
-        <v>445.452</v>
+        <v>21.6</v>
       </c>
       <c r="D285" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>416</v>
+        <v>241</v>
       </c>
       <c r="B286" t="s">
-        <v>417</v>
+        <v>242</v>
       </c>
       <c r="C286">
-        <v>448.992</v>
+        <v>22.008</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>418</v>
+        <v>243</v>
       </c>
       <c r="B287" t="s">
-        <v>419</v>
+        <v>244</v>
       </c>
       <c r="C287">
-        <v>448.992</v>
+        <v>22.008</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>420</v>
+        <v>247</v>
       </c>
       <c r="B288" t="s">
-        <v>421</v>
+        <v>248</v>
       </c>
       <c r="C288">
-        <v>466.596</v>
+        <v>22.416</v>
       </c>
       <c r="D288" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>422</v>
+        <v>249</v>
       </c>
       <c r="B289" t="s">
-        <v>423</v>
+        <v>250</v>
       </c>
       <c r="C289">
-        <v>468.996</v>
+        <v>22.524</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>424</v>
+        <v>255</v>
       </c>
       <c r="B290" t="s">
-        <v>425</v>
+        <v>256</v>
       </c>
       <c r="C290">
-        <v>468.996</v>
+        <v>23.664</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>426</v>
+        <v>257</v>
       </c>
       <c r="B291" t="s">
-        <v>427</v>
+        <v>258</v>
       </c>
       <c r="C291">
-        <v>546.096</v>
+        <v>23.976</v>
       </c>
       <c r="D291" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>428</v>
+        <v>259</v>
       </c>
       <c r="B292" t="s">
-        <v>429</v>
+        <v>260</v>
       </c>
       <c r="C292">
-        <v>566.04</v>
+        <v>24.0</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>430</v>
+        <v>261</v>
       </c>
       <c r="B293" t="s">
-        <v>431</v>
+        <v>262</v>
       </c>
       <c r="C293">
-        <v>574.464</v>
+        <v>24.0</v>
       </c>
       <c r="D293" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>432</v>
+        <v>263</v>
       </c>
       <c r="B294" t="s">
-        <v>433</v>
+        <v>264</v>
       </c>
       <c r="C294">
-        <v>577.848</v>
+        <v>24.312</v>
       </c>
       <c r="D294" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>434</v>
+        <v>265</v>
       </c>
       <c r="B295" t="s">
-        <v>435</v>
+        <v>266</v>
       </c>
       <c r="C295">
-        <v>584.472</v>
+        <v>24.996</v>
       </c>
       <c r="D295" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>436</v>
+        <v>267</v>
       </c>
       <c r="B296" t="s">
-        <v>437</v>
+        <v>268</v>
       </c>
       <c r="C296">
-        <v>591.324</v>
+        <v>24.996</v>
       </c>
       <c r="D296" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>438</v>
+        <v>269</v>
       </c>
       <c r="B297" t="s">
-        <v>439</v>
+        <v>270</v>
       </c>
       <c r="C297">
-        <v>596.628</v>
+        <v>24.996</v>
       </c>
       <c r="D297" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>440</v>
+        <v>271</v>
       </c>
       <c r="B298" t="s">
-        <v>441</v>
+        <v>272</v>
       </c>
       <c r="C298">
-        <v>639.912</v>
+        <v>24.996</v>
       </c>
       <c r="D298" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>442</v>
+        <v>273</v>
       </c>
       <c r="B299" t="s">
-        <v>443</v>
+        <v>274</v>
       </c>
       <c r="C299">
-        <v>670.8</v>
+        <v>24.996</v>
       </c>
       <c r="D299" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>444</v>
+        <v>275</v>
       </c>
       <c r="B300" t="s">
-        <v>445</v>
+        <v>276</v>
       </c>
       <c r="C300">
-        <v>689.004</v>
+        <v>24.996</v>
       </c>
       <c r="D300" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>446</v>
+        <v>277</v>
       </c>
       <c r="B301" t="s">
-        <v>447</v>
+        <v>278</v>
       </c>
       <c r="C301">
-        <v>714.936</v>
+        <v>24.996</v>
       </c>
       <c r="D301" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>264</v>
+        <v>17</v>
       </c>
       <c r="B302" t="s">
-        <v>265</v>
+        <v>18</v>
       </c>
       <c r="C302">
-        <v>45.0</v>
+        <v>7.2</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>266</v>
+        <v>21</v>
       </c>
       <c r="B303" t="s">
-        <v>267</v>
+        <v>22</v>
       </c>
       <c r="C303">
-        <v>48.996</v>
+        <v>7.5</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>268</v>
+        <v>23</v>
       </c>
       <c r="B304" t="s">
-        <v>269</v>
+        <v>24</v>
       </c>
       <c r="C304">
-        <v>55.2</v>
+        <v>7.5</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>272</v>
+        <v>37</v>
       </c>
       <c r="B305" t="s">
-        <v>273</v>
+        <v>38</v>
       </c>
       <c r="C305">
-        <v>64.812</v>
+        <v>8.532</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>274</v>
+        <v>47</v>
       </c>
       <c r="B306" t="s">
-        <v>275</v>
+        <v>48</v>
       </c>
       <c r="C306">
-        <v>69.0</v>
+        <v>9.0</v>
       </c>
       <c r="D306" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>276</v>
+        <v>57</v>
       </c>
       <c r="B307" t="s">
-        <v>277</v>
+        <v>58</v>
       </c>
       <c r="C307">
-        <v>69.0</v>
+        <v>9.9</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>288</v>
+        <v>75</v>
       </c>
       <c r="B308" t="s">
-        <v>289</v>
+        <v>76</v>
       </c>
       <c r="C308">
-        <v>88.992</v>
+        <v>10.884</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>294</v>
+        <v>100</v>
       </c>
       <c r="B309" t="s">
-        <v>295</v>
+        <v>101</v>
       </c>
       <c r="C309">
-        <v>114.372</v>
+        <v>12.0</v>
       </c>
       <c r="D309" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>296</v>
+        <v>114</v>
       </c>
       <c r="B310" t="s">
-        <v>297</v>
+        <v>115</v>
       </c>
       <c r="C310">
-        <v>115.128</v>
+        <v>14.124</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>298</v>
+        <v>116</v>
       </c>
       <c r="B311" t="s">
-        <v>299</v>
+        <v>117</v>
       </c>
       <c r="C311">
-        <v>119.328</v>
+        <v>14.244</v>
       </c>
       <c r="D311" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>300</v>
+        <v>122</v>
       </c>
       <c r="B312" t="s">
-        <v>301</v>
+        <v>123</v>
       </c>
       <c r="C312">
-        <v>126.18</v>
+        <v>14.904</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>302</v>
+        <v>124</v>
       </c>
       <c r="B313" t="s">
-        <v>303</v>
+        <v>125</v>
       </c>
       <c r="C313">
-        <v>128.544</v>
+        <v>14.904</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>304</v>
+        <v>140</v>
       </c>
       <c r="B314" t="s">
-        <v>305</v>
+        <v>141</v>
       </c>
       <c r="C314">
-        <v>129.0</v>
+        <v>15.0</v>
       </c>
       <c r="D314" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>306</v>
+        <v>142</v>
       </c>
       <c r="B315" t="s">
-        <v>307</v>
+        <v>143</v>
       </c>
       <c r="C315">
-        <v>129.0</v>
+        <v>15.0</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>310</v>
+        <v>144</v>
       </c>
       <c r="B316" t="s">
-        <v>311</v>
+        <v>145</v>
       </c>
       <c r="C316">
-        <v>134.076</v>
+        <v>15.0</v>
       </c>
       <c r="D316" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>314</v>
+        <v>146</v>
       </c>
       <c r="B317" t="s">
-        <v>315</v>
+        <v>147</v>
       </c>
       <c r="C317">
-        <v>138.996</v>
+        <v>15.0</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>316</v>
+        <v>148</v>
       </c>
       <c r="B318" t="s">
-        <v>317</v>
+        <v>149</v>
       </c>
       <c r="C318">
-        <v>138.996</v>
+        <v>15.0</v>
       </c>
       <c r="D318" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>324</v>
+        <v>164</v>
       </c>
       <c r="B319" t="s">
-        <v>325</v>
+        <v>165</v>
       </c>
       <c r="C319">
-        <v>159.0</v>
+        <v>15.684</v>
       </c>
       <c r="D319" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>326</v>
+        <v>166</v>
       </c>
       <c r="B320" t="s">
-        <v>327</v>
+        <v>167</v>
       </c>
       <c r="C320">
-        <v>162.276</v>
+        <v>15.768</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>336</v>
+        <v>170</v>
       </c>
       <c r="B321" t="s">
-        <v>337</v>
+        <v>171</v>
       </c>
       <c r="C321">
-        <v>211.176</v>
+        <v>16.584</v>
       </c>
       <c r="D321" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>338</v>
+        <v>182</v>
       </c>
       <c r="B322" t="s">
-        <v>339</v>
+        <v>183</v>
       </c>
       <c r="C322">
-        <v>214.992</v>
+        <v>17.448</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>342</v>
+        <v>194</v>
       </c>
       <c r="B323" t="s">
-        <v>343</v>
+        <v>195</v>
       </c>
       <c r="C323">
-        <v>224.34</v>
+        <v>18.0</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>344</v>
+        <v>210</v>
       </c>
       <c r="B324" t="s">
-        <v>345</v>
+        <v>211</v>
       </c>
       <c r="C324">
-        <v>228.996</v>
+        <v>18.996</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>346</v>
+        <v>212</v>
       </c>
       <c r="B325" t="s">
-        <v>347</v>
+        <v>213</v>
       </c>
       <c r="C325">
-        <v>228.996</v>
+        <v>18.996</v>
       </c>
       <c r="D325" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>350</v>
+        <v>216</v>
       </c>
       <c r="B326" t="s">
-        <v>351</v>
+        <v>217</v>
       </c>
       <c r="C326">
-        <v>237.048</v>
+        <v>19.524</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>352</v>
+        <v>224</v>
       </c>
       <c r="B327" t="s">
-        <v>353</v>
+        <v>225</v>
       </c>
       <c r="C327">
-        <v>248.352</v>
+        <v>19.8</v>
       </c>
       <c r="D327" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>360</v>
+        <v>226</v>
       </c>
       <c r="B328" t="s">
-        <v>361</v>
+        <v>227</v>
       </c>
       <c r="C328">
-        <v>274.74</v>
+        <v>19.8</v>
       </c>
       <c r="D328" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>364</v>
+        <v>241</v>
       </c>
       <c r="B329" t="s">
-        <v>365</v>
+        <v>242</v>
       </c>
       <c r="C329">
-        <v>287.928</v>
+        <v>22.008</v>
       </c>
       <c r="D329" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>366</v>
+        <v>243</v>
       </c>
       <c r="B330" t="s">
-        <v>367</v>
+        <v>244</v>
       </c>
       <c r="C330">
-        <v>289.224</v>
+        <v>22.008</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>368</v>
+        <v>247</v>
       </c>
       <c r="B331" t="s">
-        <v>369</v>
+        <v>248</v>
       </c>
       <c r="C331">
-        <v>298.992</v>
+        <v>22.416</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>370</v>
+        <v>255</v>
       </c>
       <c r="B332" t="s">
-        <v>371</v>
+        <v>256</v>
       </c>
       <c r="C332">
-        <v>298.992</v>
+        <v>23.664</v>
       </c>
       <c r="D332" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>378</v>
+        <v>261</v>
       </c>
       <c r="B333" t="s">
-        <v>379</v>
+        <v>262</v>
       </c>
       <c r="C333">
-        <v>326.94</v>
+        <v>24.0</v>
       </c>
       <c r="D333" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>382</v>
+        <v>279</v>
       </c>
       <c r="B334" t="s">
-        <v>383</v>
+        <v>280</v>
       </c>
       <c r="C334">
-        <v>338.616</v>
+        <v>24.996</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>384</v>
+        <v>281</v>
       </c>
       <c r="B335" t="s">
-        <v>385</v>
+        <v>282</v>
       </c>
       <c r="C335">
-        <v>339.0</v>
+        <v>24.996</v>
       </c>
       <c r="D335" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>386</v>
+        <v>283</v>
       </c>
       <c r="B336" t="s">
-        <v>387</v>
+        <v>284</v>
       </c>
       <c r="C336">
-        <v>348.0</v>
+        <v>24.996</v>
       </c>
       <c r="D336" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>388</v>
+        <v>285</v>
       </c>
       <c r="B337" t="s">
-        <v>389</v>
+        <v>286</v>
       </c>
       <c r="C337">
-        <v>348.996</v>
+        <v>24.996</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>390</v>
+        <v>287</v>
       </c>
       <c r="B338" t="s">
-        <v>391</v>
+        <v>288</v>
       </c>
       <c r="C338">
-        <v>348.996</v>
+        <v>25.308</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>394</v>
+        <v>289</v>
       </c>
       <c r="B339" t="s">
-        <v>395</v>
+        <v>290</v>
       </c>
       <c r="C339">
-        <v>388.992</v>
+        <v>25.74</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>398</v>
+        <v>291</v>
       </c>
       <c r="B340" t="s">
-        <v>399</v>
+        <v>292</v>
       </c>
       <c r="C340">
-        <v>399.264</v>
+        <v>27.0</v>
       </c>
       <c r="D340" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>400</v>
+        <v>293</v>
       </c>
       <c r="B341" t="s">
-        <v>401</v>
+        <v>294</v>
       </c>
       <c r="C341">
-        <v>404.232</v>
+        <v>27.264</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>402</v>
+        <v>295</v>
       </c>
       <c r="B342" t="s">
-        <v>403</v>
+        <v>296</v>
       </c>
       <c r="C342">
-        <v>406.008</v>
+        <v>27.384</v>
       </c>
       <c r="D342" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>406</v>
+        <v>297</v>
       </c>
       <c r="B343" t="s">
-        <v>407</v>
+        <v>298</v>
       </c>
       <c r="C343">
-        <v>408.996</v>
+        <v>27.672</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>414</v>
+        <v>299</v>
       </c>
       <c r="B344" t="s">
-        <v>415</v>
+        <v>300</v>
       </c>
       <c r="C344">
-        <v>445.452</v>
+        <v>28.992</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>418</v>
+        <v>301</v>
       </c>
       <c r="B345" t="s">
-        <v>419</v>
+        <v>302</v>
       </c>
       <c r="C345">
-        <v>448.992</v>
+        <v>28.992</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>420</v>
+        <v>303</v>
       </c>
       <c r="B346" t="s">
-        <v>421</v>
+        <v>304</v>
       </c>
       <c r="C346">
-        <v>466.596</v>
+        <v>29.88</v>
       </c>
       <c r="D346" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>422</v>
+        <v>305</v>
       </c>
       <c r="B347" t="s">
-        <v>423</v>
+        <v>306</v>
       </c>
       <c r="C347">
-        <v>468.996</v>
+        <v>31.956</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>424</v>
+        <v>307</v>
       </c>
       <c r="B348" t="s">
-        <v>425</v>
+        <v>308</v>
       </c>
       <c r="C348">
-        <v>468.996</v>
+        <v>33.216</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>426</v>
+        <v>309</v>
       </c>
       <c r="B349" t="s">
-        <v>427</v>
+        <v>310</v>
       </c>
       <c r="C349">
-        <v>546.096</v>
+        <v>33.6</v>
       </c>
       <c r="D349" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>428</v>
+        <v>311</v>
       </c>
       <c r="B350" t="s">
-        <v>429</v>
+        <v>312</v>
       </c>
       <c r="C350">
-        <v>566.04</v>
+        <v>34.2</v>
       </c>
       <c r="D350" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>430</v>
+        <v>313</v>
       </c>
       <c r="B351" t="s">
-        <v>431</v>
+        <v>314</v>
       </c>
       <c r="C351">
-        <v>574.464</v>
+        <v>34.992</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>436</v>
+        <v>315</v>
       </c>
       <c r="B352" t="s">
-        <v>437</v>
+        <v>316</v>
       </c>
       <c r="C352">
-        <v>591.324</v>
+        <v>34.992</v>
       </c>
       <c r="D352" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>440</v>
+        <v>317</v>
       </c>
       <c r="B353" t="s">
-        <v>441</v>
+        <v>318</v>
       </c>
       <c r="C353">
-        <v>639.912</v>
+        <v>34.992</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>444</v>
+        <v>319</v>
       </c>
       <c r="B354" t="s">
-        <v>445</v>
+        <v>320</v>
       </c>
       <c r="C354">
-        <v>689.004</v>
+        <v>34.992</v>
       </c>
       <c r="D354" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>448</v>
+        <v>321</v>
       </c>
       <c r="B355" t="s">
-        <v>449</v>
+        <v>322</v>
       </c>
       <c r="C355">
-        <v>798.0</v>
+        <v>34.992</v>
       </c>
       <c r="D355" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>450</v>
+        <v>323</v>
       </c>
       <c r="B356" t="s">
-        <v>451</v>
+        <v>324</v>
       </c>
       <c r="C356">
-        <v>874.068</v>
+        <v>34.992</v>
       </c>
       <c r="D356" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>452</v>
+        <v>325</v>
       </c>
       <c r="B357" t="s">
-        <v>453</v>
+        <v>326</v>
       </c>
       <c r="C357">
-        <v>923.844</v>
+        <v>34.992</v>
       </c>
       <c r="D357" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>454</v>
+        <v>327</v>
       </c>
       <c r="B358" t="s">
-        <v>455</v>
+        <v>328</v>
       </c>
       <c r="C358">
-        <v>996.3</v>
+        <v>34.992</v>
       </c>
       <c r="D358" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>456</v>
+        <v>329</v>
       </c>
       <c r="B359" t="s">
-        <v>457</v>
+        <v>330</v>
       </c>
       <c r="C359">
-        <v>1000.62</v>
+        <v>34.992</v>
       </c>
       <c r="D359" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>458</v>
+        <v>331</v>
       </c>
       <c r="B360" t="s">
-        <v>459</v>
+        <v>332</v>
       </c>
       <c r="C360">
-        <v>1002.18</v>
+        <v>34.992</v>
       </c>
       <c r="D360" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>460</v>
+        <v>333</v>
       </c>
       <c r="B361" t="s">
-        <v>461</v>
+        <v>334</v>
       </c>
       <c r="C361">
-        <v>1082.844</v>
+        <v>38.46</v>
       </c>
       <c r="D361" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>462</v>
+        <v>335</v>
       </c>
       <c r="B362" t="s">
-        <v>463</v>
+        <v>336</v>
       </c>
       <c r="C362">
-        <v>1104.108</v>
+        <v>39.0</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>464</v>
+        <v>337</v>
       </c>
       <c r="B363" t="s">
-        <v>465</v>
+        <v>338</v>
       </c>
       <c r="C363">
-        <v>1653.624</v>
+        <v>39.0</v>
       </c>
       <c r="D363" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>466</v>
+        <v>339</v>
       </c>
       <c r="B364" t="s">
-        <v>467</v>
+        <v>340</v>
       </c>
       <c r="C364">
-        <v>1758.3</v>
+        <v>39.0</v>
       </c>
       <c r="D364" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>468</v>
+        <v>341</v>
       </c>
       <c r="B365" t="s">
-        <v>469</v>
+        <v>342</v>
       </c>
       <c r="C365">
-        <v>1967.064</v>
+        <v>39.0</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>470</v>
+        <v>343</v>
       </c>
       <c r="B366" t="s">
-        <v>471</v>
+        <v>344</v>
       </c>
       <c r="C366">
-        <v>1982.268</v>
+        <v>39.0</v>
       </c>
       <c r="D366" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>472</v>
+        <v>345</v>
       </c>
       <c r="B367" t="s">
-        <v>473</v>
+        <v>346</v>
       </c>
       <c r="C367">
-        <v>3473.232</v>
+        <v>39.0</v>
       </c>
       <c r="D367" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>474</v>
+        <v>347</v>
       </c>
       <c r="B368" t="s">
-        <v>475</v>
+        <v>348</v>
       </c>
       <c r="C368">
-        <v>5999.004</v>
+        <v>39.0</v>
       </c>
       <c r="D368" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
+        <v>349</v>
+      </c>
+      <c r="B369" t="s">
+        <v>350</v>
+      </c>
+      <c r="C369">
+        <v>39.0</v>
+      </c>
+      <c r="D369" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>351</v>
+      </c>
+      <c r="B370" t="s">
+        <v>352</v>
+      </c>
+      <c r="C370">
+        <v>39.0</v>
+      </c>
+      <c r="D370" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>353</v>
+      </c>
+      <c r="B371" t="s">
+        <v>354</v>
+      </c>
+      <c r="C371">
+        <v>39.0</v>
+      </c>
+      <c r="D371" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>355</v>
+      </c>
+      <c r="B372" t="s">
+        <v>356</v>
+      </c>
+      <c r="C372">
+        <v>39.0</v>
+      </c>
+      <c r="D372" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>357</v>
+      </c>
+      <c r="B373" t="s">
+        <v>358</v>
+      </c>
+      <c r="C373">
+        <v>40.296</v>
+      </c>
+      <c r="D373" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" t="s">
+        <v>359</v>
+      </c>
+      <c r="B374" t="s">
+        <v>360</v>
+      </c>
+      <c r="C374">
+        <v>43.296</v>
+      </c>
+      <c r="D374" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" t="s">
+        <v>361</v>
+      </c>
+      <c r="B375" t="s">
+        <v>362</v>
+      </c>
+      <c r="C375">
+        <v>45.0</v>
+      </c>
+      <c r="D375" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" t="s">
+        <v>363</v>
+      </c>
+      <c r="B376" t="s">
+        <v>364</v>
+      </c>
+      <c r="C376">
+        <v>45.0</v>
+      </c>
+      <c r="D376" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>365</v>
+      </c>
+      <c r="B377" t="s">
+        <v>366</v>
+      </c>
+      <c r="C377">
+        <v>48.996</v>
+      </c>
+      <c r="D377" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
+        <v>367</v>
+      </c>
+      <c r="B378" t="s">
+        <v>368</v>
+      </c>
+      <c r="C378">
+        <v>48.996</v>
+      </c>
+      <c r="D378" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" t="s">
+        <v>369</v>
+      </c>
+      <c r="B379" t="s">
+        <v>370</v>
+      </c>
+      <c r="C379">
+        <v>48.996</v>
+      </c>
+      <c r="D379" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" t="s">
+        <v>371</v>
+      </c>
+      <c r="B380" t="s">
+        <v>372</v>
+      </c>
+      <c r="C380">
+        <v>48.996</v>
+      </c>
+      <c r="D380" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" t="s">
+        <v>373</v>
+      </c>
+      <c r="B381" t="s">
+        <v>374</v>
+      </c>
+      <c r="C381">
+        <v>48.996</v>
+      </c>
+      <c r="D381" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" t="s">
+        <v>375</v>
+      </c>
+      <c r="B382" t="s">
+        <v>376</v>
+      </c>
+      <c r="C382">
+        <v>48.996</v>
+      </c>
+      <c r="D382" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" t="s">
+        <v>377</v>
+      </c>
+      <c r="B383" t="s">
+        <v>378</v>
+      </c>
+      <c r="C383">
+        <v>48.996</v>
+      </c>
+      <c r="D383" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" t="s">
+        <v>379</v>
+      </c>
+      <c r="B384" t="s">
+        <v>380</v>
+      </c>
+      <c r="C384">
+        <v>48.996</v>
+      </c>
+      <c r="D384" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" t="s">
+        <v>381</v>
+      </c>
+      <c r="B385" t="s">
+        <v>382</v>
+      </c>
+      <c r="C385">
+        <v>48.996</v>
+      </c>
+      <c r="D385" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
+        <v>383</v>
+      </c>
+      <c r="B386" t="s">
+        <v>384</v>
+      </c>
+      <c r="C386">
+        <v>58.992</v>
+      </c>
+      <c r="D386" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" t="s">
+        <v>385</v>
+      </c>
+      <c r="B387" t="s">
+        <v>386</v>
+      </c>
+      <c r="C387">
+        <v>58.992</v>
+      </c>
+      <c r="D387" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" t="s">
+        <v>387</v>
+      </c>
+      <c r="B388" t="s">
+        <v>388</v>
+      </c>
+      <c r="C388">
+        <v>58.992</v>
+      </c>
+      <c r="D388" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" t="s">
+        <v>389</v>
+      </c>
+      <c r="B389" t="s">
+        <v>390</v>
+      </c>
+      <c r="C389">
+        <v>58.992</v>
+      </c>
+      <c r="D389" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" t="s">
+        <v>391</v>
+      </c>
+      <c r="B390" t="s">
+        <v>392</v>
+      </c>
+      <c r="C390">
+        <v>58.992</v>
+      </c>
+      <c r="D390" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>393</v>
+      </c>
+      <c r="B391" t="s">
+        <v>394</v>
+      </c>
+      <c r="C391">
+        <v>59.004</v>
+      </c>
+      <c r="D391" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>395</v>
+      </c>
+      <c r="B392" t="s">
+        <v>396</v>
+      </c>
+      <c r="C392">
+        <v>61.02</v>
+      </c>
+      <c r="D392" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>397</v>
+      </c>
+      <c r="B393" t="s">
+        <v>398</v>
+      </c>
+      <c r="C393">
+        <v>61.416</v>
+      </c>
+      <c r="D393" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>399</v>
+      </c>
+      <c r="B394" t="s">
+        <v>400</v>
+      </c>
+      <c r="C394">
+        <v>61.416</v>
+      </c>
+      <c r="D394" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
+        <v>401</v>
+      </c>
+      <c r="B395" t="s">
+        <v>402</v>
+      </c>
+      <c r="C395">
+        <v>63.0</v>
+      </c>
+      <c r="D395" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>403</v>
+      </c>
+      <c r="B396" t="s">
+        <v>404</v>
+      </c>
+      <c r="C396">
+        <v>66.0</v>
+      </c>
+      <c r="D396" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>405</v>
+      </c>
+      <c r="B397" t="s">
+        <v>406</v>
+      </c>
+      <c r="C397">
+        <v>69.0</v>
+      </c>
+      <c r="D397" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>407</v>
+      </c>
+      <c r="B398" t="s">
+        <v>408</v>
+      </c>
+      <c r="C398">
+        <v>69.0</v>
+      </c>
+      <c r="D398" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>409</v>
+      </c>
+      <c r="B399" t="s">
+        <v>410</v>
+      </c>
+      <c r="C399">
+        <v>69.0</v>
+      </c>
+      <c r="D399" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>411</v>
+      </c>
+      <c r="B400" t="s">
+        <v>412</v>
+      </c>
+      <c r="C400">
+        <v>69.0</v>
+      </c>
+      <c r="D400" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>413</v>
+      </c>
+      <c r="B401" t="s">
+        <v>414</v>
+      </c>
+      <c r="C401">
+        <v>69.0</v>
+      </c>
+      <c r="D401" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>116</v>
+      </c>
+      <c r="B402" t="s">
+        <v>117</v>
+      </c>
+      <c r="C402">
+        <v>14.244</v>
+      </c>
+      <c r="D402" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
+        <v>226</v>
+      </c>
+      <c r="B403" t="s">
+        <v>227</v>
+      </c>
+      <c r="C403">
+        <v>19.8</v>
+      </c>
+      <c r="D403" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" t="s">
+        <v>243</v>
+      </c>
+      <c r="B404" t="s">
+        <v>244</v>
+      </c>
+      <c r="C404">
+        <v>22.008</v>
+      </c>
+      <c r="D404" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" t="s">
+        <v>289</v>
+      </c>
+      <c r="B405" t="s">
+        <v>290</v>
+      </c>
+      <c r="C405">
+        <v>25.74</v>
+      </c>
+      <c r="D405" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" t="s">
+        <v>293</v>
+      </c>
+      <c r="B406" t="s">
+        <v>294</v>
+      </c>
+      <c r="C406">
+        <v>27.264</v>
+      </c>
+      <c r="D406" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" t="s">
+        <v>309</v>
+      </c>
+      <c r="B407" t="s">
+        <v>310</v>
+      </c>
+      <c r="C407">
+        <v>33.6</v>
+      </c>
+      <c r="D407" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" t="s">
+        <v>325</v>
+      </c>
+      <c r="B408" t="s">
+        <v>326</v>
+      </c>
+      <c r="C408">
+        <v>34.992</v>
+      </c>
+      <c r="D408" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" t="s">
+        <v>327</v>
+      </c>
+      <c r="B409" t="s">
+        <v>328</v>
+      </c>
+      <c r="C409">
+        <v>34.992</v>
+      </c>
+      <c r="D409" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>329</v>
+      </c>
+      <c r="B410" t="s">
+        <v>330</v>
+      </c>
+      <c r="C410">
+        <v>34.992</v>
+      </c>
+      <c r="D410" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" t="s">
+        <v>331</v>
+      </c>
+      <c r="B411" t="s">
+        <v>332</v>
+      </c>
+      <c r="C411">
+        <v>34.992</v>
+      </c>
+      <c r="D411" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" t="s">
+        <v>357</v>
+      </c>
+      <c r="B412" t="s">
+        <v>358</v>
+      </c>
+      <c r="C412">
+        <v>40.296</v>
+      </c>
+      <c r="D412" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" t="s">
+        <v>363</v>
+      </c>
+      <c r="B413" t="s">
+        <v>364</v>
+      </c>
+      <c r="C413">
+        <v>45.0</v>
+      </c>
+      <c r="D413" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>381</v>
+      </c>
+      <c r="B414" t="s">
+        <v>382</v>
+      </c>
+      <c r="C414">
+        <v>48.996</v>
+      </c>
+      <c r="D414" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" t="s">
+        <v>415</v>
+      </c>
+      <c r="B415" t="s">
+        <v>416</v>
+      </c>
+      <c r="C415">
+        <v>69.0</v>
+      </c>
+      <c r="D415" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" t="s">
+        <v>417</v>
+      </c>
+      <c r="B416" t="s">
+        <v>418</v>
+      </c>
+      <c r="C416">
+        <v>72.204</v>
+      </c>
+      <c r="D416" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
+        <v>419</v>
+      </c>
+      <c r="B417" t="s">
+        <v>420</v>
+      </c>
+      <c r="C417">
+        <v>73.08</v>
+      </c>
+      <c r="D417" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" t="s">
+        <v>421</v>
+      </c>
+      <c r="B418" t="s">
+        <v>422</v>
+      </c>
+      <c r="C418">
+        <v>73.62</v>
+      </c>
+      <c r="D418" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" t="s">
+        <v>423</v>
+      </c>
+      <c r="B419" t="s">
+        <v>424</v>
+      </c>
+      <c r="C419">
+        <v>76.116</v>
+      </c>
+      <c r="D419" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" t="s">
+        <v>425</v>
+      </c>
+      <c r="B420" t="s">
+        <v>426</v>
+      </c>
+      <c r="C420">
+        <v>76.116</v>
+      </c>
+      <c r="D420" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" t="s">
+        <v>427</v>
+      </c>
+      <c r="B421" t="s">
+        <v>428</v>
+      </c>
+      <c r="C421">
+        <v>80.4</v>
+      </c>
+      <c r="D421" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" t="s">
+        <v>429</v>
+      </c>
+      <c r="B422" t="s">
+        <v>430</v>
+      </c>
+      <c r="C422">
+        <v>88.992</v>
+      </c>
+      <c r="D422" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" t="s">
+        <v>431</v>
+      </c>
+      <c r="B423" t="s">
+        <v>432</v>
+      </c>
+      <c r="C423">
+        <v>99.0</v>
+      </c>
+      <c r="D423" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" t="s">
+        <v>434</v>
+      </c>
+      <c r="B424" t="s">
+        <v>435</v>
+      </c>
+      <c r="C424">
+        <v>99.0</v>
+      </c>
+      <c r="D424" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
+        <v>436</v>
+      </c>
+      <c r="B425" t="s">
+        <v>437</v>
+      </c>
+      <c r="C425">
+        <v>104.604</v>
+      </c>
+      <c r="D425" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" t="s">
+        <v>438</v>
+      </c>
+      <c r="B426" t="s">
+        <v>439</v>
+      </c>
+      <c r="C426">
+        <v>108.996</v>
+      </c>
+      <c r="D426" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" t="s">
+        <v>440</v>
+      </c>
+      <c r="B427" t="s">
+        <v>441</v>
+      </c>
+      <c r="C427">
+        <v>108.996</v>
+      </c>
+      <c r="D427" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" t="s">
+        <v>442</v>
+      </c>
+      <c r="B428" t="s">
+        <v>443</v>
+      </c>
+      <c r="C428">
+        <v>108.996</v>
+      </c>
+      <c r="D428" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" t="s">
+        <v>444</v>
+      </c>
+      <c r="B429" t="s">
+        <v>445</v>
+      </c>
+      <c r="C429">
+        <v>108.996</v>
+      </c>
+      <c r="D429" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" t="s">
+        <v>446</v>
+      </c>
+      <c r="B430" t="s">
+        <v>447</v>
+      </c>
+      <c r="C430">
+        <v>111.324</v>
+      </c>
+      <c r="D430" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" t="s">
+        <v>448</v>
+      </c>
+      <c r="B431" t="s">
+        <v>449</v>
+      </c>
+      <c r="C431">
+        <v>112.236</v>
+      </c>
+      <c r="D431" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" t="s">
+        <v>450</v>
+      </c>
+      <c r="B432" t="s">
+        <v>451</v>
+      </c>
+      <c r="C432">
+        <v>113.772</v>
+      </c>
+      <c r="D432" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" t="s">
+        <v>452</v>
+      </c>
+      <c r="B433" t="s">
+        <v>453</v>
+      </c>
+      <c r="C433">
+        <v>114.996</v>
+      </c>
+      <c r="D433" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" t="s">
+        <v>454</v>
+      </c>
+      <c r="B434" t="s">
+        <v>455</v>
+      </c>
+      <c r="C434">
+        <v>118.992</v>
+      </c>
+      <c r="D434" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" t="s">
+        <v>456</v>
+      </c>
+      <c r="B435" t="s">
+        <v>457</v>
+      </c>
+      <c r="C435">
+        <v>118.992</v>
+      </c>
+      <c r="D435" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" t="s">
+        <v>458</v>
+      </c>
+      <c r="B436" t="s">
+        <v>459</v>
+      </c>
+      <c r="C436">
+        <v>126.684</v>
+      </c>
+      <c r="D436" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" t="s">
+        <v>460</v>
+      </c>
+      <c r="B437" t="s">
+        <v>461</v>
+      </c>
+      <c r="C437">
+        <v>128.544</v>
+      </c>
+      <c r="D437" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" t="s">
+        <v>462</v>
+      </c>
+      <c r="B438" t="s">
+        <v>463</v>
+      </c>
+      <c r="C438">
+        <v>129.0</v>
+      </c>
+      <c r="D438" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" t="s">
+        <v>464</v>
+      </c>
+      <c r="B439" t="s">
+        <v>465</v>
+      </c>
+      <c r="C439">
+        <v>129.0</v>
+      </c>
+      <c r="D439" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" t="s">
+        <v>466</v>
+      </c>
+      <c r="B440" t="s">
+        <v>467</v>
+      </c>
+      <c r="C440">
+        <v>138.996</v>
+      </c>
+      <c r="D440" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" t="s">
+        <v>468</v>
+      </c>
+      <c r="B441" t="s">
+        <v>469</v>
+      </c>
+      <c r="C441">
+        <v>138.996</v>
+      </c>
+      <c r="D441" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" t="s">
+        <v>470</v>
+      </c>
+      <c r="B442" t="s">
+        <v>471</v>
+      </c>
+      <c r="C442">
+        <v>138.996</v>
+      </c>
+      <c r="D442" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" t="s">
+        <v>472</v>
+      </c>
+      <c r="B443" t="s">
+        <v>473</v>
+      </c>
+      <c r="C443">
+        <v>145.14</v>
+      </c>
+      <c r="D443" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4">
+      <c r="A444" t="s">
+        <v>474</v>
+      </c>
+      <c r="B444" t="s">
+        <v>475</v>
+      </c>
+      <c r="C444">
+        <v>148.992</v>
+      </c>
+      <c r="D444" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4">
+      <c r="A445" t="s">
         <v>476</v>
       </c>
-      <c r="B369" t="s">
+      <c r="B445" t="s">
         <v>477</v>
       </c>
-      <c r="C369">
-[...3 lines deleted...]
-        <v>237</v>
+      <c r="C445">
+        <v>148.992</v>
+      </c>
+      <c r="D445" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4">
+      <c r="A446" t="s">
+        <v>478</v>
+      </c>
+      <c r="B446" t="s">
+        <v>479</v>
+      </c>
+      <c r="C446">
+        <v>159.0</v>
+      </c>
+      <c r="D446" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>480</v>
+      </c>
+      <c r="B447" t="s">
+        <v>481</v>
+      </c>
+      <c r="C447">
+        <v>159.0</v>
+      </c>
+      <c r="D447" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>482</v>
+      </c>
+      <c r="B448" t="s">
+        <v>483</v>
+      </c>
+      <c r="C448">
+        <v>159.0</v>
+      </c>
+      <c r="D448" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>484</v>
+      </c>
+      <c r="B449" t="s">
+        <v>485</v>
+      </c>
+      <c r="C449">
+        <v>159.0</v>
+      </c>
+      <c r="D449" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>486</v>
+      </c>
+      <c r="B450" t="s">
+        <v>487</v>
+      </c>
+      <c r="C450">
+        <v>162.9</v>
+      </c>
+      <c r="D450" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>488</v>
+      </c>
+      <c r="B451" t="s">
+        <v>489</v>
+      </c>
+      <c r="C451">
+        <v>168.996</v>
+      </c>
+      <c r="D451" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>490</v>
+      </c>
+      <c r="B452" t="s">
+        <v>491</v>
+      </c>
+      <c r="C452">
+        <v>168.996</v>
+      </c>
+      <c r="D452" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>492</v>
+      </c>
+      <c r="B453" t="s">
+        <v>493</v>
+      </c>
+      <c r="C453">
+        <v>168.996</v>
+      </c>
+      <c r="D453" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>494</v>
+      </c>
+      <c r="B454" t="s">
+        <v>495</v>
+      </c>
+      <c r="C454">
+        <v>175.728</v>
+      </c>
+      <c r="D454" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>496</v>
+      </c>
+      <c r="B455" t="s">
+        <v>497</v>
+      </c>
+      <c r="C455">
+        <v>175.728</v>
+      </c>
+      <c r="D455" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>498</v>
+      </c>
+      <c r="B456" t="s">
+        <v>499</v>
+      </c>
+      <c r="C456">
+        <v>176.772</v>
+      </c>
+      <c r="D456" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>500</v>
+      </c>
+      <c r="B457" t="s">
+        <v>501</v>
+      </c>
+      <c r="C457">
+        <v>178.992</v>
+      </c>
+      <c r="D457" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>502</v>
+      </c>
+      <c r="B458" t="s">
+        <v>503</v>
+      </c>
+      <c r="C458">
+        <v>178.992</v>
+      </c>
+      <c r="D458" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>504</v>
+      </c>
+      <c r="B459" t="s">
+        <v>505</v>
+      </c>
+      <c r="C459">
+        <v>184.536</v>
+      </c>
+      <c r="D459" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>506</v>
+      </c>
+      <c r="B460" t="s">
+        <v>507</v>
+      </c>
+      <c r="C460">
+        <v>189.0</v>
+      </c>
+      <c r="D460" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>508</v>
+      </c>
+      <c r="B461" t="s">
+        <v>509</v>
+      </c>
+      <c r="C461">
+        <v>189.0</v>
+      </c>
+      <c r="D461" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>510</v>
+      </c>
+      <c r="B462" t="s">
+        <v>511</v>
+      </c>
+      <c r="C462">
+        <v>189.0</v>
+      </c>
+      <c r="D462" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>512</v>
+      </c>
+      <c r="B463" t="s">
+        <v>513</v>
+      </c>
+      <c r="C463">
+        <v>189.864</v>
+      </c>
+      <c r="D463" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>514</v>
+      </c>
+      <c r="B464" t="s">
+        <v>515</v>
+      </c>
+      <c r="C464">
+        <v>191.112</v>
+      </c>
+      <c r="D464" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>516</v>
+      </c>
+      <c r="B465" t="s">
+        <v>517</v>
+      </c>
+      <c r="C465">
+        <v>198.996</v>
+      </c>
+      <c r="D465" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>518</v>
+      </c>
+      <c r="B466" t="s">
+        <v>519</v>
+      </c>
+      <c r="C466">
+        <v>198.996</v>
+      </c>
+      <c r="D466" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>520</v>
+      </c>
+      <c r="B467" t="s">
+        <v>521</v>
+      </c>
+      <c r="C467">
+        <v>198.996</v>
+      </c>
+      <c r="D467" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>522</v>
+      </c>
+      <c r="B468" t="s">
+        <v>523</v>
+      </c>
+      <c r="C468">
+        <v>198.996</v>
+      </c>
+      <c r="D468" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>524</v>
+      </c>
+      <c r="B469" t="s">
+        <v>525</v>
+      </c>
+      <c r="C469">
+        <v>198.996</v>
+      </c>
+      <c r="D469" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>526</v>
+      </c>
+      <c r="B470" t="s">
+        <v>527</v>
+      </c>
+      <c r="C470">
+        <v>198.996</v>
+      </c>
+      <c r="D470" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>528</v>
+      </c>
+      <c r="B471" t="s">
+        <v>529</v>
+      </c>
+      <c r="C471">
+        <v>200.688</v>
+      </c>
+      <c r="D471" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>530</v>
+      </c>
+      <c r="B472" t="s">
+        <v>531</v>
+      </c>
+      <c r="C472">
+        <v>208.992</v>
+      </c>
+      <c r="D472" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>532</v>
+      </c>
+      <c r="B473" t="s">
+        <v>533</v>
+      </c>
+      <c r="C473">
+        <v>208.992</v>
+      </c>
+      <c r="D473" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>534</v>
+      </c>
+      <c r="B474" t="s">
+        <v>535</v>
+      </c>
+      <c r="C474">
+        <v>210.06</v>
+      </c>
+      <c r="D474" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>536</v>
+      </c>
+      <c r="B475" t="s">
+        <v>537</v>
+      </c>
+      <c r="C475">
+        <v>211.608</v>
+      </c>
+      <c r="D475" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>538</v>
+      </c>
+      <c r="B476" t="s">
+        <v>539</v>
+      </c>
+      <c r="C476">
+        <v>213.9</v>
+      </c>
+      <c r="D476" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>540</v>
+      </c>
+      <c r="B477" t="s">
+        <v>541</v>
+      </c>
+      <c r="C477">
+        <v>214.992</v>
+      </c>
+      <c r="D477" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>542</v>
+      </c>
+      <c r="B478" t="s">
+        <v>543</v>
+      </c>
+      <c r="C478">
+        <v>219.0</v>
+      </c>
+      <c r="D478" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>544</v>
+      </c>
+      <c r="B479" t="s">
+        <v>545</v>
+      </c>
+      <c r="C479">
+        <v>219.0</v>
+      </c>
+      <c r="D479" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>546</v>
+      </c>
+      <c r="B480" t="s">
+        <v>547</v>
+      </c>
+      <c r="C480">
+        <v>223.152</v>
+      </c>
+      <c r="D480" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>548</v>
+      </c>
+      <c r="B481" t="s">
+        <v>549</v>
+      </c>
+      <c r="C481">
+        <v>224.448</v>
+      </c>
+      <c r="D481" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>550</v>
+      </c>
+      <c r="B482" t="s">
+        <v>551</v>
+      </c>
+      <c r="C482">
+        <v>228.996</v>
+      </c>
+      <c r="D482" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>552</v>
+      </c>
+      <c r="B483" t="s">
+        <v>553</v>
+      </c>
+      <c r="C483">
+        <v>228.996</v>
+      </c>
+      <c r="D483" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>554</v>
+      </c>
+      <c r="B484" t="s">
+        <v>555</v>
+      </c>
+      <c r="C484">
+        <v>229.776</v>
+      </c>
+      <c r="D484" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>556</v>
+      </c>
+      <c r="B485" t="s">
+        <v>557</v>
+      </c>
+      <c r="C485">
+        <v>235.8</v>
+      </c>
+      <c r="D485" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>558</v>
+      </c>
+      <c r="B486" t="s">
+        <v>559</v>
+      </c>
+      <c r="C486">
+        <v>238.992</v>
+      </c>
+      <c r="D486" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>560</v>
+      </c>
+      <c r="B487" t="s">
+        <v>561</v>
+      </c>
+      <c r="C487">
+        <v>247.044</v>
+      </c>
+      <c r="D487" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>562</v>
+      </c>
+      <c r="B488" t="s">
+        <v>563</v>
+      </c>
+      <c r="C488">
+        <v>247.212</v>
+      </c>
+      <c r="D488" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>564</v>
+      </c>
+      <c r="B489" t="s">
+        <v>565</v>
+      </c>
+      <c r="C489">
+        <v>249.0</v>
+      </c>
+      <c r="D489" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>566</v>
+      </c>
+      <c r="B490" t="s">
+        <v>567</v>
+      </c>
+      <c r="C490">
+        <v>262.86</v>
+      </c>
+      <c r="D490" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>568</v>
+      </c>
+      <c r="B491" t="s">
+        <v>569</v>
+      </c>
+      <c r="C491">
+        <v>263.064</v>
+      </c>
+      <c r="D491" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
+        <v>570</v>
+      </c>
+      <c r="B492" t="s">
+        <v>571</v>
+      </c>
+      <c r="C492">
+        <v>269.04</v>
+      </c>
+      <c r="D492" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>572</v>
+      </c>
+      <c r="B493" t="s">
+        <v>573</v>
+      </c>
+      <c r="C493">
+        <v>269.388</v>
+      </c>
+      <c r="D493" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>574</v>
+      </c>
+      <c r="B494" t="s">
+        <v>575</v>
+      </c>
+      <c r="C494">
+        <v>273.3</v>
+      </c>
+      <c r="D494" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>576</v>
+      </c>
+      <c r="B495" t="s">
+        <v>577</v>
+      </c>
+      <c r="C495">
+        <v>275.628</v>
+      </c>
+      <c r="D495" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>578</v>
+      </c>
+      <c r="B496" t="s">
+        <v>579</v>
+      </c>
+      <c r="C496">
+        <v>280.992</v>
+      </c>
+      <c r="D496" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>580</v>
+      </c>
+      <c r="B497" t="s">
+        <v>581</v>
+      </c>
+      <c r="C497">
+        <v>287.7</v>
+      </c>
+      <c r="D497" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>582</v>
+      </c>
+      <c r="B498" t="s">
+        <v>583</v>
+      </c>
+      <c r="C498">
+        <v>287.952</v>
+      </c>
+      <c r="D498" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>584</v>
+      </c>
+      <c r="B499" t="s">
+        <v>585</v>
+      </c>
+      <c r="C499">
+        <v>288.0</v>
+      </c>
+      <c r="D499" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>586</v>
+      </c>
+      <c r="B500" t="s">
+        <v>587</v>
+      </c>
+      <c r="C500">
+        <v>298.992</v>
+      </c>
+      <c r="D500" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>588</v>
+      </c>
+      <c r="B501" t="s">
+        <v>589</v>
+      </c>
+      <c r="C501">
+        <v>298.992</v>
+      </c>
+      <c r="D501" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>116</v>
+      </c>
+      <c r="B502" t="s">
+        <v>117</v>
+      </c>
+      <c r="C502">
+        <v>14.244</v>
+      </c>
+      <c r="D502" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>226</v>
+      </c>
+      <c r="B503" t="s">
+        <v>227</v>
+      </c>
+      <c r="C503">
+        <v>19.8</v>
+      </c>
+      <c r="D503" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>243</v>
+      </c>
+      <c r="B504" t="s">
+        <v>244</v>
+      </c>
+      <c r="C504">
+        <v>22.008</v>
+      </c>
+      <c r="D504" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4">
+      <c r="A505" t="s">
+        <v>289</v>
+      </c>
+      <c r="B505" t="s">
+        <v>290</v>
+      </c>
+      <c r="C505">
+        <v>25.74</v>
+      </c>
+      <c r="D505" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4">
+      <c r="A506" t="s">
+        <v>293</v>
+      </c>
+      <c r="B506" t="s">
+        <v>294</v>
+      </c>
+      <c r="C506">
+        <v>27.264</v>
+      </c>
+      <c r="D506" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4">
+      <c r="A507" t="s">
+        <v>309</v>
+      </c>
+      <c r="B507" t="s">
+        <v>310</v>
+      </c>
+      <c r="C507">
+        <v>33.6</v>
+      </c>
+      <c r="D507" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4">
+      <c r="A508" t="s">
+        <v>325</v>
+      </c>
+      <c r="B508" t="s">
+        <v>326</v>
+      </c>
+      <c r="C508">
+        <v>34.992</v>
+      </c>
+      <c r="D508" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4">
+      <c r="A509" t="s">
+        <v>327</v>
+      </c>
+      <c r="B509" t="s">
+        <v>328</v>
+      </c>
+      <c r="C509">
+        <v>34.992</v>
+      </c>
+      <c r="D509" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4">
+      <c r="A510" t="s">
+        <v>329</v>
+      </c>
+      <c r="B510" t="s">
+        <v>330</v>
+      </c>
+      <c r="C510">
+        <v>34.992</v>
+      </c>
+      <c r="D510" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4">
+      <c r="A511" t="s">
+        <v>331</v>
+      </c>
+      <c r="B511" t="s">
+        <v>332</v>
+      </c>
+      <c r="C511">
+        <v>34.992</v>
+      </c>
+      <c r="D511" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4">
+      <c r="A512" t="s">
+        <v>357</v>
+      </c>
+      <c r="B512" t="s">
+        <v>358</v>
+      </c>
+      <c r="C512">
+        <v>40.296</v>
+      </c>
+      <c r="D512" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" t="s">
+        <v>417</v>
+      </c>
+      <c r="B513" t="s">
+        <v>418</v>
+      </c>
+      <c r="C513">
+        <v>72.204</v>
+      </c>
+      <c r="D513" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" t="s">
+        <v>419</v>
+      </c>
+      <c r="B514" t="s">
+        <v>420</v>
+      </c>
+      <c r="C514">
+        <v>73.08</v>
+      </c>
+      <c r="D514" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>421</v>
+      </c>
+      <c r="B515" t="s">
+        <v>422</v>
+      </c>
+      <c r="C515">
+        <v>73.62</v>
+      </c>
+      <c r="D515" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>423</v>
+      </c>
+      <c r="B516" t="s">
+        <v>424</v>
+      </c>
+      <c r="C516">
+        <v>76.116</v>
+      </c>
+      <c r="D516" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>425</v>
+      </c>
+      <c r="B517" t="s">
+        <v>426</v>
+      </c>
+      <c r="C517">
+        <v>76.116</v>
+      </c>
+      <c r="D517" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>431</v>
+      </c>
+      <c r="B518" t="s">
+        <v>432</v>
+      </c>
+      <c r="C518">
+        <v>99.0</v>
+      </c>
+      <c r="D518" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>434</v>
+      </c>
+      <c r="B519" t="s">
+        <v>435</v>
+      </c>
+      <c r="C519">
+        <v>99.0</v>
+      </c>
+      <c r="D519" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>436</v>
+      </c>
+      <c r="B520" t="s">
+        <v>437</v>
+      </c>
+      <c r="C520">
+        <v>104.604</v>
+      </c>
+      <c r="D520" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>438</v>
+      </c>
+      <c r="B521" t="s">
+        <v>439</v>
+      </c>
+      <c r="C521">
+        <v>108.996</v>
+      </c>
+      <c r="D521" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>440</v>
+      </c>
+      <c r="B522" t="s">
+        <v>441</v>
+      </c>
+      <c r="C522">
+        <v>108.996</v>
+      </c>
+      <c r="D522" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>442</v>
+      </c>
+      <c r="B523" t="s">
+        <v>443</v>
+      </c>
+      <c r="C523">
+        <v>108.996</v>
+      </c>
+      <c r="D523" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>444</v>
+      </c>
+      <c r="B524" t="s">
+        <v>445</v>
+      </c>
+      <c r="C524">
+        <v>108.996</v>
+      </c>
+      <c r="D524" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>446</v>
+      </c>
+      <c r="B525" t="s">
+        <v>447</v>
+      </c>
+      <c r="C525">
+        <v>111.324</v>
+      </c>
+      <c r="D525" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>452</v>
+      </c>
+      <c r="B526" t="s">
+        <v>453</v>
+      </c>
+      <c r="C526">
+        <v>114.996</v>
+      </c>
+      <c r="D526" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
+        <v>454</v>
+      </c>
+      <c r="B527" t="s">
+        <v>455</v>
+      </c>
+      <c r="C527">
+        <v>118.992</v>
+      </c>
+      <c r="D527" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>456</v>
+      </c>
+      <c r="B528" t="s">
+        <v>457</v>
+      </c>
+      <c r="C528">
+        <v>118.992</v>
+      </c>
+      <c r="D528" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>458</v>
+      </c>
+      <c r="B529" t="s">
+        <v>459</v>
+      </c>
+      <c r="C529">
+        <v>126.684</v>
+      </c>
+      <c r="D529" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>470</v>
+      </c>
+      <c r="B530" t="s">
+        <v>471</v>
+      </c>
+      <c r="C530">
+        <v>138.996</v>
+      </c>
+      <c r="D530" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>474</v>
+      </c>
+      <c r="B531" t="s">
+        <v>475</v>
+      </c>
+      <c r="C531">
+        <v>148.992</v>
+      </c>
+      <c r="D531" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>476</v>
+      </c>
+      <c r="B532" t="s">
+        <v>477</v>
+      </c>
+      <c r="C532">
+        <v>148.992</v>
+      </c>
+      <c r="D532" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" t="s">
+        <v>480</v>
+      </c>
+      <c r="B533" t="s">
+        <v>481</v>
+      </c>
+      <c r="C533">
+        <v>159.0</v>
+      </c>
+      <c r="D533" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" t="s">
+        <v>482</v>
+      </c>
+      <c r="B534" t="s">
+        <v>483</v>
+      </c>
+      <c r="C534">
+        <v>159.0</v>
+      </c>
+      <c r="D534" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" t="s">
+        <v>484</v>
+      </c>
+      <c r="B535" t="s">
+        <v>485</v>
+      </c>
+      <c r="C535">
+        <v>159.0</v>
+      </c>
+      <c r="D535" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" t="s">
+        <v>486</v>
+      </c>
+      <c r="B536" t="s">
+        <v>487</v>
+      </c>
+      <c r="C536">
+        <v>162.9</v>
+      </c>
+      <c r="D536" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" t="s">
+        <v>488</v>
+      </c>
+      <c r="B537" t="s">
+        <v>489</v>
+      </c>
+      <c r="C537">
+        <v>168.996</v>
+      </c>
+      <c r="D537" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" t="s">
+        <v>490</v>
+      </c>
+      <c r="B538" t="s">
+        <v>491</v>
+      </c>
+      <c r="C538">
+        <v>168.996</v>
+      </c>
+      <c r="D538" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" t="s">
+        <v>492</v>
+      </c>
+      <c r="B539" t="s">
+        <v>493</v>
+      </c>
+      <c r="C539">
+        <v>168.996</v>
+      </c>
+      <c r="D539" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" t="s">
+        <v>494</v>
+      </c>
+      <c r="B540" t="s">
+        <v>495</v>
+      </c>
+      <c r="C540">
+        <v>175.728</v>
+      </c>
+      <c r="D540" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" t="s">
+        <v>496</v>
+      </c>
+      <c r="B541" t="s">
+        <v>497</v>
+      </c>
+      <c r="C541">
+        <v>175.728</v>
+      </c>
+      <c r="D541" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" t="s">
+        <v>498</v>
+      </c>
+      <c r="B542" t="s">
+        <v>499</v>
+      </c>
+      <c r="C542">
+        <v>176.772</v>
+      </c>
+      <c r="D542" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" t="s">
+        <v>500</v>
+      </c>
+      <c r="B543" t="s">
+        <v>501</v>
+      </c>
+      <c r="C543">
+        <v>178.992</v>
+      </c>
+      <c r="D543" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>502</v>
+      </c>
+      <c r="B544" t="s">
+        <v>503</v>
+      </c>
+      <c r="C544">
+        <v>178.992</v>
+      </c>
+      <c r="D544" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" t="s">
+        <v>504</v>
+      </c>
+      <c r="B545" t="s">
+        <v>505</v>
+      </c>
+      <c r="C545">
+        <v>184.536</v>
+      </c>
+      <c r="D545" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" t="s">
+        <v>506</v>
+      </c>
+      <c r="B546" t="s">
+        <v>507</v>
+      </c>
+      <c r="C546">
+        <v>189.0</v>
+      </c>
+      <c r="D546" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" t="s">
+        <v>508</v>
+      </c>
+      <c r="B547" t="s">
+        <v>509</v>
+      </c>
+      <c r="C547">
+        <v>189.0</v>
+      </c>
+      <c r="D547" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" t="s">
+        <v>510</v>
+      </c>
+      <c r="B548" t="s">
+        <v>511</v>
+      </c>
+      <c r="C548">
+        <v>189.0</v>
+      </c>
+      <c r="D548" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>512</v>
+      </c>
+      <c r="B549" t="s">
+        <v>513</v>
+      </c>
+      <c r="C549">
+        <v>189.864</v>
+      </c>
+      <c r="D549" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" t="s">
+        <v>514</v>
+      </c>
+      <c r="B550" t="s">
+        <v>515</v>
+      </c>
+      <c r="C550">
+        <v>191.112</v>
+      </c>
+      <c r="D550" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" t="s">
+        <v>516</v>
+      </c>
+      <c r="B551" t="s">
+        <v>517</v>
+      </c>
+      <c r="C551">
+        <v>198.996</v>
+      </c>
+      <c r="D551" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" t="s">
+        <v>518</v>
+      </c>
+      <c r="B552" t="s">
+        <v>519</v>
+      </c>
+      <c r="C552">
+        <v>198.996</v>
+      </c>
+      <c r="D552" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" t="s">
+        <v>520</v>
+      </c>
+      <c r="B553" t="s">
+        <v>521</v>
+      </c>
+      <c r="C553">
+        <v>198.996</v>
+      </c>
+      <c r="D553" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" t="s">
+        <v>522</v>
+      </c>
+      <c r="B554" t="s">
+        <v>523</v>
+      </c>
+      <c r="C554">
+        <v>198.996</v>
+      </c>
+      <c r="D554" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>524</v>
+      </c>
+      <c r="B555" t="s">
+        <v>525</v>
+      </c>
+      <c r="C555">
+        <v>198.996</v>
+      </c>
+      <c r="D555" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" t="s">
+        <v>526</v>
+      </c>
+      <c r="B556" t="s">
+        <v>527</v>
+      </c>
+      <c r="C556">
+        <v>198.996</v>
+      </c>
+      <c r="D556" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" t="s">
+        <v>528</v>
+      </c>
+      <c r="B557" t="s">
+        <v>529</v>
+      </c>
+      <c r="C557">
+        <v>200.688</v>
+      </c>
+      <c r="D557" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" t="s">
+        <v>530</v>
+      </c>
+      <c r="B558" t="s">
+        <v>531</v>
+      </c>
+      <c r="C558">
+        <v>208.992</v>
+      </c>
+      <c r="D558" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
+      <c r="A559" t="s">
+        <v>532</v>
+      </c>
+      <c r="B559" t="s">
+        <v>533</v>
+      </c>
+      <c r="C559">
+        <v>208.992</v>
+      </c>
+      <c r="D559" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" t="s">
+        <v>536</v>
+      </c>
+      <c r="B560" t="s">
+        <v>537</v>
+      </c>
+      <c r="C560">
+        <v>211.608</v>
+      </c>
+      <c r="D560" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" t="s">
+        <v>538</v>
+      </c>
+      <c r="B561" t="s">
+        <v>539</v>
+      </c>
+      <c r="C561">
+        <v>213.9</v>
+      </c>
+      <c r="D561" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4">
+      <c r="A562" t="s">
+        <v>542</v>
+      </c>
+      <c r="B562" t="s">
+        <v>543</v>
+      </c>
+      <c r="C562">
+        <v>219.0</v>
+      </c>
+      <c r="D562" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" t="s">
+        <v>544</v>
+      </c>
+      <c r="B563" t="s">
+        <v>545</v>
+      </c>
+      <c r="C563">
+        <v>219.0</v>
+      </c>
+      <c r="D563" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" t="s">
+        <v>548</v>
+      </c>
+      <c r="B564" t="s">
+        <v>549</v>
+      </c>
+      <c r="C564">
+        <v>224.448</v>
+      </c>
+      <c r="D564" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" t="s">
+        <v>554</v>
+      </c>
+      <c r="B565" t="s">
+        <v>555</v>
+      </c>
+      <c r="C565">
+        <v>229.776</v>
+      </c>
+      <c r="D565" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" t="s">
+        <v>558</v>
+      </c>
+      <c r="B566" t="s">
+        <v>559</v>
+      </c>
+      <c r="C566">
+        <v>238.992</v>
+      </c>
+      <c r="D566" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" t="s">
+        <v>562</v>
+      </c>
+      <c r="B567" t="s">
+        <v>563</v>
+      </c>
+      <c r="C567">
+        <v>247.212</v>
+      </c>
+      <c r="D567" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" t="s">
+        <v>564</v>
+      </c>
+      <c r="B568" t="s">
+        <v>565</v>
+      </c>
+      <c r="C568">
+        <v>249.0</v>
+      </c>
+      <c r="D568" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" t="s">
+        <v>566</v>
+      </c>
+      <c r="B569" t="s">
+        <v>567</v>
+      </c>
+      <c r="C569">
+        <v>262.86</v>
+      </c>
+      <c r="D569" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>570</v>
+      </c>
+      <c r="B570" t="s">
+        <v>571</v>
+      </c>
+      <c r="C570">
+        <v>269.04</v>
+      </c>
+      <c r="D570" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>572</v>
+      </c>
+      <c r="B571" t="s">
+        <v>573</v>
+      </c>
+      <c r="C571">
+        <v>269.388</v>
+      </c>
+      <c r="D571" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>576</v>
+      </c>
+      <c r="B572" t="s">
+        <v>577</v>
+      </c>
+      <c r="C572">
+        <v>275.628</v>
+      </c>
+      <c r="D572" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
+        <v>578</v>
+      </c>
+      <c r="B573" t="s">
+        <v>579</v>
+      </c>
+      <c r="C573">
+        <v>280.992</v>
+      </c>
+      <c r="D573" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>584</v>
+      </c>
+      <c r="B574" t="s">
+        <v>585</v>
+      </c>
+      <c r="C574">
+        <v>288.0</v>
+      </c>
+      <c r="D574" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>590</v>
+      </c>
+      <c r="B575" t="s">
+        <v>591</v>
+      </c>
+      <c r="C575">
+        <v>298.992</v>
+      </c>
+      <c r="D575" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>592</v>
+      </c>
+      <c r="B576" t="s">
+        <v>593</v>
+      </c>
+      <c r="C576">
+        <v>299.004</v>
+      </c>
+      <c r="D576" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>594</v>
+      </c>
+      <c r="B577" t="s">
+        <v>595</v>
+      </c>
+      <c r="C577">
+        <v>301.896</v>
+      </c>
+      <c r="D577" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>596</v>
+      </c>
+      <c r="B578" t="s">
+        <v>597</v>
+      </c>
+      <c r="C578">
+        <v>310.992</v>
+      </c>
+      <c r="D578" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>598</v>
+      </c>
+      <c r="B579" t="s">
+        <v>599</v>
+      </c>
+      <c r="C579">
+        <v>310.992</v>
+      </c>
+      <c r="D579" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>600</v>
+      </c>
+      <c r="B580" t="s">
+        <v>601</v>
+      </c>
+      <c r="C580">
+        <v>315.72</v>
+      </c>
+      <c r="D580" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>602</v>
+      </c>
+      <c r="B581" t="s">
+        <v>603</v>
+      </c>
+      <c r="C581">
+        <v>318.996</v>
+      </c>
+      <c r="D581" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" t="s">
+        <v>604</v>
+      </c>
+      <c r="B582" t="s">
+        <v>605</v>
+      </c>
+      <c r="C582">
+        <v>318.996</v>
+      </c>
+      <c r="D582" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" t="s">
+        <v>606</v>
+      </c>
+      <c r="B583" t="s">
+        <v>607</v>
+      </c>
+      <c r="C583">
+        <v>318.996</v>
+      </c>
+      <c r="D583" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" t="s">
+        <v>608</v>
+      </c>
+      <c r="B584" t="s">
+        <v>609</v>
+      </c>
+      <c r="C584">
+        <v>322.8</v>
+      </c>
+      <c r="D584" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" t="s">
+        <v>610</v>
+      </c>
+      <c r="B585" t="s">
+        <v>611</v>
+      </c>
+      <c r="C585">
+        <v>339.216</v>
+      </c>
+      <c r="D585" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" t="s">
+        <v>612</v>
+      </c>
+      <c r="B586" t="s">
+        <v>613</v>
+      </c>
+      <c r="C586">
+        <v>341.784</v>
+      </c>
+      <c r="D586" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4">
+      <c r="A587" t="s">
+        <v>614</v>
+      </c>
+      <c r="B587" t="s">
+        <v>615</v>
+      </c>
+      <c r="C587">
+        <v>348.996</v>
+      </c>
+      <c r="D587" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4">
+      <c r="A588" t="s">
+        <v>616</v>
+      </c>
+      <c r="B588" t="s">
+        <v>617</v>
+      </c>
+      <c r="C588">
+        <v>358.992</v>
+      </c>
+      <c r="D588" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4">
+      <c r="A589" t="s">
+        <v>618</v>
+      </c>
+      <c r="B589" t="s">
+        <v>619</v>
+      </c>
+      <c r="C589">
+        <v>358.992</v>
+      </c>
+      <c r="D589" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4">
+      <c r="A590" t="s">
+        <v>620</v>
+      </c>
+      <c r="B590" t="s">
+        <v>621</v>
+      </c>
+      <c r="C590">
+        <v>361.872</v>
+      </c>
+      <c r="D590" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4">
+      <c r="A591" t="s">
+        <v>622</v>
+      </c>
+      <c r="B591" t="s">
+        <v>623</v>
+      </c>
+      <c r="C591">
+        <v>369.0</v>
+      </c>
+      <c r="D591" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4">
+      <c r="A592" t="s">
+        <v>624</v>
+      </c>
+      <c r="B592" t="s">
+        <v>625</v>
+      </c>
+      <c r="C592">
+        <v>378.996</v>
+      </c>
+      <c r="D592" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4">
+      <c r="A593" t="s">
+        <v>626</v>
+      </c>
+      <c r="B593" t="s">
+        <v>627</v>
+      </c>
+      <c r="C593">
+        <v>378.996</v>
+      </c>
+      <c r="D593" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4">
+      <c r="A594" t="s">
+        <v>628</v>
+      </c>
+      <c r="B594" t="s">
+        <v>629</v>
+      </c>
+      <c r="C594">
+        <v>378.996</v>
+      </c>
+      <c r="D594" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4">
+      <c r="A595" t="s">
+        <v>630</v>
+      </c>
+      <c r="B595" t="s">
+        <v>631</v>
+      </c>
+      <c r="C595">
+        <v>378.996</v>
+      </c>
+      <c r="D595" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4">
+      <c r="A596" t="s">
+        <v>632</v>
+      </c>
+      <c r="B596" t="s">
+        <v>633</v>
+      </c>
+      <c r="C596">
+        <v>379.728</v>
+      </c>
+      <c r="D596" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4">
+      <c r="A597" t="s">
+        <v>634</v>
+      </c>
+      <c r="B597" t="s">
+        <v>635</v>
+      </c>
+      <c r="C597">
+        <v>384.0</v>
+      </c>
+      <c r="D597" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4">
+      <c r="A598" t="s">
+        <v>636</v>
+      </c>
+      <c r="B598" t="s">
+        <v>637</v>
+      </c>
+      <c r="C598">
+        <v>384.0</v>
+      </c>
+      <c r="D598" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4">
+      <c r="A599" t="s">
+        <v>638</v>
+      </c>
+      <c r="B599" t="s">
+        <v>639</v>
+      </c>
+      <c r="C599">
+        <v>386.172</v>
+      </c>
+      <c r="D599" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4">
+      <c r="A600" t="s">
+        <v>640</v>
+      </c>
+      <c r="B600" t="s">
+        <v>641</v>
+      </c>
+      <c r="C600">
+        <v>406.068</v>
+      </c>
+      <c r="D600" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4">
+      <c r="A601" t="s">
+        <v>642</v>
+      </c>
+      <c r="B601" t="s">
+        <v>643</v>
+      </c>
+      <c r="C601">
+        <v>408.216</v>
+      </c>
+      <c r="D601" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4">
+      <c r="A602" t="s">
+        <v>116</v>
+      </c>
+      <c r="B602" t="s">
+        <v>117</v>
+      </c>
+      <c r="C602">
+        <v>14.244</v>
+      </c>
+      <c r="D602" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4">
+      <c r="A603" t="s">
+        <v>293</v>
+      </c>
+      <c r="B603" t="s">
+        <v>294</v>
+      </c>
+      <c r="C603">
+        <v>27.264</v>
+      </c>
+      <c r="D603" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4">
+      <c r="A604" t="s">
+        <v>357</v>
+      </c>
+      <c r="B604" t="s">
+        <v>358</v>
+      </c>
+      <c r="C604">
+        <v>40.296</v>
+      </c>
+      <c r="D604" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4">
+      <c r="A605" t="s">
+        <v>419</v>
+      </c>
+      <c r="B605" t="s">
+        <v>420</v>
+      </c>
+      <c r="C605">
+        <v>73.08</v>
+      </c>
+      <c r="D605" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4">
+      <c r="A606" t="s">
+        <v>421</v>
+      </c>
+      <c r="B606" t="s">
+        <v>422</v>
+      </c>
+      <c r="C606">
+        <v>73.62</v>
+      </c>
+      <c r="D606" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4">
+      <c r="A607" t="s">
+        <v>423</v>
+      </c>
+      <c r="B607" t="s">
+        <v>424</v>
+      </c>
+      <c r="C607">
+        <v>76.116</v>
+      </c>
+      <c r="D607" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4">
+      <c r="A608" t="s">
+        <v>425</v>
+      </c>
+      <c r="B608" t="s">
+        <v>426</v>
+      </c>
+      <c r="C608">
+        <v>76.116</v>
+      </c>
+      <c r="D608" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4">
+      <c r="A609" t="s">
+        <v>434</v>
+      </c>
+      <c r="B609" t="s">
+        <v>435</v>
+      </c>
+      <c r="C609">
+        <v>99.0</v>
+      </c>
+      <c r="D609" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4">
+      <c r="A610" t="s">
+        <v>436</v>
+      </c>
+      <c r="B610" t="s">
+        <v>437</v>
+      </c>
+      <c r="C610">
+        <v>104.604</v>
+      </c>
+      <c r="D610" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4">
+      <c r="A611" t="s">
+        <v>446</v>
+      </c>
+      <c r="B611" t="s">
+        <v>447</v>
+      </c>
+      <c r="C611">
+        <v>111.324</v>
+      </c>
+      <c r="D611" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4">
+      <c r="A612" t="s">
+        <v>452</v>
+      </c>
+      <c r="B612" t="s">
+        <v>453</v>
+      </c>
+      <c r="C612">
+        <v>114.996</v>
+      </c>
+      <c r="D612" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4">
+      <c r="A613" t="s">
+        <v>454</v>
+      </c>
+      <c r="B613" t="s">
+        <v>455</v>
+      </c>
+      <c r="C613">
+        <v>118.992</v>
+      </c>
+      <c r="D613" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4">
+      <c r="A614" t="s">
+        <v>456</v>
+      </c>
+      <c r="B614" t="s">
+        <v>457</v>
+      </c>
+      <c r="C614">
+        <v>118.992</v>
+      </c>
+      <c r="D614" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4">
+      <c r="A615" t="s">
+        <v>476</v>
+      </c>
+      <c r="B615" t="s">
+        <v>477</v>
+      </c>
+      <c r="C615">
+        <v>148.992</v>
+      </c>
+      <c r="D615" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4">
+      <c r="A616" t="s">
+        <v>484</v>
+      </c>
+      <c r="B616" t="s">
+        <v>485</v>
+      </c>
+      <c r="C616">
+        <v>159.0</v>
+      </c>
+      <c r="D616" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4">
+      <c r="A617" t="s">
+        <v>486</v>
+      </c>
+      <c r="B617" t="s">
+        <v>487</v>
+      </c>
+      <c r="C617">
+        <v>162.9</v>
+      </c>
+      <c r="D617" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4">
+      <c r="A618" t="s">
+        <v>504</v>
+      </c>
+      <c r="B618" t="s">
+        <v>505</v>
+      </c>
+      <c r="C618">
+        <v>184.536</v>
+      </c>
+      <c r="D618" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4">
+      <c r="A619" t="s">
+        <v>512</v>
+      </c>
+      <c r="B619" t="s">
+        <v>513</v>
+      </c>
+      <c r="C619">
+        <v>189.864</v>
+      </c>
+      <c r="D619" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4">
+      <c r="A620" t="s">
+        <v>514</v>
+      </c>
+      <c r="B620" t="s">
+        <v>515</v>
+      </c>
+      <c r="C620">
+        <v>191.112</v>
+      </c>
+      <c r="D620" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4">
+      <c r="A621" t="s">
+        <v>528</v>
+      </c>
+      <c r="B621" t="s">
+        <v>529</v>
+      </c>
+      <c r="C621">
+        <v>200.688</v>
+      </c>
+      <c r="D621" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4">
+      <c r="A622" t="s">
+        <v>530</v>
+      </c>
+      <c r="B622" t="s">
+        <v>531</v>
+      </c>
+      <c r="C622">
+        <v>208.992</v>
+      </c>
+      <c r="D622" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4">
+      <c r="A623" t="s">
+        <v>532</v>
+      </c>
+      <c r="B623" t="s">
+        <v>533</v>
+      </c>
+      <c r="C623">
+        <v>208.992</v>
+      </c>
+      <c r="D623" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4">
+      <c r="A624" t="s">
+        <v>536</v>
+      </c>
+      <c r="B624" t="s">
+        <v>537</v>
+      </c>
+      <c r="C624">
+        <v>211.608</v>
+      </c>
+      <c r="D624" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4">
+      <c r="A625" t="s">
+        <v>538</v>
+      </c>
+      <c r="B625" t="s">
+        <v>539</v>
+      </c>
+      <c r="C625">
+        <v>213.9</v>
+      </c>
+      <c r="D625" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4">
+      <c r="A626" t="s">
+        <v>542</v>
+      </c>
+      <c r="B626" t="s">
+        <v>543</v>
+      </c>
+      <c r="C626">
+        <v>219.0</v>
+      </c>
+      <c r="D626" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4">
+      <c r="A627" t="s">
+        <v>544</v>
+      </c>
+      <c r="B627" t="s">
+        <v>545</v>
+      </c>
+      <c r="C627">
+        <v>219.0</v>
+      </c>
+      <c r="D627" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4">
+      <c r="A628" t="s">
+        <v>548</v>
+      </c>
+      <c r="B628" t="s">
+        <v>549</v>
+      </c>
+      <c r="C628">
+        <v>224.448</v>
+      </c>
+      <c r="D628" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4">
+      <c r="A629" t="s">
+        <v>562</v>
+      </c>
+      <c r="B629" t="s">
+        <v>563</v>
+      </c>
+      <c r="C629">
+        <v>247.212</v>
+      </c>
+      <c r="D629" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4">
+      <c r="A630" t="s">
+        <v>566</v>
+      </c>
+      <c r="B630" t="s">
+        <v>567</v>
+      </c>
+      <c r="C630">
+        <v>262.86</v>
+      </c>
+      <c r="D630" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4">
+      <c r="A631" t="s">
+        <v>570</v>
+      </c>
+      <c r="B631" t="s">
+        <v>571</v>
+      </c>
+      <c r="C631">
+        <v>269.04</v>
+      </c>
+      <c r="D631" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4">
+      <c r="A632" t="s">
+        <v>572</v>
+      </c>
+      <c r="B632" t="s">
+        <v>573</v>
+      </c>
+      <c r="C632">
+        <v>269.388</v>
+      </c>
+      <c r="D632" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4">
+      <c r="A633" t="s">
+        <v>584</v>
+      </c>
+      <c r="B633" t="s">
+        <v>585</v>
+      </c>
+      <c r="C633">
+        <v>288.0</v>
+      </c>
+      <c r="D633" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4">
+      <c r="A634" t="s">
+        <v>592</v>
+      </c>
+      <c r="B634" t="s">
+        <v>593</v>
+      </c>
+      <c r="C634">
+        <v>299.004</v>
+      </c>
+      <c r="D634" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4">
+      <c r="A635" t="s">
+        <v>594</v>
+      </c>
+      <c r="B635" t="s">
+        <v>595</v>
+      </c>
+      <c r="C635">
+        <v>301.896</v>
+      </c>
+      <c r="D635" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4">
+      <c r="A636" t="s">
+        <v>596</v>
+      </c>
+      <c r="B636" t="s">
+        <v>597</v>
+      </c>
+      <c r="C636">
+        <v>310.992</v>
+      </c>
+      <c r="D636" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4">
+      <c r="A637" t="s">
+        <v>598</v>
+      </c>
+      <c r="B637" t="s">
+        <v>599</v>
+      </c>
+      <c r="C637">
+        <v>310.992</v>
+      </c>
+      <c r="D637" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4">
+      <c r="A638" t="s">
+        <v>600</v>
+      </c>
+      <c r="B638" t="s">
+        <v>601</v>
+      </c>
+      <c r="C638">
+        <v>315.72</v>
+      </c>
+      <c r="D638" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4">
+      <c r="A639" t="s">
+        <v>606</v>
+      </c>
+      <c r="B639" t="s">
+        <v>607</v>
+      </c>
+      <c r="C639">
+        <v>318.996</v>
+      </c>
+      <c r="D639" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4">
+      <c r="A640" t="s">
+        <v>608</v>
+      </c>
+      <c r="B640" t="s">
+        <v>609</v>
+      </c>
+      <c r="C640">
+        <v>322.8</v>
+      </c>
+      <c r="D640" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4">
+      <c r="A641" t="s">
+        <v>610</v>
+      </c>
+      <c r="B641" t="s">
+        <v>611</v>
+      </c>
+      <c r="C641">
+        <v>339.216</v>
+      </c>
+      <c r="D641" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4">
+      <c r="A642" t="s">
+        <v>612</v>
+      </c>
+      <c r="B642" t="s">
+        <v>613</v>
+      </c>
+      <c r="C642">
+        <v>341.784</v>
+      </c>
+      <c r="D642" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4">
+      <c r="A643" t="s">
+        <v>620</v>
+      </c>
+      <c r="B643" t="s">
+        <v>621</v>
+      </c>
+      <c r="C643">
+        <v>361.872</v>
+      </c>
+      <c r="D643" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4">
+      <c r="A644" t="s">
+        <v>622</v>
+      </c>
+      <c r="B644" t="s">
+        <v>623</v>
+      </c>
+      <c r="C644">
+        <v>369.0</v>
+      </c>
+      <c r="D644" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4">
+      <c r="A645" t="s">
+        <v>624</v>
+      </c>
+      <c r="B645" t="s">
+        <v>625</v>
+      </c>
+      <c r="C645">
+        <v>378.996</v>
+      </c>
+      <c r="D645" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4">
+      <c r="A646" t="s">
+        <v>626</v>
+      </c>
+      <c r="B646" t="s">
+        <v>627</v>
+      </c>
+      <c r="C646">
+        <v>378.996</v>
+      </c>
+      <c r="D646" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4">
+      <c r="A647" t="s">
+        <v>628</v>
+      </c>
+      <c r="B647" t="s">
+        <v>629</v>
+      </c>
+      <c r="C647">
+        <v>378.996</v>
+      </c>
+      <c r="D647" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4">
+      <c r="A648" t="s">
+        <v>630</v>
+      </c>
+      <c r="B648" t="s">
+        <v>631</v>
+      </c>
+      <c r="C648">
+        <v>378.996</v>
+      </c>
+      <c r="D648" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4">
+      <c r="A649" t="s">
+        <v>634</v>
+      </c>
+      <c r="B649" t="s">
+        <v>635</v>
+      </c>
+      <c r="C649">
+        <v>384.0</v>
+      </c>
+      <c r="D649" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4">
+      <c r="A650" t="s">
+        <v>636</v>
+      </c>
+      <c r="B650" t="s">
+        <v>637</v>
+      </c>
+      <c r="C650">
+        <v>384.0</v>
+      </c>
+      <c r="D650" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4">
+      <c r="A651" t="s">
+        <v>638</v>
+      </c>
+      <c r="B651" t="s">
+        <v>639</v>
+      </c>
+      <c r="C651">
+        <v>386.172</v>
+      </c>
+      <c r="D651" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4">
+      <c r="A652" t="s">
+        <v>644</v>
+      </c>
+      <c r="B652" t="s">
+        <v>645</v>
+      </c>
+      <c r="C652">
+        <v>425.748</v>
+      </c>
+      <c r="D652" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4">
+      <c r="A653" t="s">
+        <v>646</v>
+      </c>
+      <c r="B653" t="s">
+        <v>647</v>
+      </c>
+      <c r="C653">
+        <v>434.268</v>
+      </c>
+      <c r="D653" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4">
+      <c r="A654" t="s">
+        <v>648</v>
+      </c>
+      <c r="B654" t="s">
+        <v>649</v>
+      </c>
+      <c r="C654">
+        <v>505.392</v>
+      </c>
+      <c r="D654" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4">
+      <c r="A655" t="s">
+        <v>650</v>
+      </c>
+      <c r="B655" t="s">
+        <v>651</v>
+      </c>
+      <c r="C655">
+        <v>525.684</v>
+      </c>
+      <c r="D655" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4">
+      <c r="A656" t="s">
+        <v>652</v>
+      </c>
+      <c r="B656" t="s">
+        <v>653</v>
+      </c>
+      <c r="C656">
+        <v>538.764</v>
+      </c>
+      <c r="D656" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4">
+      <c r="A657" t="s">
+        <v>654</v>
+      </c>
+      <c r="B657" t="s">
+        <v>655</v>
+      </c>
+      <c r="C657">
+        <v>549.168</v>
+      </c>
+      <c r="D657" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4">
+      <c r="A658" t="s">
+        <v>656</v>
+      </c>
+      <c r="B658" t="s">
+        <v>657</v>
+      </c>
+      <c r="C658">
+        <v>583.116</v>
+      </c>
+      <c r="D658" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4">
+      <c r="A659" t="s">
+        <v>658</v>
+      </c>
+      <c r="B659" t="s">
+        <v>659</v>
+      </c>
+      <c r="C659">
+        <v>604.704</v>
+      </c>
+      <c r="D659" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4">
+      <c r="A660" t="s">
+        <v>660</v>
+      </c>
+      <c r="B660" t="s">
+        <v>661</v>
+      </c>
+      <c r="C660">
+        <v>634.608</v>
+      </c>
+      <c r="D660" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4">
+      <c r="A661" t="s">
+        <v>662</v>
+      </c>
+      <c r="B661" t="s">
+        <v>663</v>
+      </c>
+      <c r="C661">
+        <v>646.848</v>
+      </c>
+      <c r="D661" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4">
+      <c r="A662" t="s">
+        <v>664</v>
+      </c>
+      <c r="B662" t="s">
+        <v>665</v>
+      </c>
+      <c r="C662">
+        <v>661.152</v>
+      </c>
+      <c r="D662" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4">
+      <c r="A663" t="s">
+        <v>666</v>
+      </c>
+      <c r="B663" t="s">
+        <v>667</v>
+      </c>
+      <c r="C663">
+        <v>666.576</v>
+      </c>
+      <c r="D663" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4">
+      <c r="A664" t="s">
+        <v>668</v>
+      </c>
+      <c r="B664" t="s">
+        <v>669</v>
+      </c>
+      <c r="C664">
+        <v>710.7</v>
+      </c>
+      <c r="D664" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4">
+      <c r="A665" t="s">
+        <v>670</v>
+      </c>
+      <c r="B665" t="s">
+        <v>671</v>
+      </c>
+      <c r="C665">
+        <v>749.004</v>
+      </c>
+      <c r="D665" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4">
+      <c r="A666" t="s">
+        <v>672</v>
+      </c>
+      <c r="B666" t="s">
+        <v>673</v>
+      </c>
+      <c r="C666">
+        <v>866.256</v>
+      </c>
+      <c r="D666" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4">
+      <c r="A667" t="s">
+        <v>674</v>
+      </c>
+      <c r="B667" t="s">
+        <v>675</v>
+      </c>
+      <c r="C667">
+        <v>897.948</v>
+      </c>
+      <c r="D667" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4">
+      <c r="A668" t="s">
+        <v>676</v>
+      </c>
+      <c r="B668" t="s">
+        <v>677</v>
+      </c>
+      <c r="C668">
+        <v>1015.884</v>
+      </c>
+      <c r="D668" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4">
+      <c r="A669" t="s">
+        <v>678</v>
+      </c>
+      <c r="B669" t="s">
+        <v>679</v>
+      </c>
+      <c r="C669">
+        <v>1037.724</v>
+      </c>
+      <c r="D669" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4">
+      <c r="A670" t="s">
+        <v>680</v>
+      </c>
+      <c r="B670" t="s">
+        <v>681</v>
+      </c>
+      <c r="C670">
+        <v>1128.0</v>
+      </c>
+      <c r="D670" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4">
+      <c r="A671" t="s">
+        <v>682</v>
+      </c>
+      <c r="B671" t="s">
+        <v>683</v>
+      </c>
+      <c r="C671">
+        <v>1334.892</v>
+      </c>
+      <c r="D671" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4">
+      <c r="A672" t="s">
+        <v>684</v>
+      </c>
+      <c r="B672" t="s">
+        <v>685</v>
+      </c>
+      <c r="C672">
+        <v>1416.0</v>
+      </c>
+      <c r="D672" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4">
+      <c r="A673" t="s">
+        <v>686</v>
+      </c>
+      <c r="B673" t="s">
+        <v>687</v>
+      </c>
+      <c r="C673">
+        <v>1482.0</v>
+      </c>
+      <c r="D673" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4">
+      <c r="A674" t="s">
+        <v>688</v>
+      </c>
+      <c r="B674" t="s">
+        <v>689</v>
+      </c>
+      <c r="C674">
+        <v>2851.884</v>
+      </c>
+      <c r="D674" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4">
+      <c r="A675" t="s">
+        <v>690</v>
+      </c>
+      <c r="B675" t="s">
+        <v>691</v>
+      </c>
+      <c r="C675">
+        <v>3519.528</v>
+      </c>
+      <c r="D675" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4">
+      <c r="A676" t="s">
+        <v>692</v>
+      </c>
+      <c r="B676" t="s">
+        <v>693</v>
+      </c>
+      <c r="C676">
+        <v>5596.32</v>
+      </c>
+      <c r="D676" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D370"/>
+  <autoFilter ref="A1:D677"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>