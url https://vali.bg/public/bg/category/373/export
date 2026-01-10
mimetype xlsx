--- v1 (2025-12-13)
+++ v2 (2026-01-10)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$677</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$391</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="694">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="528">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Брекет за охладител за процесор Arctic Freezer 34 Intel LGA1700 Upgrade Kit</t>
   </si>
   <si>
     <t>ARCTIC-FAN-MPSAS00892A</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кабел DeLock USB Pin header женско &gt; USB 2.0 type-A женски, 20 cm</t>
   </si>
   <si>
@@ -85,1403 +85,917 @@
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Транспортна кутия за TRAY и MPK процесори на AMD</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>Термо паста Kolink Core TX-8 - 1.5g</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUWA-257</t>
   </si>
   <si>
     <t>Вентилатор Inter Tech 120m Sinan F-120-S - Bulk</t>
   </si>
   <si>
     <t>INTER-TECH-FAN-F120S-BULK</t>
   </si>
   <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-141</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-143</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X8-002 - 2g</t>
+  </si>
+  <si>
+    <t>TG-PT-X8-002</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC F12, 3 pin, 120 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00201A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 Silent - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00297A</t>
+  </si>
+  <si>
+    <t>Термо паста Thermal Grizzly Aeronaut, 1g, Черен,8.5 W/mK</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-151</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 2.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-138</t>
+  </si>
+  <si>
+    <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790002</t>
+  </si>
+  <si>
+    <t>PC-VC-AC-SBP-790002</t>
+  </si>
+  <si>
+    <t>Kolink USB адаптер от USB 2.0 8-pin към USB 3.0 19-pin - 0.15m</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUS-173</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Zephyr 80 - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A019</t>
+  </si>
+  <si>
+    <t>Скоба Delock, За монтаж в PC, USB 10 pin към 2 x USB 2.0 type A</t>
+  </si>
+  <si>
+    <t>DELOCK-71000</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12, 3-Pin</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00118A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 PWM White/White</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00222A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-6, 2g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00079A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Silent</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00130A</t>
+  </si>
+  <si>
+    <t>Термо паста Kolink Core TX-8 - 5.5g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUWA-258</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X10-002 - 2g</t>
+  </si>
+  <si>
+    <t>TG-PT-X10-002</t>
+  </si>
+  <si>
     <t>Термо паста Kolink Umbra Pro TP-1 - 1.5g</t>
   </si>
   <si>
     <t>KOLINK-AC-KOL-152</t>
   </si>
   <si>
-    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm</t>
-[...80 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00118A</t>
+    <t>Вентилатор ENDORFY Zephyr 120 - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A017</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00052A</t>
+  </si>
+  <si>
+    <t>Изолационни ленти Thermal Grizzly, Самозалепващи, 10x60 mm, 50 броя</t>
+  </si>
+  <si>
+    <t>TG-KIS-10-60-50</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 SLIM PWM PST</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00268A</t>
+  </si>
+  <si>
+    <t>Термо паста Thermal Grizzly Hydronaut, 1g, Черен,11.8 W/mk</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-150</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB14</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB14</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB15</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB15</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB12 Chromax. Black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB12.CH.BK</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 SLIM PWM PST</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00187A</t>
+  </si>
+  <si>
+    <t>Удължителен кабел SATA III DeLock, SATA 6 Gb/s 22 pin мъжко - SATA 22 pin женско, (3.3 V + 5 V + 12 V), 20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-84918</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-6, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00080A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14, 4 pin, 140 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00123A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 2.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-144</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 0.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-135</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 0.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-139</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-4, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00002B</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X8-005 - 5g</t>
+  </si>
+  <si>
+    <t>TG-PT-X8-005</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 1.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-137</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm - 2 броя</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-142</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00031B</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 120 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A007</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 PWM PST White/White</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00197A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3, 100 x 100 x 1 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00053A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-7, 2g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00089A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P8 PWM PST, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00150A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-4, 8g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00008B</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC F12, 120 cm, PWM, PST, 1350 RPM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00200A</t>
+  </si>
+  <si>
+    <t>Звукова карта Ewent AC9360, 2.0, USB, 3.5 mm, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC9360</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00306A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse ACFAN00331A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00331A</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X10-005 - 5g</t>
+  </si>
+  <si>
+    <t>TG-PT-X10-005</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 PWM PST CO - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00299A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Kryonaut, 1g, Черен, 12.5 W/mk </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-145</t>
   </si>
   <si>
     <t xml:space="preserve">Термо паста Thermal Grizzly Aeronaut, 3.9g, Черен,8.5 W/mK </t>
   </si>
   <si>
     <t>TG-ZUWA-130</t>
   </si>
   <si>
-    <t>Термо паста Polartherm X10-002 - 2g</t>
-[...125 lines deleted...]
-    <t>ARCTIC-TCP-ACTCP00031B</t>
+    <t>Контролер за Вентилатор Jonsbo RC01 ARGB - SATA</t>
+  </si>
+  <si>
+    <t>JONSBO-MOLS-209</t>
+  </si>
+  <si>
+    <t>Контролер за вентилатори ARCTIC Case Fan PWM Hub 1 to 10 Port</t>
+  </si>
+  <si>
+    <t>ARCTIC-AC-ACFAN00175A</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-BL</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Сребрист</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-GR</t>
+  </si>
+  <si>
+    <t>Кабел Seasonic 12VHPWR 600W 16-Pin към 2x8 Pin за Seasonic захранвания</t>
+  </si>
+  <si>
+    <t>SS-PS-CAB-12VHPWR</t>
+  </si>
+  <si>
+    <t>Термо паста Cooler Master MasterGel Regular 1.5ml, 5 W/m-K</t>
+  </si>
+  <si>
+    <t>CM-MGX-ZOSG-N15M-R2</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 140 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A011</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Бял</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND-WHT</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Spire CG-HZ-1156-09 за LGA1200</t>
+  </si>
+  <si>
+    <t>SP-FAN-CGHZ1156</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00305A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-7, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00090A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 PWM White/Transparent, 140мм</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00223A</t>
+  </si>
+  <si>
+    <t>Монтажен комплект Noctua LGA1700, NM-i17xx-MP78, Air Tower Coolers, NH-U9S, NH-U12S redux, NH-U12S, NH-U12A, NH-U14S, NH-L12S</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP78</t>
+  </si>
+  <si>
+    <t>Комплект за монитиране на охладител Noctua, LGA1700, NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-4-MP78</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP83</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-4-MP83</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM5 - AM5 - NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 Max PWM - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00300A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST White - 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00308A</t>
   </si>
   <si>
     <t>Термо паста с 6 бр почистващи кърпички ARCTIC MX-6, 4g, Сив</t>
   </si>
   <si>
     <t>ARCTIC-TCP-ACTCP00084A</t>
   </si>
   <si>
-    <t>Вентилатор ENDORFY Stratus 120 PWM - Черен</t>
-[...202 lines deleted...]
-  <si>
     <t>Конвертор Delock, USB 3.0 Type-A мъжко - SATA 6 Gb/s 22 pin, 2.5″ защитен калъф</t>
   </si>
   <si>
     <t>DELOCK-62742</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro PST - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00314A</t>
   </si>
   <si>
     <t>Конвертор Estillo Riser Card 6 Pin, PCI-Е x 1 към PCI-Е x16, USB 3.0</t>
   </si>
   <si>
     <t>EST-PCIE-RISER-CARD</t>
   </si>
   <si>
     <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP78-chromax.black, Air Tower Coolers - NH-U9S chromax.black, NH-U12S chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-i17-MP78-CH</t>
   </si>
   <si>
-    <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP83-chromax.black, Air Tower Coolers - NH-D15 chromax.black, NH-D15S chromax.black</t>
-[...4 lines deleted...]
-  <si>
     <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78 Chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-KIT-AM5-4-MP78-CH</t>
   </si>
   <si>
-    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP83 Chromax.black</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC P14 Pro - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00313A</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00329A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00329A</t>
+  </si>
+  <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 3.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-158</t>
   </si>
   <si>
     <t>Охладител за процесор Arctic Alpine 23, AM4</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACALP00035A</t>
   </si>
   <si>
     <t>Контролер Kolink Inspire L1 за ARGB аксесоари</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUSA-268</t>
   </si>
   <si>
     <t>RGB лента Kolink Inspire L1 ARGB LED Strip (300mm)</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-211</t>
   </si>
   <si>
-    <t>Държач за видео карта Kolink - Core Aadept GPU Support</t>
-[...4 lines deleted...]
-  <si>
     <t>Термо паста Kolink Umbra Pro TP-1 - 6g</t>
   </si>
   <si>
     <t>KOLINK-AC-KOL-153</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P14 PWM White/White</t>
-[...2 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00222A</t>
+    <t>Термо паста ARCTIC MX-7 + МX Cleaner, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00092A</t>
   </si>
   <si>
     <t>Охладител за процесор Arctic Alpine 17, 1700</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACALP00040A</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC BioniX P140 Grey/White 140mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00160A</t>
+  </si>
+  <si>
     <t>Термо паста ARCTIC MX-6, 8g, Сив</t>
   </si>
   <si>
     <t>ARCTIC-TCP-ACTCP00081A</t>
   </si>
   <si>
     <t xml:space="preserve">Термо паста Thermal Grizzly Aeronaut, 7.8g, Черен,8.5 W/mK </t>
   </si>
   <si>
     <t>TG-ZUWA-129</t>
   </si>
   <si>
-    <t>Памет Silicon Power 4GB SODIMM DDR3L PC3-12800 1600MHz CL11 SP004GLSTU160N02</t>
-[...10 lines deleted...]
-  <si>
     <t>Термо паста Cooler Master MasterGel Pro V2, 1.5ml, 9 W/m-K</t>
   </si>
   <si>
     <t>CM-MGY-ZOSG-N15M-R3</t>
   </si>
   <si>
     <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Бял</t>
   </si>
   <si>
     <t>EST-GPU-DA-GCB-WH</t>
   </si>
   <si>
     <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Черен</t>
   </si>
   <si>
     <t>EST-GPU-SG-GCB-BK</t>
   </si>
   <si>
-    <t>Термопроводящ пад ARCTIC TP-3, 100 x 100 x 1.5 mm</t>
-[...34 lines deleted...]
-  <si>
     <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Бял</t>
   </si>
   <si>
     <t>END-FAN-EY4A020</t>
   </si>
   <si>
-    <t>Защитен модул ASUS TPM-SPI</t>
-[...41 lines deleted...]
-    <t>END-FAN-EY4A012</t>
+    <t>Термо паста ARCTIC MX-7, 8g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00091A</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Бял</t>
   </si>
   <si>
     <t>END-FAN-EY4A021</t>
   </si>
   <si>
-    <t>Термо паста Noctua NT-H2 3.5g, Сив</t>
-[...130 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00322A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00322A</t>
   </si>
   <si>
-    <t>Вентилатор ENDORFY Fluctus 140 PWM - Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00325A</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P12 Pro White A-RGB 120mm PWM</t>
-[...38 lines deleted...]
-    <t>INTER-TECH-FAN-4P90</t>
+    <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00323A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00323A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB White  140mm PWM - ACFAN00324A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00324A</t>
   </si>
   <si>
     <t>Памет Innovation IT 8GB DDR3 1600MHz, CL11, 1.5V</t>
   </si>
   <si>
     <t>INNO-RAM-DDR3-8GB-1600</t>
   </si>
   <si>
-    <t>Delock Външна звукова карта, USB, 24 bit / 96 kHz</t>
-[...40 lines deleted...]
-  <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-144</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-143</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-142</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-141</t>
   </si>
   <si>
-    <t>Адаптер Delock 62517, интерфейсен ключ M.2 2260 B+M към Sata 7 Pin</t>
-[...70 lines deleted...]
-  <si>
     <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00332A</t>
   </si>
   <si>
-    <t>Комплект вентилатори ARCTIC F12 PWM 120 мм, 5 броя, Черен</t>
-[...10 lines deleted...]
-  <si>
     <t>Охладител Cooler Master Hyper 212 Spectrum V3</t>
   </si>
   <si>
     <t>CM-FAN-RR-S4NA-17PA-R1</t>
   </si>
   <si>
-    <t>Термопроводяща паста Thermal Grizzly Putty Advanced - 30g</t>
-[...46 lines deleted...]
-  <si>
     <t>Охладител Cooler Master Hyper 212 Black</t>
   </si>
   <si>
     <t>CM-FAN-RR-S4KK-25SN-R1</t>
   </si>
   <si>
-    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM - 120 mm Черен</t>
-[...86 lines deleted...]
-    <t>TG-P-B-100-R</t>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00330A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00330A</t>
   </si>
   <si>
     <t>Охладител за процесор ENDORFY Fera 5 Dual Fan</t>
   </si>
   <si>
     <t>END-FAN-EY3A006</t>
   </si>
   <si>
     <t>Охладител за процесор FSP NP5 WA - AMD/INTEL</t>
   </si>
   <si>
     <t>FORT-FAN-NP5-WA</t>
   </si>
   <si>
+    <t>Охладител за процесор ARCTIC Freezer 36 Black - AOCPU00012A/Bulk</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AOCPU00012A</t>
+  </si>
+  <si>
     <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00333A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00333A</t>
   </si>
   <si>
     <t>SSD GIGABYTE NVMe V2 256GB, PCIe 3.0</t>
   </si>
   <si>
     <t>GA-SSD-M2-G3NVMEV2-256G</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White - 3 pack</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00334A</t>
   </si>
   <si>
     <t>Вентилатор Noctua A14x25 G2 PWM chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A14x25G2PCH</t>
   </si>
   <si>
-    <t>Вентилатор Noctua NF-A14x25r G2 PWM chromax.black, 140mm</t>
-[...8 lines deleted...]
-    <t>CRU-SSD-240GB-BX500</t>
+    <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse White Edition</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-PR-MR120-3IN1-W</t>
+  </si>
+  <si>
+    <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse Black Edition</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-PR-MR120-3IN1-B</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00327A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00327A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB White 140mm PWM - ACFAN00328A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00328A</t>
   </si>
   <si>
     <t>Кутия CoolerMaster Elite 301 White Lite - Mini Tower</t>
   </si>
   <si>
     <t>CM-CASE-E301L-WGNN-S00</t>
   </si>
   <si>
+    <t>Дънна платка ASRock H510M-H2/M.2 SE, LGA1200, DDR4, mATX</t>
+  </si>
+  <si>
+    <t>ASR-MB-H510M-H2-M2-SE</t>
+  </si>
+  <si>
+    <t>Захранващ блок FSP Group HYPER PRO 650W 80+ Bronze 12V-2x6</t>
+  </si>
+  <si>
+    <t>FORT-PS-HYPER-650B</t>
+  </si>
+  <si>
+    <t>Контролер тип хъб NZXT AC-CRFR1-B1</t>
+  </si>
+  <si>
+    <t>NZXT-AC-CRFR1-B1</t>
+  </si>
+  <si>
     <t>Кутия FSP Group M220-BA Mid-Tower</t>
   </si>
   <si>
     <t>FORT-CASE-M220-BA</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Захранващ блок ASRock PRO-650B 650W 80+ Bronze ATX 3.1</t>
   </si>
   <si>
     <t>ASR-PS-PRO-650B</t>
   </si>
   <si>
     <t>Охладител за процесор ARCTIC Freezer 4U-M Rev.2 - ACFRE00133B</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFRE00133B</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бели + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-148</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черни + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-147</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бели + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-146</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черни + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-145</t>
   </si>
   <si>
+    <t>Памет Silicon Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASRock PRO-750B 750W 80+ Bronze PCIE 5.1 Ready</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-750B</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE Gold V3 650W 80+ Bronze, ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-6501-ACABW-3BEU</t>
+  </si>
+  <si>
+    <t>Кутия Kolink Observatory HF Mesh - Black</t>
+  </si>
+  <si>
+    <t>KOLINK-CASE-GEKL-151</t>
+  </si>
+  <si>
+    <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 1TB, 128MB Cache, 5400RPM - Bulk</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-HDWL110UZSVA</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB</t>
+  </si>
+  <si>
+    <t>CM-FAN-MLW-D24M-A18PA-R1</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB White Edition</t>
+  </si>
+  <si>
+    <t>CM-FAN-MLW-D24M-A18PA-RW</t>
+  </si>
+  <si>
     <t>Захранващ блок Gigabyte P650G PG5 650W 80+ Gold, PCIe 5.1</t>
   </si>
   <si>
     <t>GA-PS-P650G-PG5</t>
   </si>
   <si>
-    <t>Дънна платка ASRock H510M-H2/M.2 SE, LGA1200, DDR4, mATX</t>
-[...34 lines deleted...]
-  <si>
     <t>Захранващ блок FSP VITA BD 650W 80+ Bronze, ATX 3.1 PCIe 5.1</t>
   </si>
   <si>
     <t>FORT-PS-VITA-650BD</t>
   </si>
   <si>
-    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB</t>
-[...10 lines deleted...]
-  <si>
     <t>Охладител за процесор FSP MP7 WA - AMD/INTEL</t>
   </si>
   <si>
     <t>FORT-FAN-MP7-WA</t>
   </si>
   <si>
     <t>Захранващ блок Cooler Master MWE Gold V3 750W ATX 3.1 Non-Modular</t>
   </si>
   <si>
     <t>CM-PS-MPE-7506-ACAG-BEU</t>
   </si>
   <si>
     <t>Чекмедже за SSD M.2 NVMe ASUS ROG Strix Arion Hatsune Miku Edition</t>
   </si>
   <si>
     <t>ASUS-SSD-CAGE-ARION-HM</t>
   </si>
   <si>
     <t>Захранващ блок FSP VITA BD 750W 80+ Bronze, ATX 3.1 PCIe 5.1 - Bulk Опаковка</t>
   </si>
   <si>
     <t>FORT-PS-VITA-750BD-BULK</t>
   </si>
   <si>
+    <t>Кутия NZXT H3 Flow 2025 All White Micro-ATX Tower</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H31FW-01</t>
+  </si>
+  <si>
     <t>Кабел Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Черен</t>
   </si>
   <si>
     <t>LL-AC-PCI-520X</t>
   </si>
   <si>
     <t>Кутия NZXT H3 Flow 2025 Micro-ATX Tower - Black</t>
   </si>
   <si>
     <t>NZXT-CASE-H31FB-01</t>
   </si>
   <si>
     <t>Охладител за процесор Cooler Master Master Liquid 360 Core II ARGB</t>
   </si>
   <si>
     <t>CM-FAN-MLW-D36M-A18PA-R1</t>
   </si>
   <si>
     <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Бял</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3</t>
   </si>
   <si>
     <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Черен</t>
@@ -1498,648 +1012,636 @@
   <si>
     <t>Дънна платка ASRock A620AM-HVS DDR5 Socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-A620AM-HVS</t>
   </si>
   <si>
     <t>Захранващ блок ASUS PRIME 750W White Edition, 80+ Bronze</t>
   </si>
   <si>
     <t>ASUS-PS-PRIME-750B-W</t>
   </si>
   <si>
     <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - White</t>
   </si>
   <si>
     <t>LL-CASE-GELI-976</t>
   </si>
   <si>
     <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - Black</t>
   </si>
   <si>
     <t>LL-CASE-GELI-975</t>
   </si>
   <si>
+    <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 2TB, 128MB Cache, 5400RPM</t>
+  </si>
+  <si>
+    <t>TOSH-HDD-HHDWL120UZSVA</t>
+  </si>
+  <si>
     <t>Воден охладител за процесор Gigabyte GAMING 240 ICE</t>
   </si>
   <si>
     <t>GA-GP-GAMING-240-ICE</t>
   </si>
   <si>
     <t>Воден охладител за процесор Gigabyte GAMING 240</t>
   </si>
   <si>
     <t>GA-GP-GAMING-240</t>
   </si>
   <si>
-    <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 2TB, 128MB Cache, 5400RPM</t>
-[...4 lines deleted...]
-  <si>
     <t>Кутия Lian Li DAN A3-mATX Wood Edition Black, Tempered Glass, Micro Tower</t>
   </si>
   <si>
     <t>LL-CASE-GELI-973</t>
   </si>
   <si>
     <t>Кутия Lian Li DAN A3-mATX Wood Edition White, Tempered Glass, Micro Tower</t>
   </si>
   <si>
     <t>LL-CASE-GELI-974</t>
   </si>
   <si>
-    <t>Памет Innovation IT DDR4 16GB 3200MHz, CL16 1.35V LD-8Chip</t>
-[...4 lines deleted...]
-  <si>
     <t>Кутия FSP Group U530-BS Silent E-ATX Ultra Tower</t>
   </si>
   <si>
     <t>FORT-CASE-U530-BS</t>
   </si>
   <si>
     <t>Кутия Lian Li O11 Dynamic Mini V2, Mini-Tower - White</t>
   </si>
   <si>
     <t>LL-CASE-GELI-978</t>
   </si>
   <si>
     <t>Кутия Lian Li O11 Dynamic Mini V2, Mini-Tower - Black</t>
   </si>
   <si>
     <t>LL-CASE-GELI-977</t>
   </si>
   <si>
     <t>Дънна платка GIGABYTE B760M E DDR5, socket 1700</t>
   </si>
   <si>
     <t>GA-MB-B760M-E</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
   </si>
   <si>
     <t>AVER-LG-STL-MINI</t>
   </si>
   <si>
+    <t>Кутия ASUS A23 Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-A23-HM</t>
+  </si>
+  <si>
     <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM Reverse - 120 mm Бели + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-138</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Бели + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-136</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Черни + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-135</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM Reverse - 120 mm Черни + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-137</t>
   </si>
   <si>
     <t>Кутия Lian Li O11 Dynamic Mini V2 Flow + 5 Вентилатора, Mini-Tower - White</t>
   </si>
   <si>
     <t>LL-CASE-GELI-980</t>
   </si>
   <si>
     <t>Кутия Lian Li O11 Dynamic Mini V2 Flow + 5 Вентилатора, Mini-Tower - Black</t>
   </si>
   <si>
     <t>LL-CASE-GELI-979</t>
   </si>
   <si>
-    <t>Кутия ASUS A23 Hatsune Miku Edition</t>
-[...4 lines deleted...]
-  <si>
     <t>Кутия Jonsbo NV10 Mini ITX - Silver</t>
   </si>
   <si>
     <t>JONSBO-GEJB-160</t>
   </si>
   <si>
     <t>Кутия Jonsbo NV10 Mini ITX - Black</t>
   </si>
   <si>
     <t>JONSBO-GEJB-161</t>
   </si>
   <si>
     <t>Дънна платка GIGABYTE B550M DS3H AC R2 Socket AM4</t>
   </si>
   <si>
     <t>GA-MB-B550M-DS3H-AC-R2</t>
   </si>
   <si>
+    <t>Процесор AMD RYZEN 5 8500G TRAY, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZEN-8500G-TR</t>
+  </si>
+  <si>
     <t>Памет Kingston 16GB DDR4 3200MHz CL22 UDIMM - KVR32N22D8-16</t>
   </si>
   <si>
     <t>KIN-RAM-KVR32N22D8-16</t>
   </si>
   <si>
     <t>Памет Corsair DDR4 3200MHz 16GB (2x8GB) CL16-20-20-38</t>
   </si>
   <si>
     <t>CRS-RAM-16GX4M2E3200C16</t>
   </si>
   <si>
     <t>Захранващ блок Endorfy Supremo FM6 750W 80+ Gold, PCIe 5.1 - Fully Modular</t>
   </si>
   <si>
     <t>END-PS-EY7A013</t>
   </si>
   <si>
+    <t>Процесор AMD Ryzen 7 5700 TRAY 8-Cores, 3.7GHz(Up to 4.6GHz), AM4, 16MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZ-5700-TRAY</t>
+  </si>
+  <si>
     <t>Кутия ASUS PRIME AP303 TG - Black</t>
   </si>
   <si>
     <t>ASUS-CASE-AP303-BLACK</t>
   </si>
   <si>
     <t>Кутия ASUS PRIME AP303 TG - White</t>
   </si>
   <si>
     <t>ASUS-CASE-AP303-WHITE</t>
   </si>
   <si>
+    <t>Захранващ блок NZXT C750 Core 750W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>NZXT-PS-PA-7G3BB-EU</t>
+  </si>
+  <si>
+    <t>Процесор AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600XT-T</t>
+  </si>
+  <si>
     <t>Захранващ блок Gigabyte UD750GM PG5 ICE 750W, 80+ Gold PCIe 5.1</t>
   </si>
   <si>
     <t>GA-PS-UD750GM-PG5-ICE</t>
   </si>
   <si>
-    <t>Процесор AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
-[...2 lines deleted...]
-    <t>AMD-AM4-R5-RYZ-5600XT-T</t>
+    <t>Процесор AMD Ryzen 7 5700X TRAY, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5700X-TR</t>
   </si>
   <si>
     <t>Кутия ASUS A32 PLUS Tempered Glass + 4 ARGB Вентилатора - Black</t>
   </si>
   <si>
     <t>ASUS-CASE-A32-PLUS-BK</t>
   </si>
   <si>
     <t>Кутия ASUS A32 PLUS Tempered Glass + 4 ARGB Вентилатора - White</t>
   </si>
   <si>
     <t>ASUS-CASE-A32-PLUS-W</t>
   </si>
   <si>
-    <t>Процесор AMD Ryzen 7 5700 TRAY 8-Cores, 3.7GHz(Up to 4.6GHz), AM4, 16MB Cache, 65W</t>
-[...10 lines deleted...]
-  <si>
     <t>Захранващ блок Lian Li EDGE EGO850 Black 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-023</t>
   </si>
   <si>
-    <t>Памет Kingston FURY Beast RGB Black 32GB (2x16GB) DDR5 5600MHz CL40 - Intel XMP</t>
-[...4 lines deleted...]
-  <si>
     <t>AVerMedia Външен кепчър Live Streamer CAP 4K (BU113) HDMI 2.0 Capture 4Kp30, USB 3.1 Gen 1 USB-C</t>
   </si>
   <si>
     <t>AVER-LS-BU113G2</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li EDGE EGO850 White 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-024</t>
   </si>
   <si>
     <t>Памет Silicon Power 16GB SODIMM DDR5 4800MHz CL40 SP016GBSVU480F02</t>
   </si>
   <si>
     <t>SLP-RAM-16GBSVU480F02</t>
   </si>
   <si>
-    <t>Памет Kingston FURY Beast Black 16GB(2x8GB) DDR5 6000MHz CL30 - AMD EXPO</t>
-[...2 lines deleted...]
-    <t>KIN-RAM-KF560C30BBEK2-16</t>
+    <t>Захранващ блок NZXT C850 Core 850W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
+  </si>
+  <si>
+    <t>NZXT-PS-PA-8G3BB-EU</t>
   </si>
   <si>
     <t>Памет Kingston 32GB DDR4 SODIMM CL22 2RX8 1.2V 260-pin 16Gbit</t>
   </si>
   <si>
     <t>KIN-RAM-KCP432SD8-32</t>
   </si>
   <si>
     <t>Памет Silicon Power 16GB DDR5 4800MHz CL40 UDIMM SP016GBLVU480F02</t>
   </si>
   <si>
     <t>SLP-RAM-16GBLVU480F02</t>
   </si>
   <si>
-    <t>Памет Silicon Power XPOWER Pulse 32GB(2x16GB) DDR5 OC-UDIMM 6400MHz CL32</t>
-[...4 lines deleted...]
-  <si>
     <t>Дънна платка GIGABYTE B650 EAGLE</t>
   </si>
   <si>
     <t>GA-MB-B650-EAGLE</t>
   </si>
   <si>
     <t>Процесор Intel Alder Lake Core i5-12400F, 6 Cores, 12 Threads (2.50 GHz Up to 4.40 GHz, 18MB, LGA1700), 65W, Tray</t>
   </si>
   <si>
     <t>INTEL-I5-12400F-TRAY</t>
   </si>
   <si>
-    <t>Памет Silicon Power Storm RGB 32GB(2x16GB) DDR5 UDIMM 6400MHz CL32 SP032GXLWU60CFDK</t>
-[...10 lines deleted...]
-  <si>
     <t>Записващо външно устройство ASUS Turbo Drive BW-16D1X-U Blu-Ray, USB</t>
   </si>
   <si>
     <t>DVD-RW-ASUS-BW-16D1X-U</t>
   </si>
   <si>
-    <t>Охладител за процесор NZXT Kraken Plus 240 LCD Display - Black</t>
-[...2 lines deleted...]
-    <t>NZXT-FAN-RL-KN240-B2</t>
+    <t>Кутия Cooler Master MasterBox NR200P V2, Mini ITX - Black</t>
+  </si>
+  <si>
+    <t>CM-CASE-NR200PV2-KCNN-S00</t>
+  </si>
+  <si>
+    <t>SSD SILICON POWER A55, 2.5", 1TB, SATA3 - Bulk</t>
+  </si>
+  <si>
+    <t>SLP-SSD-A55-1TB-BULK</t>
   </si>
   <si>
     <t>Кутия Diablo IV - Lilith PC Gaming Case Limited Edition ATX</t>
   </si>
   <si>
     <t>FSH-FBLPCD4LILITH24FT</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li EDGE EG0850 White 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-018</t>
   </si>
   <si>
+    <t>Захранващ блок Cooler Master MWE GOLD 1050W V2 ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-A501-AFCAG-3EEU</t>
+  </si>
+  <si>
     <t>Кутия ASUS ProArt PA401 Wood Edition Beige - Mesh Panel</t>
   </si>
   <si>
     <t>ASUS-CASE-PA401-WD-BEIGE</t>
   </si>
   <si>
+    <t>Видео карта BIOSTAR GeForce GTX 1050TI 4GB GDDR5</t>
+  </si>
+  <si>
+    <t>BIO-VC-N-VN1055TF41</t>
+  </si>
+  <si>
     <t>Дънна платка ASUS PRIME B760M-A WIFI DDR5, LGA 1700</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B760M-A</t>
   </si>
   <si>
-    <t>Захранващ блок NZXT C850 Core 850W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
-[...10 lines deleted...]
-  <si>
     <t>Охладител за процесор Noctua NH-D15 G2, За сокет LGA1851/1700/2011/AM5/AM4</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NH-D15-G2-CH</t>
   </si>
   <si>
+    <t>Хард диск TOSHIBA Surveillance S300, 6TB, 5400/5700rpm, 256MB, SATA 3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-6000TOSH-S300</t>
+  </si>
+  <si>
     <t>Охладител за процесор Lian Li HydroShift II LCD-C 360 Fanless ARGB - Бял</t>
   </si>
   <si>
     <t>LL-FAN-WASE-939</t>
   </si>
   <si>
     <t>Охладител за процесор Lian Li HydroShift II LCD-C 360 Fanless ARGB - Черен</t>
   </si>
   <si>
     <t>LL-FAN-WASE-938</t>
   </si>
   <si>
-    <t>Захранващ блок Cooler Master MWE GOLD 1050W V2 ATX 3.1</t>
-[...4 lines deleted...]
-  <si>
     <t>Твърд диск 3.5" 2000GB SATA3 WD (HGST) HUS722T2TALA604 Ultrastar, 128MB ,7200RPM, 1W10002 (for datacenter,NAS)</t>
   </si>
   <si>
     <t>HDD-SATA3-2000WD-ALA604</t>
   </si>
   <si>
+    <t>Захранващ блок Gigabyte UD1000GM PG5 V2 - 1000W 80+ Gold PCIe 5.1 Ready</t>
+  </si>
+  <si>
+    <t>GA-PS-UD1000GM-PG50-V2</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE GOLD 1250W V2 ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-C501-AFCAG-3EEU</t>
+  </si>
+  <si>
+    <t>Кутия NZXT H9 Flow Dual-Chamber - Matte Black</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H92FB-01</t>
+  </si>
+  <si>
+    <t>Кутия NZXT H9 Flow Dual-Chamber - White</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H92FW-01</t>
+  </si>
+  <si>
     <t>AVerMedia Външен кепчър LIVE Gamer Ultra  Pro 2.1 4K HDMI USB Capture card</t>
   </si>
   <si>
     <t>AVER-LG-ULTRA-S</t>
   </si>
   <si>
-    <t>Процесор AMD RYZEN 5 8500G TRAY, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
-[...22 lines deleted...]
-  <si>
     <t>Памет Kingston 32GB DIMM DDR5 5600MHz CL46 2RX8 1.1V 288-pin 16Gbit</t>
   </si>
   <si>
     <t>KIN-RAM-KCP556UD8-32</t>
   </si>
   <si>
-    <t>Захранващ блок Cooler Master MWE GOLD 1250W V2 ATX 3.1</t>
-[...8 lines deleted...]
-    <t>NZXT-CASE-H92FB-01</t>
+    <t>Видео карта BIOSTAR GeForce RTX 3050 6GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3516RF68</t>
+  </si>
+  <si>
+    <t>Памет GOODRAM 16GB DDR5 5600MHz CL46 - GR5600D564L46S/16G</t>
+  </si>
+  <si>
+    <t>GOOD-RAM-DDR5-16GB</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance DDR5 16GB, 6000Mhz CL36, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-16GX5M1E6000Z36</t>
   </si>
   <si>
     <t>Кутия NZXT H9 Flow RGB Dual-Chamber - Black</t>
   </si>
   <si>
     <t>NZXT-CASE-H92FB-R1</t>
   </si>
   <si>
-    <t>Кутия NZXT H9 Flow Dual-Chamber - White</t>
-[...4 lines deleted...]
-  <si>
     <t>Кутия NZXT H9 Flow RGB Dual-Chamber - White</t>
   </si>
   <si>
     <t>NZXT-CASE-H92FW-R1</t>
   </si>
   <si>
-    <t>Твърд диск 4000GB SATA WD 256MB, GOLD Enterprice, HA750, WD4004FRYZ</t>
-[...40 lines deleted...]
-  <si>
     <t>Охладител за процесор ASUS ProArt LC 240</t>
   </si>
   <si>
     <t>ASUS-FAN-PRO-LC-240</t>
   </si>
   <si>
+    <t>Процесор Intel Raptor Lake i5-14600 TRAY, 14 Cores, 2.7 GHz, 24MB, 65W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14600-TRAY</t>
+  </si>
+  <si>
     <t>Видео карта POWERCOLOR RX 7600 Fighter V2 8GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-RX7600-8G-F-V2</t>
   </si>
   <si>
-    <t>Памет Silicon Power 32GB (2x16GB) SODIMM DDR5 4800MHz CL40 SP032GBSVU480F22</t>
-[...8 lines deleted...]
-    <t>SLP-RAM-32GBLVU480F22</t>
+    <t>Видео карта BIOSTAR GeForce RTX 2060 Super 8GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN2066RF82</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance RGB DDR5, 6000MHz 32GB 2x16GB DIMM, CL30-36, Intel XMP и AMD EXPO</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH32GX5M2B60Z30W</t>
+  </si>
+  <si>
+    <t>Процесор Intel Raptor Lake Core i5-13400 TRAY, 6P+4E Cores, 16 Threads (2.50 GHz Up to 4.60 GHz, 20MB, LGA1700), 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-13400-TRAY</t>
+  </si>
+  <si>
+    <t>Процесор Intel Raptor Lake Core i5-14500 TRAY, 2.5GHz, 24MB, LGA1700, 65W</t>
+  </si>
+  <si>
+    <t>INTEL-I5-14500-TRAY</t>
+  </si>
+  <si>
+    <t>Процесор AMD Ryzen 5 PRO 9645 MPK, 6-Core 3.9 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-9645-PRO</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte UD1600PM PG5 AI TOP - 1600W 80+ Platinum PCIe 5.1 Ready</t>
+  </si>
+  <si>
+    <t>GA-PS-UD1600PM-PG5</t>
+  </si>
+  <si>
+    <t>Памет Kingston 48GB DDR5 5600MHz CL46 ECC-DIMM 2Rx8 - KSM56E46BD8KM-48HM</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KSM56E46BD8KM</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASUS ROG Ryuo IV SLC 360 White Edition ARGB 6.67" Curved AMOLED Display</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-ROG-RYUO-SLC360W</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RTX 5060 White Edition OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5060-O8W</t>
   </si>
   <si>
     <t>SSD SAMSUNG 9100 PRO 2TB, PCIe 5.0 NVMe M.2 Type 2280 Heatsink</t>
   </si>
   <si>
     <t>SAM-SSD-MZ-VAP2T0CW</t>
   </si>
   <si>
-    <t>Памет Corsair Vengeance RGB DDR5, 6000MHz 32GB 2x16GB DIMM, CL30-36, Intel XMP и AMD EXPO</t>
-[...44 lines deleted...]
-    <t>ASUS-FAN-ROG-RYUO-SLC360W</t>
+    <t>Твърд диск SYNOLOGY HAT5320 NAS 8 TB SATA 3.5", 7200 RPM</t>
+  </si>
+  <si>
+    <t>SYN-HDD-HAT5320-8T</t>
   </si>
   <si>
     <t>Процесор AMD Ryzen 7 PRO 9745 MPK, 8-Core 3.8 GHz (Up to 5.4GHz) 32MB Cache, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R7-9745-PRO</t>
   </si>
   <si>
     <t>Твърд диск WD 16Tb Gold Enterprise 3.5"  7200RPM, 512MB, WD161KRYZ</t>
   </si>
   <si>
     <t>HDD-SATA3-16TB-WD161KRYZ</t>
   </si>
   <si>
+    <t>Памет Kingston Fury Renegade Silver RGB 96GB(2x48GB) DDR5 6000MHz CL32 - KF560C32RSAK2-96</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF560C32RSAK2-96</t>
+  </si>
+  <si>
     <t>Памет Kingston Server 64GB DDR5 5600MHz CL46 ECC-DIMM x80 2Rx4 - KSM56R46BD4-64HA</t>
   </si>
   <si>
     <t>KIN-RAM-KSM56R46BD4-64HA</t>
   </si>
   <si>
-    <t>Хард диск WD Ultrastar DC HC560 3.5" 20 TB SATA, 7200RPM, 512MB</t>
-[...2 lines deleted...]
-    <t>HDD-SATA3-20TB-WD-0F38785</t>
+    <t>Дънна платка ASUS ROG STRIX X870E-H GAMING Hatsune Miku Edition WIFI 7 AM5 DDR5</t>
+  </si>
+  <si>
+    <t>ASUS-MB-STRIX-X870E-H-HM</t>
+  </si>
+  <si>
+    <t>Процесор Intel Core Ulta 9 285K 24-Core (8P+16E) 3.2GHz(Turbo Boost 5.7) LGA1851 40MB Cache - TRAY</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-9-285K-TRAY</t>
+  </si>
+  <si>
+    <t>Памет Corsair Vengeance Gray RGB DDR5 64GB (2x32GB), 5600MHz, AMD EXPO &amp; Intel XMP</t>
+  </si>
+  <si>
+    <t>CRS-RAM-CMH64GX5M2D5600Z4</t>
   </si>
   <si>
     <t>Памет Corsair Vengeance Black 64GB (2x32GB) DDR5 6400MHz CL32, CMK64GX5M2B6400C32</t>
   </si>
   <si>
     <t>CRS-RAM-CMK64GX5M2B64C32</t>
   </si>
   <si>
-    <t>Видео карта ASRock RADEON RX 9070 XT Challenger 16GB GDDR6</t>
-[...8 lines deleted...]
-    <t>ASR-VC-RX9070XT-MH-16G</t>
+    <t>Видео карта BIOSTAR GeForce RTX 3080 10GB GDDR6</t>
+  </si>
+  <si>
+    <t>BIO-VC-VN3816RMT3</t>
   </si>
   <si>
     <t>Видео карта PowerColor Radeon RX 9070 XT HELLHOUND OC REVA EDITION 16GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-RX9070XT-16G-REVA</t>
   </si>
   <si>
+    <t>Видео карта ASUS PRIME RADEON RX 9070 XT White OC 16GB GDDR6</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRIME-RX9070XT-WH</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS ProArt RTX 5070 TI OC Edition 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRO-RT5070TI-O16G</t>
+  </si>
+  <si>
     <t>Видео карта PowerColor Radeon AI PRO R9700 32GB GDDR6</t>
   </si>
   <si>
     <t>PC-VC-R9700-32GB-B</t>
   </si>
   <si>
     <t>Видео карта PNY VCNRTX4000PRO-PB, RTX A4000 PRO 24GB GDDR7</t>
   </si>
   <si>
     <t>PNY-VCNRTX4000PRO-PB</t>
   </si>
   <si>
+    <t>Видео карта ASUS ROG ASTRAL RTX 5080 OC 16GB GDDR7 Hatsune Miku Edition</t>
+  </si>
+  <si>
+    <t>ASUS-VC-R-A-RTX5080-HM</t>
+  </si>
+  <si>
     <t>Видео карта PNY VCNRTXPRO4500-SB, RTX A4500 32GB, PCIE 5.0 x16</t>
   </si>
   <si>
     <t>PNY-VCNRTXA4500PRO</t>
+  </si>
+  <si>
+    <t>Видео карта PNY VCNRTXPRO6000BQ-PB, RTX PRO 6000 Blackwell Max-Q Workstation Edition 96GB, PCIE 5.0 x16</t>
+  </si>
+  <si>
+    <t>PNY-VCNRTXPRO6000MQ-PB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2443,9530 +1945,5526 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D677"/>
+  <dimension ref="A1:D391"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>3.6</v>
+        <v>1.836</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>4.464</v>
+        <v>2.28</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>6.0</v>
+        <v>3.072</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>6.312</v>
+        <v>3.228</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>6.432</v>
+        <v>3.288</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>7.2</v>
+        <v>3.684</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>7.5</v>
+        <v>3.84</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>7.5</v>
+        <v>3.84</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>7.5</v>
+        <v>3.984</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>7.8</v>
+        <v>3.984</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>7.8</v>
+        <v>4.284</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>8.1</v>
+        <v>4.356</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>8.388</v>
+        <v>4.596</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>8.4</v>
+        <v>4.596</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>8.532</v>
+        <v>4.596</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>9.0</v>
+        <v>4.596</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>9.0</v>
+        <v>4.68</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>9.0</v>
+        <v>4.752</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>9.0</v>
+        <v>4.908</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>9.156</v>
+        <v>4.908</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>9.3</v>
+        <v>4.992</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>9.9</v>
+        <v>5.064</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>9.9</v>
+        <v>5.064</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>9.9</v>
+        <v>5.064</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>9.984</v>
+        <v>5.064</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>10.176</v>
+        <v>5.196</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>10.2</v>
+        <v>5.22</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>10.8</v>
+        <v>5.292</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>10.884</v>
+        <v>5.52</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>10.884</v>
+        <v>5.568</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
-        <v>10.884</v>
+        <v>5.568</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
-        <v>10.884</v>
+        <v>5.568</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
-        <v>10.884</v>
+        <v>5.616</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
-        <v>10.992</v>
+        <v>5.712</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
-        <v>11.184</v>
+        <v>5.784</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>11.304</v>
+        <v>5.82</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>11.388</v>
+        <v>5.832</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>11.4</v>
+        <v>5.88</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>11.496</v>
+        <v>5.988</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>11.7</v>
+        <v>6.072</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>11.88</v>
+        <v>6.084</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>11.892</v>
+        <v>6.108</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
-        <v>12.0</v>
+        <v>6.132</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
-        <v>12.0</v>
+        <v>6.36</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
-        <v>12.444</v>
+        <v>6.444</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
-        <v>12.6</v>
+        <v>6.6</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
-        <v>12.996</v>
+        <v>6.648</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
-        <v>13.2</v>
+        <v>6.744</v>
       </c>
       <c r="D53" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
-        <v>13.8</v>
+        <v>7.056</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>112</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55">
-        <v>13.848</v>
+        <v>7.08</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>114</v>
       </c>
       <c r="B56" t="s">
         <v>115</v>
       </c>
       <c r="C56">
-        <v>14.124</v>
+        <v>7.224</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>116</v>
       </c>
       <c r="B57" t="s">
         <v>117</v>
       </c>
       <c r="C57">
-        <v>14.244</v>
+        <v>7.284</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>118</v>
       </c>
       <c r="B58" t="s">
         <v>119</v>
       </c>
       <c r="C58">
-        <v>14.544</v>
+        <v>7.62</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59" t="s">
         <v>121</v>
       </c>
       <c r="C59">
-        <v>14.892</v>
+        <v>7.62</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>122</v>
       </c>
       <c r="B60" t="s">
         <v>123</v>
       </c>
       <c r="C60">
-        <v>14.904</v>
+        <v>7.668</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
-        <v>14.904</v>
+        <v>7.668</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D68" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>142</v>
       </c>
       <c r="B70" t="s">
         <v>143</v>
       </c>
       <c r="C70">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
-        <v>15.0</v>
+        <v>7.668</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
-        <v>15.3</v>
+        <v>7.848</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
-        <v>15.36</v>
+        <v>7.98</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
-        <v>15.612</v>
+        <v>7.98</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
-        <v>15.612</v>
+        <v>7.98</v>
       </c>
       <c r="D77" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>15.612</v>
+        <v>7.98</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>15.612</v>
+        <v>7.98</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>15.612</v>
+        <v>8.016</v>
       </c>
       <c r="D80" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>15.684</v>
+        <v>8.064</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>15.768</v>
+        <v>8.352</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>16.428</v>
+        <v>8.4</v>
       </c>
       <c r="D83" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>16.584</v>
+        <v>8.484</v>
       </c>
       <c r="D84" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>17.016</v>
+        <v>8.7</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>17.196</v>
+        <v>8.796</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>17.196</v>
+        <v>8.796</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>17.196</v>
+        <v>8.916</v>
       </c>
       <c r="D88" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>17.196</v>
+        <v>8.94</v>
       </c>
       <c r="D89" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>17.448</v>
+        <v>9.204</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D92" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D93" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D94" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>18.0</v>
+        <v>9.204</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>18.0</v>
+        <v>9.36</v>
       </c>
       <c r="D96" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>18.144</v>
+        <v>9.624</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>18.312</v>
+        <v>9.648</v>
       </c>
       <c r="D98" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>200</v>
       </c>
       <c r="B99" t="s">
         <v>201</v>
       </c>
       <c r="C99">
-        <v>18.864</v>
+        <v>9.708</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>202</v>
       </c>
       <c r="B100" t="s">
         <v>203</v>
       </c>
       <c r="C100">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>204</v>
       </c>
       <c r="B101" t="s">
         <v>205</v>
       </c>
       <c r="C101">
-        <v>18.996</v>
+        <v>9.708</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>104</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>105</v>
       </c>
       <c r="C102">
-        <v>3.6</v>
+        <v>6.6</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>116</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>117</v>
       </c>
       <c r="C103">
-        <v>4.464</v>
+        <v>7.284</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>11</v>
+        <v>148</v>
       </c>
       <c r="B104" t="s">
-        <v>12</v>
+        <v>149</v>
       </c>
       <c r="C104">
-        <v>6.312</v>
+        <v>7.668</v>
       </c>
       <c r="D104" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>181</v>
       </c>
       <c r="C105">
-        <v>6.432</v>
+        <v>8.94</v>
       </c>
       <c r="D105" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>17</v>
+        <v>192</v>
       </c>
       <c r="B106" t="s">
-        <v>18</v>
+        <v>193</v>
       </c>
       <c r="C106">
-        <v>7.2</v>
+        <v>9.204</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="B107" t="s">
-        <v>20</v>
+        <v>207</v>
       </c>
       <c r="C107">
-        <v>7.5</v>
+        <v>9.708</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>21</v>
+        <v>208</v>
       </c>
       <c r="B108" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
       <c r="C108">
-        <v>7.5</v>
+        <v>10.128</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="B109" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="C109">
-        <v>7.5</v>
+        <v>10.128</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>29</v>
+        <v>212</v>
       </c>
       <c r="B110" t="s">
-        <v>30</v>
+        <v>213</v>
       </c>
       <c r="C110">
-        <v>7.8</v>
+        <v>11.256</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>31</v>
+        <v>214</v>
       </c>
       <c r="B111" t="s">
-        <v>32</v>
+        <v>215</v>
       </c>
       <c r="C111">
-        <v>8.1</v>
+        <v>13.164</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="B112" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="C112">
-        <v>8.388</v>
+        <v>13.944</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>35</v>
+        <v>218</v>
       </c>
       <c r="B113" t="s">
-        <v>36</v>
+        <v>219</v>
       </c>
       <c r="C113">
-        <v>8.4</v>
+        <v>15.18</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>37</v>
+        <v>220</v>
       </c>
       <c r="B114" t="s">
-        <v>38</v>
+        <v>221</v>
       </c>
       <c r="C114">
-        <v>8.532</v>
+        <v>16.224</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>43</v>
+        <v>222</v>
       </c>
       <c r="B115" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="C115">
-        <v>9.0</v>
+        <v>17.184</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>45</v>
+        <v>224</v>
       </c>
       <c r="B116" t="s">
-        <v>46</v>
+        <v>225</v>
       </c>
       <c r="C116">
-        <v>9.0</v>
+        <v>17.892</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>47</v>
+        <v>226</v>
       </c>
       <c r="B117" t="s">
-        <v>48</v>
+        <v>227</v>
       </c>
       <c r="C117">
-        <v>9.0</v>
+        <v>17.892</v>
       </c>
       <c r="D117" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>49</v>
+        <v>228</v>
       </c>
       <c r="B118" t="s">
-        <v>50</v>
+        <v>229</v>
       </c>
       <c r="C118">
-        <v>9.156</v>
+        <v>17.892</v>
       </c>
       <c r="D118" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>51</v>
+        <v>230</v>
       </c>
       <c r="B119" t="s">
-        <v>52</v>
+        <v>231</v>
       </c>
       <c r="C119">
-        <v>9.3</v>
+        <v>17.892</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>55</v>
+        <v>232</v>
       </c>
       <c r="B120" t="s">
-        <v>56</v>
+        <v>233</v>
       </c>
       <c r="C120">
-        <v>9.9</v>
+        <v>20.604</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>57</v>
+        <v>234</v>
       </c>
       <c r="B121" t="s">
-        <v>58</v>
+        <v>235</v>
       </c>
       <c r="C121">
-        <v>9.9</v>
+        <v>23.004</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>59</v>
+        <v>236</v>
       </c>
       <c r="B122" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
       <c r="C122">
-        <v>9.984</v>
+        <v>25.056</v>
       </c>
       <c r="D122" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="B123" t="s">
-        <v>62</v>
+        <v>239</v>
       </c>
       <c r="C123">
-        <v>10.176</v>
+        <v>25.584</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>63</v>
+        <v>240</v>
       </c>
       <c r="B124" t="s">
-        <v>64</v>
+        <v>241</v>
       </c>
       <c r="C124">
-        <v>10.2</v>
+        <v>35.28</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>67</v>
+        <v>242</v>
       </c>
       <c r="B125" t="s">
-        <v>68</v>
+        <v>243</v>
       </c>
       <c r="C125">
-        <v>10.884</v>
+        <v>35.28</v>
       </c>
       <c r="D125" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>69</v>
+        <v>244</v>
       </c>
       <c r="B126" t="s">
-        <v>70</v>
+        <v>245</v>
       </c>
       <c r="C126">
-        <v>10.884</v>
+        <v>35.28</v>
       </c>
       <c r="D126" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>71</v>
+        <v>246</v>
       </c>
       <c r="B127" t="s">
-        <v>72</v>
+        <v>247</v>
       </c>
       <c r="C127">
-        <v>10.884</v>
+        <v>36.924</v>
       </c>
       <c r="D127" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>73</v>
+        <v>248</v>
       </c>
       <c r="B128" t="s">
-        <v>74</v>
+        <v>249</v>
       </c>
       <c r="C128">
-        <v>10.884</v>
+        <v>37.368</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>75</v>
+        <v>250</v>
       </c>
       <c r="B129" t="s">
-        <v>76</v>
+        <v>251</v>
       </c>
       <c r="C129">
-        <v>10.884</v>
+        <v>37.644</v>
       </c>
       <c r="D129" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>77</v>
+        <v>252</v>
       </c>
       <c r="B130" t="s">
-        <v>78</v>
+        <v>253</v>
       </c>
       <c r="C130">
-        <v>10.992</v>
+        <v>38.916</v>
       </c>
       <c r="D130" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>79</v>
+        <v>254</v>
       </c>
       <c r="B131" t="s">
-        <v>80</v>
+        <v>255</v>
       </c>
       <c r="C131">
-        <v>11.184</v>
+        <v>40.392</v>
       </c>
       <c r="D131" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>81</v>
+        <v>256</v>
       </c>
       <c r="B132" t="s">
-        <v>82</v>
+        <v>257</v>
       </c>
       <c r="C132">
-        <v>11.304</v>
+        <v>40.392</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>83</v>
+        <v>258</v>
       </c>
       <c r="B133" t="s">
-        <v>84</v>
+        <v>259</v>
       </c>
       <c r="C133">
-        <v>11.388</v>
+        <v>42.024</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>93</v>
+        <v>260</v>
       </c>
       <c r="B134" t="s">
-        <v>94</v>
+        <v>261</v>
       </c>
       <c r="C134">
-        <v>11.892</v>
+        <v>43.056</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>91</v>
+        <v>262</v>
       </c>
       <c r="B135" t="s">
-        <v>97</v>
+        <v>263</v>
       </c>
       <c r="C135">
-        <v>12.0</v>
+        <v>45.504</v>
       </c>
       <c r="D135" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>98</v>
+        <v>264</v>
       </c>
       <c r="B136" t="s">
-        <v>99</v>
+        <v>265</v>
       </c>
       <c r="C136">
-        <v>12.0</v>
+        <v>47.148</v>
       </c>
       <c r="D136" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>100</v>
+        <v>266</v>
       </c>
       <c r="B137" t="s">
-        <v>101</v>
+        <v>267</v>
       </c>
       <c r="C137">
-        <v>12.0</v>
+        <v>48.552</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>104</v>
+        <v>268</v>
       </c>
       <c r="B138" t="s">
-        <v>105</v>
+        <v>269</v>
       </c>
       <c r="C138">
-        <v>12.6</v>
+        <v>50.616</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>106</v>
+        <v>270</v>
       </c>
       <c r="B139" t="s">
-        <v>107</v>
+        <v>271</v>
       </c>
       <c r="C139">
-        <v>12.996</v>
+        <v>50.616</v>
       </c>
       <c r="D139" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>110</v>
+        <v>272</v>
       </c>
       <c r="B140" t="s">
-        <v>111</v>
+        <v>273</v>
       </c>
       <c r="C140">
-        <v>13.8</v>
+        <v>50.616</v>
       </c>
       <c r="D140" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>112</v>
+        <v>274</v>
       </c>
       <c r="B141" t="s">
-        <v>113</v>
+        <v>275</v>
       </c>
       <c r="C141">
-        <v>13.848</v>
+        <v>53.484</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>114</v>
+        <v>276</v>
       </c>
       <c r="B142" t="s">
-        <v>115</v>
+        <v>277</v>
       </c>
       <c r="C142">
-        <v>14.124</v>
+        <v>55.728</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>116</v>
+        <v>278</v>
       </c>
       <c r="B143" t="s">
-        <v>117</v>
+        <v>279</v>
       </c>
       <c r="C143">
-        <v>14.244</v>
+        <v>55.728</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>118</v>
+        <v>280</v>
       </c>
       <c r="B144" t="s">
-        <v>119</v>
+        <v>281</v>
       </c>
       <c r="C144">
-        <v>14.544</v>
+        <v>55.728</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>120</v>
+        <v>282</v>
       </c>
       <c r="B145" t="s">
-        <v>121</v>
+        <v>283</v>
       </c>
       <c r="C145">
-        <v>14.892</v>
+        <v>55.728</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>122</v>
+        <v>284</v>
       </c>
       <c r="B146" t="s">
-        <v>123</v>
+        <v>285</v>
       </c>
       <c r="C146">
-        <v>14.904</v>
+        <v>58.752</v>
       </c>
       <c r="D146" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>124</v>
+        <v>286</v>
       </c>
       <c r="B147" t="s">
-        <v>125</v>
+        <v>287</v>
       </c>
       <c r="C147">
-        <v>14.904</v>
+        <v>58.8</v>
       </c>
       <c r="D147" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>132</v>
+        <v>288</v>
       </c>
       <c r="B148" t="s">
-        <v>133</v>
+        <v>289</v>
       </c>
       <c r="C148">
-        <v>15.0</v>
+        <v>60.84</v>
       </c>
       <c r="D148" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>134</v>
+        <v>290</v>
       </c>
       <c r="B149" t="s">
-        <v>135</v>
+        <v>291</v>
       </c>
       <c r="C149">
-        <v>15.0</v>
+        <v>60.84</v>
       </c>
       <c r="D149" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="B150" t="s">
-        <v>137</v>
+        <v>293</v>
       </c>
       <c r="C150">
-        <v>15.0</v>
+        <v>64.776</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>138</v>
+        <v>294</v>
       </c>
       <c r="B151" t="s">
-        <v>139</v>
+        <v>295</v>
       </c>
       <c r="C151">
-        <v>15.0</v>
+        <v>65.952</v>
       </c>
       <c r="D151" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>140</v>
+        <v>296</v>
       </c>
       <c r="B152" t="s">
-        <v>141</v>
+        <v>297</v>
       </c>
       <c r="C152">
-        <v>15.0</v>
+        <v>65.952</v>
       </c>
       <c r="D152" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>142</v>
+        <v>298</v>
       </c>
       <c r="B153" t="s">
-        <v>143</v>
+        <v>299</v>
       </c>
       <c r="C153">
-        <v>15.0</v>
+        <v>66.54</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>144</v>
+        <v>300</v>
       </c>
       <c r="B154" t="s">
-        <v>145</v>
+        <v>301</v>
       </c>
       <c r="C154">
-        <v>15.0</v>
+        <v>68.016</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>146</v>
+        <v>302</v>
       </c>
       <c r="B155" t="s">
-        <v>147</v>
+        <v>303</v>
       </c>
       <c r="C155">
-        <v>15.0</v>
+        <v>71.064</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>148</v>
+        <v>304</v>
       </c>
       <c r="B156" t="s">
-        <v>149</v>
+        <v>305</v>
       </c>
       <c r="C156">
-        <v>15.0</v>
+        <v>71.064</v>
       </c>
       <c r="D156" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>154</v>
+        <v>306</v>
       </c>
       <c r="B157" t="s">
-        <v>155</v>
+        <v>307</v>
       </c>
       <c r="C157">
-        <v>15.612</v>
+        <v>71.064</v>
       </c>
       <c r="D157" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>156</v>
+        <v>308</v>
       </c>
       <c r="B158" t="s">
-        <v>157</v>
+        <v>309</v>
       </c>
       <c r="C158">
-        <v>15.612</v>
+        <v>74.208</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>158</v>
+        <v>310</v>
       </c>
       <c r="B159" t="s">
-        <v>159</v>
+        <v>311</v>
       </c>
       <c r="C159">
-        <v>15.612</v>
+        <v>76.176</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>160</v>
+        <v>312</v>
       </c>
       <c r="B160" t="s">
-        <v>161</v>
+        <v>313</v>
       </c>
       <c r="C160">
-        <v>15.612</v>
+        <v>76.176</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>162</v>
+        <v>314</v>
       </c>
       <c r="B161" t="s">
-        <v>163</v>
+        <v>315</v>
       </c>
       <c r="C161">
-        <v>15.612</v>
+        <v>76.176</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>164</v>
+        <v>316</v>
       </c>
       <c r="B162" t="s">
-        <v>165</v>
+        <v>317</v>
       </c>
       <c r="C162">
-        <v>15.684</v>
+        <v>81.3</v>
       </c>
       <c r="D162" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>166</v>
+        <v>318</v>
       </c>
       <c r="B163" t="s">
-        <v>167</v>
+        <v>319</v>
       </c>
       <c r="C163">
-        <v>15.768</v>
+        <v>81.3</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>168</v>
+        <v>320</v>
       </c>
       <c r="B164" t="s">
-        <v>169</v>
+        <v>321</v>
       </c>
       <c r="C164">
-        <v>16.428</v>
+        <v>81.3</v>
       </c>
       <c r="D164" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>170</v>
+        <v>322</v>
       </c>
       <c r="B165" t="s">
-        <v>171</v>
+        <v>323</v>
       </c>
       <c r="C165">
-        <v>16.584</v>
+        <v>81.3</v>
       </c>
       <c r="D165" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>174</v>
+        <v>324</v>
       </c>
       <c r="B166" t="s">
-        <v>175</v>
+        <v>325</v>
       </c>
       <c r="C166">
-        <v>17.196</v>
+        <v>84.12</v>
       </c>
       <c r="D166" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>176</v>
+        <v>326</v>
       </c>
       <c r="B167" t="s">
-        <v>177</v>
+        <v>327</v>
       </c>
       <c r="C167">
-        <v>17.196</v>
+        <v>86.412</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>178</v>
+        <v>328</v>
       </c>
       <c r="B168" t="s">
-        <v>179</v>
+        <v>329</v>
       </c>
       <c r="C168">
-        <v>17.196</v>
+        <v>86.412</v>
       </c>
       <c r="D168" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>180</v>
+        <v>330</v>
       </c>
       <c r="B169" t="s">
-        <v>181</v>
+        <v>331</v>
       </c>
       <c r="C169">
-        <v>17.196</v>
+        <v>86.412</v>
       </c>
       <c r="D169" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>182</v>
+        <v>332</v>
       </c>
       <c r="B170" t="s">
-        <v>183</v>
+        <v>333</v>
       </c>
       <c r="C170">
-        <v>17.448</v>
+        <v>90.384</v>
       </c>
       <c r="D170" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>186</v>
+        <v>334</v>
       </c>
       <c r="B171" t="s">
-        <v>187</v>
+        <v>335</v>
       </c>
       <c r="C171">
-        <v>18.0</v>
+        <v>90.744</v>
       </c>
       <c r="D171" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>188</v>
+        <v>336</v>
       </c>
       <c r="B172" t="s">
-        <v>189</v>
+        <v>337</v>
       </c>
       <c r="C172">
-        <v>18.0</v>
+        <v>90.744</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>190</v>
+        <v>338</v>
       </c>
       <c r="B173" t="s">
-        <v>191</v>
+        <v>339</v>
       </c>
       <c r="C173">
-        <v>18.0</v>
+        <v>91.512</v>
       </c>
       <c r="D173" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>192</v>
+        <v>340</v>
       </c>
       <c r="B174" t="s">
-        <v>193</v>
+        <v>341</v>
       </c>
       <c r="C174">
-        <v>18.0</v>
+        <v>91.512</v>
       </c>
       <c r="D174" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>194</v>
+        <v>342</v>
       </c>
       <c r="B175" t="s">
-        <v>195</v>
+        <v>343</v>
       </c>
       <c r="C175">
-        <v>18.0</v>
+        <v>96.636</v>
       </c>
       <c r="D175" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>198</v>
+        <v>344</v>
       </c>
       <c r="B176" t="s">
-        <v>199</v>
+        <v>345</v>
       </c>
       <c r="C176">
-        <v>18.312</v>
+        <v>96.636</v>
       </c>
       <c r="D176" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>200</v>
+        <v>346</v>
       </c>
       <c r="B177" t="s">
-        <v>201</v>
+        <v>347</v>
       </c>
       <c r="C177">
-        <v>18.864</v>
+        <v>96.636</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>206</v>
+        <v>348</v>
       </c>
       <c r="B178" t="s">
-        <v>207</v>
+        <v>349</v>
       </c>
       <c r="C178">
-        <v>18.996</v>
+        <v>97.596</v>
       </c>
       <c r="D178" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>208</v>
+        <v>350</v>
       </c>
       <c r="B179" t="s">
-        <v>209</v>
+        <v>351</v>
       </c>
       <c r="C179">
-        <v>18.996</v>
+        <v>97.716</v>
       </c>
       <c r="D179" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>210</v>
+        <v>352</v>
       </c>
       <c r="B180" t="s">
-        <v>211</v>
+        <v>353</v>
       </c>
       <c r="C180">
-        <v>18.996</v>
+        <v>101.628</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>212</v>
+        <v>354</v>
       </c>
       <c r="B181" t="s">
-        <v>213</v>
+        <v>355</v>
       </c>
       <c r="C181">
-        <v>18.996</v>
+        <v>101.748</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>214</v>
+        <v>356</v>
       </c>
       <c r="B182" t="s">
-        <v>215</v>
+        <v>357</v>
       </c>
       <c r="C182">
-        <v>19.524</v>
+        <v>101.748</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>216</v>
+        <v>358</v>
       </c>
       <c r="B183" t="s">
-        <v>217</v>
+        <v>359</v>
       </c>
       <c r="C183">
-        <v>19.524</v>
+        <v>101.748</v>
       </c>
       <c r="D183" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>218</v>
+        <v>360</v>
       </c>
       <c r="B184" t="s">
-        <v>219</v>
+        <v>361</v>
       </c>
       <c r="C184">
-        <v>19.8</v>
+        <v>101.748</v>
       </c>
       <c r="D184" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>220</v>
+        <v>362</v>
       </c>
       <c r="B185" t="s">
-        <v>221</v>
+        <v>363</v>
       </c>
       <c r="C185">
-        <v>19.8</v>
+        <v>101.748</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>222</v>
+        <v>364</v>
       </c>
       <c r="B186" t="s">
-        <v>223</v>
+        <v>365</v>
       </c>
       <c r="C186">
-        <v>19.8</v>
+        <v>101.748</v>
       </c>
       <c r="D186" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>224</v>
+        <v>366</v>
       </c>
       <c r="B187" t="s">
-        <v>225</v>
+        <v>367</v>
       </c>
       <c r="C187">
-        <v>19.8</v>
+        <v>106.86</v>
       </c>
       <c r="D187" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>226</v>
+        <v>368</v>
       </c>
       <c r="B188" t="s">
-        <v>227</v>
+        <v>369</v>
       </c>
       <c r="C188">
-        <v>19.8</v>
+        <v>106.86</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>228</v>
+        <v>370</v>
       </c>
       <c r="B189" t="s">
-        <v>229</v>
+        <v>371</v>
       </c>
       <c r="C189">
-        <v>20.232</v>
+        <v>108.48</v>
       </c>
       <c r="D189" t="s">
-        <v>230</v>
+        <v>16</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>231</v>
+        <v>372</v>
       </c>
       <c r="B190" t="s">
-        <v>232</v>
+        <v>373</v>
       </c>
       <c r="C190">
-        <v>20.244</v>
+        <v>108.636</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>233</v>
+        <v>374</v>
       </c>
       <c r="B191" t="s">
-        <v>234</v>
+        <v>375</v>
       </c>
       <c r="C191">
-        <v>20.34</v>
+        <v>109.272</v>
       </c>
       <c r="D191" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>235</v>
+        <v>376</v>
       </c>
       <c r="B192" t="s">
-        <v>236</v>
+        <v>377</v>
       </c>
       <c r="C192">
-        <v>20.736</v>
+        <v>109.368</v>
       </c>
       <c r="D192" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>237</v>
+        <v>378</v>
       </c>
       <c r="B193" t="s">
-        <v>238</v>
+        <v>379</v>
       </c>
       <c r="C193">
-        <v>21.6</v>
+        <v>109.92</v>
       </c>
       <c r="D193" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>239</v>
+        <v>380</v>
       </c>
       <c r="B194" t="s">
-        <v>240</v>
+        <v>381</v>
       </c>
       <c r="C194">
-        <v>21.948</v>
+        <v>110.964</v>
       </c>
       <c r="D194" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>241</v>
+        <v>382</v>
       </c>
       <c r="B195" t="s">
-        <v>242</v>
+        <v>383</v>
       </c>
       <c r="C195">
-        <v>22.008</v>
+        <v>111.972</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>243</v>
+        <v>384</v>
       </c>
       <c r="B196" t="s">
-        <v>244</v>
+        <v>385</v>
       </c>
       <c r="C196">
-        <v>22.008</v>
+        <v>111.972</v>
       </c>
       <c r="D196" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>245</v>
+        <v>386</v>
       </c>
       <c r="B197" t="s">
-        <v>246</v>
+        <v>387</v>
       </c>
       <c r="C197">
-        <v>22.08</v>
+        <v>111.972</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>247</v>
+        <v>388</v>
       </c>
       <c r="B198" t="s">
-        <v>248</v>
+        <v>389</v>
       </c>
       <c r="C198">
-        <v>22.416</v>
+        <v>114.756</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>249</v>
+        <v>390</v>
       </c>
       <c r="B199" t="s">
-        <v>250</v>
+        <v>391</v>
       </c>
       <c r="C199">
-        <v>22.524</v>
+        <v>115.236</v>
       </c>
       <c r="D199" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>251</v>
+        <v>392</v>
       </c>
       <c r="B200" t="s">
-        <v>252</v>
+        <v>393</v>
       </c>
       <c r="C200">
-        <v>23.328</v>
+        <v>116.64</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>253</v>
+        <v>394</v>
       </c>
       <c r="B201" t="s">
-        <v>254</v>
+        <v>395</v>
       </c>
       <c r="C201">
-        <v>23.328</v>
+        <v>117.084</v>
       </c>
       <c r="D201" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>4</v>
+        <v>104</v>
       </c>
       <c r="B202" t="s">
-        <v>5</v>
+        <v>105</v>
       </c>
       <c r="C202">
-        <v>3.6</v>
+        <v>6.6</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
       <c r="B203" t="s">
-        <v>12</v>
+        <v>117</v>
       </c>
       <c r="C203">
-        <v>6.312</v>
+        <v>7.284</v>
       </c>
       <c r="D203" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>14</v>
+        <v>148</v>
       </c>
       <c r="B204" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
       <c r="C204">
-        <v>6.432</v>
+        <v>7.668</v>
       </c>
       <c r="D204" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="B205" t="s">
-        <v>18</v>
+        <v>181</v>
       </c>
       <c r="C205">
-        <v>7.2</v>
+        <v>8.94</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>19</v>
+        <v>192</v>
       </c>
       <c r="B206" t="s">
-        <v>20</v>
+        <v>193</v>
       </c>
       <c r="C206">
-        <v>7.5</v>
+        <v>9.204</v>
       </c>
       <c r="D206" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>21</v>
+        <v>208</v>
       </c>
       <c r="B207" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
       <c r="C207">
-        <v>7.5</v>
+        <v>10.128</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="B208" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="C208">
-        <v>7.5</v>
+        <v>10.128</v>
       </c>
       <c r="D208" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>29</v>
+        <v>212</v>
       </c>
       <c r="B209" t="s">
-        <v>30</v>
+        <v>213</v>
       </c>
       <c r="C209">
-        <v>7.8</v>
+        <v>11.256</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>31</v>
+        <v>214</v>
       </c>
       <c r="B210" t="s">
-        <v>32</v>
+        <v>215</v>
       </c>
       <c r="C210">
-        <v>8.1</v>
+        <v>13.164</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="B211" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="C211">
-        <v>8.388</v>
+        <v>13.944</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>35</v>
+        <v>218</v>
       </c>
       <c r="B212" t="s">
-        <v>36</v>
+        <v>219</v>
       </c>
       <c r="C212">
-        <v>8.4</v>
+        <v>15.18</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>37</v>
+        <v>220</v>
       </c>
       <c r="B213" t="s">
-        <v>38</v>
+        <v>221</v>
       </c>
       <c r="C213">
-        <v>8.532</v>
+        <v>16.224</v>
       </c>
       <c r="D213" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>43</v>
+        <v>222</v>
       </c>
       <c r="B214" t="s">
-        <v>44</v>
+        <v>223</v>
       </c>
       <c r="C214">
-        <v>9.0</v>
+        <v>17.184</v>
       </c>
       <c r="D214" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>45</v>
+        <v>224</v>
       </c>
       <c r="B215" t="s">
-        <v>46</v>
+        <v>225</v>
       </c>
       <c r="C215">
-        <v>9.0</v>
+        <v>17.892</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>47</v>
+        <v>226</v>
       </c>
       <c r="B216" t="s">
-        <v>48</v>
+        <v>227</v>
       </c>
       <c r="C216">
-        <v>9.0</v>
+        <v>17.892</v>
       </c>
       <c r="D216" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>49</v>
+        <v>228</v>
       </c>
       <c r="B217" t="s">
-        <v>50</v>
+        <v>229</v>
       </c>
       <c r="C217">
-        <v>9.156</v>
+        <v>17.892</v>
       </c>
       <c r="D217" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>51</v>
+        <v>230</v>
       </c>
       <c r="B218" t="s">
-        <v>52</v>
+        <v>231</v>
       </c>
       <c r="C218">
-        <v>9.3</v>
+        <v>17.892</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>55</v>
+        <v>232</v>
       </c>
       <c r="B219" t="s">
-        <v>56</v>
+        <v>233</v>
       </c>
       <c r="C219">
-        <v>9.9</v>
+        <v>20.604</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>57</v>
+        <v>238</v>
       </c>
       <c r="B220" t="s">
-        <v>58</v>
+        <v>239</v>
       </c>
       <c r="C220">
-        <v>9.9</v>
+        <v>25.584</v>
       </c>
       <c r="D220" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>59</v>
+        <v>244</v>
       </c>
       <c r="B221" t="s">
-        <v>60</v>
+        <v>245</v>
       </c>
       <c r="C221">
-        <v>9.984</v>
+        <v>35.28</v>
       </c>
       <c r="D221" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>61</v>
+        <v>246</v>
       </c>
       <c r="B222" t="s">
-        <v>62</v>
+        <v>247</v>
       </c>
       <c r="C222">
-        <v>10.176</v>
+        <v>36.924</v>
       </c>
       <c r="D222" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>63</v>
+        <v>248</v>
       </c>
       <c r="B223" t="s">
-        <v>64</v>
+        <v>249</v>
       </c>
       <c r="C223">
-        <v>10.2</v>
+        <v>37.368</v>
       </c>
       <c r="D223" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>67</v>
+        <v>250</v>
       </c>
       <c r="B224" t="s">
-        <v>68</v>
+        <v>251</v>
       </c>
       <c r="C224">
-        <v>10.884</v>
+        <v>37.644</v>
       </c>
       <c r="D224" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>69</v>
+        <v>252</v>
       </c>
       <c r="B225" t="s">
-        <v>70</v>
+        <v>253</v>
       </c>
       <c r="C225">
-        <v>10.884</v>
+        <v>38.916</v>
       </c>
       <c r="D225" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>71</v>
+        <v>258</v>
       </c>
       <c r="B226" t="s">
-        <v>72</v>
+        <v>259</v>
       </c>
       <c r="C226">
-        <v>10.884</v>
+        <v>42.024</v>
       </c>
       <c r="D226" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>73</v>
+        <v>260</v>
       </c>
       <c r="B227" t="s">
-        <v>74</v>
+        <v>261</v>
       </c>
       <c r="C227">
-        <v>10.884</v>
+        <v>43.056</v>
       </c>
       <c r="D227" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>75</v>
+        <v>270</v>
       </c>
       <c r="B228" t="s">
-        <v>76</v>
+        <v>271</v>
       </c>
       <c r="C228">
-        <v>10.884</v>
+        <v>50.616</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>77</v>
+        <v>272</v>
       </c>
       <c r="B229" t="s">
-        <v>78</v>
+        <v>273</v>
       </c>
       <c r="C229">
-        <v>10.992</v>
+        <v>50.616</v>
       </c>
       <c r="D229" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>79</v>
+        <v>274</v>
       </c>
       <c r="B230" t="s">
-        <v>80</v>
+        <v>275</v>
       </c>
       <c r="C230">
-        <v>11.184</v>
+        <v>53.484</v>
       </c>
       <c r="D230" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>81</v>
+        <v>276</v>
       </c>
       <c r="B231" t="s">
-        <v>82</v>
+        <v>277</v>
       </c>
       <c r="C231">
-        <v>11.304</v>
+        <v>55.728</v>
       </c>
       <c r="D231" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>83</v>
+        <v>278</v>
       </c>
       <c r="B232" t="s">
-        <v>84</v>
+        <v>279</v>
       </c>
       <c r="C232">
-        <v>11.388</v>
+        <v>55.728</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>93</v>
+        <v>280</v>
       </c>
       <c r="B233" t="s">
-        <v>94</v>
+        <v>281</v>
       </c>
       <c r="C233">
-        <v>11.892</v>
+        <v>55.728</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>98</v>
+        <v>282</v>
       </c>
       <c r="B234" t="s">
-        <v>99</v>
+        <v>283</v>
       </c>
       <c r="C234">
-        <v>12.0</v>
+        <v>55.728</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>100</v>
+        <v>286</v>
       </c>
       <c r="B235" t="s">
-        <v>101</v>
+        <v>287</v>
       </c>
       <c r="C235">
-        <v>12.0</v>
+        <v>58.8</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>104</v>
+        <v>288</v>
       </c>
       <c r="B236" t="s">
-        <v>105</v>
+        <v>289</v>
       </c>
       <c r="C236">
-        <v>12.6</v>
+        <v>60.84</v>
       </c>
       <c r="D236" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>110</v>
+        <v>290</v>
       </c>
       <c r="B237" t="s">
-        <v>111</v>
+        <v>291</v>
       </c>
       <c r="C237">
-        <v>13.8</v>
+        <v>60.84</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>112</v>
+        <v>292</v>
       </c>
       <c r="B238" t="s">
-        <v>113</v>
+        <v>293</v>
       </c>
       <c r="C238">
-        <v>13.848</v>
+        <v>64.776</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>114</v>
+        <v>298</v>
       </c>
       <c r="B239" t="s">
-        <v>115</v>
+        <v>299</v>
       </c>
       <c r="C239">
-        <v>14.124</v>
+        <v>66.54</v>
       </c>
       <c r="D239" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>116</v>
+        <v>306</v>
       </c>
       <c r="B240" t="s">
-        <v>117</v>
+        <v>307</v>
       </c>
       <c r="C240">
-        <v>14.244</v>
+        <v>71.064</v>
       </c>
       <c r="D240" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>118</v>
+        <v>312</v>
       </c>
       <c r="B241" t="s">
-        <v>119</v>
+        <v>313</v>
       </c>
       <c r="C241">
-        <v>14.544</v>
+        <v>76.176</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>120</v>
+        <v>314</v>
       </c>
       <c r="B242" t="s">
-        <v>121</v>
+        <v>315</v>
       </c>
       <c r="C242">
-        <v>14.892</v>
+        <v>76.176</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>122</v>
+        <v>318</v>
       </c>
       <c r="B243" t="s">
-        <v>123</v>
+        <v>319</v>
       </c>
       <c r="C243">
-        <v>14.904</v>
+        <v>81.3</v>
       </c>
       <c r="D243" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>124</v>
+        <v>320</v>
       </c>
       <c r="B244" t="s">
-        <v>125</v>
+        <v>321</v>
       </c>
       <c r="C244">
-        <v>14.904</v>
+        <v>81.3</v>
       </c>
       <c r="D244" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>132</v>
+        <v>322</v>
       </c>
       <c r="B245" t="s">
-        <v>133</v>
+        <v>323</v>
       </c>
       <c r="C245">
-        <v>15.0</v>
+        <v>81.3</v>
       </c>
       <c r="D245" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>134</v>
+        <v>324</v>
       </c>
       <c r="B246" t="s">
-        <v>135</v>
+        <v>325</v>
       </c>
       <c r="C246">
-        <v>15.0</v>
+        <v>84.12</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>136</v>
+        <v>326</v>
       </c>
       <c r="B247" t="s">
-        <v>137</v>
+        <v>327</v>
       </c>
       <c r="C247">
-        <v>15.0</v>
+        <v>86.412</v>
       </c>
       <c r="D247" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>138</v>
+        <v>328</v>
       </c>
       <c r="B248" t="s">
-        <v>139</v>
+        <v>329</v>
       </c>
       <c r="C248">
-        <v>15.0</v>
+        <v>86.412</v>
       </c>
       <c r="D248" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>140</v>
+        <v>330</v>
       </c>
       <c r="B249" t="s">
-        <v>141</v>
+        <v>331</v>
       </c>
       <c r="C249">
-        <v>15.0</v>
+        <v>86.412</v>
       </c>
       <c r="D249" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>142</v>
+        <v>332</v>
       </c>
       <c r="B250" t="s">
-        <v>143</v>
+        <v>333</v>
       </c>
       <c r="C250">
-        <v>15.0</v>
+        <v>90.384</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>144</v>
+        <v>334</v>
       </c>
       <c r="B251" t="s">
-        <v>145</v>
+        <v>335</v>
       </c>
       <c r="C251">
-        <v>15.0</v>
+        <v>90.744</v>
       </c>
       <c r="D251" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>146</v>
+        <v>336</v>
       </c>
       <c r="B252" t="s">
-        <v>147</v>
+        <v>337</v>
       </c>
       <c r="C252">
-        <v>15.0</v>
+        <v>90.744</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>148</v>
+        <v>338</v>
       </c>
       <c r="B253" t="s">
-        <v>149</v>
+        <v>339</v>
       </c>
       <c r="C253">
-        <v>15.0</v>
+        <v>91.512</v>
       </c>
       <c r="D253" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>154</v>
+        <v>340</v>
       </c>
       <c r="B254" t="s">
-        <v>155</v>
+        <v>341</v>
       </c>
       <c r="C254">
-        <v>15.612</v>
+        <v>91.512</v>
       </c>
       <c r="D254" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>156</v>
+        <v>342</v>
       </c>
       <c r="B255" t="s">
-        <v>157</v>
+        <v>343</v>
       </c>
       <c r="C255">
-        <v>15.612</v>
+        <v>96.636</v>
       </c>
       <c r="D255" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>158</v>
+        <v>344</v>
       </c>
       <c r="B256" t="s">
-        <v>159</v>
+        <v>345</v>
       </c>
       <c r="C256">
-        <v>15.612</v>
+        <v>96.636</v>
       </c>
       <c r="D256" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>160</v>
+        <v>346</v>
       </c>
       <c r="B257" t="s">
-        <v>161</v>
+        <v>347</v>
       </c>
       <c r="C257">
-        <v>15.612</v>
+        <v>96.636</v>
       </c>
       <c r="D257" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>162</v>
+        <v>348</v>
       </c>
       <c r="B258" t="s">
-        <v>163</v>
+        <v>349</v>
       </c>
       <c r="C258">
-        <v>15.612</v>
+        <v>97.596</v>
       </c>
       <c r="D258" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>164</v>
+        <v>350</v>
       </c>
       <c r="B259" t="s">
-        <v>165</v>
+        <v>351</v>
       </c>
       <c r="C259">
-        <v>15.684</v>
+        <v>97.716</v>
       </c>
       <c r="D259" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>166</v>
+        <v>352</v>
       </c>
       <c r="B260" t="s">
-        <v>167</v>
+        <v>353</v>
       </c>
       <c r="C260">
-        <v>15.768</v>
+        <v>101.628</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>168</v>
+        <v>354</v>
       </c>
       <c r="B261" t="s">
-        <v>169</v>
+        <v>355</v>
       </c>
       <c r="C261">
-        <v>16.428</v>
+        <v>101.748</v>
       </c>
       <c r="D261" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>170</v>
+        <v>356</v>
       </c>
       <c r="B262" t="s">
-        <v>171</v>
+        <v>357</v>
       </c>
       <c r="C262">
-        <v>16.584</v>
+        <v>101.748</v>
       </c>
       <c r="D262" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>174</v>
+        <v>358</v>
       </c>
       <c r="B263" t="s">
-        <v>175</v>
+        <v>359</v>
       </c>
       <c r="C263">
-        <v>17.196</v>
+        <v>101.748</v>
       </c>
       <c r="D263" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>176</v>
+        <v>360</v>
       </c>
       <c r="B264" t="s">
-        <v>177</v>
+        <v>361</v>
       </c>
       <c r="C264">
-        <v>17.196</v>
+        <v>101.748</v>
       </c>
       <c r="D264" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>178</v>
+        <v>362</v>
       </c>
       <c r="B265" t="s">
-        <v>179</v>
+        <v>363</v>
       </c>
       <c r="C265">
-        <v>17.196</v>
+        <v>101.748</v>
       </c>
       <c r="D265" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="B266" t="s">
-        <v>181</v>
+        <v>365</v>
       </c>
       <c r="C266">
-        <v>17.196</v>
+        <v>101.748</v>
       </c>
       <c r="D266" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>182</v>
+        <v>366</v>
       </c>
       <c r="B267" t="s">
-        <v>183</v>
+        <v>367</v>
       </c>
       <c r="C267">
-        <v>17.448</v>
+        <v>106.86</v>
       </c>
       <c r="D267" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>192</v>
+        <v>368</v>
       </c>
       <c r="B268" t="s">
-        <v>193</v>
+        <v>369</v>
       </c>
       <c r="C268">
-        <v>18.0</v>
+        <v>106.86</v>
       </c>
       <c r="D268" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>194</v>
+        <v>372</v>
       </c>
       <c r="B269" t="s">
-        <v>195</v>
+        <v>373</v>
       </c>
       <c r="C269">
-        <v>18.0</v>
+        <v>108.636</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>198</v>
+        <v>374</v>
       </c>
       <c r="B270" t="s">
-        <v>199</v>
+        <v>375</v>
       </c>
       <c r="C270">
-        <v>18.312</v>
+        <v>109.272</v>
       </c>
       <c r="D270" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>200</v>
+        <v>376</v>
       </c>
       <c r="B271" t="s">
-        <v>201</v>
+        <v>377</v>
       </c>
       <c r="C271">
-        <v>18.864</v>
+        <v>109.368</v>
       </c>
       <c r="D271" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>208</v>
+        <v>380</v>
       </c>
       <c r="B272" t="s">
-        <v>209</v>
+        <v>381</v>
       </c>
       <c r="C272">
-        <v>18.996</v>
+        <v>110.964</v>
       </c>
       <c r="D272" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>210</v>
+        <v>382</v>
       </c>
       <c r="B273" t="s">
-        <v>211</v>
+        <v>383</v>
       </c>
       <c r="C273">
-        <v>18.996</v>
+        <v>111.972</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>212</v>
+        <v>384</v>
       </c>
       <c r="B274" t="s">
-        <v>213</v>
+        <v>385</v>
       </c>
       <c r="C274">
-        <v>18.996</v>
+        <v>111.972</v>
       </c>
       <c r="D274" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>214</v>
+        <v>386</v>
       </c>
       <c r="B275" t="s">
-        <v>215</v>
+        <v>387</v>
       </c>
       <c r="C275">
-        <v>19.524</v>
+        <v>111.972</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>216</v>
+        <v>388</v>
       </c>
       <c r="B276" t="s">
-        <v>217</v>
+        <v>389</v>
       </c>
       <c r="C276">
-        <v>19.524</v>
+        <v>114.756</v>
       </c>
       <c r="D276" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>220</v>
+        <v>392</v>
       </c>
       <c r="B277" t="s">
-        <v>221</v>
+        <v>393</v>
       </c>
       <c r="C277">
-        <v>19.8</v>
+        <v>116.64</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>222</v>
+        <v>396</v>
       </c>
       <c r="B278" t="s">
-        <v>223</v>
+        <v>397</v>
       </c>
       <c r="C278">
-        <v>19.8</v>
+        <v>117.084</v>
       </c>
       <c r="D278" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>224</v>
+        <v>398</v>
       </c>
       <c r="B279" t="s">
-        <v>225</v>
+        <v>399</v>
       </c>
       <c r="C279">
-        <v>19.8</v>
+        <v>122.196</v>
       </c>
       <c r="D279" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>226</v>
+        <v>400</v>
       </c>
       <c r="B280" t="s">
-        <v>227</v>
+        <v>401</v>
       </c>
       <c r="C280">
-        <v>19.8</v>
+        <v>126.396</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>228</v>
+        <v>402</v>
       </c>
       <c r="B281" t="s">
-        <v>229</v>
+        <v>403</v>
       </c>
       <c r="C281">
-        <v>20.232</v>
+        <v>127.308</v>
       </c>
       <c r="D281" t="s">
-        <v>230</v>
+        <v>16</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>231</v>
+        <v>404</v>
       </c>
       <c r="B282" t="s">
-        <v>232</v>
+        <v>405</v>
       </c>
       <c r="C282">
-        <v>20.244</v>
+        <v>135.744</v>
       </c>
       <c r="D282" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>233</v>
+        <v>406</v>
       </c>
       <c r="B283" t="s">
-        <v>234</v>
+        <v>407</v>
       </c>
       <c r="C283">
-        <v>20.34</v>
+        <v>137.532</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>235</v>
+        <v>408</v>
       </c>
       <c r="B284" t="s">
-        <v>236</v>
+        <v>409</v>
       </c>
       <c r="C284">
-        <v>20.736</v>
+        <v>138.936</v>
       </c>
       <c r="D284" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>237</v>
+        <v>410</v>
       </c>
       <c r="B285" t="s">
-        <v>238</v>
+        <v>411</v>
       </c>
       <c r="C285">
-        <v>21.6</v>
+        <v>139.116</v>
       </c>
       <c r="D285" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>241</v>
+        <v>412</v>
       </c>
       <c r="B286" t="s">
-        <v>242</v>
+        <v>413</v>
       </c>
       <c r="C286">
-        <v>22.008</v>
+        <v>142.332</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>243</v>
+        <v>414</v>
       </c>
       <c r="B287" t="s">
-        <v>244</v>
+        <v>415</v>
       </c>
       <c r="C287">
-        <v>22.008</v>
+        <v>143.664</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>247</v>
+        <v>416</v>
       </c>
       <c r="B288" t="s">
-        <v>248</v>
+        <v>417</v>
       </c>
       <c r="C288">
-        <v>22.416</v>
+        <v>147.252</v>
       </c>
       <c r="D288" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>249</v>
+        <v>418</v>
       </c>
       <c r="B289" t="s">
-        <v>250</v>
+        <v>419</v>
       </c>
       <c r="C289">
-        <v>22.524</v>
+        <v>147.756</v>
       </c>
       <c r="D289" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>255</v>
+        <v>420</v>
       </c>
       <c r="B290" t="s">
-        <v>256</v>
+        <v>421</v>
       </c>
       <c r="C290">
-        <v>23.664</v>
+        <v>150.672</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>257</v>
+        <v>422</v>
       </c>
       <c r="B291" t="s">
-        <v>258</v>
+        <v>423</v>
       </c>
       <c r="C291">
-        <v>23.976</v>
+        <v>152.868</v>
       </c>
       <c r="D291" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>259</v>
+        <v>424</v>
       </c>
       <c r="B292" t="s">
-        <v>260</v>
+        <v>425</v>
       </c>
       <c r="C292">
-        <v>24.0</v>
+        <v>152.868</v>
       </c>
       <c r="D292" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>261</v>
+        <v>426</v>
       </c>
       <c r="B293" t="s">
-        <v>262</v>
+        <v>427</v>
       </c>
       <c r="C293">
-        <v>24.0</v>
+        <v>152.868</v>
       </c>
       <c r="D293" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>263</v>
+        <v>428</v>
       </c>
       <c r="B294" t="s">
-        <v>264</v>
+        <v>429</v>
       </c>
       <c r="C294">
-        <v>24.312</v>
+        <v>152.88</v>
       </c>
       <c r="D294" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>265</v>
+        <v>430</v>
       </c>
       <c r="B295" t="s">
-        <v>266</v>
+        <v>431</v>
       </c>
       <c r="C295">
-        <v>24.996</v>
+        <v>153.36</v>
       </c>
       <c r="D295" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>267</v>
+        <v>432</v>
       </c>
       <c r="B296" t="s">
-        <v>268</v>
+        <v>433</v>
       </c>
       <c r="C296">
-        <v>24.996</v>
+        <v>154.356</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>269</v>
+        <v>434</v>
       </c>
       <c r="B297" t="s">
-        <v>270</v>
+        <v>435</v>
       </c>
       <c r="C297">
-        <v>24.996</v>
+        <v>161.424</v>
       </c>
       <c r="D297" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>271</v>
+        <v>436</v>
       </c>
       <c r="B298" t="s">
-        <v>272</v>
+        <v>437</v>
       </c>
       <c r="C298">
-        <v>24.996</v>
+        <v>162.588</v>
       </c>
       <c r="D298" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>273</v>
+        <v>438</v>
       </c>
       <c r="B299" t="s">
-        <v>274</v>
+        <v>439</v>
       </c>
       <c r="C299">
-        <v>24.996</v>
+        <v>163.104</v>
       </c>
       <c r="D299" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>275</v>
+        <v>440</v>
       </c>
       <c r="B300" t="s">
-        <v>276</v>
+        <v>441</v>
       </c>
       <c r="C300">
-        <v>24.996</v>
+        <v>163.104</v>
       </c>
       <c r="D300" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>277</v>
+        <v>442</v>
       </c>
       <c r="B301" t="s">
-        <v>278</v>
+        <v>443</v>
       </c>
       <c r="C301">
-        <v>24.996</v>
+        <v>165.048</v>
       </c>
       <c r="D301" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="B302" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="C302">
-        <v>7.2</v>
+        <v>6.6</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="B303" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="C303">
-        <v>7.5</v>
+        <v>7.284</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>23</v>
+        <v>148</v>
       </c>
       <c r="B304" t="s">
-        <v>24</v>
+        <v>149</v>
       </c>
       <c r="C304">
-        <v>7.5</v>
+        <v>7.668</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>37</v>
+        <v>180</v>
       </c>
       <c r="B305" t="s">
-        <v>38</v>
+        <v>181</v>
       </c>
       <c r="C305">
-        <v>8.532</v>
+        <v>8.94</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>47</v>
+        <v>192</v>
       </c>
       <c r="B306" t="s">
-        <v>48</v>
+        <v>193</v>
       </c>
       <c r="C306">
-        <v>9.0</v>
+        <v>9.204</v>
       </c>
       <c r="D306" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>57</v>
+        <v>210</v>
       </c>
       <c r="B307" t="s">
-        <v>58</v>
+        <v>211</v>
       </c>
       <c r="C307">
-        <v>9.9</v>
+        <v>10.128</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>75</v>
+        <v>216</v>
       </c>
       <c r="B308" t="s">
-        <v>76</v>
+        <v>217</v>
       </c>
       <c r="C308">
-        <v>10.884</v>
+        <v>13.944</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>100</v>
+        <v>218</v>
       </c>
       <c r="B309" t="s">
-        <v>101</v>
+        <v>219</v>
       </c>
       <c r="C309">
-        <v>12.0</v>
+        <v>15.18</v>
       </c>
       <c r="D309" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>114</v>
+        <v>220</v>
       </c>
       <c r="B310" t="s">
-        <v>115</v>
+        <v>221</v>
       </c>
       <c r="C310">
-        <v>14.124</v>
+        <v>16.224</v>
       </c>
       <c r="D310" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>116</v>
+        <v>232</v>
       </c>
       <c r="B311" t="s">
-        <v>117</v>
+        <v>233</v>
       </c>
       <c r="C311">
-        <v>14.244</v>
+        <v>20.604</v>
       </c>
       <c r="D311" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>122</v>
+        <v>238</v>
       </c>
       <c r="B312" t="s">
-        <v>123</v>
+        <v>239</v>
       </c>
       <c r="C312">
-        <v>14.904</v>
+        <v>25.584</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>124</v>
+        <v>244</v>
       </c>
       <c r="B313" t="s">
-        <v>125</v>
+        <v>245</v>
       </c>
       <c r="C313">
-        <v>14.904</v>
+        <v>35.28</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>140</v>
+        <v>250</v>
       </c>
       <c r="B314" t="s">
-        <v>141</v>
+        <v>251</v>
       </c>
       <c r="C314">
-        <v>15.0</v>
+        <v>37.644</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>142</v>
+        <v>252</v>
       </c>
       <c r="B315" t="s">
-        <v>143</v>
+        <v>253</v>
       </c>
       <c r="C315">
-        <v>15.0</v>
+        <v>38.916</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>144</v>
+        <v>258</v>
       </c>
       <c r="B316" t="s">
-        <v>145</v>
+        <v>259</v>
       </c>
       <c r="C316">
-        <v>15.0</v>
+        <v>42.024</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>146</v>
+        <v>260</v>
       </c>
       <c r="B317" t="s">
-        <v>147</v>
+        <v>261</v>
       </c>
       <c r="C317">
-        <v>15.0</v>
+        <v>43.056</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>148</v>
+        <v>272</v>
       </c>
       <c r="B318" t="s">
-        <v>149</v>
+        <v>273</v>
       </c>
       <c r="C318">
-        <v>15.0</v>
+        <v>50.616</v>
       </c>
       <c r="D318" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>164</v>
+        <v>274</v>
       </c>
       <c r="B319" t="s">
-        <v>165</v>
+        <v>275</v>
       </c>
       <c r="C319">
-        <v>15.684</v>
+        <v>53.484</v>
       </c>
       <c r="D319" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>166</v>
+        <v>286</v>
       </c>
       <c r="B320" t="s">
-        <v>167</v>
+        <v>287</v>
       </c>
       <c r="C320">
-        <v>15.768</v>
+        <v>58.8</v>
       </c>
       <c r="D320" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>170</v>
+        <v>288</v>
       </c>
       <c r="B321" t="s">
-        <v>171</v>
+        <v>289</v>
       </c>
       <c r="C321">
-        <v>16.584</v>
+        <v>60.84</v>
       </c>
       <c r="D321" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>182</v>
+        <v>290</v>
       </c>
       <c r="B322" t="s">
-        <v>183</v>
+        <v>291</v>
       </c>
       <c r="C322">
-        <v>17.448</v>
+        <v>60.84</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>194</v>
+        <v>314</v>
       </c>
       <c r="B323" t="s">
-        <v>195</v>
+        <v>315</v>
       </c>
       <c r="C323">
-        <v>18.0</v>
+        <v>76.176</v>
       </c>
       <c r="D323" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>210</v>
+        <v>322</v>
       </c>
       <c r="B324" t="s">
-        <v>211</v>
+        <v>323</v>
       </c>
       <c r="C324">
-        <v>18.996</v>
+        <v>81.3</v>
       </c>
       <c r="D324" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>212</v>
+        <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>213</v>
+        <v>325</v>
       </c>
       <c r="C325">
-        <v>18.996</v>
+        <v>84.12</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>216</v>
+        <v>350</v>
       </c>
       <c r="B326" t="s">
-        <v>217</v>
+        <v>351</v>
       </c>
       <c r="C326">
-        <v>19.524</v>
+        <v>97.716</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>224</v>
+        <v>352</v>
       </c>
       <c r="B327" t="s">
-        <v>225</v>
+        <v>353</v>
       </c>
       <c r="C327">
-        <v>19.8</v>
+        <v>101.628</v>
       </c>
       <c r="D327" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>226</v>
+        <v>366</v>
       </c>
       <c r="B328" t="s">
-        <v>227</v>
+        <v>367</v>
       </c>
       <c r="C328">
-        <v>19.8</v>
+        <v>106.86</v>
       </c>
       <c r="D328" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>241</v>
+        <v>368</v>
       </c>
       <c r="B329" t="s">
-        <v>242</v>
+        <v>369</v>
       </c>
       <c r="C329">
-        <v>22.008</v>
+        <v>106.86</v>
       </c>
       <c r="D329" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>243</v>
+        <v>372</v>
       </c>
       <c r="B330" t="s">
-        <v>244</v>
+        <v>373</v>
       </c>
       <c r="C330">
-        <v>22.008</v>
+        <v>108.636</v>
       </c>
       <c r="D330" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>247</v>
+        <v>374</v>
       </c>
       <c r="B331" t="s">
-        <v>248</v>
+        <v>375</v>
       </c>
       <c r="C331">
-        <v>22.416</v>
+        <v>109.272</v>
       </c>
       <c r="D331" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>255</v>
+        <v>382</v>
       </c>
       <c r="B332" t="s">
-        <v>256</v>
+        <v>383</v>
       </c>
       <c r="C332">
-        <v>23.664</v>
+        <v>111.972</v>
       </c>
       <c r="D332" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>261</v>
+        <v>384</v>
       </c>
       <c r="B333" t="s">
-        <v>262</v>
+        <v>385</v>
       </c>
       <c r="C333">
-        <v>24.0</v>
+        <v>111.972</v>
       </c>
       <c r="D333" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>279</v>
+        <v>386</v>
       </c>
       <c r="B334" t="s">
-        <v>280</v>
+        <v>387</v>
       </c>
       <c r="C334">
-        <v>24.996</v>
+        <v>111.972</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>281</v>
+        <v>388</v>
       </c>
       <c r="B335" t="s">
-        <v>282</v>
+        <v>389</v>
       </c>
       <c r="C335">
-        <v>24.996</v>
+        <v>114.756</v>
       </c>
       <c r="D335" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>283</v>
+        <v>392</v>
       </c>
       <c r="B336" t="s">
-        <v>284</v>
+        <v>393</v>
       </c>
       <c r="C336">
-        <v>24.996</v>
+        <v>116.64</v>
       </c>
       <c r="D336" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>285</v>
+        <v>400</v>
       </c>
       <c r="B337" t="s">
-        <v>286</v>
+        <v>401</v>
       </c>
       <c r="C337">
-        <v>24.996</v>
+        <v>126.396</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>287</v>
+        <v>406</v>
       </c>
       <c r="B338" t="s">
-        <v>288</v>
+        <v>407</v>
       </c>
       <c r="C338">
-        <v>25.308</v>
+        <v>137.532</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>289</v>
+        <v>408</v>
       </c>
       <c r="B339" t="s">
-        <v>290</v>
+        <v>409</v>
       </c>
       <c r="C339">
-        <v>25.74</v>
+        <v>138.936</v>
       </c>
       <c r="D339" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>291</v>
+        <v>416</v>
       </c>
       <c r="B340" t="s">
-        <v>292</v>
+        <v>417</v>
       </c>
       <c r="C340">
-        <v>27.0</v>
+        <v>147.252</v>
       </c>
       <c r="D340" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>293</v>
+        <v>418</v>
       </c>
       <c r="B341" t="s">
-        <v>294</v>
+        <v>419</v>
       </c>
       <c r="C341">
-        <v>27.264</v>
+        <v>147.756</v>
       </c>
       <c r="D341" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>295</v>
+        <v>420</v>
       </c>
       <c r="B342" t="s">
-        <v>296</v>
+        <v>421</v>
       </c>
       <c r="C342">
-        <v>27.384</v>
+        <v>150.672</v>
       </c>
       <c r="D342" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>297</v>
+        <v>426</v>
       </c>
       <c r="B343" t="s">
-        <v>298</v>
+        <v>427</v>
       </c>
       <c r="C343">
-        <v>27.672</v>
+        <v>152.868</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>299</v>
+        <v>428</v>
       </c>
       <c r="B344" t="s">
-        <v>300</v>
+        <v>429</v>
       </c>
       <c r="C344">
-        <v>28.992</v>
+        <v>152.88</v>
       </c>
       <c r="D344" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>301</v>
+        <v>430</v>
       </c>
       <c r="B345" t="s">
-        <v>302</v>
+        <v>431</v>
       </c>
       <c r="C345">
-        <v>28.992</v>
+        <v>153.36</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>303</v>
+        <v>432</v>
       </c>
       <c r="B346" t="s">
-        <v>304</v>
+        <v>433</v>
       </c>
       <c r="C346">
-        <v>29.88</v>
+        <v>154.356</v>
       </c>
       <c r="D346" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>305</v>
+        <v>434</v>
       </c>
       <c r="B347" t="s">
-        <v>306</v>
+        <v>435</v>
       </c>
       <c r="C347">
-        <v>31.956</v>
+        <v>161.424</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>307</v>
+        <v>436</v>
       </c>
       <c r="B348" t="s">
-        <v>308</v>
+        <v>437</v>
       </c>
       <c r="C348">
-        <v>33.216</v>
+        <v>162.588</v>
       </c>
       <c r="D348" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>309</v>
+        <v>444</v>
       </c>
       <c r="B349" t="s">
-        <v>310</v>
+        <v>445</v>
       </c>
       <c r="C349">
-        <v>33.6</v>
+        <v>173.004</v>
       </c>
       <c r="D349" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>311</v>
+        <v>446</v>
       </c>
       <c r="B350" t="s">
-        <v>312</v>
+        <v>447</v>
       </c>
       <c r="C350">
-        <v>34.2</v>
+        <v>173.328</v>
       </c>
       <c r="D350" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>313</v>
+        <v>448</v>
       </c>
       <c r="B351" t="s">
-        <v>314</v>
+        <v>449</v>
       </c>
       <c r="C351">
-        <v>34.992</v>
+        <v>173.328</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>315</v>
+        <v>450</v>
       </c>
       <c r="B352" t="s">
-        <v>316</v>
+        <v>451</v>
       </c>
       <c r="C352">
-        <v>34.992</v>
+        <v>173.328</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>317</v>
+        <v>452</v>
       </c>
       <c r="B353" t="s">
-        <v>318</v>
+        <v>453</v>
       </c>
       <c r="C353">
-        <v>34.992</v>
+        <v>173.436</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>319</v>
+        <v>454</v>
       </c>
       <c r="B354" t="s">
-        <v>320</v>
+        <v>455</v>
       </c>
       <c r="C354">
-        <v>34.992</v>
+        <v>186.876</v>
       </c>
       <c r="D354" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>321</v>
+        <v>456</v>
       </c>
       <c r="B355" t="s">
-        <v>322</v>
+        <v>457</v>
       </c>
       <c r="C355">
-        <v>34.992</v>
+        <v>194.256</v>
       </c>
       <c r="D355" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>323</v>
+        <v>458</v>
       </c>
       <c r="B356" t="s">
-        <v>324</v>
+        <v>459</v>
       </c>
       <c r="C356">
-        <v>34.992</v>
+        <v>196.332</v>
       </c>
       <c r="D356" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>325</v>
+        <v>460</v>
       </c>
       <c r="B357" t="s">
-        <v>326</v>
+        <v>461</v>
       </c>
       <c r="C357">
-        <v>34.992</v>
+        <v>197.448</v>
       </c>
       <c r="D357" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>327</v>
+        <v>462</v>
       </c>
       <c r="B358" t="s">
-        <v>328</v>
+        <v>463</v>
       </c>
       <c r="C358">
-        <v>34.992</v>
+        <v>204.0</v>
       </c>
       <c r="D358" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>329</v>
+        <v>464</v>
       </c>
       <c r="B359" t="s">
-        <v>330</v>
+        <v>465</v>
       </c>
       <c r="C359">
-        <v>34.992</v>
+        <v>204.0</v>
       </c>
       <c r="D359" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>331</v>
+        <v>466</v>
       </c>
       <c r="B360" t="s">
-        <v>332</v>
+        <v>467</v>
       </c>
       <c r="C360">
-        <v>34.992</v>
+        <v>222.036</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>333</v>
+        <v>468</v>
       </c>
       <c r="B361" t="s">
-        <v>334</v>
+        <v>469</v>
       </c>
       <c r="C361">
-        <v>38.46</v>
+        <v>244.584</v>
       </c>
       <c r="D361" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>335</v>
+        <v>470</v>
       </c>
       <c r="B362" t="s">
-        <v>336</v>
+        <v>471</v>
       </c>
       <c r="C362">
-        <v>39.0</v>
+        <v>258.408</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>337</v>
+        <v>472</v>
       </c>
       <c r="B363" t="s">
-        <v>338</v>
+        <v>473</v>
       </c>
       <c r="C363">
-        <v>39.0</v>
+        <v>287.544</v>
       </c>
       <c r="D363" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>339</v>
+        <v>474</v>
       </c>
       <c r="B364" t="s">
-        <v>340</v>
+        <v>475</v>
       </c>
       <c r="C364">
-        <v>39.0</v>
+        <v>298.14</v>
       </c>
       <c r="D364" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>341</v>
+        <v>476</v>
       </c>
       <c r="B365" t="s">
-        <v>342</v>
+        <v>477</v>
       </c>
       <c r="C365">
-        <v>39.0</v>
+        <v>320.052</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>343</v>
+        <v>478</v>
       </c>
       <c r="B366" t="s">
-        <v>344</v>
+        <v>479</v>
       </c>
       <c r="C366">
-        <v>39.0</v>
+        <v>324.468</v>
       </c>
       <c r="D366" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>345</v>
+        <v>480</v>
       </c>
       <c r="B367" t="s">
-        <v>346</v>
+        <v>481</v>
       </c>
       <c r="C367">
-        <v>39.0</v>
+        <v>338.04</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>347</v>
+        <v>482</v>
       </c>
       <c r="B368" t="s">
-        <v>348</v>
+        <v>483</v>
       </c>
       <c r="C368">
-        <v>39.0</v>
+        <v>365.952</v>
       </c>
       <c r="D368" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>349</v>
+        <v>484</v>
       </c>
       <c r="B369" t="s">
-        <v>350</v>
+        <v>485</v>
       </c>
       <c r="C369">
-        <v>39.0</v>
+        <v>367.008</v>
       </c>
       <c r="D369" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>351</v>
+        <v>486</v>
       </c>
       <c r="B370" t="s">
-        <v>352</v>
+        <v>487</v>
       </c>
       <c r="C370">
-        <v>39.0</v>
+        <v>382.956</v>
       </c>
       <c r="D370" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>353</v>
+        <v>488</v>
       </c>
       <c r="B371" t="s">
-        <v>354</v>
+        <v>489</v>
       </c>
       <c r="C371">
-        <v>39.0</v>
+        <v>392.4</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>355</v>
+        <v>490</v>
       </c>
       <c r="B372" t="s">
-        <v>356</v>
+        <v>491</v>
       </c>
       <c r="C372">
-        <v>39.0</v>
+        <v>415.812</v>
       </c>
       <c r="D372" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>357</v>
+        <v>492</v>
       </c>
       <c r="B373" t="s">
-        <v>358</v>
+        <v>493</v>
       </c>
       <c r="C373">
-        <v>40.296</v>
+        <v>424.368</v>
       </c>
       <c r="D373" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>359</v>
+        <v>494</v>
       </c>
       <c r="B374" t="s">
-        <v>360</v>
+        <v>495</v>
       </c>
       <c r="C374">
-        <v>43.296</v>
+        <v>442.908</v>
       </c>
       <c r="D374" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>361</v>
+        <v>496</v>
       </c>
       <c r="B375" t="s">
-        <v>362</v>
+        <v>497</v>
       </c>
       <c r="C375">
-        <v>45.0</v>
+        <v>459.108</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>363</v>
+        <v>498</v>
       </c>
       <c r="B376" t="s">
-        <v>364</v>
+        <v>499</v>
       </c>
       <c r="C376">
-        <v>45.0</v>
+        <v>510.936</v>
       </c>
       <c r="D376" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>365</v>
+        <v>500</v>
       </c>
       <c r="B377" t="s">
-        <v>366</v>
+        <v>501</v>
       </c>
       <c r="C377">
-        <v>48.996</v>
+        <v>524.616</v>
       </c>
       <c r="D377" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>367</v>
+        <v>502</v>
       </c>
       <c r="B378" t="s">
-        <v>368</v>
+        <v>503</v>
       </c>
       <c r="C378">
-        <v>48.996</v>
+        <v>562.344</v>
       </c>
       <c r="D378" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>369</v>
+        <v>504</v>
       </c>
       <c r="B379" t="s">
-        <v>370</v>
+        <v>505</v>
       </c>
       <c r="C379">
-        <v>48.996</v>
+        <v>646.236</v>
       </c>
       <c r="D379" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>371</v>
+        <v>506</v>
       </c>
       <c r="B380" t="s">
-        <v>372</v>
+        <v>507</v>
       </c>
       <c r="C380">
-        <v>48.996</v>
+        <v>676.656</v>
       </c>
       <c r="D380" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>373</v>
+        <v>508</v>
       </c>
       <c r="B381" t="s">
-        <v>374</v>
+        <v>509</v>
       </c>
       <c r="C381">
-        <v>48.996</v>
+        <v>702.516</v>
       </c>
       <c r="D381" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>375</v>
+        <v>510</v>
       </c>
       <c r="B382" t="s">
-        <v>376</v>
+        <v>511</v>
       </c>
       <c r="C382">
-        <v>48.996</v>
+        <v>702.888</v>
       </c>
       <c r="D382" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>377</v>
+        <v>512</v>
       </c>
       <c r="B383" t="s">
-        <v>378</v>
+        <v>513</v>
       </c>
       <c r="C383">
-        <v>48.996</v>
+        <v>799.824</v>
       </c>
       <c r="D383" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>379</v>
+        <v>514</v>
       </c>
       <c r="B384" t="s">
-        <v>380</v>
+        <v>515</v>
       </c>
       <c r="C384">
-        <v>48.996</v>
+        <v>832.644</v>
       </c>
       <c r="D384" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>381</v>
+        <v>516</v>
       </c>
       <c r="B385" t="s">
-        <v>382</v>
+        <v>517</v>
       </c>
       <c r="C385">
-        <v>48.996</v>
+        <v>1189.452</v>
       </c>
       <c r="D385" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>383</v>
+        <v>518</v>
       </c>
       <c r="B386" t="s">
-        <v>384</v>
+        <v>519</v>
       </c>
       <c r="C386">
-        <v>58.992</v>
+        <v>1458.144</v>
       </c>
       <c r="D386" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>385</v>
+        <v>520</v>
       </c>
       <c r="B387" t="s">
-        <v>386</v>
+        <v>521</v>
       </c>
       <c r="C387">
-        <v>58.992</v>
+        <v>1817.532</v>
       </c>
       <c r="D387" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>387</v>
+        <v>522</v>
       </c>
       <c r="B388" t="s">
-        <v>388</v>
+        <v>523</v>
       </c>
       <c r="C388">
-        <v>58.992</v>
+        <v>1973.58</v>
       </c>
       <c r="D388" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>389</v>
+        <v>524</v>
       </c>
       <c r="B389" t="s">
-        <v>390</v>
+        <v>525</v>
       </c>
       <c r="C389">
-        <v>58.992</v>
+        <v>2861.352</v>
       </c>
       <c r="D389" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>391</v>
+        <v>526</v>
       </c>
       <c r="B390" t="s">
-        <v>392</v>
+        <v>527</v>
       </c>
       <c r="C390">
-        <v>58.992</v>
+        <v>9996.348</v>
       </c>
       <c r="D390" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="391" spans="1:4">
-[...4002 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D677"/>
+  <autoFilter ref="A1:D391"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>