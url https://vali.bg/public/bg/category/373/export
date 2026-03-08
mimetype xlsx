--- v2 (2026-01-10)
+++ v3 (2026-03-08)
@@ -7,1641 +7,2178 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$391</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$697</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="528">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="707">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Брекет за охладител за процесор Arctic Freezer 34 Intel LGA1700 Upgrade Kit</t>
   </si>
   <si>
     <t>ARCTIC-FAN-MPSAS00892A</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кабел DeLock USB Pin header женско &gt; USB 2.0 type-A женски, 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83291</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC F12, 3 pin, 120 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00201A</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 1.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-136</t>
   </si>
   <si>
     <t>Noctua Mounting Kit NM-DD1</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-DD1</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Кабел DeLock USB 2.0-A - pin header, 70 cm</t>
   </si>
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Транспортна кутия за TRAY и MPK процесори на AMD</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>Термо паста Kolink Core TX-8 - 1.5g</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUWA-257</t>
   </si>
   <si>
     <t>Вентилатор Inter Tech 120m Sinan F-120-S - Bulk</t>
   </si>
   <si>
     <t>INTER-TECH-FAN-F120S-BULK</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-141</t>
   </si>
   <si>
+    <t>Термо паста Polartherm X8-002 - 2g</t>
+  </si>
+  <si>
+    <t>TG-PT-X8-002</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 Silent - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00297A</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Zephyr 80 - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A019</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 2.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-138</t>
+  </si>
+  <si>
+    <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790002</t>
+  </si>
+  <si>
+    <t>PC-VC-AC-SBP-790002</t>
+  </si>
+  <si>
+    <t>Kolink USB адаптер от USB 2.0 8-pin към USB 3.0 19-pin - 0.15m</t>
+  </si>
+  <si>
+    <t>KOLINK-ACC-ZUUS-173</t>
+  </si>
+  <si>
+    <t>Удължителен кабел SATA III DeLock, SATA 6 Gb/s 22 pin мъжко - SATA 22 pin женско, (3.3 V + 5 V + 12 V), 20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-84918</t>
+  </si>
+  <si>
+    <t>Скоба Delock, За монтаж в PC, USB 10 pin към 2 x USB 2.0 type A</t>
+  </si>
+  <si>
+    <t>DELOCK-71000</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12, 3-Pin</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00118A</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Zephyr 120 - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A017</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 PWM White/White</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00222A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-6, 2g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00079A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Silent</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00130A</t>
+  </si>
+  <si>
+    <t>Термо паста Kolink Core TX-8 - 5.5g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUWA-258</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X10-002 - 2g</t>
+  </si>
+  <si>
+    <t>TG-PT-X10-002</t>
+  </si>
+  <si>
+    <t>Термо паста Kolink Umbra Pro TP-1 - 1.5g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-KOL-152</t>
+  </si>
+  <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.5 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-143</t>
   </si>
   <si>
-    <t>Термо паста Polartherm X8-002 - 2g</t>
-[...14 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00297A</t>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 2.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-144</t>
+  </si>
+  <si>
+    <t>на път</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00052A</t>
+  </si>
+  <si>
+    <t>Изолационни ленти Thermal Grizzly, Самозалепващи, 10x60 mm, 50 броя</t>
+  </si>
+  <si>
+    <t>TG-KIS-10-60-50</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 SLIM PWM PST</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00268A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 1.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-137</t>
+  </si>
+  <si>
+    <t>Термо паста Thermal Grizzly Hydronaut, 1g, Черен,11.8 W/mk</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-150</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB12</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB12</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB13</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB13</t>
+  </si>
+  <si>
+    <t>Noctua Mounting Kit NM-AMB14</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AMB14</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 SLIM PWM PST</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00187A</t>
   </si>
   <si>
     <t>Термо паста Thermal Grizzly Aeronaut, 1g, Черен,8.5 W/mK</t>
   </si>
   <si>
     <t>TG-ZUWA-151</t>
   </si>
   <si>
-    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 2.0 mm</t>
-[...110 lines deleted...]
-    <t>NOCTUA-KIT-NM-AMB15</t>
+    <t>Термо паста ARCTIC MX-6, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00080A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14, 4 pin, 140 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00123A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 0.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-135</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 0.5 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Aeronaut, 3.9g, Черен,8.5 W/mK </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-130</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 120 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A007</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-4, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00002B</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X8-005 - 5g</t>
+  </si>
+  <si>
+    <t>TG-PT-X8-005</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00031B</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm - 2 броя</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-142</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-7, 2g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00089A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P8 PWM PST, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00150A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-4, 8g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00008B</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3, 100 x 100 x 1 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00053A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC F12, 120 cm, PWM, PST, 1350 RPM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00200A</t>
+  </si>
+  <si>
+    <t>Звукова карта Ewent AC9360, 2.0, USB, 3.5 mm, Черна</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC9360</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00306A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse ACFAN00331A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00331A</t>
+  </si>
+  <si>
+    <t>Удължителен кабел за вентилатор Noctua NA-SEC1, 3 x 30 cm, за вентилатори 4-pin PWM</t>
+  </si>
+  <si>
+    <t>NOCTUA-NA-SEC1</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 140 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A011</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X10-005 - 5g</t>
+  </si>
+  <si>
+    <t>TG-PT-X10-005</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 PWM PST CO - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00299A</t>
+  </si>
+  <si>
+    <t>Контролер за Вентилатор Jonsbo RC01 ARGB - SATA</t>
+  </si>
+  <si>
+    <t>JONSBO-MOLS-209</t>
+  </si>
+  <si>
+    <t>Контролер за вентилатори ARCTIC Case Fan PWM Hub 1 to 10 Port</t>
+  </si>
+  <si>
+    <t>ARCTIC-AC-ACFAN00175A</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-BL</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Сребрист</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-GR</t>
+  </si>
+  <si>
+    <t>Кабел Seasonic 12VHPWR 600W 16-Pin към 2x8 Pin за Seasonic захранвания</t>
+  </si>
+  <si>
+    <t>SS-PS-CAB-12VHPWR</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Бял</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND-WHT</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00305A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-7, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00090A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 3.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-158</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад ARCTIC TP-3, 100 x 100 x 1.5 mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-ACTPD00054A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P9 Max PWM - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00300A</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM5 - AM5 - NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>Монтажен комплект Noctua LGA1700, NM-i17xx-MP78, Air Tower Coolers, NH-U9S, NH-U12S redux, NH-U12S, NH-U12A, NH-U14S, NH-L12S</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP78</t>
+  </si>
+  <si>
+    <t>Комплект за монитиране на охладител Noctua, LGA1700, NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-4-MP78</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST White - 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00308A</t>
+  </si>
+  <si>
+    <t>Термо паста с 6 бр почистващи кърпички ARCTIC MX-6, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00084A</t>
+  </si>
+  <si>
+    <t>Конвертор Delock, USB 3.0 Type-A мъжко - SATA 6 Gb/s 22 pin, 2.5″ защитен калъф</t>
+  </si>
+  <si>
+    <t>DELOCK-62742</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro PST - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00314A</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP78-chromax.black, Air Tower Coolers - NH-U9S chromax.black, NH-U12S chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17-MP78-CH</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP83-chromax.black, Air Tower Coolers - NH-D15 chromax.black, NH-D15S chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17-MP83-CH</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78 Chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-AM5-4-MP78-CH</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP83 Chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-AM5-4-MP83-CH</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00313A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00329A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00329A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Kryonaut, 1g, Черен, 12.5 W/mk </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-145</t>
+  </si>
+  <si>
+    <t>Thermal Grizzly CPU Contact Frame 1700 LT</t>
+  </si>
+  <si>
+    <t>TG-CF-i1700-LT</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Arctic Alpine 23, AM4</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACALP00035A</t>
+  </si>
+  <si>
+    <t>Контролер Kolink Inspire L1 за ARGB аксесоари</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-ZUSA-268</t>
+  </si>
+  <si>
+    <t>RGB лента Kolink Inspire L1 ARGB LED Strip (300mm)</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-MOLS-211</t>
+  </si>
+  <si>
+    <t>Термо паста Kolink Umbra Pro TP-1 - 6g</t>
+  </si>
+  <si>
+    <t>KOLINK-AC-KOL-153</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-7 + МX Cleaner, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00092A</t>
+  </si>
+  <si>
+    <t>Конвертор Estillo Riser Card 6 Pin, PCI-Е x 1 към PCI-Е x16, USB 3.0</t>
+  </si>
+  <si>
+    <t>EST-PCIE-RISER-CARD</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Arctic Alpine 17, 1700</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACALP00040A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC BioniX P140 Grey/White 140mm</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00160A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-6, 8g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00081A</t>
+  </si>
+  <si>
+    <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Бял</t>
+  </si>
+  <si>
+    <t>EST-GPU-DA-GCB-WH</t>
+  </si>
+  <si>
+    <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Черен</t>
+  </si>
+  <si>
+    <t>EST-GPU-SG-GCB-BK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Aeronaut, 7.8g, Черен,8.5 W/mK </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-129</t>
+  </si>
+  <si>
+    <t>Скоба за графични карти Lian Li GB-002, VGA, Anti-Sag, Черен</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-868</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A008</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro PST White - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00317A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Arctic Alpine 23 CO, AM4</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACALP00036A</t>
+  </si>
+  <si>
+    <t>Термо паста Polartherm X8-010 - 10g</t>
+  </si>
+  <si>
+    <t>TG-PT-X8-010</t>
+  </si>
+  <si>
+    <t>Термо паста Thermal Grizzly Duronaut 2g</t>
+  </si>
+  <si>
+    <t>TG-D-002-R</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-7, 8g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00091A</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A012</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Бял</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A020</t>
+  </si>
+  <si>
+    <t>Удароустойчиво чекмедже за 2.5" диск Silicon Power Armor A30 White USB 3.2</t>
+  </si>
+  <si>
+    <t>SLP-HDD-CASE-A30W</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Бял</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A021</t>
+  </si>
+  <si>
+    <t>Термо паста Noctua NT-H2 3.5g, Сив</t>
+  </si>
+  <si>
+    <t>NOCTUA-TCP-NT-H2</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro PST CO - 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00312A</t>
+  </si>
+  <si>
+    <t>Защитен модул ASRock TPM-SPI, 13 pin</t>
+  </si>
+  <si>
+    <t>ASR-TPM-SPI</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua NF-R8 redux-1200, 80mm</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-R8-12R</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua 80mm NF-R8 redux-1800</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-R8-18R</t>
+  </si>
+  <si>
+    <t>Термо паста Noctua NT-H1 3.5g, Сив</t>
+  </si>
+  <si>
+    <t>NOCTUA-TCP-NT-H1</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Phasesheet PTM, 50 x 40 mm</t>
+  </si>
+  <si>
+    <t>TG-PS-50-40</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Fluctus 120 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A001</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Fluctus 140 PWM - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A003</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro PST CO - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00316A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro A-RGB 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00309A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00322A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00322A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00325A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro White A-RGB 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00311A</t>
+  </si>
+  <si>
+    <t>Кутия Inter-Tech ODS-739 RASPBERRY - Black</t>
+  </si>
+  <si>
+    <t>INTER-TECH-CASE-ODS-739</t>
+  </si>
+  <si>
+    <t>Филтър за Компютърна кутия Lian Li Lancool 207 - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-ZUST-244</t>
+  </si>
+  <si>
+    <t>Филтър за Компютърна кутия Lian Li Lancool 207 - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-ZUST-245</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00323A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00323A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro A-RGB - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00315A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB White  140mm PWM - ACFAN00324A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00324A</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P14 Pro White A-RGB - 140mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00318A</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-144</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-143</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-142</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-141</t>
+  </si>
+  <si>
+    <t>Delock Външна звукова карта, USB, 24 bit / 96 kHz</t>
+  </si>
+  <si>
+    <t>DELOCK-65964</t>
+  </si>
+  <si>
+    <t>Държач за графична карта PowerColor, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>PC-GCH-1000</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8A - AM4/AM5</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00161A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8A CO - AM4/AM5</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00162A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8i - LGA1700/1851</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00190A</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 8i CO - LGA1700/1851</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00191A</t>
+  </si>
+  <si>
+    <t>Вентилатор ENDORFY Fluctus 140 PWM ARGB - Черен</t>
+  </si>
+  <si>
+    <t>END-FAN-EY4A004</t>
+  </si>
+  <si>
+    <t>Термопроводяща паста Thermal Grizzly Putty Basic - 30g</t>
+  </si>
+  <si>
+    <t>TG-P-B-30-R</t>
+  </si>
+  <si>
+    <t>Адаптер Delock 62517, интерфейсен ключ M.2 2260 B+M към Sata 7 Pin</t>
+  </si>
+  <si>
+    <t>DELOCK-62517</t>
+  </si>
+  <si>
+    <t>Контролер Lian Li UNI FAN Wireless Controller V2 - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-122</t>
+  </si>
+  <si>
+    <t>Контролер Lian Li UNI FAN Wireless Controller V2 - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-121</t>
+  </si>
+  <si>
+    <t>Преден панел за Lian Li O11D EVO RGB Mesh - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-GELI-947</t>
+  </si>
+  <si>
+    <t>Преден панел за Lian Li O11D EVO RGB Mesh - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-GELI-946</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad High Compression, 120 х 100 х 1.0 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-360</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 120 х 20 х 1.0 mm - 4 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-340</t>
+  </si>
+  <si>
+    <t>Преносим вентилатор ARCTIC Summair 2Go - Бял</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AEBRZ00029A</t>
+  </si>
+  <si>
+    <t>Преносим вентилатор ARCTIC Summair 2Go - Тъмно син</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AEBRZ00028A</t>
+  </si>
+  <si>
+    <t>Преносим вентилатор ARCTIC Summair 2Go - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AEBRZ00027A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00332A</t>
   </si>
   <si>
     <t>Noctua Mounting Kit NM-AMB12 Chromax. Black</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-AMB12.CH.BK</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P12 SLIM PWM PST</t>
-[...473 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00332A</t>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 100 х 100 х 1.5 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-337</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 120 х 20 х 1.5 mm - 4 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-341</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 120 х 20 х 2.0 mm - 4 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-342</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad High Compression, 120 х 100 х 2.0 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-361</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори ARCTIC F12 PWM 120 мм, 5 броя, Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00145A</t>
+  </si>
+  <si>
+    <t>Кутия FSP Group S120-B Mini-Tower</t>
+  </si>
+  <si>
+    <t>FORT-CASE-S120-B</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Hyper H411 Nano</t>
+  </si>
+  <si>
+    <t>CM-FAN-RR-H410-25PK-R1</t>
   </si>
   <si>
     <t>Охладител Cooler Master Hyper 212 Spectrum V3</t>
   </si>
   <si>
     <t>CM-FAN-RR-S4NA-17PA-R1</t>
   </si>
   <si>
+    <t>Термопроводящ пад Thermal Grizzly KryoSheet - 44 х 37 х 0.2 mm</t>
+  </si>
+  <si>
+    <t>TG-KS-44-37</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00330A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00330A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad High Compression, 120 х 100 х 3.0 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-362</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 100 х 100 х 2.0 mm - 2 бр.</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-338</t>
+  </si>
+  <si>
     <t>Охладител Cooler Master Hyper 212 Black</t>
   </si>
   <si>
     <t>CM-FAN-RR-S4KK-25SN-R1</t>
   </si>
   <si>
-    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00330A</t>
-[...2 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00330A</t>
+    <t>Чекмедже за М.2 SSD D-Link DSP-111, USB-C to M.2 NVMe/NGFF</t>
+  </si>
+  <si>
+    <t>D-LINK-DSP-111</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори  ARCTIC P12 Pro PST 120mm PWM - 5 Pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00307A</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-087</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-088</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM Reverse Blade - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-089</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL Wireless ARGB PWM Reverse Blade - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-090</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian-Li UNI SL-INF 140 ARGB PWM - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-039</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian-Li UNI SL-INF 140 ARGB PWM - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-040</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua 120mm NF-A12x25 G2 LS-PWM</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NFA12x25G2-LSP</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua 120mm NF-A12x25 G2 PWM</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-A12x25G2PWM</t>
+  </si>
+  <si>
+    <t>Охладител Cooler Master Hyper 212 Pro ARGB</t>
+  </si>
+  <si>
+    <t>CM-FAN-RR-212S-25PZ-R1</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-131</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-132</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - Reverse Blade, 120 mm Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-133</t>
+  </si>
+  <si>
+    <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - Reverse Blade, 120 mm Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-134</t>
+  </si>
+  <si>
+    <t>Записващо устройство Slim Intenso EOD400D, външно/external usb 3,2, черно</t>
+  </si>
+  <si>
+    <t>DVD-RW-INTENSO-EOD400D</t>
   </si>
   <si>
     <t>Охладител за процесор ENDORFY Fera 5 Dual Fan</t>
   </si>
   <si>
     <t>END-FAN-EY3A006</t>
   </si>
   <si>
+    <t>Охладител Cooler Master Hyper 212 3DHP ARGB - Black</t>
+  </si>
+  <si>
+    <t>CM-FAN-T2HP-217PA-R1</t>
+  </si>
+  <si>
+    <t>Термопроводяща паста Thermal Grizzly Putty Basic - 100g</t>
+  </si>
+  <si>
+    <t>TG-P-B-100-R</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 36 Black - AOCPU00012A/Bulk</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-AOCPU00012A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори ARCTIC P12 Pro A-RGB 120mm PWM 3-Pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00310A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00333A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00333A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN FAN 120, 120x120x25mm ARGB</t>
+  </si>
+  <si>
+    <t>GA-GP-EZFAN1203</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN RVS FAN 120 - 120x120x25mm ARGB</t>
+  </si>
+  <si>
+    <t>GA-GP-EZRVSFAN1203</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White - 3 pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00334A</t>
+  </si>
+  <si>
+    <t>Кутия за компютър Inter Tech IT-6505 RETO, Mid-Tower, ATX</t>
+  </si>
+  <si>
+    <t>INTER-TECH-CASE-IT-6505</t>
+  </si>
+  <si>
     <t>Охладител за процесор FSP NP5 WA - AMD/INTEL</t>
   </si>
   <si>
     <t>FORT-FAN-NP5-WA</t>
   </si>
   <si>
-    <t>Охладител за процесор ARCTIC Freezer 36 Black - AOCPU00012A/Bulk</t>
-[...8 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00333A</t>
+    <t>Охладител Cooler Master Hyper 212 3DHP - Black</t>
+  </si>
+  <si>
+    <t>CM-FAN-T2HP-217PK-R1</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN FAN 120 ICE, 120x120x25mm ARGB</t>
+  </si>
+  <si>
+    <t>GA-GP-EZFAN1203-ICE</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN RVS FAN 120 ICE, 120x120x25mm ARGB</t>
+  </si>
+  <si>
+    <t>GA-GP-EZRVSFAN1203-ICE</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори ARCTIC P14 Pro PST CO - 140mm PWM 5-Pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00319A</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua NF-A14x25r G2 PWM chromax.black, 140mm</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-A14X25R-G2P-CH</t>
+  </si>
+  <si>
+    <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse White Edition</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-PR-MR120-3IN1-W</t>
+  </si>
+  <si>
+    <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse Black Edition</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-PR-MR120-3IN1-B</t>
+  </si>
+  <si>
+    <t>Вентилатор Noctua A14x25 G2 PWM chromax.black</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NF-A14x25G2PCH</t>
+  </si>
+  <si>
+    <t>Delock Riser card PCI Express Card x 1 към 1 x PCI 32 Bit Slot с кабел 60 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-90065</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00327A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00327A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори ARCTIC P14 Pro A-RGB - 140mm PWM 3-Pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00320A</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB White 140mm PWM - ACFAN00328A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00328A</t>
+  </si>
+  <si>
+    <t>Кутия FSP Group M220-BA Mid-Tower</t>
+  </si>
+  <si>
+    <t>FORT-CASE-M220-BA</t>
+  </si>
+  <si>
+    <t>ACT Докинг стейшън AC1504, USB 3.1 Gen1 за 3.5"/2.5" HDD/SSD черен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-HDD-AC1504</t>
+  </si>
+  <si>
+    <t>Кабел ASRock 90° 12V-2x6 600W ATX 3.1 and PCIe 5.1</t>
+  </si>
+  <si>
+    <t>ASR-CB-12V2X6L600W</t>
+  </si>
+  <si>
+    <t>Кутия CoolerMaster Elite 301 White Lite - Mini Tower</t>
+  </si>
+  <si>
+    <t>CM-CASE-E301L-WGNN-S00</t>
+  </si>
+  <si>
+    <t>Захранващ блок FSP Group HYPER PRO 650W 80+ Bronze 12V-2x6</t>
+  </si>
+  <si>
+    <t>FORT-PS-HYPER-650B</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASRock PRO-650B 650W 80+ Bronze ATX 3.1</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-650B</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master V4 Alpha 3DHP Black</t>
+  </si>
+  <si>
+    <t>CM-FAN-MAZ-T2HP-217PK</t>
+  </si>
+  <si>
+    <t>Удължителен кабел за видео карта Lian Li Strimer Wireless 12V-2x6</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1639</t>
+  </si>
+  <si>
+    <t>CPU удължителен кабел Lian Li Strimer Wireless 2x 8-Pin</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1643</t>
+  </si>
+  <si>
+    <t>Мини Хладилник ARCTIC Fridge (EU) 4L</t>
+  </si>
+  <si>
+    <t>ARCTIC-AC-ACOTH00009A</t>
+  </si>
+  <si>
+    <t>Контролер тип хъб NZXT AC-CRFR1-B1</t>
+  </si>
+  <si>
+    <t>NZXT-AC-CRFR1-B1</t>
+  </si>
+  <si>
+    <t>Звукова карта CREATIVE Sound Blaster Audigy FX V2 Hi-Res 5.1 - PCIe</t>
+  </si>
+  <si>
+    <t>CREAT-SND-AUD-FX-V2</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ARCTIC Freezer 4U-M Rev.2 - ACFRE00133B</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFRE00133B</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бели + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-148</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черни + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-147</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бели + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-146</t>
+  </si>
+  <si>
+    <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черни + Контролер</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-145</t>
+  </si>
+  <si>
+    <t>Охладител за процесор FSP MP7 - AMD/INTEL</t>
+  </si>
+  <si>
+    <t>FORT-FAN-MP7</t>
+  </si>
+  <si>
+    <t>Памет Silicon Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>SLP-RAM-16GXLWU60FFSK</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE Gold V3 650W 80+ Bronze, ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-6501-ACABW-3BEU</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASRock PRO-750B 750W 80+ Bronze PCIE 5.1 Ready</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-750B</t>
+  </si>
+  <si>
+    <t>Удължителен RGB кабел Lian Li Strimer Wireless 12V-2x6</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1640</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock H510M-H2/M.2 SE, LGA1200, DDR4, mATX</t>
+  </si>
+  <si>
+    <t>ASR-MB-H510M-H2-M2-SE</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock H610M-HVS/M.2 R2.0, LGA1700, DDR4, mATX</t>
+  </si>
+  <si>
+    <t>ASR-MB-H610M-HVS-M2-R2</t>
+  </si>
+  <si>
+    <t>Кутия Kolink Observatory HF Mesh - Black</t>
+  </si>
+  <si>
+    <t>KOLINK-CASE-GEKL-151</t>
+  </si>
+  <si>
+    <t>Дънна платка BIOSTAR H610MHC 2.0</t>
+  </si>
+  <si>
+    <t>BIO-MB-H610MHC-2.0</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte P650G PG5 650W 80+ Gold, PCIe 5.1</t>
+  </si>
+  <si>
+    <t>GA-PS-P650G-PG5</t>
   </si>
   <si>
     <t>SSD GIGABYTE NVMe V2 256GB, PCIe 3.0</t>
   </si>
   <si>
     <t>GA-SSD-M2-G3NVMEV2-256G</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White - 3 pack</t>
-[...124 lines deleted...]
-  <si>
     <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 1TB, 128MB Cache, 5400RPM - Bulk</t>
   </si>
   <si>
     <t>TOSH-HDD-HDWL110UZSVA</t>
   </si>
   <si>
-    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB</t>
-[...32 lines deleted...]
-    <t>CM-PS-MPE-7506-ACAG-BEU</t>
+    <t>Захранващ блок Lian Li RB650B Black 650W 80+ Bronze PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-038</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li Vector V100 MINI ARGB Mid-Tower, Tempered Glass - Black</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-989</t>
   </si>
   <si>
     <t>Чекмедже за SSD M.2 NVMe ASUS ROG Strix Arion Hatsune Miku Edition</t>
   </si>
   <si>
     <t>ASUS-SSD-CAGE-ARION-HM</t>
   </si>
   <si>
-    <t>Захранващ блок FSP VITA BD 750W 80+ Bronze, ATX 3.1 PCIe 5.1 - Bulk Опаковка</t>
-[...8 lines deleted...]
-    <t>NZXT-CASE-H31FW-01</t>
+    <t>Кабел Ssupd Riser Flat Ribbon Cable - PCIe 4.0, 270mm - Черен</t>
+  </si>
+  <si>
+    <t>SSUPD-ACC-ETSP-032</t>
   </si>
   <si>
     <t>Кабел Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Черен</t>
   </si>
   <si>
     <t>LL-AC-PCI-520X</t>
   </si>
   <si>
+    <t>Брекет за вертикален монтаж на GPU Lian Li VG4-5-V4 Riser cable PCIe 5.0 - Black</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-990</t>
+  </si>
+  <si>
+    <t>Брекет за вертикален монтаж на GPU Lian Li VG4-5-V4 Riser cable PCIe 5.0 - White</t>
+  </si>
+  <si>
+    <t>LL-AC-GELI-991</t>
+  </si>
+  <si>
     <t>Кутия NZXT H3 Flow 2025 Micro-ATX Tower - Black</t>
   </si>
   <si>
     <t>NZXT-CASE-H31FB-01</t>
   </si>
   <si>
-    <t>Охладител за процесор Cooler Master Master Liquid 360 Core II ARGB</t>
-[...4 lines deleted...]
-  <si>
     <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Бял</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3</t>
   </si>
   <si>
     <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Черен</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3-BL</t>
   </si>
   <si>
+    <t>Захранващ блок Lian Li RB750B Black 750W 80+ Bronze PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-037</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASUS PRIME 750W White Edition, 80+ Bronze</t>
+  </si>
+  <si>
+    <t>ASUS-PS-PRIME-750B-W</t>
+  </si>
+  <si>
+    <t>SSD SanDisk Extreme Pro, 250GB SATA III</t>
+  </si>
+  <si>
+    <t>SD-SDSSDA-250G-G28</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE H610M D3W Socket 1700, DDR5, Micro ATX</t>
+  </si>
+  <si>
+    <t>GA-MB-H610M-D3W</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock A620AM-HVS DDR5 Socket AM5</t>
+  </si>
+  <si>
+    <t>ASR-MB-A620AM-HVS</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - White</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-976</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - Black</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-975</t>
+  </si>
+  <si>
     <t>Охладител за процесор Cooler Master Master Liquid 360 Core II White ARGB</t>
   </si>
   <si>
     <t>CM-FAN-MLW-D36M-A18PA-RW</t>
   </si>
   <si>
-    <t>Дънна платка ASRock A620AM-HVS DDR5 Socket AM5</t>
-[...20 lines deleted...]
-    <t>LL-CASE-GELI-975</t>
+    <t>Дънна платка ASUS Prime B550M-K ARGB, socket AM4</t>
+  </si>
+  <si>
+    <t>ASUS-MB-PRIME-B550M-K-A</t>
+  </si>
+  <si>
+    <t>Воден охладител за процесор Gigabyte GAMING 240 ICE</t>
+  </si>
+  <si>
+    <t>GA-GP-GAMING-240-ICE</t>
+  </si>
+  <si>
+    <t>Воден охладител за процесор Gigabyte GAMING 240</t>
+  </si>
+  <si>
+    <t>GA-GP-GAMING-240</t>
+  </si>
+  <si>
+    <t>Кутия FSP Group U530-BS Silent E-ATX Ultra Tower</t>
+  </si>
+  <si>
+    <t>FORT-CASE-U530-BS</t>
   </si>
   <si>
     <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 2TB, 128MB Cache, 5400RPM</t>
   </si>
   <si>
     <t>TOSH-HDD-HHDWL120UZSVA</t>
   </si>
   <si>
-    <t>Воден охладител за процесор Gigabyte GAMING 240 ICE</t>
-[...10 lines deleted...]
-  <si>
     <t>Кутия Lian Li DAN A3-mATX Wood Edition Black, Tempered Glass, Micro Tower</t>
   </si>
   <si>
     <t>LL-CASE-GELI-973</t>
   </si>
   <si>
     <t>Кутия Lian Li DAN A3-mATX Wood Edition White, Tempered Glass, Micro Tower</t>
   </si>
   <si>
     <t>LL-CASE-GELI-974</t>
   </si>
   <si>
-    <t>Кутия FSP Group U530-BS Silent E-ATX Ultra Tower</t>
-[...2 lines deleted...]
-    <t>FORT-CASE-U530-BS</t>
+    <t>Охладител за процесор ASRock Pro White 360 ARGB</t>
+  </si>
+  <si>
+    <t>ASR-FAN-PRO-360-ARGB-W</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASRock Pro 360 ARGB</t>
+  </si>
+  <si>
+    <t>ASR-FAN-PRO-360-ARGB</t>
+  </si>
+  <si>
+    <t>Процесор Intel Raptor Lake Core i3-14100F TRAY, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W</t>
+  </si>
+  <si>
+    <t>INTEL-I3-14100F-TRAY</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASRock Challenger Pure 360</t>
+  </si>
+  <si>
+    <t>ASR-FAN-CH-360-PURE</t>
+  </si>
+  <si>
+    <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
+  </si>
+  <si>
+    <t>AVER-LG-STL-MINI</t>
+  </si>
+  <si>
+    <t>SSD GIGABYTE 512GB NVMe PCIe 3.0</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-G3NVME-512G</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE B760M E DDR5, socket 1700</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-E</t>
   </si>
   <si>
     <t>Кутия Lian Li O11 Dynamic Mini V2, Mini-Tower - White</t>
   </si>
   <si>
     <t>LL-CASE-GELI-978</t>
   </si>
   <si>
     <t>Кутия Lian Li O11 Dynamic Mini V2, Mini-Tower - Black</t>
   </si>
   <si>
     <t>LL-CASE-GELI-977</t>
   </si>
   <si>
-    <t>Дънна платка GIGABYTE B760M E DDR5, socket 1700</t>
-[...8 lines deleted...]
-    <t>AVER-LG-STL-MINI</t>
+    <t>Комплект Вентилатори Lian-Li UNI SL-INF 120 ARGB Reverse Blade PWM + Контролер - Black</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-139</t>
+  </si>
+  <si>
+    <t>Комплект Вентилатори Lian-Li UNI SL-INF 120 ARGB Reverse Blade PWM + Контролер - White</t>
+  </si>
+  <si>
+    <t>LL-FAN-LULI-140</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li GALAHAD II Lite Performance 360 - Black</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-921</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li GALAHAD II Lite RGB 360 - Black</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-920</t>
+  </si>
+  <si>
+    <t>Комплект Вентилатори 3в1 ASUS PROART PF120 PWM - Black 120x120x28 mm</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-PA-PF120-3IN1-B</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE B760M H V2 DDR5, socket 1700</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-H-V2</t>
+  </si>
+  <si>
+    <t>Дънна платка ASUS Prime B550M-A WIFI II, socket AM4</t>
+  </si>
+  <si>
+    <t>ASUS-MB-PRIME-B550M-A-II</t>
   </si>
   <si>
     <t>Кутия ASUS A23 Hatsune Miku Edition</t>
   </si>
   <si>
     <t>ASUS-CASE-A23-HM</t>
   </si>
   <si>
-    <t>Вентилатори 3бр Lian Li UNI FAN SL-INF Wireless ARGB PWM Reverse - 120 mm Бели + Контролер</t>
-[...34 lines deleted...]
-  <si>
     <t>Кутия Jonsbo NV10 Mini ITX - Silver</t>
   </si>
   <si>
     <t>JONSBO-GEJB-160</t>
   </si>
   <si>
     <t>Кутия Jonsbo NV10 Mini ITX - Black</t>
   </si>
   <si>
     <t>JONSBO-GEJB-161</t>
   </si>
   <si>
-    <t>Дънна платка GIGABYTE B550M DS3H AC R2 Socket AM4</t>
-[...14 lines deleted...]
-    <t>KIN-RAM-KVR32N22D8-16</t>
+    <t>Дънна платка GIGABYTE B840M D2H socket AM5</t>
+  </si>
+  <si>
+    <t>GA-MB-B840M-D2H</t>
   </si>
   <si>
     <t>Памет Corsair DDR4 3200MHz 16GB (2x8GB) CL16-20-20-38</t>
   </si>
   <si>
     <t>CRS-RAM-16GX4M2E3200C16</t>
   </si>
   <si>
-    <t>Захранващ блок Endorfy Supremo FM6 750W 80+ Gold, PCIe 5.1 - Fully Modular</t>
-[...10 lines deleted...]
-  <si>
     <t>Кутия ASUS PRIME AP303 TG - Black</t>
   </si>
   <si>
     <t>ASUS-CASE-AP303-BLACK</t>
   </si>
   <si>
     <t>Кутия ASUS PRIME AP303 TG - White</t>
   </si>
   <si>
     <t>ASUS-CASE-AP303-WHITE</t>
   </si>
   <si>
     <t>Захранващ блок NZXT C750 Core 750W 80+ Gold ATX 3.1 PCIe 5.1 - Fully Modular</t>
   </si>
   <si>
     <t>NZXT-PS-PA-7G3BB-EU</t>
   </si>
   <si>
+    <t>Охладител за процесор ASRock Challenger White 360 Digital</t>
+  </si>
+  <si>
+    <t>ASR-FAN-CH-360D-WHITE</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASRock Challenger 360 Digital</t>
+  </si>
+  <si>
+    <t>ASR-FAN-CH-360D</t>
+  </si>
+  <si>
     <t>Процесор AMD RYZEN 5 5600XT TRAY, 6-Core, 3.7 GHz, 35MB, 65W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZ-5600XT-T</t>
   </si>
   <si>
-    <t>Захранващ блок Gigabyte UD750GM PG5 ICE 750W, 80+ Gold PCIe 5.1</t>
-[...410 lines deleted...]
-    <t>PNY-VCNRTXPRO6000MQ-PB</t>
+    <t>Кутия ASUS ProArt PA401 Black - Tempered Glass Panel</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-PA401-TG-BK</t>
+  </si>
+  <si>
+    <t>Записващо устройство  Blu- ray Slim  Intenso EOD500D,външно/external usb 3,2 черен цвят</t>
+  </si>
+  <si>
+    <t>DVD-RW-INTENSO-EOD500D</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE B860M E, LGA 1851</t>
+  </si>
+  <si>
+    <t>GA-MB-B860M-E</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE B760M D3HP WIFI6 DDR5, socket 1700, mATX</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-D3HP-WF6</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte P850GM PG5 V2, 850W, 80+ GOLD, Modular, PCIe 5.1 Ready</t>
+  </si>
+  <si>
+    <t>GA-PS-P850GM-PG5-V2</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li LANCOOL 217 INF RGB Mid-Tower, Tempered Glass - Черна</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-987</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP750 V2 White 750W 80+ Gold PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-027</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP750 V2 Black 750W 80+ Gold PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-026</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SX850P Black 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-043</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SX850P White 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-044</t>
+  </si>
+  <si>
+    <t>Кутия Lian Li LANCOOL 217 INF RGB Mid-Tower, Tempered Glass - Бял</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-988</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1 - Черно</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-034</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1 - Бял</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-035</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASUS MAX Gaming LC 360 ARGB LCD</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-MAX-LC360-LCD</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE B860M EAGLE V2, LGA 1851</t>
+  </si>
+  <si>
+    <t>GA-MB-B860M-EAGLE-V2</t>
+  </si>
+  <si>
+    <t>Процесор AMD Ryzen 5 5600GT MPK, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5600GT-MPK</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte AORUS ELITE P850W 80+ Platinum, PCIe 5.1</t>
+  </si>
+  <si>
+    <t>GA-PS-AE850PM-PG5</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Черно</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-032</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Бял</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-033</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP850 V2 Black 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-028</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP850 V2 White 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-029</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SX1000P Black 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-045</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SX1000P White 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-046</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASUS MAX Gaming LC 360 ARGB LCD White Edition</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-MAX-LC360-LCD-W</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte AORUS ELITE P850W ICE 80+ Platinum, PCIe 5.1</t>
+  </si>
+  <si>
+    <t>GA-PS-AE850PM-PG5-ICE</t>
+  </si>
+  <si>
+    <t>Процесор AMD RYZEN 5 8500G MPK, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R5-RYZ-8500G-MPK</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock B860 Rock WIFI 7, LGA 1851</t>
+  </si>
+  <si>
+    <t>ASR-MB-B860-ROCK-WF7</t>
+  </si>
+  <si>
+    <t>Памет Team Group T-Force Vulcan Z DDR4 - 16GB(2x8GB) 3200MHz CL16</t>
+  </si>
+  <si>
+    <t>TEAM-RAM-16GB-3200-ZGD4</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SX1200P Black 1200W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-047</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SX1200P White 1200W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-048</t>
+  </si>
+  <si>
+    <t>Процесор AMD Ryzen 5 5500GT TRAY, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500GT-T</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock B860 Challenger WIFI, LGA 1851</t>
+  </si>
+  <si>
+    <t>ASR-MB-B860-CHL-WIFI</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360N Fanless ARGB - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-994</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360N Fanless ARGB - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-995</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP850 Black 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-039</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP850 White 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-040</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li RS 1200W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Черно</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-030</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li RS 1200W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Бял</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-031</t>
+  </si>
+  <si>
+    <t>Захранващ блок Gigabyte AORUS ELITE P1000W 80+ Platinum, PCIe 5.0</t>
+  </si>
+  <si>
+    <t>GA-PS-AE1000PM-PG5</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock B860 Challenger White WIFI, LGA 1851</t>
+  </si>
+  <si>
+    <t>ASR-MB-B860-CHL-WF-W</t>
+  </si>
+  <si>
+    <t>Кутия Ssupd Meshlicious Full Mesh PCIE 4.0 Edition Mini-ITX Case - White</t>
+  </si>
+  <si>
+    <t>SSUPD-CASE-GESP-012</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360CL RGB - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-997</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360CL RGB - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-996</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP1000 White 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-042</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP1000 Black 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-041</t>
+  </si>
+  <si>
+    <t>Процесор AMD RYZEN 7 7700 MPK SR1 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
+  </si>
+  <si>
+    <t>AMD-AM5-R7-7700-MPK-SR1</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360TL RGB - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-998</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360TL RGB - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-999</t>
+  </si>
+  <si>
+    <t>Хард диск Seagate Exos 10E2400, 1.8TB, 256MB Cache, SAS 12Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SAS-18000-SEAG-MM0129</t>
+  </si>
+  <si>
+    <t>Кутия ASUS ROG Strix Helios II EATX Mid-Tower - White</t>
+  </si>
+  <si>
+    <t>ASUS-CASE-ROG-HELIOS-II-W</t>
+  </si>
+  <si>
+    <t>Дънна платка ASROCK X870 PG NOVA WIFI, Socket AM5</t>
+  </si>
+  <si>
+    <t>ASR-MB-X870-NOVA-WIFI</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASUS ROG Ryuo IV 360 ARGB 6.67" Curved AMOLED Display</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-ROG-RYUO-360ARGB</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5060 WINDFORCE MAX OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N5060WF2MAX-OC-8G</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RTX 5060 EVO OC 8GB GDDR7</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RTX5060-EVO</t>
+  </si>
+  <si>
+    <t>Охладител за процесор ASUS ROG Ryuo IV 360 ARGB White Edition 6.67" Curved AMOLED Display</t>
+  </si>
+  <si>
+    <t>ASUS-FAN-ROG-RYUO-A360W</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS DUAL RADEON RX 9060 XT 16GB GDDR6 White Edition</t>
+  </si>
+  <si>
+    <t>ASUS-VC-DUAL-RX9060XT-WH</t>
+  </si>
+  <si>
+    <t>Дънна платка ASUS ROG CROSSHAIR X870E-E HERO BTF WIFI AM5 DDR5</t>
+  </si>
+  <si>
+    <t>ASUS-MB-ROG-X870E-HER-BTF</t>
+  </si>
+  <si>
+    <t>Видео карта GIGABYTE RTX 5070 TI WINDFORCE OC V2 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>GA-VC-N507TWF3V2-OC-16G</t>
+  </si>
+  <si>
+    <t>Компютърна кутия в бюро 2 в 1 Lian Li DK07 - Black</t>
+  </si>
+  <si>
+    <t>LL-CASE-GELI-965</t>
+  </si>
+  <si>
+    <t>Видео карта ASUS ProArt GeForce RTX 5080 16GB GDDR7 OC Edition</t>
+  </si>
+  <si>
+    <t>ASUS-VC-PRO-RTX5080-O16G</t>
+  </si>
+  <si>
+    <t>Памет Kingston FURY Beast Black 128GB(2x64GB) DDR5 5600MHz CL40 - AMD EXPO</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KF556C40BBK2-128</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1945,370 +2482,370 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D391"/>
+  <dimension ref="A1:D697"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>1.836</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>2.28</v>
+        <v>2.328</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>3.072</v>
+        <v>3.036</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
-        <v>3.228</v>
+        <v>3.072</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
-        <v>3.288</v>
+        <v>3.228</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>3.684</v>
+        <v>3.288</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>3.84</v>
+        <v>3.684</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>3.84</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>3.984</v>
+        <v>3.84</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>3.984</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3.984</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>4.284</v>
+        <v>4.356</v>
       </c>
       <c r="D13" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>4.356</v>
+        <v>4.5</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>4.596</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>4.596</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>4.596</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>4.596</v>
+        <v>4.608</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>4.596</v>
+        <v>4.716</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>4.68</v>
+        <v>4.752</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>4.752</v>
+        <v>4.8</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>4.908</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>4.908</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>4.992</v>
@@ -2345,5126 +2882,9410 @@
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>5.064</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>5.064</v>
+        <v>5.1</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>5.196</v>
+        <v>5.1</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>63</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>5.22</v>
+        <v>5.196</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
-        <v>5.292</v>
+        <v>5.22</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
-        <v>5.52</v>
+        <v>5.292</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
-        <v>5.568</v>
+        <v>5.34</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
-        <v>5.568</v>
+        <v>5.52</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
         <v>5.568</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
-        <v>5.616</v>
+        <v>5.568</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
-        <v>5.712</v>
+        <v>5.568</v>
       </c>
       <c r="D37" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
-        <v>5.784</v>
+        <v>5.616</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
-        <v>5.82</v>
+        <v>5.7</v>
       </c>
       <c r="D39" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40">
-        <v>5.832</v>
+        <v>5.784</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41">
-        <v>5.88</v>
+        <v>5.82</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42">
-        <v>5.988</v>
+        <v>5.88</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C43">
-        <v>6.072</v>
+        <v>5.988</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C44">
-        <v>6.084</v>
+        <v>6.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B45" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C45">
-        <v>6.108</v>
+        <v>6.0</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B46" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C46">
-        <v>6.132</v>
+        <v>6.072</v>
       </c>
       <c r="D46" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="B47" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C47">
-        <v>6.132</v>
+        <v>6.084</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B48" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C48">
         <v>6.132</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B49" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C49">
-        <v>6.36</v>
+        <v>6.3</v>
       </c>
       <c r="D49" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C50">
-        <v>6.444</v>
+        <v>6.6</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C51">
-        <v>6.6</v>
+        <v>6.648</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B52" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C52">
-        <v>6.648</v>
+        <v>6.744</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B53" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C53">
-        <v>6.744</v>
+        <v>6.768</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C54">
         <v>7.056</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C55">
         <v>7.08</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C56">
-        <v>7.224</v>
+        <v>7.08</v>
       </c>
       <c r="D56" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C57">
         <v>7.284</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C58">
-        <v>7.62</v>
+        <v>7.44</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C59">
-        <v>7.62</v>
+        <v>7.5</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C60">
-        <v>7.668</v>
+        <v>7.62</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C61">
-        <v>7.668</v>
+        <v>7.62</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C62">
         <v>7.668</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C63">
         <v>7.668</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C64">
         <v>7.668</v>
       </c>
       <c r="D64" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C65">
         <v>7.668</v>
       </c>
       <c r="D65" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C66">
         <v>7.668</v>
       </c>
       <c r="D66" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C67">
         <v>7.668</v>
       </c>
       <c r="D67" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C68">
         <v>7.668</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C69">
         <v>7.668</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B70" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C70">
         <v>7.668</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C71">
-        <v>7.668</v>
+        <v>7.8</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B72" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C72">
-        <v>7.668</v>
+        <v>7.86</v>
       </c>
       <c r="D72" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C73">
-        <v>7.668</v>
+        <v>7.86</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C74">
-        <v>7.848</v>
+        <v>7.98</v>
       </c>
       <c r="D74" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B75" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C75">
-        <v>7.98</v>
+        <v>7.992</v>
       </c>
       <c r="D75" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
-        <v>7.98</v>
+        <v>7.992</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77">
-        <v>7.98</v>
+        <v>7.992</v>
       </c>
       <c r="D77" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C78">
-        <v>7.98</v>
+        <v>8.064</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B79" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C79">
-        <v>7.98</v>
+        <v>8.352</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B80" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C80">
-        <v>8.016</v>
+        <v>8.4</v>
       </c>
       <c r="D80" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81">
-        <v>8.064</v>
+        <v>8.484</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82">
-        <v>8.352</v>
+        <v>8.772</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83">
-        <v>8.4</v>
+        <v>8.796</v>
       </c>
       <c r="D83" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84">
-        <v>8.484</v>
+        <v>8.796</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85">
-        <v>8.7</v>
+        <v>8.796</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86">
-        <v>8.796</v>
+        <v>8.916</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87">
-        <v>8.796</v>
+        <v>8.94</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88">
-        <v>8.916</v>
+        <v>9.0</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89">
-        <v>8.94</v>
+        <v>9.0</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90">
         <v>9.204</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91">
         <v>9.204</v>
       </c>
       <c r="D91" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92">
         <v>9.204</v>
       </c>
       <c r="D92" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93">
         <v>9.204</v>
       </c>
       <c r="D93" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94">
         <v>9.204</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95">
-        <v>9.204</v>
+        <v>9.42</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96">
-        <v>9.36</v>
+        <v>9.552</v>
       </c>
       <c r="D96" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C97">
         <v>9.624</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B98" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C98">
         <v>9.648</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B99" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C99">
         <v>9.708</v>
       </c>
       <c r="D99" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B100" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C100">
         <v>9.708</v>
       </c>
       <c r="D100" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B101" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C101">
-        <v>9.708</v>
+        <v>9.9</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>104</v>
+        <v>4</v>
       </c>
       <c r="B102" t="s">
-        <v>105</v>
+        <v>5</v>
       </c>
       <c r="C102">
-        <v>6.6</v>
+        <v>1.836</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>116</v>
+        <v>7</v>
       </c>
       <c r="B103" t="s">
-        <v>117</v>
+        <v>8</v>
       </c>
       <c r="C103">
-        <v>7.284</v>
+        <v>2.328</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>148</v>
+        <v>9</v>
       </c>
       <c r="B104" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="C104">
-        <v>7.668</v>
+        <v>3.036</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>180</v>
+        <v>14</v>
       </c>
       <c r="B105" t="s">
-        <v>181</v>
+        <v>15</v>
       </c>
       <c r="C105">
-        <v>8.94</v>
+        <v>3.228</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>192</v>
+        <v>17</v>
       </c>
       <c r="B106" t="s">
-        <v>193</v>
+        <v>18</v>
       </c>
       <c r="C106">
-        <v>9.204</v>
+        <v>3.288</v>
       </c>
       <c r="D106" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>206</v>
+        <v>19</v>
       </c>
       <c r="B107" t="s">
-        <v>207</v>
+        <v>20</v>
       </c>
       <c r="C107">
-        <v>9.708</v>
+        <v>3.684</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>208</v>
+        <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>209</v>
+        <v>22</v>
       </c>
       <c r="C108">
-        <v>10.128</v>
+        <v>3.84</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>210</v>
+        <v>23</v>
       </c>
       <c r="B109" t="s">
-        <v>211</v>
+        <v>24</v>
       </c>
       <c r="C109">
-        <v>10.128</v>
+        <v>3.84</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>212</v>
+        <v>27</v>
       </c>
       <c r="B110" t="s">
-        <v>213</v>
+        <v>28</v>
       </c>
       <c r="C110">
-        <v>11.256</v>
+        <v>3.984</v>
       </c>
       <c r="D110" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>214</v>
+        <v>29</v>
       </c>
       <c r="B111" t="s">
-        <v>215</v>
+        <v>30</v>
       </c>
       <c r="C111">
-        <v>13.164</v>
+        <v>4.356</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>216</v>
+        <v>31</v>
       </c>
       <c r="B112" t="s">
-        <v>217</v>
+        <v>32</v>
       </c>
       <c r="C112">
-        <v>13.944</v>
+        <v>4.5</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>218</v>
+        <v>35</v>
       </c>
       <c r="B113" t="s">
-        <v>219</v>
+        <v>36</v>
       </c>
       <c r="C113">
-        <v>15.18</v>
+        <v>4.596</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>220</v>
+        <v>37</v>
       </c>
       <c r="B114" t="s">
-        <v>221</v>
+        <v>38</v>
       </c>
       <c r="C114">
-        <v>16.224</v>
+        <v>4.596</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>222</v>
+        <v>39</v>
       </c>
       <c r="B115" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="C115">
-        <v>17.184</v>
+        <v>4.608</v>
       </c>
       <c r="D115" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>224</v>
+        <v>41</v>
       </c>
       <c r="B116" t="s">
-        <v>225</v>
+        <v>42</v>
       </c>
       <c r="C116">
-        <v>17.892</v>
+        <v>4.716</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>226</v>
+        <v>43</v>
       </c>
       <c r="B117" t="s">
-        <v>227</v>
+        <v>44</v>
       </c>
       <c r="C117">
-        <v>17.892</v>
+        <v>4.752</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>228</v>
+        <v>45</v>
       </c>
       <c r="B118" t="s">
-        <v>229</v>
+        <v>46</v>
       </c>
       <c r="C118">
-        <v>17.892</v>
+        <v>4.8</v>
       </c>
       <c r="D118" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>230</v>
+        <v>47</v>
       </c>
       <c r="B119" t="s">
-        <v>231</v>
+        <v>48</v>
       </c>
       <c r="C119">
-        <v>17.892</v>
+        <v>4.908</v>
       </c>
       <c r="D119" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>232</v>
+        <v>49</v>
       </c>
       <c r="B120" t="s">
-        <v>233</v>
+        <v>50</v>
       </c>
       <c r="C120">
-        <v>20.604</v>
+        <v>4.908</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>234</v>
+        <v>51</v>
       </c>
       <c r="B121" t="s">
-        <v>235</v>
+        <v>52</v>
       </c>
       <c r="C121">
-        <v>23.004</v>
+        <v>4.992</v>
       </c>
       <c r="D121" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>236</v>
+        <v>53</v>
       </c>
       <c r="B122" t="s">
-        <v>237</v>
+        <v>54</v>
       </c>
       <c r="C122">
-        <v>25.056</v>
+        <v>5.064</v>
       </c>
       <c r="D122" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>238</v>
+        <v>55</v>
       </c>
       <c r="B123" t="s">
-        <v>239</v>
+        <v>56</v>
       </c>
       <c r="C123">
-        <v>25.584</v>
+        <v>5.064</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>240</v>
+        <v>57</v>
       </c>
       <c r="B124" t="s">
-        <v>241</v>
+        <v>58</v>
       </c>
       <c r="C124">
-        <v>35.28</v>
+        <v>5.064</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>242</v>
+        <v>64</v>
       </c>
       <c r="B125" t="s">
-        <v>243</v>
+        <v>65</v>
       </c>
       <c r="C125">
-        <v>35.28</v>
+        <v>5.196</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>244</v>
+        <v>66</v>
       </c>
       <c r="B126" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
       <c r="C126">
-        <v>35.28</v>
+        <v>5.22</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>246</v>
+        <v>68</v>
       </c>
       <c r="B127" t="s">
-        <v>247</v>
+        <v>69</v>
       </c>
       <c r="C127">
-        <v>36.924</v>
+        <v>5.292</v>
       </c>
       <c r="D127" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>248</v>
+        <v>74</v>
       </c>
       <c r="B128" t="s">
-        <v>249</v>
+        <v>75</v>
       </c>
       <c r="C128">
-        <v>37.368</v>
+        <v>5.568</v>
       </c>
       <c r="D128" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>250</v>
+        <v>76</v>
       </c>
       <c r="B129" t="s">
-        <v>251</v>
+        <v>77</v>
       </c>
       <c r="C129">
-        <v>37.644</v>
+        <v>5.568</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>252</v>
+        <v>78</v>
       </c>
       <c r="B130" t="s">
-        <v>253</v>
+        <v>79</v>
       </c>
       <c r="C130">
-        <v>38.916</v>
+        <v>5.568</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>254</v>
+        <v>80</v>
       </c>
       <c r="B131" t="s">
-        <v>255</v>
+        <v>81</v>
       </c>
       <c r="C131">
-        <v>40.392</v>
+        <v>5.616</v>
       </c>
       <c r="D131" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>256</v>
+        <v>84</v>
       </c>
       <c r="B132" t="s">
-        <v>257</v>
+        <v>85</v>
       </c>
       <c r="C132">
-        <v>40.392</v>
+        <v>5.784</v>
       </c>
       <c r="D132" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>258</v>
+        <v>86</v>
       </c>
       <c r="B133" t="s">
-        <v>259</v>
+        <v>87</v>
       </c>
       <c r="C133">
-        <v>42.024</v>
+        <v>5.82</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>260</v>
+        <v>94</v>
       </c>
       <c r="B134" t="s">
-        <v>261</v>
+        <v>95</v>
       </c>
       <c r="C134">
-        <v>43.056</v>
+        <v>6.0</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>262</v>
+        <v>98</v>
       </c>
       <c r="B135" t="s">
-        <v>263</v>
+        <v>99</v>
       </c>
       <c r="C135">
-        <v>45.504</v>
+        <v>6.084</v>
       </c>
       <c r="D135" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>264</v>
+        <v>96</v>
       </c>
       <c r="B136" t="s">
-        <v>265</v>
+        <v>100</v>
       </c>
       <c r="C136">
-        <v>47.148</v>
+        <v>6.132</v>
       </c>
       <c r="D136" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>266</v>
+        <v>103</v>
       </c>
       <c r="B137" t="s">
-        <v>267</v>
+        <v>104</v>
       </c>
       <c r="C137">
-        <v>48.552</v>
+        <v>6.6</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>268</v>
+        <v>105</v>
       </c>
       <c r="B138" t="s">
-        <v>269</v>
+        <v>106</v>
       </c>
       <c r="C138">
-        <v>50.616</v>
+        <v>6.648</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>270</v>
+        <v>109</v>
       </c>
       <c r="B139" t="s">
-        <v>271</v>
+        <v>110</v>
       </c>
       <c r="C139">
-        <v>50.616</v>
+        <v>6.768</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>272</v>
+        <v>111</v>
       </c>
       <c r="B140" t="s">
-        <v>273</v>
+        <v>112</v>
       </c>
       <c r="C140">
-        <v>50.616</v>
+        <v>7.056</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>274</v>
+        <v>113</v>
       </c>
       <c r="B141" t="s">
-        <v>275</v>
+        <v>114</v>
       </c>
       <c r="C141">
-        <v>53.484</v>
+        <v>7.08</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>276</v>
+        <v>115</v>
       </c>
       <c r="B142" t="s">
-        <v>277</v>
+        <v>116</v>
       </c>
       <c r="C142">
-        <v>55.728</v>
+        <v>7.08</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>278</v>
+        <v>117</v>
       </c>
       <c r="B143" t="s">
-        <v>279</v>
+        <v>118</v>
       </c>
       <c r="C143">
-        <v>55.728</v>
+        <v>7.284</v>
       </c>
       <c r="D143" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>280</v>
+        <v>119</v>
       </c>
       <c r="B144" t="s">
-        <v>281</v>
+        <v>120</v>
       </c>
       <c r="C144">
-        <v>55.728</v>
+        <v>7.44</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>282</v>
+        <v>121</v>
       </c>
       <c r="B145" t="s">
-        <v>283</v>
+        <v>122</v>
       </c>
       <c r="C145">
-        <v>55.728</v>
+        <v>7.5</v>
       </c>
       <c r="D145" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>284</v>
+        <v>123</v>
       </c>
       <c r="B146" t="s">
-        <v>285</v>
+        <v>124</v>
       </c>
       <c r="C146">
-        <v>58.752</v>
+        <v>7.62</v>
       </c>
       <c r="D146" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>286</v>
+        <v>125</v>
       </c>
       <c r="B147" t="s">
-        <v>287</v>
+        <v>126</v>
       </c>
       <c r="C147">
-        <v>58.8</v>
+        <v>7.62</v>
       </c>
       <c r="D147" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>288</v>
+        <v>129</v>
       </c>
       <c r="B148" t="s">
-        <v>289</v>
+        <v>130</v>
       </c>
       <c r="C148">
-        <v>60.84</v>
+        <v>7.668</v>
       </c>
       <c r="D148" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>290</v>
+        <v>131</v>
       </c>
       <c r="B149" t="s">
-        <v>291</v>
+        <v>132</v>
       </c>
       <c r="C149">
-        <v>60.84</v>
+        <v>7.668</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>292</v>
+        <v>133</v>
       </c>
       <c r="B150" t="s">
-        <v>293</v>
+        <v>134</v>
       </c>
       <c r="C150">
-        <v>64.776</v>
+        <v>7.668</v>
       </c>
       <c r="D150" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>294</v>
+        <v>135</v>
       </c>
       <c r="B151" t="s">
-        <v>295</v>
+        <v>136</v>
       </c>
       <c r="C151">
-        <v>65.952</v>
+        <v>7.668</v>
       </c>
       <c r="D151" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>296</v>
+        <v>137</v>
       </c>
       <c r="B152" t="s">
-        <v>297</v>
+        <v>138</v>
       </c>
       <c r="C152">
-        <v>65.952</v>
+        <v>7.668</v>
       </c>
       <c r="D152" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>298</v>
+        <v>139</v>
       </c>
       <c r="B153" t="s">
-        <v>299</v>
+        <v>140</v>
       </c>
       <c r="C153">
-        <v>66.54</v>
+        <v>7.668</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>300</v>
+        <v>141</v>
       </c>
       <c r="B154" t="s">
-        <v>301</v>
+        <v>142</v>
       </c>
       <c r="C154">
-        <v>68.016</v>
+        <v>7.668</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>302</v>
+        <v>143</v>
       </c>
       <c r="B155" t="s">
-        <v>303</v>
+        <v>144</v>
       </c>
       <c r="C155">
-        <v>71.064</v>
+        <v>7.668</v>
       </c>
       <c r="D155" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>304</v>
+        <v>147</v>
       </c>
       <c r="B156" t="s">
-        <v>305</v>
+        <v>148</v>
       </c>
       <c r="C156">
-        <v>71.064</v>
+        <v>7.86</v>
       </c>
       <c r="D156" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>306</v>
+        <v>149</v>
       </c>
       <c r="B157" t="s">
-        <v>307</v>
+        <v>150</v>
       </c>
       <c r="C157">
-        <v>71.064</v>
+        <v>7.86</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>308</v>
+        <v>151</v>
       </c>
       <c r="B158" t="s">
-        <v>309</v>
+        <v>152</v>
       </c>
       <c r="C158">
-        <v>74.208</v>
+        <v>7.98</v>
       </c>
       <c r="D158" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>310</v>
+        <v>153</v>
       </c>
       <c r="B159" t="s">
-        <v>311</v>
+        <v>154</v>
       </c>
       <c r="C159">
-        <v>76.176</v>
+        <v>7.992</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>312</v>
+        <v>155</v>
       </c>
       <c r="B160" t="s">
-        <v>313</v>
+        <v>156</v>
       </c>
       <c r="C160">
-        <v>76.176</v>
+        <v>7.992</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>314</v>
+        <v>157</v>
       </c>
       <c r="B161" t="s">
-        <v>315</v>
+        <v>158</v>
       </c>
       <c r="C161">
-        <v>76.176</v>
+        <v>7.992</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>316</v>
+        <v>159</v>
       </c>
       <c r="B162" t="s">
-        <v>317</v>
+        <v>160</v>
       </c>
       <c r="C162">
-        <v>81.3</v>
+        <v>8.064</v>
       </c>
       <c r="D162" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>318</v>
+        <v>161</v>
       </c>
       <c r="B163" t="s">
-        <v>319</v>
+        <v>162</v>
       </c>
       <c r="C163">
-        <v>81.3</v>
+        <v>8.352</v>
       </c>
       <c r="D163" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>320</v>
+        <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>321</v>
+        <v>164</v>
       </c>
       <c r="C164">
-        <v>81.3</v>
+        <v>8.4</v>
       </c>
       <c r="D164" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>322</v>
+        <v>165</v>
       </c>
       <c r="B165" t="s">
-        <v>323</v>
+        <v>166</v>
       </c>
       <c r="C165">
-        <v>81.3</v>
+        <v>8.484</v>
       </c>
       <c r="D165" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>324</v>
+        <v>167</v>
       </c>
       <c r="B166" t="s">
-        <v>325</v>
+        <v>168</v>
       </c>
       <c r="C166">
-        <v>84.12</v>
+        <v>8.772</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>326</v>
+        <v>169</v>
       </c>
       <c r="B167" t="s">
-        <v>327</v>
+        <v>170</v>
       </c>
       <c r="C167">
-        <v>86.412</v>
+        <v>8.796</v>
       </c>
       <c r="D167" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>328</v>
+        <v>171</v>
       </c>
       <c r="B168" t="s">
-        <v>329</v>
+        <v>172</v>
       </c>
       <c r="C168">
-        <v>86.412</v>
+        <v>8.796</v>
       </c>
       <c r="D168" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>330</v>
+        <v>173</v>
       </c>
       <c r="B169" t="s">
-        <v>331</v>
+        <v>174</v>
       </c>
       <c r="C169">
-        <v>86.412</v>
+        <v>8.796</v>
       </c>
       <c r="D169" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>332</v>
+        <v>175</v>
       </c>
       <c r="B170" t="s">
-        <v>333</v>
+        <v>176</v>
       </c>
       <c r="C170">
-        <v>90.384</v>
+        <v>8.916</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>334</v>
+        <v>177</v>
       </c>
       <c r="B171" t="s">
-        <v>335</v>
+        <v>178</v>
       </c>
       <c r="C171">
-        <v>90.744</v>
+        <v>8.94</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>336</v>
+        <v>181</v>
       </c>
       <c r="B172" t="s">
-        <v>337</v>
+        <v>182</v>
       </c>
       <c r="C172">
-        <v>90.744</v>
+        <v>9.0</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>338</v>
+        <v>183</v>
       </c>
       <c r="B173" t="s">
-        <v>339</v>
+        <v>184</v>
       </c>
       <c r="C173">
-        <v>91.512</v>
+        <v>9.204</v>
       </c>
       <c r="D173" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>340</v>
+        <v>185</v>
       </c>
       <c r="B174" t="s">
-        <v>341</v>
+        <v>186</v>
       </c>
       <c r="C174">
-        <v>91.512</v>
+        <v>9.204</v>
       </c>
       <c r="D174" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>342</v>
+        <v>187</v>
       </c>
       <c r="B175" t="s">
-        <v>343</v>
+        <v>188</v>
       </c>
       <c r="C175">
-        <v>96.636</v>
+        <v>9.204</v>
       </c>
       <c r="D175" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>344</v>
+        <v>189</v>
       </c>
       <c r="B176" t="s">
-        <v>345</v>
+        <v>190</v>
       </c>
       <c r="C176">
-        <v>96.636</v>
+        <v>9.204</v>
       </c>
       <c r="D176" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>346</v>
+        <v>191</v>
       </c>
       <c r="B177" t="s">
-        <v>347</v>
+        <v>192</v>
       </c>
       <c r="C177">
-        <v>96.636</v>
+        <v>9.204</v>
       </c>
       <c r="D177" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>348</v>
+        <v>195</v>
       </c>
       <c r="B178" t="s">
-        <v>349</v>
+        <v>196</v>
       </c>
       <c r="C178">
-        <v>97.596</v>
+        <v>9.552</v>
       </c>
       <c r="D178" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>350</v>
+        <v>199</v>
       </c>
       <c r="B179" t="s">
-        <v>351</v>
+        <v>200</v>
       </c>
       <c r="C179">
-        <v>97.716</v>
+        <v>9.648</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>352</v>
+        <v>201</v>
       </c>
       <c r="B180" t="s">
-        <v>353</v>
+        <v>202</v>
       </c>
       <c r="C180">
-        <v>101.628</v>
+        <v>9.708</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>354</v>
+        <v>203</v>
       </c>
       <c r="B181" t="s">
-        <v>355</v>
+        <v>204</v>
       </c>
       <c r="C181">
-        <v>101.748</v>
+        <v>9.708</v>
       </c>
       <c r="D181" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>356</v>
+        <v>207</v>
       </c>
       <c r="B182" t="s">
-        <v>357</v>
+        <v>208</v>
       </c>
       <c r="C182">
-        <v>101.748</v>
+        <v>9.9</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>358</v>
+        <v>209</v>
       </c>
       <c r="B183" t="s">
-        <v>359</v>
+        <v>210</v>
       </c>
       <c r="C183">
-        <v>101.748</v>
+        <v>9.9</v>
       </c>
       <c r="D183" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>360</v>
+        <v>211</v>
       </c>
       <c r="B184" t="s">
-        <v>361</v>
+        <v>212</v>
       </c>
       <c r="C184">
-        <v>101.748</v>
+        <v>9.984</v>
       </c>
       <c r="D184" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>362</v>
+        <v>213</v>
       </c>
       <c r="B185" t="s">
-        <v>363</v>
+        <v>214</v>
       </c>
       <c r="C185">
-        <v>101.748</v>
+        <v>10.128</v>
       </c>
       <c r="D185" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>364</v>
+        <v>215</v>
       </c>
       <c r="B186" t="s">
-        <v>365</v>
+        <v>216</v>
       </c>
       <c r="C186">
-        <v>101.748</v>
+        <v>10.128</v>
       </c>
       <c r="D186" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>366</v>
+        <v>217</v>
       </c>
       <c r="B187" t="s">
-        <v>367</v>
+        <v>218</v>
       </c>
       <c r="C187">
-        <v>106.86</v>
+        <v>10.128</v>
       </c>
       <c r="D187" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>368</v>
+        <v>219</v>
       </c>
       <c r="B188" t="s">
-        <v>369</v>
+        <v>220</v>
       </c>
       <c r="C188">
-        <v>106.86</v>
+        <v>10.128</v>
       </c>
       <c r="D188" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>370</v>
+        <v>221</v>
       </c>
       <c r="B189" t="s">
-        <v>371</v>
+        <v>222</v>
       </c>
       <c r="C189">
-        <v>108.48</v>
+        <v>10.2</v>
       </c>
       <c r="D189" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>372</v>
+        <v>223</v>
       </c>
       <c r="B190" t="s">
-        <v>373</v>
+        <v>224</v>
       </c>
       <c r="C190">
-        <v>108.636</v>
+        <v>10.2</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>374</v>
+        <v>225</v>
       </c>
       <c r="B191" t="s">
-        <v>375</v>
+        <v>226</v>
       </c>
       <c r="C191">
-        <v>109.272</v>
+        <v>10.956</v>
       </c>
       <c r="D191" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>376</v>
+        <v>227</v>
       </c>
       <c r="B192" t="s">
-        <v>377</v>
+        <v>228</v>
       </c>
       <c r="C192">
-        <v>109.368</v>
+        <v>11.1</v>
       </c>
       <c r="D192" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>378</v>
+        <v>229</v>
       </c>
       <c r="B193" t="s">
-        <v>379</v>
+        <v>230</v>
       </c>
       <c r="C193">
-        <v>109.92</v>
+        <v>11.28</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>380</v>
+        <v>231</v>
       </c>
       <c r="B194" t="s">
-        <v>381</v>
+        <v>232</v>
       </c>
       <c r="C194">
-        <v>110.964</v>
+        <v>11.46</v>
       </c>
       <c r="D194" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>382</v>
+        <v>233</v>
       </c>
       <c r="B195" t="s">
-        <v>383</v>
+        <v>234</v>
       </c>
       <c r="C195">
-        <v>111.972</v>
+        <v>11.604</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>384</v>
+        <v>235</v>
       </c>
       <c r="B196" t="s">
-        <v>385</v>
+        <v>236</v>
       </c>
       <c r="C196">
-        <v>111.972</v>
+        <v>11.928</v>
       </c>
       <c r="D196" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>386</v>
+        <v>237</v>
       </c>
       <c r="B197" t="s">
-        <v>387</v>
+        <v>238</v>
       </c>
       <c r="C197">
-        <v>111.972</v>
+        <v>11.928</v>
       </c>
       <c r="D197" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>388</v>
+        <v>239</v>
       </c>
       <c r="B198" t="s">
-        <v>389</v>
+        <v>240</v>
       </c>
       <c r="C198">
-        <v>114.756</v>
+        <v>11.94</v>
       </c>
       <c r="D198" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>390</v>
+        <v>241</v>
       </c>
       <c r="B199" t="s">
-        <v>391</v>
+        <v>242</v>
       </c>
       <c r="C199">
-        <v>115.236</v>
+        <v>12.0</v>
       </c>
       <c r="D199" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>392</v>
+        <v>243</v>
       </c>
       <c r="B200" t="s">
-        <v>393</v>
+        <v>244</v>
       </c>
       <c r="C200">
-        <v>116.64</v>
+        <v>12.0</v>
       </c>
       <c r="D200" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>394</v>
+        <v>245</v>
       </c>
       <c r="B201" t="s">
-        <v>395</v>
+        <v>246</v>
       </c>
       <c r="C201">
-        <v>117.084</v>
+        <v>12.0</v>
       </c>
       <c r="D201" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="B202" t="s">
-        <v>105</v>
+        <v>32</v>
       </c>
       <c r="C202">
-        <v>6.6</v>
+        <v>4.5</v>
       </c>
       <c r="D202" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>116</v>
+        <v>45</v>
       </c>
       <c r="B203" t="s">
-        <v>117</v>
+        <v>46</v>
       </c>
       <c r="C203">
-        <v>7.284</v>
+        <v>4.8</v>
       </c>
       <c r="D203" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>148</v>
+        <v>94</v>
       </c>
       <c r="B204" t="s">
-        <v>149</v>
+        <v>95</v>
       </c>
       <c r="C204">
-        <v>7.668</v>
+        <v>6.0</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>180</v>
+        <v>103</v>
       </c>
       <c r="B205" t="s">
-        <v>181</v>
+        <v>104</v>
       </c>
       <c r="C205">
-        <v>8.94</v>
+        <v>6.6</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>192</v>
+        <v>115</v>
       </c>
       <c r="B206" t="s">
-        <v>193</v>
+        <v>116</v>
       </c>
       <c r="C206">
-        <v>9.204</v>
+        <v>7.08</v>
       </c>
       <c r="D206" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>208</v>
+        <v>117</v>
       </c>
       <c r="B207" t="s">
-        <v>209</v>
+        <v>118</v>
       </c>
       <c r="C207">
-        <v>10.128</v>
+        <v>7.284</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>210</v>
+        <v>121</v>
       </c>
       <c r="B208" t="s">
-        <v>211</v>
+        <v>122</v>
       </c>
       <c r="C208">
-        <v>10.128</v>
+        <v>7.5</v>
       </c>
       <c r="D208" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>212</v>
+        <v>137</v>
       </c>
       <c r="B209" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
       <c r="C209">
-        <v>11.256</v>
+        <v>7.668</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>214</v>
+        <v>139</v>
       </c>
       <c r="B210" t="s">
-        <v>215</v>
+        <v>140</v>
       </c>
       <c r="C210">
-        <v>13.164</v>
+        <v>7.668</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>216</v>
+        <v>141</v>
       </c>
       <c r="B211" t="s">
-        <v>217</v>
+        <v>142</v>
       </c>
       <c r="C211">
-        <v>13.944</v>
+        <v>7.668</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>218</v>
+        <v>143</v>
       </c>
       <c r="B212" t="s">
-        <v>219</v>
+        <v>144</v>
       </c>
       <c r="C212">
-        <v>15.18</v>
+        <v>7.668</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>220</v>
+        <v>159</v>
       </c>
       <c r="B213" t="s">
-        <v>221</v>
+        <v>160</v>
       </c>
       <c r="C213">
-        <v>16.224</v>
+        <v>8.064</v>
       </c>
       <c r="D213" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>222</v>
+        <v>165</v>
       </c>
       <c r="B214" t="s">
-        <v>223</v>
+        <v>166</v>
       </c>
       <c r="C214">
-        <v>17.184</v>
+        <v>8.484</v>
       </c>
       <c r="D214" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>224</v>
+        <v>175</v>
       </c>
       <c r="B215" t="s">
-        <v>225</v>
+        <v>176</v>
       </c>
       <c r="C215">
-        <v>17.892</v>
+        <v>8.916</v>
       </c>
       <c r="D215" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>226</v>
+        <v>177</v>
       </c>
       <c r="B216" t="s">
-        <v>227</v>
+        <v>178</v>
       </c>
       <c r="C216">
-        <v>17.892</v>
+        <v>8.94</v>
       </c>
       <c r="D216" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>228</v>
+        <v>191</v>
       </c>
       <c r="B217" t="s">
-        <v>229</v>
+        <v>192</v>
       </c>
       <c r="C217">
-        <v>17.892</v>
+        <v>9.204</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>230</v>
+        <v>201</v>
       </c>
       <c r="B218" t="s">
-        <v>231</v>
+        <v>202</v>
       </c>
       <c r="C218">
-        <v>17.892</v>
+        <v>9.708</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>232</v>
+        <v>203</v>
       </c>
       <c r="B219" t="s">
-        <v>233</v>
+        <v>204</v>
       </c>
       <c r="C219">
-        <v>20.604</v>
+        <v>9.708</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>238</v>
+        <v>209</v>
       </c>
       <c r="B220" t="s">
-        <v>239</v>
+        <v>210</v>
       </c>
       <c r="C220">
-        <v>25.584</v>
+        <v>9.9</v>
       </c>
       <c r="D220" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>244</v>
+        <v>211</v>
       </c>
       <c r="B221" t="s">
-        <v>245</v>
+        <v>212</v>
       </c>
       <c r="C221">
-        <v>35.28</v>
+        <v>9.984</v>
       </c>
       <c r="D221" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>246</v>
+        <v>219</v>
       </c>
       <c r="B222" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
       <c r="C222">
-        <v>36.924</v>
+        <v>10.128</v>
       </c>
       <c r="D222" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>248</v>
+        <v>221</v>
       </c>
       <c r="B223" t="s">
-        <v>249</v>
+        <v>222</v>
       </c>
       <c r="C223">
-        <v>37.368</v>
+        <v>10.2</v>
       </c>
       <c r="D223" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>250</v>
+        <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>251</v>
+        <v>224</v>
       </c>
       <c r="C224">
-        <v>37.644</v>
+        <v>10.2</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>252</v>
+        <v>227</v>
       </c>
       <c r="B225" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="C225">
-        <v>38.916</v>
+        <v>11.1</v>
       </c>
       <c r="D225" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>258</v>
+        <v>231</v>
       </c>
       <c r="B226" t="s">
-        <v>259</v>
+        <v>232</v>
       </c>
       <c r="C226">
-        <v>42.024</v>
+        <v>11.46</v>
       </c>
       <c r="D226" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="B227" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="C227">
-        <v>43.056</v>
+        <v>12.096</v>
       </c>
       <c r="D227" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="B228" t="s">
-        <v>271</v>
+        <v>250</v>
       </c>
       <c r="C228">
-        <v>50.616</v>
+        <v>12.96</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="B229" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="C229">
-        <v>50.616</v>
+        <v>13.164</v>
       </c>
       <c r="D229" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="B230" t="s">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="C230">
-        <v>53.484</v>
+        <v>13.944</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>276</v>
+        <v>255</v>
       </c>
       <c r="B231" t="s">
-        <v>277</v>
+        <v>256</v>
       </c>
       <c r="C231">
-        <v>55.728</v>
+        <v>14.004</v>
       </c>
       <c r="D231" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="B232" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="C232">
-        <v>55.728</v>
+        <v>14.148</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="B233" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
       <c r="C233">
-        <v>55.728</v>
+        <v>15.0</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="B234" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="C234">
-        <v>55.728</v>
+        <v>15.0</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="B235" t="s">
-        <v>287</v>
+        <v>264</v>
       </c>
       <c r="C235">
-        <v>58.8</v>
+        <v>15.18</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>288</v>
+        <v>265</v>
       </c>
       <c r="B236" t="s">
-        <v>289</v>
+        <v>266</v>
       </c>
       <c r="C236">
-        <v>60.84</v>
+        <v>15.396</v>
       </c>
       <c r="D236" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>290</v>
+        <v>267</v>
       </c>
       <c r="B237" t="s">
-        <v>291</v>
+        <v>268</v>
       </c>
       <c r="C237">
-        <v>60.84</v>
+        <v>16.224</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>292</v>
+        <v>269</v>
       </c>
       <c r="B238" t="s">
-        <v>293</v>
+        <v>270</v>
       </c>
       <c r="C238">
-        <v>64.776</v>
+        <v>16.344</v>
       </c>
       <c r="D238" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>298</v>
+        <v>271</v>
       </c>
       <c r="B239" t="s">
-        <v>299</v>
+        <v>272</v>
       </c>
       <c r="C239">
-        <v>66.54</v>
+        <v>16.8</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>306</v>
+        <v>273</v>
       </c>
       <c r="B240" t="s">
-        <v>307</v>
+        <v>274</v>
       </c>
       <c r="C240">
-        <v>71.064</v>
+        <v>16.8</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>312</v>
+        <v>275</v>
       </c>
       <c r="B241" t="s">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="C241">
-        <v>76.176</v>
+        <v>16.8</v>
       </c>
       <c r="D241" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>314</v>
+        <v>277</v>
       </c>
       <c r="B242" t="s">
-        <v>315</v>
+        <v>278</v>
       </c>
       <c r="C242">
-        <v>76.176</v>
+        <v>16.8</v>
       </c>
       <c r="D242" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>318</v>
+        <v>279</v>
       </c>
       <c r="B243" t="s">
-        <v>319</v>
+        <v>280</v>
       </c>
       <c r="C243">
-        <v>81.3</v>
+        <v>17.484</v>
       </c>
       <c r="D243" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>320</v>
+        <v>281</v>
       </c>
       <c r="B244" t="s">
-        <v>321</v>
+        <v>282</v>
       </c>
       <c r="C244">
-        <v>81.3</v>
+        <v>17.892</v>
       </c>
       <c r="D244" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>322</v>
+        <v>283</v>
       </c>
       <c r="B245" t="s">
-        <v>323</v>
+        <v>284</v>
       </c>
       <c r="C245">
-        <v>81.3</v>
+        <v>17.892</v>
       </c>
       <c r="D245" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>324</v>
+        <v>285</v>
       </c>
       <c r="B246" t="s">
-        <v>325</v>
+        <v>286</v>
       </c>
       <c r="C246">
-        <v>84.12</v>
+        <v>17.892</v>
       </c>
       <c r="D246" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>326</v>
+        <v>287</v>
       </c>
       <c r="B247" t="s">
-        <v>327</v>
+        <v>288</v>
       </c>
       <c r="C247">
-        <v>86.412</v>
+        <v>17.892</v>
       </c>
       <c r="D247" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>328</v>
+        <v>289</v>
       </c>
       <c r="B248" t="s">
-        <v>329</v>
+        <v>290</v>
       </c>
       <c r="C248">
-        <v>86.412</v>
+        <v>17.892</v>
       </c>
       <c r="D248" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>330</v>
+        <v>291</v>
       </c>
       <c r="B249" t="s">
-        <v>331</v>
+        <v>292</v>
       </c>
       <c r="C249">
-        <v>86.412</v>
+        <v>18.0</v>
       </c>
       <c r="D249" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>332</v>
+        <v>293</v>
       </c>
       <c r="B250" t="s">
-        <v>333</v>
+        <v>294</v>
       </c>
       <c r="C250">
-        <v>90.384</v>
+        <v>18.0</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>334</v>
+        <v>295</v>
       </c>
       <c r="B251" t="s">
-        <v>335</v>
+        <v>296</v>
       </c>
       <c r="C251">
-        <v>90.744</v>
+        <v>19.656</v>
       </c>
       <c r="D251" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>336</v>
+        <v>297</v>
       </c>
       <c r="B252" t="s">
-        <v>337</v>
+        <v>298</v>
       </c>
       <c r="C252">
-        <v>90.744</v>
+        <v>19.8</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>338</v>
+        <v>299</v>
       </c>
       <c r="B253" t="s">
-        <v>339</v>
+        <v>300</v>
       </c>
       <c r="C253">
-        <v>91.512</v>
+        <v>19.8</v>
       </c>
       <c r="D253" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>340</v>
+        <v>301</v>
       </c>
       <c r="B254" t="s">
-        <v>341</v>
+        <v>302</v>
       </c>
       <c r="C254">
-        <v>91.512</v>
+        <v>19.8</v>
       </c>
       <c r="D254" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>342</v>
+        <v>303</v>
       </c>
       <c r="B255" t="s">
-        <v>343</v>
+        <v>304</v>
       </c>
       <c r="C255">
-        <v>96.636</v>
+        <v>19.8</v>
       </c>
       <c r="D255" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>344</v>
+        <v>305</v>
       </c>
       <c r="B256" t="s">
-        <v>345</v>
+        <v>306</v>
       </c>
       <c r="C256">
-        <v>96.636</v>
+        <v>19.908</v>
       </c>
       <c r="D256" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>346</v>
+        <v>307</v>
       </c>
       <c r="B257" t="s">
-        <v>347</v>
+        <v>308</v>
       </c>
       <c r="C257">
-        <v>96.636</v>
+        <v>19.944</v>
       </c>
       <c r="D257" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>348</v>
+        <v>309</v>
       </c>
       <c r="B258" t="s">
-        <v>349</v>
+        <v>310</v>
       </c>
       <c r="C258">
-        <v>97.596</v>
+        <v>19.944</v>
       </c>
       <c r="D258" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>350</v>
+        <v>311</v>
       </c>
       <c r="B259" t="s">
-        <v>351</v>
+        <v>312</v>
       </c>
       <c r="C259">
-        <v>97.716</v>
+        <v>19.944</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>352</v>
+        <v>313</v>
       </c>
       <c r="B260" t="s">
-        <v>353</v>
+        <v>314</v>
       </c>
       <c r="C260">
-        <v>101.628</v>
+        <v>19.944</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>354</v>
+        <v>315</v>
       </c>
       <c r="B261" t="s">
-        <v>355</v>
+        <v>316</v>
       </c>
       <c r="C261">
-        <v>101.748</v>
+        <v>20.604</v>
       </c>
       <c r="D261" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>356</v>
+        <v>317</v>
       </c>
       <c r="B262" t="s">
-        <v>357</v>
+        <v>318</v>
       </c>
       <c r="C262">
-        <v>101.748</v>
+        <v>21.288</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>358</v>
+        <v>319</v>
       </c>
       <c r="B263" t="s">
-        <v>359</v>
+        <v>320</v>
       </c>
       <c r="C263">
-        <v>101.748</v>
+        <v>21.9</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>360</v>
+        <v>321</v>
       </c>
       <c r="B264" t="s">
-        <v>361</v>
+        <v>322</v>
       </c>
       <c r="C264">
-        <v>101.748</v>
+        <v>21.9</v>
       </c>
       <c r="D264" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>362</v>
+        <v>323</v>
       </c>
       <c r="B265" t="s">
-        <v>363</v>
+        <v>324</v>
       </c>
       <c r="C265">
-        <v>101.748</v>
+        <v>21.9</v>
       </c>
       <c r="D265" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>364</v>
+        <v>325</v>
       </c>
       <c r="B266" t="s">
-        <v>365</v>
+        <v>326</v>
       </c>
       <c r="C266">
-        <v>101.748</v>
+        <v>21.9</v>
       </c>
       <c r="D266" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>366</v>
+        <v>327</v>
       </c>
       <c r="B267" t="s">
-        <v>367</v>
+        <v>328</v>
       </c>
       <c r="C267">
-        <v>106.86</v>
+        <v>22.2</v>
       </c>
       <c r="D267" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>368</v>
+        <v>329</v>
       </c>
       <c r="B268" t="s">
-        <v>369</v>
+        <v>330</v>
       </c>
       <c r="C268">
-        <v>106.86</v>
+        <v>24.816</v>
       </c>
       <c r="D268" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>372</v>
+        <v>331</v>
       </c>
       <c r="B269" t="s">
-        <v>373</v>
+        <v>332</v>
       </c>
       <c r="C269">
-        <v>108.636</v>
+        <v>24.996</v>
       </c>
       <c r="D269" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>374</v>
+        <v>333</v>
       </c>
       <c r="B270" t="s">
-        <v>375</v>
+        <v>334</v>
       </c>
       <c r="C270">
-        <v>109.272</v>
+        <v>24.996</v>
       </c>
       <c r="D270" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>376</v>
+        <v>335</v>
       </c>
       <c r="B271" t="s">
-        <v>377</v>
+        <v>336</v>
       </c>
       <c r="C271">
-        <v>109.368</v>
+        <v>25.056</v>
       </c>
       <c r="D271" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>380</v>
+        <v>337</v>
       </c>
       <c r="B272" t="s">
-        <v>381</v>
+        <v>338</v>
       </c>
       <c r="C272">
-        <v>110.964</v>
+        <v>25.584</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>382</v>
+        <v>339</v>
       </c>
       <c r="B273" t="s">
-        <v>383</v>
+        <v>340</v>
       </c>
       <c r="C273">
-        <v>111.972</v>
+        <v>25.908</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>384</v>
+        <v>341</v>
       </c>
       <c r="B274" t="s">
-        <v>385</v>
+        <v>342</v>
       </c>
       <c r="C274">
-        <v>111.972</v>
+        <v>27.0</v>
       </c>
       <c r="D274" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>386</v>
+        <v>343</v>
       </c>
       <c r="B275" t="s">
-        <v>387</v>
+        <v>344</v>
       </c>
       <c r="C275">
-        <v>111.972</v>
+        <v>27.0</v>
       </c>
       <c r="D275" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>388</v>
+        <v>345</v>
       </c>
       <c r="B276" t="s">
-        <v>389</v>
+        <v>346</v>
       </c>
       <c r="C276">
-        <v>114.756</v>
+        <v>27.3</v>
       </c>
       <c r="D276" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>392</v>
+        <v>347</v>
       </c>
       <c r="B277" t="s">
-        <v>393</v>
+        <v>348</v>
       </c>
       <c r="C277">
-        <v>116.64</v>
+        <v>29.412</v>
       </c>
       <c r="D277" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>396</v>
+        <v>349</v>
       </c>
       <c r="B278" t="s">
-        <v>397</v>
+        <v>350</v>
       </c>
       <c r="C278">
-        <v>117.084</v>
+        <v>30.0</v>
       </c>
       <c r="D278" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>398</v>
+        <v>351</v>
       </c>
       <c r="B279" t="s">
-        <v>399</v>
+        <v>352</v>
       </c>
       <c r="C279">
-        <v>122.196</v>
+        <v>30.0</v>
       </c>
       <c r="D279" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>400</v>
+        <v>353</v>
       </c>
       <c r="B280" t="s">
-        <v>401</v>
+        <v>354</v>
       </c>
       <c r="C280">
-        <v>126.396</v>
+        <v>30.0</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>402</v>
+        <v>355</v>
       </c>
       <c r="B281" t="s">
-        <v>403</v>
+        <v>356</v>
       </c>
       <c r="C281">
-        <v>127.308</v>
+        <v>30.0</v>
       </c>
       <c r="D281" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>404</v>
+        <v>357</v>
       </c>
       <c r="B282" t="s">
-        <v>405</v>
+        <v>358</v>
       </c>
       <c r="C282">
-        <v>135.744</v>
+        <v>30.0</v>
       </c>
       <c r="D282" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>406</v>
+        <v>359</v>
       </c>
       <c r="B283" t="s">
-        <v>407</v>
+        <v>360</v>
       </c>
       <c r="C283">
-        <v>137.532</v>
+        <v>30.0</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>408</v>
+        <v>361</v>
       </c>
       <c r="B284" t="s">
-        <v>409</v>
+        <v>362</v>
       </c>
       <c r="C284">
-        <v>138.936</v>
+        <v>31.2</v>
       </c>
       <c r="D284" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>410</v>
+        <v>363</v>
       </c>
       <c r="B285" t="s">
-        <v>411</v>
+        <v>364</v>
       </c>
       <c r="C285">
-        <v>139.116</v>
+        <v>31.392</v>
       </c>
       <c r="D285" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>412</v>
+        <v>365</v>
       </c>
       <c r="B286" t="s">
-        <v>413</v>
+        <v>366</v>
       </c>
       <c r="C286">
-        <v>142.332</v>
+        <v>33.0</v>
       </c>
       <c r="D286" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>414</v>
+        <v>367</v>
       </c>
       <c r="B287" t="s">
-        <v>415</v>
+        <v>368</v>
       </c>
       <c r="C287">
-        <v>143.664</v>
+        <v>33.0</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>416</v>
+        <v>369</v>
       </c>
       <c r="B288" t="s">
-        <v>417</v>
+        <v>370</v>
       </c>
       <c r="C288">
-        <v>147.252</v>
+        <v>33.0</v>
       </c>
       <c r="D288" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>418</v>
+        <v>371</v>
       </c>
       <c r="B289" t="s">
-        <v>419</v>
+        <v>372</v>
       </c>
       <c r="C289">
-        <v>147.756</v>
+        <v>33.0</v>
       </c>
       <c r="D289" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>420</v>
+        <v>373</v>
       </c>
       <c r="B290" t="s">
-        <v>421</v>
+        <v>374</v>
       </c>
       <c r="C290">
-        <v>150.672</v>
+        <v>33.0</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>422</v>
+        <v>375</v>
       </c>
       <c r="B291" t="s">
-        <v>423</v>
+        <v>376</v>
       </c>
       <c r="C291">
-        <v>152.868</v>
+        <v>34.968</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>424</v>
+        <v>377</v>
       </c>
       <c r="B292" t="s">
-        <v>425</v>
+        <v>378</v>
       </c>
       <c r="C292">
-        <v>152.868</v>
+        <v>34.992</v>
       </c>
       <c r="D292" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>426</v>
+        <v>379</v>
       </c>
       <c r="B293" t="s">
-        <v>427</v>
+        <v>380</v>
       </c>
       <c r="C293">
-        <v>152.868</v>
+        <v>34.992</v>
       </c>
       <c r="D293" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>428</v>
+        <v>381</v>
       </c>
       <c r="B294" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="C294">
-        <v>152.88</v>
+        <v>35.28</v>
       </c>
       <c r="D294" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>430</v>
+        <v>383</v>
       </c>
       <c r="B295" t="s">
-        <v>431</v>
+        <v>384</v>
       </c>
       <c r="C295">
-        <v>153.36</v>
+        <v>35.28</v>
       </c>
       <c r="D295" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>432</v>
+        <v>385</v>
       </c>
       <c r="B296" t="s">
-        <v>433</v>
+        <v>386</v>
       </c>
       <c r="C296">
-        <v>154.356</v>
+        <v>36.276</v>
       </c>
       <c r="D296" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>434</v>
+        <v>387</v>
       </c>
       <c r="B297" t="s">
-        <v>435</v>
+        <v>388</v>
       </c>
       <c r="C297">
-        <v>161.424</v>
+        <v>36.924</v>
       </c>
       <c r="D297" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>436</v>
+        <v>389</v>
       </c>
       <c r="B298" t="s">
-        <v>437</v>
+        <v>390</v>
       </c>
       <c r="C298">
-        <v>162.588</v>
+        <v>37.404</v>
       </c>
       <c r="D298" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>438</v>
+        <v>391</v>
       </c>
       <c r="B299" t="s">
-        <v>439</v>
+        <v>392</v>
       </c>
       <c r="C299">
-        <v>163.104</v>
+        <v>37.404</v>
       </c>
       <c r="D299" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>440</v>
+        <v>393</v>
       </c>
       <c r="B300" t="s">
-        <v>441</v>
+        <v>394</v>
       </c>
       <c r="C300">
-        <v>163.104</v>
+        <v>37.644</v>
       </c>
       <c r="D300" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>442</v>
+        <v>395</v>
       </c>
       <c r="B301" t="s">
-        <v>443</v>
+        <v>396</v>
       </c>
       <c r="C301">
-        <v>165.048</v>
+        <v>37.848</v>
       </c>
       <c r="D301" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
+        <v>103</v>
+      </c>
+      <c r="B302" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C302">
         <v>6.6</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
+        <v>115</v>
+      </c>
+      <c r="B303" t="s">
         <v>116</v>
       </c>
-      <c r="B303" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C303">
-        <v>7.284</v>
+        <v>7.08</v>
       </c>
       <c r="D303" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>148</v>
+        <v>117</v>
       </c>
       <c r="B304" t="s">
-        <v>149</v>
+        <v>118</v>
       </c>
       <c r="C304">
-        <v>7.668</v>
+        <v>7.284</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>180</v>
+        <v>137</v>
       </c>
       <c r="B305" t="s">
-        <v>181</v>
+        <v>138</v>
       </c>
       <c r="C305">
-        <v>8.94</v>
+        <v>7.668</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>192</v>
+        <v>139</v>
       </c>
       <c r="B306" t="s">
-        <v>193</v>
+        <v>140</v>
       </c>
       <c r="C306">
-        <v>9.204</v>
+        <v>7.668</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>210</v>
+        <v>141</v>
       </c>
       <c r="B307" t="s">
-        <v>211</v>
+        <v>142</v>
       </c>
       <c r="C307">
-        <v>10.128</v>
+        <v>7.668</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>216</v>
+        <v>143</v>
       </c>
       <c r="B308" t="s">
-        <v>217</v>
+        <v>144</v>
       </c>
       <c r="C308">
-        <v>13.944</v>
+        <v>7.668</v>
       </c>
       <c r="D308" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>218</v>
+        <v>159</v>
       </c>
       <c r="B309" t="s">
-        <v>219</v>
+        <v>160</v>
       </c>
       <c r="C309">
-        <v>15.18</v>
+        <v>8.064</v>
       </c>
       <c r="D309" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>220</v>
+        <v>165</v>
       </c>
       <c r="B310" t="s">
-        <v>221</v>
+        <v>166</v>
       </c>
       <c r="C310">
-        <v>16.224</v>
+        <v>8.484</v>
       </c>
       <c r="D310" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>232</v>
+        <v>175</v>
       </c>
       <c r="B311" t="s">
-        <v>233</v>
+        <v>176</v>
       </c>
       <c r="C311">
-        <v>20.604</v>
+        <v>8.916</v>
       </c>
       <c r="D311" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>238</v>
+        <v>177</v>
       </c>
       <c r="B312" t="s">
-        <v>239</v>
+        <v>178</v>
       </c>
       <c r="C312">
-        <v>25.584</v>
+        <v>8.94</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="B313" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="C313">
-        <v>35.28</v>
+        <v>9.204</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>250</v>
+        <v>201</v>
       </c>
       <c r="B314" t="s">
-        <v>251</v>
+        <v>202</v>
       </c>
       <c r="C314">
-        <v>37.644</v>
+        <v>9.708</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>252</v>
+        <v>203</v>
       </c>
       <c r="B315" t="s">
-        <v>253</v>
+        <v>204</v>
       </c>
       <c r="C315">
-        <v>38.916</v>
+        <v>9.708</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>258</v>
+        <v>211</v>
       </c>
       <c r="B316" t="s">
-        <v>259</v>
+        <v>212</v>
       </c>
       <c r="C316">
-        <v>42.024</v>
+        <v>9.984</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>260</v>
+        <v>219</v>
       </c>
       <c r="B317" t="s">
-        <v>261</v>
+        <v>220</v>
       </c>
       <c r="C317">
-        <v>43.056</v>
+        <v>10.128</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>272</v>
+        <v>223</v>
       </c>
       <c r="B318" t="s">
-        <v>273</v>
+        <v>224</v>
       </c>
       <c r="C318">
-        <v>50.616</v>
+        <v>10.2</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>274</v>
+        <v>227</v>
       </c>
       <c r="B319" t="s">
-        <v>275</v>
+        <v>228</v>
       </c>
       <c r="C319">
-        <v>53.484</v>
+        <v>11.1</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>286</v>
+        <v>231</v>
       </c>
       <c r="B320" t="s">
-        <v>287</v>
+        <v>232</v>
       </c>
       <c r="C320">
-        <v>58.8</v>
+        <v>11.46</v>
       </c>
       <c r="D320" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>288</v>
+        <v>247</v>
       </c>
       <c r="B321" t="s">
-        <v>289</v>
+        <v>248</v>
       </c>
       <c r="C321">
-        <v>60.84</v>
+        <v>12.096</v>
       </c>
       <c r="D321" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>290</v>
+        <v>249</v>
       </c>
       <c r="B322" t="s">
-        <v>291</v>
+        <v>250</v>
       </c>
       <c r="C322">
-        <v>60.84</v>
+        <v>12.96</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>314</v>
+        <v>251</v>
       </c>
       <c r="B323" t="s">
-        <v>315</v>
+        <v>252</v>
       </c>
       <c r="C323">
-        <v>76.176</v>
+        <v>13.164</v>
       </c>
       <c r="D323" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>322</v>
+        <v>253</v>
       </c>
       <c r="B324" t="s">
-        <v>323</v>
+        <v>254</v>
       </c>
       <c r="C324">
-        <v>81.3</v>
+        <v>13.944</v>
       </c>
       <c r="D324" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>324</v>
+        <v>255</v>
       </c>
       <c r="B325" t="s">
-        <v>325</v>
+        <v>256</v>
       </c>
       <c r="C325">
-        <v>84.12</v>
+        <v>14.004</v>
       </c>
       <c r="D325" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>350</v>
+        <v>257</v>
       </c>
       <c r="B326" t="s">
-        <v>351</v>
+        <v>258</v>
       </c>
       <c r="C326">
-        <v>97.716</v>
+        <v>14.148</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>352</v>
+        <v>263</v>
       </c>
       <c r="B327" t="s">
-        <v>353</v>
+        <v>264</v>
       </c>
       <c r="C327">
-        <v>101.628</v>
+        <v>15.18</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>366</v>
+        <v>265</v>
       </c>
       <c r="B328" t="s">
-        <v>367</v>
+        <v>266</v>
       </c>
       <c r="C328">
-        <v>106.86</v>
+        <v>15.396</v>
       </c>
       <c r="D328" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>368</v>
+        <v>267</v>
       </c>
       <c r="B329" t="s">
-        <v>369</v>
+        <v>268</v>
       </c>
       <c r="C329">
-        <v>106.86</v>
+        <v>16.224</v>
       </c>
       <c r="D329" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>372</v>
+        <v>269</v>
       </c>
       <c r="B330" t="s">
-        <v>373</v>
+        <v>270</v>
       </c>
       <c r="C330">
-        <v>108.636</v>
+        <v>16.344</v>
       </c>
       <c r="D330" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>374</v>
+        <v>271</v>
       </c>
       <c r="B331" t="s">
-        <v>375</v>
+        <v>272</v>
       </c>
       <c r="C331">
-        <v>109.272</v>
+        <v>16.8</v>
       </c>
       <c r="D331" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>382</v>
+        <v>273</v>
       </c>
       <c r="B332" t="s">
-        <v>383</v>
+        <v>274</v>
       </c>
       <c r="C332">
-        <v>111.972</v>
+        <v>16.8</v>
       </c>
       <c r="D332" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>384</v>
+        <v>275</v>
       </c>
       <c r="B333" t="s">
-        <v>385</v>
+        <v>276</v>
       </c>
       <c r="C333">
-        <v>111.972</v>
+        <v>16.8</v>
       </c>
       <c r="D333" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>386</v>
+        <v>277</v>
       </c>
       <c r="B334" t="s">
-        <v>387</v>
+        <v>278</v>
       </c>
       <c r="C334">
-        <v>111.972</v>
+        <v>16.8</v>
       </c>
       <c r="D334" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>388</v>
+        <v>293</v>
       </c>
       <c r="B335" t="s">
-        <v>389</v>
+        <v>294</v>
       </c>
       <c r="C335">
-        <v>114.756</v>
+        <v>18.0</v>
       </c>
       <c r="D335" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>392</v>
+        <v>301</v>
       </c>
       <c r="B336" t="s">
-        <v>393</v>
+        <v>302</v>
       </c>
       <c r="C336">
-        <v>116.64</v>
+        <v>19.8</v>
       </c>
       <c r="D336" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>400</v>
+        <v>303</v>
       </c>
       <c r="B337" t="s">
-        <v>401</v>
+        <v>304</v>
       </c>
       <c r="C337">
-        <v>126.396</v>
+        <v>19.8</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>406</v>
+        <v>305</v>
       </c>
       <c r="B338" t="s">
-        <v>407</v>
+        <v>306</v>
       </c>
       <c r="C338">
-        <v>137.532</v>
+        <v>19.908</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>408</v>
+        <v>309</v>
       </c>
       <c r="B339" t="s">
-        <v>409</v>
+        <v>310</v>
       </c>
       <c r="C339">
-        <v>138.936</v>
+        <v>19.944</v>
       </c>
       <c r="D339" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>416</v>
+        <v>311</v>
       </c>
       <c r="B340" t="s">
-        <v>417</v>
+        <v>312</v>
       </c>
       <c r="C340">
-        <v>147.252</v>
+        <v>19.944</v>
       </c>
       <c r="D340" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>418</v>
+        <v>313</v>
       </c>
       <c r="B341" t="s">
-        <v>419</v>
+        <v>314</v>
       </c>
       <c r="C341">
-        <v>147.756</v>
+        <v>19.944</v>
       </c>
       <c r="D341" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>420</v>
+        <v>315</v>
       </c>
       <c r="B342" t="s">
-        <v>421</v>
+        <v>316</v>
       </c>
       <c r="C342">
-        <v>150.672</v>
+        <v>20.604</v>
       </c>
       <c r="D342" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>426</v>
+        <v>317</v>
       </c>
       <c r="B343" t="s">
-        <v>427</v>
+        <v>318</v>
       </c>
       <c r="C343">
-        <v>152.868</v>
+        <v>21.288</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>428</v>
+        <v>325</v>
       </c>
       <c r="B344" t="s">
-        <v>429</v>
+        <v>326</v>
       </c>
       <c r="C344">
-        <v>152.88</v>
+        <v>21.9</v>
       </c>
       <c r="D344" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>430</v>
+        <v>329</v>
       </c>
       <c r="B345" t="s">
-        <v>431</v>
+        <v>330</v>
       </c>
       <c r="C345">
-        <v>153.36</v>
+        <v>24.816</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>432</v>
+        <v>333</v>
       </c>
       <c r="B346" t="s">
-        <v>433</v>
+        <v>334</v>
       </c>
       <c r="C346">
-        <v>154.356</v>
+        <v>24.996</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>434</v>
+        <v>337</v>
       </c>
       <c r="B347" t="s">
-        <v>435</v>
+        <v>338</v>
       </c>
       <c r="C347">
-        <v>161.424</v>
+        <v>25.584</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>436</v>
+        <v>339</v>
       </c>
       <c r="B348" t="s">
-        <v>437</v>
+        <v>340</v>
       </c>
       <c r="C348">
-        <v>162.588</v>
+        <v>25.908</v>
       </c>
       <c r="D348" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>444</v>
+        <v>343</v>
       </c>
       <c r="B349" t="s">
-        <v>445</v>
+        <v>344</v>
       </c>
       <c r="C349">
-        <v>173.004</v>
+        <v>27.0</v>
       </c>
       <c r="D349" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>446</v>
+        <v>345</v>
       </c>
       <c r="B350" t="s">
-        <v>447</v>
+        <v>346</v>
       </c>
       <c r="C350">
-        <v>173.328</v>
+        <v>27.3</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>448</v>
+        <v>347</v>
       </c>
       <c r="B351" t="s">
-        <v>449</v>
+        <v>348</v>
       </c>
       <c r="C351">
-        <v>173.328</v>
+        <v>29.412</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>450</v>
+        <v>357</v>
       </c>
       <c r="B352" t="s">
-        <v>451</v>
+        <v>358</v>
       </c>
       <c r="C352">
-        <v>173.328</v>
+        <v>30.0</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>452</v>
+        <v>359</v>
       </c>
       <c r="B353" t="s">
-        <v>453</v>
+        <v>360</v>
       </c>
       <c r="C353">
-        <v>173.436</v>
+        <v>30.0</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>454</v>
+        <v>361</v>
       </c>
       <c r="B354" t="s">
-        <v>455</v>
+        <v>362</v>
       </c>
       <c r="C354">
-        <v>186.876</v>
+        <v>31.2</v>
       </c>
       <c r="D354" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>456</v>
+        <v>363</v>
       </c>
       <c r="B355" t="s">
-        <v>457</v>
+        <v>364</v>
       </c>
       <c r="C355">
-        <v>194.256</v>
+        <v>31.392</v>
       </c>
       <c r="D355" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>458</v>
+        <v>367</v>
       </c>
       <c r="B356" t="s">
-        <v>459</v>
+        <v>368</v>
       </c>
       <c r="C356">
-        <v>196.332</v>
+        <v>33.0</v>
       </c>
       <c r="D356" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>460</v>
+        <v>369</v>
       </c>
       <c r="B357" t="s">
-        <v>461</v>
+        <v>370</v>
       </c>
       <c r="C357">
-        <v>197.448</v>
+        <v>33.0</v>
       </c>
       <c r="D357" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>462</v>
+        <v>371</v>
       </c>
       <c r="B358" t="s">
-        <v>463</v>
+        <v>372</v>
       </c>
       <c r="C358">
-        <v>204.0</v>
+        <v>33.0</v>
       </c>
       <c r="D358" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>464</v>
+        <v>373</v>
       </c>
       <c r="B359" t="s">
-        <v>465</v>
+        <v>374</v>
       </c>
       <c r="C359">
-        <v>204.0</v>
+        <v>33.0</v>
       </c>
       <c r="D359" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>466</v>
+        <v>375</v>
       </c>
       <c r="B360" t="s">
-        <v>467</v>
+        <v>376</v>
       </c>
       <c r="C360">
-        <v>222.036</v>
+        <v>34.968</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>468</v>
+        <v>377</v>
       </c>
       <c r="B361" t="s">
-        <v>469</v>
+        <v>378</v>
       </c>
       <c r="C361">
-        <v>244.584</v>
+        <v>34.992</v>
       </c>
       <c r="D361" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>470</v>
+        <v>379</v>
       </c>
       <c r="B362" t="s">
-        <v>471</v>
+        <v>380</v>
       </c>
       <c r="C362">
-        <v>258.408</v>
+        <v>34.992</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>472</v>
+        <v>381</v>
       </c>
       <c r="B363" t="s">
-        <v>473</v>
+        <v>382</v>
       </c>
       <c r="C363">
-        <v>287.544</v>
+        <v>35.28</v>
       </c>
       <c r="D363" t="s">
-        <v>6</v>
+        <v>63</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>474</v>
+        <v>383</v>
       </c>
       <c r="B364" t="s">
-        <v>475</v>
+        <v>384</v>
       </c>
       <c r="C364">
-        <v>298.14</v>
+        <v>35.28</v>
       </c>
       <c r="D364" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>476</v>
+        <v>385</v>
       </c>
       <c r="B365" t="s">
-        <v>477</v>
+        <v>386</v>
       </c>
       <c r="C365">
-        <v>320.052</v>
+        <v>36.276</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>478</v>
+        <v>387</v>
       </c>
       <c r="B366" t="s">
-        <v>479</v>
+        <v>388</v>
       </c>
       <c r="C366">
-        <v>324.468</v>
+        <v>36.924</v>
       </c>
       <c r="D366" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>480</v>
+        <v>389</v>
       </c>
       <c r="B367" t="s">
-        <v>481</v>
+        <v>390</v>
       </c>
       <c r="C367">
-        <v>338.04</v>
+        <v>37.404</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>482</v>
+        <v>391</v>
       </c>
       <c r="B368" t="s">
-        <v>483</v>
+        <v>392</v>
       </c>
       <c r="C368">
-        <v>365.952</v>
+        <v>37.404</v>
       </c>
       <c r="D368" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>484</v>
+        <v>393</v>
       </c>
       <c r="B369" t="s">
-        <v>485</v>
+        <v>394</v>
       </c>
       <c r="C369">
-        <v>367.008</v>
+        <v>37.644</v>
       </c>
       <c r="D369" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>486</v>
+        <v>397</v>
       </c>
       <c r="B370" t="s">
-        <v>487</v>
+        <v>398</v>
       </c>
       <c r="C370">
-        <v>382.956</v>
+        <v>38.4</v>
       </c>
       <c r="D370" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>488</v>
+        <v>399</v>
       </c>
       <c r="B371" t="s">
-        <v>489</v>
+        <v>400</v>
       </c>
       <c r="C371">
-        <v>392.4</v>
+        <v>38.4</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>490</v>
+        <v>401</v>
       </c>
       <c r="B372" t="s">
-        <v>491</v>
+        <v>402</v>
       </c>
       <c r="C372">
-        <v>415.812</v>
+        <v>38.748</v>
       </c>
       <c r="D372" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>492</v>
+        <v>403</v>
       </c>
       <c r="B373" t="s">
-        <v>493</v>
+        <v>404</v>
       </c>
       <c r="C373">
-        <v>424.368</v>
+        <v>38.748</v>
       </c>
       <c r="D373" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>494</v>
+        <v>405</v>
       </c>
       <c r="B374" t="s">
-        <v>495</v>
+        <v>406</v>
       </c>
       <c r="C374">
-        <v>442.908</v>
+        <v>38.892</v>
       </c>
       <c r="D374" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>496</v>
+        <v>407</v>
       </c>
       <c r="B375" t="s">
-        <v>497</v>
+        <v>408</v>
       </c>
       <c r="C375">
-        <v>459.108</v>
+        <v>38.916</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>498</v>
+        <v>409</v>
       </c>
       <c r="B376" t="s">
-        <v>499</v>
+        <v>410</v>
       </c>
       <c r="C376">
-        <v>510.936</v>
+        <v>40.392</v>
       </c>
       <c r="D376" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>500</v>
+        <v>411</v>
       </c>
       <c r="B377" t="s">
-        <v>501</v>
+        <v>412</v>
       </c>
       <c r="C377">
-        <v>524.616</v>
+        <v>40.392</v>
       </c>
       <c r="D377" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>502</v>
+        <v>413</v>
       </c>
       <c r="B378" t="s">
-        <v>503</v>
+        <v>414</v>
       </c>
       <c r="C378">
-        <v>562.344</v>
+        <v>40.8</v>
       </c>
       <c r="D378" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>504</v>
+        <v>415</v>
       </c>
       <c r="B379" t="s">
-        <v>505</v>
+        <v>416</v>
       </c>
       <c r="C379">
-        <v>646.236</v>
+        <v>41.76</v>
       </c>
       <c r="D379" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>506</v>
+        <v>417</v>
       </c>
       <c r="B380" t="s">
-        <v>507</v>
+        <v>418</v>
       </c>
       <c r="C380">
-        <v>676.656</v>
+        <v>42.024</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>508</v>
+        <v>419</v>
       </c>
       <c r="B381" t="s">
-        <v>509</v>
+        <v>420</v>
       </c>
       <c r="C381">
-        <v>702.516</v>
+        <v>42.216</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>510</v>
+        <v>421</v>
       </c>
       <c r="B382" t="s">
-        <v>511</v>
+        <v>422</v>
       </c>
       <c r="C382">
-        <v>702.888</v>
+        <v>43.056</v>
       </c>
       <c r="D382" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>512</v>
+        <v>423</v>
       </c>
       <c r="B383" t="s">
-        <v>513</v>
+        <v>424</v>
       </c>
       <c r="C383">
-        <v>799.824</v>
+        <v>43.2</v>
       </c>
       <c r="D383" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>514</v>
+        <v>425</v>
       </c>
       <c r="B384" t="s">
-        <v>515</v>
+        <v>426</v>
       </c>
       <c r="C384">
-        <v>832.644</v>
+        <v>43.512</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>516</v>
+        <v>427</v>
       </c>
       <c r="B385" t="s">
-        <v>517</v>
+        <v>428</v>
       </c>
       <c r="C385">
-        <v>1189.452</v>
+        <v>45.504</v>
       </c>
       <c r="D385" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>518</v>
+        <v>429</v>
       </c>
       <c r="B386" t="s">
-        <v>519</v>
+        <v>430</v>
       </c>
       <c r="C386">
-        <v>1458.144</v>
+        <v>45.504</v>
       </c>
       <c r="D386" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>520</v>
+        <v>431</v>
       </c>
       <c r="B387" t="s">
-        <v>521</v>
+        <v>432</v>
       </c>
       <c r="C387">
-        <v>1817.532</v>
+        <v>48.24</v>
       </c>
       <c r="D387" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>522</v>
+        <v>433</v>
       </c>
       <c r="B388" t="s">
-        <v>523</v>
+        <v>434</v>
       </c>
       <c r="C388">
-        <v>1973.58</v>
+        <v>48.996</v>
       </c>
       <c r="D388" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>524</v>
+        <v>435</v>
       </c>
       <c r="B389" t="s">
-        <v>525</v>
+        <v>436</v>
       </c>
       <c r="C389">
-        <v>2861.352</v>
+        <v>48.996</v>
       </c>
       <c r="D389" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
+        <v>437</v>
+      </c>
+      <c r="B390" t="s">
+        <v>438</v>
+      </c>
+      <c r="C390">
+        <v>48.996</v>
+      </c>
+      <c r="D390" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>439</v>
+      </c>
+      <c r="B391" t="s">
+        <v>440</v>
+      </c>
+      <c r="C391">
+        <v>48.996</v>
+      </c>
+      <c r="D391" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>441</v>
+      </c>
+      <c r="B392" t="s">
+        <v>442</v>
+      </c>
+      <c r="C392">
+        <v>50.616</v>
+      </c>
+      <c r="D392" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>443</v>
+      </c>
+      <c r="B393" t="s">
+        <v>444</v>
+      </c>
+      <c r="C393">
+        <v>50.616</v>
+      </c>
+      <c r="D393" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>445</v>
+      </c>
+      <c r="B394" t="s">
+        <v>446</v>
+      </c>
+      <c r="C394">
+        <v>52.908</v>
+      </c>
+      <c r="D394" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
+        <v>447</v>
+      </c>
+      <c r="B395" t="s">
+        <v>448</v>
+      </c>
+      <c r="C395">
+        <v>53.484</v>
+      </c>
+      <c r="D395" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>449</v>
+      </c>
+      <c r="B396" t="s">
+        <v>450</v>
+      </c>
+      <c r="C396">
+        <v>54.996</v>
+      </c>
+      <c r="D396" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>451</v>
+      </c>
+      <c r="B397" t="s">
+        <v>452</v>
+      </c>
+      <c r="C397">
+        <v>54.996</v>
+      </c>
+      <c r="D397" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>453</v>
+      </c>
+      <c r="B398" t="s">
+        <v>454</v>
+      </c>
+      <c r="C398">
+        <v>54.996</v>
+      </c>
+      <c r="D398" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>455</v>
+      </c>
+      <c r="B399" t="s">
+        <v>456</v>
+      </c>
+      <c r="C399">
+        <v>54.996</v>
+      </c>
+      <c r="D399" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>457</v>
+      </c>
+      <c r="B400" t="s">
+        <v>458</v>
+      </c>
+      <c r="C400">
+        <v>57.6</v>
+      </c>
+      <c r="D400" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>459</v>
+      </c>
+      <c r="B401" t="s">
+        <v>460</v>
+      </c>
+      <c r="C401">
+        <v>58.98</v>
+      </c>
+      <c r="D401" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>103</v>
+      </c>
+      <c r="B402" t="s">
+        <v>104</v>
+      </c>
+      <c r="C402">
+        <v>6.6</v>
+      </c>
+      <c r="D402" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
+        <v>117</v>
+      </c>
+      <c r="B403" t="s">
+        <v>118</v>
+      </c>
+      <c r="C403">
+        <v>7.284</v>
+      </c>
+      <c r="D403" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" t="s">
+        <v>143</v>
+      </c>
+      <c r="B404" t="s">
+        <v>144</v>
+      </c>
+      <c r="C404">
+        <v>7.668</v>
+      </c>
+      <c r="D404" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" t="s">
+        <v>177</v>
+      </c>
+      <c r="B405" t="s">
+        <v>178</v>
+      </c>
+      <c r="C405">
+        <v>8.94</v>
+      </c>
+      <c r="D405" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" t="s">
+        <v>191</v>
+      </c>
+      <c r="B406" t="s">
+        <v>192</v>
+      </c>
+      <c r="C406">
+        <v>9.204</v>
+      </c>
+      <c r="D406" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" t="s">
+        <v>219</v>
+      </c>
+      <c r="B407" t="s">
+        <v>220</v>
+      </c>
+      <c r="C407">
+        <v>10.128</v>
+      </c>
+      <c r="D407" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" t="s">
+        <v>223</v>
+      </c>
+      <c r="B408" t="s">
+        <v>224</v>
+      </c>
+      <c r="C408">
+        <v>10.2</v>
+      </c>
+      <c r="D408" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" t="s">
+        <v>227</v>
+      </c>
+      <c r="B409" t="s">
+        <v>228</v>
+      </c>
+      <c r="C409">
+        <v>11.1</v>
+      </c>
+      <c r="D409" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>251</v>
+      </c>
+      <c r="B410" t="s">
+        <v>252</v>
+      </c>
+      <c r="C410">
+        <v>13.164</v>
+      </c>
+      <c r="D410" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" t="s">
+        <v>253</v>
+      </c>
+      <c r="B411" t="s">
+        <v>254</v>
+      </c>
+      <c r="C411">
+        <v>13.944</v>
+      </c>
+      <c r="D411" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" t="s">
+        <v>263</v>
+      </c>
+      <c r="B412" t="s">
+        <v>264</v>
+      </c>
+      <c r="C412">
+        <v>15.18</v>
+      </c>
+      <c r="D412" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" t="s">
+        <v>267</v>
+      </c>
+      <c r="B413" t="s">
+        <v>268</v>
+      </c>
+      <c r="C413">
+        <v>16.224</v>
+      </c>
+      <c r="D413" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>271</v>
+      </c>
+      <c r="B414" t="s">
+        <v>272</v>
+      </c>
+      <c r="C414">
+        <v>16.8</v>
+      </c>
+      <c r="D414" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" t="s">
+        <v>273</v>
+      </c>
+      <c r="B415" t="s">
+        <v>274</v>
+      </c>
+      <c r="C415">
+        <v>16.8</v>
+      </c>
+      <c r="D415" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" t="s">
+        <v>275</v>
+      </c>
+      <c r="B416" t="s">
+        <v>276</v>
+      </c>
+      <c r="C416">
+        <v>16.8</v>
+      </c>
+      <c r="D416" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
+        <v>277</v>
+      </c>
+      <c r="B417" t="s">
+        <v>278</v>
+      </c>
+      <c r="C417">
+        <v>16.8</v>
+      </c>
+      <c r="D417" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" t="s">
+        <v>293</v>
+      </c>
+      <c r="B418" t="s">
+        <v>294</v>
+      </c>
+      <c r="C418">
+        <v>18.0</v>
+      </c>
+      <c r="D418" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" t="s">
+        <v>301</v>
+      </c>
+      <c r="B419" t="s">
+        <v>302</v>
+      </c>
+      <c r="C419">
+        <v>19.8</v>
+      </c>
+      <c r="D419" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" t="s">
+        <v>303</v>
+      </c>
+      <c r="B420" t="s">
+        <v>304</v>
+      </c>
+      <c r="C420">
+        <v>19.8</v>
+      </c>
+      <c r="D420" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" t="s">
+        <v>305</v>
+      </c>
+      <c r="B421" t="s">
+        <v>306</v>
+      </c>
+      <c r="C421">
+        <v>19.908</v>
+      </c>
+      <c r="D421" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" t="s">
+        <v>315</v>
+      </c>
+      <c r="B422" t="s">
+        <v>316</v>
+      </c>
+      <c r="C422">
+        <v>20.604</v>
+      </c>
+      <c r="D422" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" t="s">
+        <v>325</v>
+      </c>
+      <c r="B423" t="s">
+        <v>326</v>
+      </c>
+      <c r="C423">
+        <v>21.9</v>
+      </c>
+      <c r="D423" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" t="s">
+        <v>329</v>
+      </c>
+      <c r="B424" t="s">
+        <v>330</v>
+      </c>
+      <c r="C424">
+        <v>24.816</v>
+      </c>
+      <c r="D424" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
+        <v>337</v>
+      </c>
+      <c r="B425" t="s">
+        <v>338</v>
+      </c>
+      <c r="C425">
+        <v>25.584</v>
+      </c>
+      <c r="D425" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" t="s">
+        <v>339</v>
+      </c>
+      <c r="B426" t="s">
+        <v>340</v>
+      </c>
+      <c r="C426">
+        <v>25.908</v>
+      </c>
+      <c r="D426" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" t="s">
+        <v>345</v>
+      </c>
+      <c r="B427" t="s">
+        <v>346</v>
+      </c>
+      <c r="C427">
+        <v>27.3</v>
+      </c>
+      <c r="D427" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" t="s">
+        <v>357</v>
+      </c>
+      <c r="B428" t="s">
+        <v>358</v>
+      </c>
+      <c r="C428">
+        <v>30.0</v>
+      </c>
+      <c r="D428" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" t="s">
+        <v>359</v>
+      </c>
+      <c r="B429" t="s">
+        <v>360</v>
+      </c>
+      <c r="C429">
+        <v>30.0</v>
+      </c>
+      <c r="D429" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" t="s">
+        <v>367</v>
+      </c>
+      <c r="B430" t="s">
+        <v>368</v>
+      </c>
+      <c r="C430">
+        <v>33.0</v>
+      </c>
+      <c r="D430" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" t="s">
+        <v>369</v>
+      </c>
+      <c r="B431" t="s">
+        <v>370</v>
+      </c>
+      <c r="C431">
+        <v>33.0</v>
+      </c>
+      <c r="D431" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" t="s">
+        <v>371</v>
+      </c>
+      <c r="B432" t="s">
+        <v>372</v>
+      </c>
+      <c r="C432">
+        <v>33.0</v>
+      </c>
+      <c r="D432" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" t="s">
+        <v>373</v>
+      </c>
+      <c r="B433" t="s">
+        <v>374</v>
+      </c>
+      <c r="C433">
+        <v>33.0</v>
+      </c>
+      <c r="D433" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" t="s">
+        <v>375</v>
+      </c>
+      <c r="B434" t="s">
+        <v>376</v>
+      </c>
+      <c r="C434">
+        <v>34.968</v>
+      </c>
+      <c r="D434" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" t="s">
+        <v>379</v>
+      </c>
+      <c r="B435" t="s">
+        <v>380</v>
+      </c>
+      <c r="C435">
+        <v>34.992</v>
+      </c>
+      <c r="D435" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" t="s">
+        <v>383</v>
+      </c>
+      <c r="B436" t="s">
+        <v>384</v>
+      </c>
+      <c r="C436">
+        <v>35.28</v>
+      </c>
+      <c r="D436" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" t="s">
+        <v>387</v>
+      </c>
+      <c r="B437" t="s">
+        <v>388</v>
+      </c>
+      <c r="C437">
+        <v>36.924</v>
+      </c>
+      <c r="D437" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" t="s">
+        <v>389</v>
+      </c>
+      <c r="B438" t="s">
+        <v>390</v>
+      </c>
+      <c r="C438">
+        <v>37.404</v>
+      </c>
+      <c r="D438" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" t="s">
+        <v>391</v>
+      </c>
+      <c r="B439" t="s">
+        <v>392</v>
+      </c>
+      <c r="C439">
+        <v>37.404</v>
+      </c>
+      <c r="D439" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" t="s">
+        <v>393</v>
+      </c>
+      <c r="B440" t="s">
+        <v>394</v>
+      </c>
+      <c r="C440">
+        <v>37.644</v>
+      </c>
+      <c r="D440" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" t="s">
+        <v>399</v>
+      </c>
+      <c r="B441" t="s">
+        <v>400</v>
+      </c>
+      <c r="C441">
+        <v>38.4</v>
+      </c>
+      <c r="D441" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" t="s">
+        <v>401</v>
+      </c>
+      <c r="B442" t="s">
+        <v>402</v>
+      </c>
+      <c r="C442">
+        <v>38.748</v>
+      </c>
+      <c r="D442" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" t="s">
+        <v>403</v>
+      </c>
+      <c r="B443" t="s">
+        <v>404</v>
+      </c>
+      <c r="C443">
+        <v>38.748</v>
+      </c>
+      <c r="D443" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4">
+      <c r="A444" t="s">
+        <v>407</v>
+      </c>
+      <c r="B444" t="s">
+        <v>408</v>
+      </c>
+      <c r="C444">
+        <v>38.916</v>
+      </c>
+      <c r="D444" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4">
+      <c r="A445" t="s">
+        <v>413</v>
+      </c>
+      <c r="B445" t="s">
+        <v>414</v>
+      </c>
+      <c r="C445">
+        <v>40.8</v>
+      </c>
+      <c r="D445" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4">
+      <c r="A446" t="s">
+        <v>417</v>
+      </c>
+      <c r="B446" t="s">
+        <v>418</v>
+      </c>
+      <c r="C446">
+        <v>42.024</v>
+      </c>
+      <c r="D446" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>421</v>
+      </c>
+      <c r="B447" t="s">
+        <v>422</v>
+      </c>
+      <c r="C447">
+        <v>43.056</v>
+      </c>
+      <c r="D447" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>423</v>
+      </c>
+      <c r="B448" t="s">
+        <v>424</v>
+      </c>
+      <c r="C448">
+        <v>43.2</v>
+      </c>
+      <c r="D448" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>425</v>
+      </c>
+      <c r="B449" t="s">
+        <v>426</v>
+      </c>
+      <c r="C449">
+        <v>43.512</v>
+      </c>
+      <c r="D449" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>433</v>
+      </c>
+      <c r="B450" t="s">
+        <v>434</v>
+      </c>
+      <c r="C450">
+        <v>48.996</v>
+      </c>
+      <c r="D450" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>435</v>
+      </c>
+      <c r="B451" t="s">
+        <v>436</v>
+      </c>
+      <c r="C451">
+        <v>48.996</v>
+      </c>
+      <c r="D451" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>437</v>
+      </c>
+      <c r="B452" t="s">
+        <v>438</v>
+      </c>
+      <c r="C452">
+        <v>48.996</v>
+      </c>
+      <c r="D452" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>439</v>
+      </c>
+      <c r="B453" t="s">
+        <v>440</v>
+      </c>
+      <c r="C453">
+        <v>48.996</v>
+      </c>
+      <c r="D453" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>447</v>
+      </c>
+      <c r="B454" t="s">
+        <v>448</v>
+      </c>
+      <c r="C454">
+        <v>53.484</v>
+      </c>
+      <c r="D454" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>449</v>
+      </c>
+      <c r="B455" t="s">
+        <v>450</v>
+      </c>
+      <c r="C455">
+        <v>54.996</v>
+      </c>
+      <c r="D455" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>451</v>
+      </c>
+      <c r="B456" t="s">
+        <v>452</v>
+      </c>
+      <c r="C456">
+        <v>54.996</v>
+      </c>
+      <c r="D456" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>453</v>
+      </c>
+      <c r="B457" t="s">
+        <v>454</v>
+      </c>
+      <c r="C457">
+        <v>54.996</v>
+      </c>
+      <c r="D457" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>455</v>
+      </c>
+      <c r="B458" t="s">
+        <v>456</v>
+      </c>
+      <c r="C458">
+        <v>54.996</v>
+      </c>
+      <c r="D458" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>461</v>
+      </c>
+      <c r="B459" t="s">
+        <v>462</v>
+      </c>
+      <c r="C459">
+        <v>58.992</v>
+      </c>
+      <c r="D459" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>463</v>
+      </c>
+      <c r="B460" t="s">
+        <v>464</v>
+      </c>
+      <c r="C460">
+        <v>58.992</v>
+      </c>
+      <c r="D460" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>465</v>
+      </c>
+      <c r="B461" t="s">
+        <v>466</v>
+      </c>
+      <c r="C461">
+        <v>58.992</v>
+      </c>
+      <c r="D461" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>467</v>
+      </c>
+      <c r="B462" t="s">
+        <v>468</v>
+      </c>
+      <c r="C462">
+        <v>59.172</v>
+      </c>
+      <c r="D462" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>469</v>
+      </c>
+      <c r="B463" t="s">
+        <v>470</v>
+      </c>
+      <c r="C463">
+        <v>60.648</v>
+      </c>
+      <c r="D463" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>471</v>
+      </c>
+      <c r="B464" t="s">
+        <v>472</v>
+      </c>
+      <c r="C464">
+        <v>60.84</v>
+      </c>
+      <c r="D464" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>473</v>
+      </c>
+      <c r="B465" t="s">
+        <v>474</v>
+      </c>
+      <c r="C465">
+        <v>62.868</v>
+      </c>
+      <c r="D465" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>475</v>
+      </c>
+      <c r="B466" t="s">
+        <v>476</v>
+      </c>
+      <c r="C466">
+        <v>65.172</v>
+      </c>
+      <c r="D466" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>477</v>
+      </c>
+      <c r="B467" t="s">
+        <v>478</v>
+      </c>
+      <c r="C467">
+        <v>65.58</v>
+      </c>
+      <c r="D467" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>479</v>
+      </c>
+      <c r="B468" t="s">
+        <v>480</v>
+      </c>
+      <c r="C468">
+        <v>67.2</v>
+      </c>
+      <c r="D468" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>481</v>
+      </c>
+      <c r="B469" t="s">
+        <v>482</v>
+      </c>
+      <c r="C469">
+        <v>69.0</v>
+      </c>
+      <c r="D469" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>483</v>
+      </c>
+      <c r="B470" t="s">
+        <v>484</v>
+      </c>
+      <c r="C470">
+        <v>69.0</v>
+      </c>
+      <c r="D470" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>485</v>
+      </c>
+      <c r="B471" t="s">
+        <v>486</v>
+      </c>
+      <c r="C471">
+        <v>71.064</v>
+      </c>
+      <c r="D471" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>487</v>
+      </c>
+      <c r="B472" t="s">
+        <v>488</v>
+      </c>
+      <c r="C472">
+        <v>73.536</v>
+      </c>
+      <c r="D472" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>489</v>
+      </c>
+      <c r="B473" t="s">
+        <v>490</v>
+      </c>
+      <c r="C473">
+        <v>75.0</v>
+      </c>
+      <c r="D473" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>491</v>
+      </c>
+      <c r="B474" t="s">
+        <v>492</v>
+      </c>
+      <c r="C474">
+        <v>75.0</v>
+      </c>
+      <c r="D474" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>493</v>
+      </c>
+      <c r="B475" t="s">
+        <v>494</v>
+      </c>
+      <c r="C475">
+        <v>75.0</v>
+      </c>
+      <c r="D475" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>495</v>
+      </c>
+      <c r="B476" t="s">
+        <v>496</v>
+      </c>
+      <c r="C476">
+        <v>76.176</v>
+      </c>
+      <c r="D476" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>497</v>
+      </c>
+      <c r="B477" t="s">
+        <v>498</v>
+      </c>
+      <c r="C477">
+        <v>78.996</v>
+      </c>
+      <c r="D477" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>499</v>
+      </c>
+      <c r="B478" t="s">
+        <v>500</v>
+      </c>
+      <c r="C478">
+        <v>78.996</v>
+      </c>
+      <c r="D478" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>501</v>
+      </c>
+      <c r="B479" t="s">
+        <v>502</v>
+      </c>
+      <c r="C479">
+        <v>78.996</v>
+      </c>
+      <c r="D479" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>503</v>
+      </c>
+      <c r="B480" t="s">
+        <v>504</v>
+      </c>
+      <c r="C480">
+        <v>81.6</v>
+      </c>
+      <c r="D480" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>505</v>
+      </c>
+      <c r="B481" t="s">
+        <v>506</v>
+      </c>
+      <c r="C481">
+        <v>81.6</v>
+      </c>
+      <c r="D481" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>507</v>
+      </c>
+      <c r="B482" t="s">
+        <v>508</v>
+      </c>
+      <c r="C482">
+        <v>83.976</v>
+      </c>
+      <c r="D482" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>509</v>
+      </c>
+      <c r="B483" t="s">
+        <v>510</v>
+      </c>
+      <c r="C483">
+        <v>84.444</v>
+      </c>
+      <c r="D483" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>511</v>
+      </c>
+      <c r="B484" t="s">
+        <v>512</v>
+      </c>
+      <c r="C484">
+        <v>84.996</v>
+      </c>
+      <c r="D484" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>513</v>
+      </c>
+      <c r="B485" t="s">
+        <v>514</v>
+      </c>
+      <c r="C485">
+        <v>84.996</v>
+      </c>
+      <c r="D485" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>515</v>
+      </c>
+      <c r="B486" t="s">
+        <v>516</v>
+      </c>
+      <c r="C486">
+        <v>84.996</v>
+      </c>
+      <c r="D486" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>517</v>
+      </c>
+      <c r="B487" t="s">
+        <v>518</v>
+      </c>
+      <c r="C487">
+        <v>85.584</v>
+      </c>
+      <c r="D487" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>519</v>
+      </c>
+      <c r="B488" t="s">
+        <v>520</v>
+      </c>
+      <c r="C488">
+        <v>85.74</v>
+      </c>
+      <c r="D488" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>521</v>
+      </c>
+      <c r="B489" t="s">
+        <v>522</v>
+      </c>
+      <c r="C489">
+        <v>85.74</v>
+      </c>
+      <c r="D489" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>523</v>
+      </c>
+      <c r="B490" t="s">
+        <v>524</v>
+      </c>
+      <c r="C490">
+        <v>85.788</v>
+      </c>
+      <c r="D490" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>525</v>
+      </c>
+      <c r="B491" t="s">
         <v>526</v>
       </c>
-      <c r="B390" t="s">
+      <c r="C491">
+        <v>88.8</v>
+      </c>
+      <c r="D491" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
         <v>527</v>
       </c>
-      <c r="C390">
-[...2 lines deleted...]
-      <c r="D390" t="s">
+      <c r="B492" t="s">
+        <v>528</v>
+      </c>
+      <c r="C492">
+        <v>88.992</v>
+      </c>
+      <c r="D492" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>529</v>
+      </c>
+      <c r="B493" t="s">
+        <v>530</v>
+      </c>
+      <c r="C493">
+        <v>88.992</v>
+      </c>
+      <c r="D493" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>531</v>
+      </c>
+      <c r="B494" t="s">
+        <v>532</v>
+      </c>
+      <c r="C494">
+        <v>90.12</v>
+      </c>
+      <c r="D494" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>533</v>
+      </c>
+      <c r="B495" t="s">
+        <v>534</v>
+      </c>
+      <c r="C495">
+        <v>90.12</v>
+      </c>
+      <c r="D495" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>535</v>
+      </c>
+      <c r="B496" t="s">
+        <v>536</v>
+      </c>
+      <c r="C496">
+        <v>92.952</v>
+      </c>
+      <c r="D496" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>537</v>
+      </c>
+      <c r="B497" t="s">
+        <v>538</v>
+      </c>
+      <c r="C497">
+        <v>96.228</v>
+      </c>
+      <c r="D497" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>539</v>
+      </c>
+      <c r="B498" t="s">
+        <v>540</v>
+      </c>
+      <c r="C498">
+        <v>97.716</v>
+      </c>
+      <c r="D498" t="s">
         <v>16</v>
       </c>
     </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>541</v>
+      </c>
+      <c r="B499" t="s">
+        <v>542</v>
+      </c>
+      <c r="C499">
+        <v>97.728</v>
+      </c>
+      <c r="D499" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>543</v>
+      </c>
+      <c r="B500" t="s">
+        <v>544</v>
+      </c>
+      <c r="C500">
+        <v>97.98</v>
+      </c>
+      <c r="D500" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>545</v>
+      </c>
+      <c r="B501" t="s">
+        <v>546</v>
+      </c>
+      <c r="C501">
+        <v>99.0</v>
+      </c>
+      <c r="D501" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>103</v>
+      </c>
+      <c r="B502" t="s">
+        <v>104</v>
+      </c>
+      <c r="C502">
+        <v>6.6</v>
+      </c>
+      <c r="D502" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>117</v>
+      </c>
+      <c r="B503" t="s">
+        <v>118</v>
+      </c>
+      <c r="C503">
+        <v>7.284</v>
+      </c>
+      <c r="D503" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>143</v>
+      </c>
+      <c r="B504" t="s">
+        <v>144</v>
+      </c>
+      <c r="C504">
+        <v>7.668</v>
+      </c>
+      <c r="D504" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4">
+      <c r="A505" t="s">
+        <v>177</v>
+      </c>
+      <c r="B505" t="s">
+        <v>178</v>
+      </c>
+      <c r="C505">
+        <v>8.94</v>
+      </c>
+      <c r="D505" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4">
+      <c r="A506" t="s">
+        <v>191</v>
+      </c>
+      <c r="B506" t="s">
+        <v>192</v>
+      </c>
+      <c r="C506">
+        <v>9.204</v>
+      </c>
+      <c r="D506" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4">
+      <c r="A507" t="s">
+        <v>219</v>
+      </c>
+      <c r="B507" t="s">
+        <v>220</v>
+      </c>
+      <c r="C507">
+        <v>10.128</v>
+      </c>
+      <c r="D507" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4">
+      <c r="A508" t="s">
+        <v>253</v>
+      </c>
+      <c r="B508" t="s">
+        <v>254</v>
+      </c>
+      <c r="C508">
+        <v>13.944</v>
+      </c>
+      <c r="D508" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4">
+      <c r="A509" t="s">
+        <v>263</v>
+      </c>
+      <c r="B509" t="s">
+        <v>264</v>
+      </c>
+      <c r="C509">
+        <v>15.18</v>
+      </c>
+      <c r="D509" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4">
+      <c r="A510" t="s">
+        <v>267</v>
+      </c>
+      <c r="B510" t="s">
+        <v>268</v>
+      </c>
+      <c r="C510">
+        <v>16.224</v>
+      </c>
+      <c r="D510" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4">
+      <c r="A511" t="s">
+        <v>293</v>
+      </c>
+      <c r="B511" t="s">
+        <v>294</v>
+      </c>
+      <c r="C511">
+        <v>18.0</v>
+      </c>
+      <c r="D511" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4">
+      <c r="A512" t="s">
+        <v>301</v>
+      </c>
+      <c r="B512" t="s">
+        <v>302</v>
+      </c>
+      <c r="C512">
+        <v>19.8</v>
+      </c>
+      <c r="D512" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" t="s">
+        <v>303</v>
+      </c>
+      <c r="B513" t="s">
+        <v>304</v>
+      </c>
+      <c r="C513">
+        <v>19.8</v>
+      </c>
+      <c r="D513" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" t="s">
+        <v>305</v>
+      </c>
+      <c r="B514" t="s">
+        <v>306</v>
+      </c>
+      <c r="C514">
+        <v>19.908</v>
+      </c>
+      <c r="D514" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>315</v>
+      </c>
+      <c r="B515" t="s">
+        <v>316</v>
+      </c>
+      <c r="C515">
+        <v>20.604</v>
+      </c>
+      <c r="D515" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>325</v>
+      </c>
+      <c r="B516" t="s">
+        <v>326</v>
+      </c>
+      <c r="C516">
+        <v>21.9</v>
+      </c>
+      <c r="D516" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>329</v>
+      </c>
+      <c r="B517" t="s">
+        <v>330</v>
+      </c>
+      <c r="C517">
+        <v>24.816</v>
+      </c>
+      <c r="D517" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>337</v>
+      </c>
+      <c r="B518" t="s">
+        <v>338</v>
+      </c>
+      <c r="C518">
+        <v>25.584</v>
+      </c>
+      <c r="D518" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>339</v>
+      </c>
+      <c r="B519" t="s">
+        <v>340</v>
+      </c>
+      <c r="C519">
+        <v>25.908</v>
+      </c>
+      <c r="D519" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>345</v>
+      </c>
+      <c r="B520" t="s">
+        <v>346</v>
+      </c>
+      <c r="C520">
+        <v>27.3</v>
+      </c>
+      <c r="D520" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>357</v>
+      </c>
+      <c r="B521" t="s">
+        <v>358</v>
+      </c>
+      <c r="C521">
+        <v>30.0</v>
+      </c>
+      <c r="D521" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>359</v>
+      </c>
+      <c r="B522" t="s">
+        <v>360</v>
+      </c>
+      <c r="C522">
+        <v>30.0</v>
+      </c>
+      <c r="D522" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>367</v>
+      </c>
+      <c r="B523" t="s">
+        <v>368</v>
+      </c>
+      <c r="C523">
+        <v>33.0</v>
+      </c>
+      <c r="D523" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>369</v>
+      </c>
+      <c r="B524" t="s">
+        <v>370</v>
+      </c>
+      <c r="C524">
+        <v>33.0</v>
+      </c>
+      <c r="D524" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>371</v>
+      </c>
+      <c r="B525" t="s">
+        <v>372</v>
+      </c>
+      <c r="C525">
+        <v>33.0</v>
+      </c>
+      <c r="D525" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>373</v>
+      </c>
+      <c r="B526" t="s">
+        <v>374</v>
+      </c>
+      <c r="C526">
+        <v>33.0</v>
+      </c>
+      <c r="D526" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
+        <v>375</v>
+      </c>
+      <c r="B527" t="s">
+        <v>376</v>
+      </c>
+      <c r="C527">
+        <v>34.968</v>
+      </c>
+      <c r="D527" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>379</v>
+      </c>
+      <c r="B528" t="s">
+        <v>380</v>
+      </c>
+      <c r="C528">
+        <v>34.992</v>
+      </c>
+      <c r="D528" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>383</v>
+      </c>
+      <c r="B529" t="s">
+        <v>384</v>
+      </c>
+      <c r="C529">
+        <v>35.28</v>
+      </c>
+      <c r="D529" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>389</v>
+      </c>
+      <c r="B530" t="s">
+        <v>390</v>
+      </c>
+      <c r="C530">
+        <v>37.404</v>
+      </c>
+      <c r="D530" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>391</v>
+      </c>
+      <c r="B531" t="s">
+        <v>392</v>
+      </c>
+      <c r="C531">
+        <v>37.404</v>
+      </c>
+      <c r="D531" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>393</v>
+      </c>
+      <c r="B532" t="s">
+        <v>394</v>
+      </c>
+      <c r="C532">
+        <v>37.644</v>
+      </c>
+      <c r="D532" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" t="s">
+        <v>399</v>
+      </c>
+      <c r="B533" t="s">
+        <v>400</v>
+      </c>
+      <c r="C533">
+        <v>38.4</v>
+      </c>
+      <c r="D533" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" t="s">
+        <v>401</v>
+      </c>
+      <c r="B534" t="s">
+        <v>402</v>
+      </c>
+      <c r="C534">
+        <v>38.748</v>
+      </c>
+      <c r="D534" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" t="s">
+        <v>403</v>
+      </c>
+      <c r="B535" t="s">
+        <v>404</v>
+      </c>
+      <c r="C535">
+        <v>38.748</v>
+      </c>
+      <c r="D535" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" t="s">
+        <v>407</v>
+      </c>
+      <c r="B536" t="s">
+        <v>408</v>
+      </c>
+      <c r="C536">
+        <v>38.916</v>
+      </c>
+      <c r="D536" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" t="s">
+        <v>413</v>
+      </c>
+      <c r="B537" t="s">
+        <v>414</v>
+      </c>
+      <c r="C537">
+        <v>40.8</v>
+      </c>
+      <c r="D537" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" t="s">
+        <v>417</v>
+      </c>
+      <c r="B538" t="s">
+        <v>418</v>
+      </c>
+      <c r="C538">
+        <v>42.024</v>
+      </c>
+      <c r="D538" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" t="s">
+        <v>421</v>
+      </c>
+      <c r="B539" t="s">
+        <v>422</v>
+      </c>
+      <c r="C539">
+        <v>43.056</v>
+      </c>
+      <c r="D539" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" t="s">
+        <v>425</v>
+      </c>
+      <c r="B540" t="s">
+        <v>426</v>
+      </c>
+      <c r="C540">
+        <v>43.512</v>
+      </c>
+      <c r="D540" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" t="s">
+        <v>433</v>
+      </c>
+      <c r="B541" t="s">
+        <v>434</v>
+      </c>
+      <c r="C541">
+        <v>48.996</v>
+      </c>
+      <c r="D541" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" t="s">
+        <v>435</v>
+      </c>
+      <c r="B542" t="s">
+        <v>436</v>
+      </c>
+      <c r="C542">
+        <v>48.996</v>
+      </c>
+      <c r="D542" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" t="s">
+        <v>437</v>
+      </c>
+      <c r="B543" t="s">
+        <v>438</v>
+      </c>
+      <c r="C543">
+        <v>48.996</v>
+      </c>
+      <c r="D543" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>439</v>
+      </c>
+      <c r="B544" t="s">
+        <v>440</v>
+      </c>
+      <c r="C544">
+        <v>48.996</v>
+      </c>
+      <c r="D544" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" t="s">
+        <v>447</v>
+      </c>
+      <c r="B545" t="s">
+        <v>448</v>
+      </c>
+      <c r="C545">
+        <v>53.484</v>
+      </c>
+      <c r="D545" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" t="s">
+        <v>461</v>
+      </c>
+      <c r="B546" t="s">
+        <v>462</v>
+      </c>
+      <c r="C546">
+        <v>58.992</v>
+      </c>
+      <c r="D546" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" t="s">
+        <v>463</v>
+      </c>
+      <c r="B547" t="s">
+        <v>464</v>
+      </c>
+      <c r="C547">
+        <v>58.992</v>
+      </c>
+      <c r="D547" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" t="s">
+        <v>465</v>
+      </c>
+      <c r="B548" t="s">
+        <v>466</v>
+      </c>
+      <c r="C548">
+        <v>58.992</v>
+      </c>
+      <c r="D548" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>469</v>
+      </c>
+      <c r="B549" t="s">
+        <v>470</v>
+      </c>
+      <c r="C549">
+        <v>60.648</v>
+      </c>
+      <c r="D549" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" t="s">
+        <v>471</v>
+      </c>
+      <c r="B550" t="s">
+        <v>472</v>
+      </c>
+      <c r="C550">
+        <v>60.84</v>
+      </c>
+      <c r="D550" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" t="s">
+        <v>473</v>
+      </c>
+      <c r="B551" t="s">
+        <v>474</v>
+      </c>
+      <c r="C551">
+        <v>62.868</v>
+      </c>
+      <c r="D551" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" t="s">
+        <v>475</v>
+      </c>
+      <c r="B552" t="s">
+        <v>476</v>
+      </c>
+      <c r="C552">
+        <v>65.172</v>
+      </c>
+      <c r="D552" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" t="s">
+        <v>477</v>
+      </c>
+      <c r="B553" t="s">
+        <v>478</v>
+      </c>
+      <c r="C553">
+        <v>65.58</v>
+      </c>
+      <c r="D553" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" t="s">
+        <v>481</v>
+      </c>
+      <c r="B554" t="s">
+        <v>482</v>
+      </c>
+      <c r="C554">
+        <v>69.0</v>
+      </c>
+      <c r="D554" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>483</v>
+      </c>
+      <c r="B555" t="s">
+        <v>484</v>
+      </c>
+      <c r="C555">
+        <v>69.0</v>
+      </c>
+      <c r="D555" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" t="s">
+        <v>485</v>
+      </c>
+      <c r="B556" t="s">
+        <v>486</v>
+      </c>
+      <c r="C556">
+        <v>71.064</v>
+      </c>
+      <c r="D556" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" t="s">
+        <v>487</v>
+      </c>
+      <c r="B557" t="s">
+        <v>488</v>
+      </c>
+      <c r="C557">
+        <v>73.536</v>
+      </c>
+      <c r="D557" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" t="s">
+        <v>491</v>
+      </c>
+      <c r="B558" t="s">
+        <v>492</v>
+      </c>
+      <c r="C558">
+        <v>75.0</v>
+      </c>
+      <c r="D558" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
+      <c r="A559" t="s">
+        <v>493</v>
+      </c>
+      <c r="B559" t="s">
+        <v>494</v>
+      </c>
+      <c r="C559">
+        <v>75.0</v>
+      </c>
+      <c r="D559" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" t="s">
+        <v>495</v>
+      </c>
+      <c r="B560" t="s">
+        <v>496</v>
+      </c>
+      <c r="C560">
+        <v>76.176</v>
+      </c>
+      <c r="D560" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" t="s">
+        <v>501</v>
+      </c>
+      <c r="B561" t="s">
+        <v>502</v>
+      </c>
+      <c r="C561">
+        <v>78.996</v>
+      </c>
+      <c r="D561" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4">
+      <c r="A562" t="s">
+        <v>505</v>
+      </c>
+      <c r="B562" t="s">
+        <v>506</v>
+      </c>
+      <c r="C562">
+        <v>81.6</v>
+      </c>
+      <c r="D562" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" t="s">
+        <v>507</v>
+      </c>
+      <c r="B563" t="s">
+        <v>508</v>
+      </c>
+      <c r="C563">
+        <v>83.976</v>
+      </c>
+      <c r="D563" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" t="s">
+        <v>509</v>
+      </c>
+      <c r="B564" t="s">
+        <v>510</v>
+      </c>
+      <c r="C564">
+        <v>84.444</v>
+      </c>
+      <c r="D564" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" t="s">
+        <v>515</v>
+      </c>
+      <c r="B565" t="s">
+        <v>516</v>
+      </c>
+      <c r="C565">
+        <v>84.996</v>
+      </c>
+      <c r="D565" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" t="s">
+        <v>517</v>
+      </c>
+      <c r="B566" t="s">
+        <v>518</v>
+      </c>
+      <c r="C566">
+        <v>85.584</v>
+      </c>
+      <c r="D566" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" t="s">
+        <v>519</v>
+      </c>
+      <c r="B567" t="s">
+        <v>520</v>
+      </c>
+      <c r="C567">
+        <v>85.74</v>
+      </c>
+      <c r="D567" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" t="s">
+        <v>521</v>
+      </c>
+      <c r="B568" t="s">
+        <v>522</v>
+      </c>
+      <c r="C568">
+        <v>85.74</v>
+      </c>
+      <c r="D568" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" t="s">
+        <v>527</v>
+      </c>
+      <c r="B569" t="s">
+        <v>528</v>
+      </c>
+      <c r="C569">
+        <v>88.992</v>
+      </c>
+      <c r="D569" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>529</v>
+      </c>
+      <c r="B570" t="s">
+        <v>530</v>
+      </c>
+      <c r="C570">
+        <v>88.992</v>
+      </c>
+      <c r="D570" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>531</v>
+      </c>
+      <c r="B571" t="s">
+        <v>532</v>
+      </c>
+      <c r="C571">
+        <v>90.12</v>
+      </c>
+      <c r="D571" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>533</v>
+      </c>
+      <c r="B572" t="s">
+        <v>534</v>
+      </c>
+      <c r="C572">
+        <v>90.12</v>
+      </c>
+      <c r="D572" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
+        <v>535</v>
+      </c>
+      <c r="B573" t="s">
+        <v>536</v>
+      </c>
+      <c r="C573">
+        <v>92.952</v>
+      </c>
+      <c r="D573" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>537</v>
+      </c>
+      <c r="B574" t="s">
+        <v>538</v>
+      </c>
+      <c r="C574">
+        <v>96.228</v>
+      </c>
+      <c r="D574" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>539</v>
+      </c>
+      <c r="B575" t="s">
+        <v>540</v>
+      </c>
+      <c r="C575">
+        <v>97.716</v>
+      </c>
+      <c r="D575" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>541</v>
+      </c>
+      <c r="B576" t="s">
+        <v>542</v>
+      </c>
+      <c r="C576">
+        <v>97.728</v>
+      </c>
+      <c r="D576" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>543</v>
+      </c>
+      <c r="B577" t="s">
+        <v>544</v>
+      </c>
+      <c r="C577">
+        <v>97.98</v>
+      </c>
+      <c r="D577" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>547</v>
+      </c>
+      <c r="B578" t="s">
+        <v>548</v>
+      </c>
+      <c r="C578">
+        <v>99.0</v>
+      </c>
+      <c r="D578" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>549</v>
+      </c>
+      <c r="B579" t="s">
+        <v>550</v>
+      </c>
+      <c r="C579">
+        <v>99.0</v>
+      </c>
+      <c r="D579" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>551</v>
+      </c>
+      <c r="B580" t="s">
+        <v>552</v>
+      </c>
+      <c r="C580">
+        <v>99.0</v>
+      </c>
+      <c r="D580" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>553</v>
+      </c>
+      <c r="B581" t="s">
+        <v>554</v>
+      </c>
+      <c r="C581">
+        <v>99.0</v>
+      </c>
+      <c r="D581" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4">
+      <c r="A582" t="s">
+        <v>555</v>
+      </c>
+      <c r="B582" t="s">
+        <v>556</v>
+      </c>
+      <c r="C582">
+        <v>99.0</v>
+      </c>
+      <c r="D582" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4">
+      <c r="A583" t="s">
+        <v>557</v>
+      </c>
+      <c r="B583" t="s">
+        <v>558</v>
+      </c>
+      <c r="C583">
+        <v>99.0</v>
+      </c>
+      <c r="D583" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4">
+      <c r="A584" t="s">
+        <v>559</v>
+      </c>
+      <c r="B584" t="s">
+        <v>560</v>
+      </c>
+      <c r="C584">
+        <v>103.068</v>
+      </c>
+      <c r="D584" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4">
+      <c r="A585" t="s">
+        <v>561</v>
+      </c>
+      <c r="B585" t="s">
+        <v>562</v>
+      </c>
+      <c r="C585">
+        <v>104.736</v>
+      </c>
+      <c r="D585" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4">
+      <c r="A586" t="s">
+        <v>563</v>
+      </c>
+      <c r="B586" t="s">
+        <v>564</v>
+      </c>
+      <c r="C586">
+        <v>106.8</v>
+      </c>
+      <c r="D586" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4">
+      <c r="A587" t="s">
+        <v>565</v>
+      </c>
+      <c r="B587" t="s">
+        <v>566</v>
+      </c>
+      <c r="C587">
+        <v>106.86</v>
+      </c>
+      <c r="D587" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4">
+      <c r="A588" t="s">
+        <v>567</v>
+      </c>
+      <c r="B588" t="s">
+        <v>568</v>
+      </c>
+      <c r="C588">
+        <v>106.86</v>
+      </c>
+      <c r="D588" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4">
+      <c r="A589" t="s">
+        <v>569</v>
+      </c>
+      <c r="B589" t="s">
+        <v>570</v>
+      </c>
+      <c r="C589">
+        <v>108.168</v>
+      </c>
+      <c r="D589" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4">
+      <c r="A590" t="s">
+        <v>571</v>
+      </c>
+      <c r="B590" t="s">
+        <v>572</v>
+      </c>
+      <c r="C590">
+        <v>109.368</v>
+      </c>
+      <c r="D590" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4">
+      <c r="A591" t="s">
+        <v>573</v>
+      </c>
+      <c r="B591" t="s">
+        <v>574</v>
+      </c>
+      <c r="C591">
+        <v>111.972</v>
+      </c>
+      <c r="D591" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4">
+      <c r="A592" t="s">
+        <v>575</v>
+      </c>
+      <c r="B592" t="s">
+        <v>576</v>
+      </c>
+      <c r="C592">
+        <v>111.972</v>
+      </c>
+      <c r="D592" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4">
+      <c r="A593" t="s">
+        <v>577</v>
+      </c>
+      <c r="B593" t="s">
+        <v>578</v>
+      </c>
+      <c r="C593">
+        <v>111.972</v>
+      </c>
+      <c r="D593" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4">
+      <c r="A594" t="s">
+        <v>579</v>
+      </c>
+      <c r="B594" t="s">
+        <v>580</v>
+      </c>
+      <c r="C594">
+        <v>113.028</v>
+      </c>
+      <c r="D594" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4">
+      <c r="A595" t="s">
+        <v>581</v>
+      </c>
+      <c r="B595" t="s">
+        <v>582</v>
+      </c>
+      <c r="C595">
+        <v>113.028</v>
+      </c>
+      <c r="D595" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4">
+      <c r="A596" t="s">
+        <v>583</v>
+      </c>
+      <c r="B596" t="s">
+        <v>584</v>
+      </c>
+      <c r="C596">
+        <v>118.8</v>
+      </c>
+      <c r="D596" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4">
+      <c r="A597" t="s">
+        <v>585</v>
+      </c>
+      <c r="B597" t="s">
+        <v>586</v>
+      </c>
+      <c r="C597">
+        <v>118.992</v>
+      </c>
+      <c r="D597" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4">
+      <c r="A598" t="s">
+        <v>587</v>
+      </c>
+      <c r="B598" t="s">
+        <v>588</v>
+      </c>
+      <c r="C598">
+        <v>119.196</v>
+      </c>
+      <c r="D598" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4">
+      <c r="A599" t="s">
+        <v>589</v>
+      </c>
+      <c r="B599" t="s">
+        <v>590</v>
+      </c>
+      <c r="C599">
+        <v>120.888</v>
+      </c>
+      <c r="D599" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4">
+      <c r="A600" t="s">
+        <v>591</v>
+      </c>
+      <c r="B600" t="s">
+        <v>592</v>
+      </c>
+      <c r="C600">
+        <v>123.432</v>
+      </c>
+      <c r="D600" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4">
+      <c r="A601" t="s">
+        <v>593</v>
+      </c>
+      <c r="B601" t="s">
+        <v>594</v>
+      </c>
+      <c r="C601">
+        <v>124.26</v>
+      </c>
+      <c r="D601" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4">
+      <c r="A602" t="s">
+        <v>293</v>
+      </c>
+      <c r="B602" t="s">
+        <v>294</v>
+      </c>
+      <c r="C602">
+        <v>18.0</v>
+      </c>
+      <c r="D602" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4">
+      <c r="A603" t="s">
+        <v>301</v>
+      </c>
+      <c r="B603" t="s">
+        <v>302</v>
+      </c>
+      <c r="C603">
+        <v>19.8</v>
+      </c>
+      <c r="D603" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4">
+      <c r="A604" t="s">
+        <v>303</v>
+      </c>
+      <c r="B604" t="s">
+        <v>304</v>
+      </c>
+      <c r="C604">
+        <v>19.8</v>
+      </c>
+      <c r="D604" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4">
+      <c r="A605" t="s">
+        <v>305</v>
+      </c>
+      <c r="B605" t="s">
+        <v>306</v>
+      </c>
+      <c r="C605">
+        <v>19.908</v>
+      </c>
+      <c r="D605" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4">
+      <c r="A606" t="s">
+        <v>325</v>
+      </c>
+      <c r="B606" t="s">
+        <v>326</v>
+      </c>
+      <c r="C606">
+        <v>21.9</v>
+      </c>
+      <c r="D606" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4">
+      <c r="A607" t="s">
+        <v>339</v>
+      </c>
+      <c r="B607" t="s">
+        <v>340</v>
+      </c>
+      <c r="C607">
+        <v>25.908</v>
+      </c>
+      <c r="D607" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4">
+      <c r="A608" t="s">
+        <v>357</v>
+      </c>
+      <c r="B608" t="s">
+        <v>358</v>
+      </c>
+      <c r="C608">
+        <v>30.0</v>
+      </c>
+      <c r="D608" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4">
+      <c r="A609" t="s">
+        <v>359</v>
+      </c>
+      <c r="B609" t="s">
+        <v>360</v>
+      </c>
+      <c r="C609">
+        <v>30.0</v>
+      </c>
+      <c r="D609" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4">
+      <c r="A610" t="s">
+        <v>367</v>
+      </c>
+      <c r="B610" t="s">
+        <v>368</v>
+      </c>
+      <c r="C610">
+        <v>33.0</v>
+      </c>
+      <c r="D610" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4">
+      <c r="A611" t="s">
+        <v>369</v>
+      </c>
+      <c r="B611" t="s">
+        <v>370</v>
+      </c>
+      <c r="C611">
+        <v>33.0</v>
+      </c>
+      <c r="D611" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4">
+      <c r="A612" t="s">
+        <v>371</v>
+      </c>
+      <c r="B612" t="s">
+        <v>372</v>
+      </c>
+      <c r="C612">
+        <v>33.0</v>
+      </c>
+      <c r="D612" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4">
+      <c r="A613" t="s">
+        <v>373</v>
+      </c>
+      <c r="B613" t="s">
+        <v>374</v>
+      </c>
+      <c r="C613">
+        <v>33.0</v>
+      </c>
+      <c r="D613" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4">
+      <c r="A614" t="s">
+        <v>379</v>
+      </c>
+      <c r="B614" t="s">
+        <v>380</v>
+      </c>
+      <c r="C614">
+        <v>34.992</v>
+      </c>
+      <c r="D614" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4">
+      <c r="A615" t="s">
+        <v>389</v>
+      </c>
+      <c r="B615" t="s">
+        <v>390</v>
+      </c>
+      <c r="C615">
+        <v>37.404</v>
+      </c>
+      <c r="D615" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4">
+      <c r="A616" t="s">
+        <v>391</v>
+      </c>
+      <c r="B616" t="s">
+        <v>392</v>
+      </c>
+      <c r="C616">
+        <v>37.404</v>
+      </c>
+      <c r="D616" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4">
+      <c r="A617" t="s">
+        <v>399</v>
+      </c>
+      <c r="B617" t="s">
+        <v>400</v>
+      </c>
+      <c r="C617">
+        <v>38.4</v>
+      </c>
+      <c r="D617" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4">
+      <c r="A618" t="s">
+        <v>401</v>
+      </c>
+      <c r="B618" t="s">
+        <v>402</v>
+      </c>
+      <c r="C618">
+        <v>38.748</v>
+      </c>
+      <c r="D618" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4">
+      <c r="A619" t="s">
+        <v>403</v>
+      </c>
+      <c r="B619" t="s">
+        <v>404</v>
+      </c>
+      <c r="C619">
+        <v>38.748</v>
+      </c>
+      <c r="D619" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4">
+      <c r="A620" t="s">
+        <v>435</v>
+      </c>
+      <c r="B620" t="s">
+        <v>436</v>
+      </c>
+      <c r="C620">
+        <v>48.996</v>
+      </c>
+      <c r="D620" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4">
+      <c r="A621" t="s">
+        <v>437</v>
+      </c>
+      <c r="B621" t="s">
+        <v>438</v>
+      </c>
+      <c r="C621">
+        <v>48.996</v>
+      </c>
+      <c r="D621" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4">
+      <c r="A622" t="s">
+        <v>439</v>
+      </c>
+      <c r="B622" t="s">
+        <v>440</v>
+      </c>
+      <c r="C622">
+        <v>48.996</v>
+      </c>
+      <c r="D622" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4">
+      <c r="A623" t="s">
+        <v>465</v>
+      </c>
+      <c r="B623" t="s">
+        <v>466</v>
+      </c>
+      <c r="C623">
+        <v>58.992</v>
+      </c>
+      <c r="D623" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4">
+      <c r="A624" t="s">
+        <v>469</v>
+      </c>
+      <c r="B624" t="s">
+        <v>470</v>
+      </c>
+      <c r="C624">
+        <v>60.648</v>
+      </c>
+      <c r="D624" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4">
+      <c r="A625" t="s">
+        <v>481</v>
+      </c>
+      <c r="B625" t="s">
+        <v>482</v>
+      </c>
+      <c r="C625">
+        <v>69.0</v>
+      </c>
+      <c r="D625" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4">
+      <c r="A626" t="s">
+        <v>483</v>
+      </c>
+      <c r="B626" t="s">
+        <v>484</v>
+      </c>
+      <c r="C626">
+        <v>69.0</v>
+      </c>
+      <c r="D626" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4">
+      <c r="A627" t="s">
+        <v>487</v>
+      </c>
+      <c r="B627" t="s">
+        <v>488</v>
+      </c>
+      <c r="C627">
+        <v>73.536</v>
+      </c>
+      <c r="D627" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4">
+      <c r="A628" t="s">
+        <v>491</v>
+      </c>
+      <c r="B628" t="s">
+        <v>492</v>
+      </c>
+      <c r="C628">
+        <v>75.0</v>
+      </c>
+      <c r="D628" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4">
+      <c r="A629" t="s">
+        <v>493</v>
+      </c>
+      <c r="B629" t="s">
+        <v>494</v>
+      </c>
+      <c r="C629">
+        <v>75.0</v>
+      </c>
+      <c r="D629" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4">
+      <c r="A630" t="s">
+        <v>501</v>
+      </c>
+      <c r="B630" t="s">
+        <v>502</v>
+      </c>
+      <c r="C630">
+        <v>78.996</v>
+      </c>
+      <c r="D630" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4">
+      <c r="A631" t="s">
+        <v>505</v>
+      </c>
+      <c r="B631" t="s">
+        <v>506</v>
+      </c>
+      <c r="C631">
+        <v>81.6</v>
+      </c>
+      <c r="D631" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4">
+      <c r="A632" t="s">
+        <v>517</v>
+      </c>
+      <c r="B632" t="s">
+        <v>518</v>
+      </c>
+      <c r="C632">
+        <v>85.584</v>
+      </c>
+      <c r="D632" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4">
+      <c r="A633" t="s">
+        <v>549</v>
+      </c>
+      <c r="B633" t="s">
+        <v>550</v>
+      </c>
+      <c r="C633">
+        <v>99.0</v>
+      </c>
+      <c r="D633" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4">
+      <c r="A634" t="s">
+        <v>551</v>
+      </c>
+      <c r="B634" t="s">
+        <v>552</v>
+      </c>
+      <c r="C634">
+        <v>99.0</v>
+      </c>
+      <c r="D634" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4">
+      <c r="A635" t="s">
+        <v>553</v>
+      </c>
+      <c r="B635" t="s">
+        <v>554</v>
+      </c>
+      <c r="C635">
+        <v>99.0</v>
+      </c>
+      <c r="D635" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4">
+      <c r="A636" t="s">
+        <v>555</v>
+      </c>
+      <c r="B636" t="s">
+        <v>556</v>
+      </c>
+      <c r="C636">
+        <v>99.0</v>
+      </c>
+      <c r="D636" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4">
+      <c r="A637" t="s">
+        <v>557</v>
+      </c>
+      <c r="B637" t="s">
+        <v>558</v>
+      </c>
+      <c r="C637">
+        <v>99.0</v>
+      </c>
+      <c r="D637" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4">
+      <c r="A638" t="s">
+        <v>561</v>
+      </c>
+      <c r="B638" t="s">
+        <v>562</v>
+      </c>
+      <c r="C638">
+        <v>104.736</v>
+      </c>
+      <c r="D638" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4">
+      <c r="A639" t="s">
+        <v>585</v>
+      </c>
+      <c r="B639" t="s">
+        <v>586</v>
+      </c>
+      <c r="C639">
+        <v>118.992</v>
+      </c>
+      <c r="D639" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4">
+      <c r="A640" t="s">
+        <v>589</v>
+      </c>
+      <c r="B640" t="s">
+        <v>590</v>
+      </c>
+      <c r="C640">
+        <v>120.888</v>
+      </c>
+      <c r="D640" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4">
+      <c r="A641" t="s">
+        <v>595</v>
+      </c>
+      <c r="B641" t="s">
+        <v>596</v>
+      </c>
+      <c r="C641">
+        <v>124.992</v>
+      </c>
+      <c r="D641" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4">
+      <c r="A642" t="s">
+        <v>597</v>
+      </c>
+      <c r="B642" t="s">
+        <v>598</v>
+      </c>
+      <c r="C642">
+        <v>129.0</v>
+      </c>
+      <c r="D642" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4">
+      <c r="A643" t="s">
+        <v>599</v>
+      </c>
+      <c r="B643" t="s">
+        <v>600</v>
+      </c>
+      <c r="C643">
+        <v>129.0</v>
+      </c>
+      <c r="D643" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4">
+      <c r="A644" t="s">
+        <v>601</v>
+      </c>
+      <c r="B644" t="s">
+        <v>602</v>
+      </c>
+      <c r="C644">
+        <v>129.0</v>
+      </c>
+      <c r="D644" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4">
+      <c r="A645" t="s">
+        <v>603</v>
+      </c>
+      <c r="B645" t="s">
+        <v>604</v>
+      </c>
+      <c r="C645">
+        <v>129.0</v>
+      </c>
+      <c r="D645" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4">
+      <c r="A646" t="s">
+        <v>605</v>
+      </c>
+      <c r="B646" t="s">
+        <v>606</v>
+      </c>
+      <c r="C646">
+        <v>129.0</v>
+      </c>
+      <c r="D646" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4">
+      <c r="A647" t="s">
+        <v>607</v>
+      </c>
+      <c r="B647" t="s">
+        <v>608</v>
+      </c>
+      <c r="C647">
+        <v>138.996</v>
+      </c>
+      <c r="D647" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4">
+      <c r="A648" t="s">
+        <v>609</v>
+      </c>
+      <c r="B648" t="s">
+        <v>610</v>
+      </c>
+      <c r="C648">
+        <v>138.996</v>
+      </c>
+      <c r="D648" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4">
+      <c r="A649" t="s">
+        <v>611</v>
+      </c>
+      <c r="B649" t="s">
+        <v>612</v>
+      </c>
+      <c r="C649">
+        <v>138.996</v>
+      </c>
+      <c r="D649" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4">
+      <c r="A650" t="s">
+        <v>613</v>
+      </c>
+      <c r="B650" t="s">
+        <v>614</v>
+      </c>
+      <c r="C650">
+        <v>142.512</v>
+      </c>
+      <c r="D650" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4">
+      <c r="A651" t="s">
+        <v>615</v>
+      </c>
+      <c r="B651" t="s">
+        <v>616</v>
+      </c>
+      <c r="C651">
+        <v>146.232</v>
+      </c>
+      <c r="D651" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4">
+      <c r="A652" t="s">
+        <v>617</v>
+      </c>
+      <c r="B652" t="s">
+        <v>618</v>
+      </c>
+      <c r="C652">
+        <v>146.964</v>
+      </c>
+      <c r="D652" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4">
+      <c r="A653" t="s">
+        <v>619</v>
+      </c>
+      <c r="B653" t="s">
+        <v>620</v>
+      </c>
+      <c r="C653">
+        <v>148.992</v>
+      </c>
+      <c r="D653" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4">
+      <c r="A654" t="s">
+        <v>621</v>
+      </c>
+      <c r="B654" t="s">
+        <v>622</v>
+      </c>
+      <c r="C654">
+        <v>148.992</v>
+      </c>
+      <c r="D654" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4">
+      <c r="A655" t="s">
+        <v>623</v>
+      </c>
+      <c r="B655" t="s">
+        <v>624</v>
+      </c>
+      <c r="C655">
+        <v>148.992</v>
+      </c>
+      <c r="D655" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4">
+      <c r="A656" t="s">
+        <v>625</v>
+      </c>
+      <c r="B656" t="s">
+        <v>626</v>
+      </c>
+      <c r="C656">
+        <v>148.992</v>
+      </c>
+      <c r="D656" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4">
+      <c r="A657" t="s">
+        <v>627</v>
+      </c>
+      <c r="B657" t="s">
+        <v>628</v>
+      </c>
+      <c r="C657">
+        <v>148.992</v>
+      </c>
+      <c r="D657" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4">
+      <c r="A658" t="s">
+        <v>629</v>
+      </c>
+      <c r="B658" t="s">
+        <v>630</v>
+      </c>
+      <c r="C658">
+        <v>148.992</v>
+      </c>
+      <c r="D658" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4">
+      <c r="A659" t="s">
+        <v>631</v>
+      </c>
+      <c r="B659" t="s">
+        <v>632</v>
+      </c>
+      <c r="C659">
+        <v>149.004</v>
+      </c>
+      <c r="D659" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4">
+      <c r="A660" t="s">
+        <v>633</v>
+      </c>
+      <c r="B660" t="s">
+        <v>634</v>
+      </c>
+      <c r="C660">
+        <v>153.648</v>
+      </c>
+      <c r="D660" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4">
+      <c r="A661" t="s">
+        <v>635</v>
+      </c>
+      <c r="B661" t="s">
+        <v>636</v>
+      </c>
+      <c r="C661">
+        <v>154.476</v>
+      </c>
+      <c r="D661" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4">
+      <c r="A662" t="s">
+        <v>637</v>
+      </c>
+      <c r="B662" t="s">
+        <v>638</v>
+      </c>
+      <c r="C662">
+        <v>154.86</v>
+      </c>
+      <c r="D662" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4">
+      <c r="A663" t="s">
+        <v>639</v>
+      </c>
+      <c r="B663" t="s">
+        <v>640</v>
+      </c>
+      <c r="C663">
+        <v>158.964</v>
+      </c>
+      <c r="D663" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4">
+      <c r="A664" t="s">
+        <v>641</v>
+      </c>
+      <c r="B664" t="s">
+        <v>642</v>
+      </c>
+      <c r="C664">
+        <v>159.0</v>
+      </c>
+      <c r="D664" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4">
+      <c r="A665" t="s">
+        <v>643</v>
+      </c>
+      <c r="B665" t="s">
+        <v>644</v>
+      </c>
+      <c r="C665">
+        <v>159.0</v>
+      </c>
+      <c r="D665" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4">
+      <c r="A666" t="s">
+        <v>645</v>
+      </c>
+      <c r="B666" t="s">
+        <v>646</v>
+      </c>
+      <c r="C666">
+        <v>160.668</v>
+      </c>
+      <c r="D666" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4">
+      <c r="A667" t="s">
+        <v>647</v>
+      </c>
+      <c r="B667" t="s">
+        <v>648</v>
+      </c>
+      <c r="C667">
+        <v>168.708</v>
+      </c>
+      <c r="D667" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4">
+      <c r="A668" t="s">
+        <v>649</v>
+      </c>
+      <c r="B668" t="s">
+        <v>650</v>
+      </c>
+      <c r="C668">
+        <v>168.996</v>
+      </c>
+      <c r="D668" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4">
+      <c r="A669" t="s">
+        <v>651</v>
+      </c>
+      <c r="B669" t="s">
+        <v>652</v>
+      </c>
+      <c r="C669">
+        <v>168.996</v>
+      </c>
+      <c r="D669" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4">
+      <c r="A670" t="s">
+        <v>653</v>
+      </c>
+      <c r="B670" t="s">
+        <v>654</v>
+      </c>
+      <c r="C670">
+        <v>168.996</v>
+      </c>
+      <c r="D670" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4">
+      <c r="A671" t="s">
+        <v>655</v>
+      </c>
+      <c r="B671" t="s">
+        <v>656</v>
+      </c>
+      <c r="C671">
+        <v>168.996</v>
+      </c>
+      <c r="D671" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4">
+      <c r="A672" t="s">
+        <v>657</v>
+      </c>
+      <c r="B672" t="s">
+        <v>658</v>
+      </c>
+      <c r="C672">
+        <v>178.992</v>
+      </c>
+      <c r="D672" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4">
+      <c r="A673" t="s">
+        <v>659</v>
+      </c>
+      <c r="B673" t="s">
+        <v>660</v>
+      </c>
+      <c r="C673">
+        <v>178.992</v>
+      </c>
+      <c r="D673" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4">
+      <c r="A674" t="s">
+        <v>661</v>
+      </c>
+      <c r="B674" t="s">
+        <v>662</v>
+      </c>
+      <c r="C674">
+        <v>180.372</v>
+      </c>
+      <c r="D674" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4">
+      <c r="A675" t="s">
+        <v>663</v>
+      </c>
+      <c r="B675" t="s">
+        <v>664</v>
+      </c>
+      <c r="C675">
+        <v>181.296</v>
+      </c>
+      <c r="D675" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4">
+      <c r="A676" t="s">
+        <v>665</v>
+      </c>
+      <c r="B676" t="s">
+        <v>666</v>
+      </c>
+      <c r="C676">
+        <v>188.304</v>
+      </c>
+      <c r="D676" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4">
+      <c r="A677" t="s">
+        <v>667</v>
+      </c>
+      <c r="B677" t="s">
+        <v>668</v>
+      </c>
+      <c r="C677">
+        <v>189.0</v>
+      </c>
+      <c r="D677" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4">
+      <c r="A678" t="s">
+        <v>669</v>
+      </c>
+      <c r="B678" t="s">
+        <v>670</v>
+      </c>
+      <c r="C678">
+        <v>189.0</v>
+      </c>
+      <c r="D678" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4">
+      <c r="A679" t="s">
+        <v>671</v>
+      </c>
+      <c r="B679" t="s">
+        <v>672</v>
+      </c>
+      <c r="C679">
+        <v>189.0</v>
+      </c>
+      <c r="D679" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4">
+      <c r="A680" t="s">
+        <v>673</v>
+      </c>
+      <c r="B680" t="s">
+        <v>674</v>
+      </c>
+      <c r="C680">
+        <v>189.0</v>
+      </c>
+      <c r="D680" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4">
+      <c r="A681" t="s">
+        <v>675</v>
+      </c>
+      <c r="B681" t="s">
+        <v>676</v>
+      </c>
+      <c r="C681">
+        <v>212.688</v>
+      </c>
+      <c r="D681" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4">
+      <c r="A682" t="s">
+        <v>677</v>
+      </c>
+      <c r="B682" t="s">
+        <v>678</v>
+      </c>
+      <c r="C682">
+        <v>249.0</v>
+      </c>
+      <c r="D682" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4">
+      <c r="A683" t="s">
+        <v>679</v>
+      </c>
+      <c r="B683" t="s">
+        <v>680</v>
+      </c>
+      <c r="C683">
+        <v>249.0</v>
+      </c>
+      <c r="D683" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4">
+      <c r="A684" t="s">
+        <v>681</v>
+      </c>
+      <c r="B684" t="s">
+        <v>682</v>
+      </c>
+      <c r="C684">
+        <v>317.724</v>
+      </c>
+      <c r="D684" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4">
+      <c r="A685" t="s">
+        <v>683</v>
+      </c>
+      <c r="B685" t="s">
+        <v>684</v>
+      </c>
+      <c r="C685">
+        <v>359.004</v>
+      </c>
+      <c r="D685" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4">
+      <c r="A686" t="s">
+        <v>685</v>
+      </c>
+      <c r="B686" t="s">
+        <v>686</v>
+      </c>
+      <c r="C686">
+        <v>376.86</v>
+      </c>
+      <c r="D686" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4">
+      <c r="A687" t="s">
+        <v>687</v>
+      </c>
+      <c r="B687" t="s">
+        <v>688</v>
+      </c>
+      <c r="C687">
+        <v>399.0</v>
+      </c>
+      <c r="D687" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4">
+      <c r="A688" t="s">
+        <v>689</v>
+      </c>
+      <c r="B688" t="s">
+        <v>690</v>
+      </c>
+      <c r="C688">
+        <v>403.068</v>
+      </c>
+      <c r="D688" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4">
+      <c r="A689" t="s">
+        <v>691</v>
+      </c>
+      <c r="B689" t="s">
+        <v>692</v>
+      </c>
+      <c r="C689">
+        <v>406.872</v>
+      </c>
+      <c r="D689" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4">
+      <c r="A690" t="s">
+        <v>693</v>
+      </c>
+      <c r="B690" t="s">
+        <v>694</v>
+      </c>
+      <c r="C690">
+        <v>408.996</v>
+      </c>
+      <c r="D690" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4">
+      <c r="A691" t="s">
+        <v>695</v>
+      </c>
+      <c r="B691" t="s">
+        <v>696</v>
+      </c>
+      <c r="C691">
+        <v>543.3</v>
+      </c>
+      <c r="D691" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4">
+      <c r="A692" t="s">
+        <v>697</v>
+      </c>
+      <c r="B692" t="s">
+        <v>698</v>
+      </c>
+      <c r="C692">
+        <v>787.188</v>
+      </c>
+      <c r="D692" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4">
+      <c r="A693" t="s">
+        <v>699</v>
+      </c>
+      <c r="B693" t="s">
+        <v>700</v>
+      </c>
+      <c r="C693">
+        <v>1138.848</v>
+      </c>
+      <c r="D693" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4">
+      <c r="A694" t="s">
+        <v>701</v>
+      </c>
+      <c r="B694" t="s">
+        <v>702</v>
+      </c>
+      <c r="C694">
+        <v>1498.992</v>
+      </c>
+      <c r="D694" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4">
+      <c r="A695" t="s">
+        <v>703</v>
+      </c>
+      <c r="B695" t="s">
+        <v>704</v>
+      </c>
+      <c r="C695">
+        <v>1753.404</v>
+      </c>
+      <c r="D695" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4">
+      <c r="A696" t="s">
+        <v>705</v>
+      </c>
+      <c r="B696" t="s">
+        <v>706</v>
+      </c>
+      <c r="C696">
+        <v>1896.564</v>
+      </c>
+      <c r="D696" t="s">
+        <v>16</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D391"/>
+  <autoFilter ref="A1:D697"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>