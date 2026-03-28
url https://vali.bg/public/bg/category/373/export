--- v3 (2026-03-08)
+++ v4 (2026-03-28)
@@ -7,101 +7,101 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$697</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$435</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="707">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="590">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Брекет за охладител за процесор Arctic Freezer 34 Intel LGA1700 Upgrade Kit</t>
   </si>
   <si>
     <t>ARCTIC-FAN-MPSAS00892A</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Кабел DeLock USB Pin header женско &gt; USB 2.0 type-A женски, 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83291</t>
   </si>
   <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 1.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-136</t>
+  </si>
+  <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC F12, 3 pin, 120 mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00201A</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...7 lines deleted...]
-  <si>
     <t>Noctua Mounting Kit NM-DD1</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-DD1</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Кабел DeLock USB 2.0-A - pin header, 70 cm</t>
   </si>
   <si>
     <t>DELOCK-83078</t>
   </si>
   <si>
     <t>Транспортна кутия за TRAY и MPK процесори на AMD</t>
   </si>
   <si>
     <t>VALI-CPU-AMD-BOX</t>
   </si>
   <si>
     <t>Термо паста Kolink Core TX-8 - 1.5g</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUWA-257</t>
@@ -109,92 +109,98 @@
   <si>
     <t>Вентилатор Inter Tech 120m Sinan F-120-S - Bulk</t>
   </si>
   <si>
     <t>INTER-TECH-FAN-F120S-BULK</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-141</t>
   </si>
   <si>
     <t>Термо паста Polartherm X8-002 - 2g</t>
   </si>
   <si>
     <t>TG-PT-X8-002</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P9 Silent - Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00297A</t>
   </si>
   <si>
+    <t>Вентилатор SPIRE 70x70x15 mm, Sleeve</t>
+  </si>
+  <si>
+    <t>SP-FAN-FD07015S</t>
+  </si>
+  <si>
     <t>Вентилатор ENDORFY Zephyr 80 - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A019</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 2.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-138</t>
   </si>
   <si>
     <t>Backplate за Powercolor AMD RADEON RX 7000 Red Devil Серия видео карти, SBP-790002</t>
   </si>
   <si>
     <t>PC-VC-AC-SBP-790002</t>
   </si>
   <si>
     <t>Kolink USB адаптер от USB 2.0 8-pin към USB 3.0 19-pin - 0.15m</t>
   </si>
   <si>
     <t>KOLINK-ACC-ZUUS-173</t>
   </si>
   <si>
     <t>Удължителен кабел SATA III DeLock, SATA 6 Gb/s 22 pin мъжко - SATA 22 pin женско, (3.3 V + 5 V + 12 V), 20 cm</t>
   </si>
   <si>
     <t>DELOCK-84918</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC P12, 3-Pin</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00118A</t>
+  </si>
+  <si>
     <t>Скоба Delock, За монтаж в PC, USB 10 pin към 2 x USB 2.0 type A</t>
   </si>
   <si>
     <t>DELOCK-71000</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P12, 3-Pin</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор ENDORFY Zephyr 120 - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A017</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 PWM White/White</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00222A</t>
   </si>
   <si>
     <t>Термо паста ARCTIC MX-6, 2g, Сив</t>
   </si>
   <si>
     <t>ARCTIC-TCP-ACTCP00079A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P12 Silent</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00130A</t>
   </si>
   <si>
     <t>Термо паста Kolink Core TX-8 - 5.5g</t>
@@ -205,71 +211,74 @@
   <si>
     <t>Термо паста Polartherm X10-002 - 2g</t>
   </si>
   <si>
     <t>TG-PT-X10-002</t>
   </si>
   <si>
     <t>Термо паста Kolink Umbra Pro TP-1 - 1.5g</t>
   </si>
   <si>
     <t>KOLINK-AC-KOL-152</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 1.5 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-143</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 2.0 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-144</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Термопроводящ пад ARCTIC TP-3</t>
   </si>
   <si>
     <t>ARCTIC-ACTPD00052A</t>
   </si>
   <si>
     <t>Изолационни ленти Thermal Grizzly, Самозалепващи, 10x60 mm, 50 броя</t>
   </si>
   <si>
     <t>TG-KIS-10-60-50</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 SLIM PWM PST</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00268A</t>
   </si>
   <si>
+    <t>Вентилатор SPIRE 90X90x25 mm, Sleeve</t>
+  </si>
+  <si>
+    <t>SP-FAN-FD09025S</t>
+  </si>
+  <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 30 х 30 х 1.5 mm</t>
   </si>
   <si>
     <t>TG-ZUWA-137</t>
   </si>
   <si>
     <t>Термо паста Thermal Grizzly Hydronaut, 1g, Черен,11.8 W/mk</t>
   </si>
   <si>
     <t>TG-ZUWA-150</t>
   </si>
   <si>
     <t>Noctua Mounting Kit NM-AMB12</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-AMB12</t>
   </si>
   <si>
     <t>Noctua Mounting Kit NM-AMB13</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-AMB13</t>
   </si>
   <si>
     <t>Noctua Mounting Kit NM-AMB14</t>
@@ -391,1286 +400,962 @@
   <si>
     <t>Вентилатор ARCTIC P12 Pro Reverse ACFAN00331A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00331A</t>
   </si>
   <si>
     <t>Удължителен кабел за вентилатор Noctua NA-SEC1, 3 x 30 cm, за вентилатори 4-pin PWM</t>
   </si>
   <si>
     <t>NOCTUA-NA-SEC1</t>
   </si>
   <si>
     <t>Вентилатор ENDORFY Stratus 140 PWM - Черен</t>
   </si>
   <si>
     <t>END-FAN-EY4A011</t>
   </si>
   <si>
     <t>Термо паста Polartherm X10-005 - 5g</t>
   </si>
   <si>
     <t>TG-PT-X10-005</t>
   </si>
   <si>
+    <t>Контролер за Вентилатор Jonsbo RC01 ARGB - SATA</t>
+  </si>
+  <si>
+    <t>JONSBO-MOLS-209</t>
+  </si>
+  <si>
+    <t>Контролер за вентилатори ARCTIC Case Fan PWM Hub 1 to 10 Port</t>
+  </si>
+  <si>
+    <t>ARCTIC-AC-ACFAN00175A</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-BL</t>
+  </si>
+  <si>
+    <t>Държач за графична карта COOLMOON CM-VT192, Алуминий, Сребрист</t>
+  </si>
+  <si>
+    <t>COOLMOON-VT192-GR</t>
+  </si>
+  <si>
+    <t>Кабел Seasonic 12VHPWR 600W 16-Pin към 2x8 Pin за Seasonic захранвания</t>
+  </si>
+  <si>
+    <t>SS-PS-CAB-12VHPWR</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Черен</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND</t>
+  </si>
+  <si>
+    <t>Държач за графична карта Estillo 12cm, Алуминий, Бял</t>
+  </si>
+  <si>
+    <t>EST-GPU-STAND-WHT</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro 120mm PWM</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00305A</t>
+  </si>
+  <si>
+    <t>Термо паста ARCTIC MX-7, 4g, Сив</t>
+  </si>
+  <si>
+    <t>ARCTIC-TCP-ACTCP00090A</t>
+  </si>
+  <si>
+    <t>Термопроводящ пад Thermal Grizzly Minus Pad 8, 120 х 20 х 3.0 mm</t>
+  </si>
+  <si>
+    <t>TG-ZUWA-158</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC P9 PWM PST CO - Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00299A</t>
   </si>
   <si>
-    <t>Контролер за Вентилатор Jonsbo RC01 ARGB - SATA</t>
-[...56 lines deleted...]
-    <t>TG-ZUWA-158</t>
+    <t>Вентилатор ARCTIC P9 Max PWM - Черен</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00300A</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM5 - AM5 - NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-L9aL9i</t>
+  </si>
+  <si>
+    <t>Монтажен комплект Noctua LGA1700, NM-i17xx-MP78, Air Tower Coolers, NH-U9S, NH-U12S redux, NH-U12S, NH-U12A, NH-U14S, NH-L12S</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP78</t>
+  </si>
+  <si>
+    <t>Комплект за монитиране на охладител Noctua, LGA1700, NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-i17xx-MP83</t>
+  </si>
+  <si>
+    <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78</t>
+  </si>
+  <si>
+    <t>NOCTUA-KIT-NM-AM5-4-MP78</t>
   </si>
   <si>
     <t>Термопроводящ пад ARCTIC TP-3, 100 x 100 x 1.5 mm</t>
   </si>
   <si>
     <t>ARCTIC-ACTPD00054A</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P9 Max PWM - Черен</t>
-[...28 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC P12 Pro PST White - 120mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00308A</t>
   </si>
   <si>
     <t>Термо паста с 6 бр почистващи кърпички ARCTIC MX-6, 4g, Сив</t>
   </si>
   <si>
     <t>ARCTIC-TCP-ACTCP00084A</t>
   </si>
   <si>
     <t>Конвертор Delock, USB 3.0 Type-A мъжко - SATA 6 Gb/s 22 pin, 2.5″ защитен калъф</t>
   </si>
   <si>
     <t>DELOCK-62742</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro PST - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00314A</t>
   </si>
   <si>
     <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP78-chromax.black, Air Tower Coolers - NH-U9S chromax.black, NH-U12S chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-i17-MP78-CH</t>
   </si>
   <si>
     <t>Noctua Mounting KIT LGA1700 - NM-i17xx-MP83-chromax.black, Air Tower Coolers - NH-D15 chromax.black, NH-D15S chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-KIT-NM-i17-MP83-CH</t>
   </si>
   <si>
     <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP78 Chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-KIT-AM5-4-MP78-CH</t>
   </si>
   <si>
     <t>Noctua Mounting KIT AM4/AM5- NM-AM5/4-MP83 Chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-KIT-AM5-4-MP83-CH</t>
   </si>
   <si>
+    <t>Вентилатор ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00329A</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00329A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Термо паста Thermal Grizzly Kryonaut, 1g, Черен, 12.5 W/mk </t>
+  </si>
+  <si>
+    <t>TG-ZUWA-145</t>
+  </si>
+  <si>
+    <t>Thermal Grizzly CPU Contact Frame 1700 LT</t>
+  </si>
+  <si>
+    <t>TG-CF-i1700-LT</t>
+  </si>
+  <si>
     <t>Вентилатор ARCTIC P14 Pro - 140mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00313A</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00329A</t>
-[...16 lines deleted...]
-  <si>
     <t>Охладител за процесор Arctic Alpine 23, AM4</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACALP00035A</t>
   </si>
   <si>
     <t>Контролер Kolink Inspire L1 за ARGB аксесоари</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUSA-268</t>
   </si>
   <si>
     <t>RGB лента Kolink Inspire L1 ARGB LED Strip (300mm)</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-211</t>
   </si>
   <si>
     <t>Термо паста Kolink Umbra Pro TP-1 - 6g</t>
   </si>
   <si>
     <t>KOLINK-AC-KOL-153</t>
   </si>
   <si>
     <t>Термо паста ARCTIC MX-7 + МX Cleaner, 4g, Сив</t>
   </si>
   <si>
     <t>ARCTIC-TCP-ACTCP00092A</t>
   </si>
   <si>
     <t>Конвертор Estillo Riser Card 6 Pin, PCI-Е x 1 към PCI-Е x16, USB 3.0</t>
   </si>
   <si>
     <t>EST-PCIE-RISER-CARD</t>
   </si>
   <si>
-    <t>Охладител за процесор Arctic Alpine 17, 1700</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC BioniX P140 Grey/White 140mm</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00160A</t>
   </si>
   <si>
     <t>Термо паста ARCTIC MX-6, 8g, Сив</t>
   </si>
   <si>
     <t>ARCTIC-TCP-ACTCP00081A</t>
   </si>
   <si>
     <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Бял</t>
   </si>
   <si>
     <t>EST-GPU-DA-GCB-WH</t>
   </si>
   <si>
     <t>Държач на видео карта за Дънна платка Estillo Anti-Sag Bracket - Черен</t>
   </si>
   <si>
     <t>EST-GPU-SG-GCB-BK</t>
   </si>
   <si>
-    <t xml:space="preserve">Термо паста Thermal Grizzly Aeronaut, 7.8g, Черен,8.5 W/mK </t>
-[...40 lines deleted...]
-  <si>
     <t>Термо паста ARCTIC MX-7, 8g, Сив</t>
   </si>
   <si>
     <t>ARCTIC-TCP-ACTCP00091A</t>
   </si>
   <si>
-    <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Черен</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор ENDORFY Stratus 120 PWM ARGB - Бял</t>
   </si>
   <si>
     <t>END-FAN-EY4A020</t>
   </si>
   <si>
-    <t>Удароустойчиво чекмедже за 2.5" диск Silicon Power Armor A30 White USB 3.2</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор ENDORFY Stratus 140 PWM ARGB - Бял</t>
   </si>
   <si>
     <t>END-FAN-EY4A021</t>
   </si>
   <si>
-    <t>Термо паста Noctua NT-H2 3.5g, Сив</t>
-[...64 lines deleted...]
-  <si>
     <t>Вентилатор ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00322A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00322A</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00325A</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P12 Pro White A-RGB 120mm PWM</t>
-[...20 lines deleted...]
-    <t>LL-FAN-ZUST-245</t>
+    <t>Охладител за процесор Spire SP-BM-A115, сокет 1700</t>
+  </si>
+  <si>
+    <t>SP-FAN-SPBM-A115</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00323A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00323A</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P14 Pro A-RGB - 140mm PWM</t>
-[...2 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00315A</t>
+    <t>Охладител за процесор Spire SP-BM-A115-LED, RGB, за сокет 1700, TPDW 95W</t>
+  </si>
+  <si>
+    <t>SP-FAN-SPBM-A115LED</t>
   </si>
   <si>
     <t>Вентилатор ARCTIC P14 Pro Reverse A-RGB White  140mm PWM - ACFAN00324A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00324A</t>
   </si>
   <si>
-    <t>Вентилатор ARCTIC P14 Pro White A-RGB - 140mm PWM</t>
-[...4 lines deleted...]
-  <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-144</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-143</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-142</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-141</t>
   </si>
   <si>
-    <t>Delock Външна звукова карта, USB, 24 bit / 96 kHz</t>
-[...38 lines deleted...]
-    <t>END-FAN-EY4A004</t>
+    <t>Охладител за процесор Spire Voyager, SP-HZ-SP607, за сокет 1700</t>
+  </si>
+  <si>
+    <t>SP-FAN-SPHZ-SP607</t>
   </si>
   <si>
     <t>Термопроводяща паста Thermal Grizzly Putty Basic - 30g</t>
   </si>
   <si>
     <t>TG-P-B-30-R</t>
   </si>
   <si>
-    <t>Адаптер Delock 62517, интерфейсен ключ M.2 2260 B+M към Sata 7 Pin</t>
-[...16 lines deleted...]
-  <si>
     <t>Преден панел за Lian Li O11D EVO RGB Mesh - Бял</t>
   </si>
   <si>
     <t>LL-FAN-GELI-947</t>
   </si>
   <si>
     <t>Преден панел за Lian Li O11D EVO RGB Mesh - Черен</t>
   </si>
   <si>
     <t>LL-FAN-GELI-946</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad High Compression, 120 х 100 х 1.0 mm - 2 бр.</t>
   </si>
   <si>
     <t>TG-ZUWA-360</t>
   </si>
   <si>
-    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 120 х 20 х 1.0 mm - 4 бр.</t>
-[...22 lines deleted...]
-  <si>
     <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00332A</t>
   </si>
   <si>
-    <t>Noctua Mounting Kit NM-AMB12 Chromax. Black</t>
-[...22 lines deleted...]
-  <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad High Compression, 120 х 100 х 2.0 mm - 2 бр.</t>
   </si>
   <si>
     <t>TG-ZUWA-361</t>
   </si>
   <si>
-    <t>Комплект вентилатори ARCTIC F12 PWM 120 мм, 5 броя, Черен</t>
-[...2 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00145A</t>
+    <t>Чекмедже за М.2 SSD D-Link DSP-111, USB-C to M.2 NVMe/NGFF</t>
+  </si>
+  <si>
+    <t>D-LINK-DSP-111</t>
   </si>
   <si>
     <t>Кутия FSP Group S120-B Mini-Tower</t>
   </si>
   <si>
     <t>FORT-CASE-S120-B</t>
   </si>
   <si>
-    <t>Охладител за процесор Cooler Master Hyper H411 Nano</t>
-[...4 lines deleted...]
-  <si>
     <t>Охладител Cooler Master Hyper 212 Spectrum V3</t>
   </si>
   <si>
     <t>CM-FAN-RR-S4NA-17PA-R1</t>
   </si>
   <si>
-    <t>Термопроводящ пад Thermal Grizzly KryoSheet - 44 х 37 х 0.2 mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse 140mm PWM - ACFAN00330A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00330A</t>
   </si>
   <si>
     <t>Термопроводящ пад Thermal Grizzly Minus Pad High Compression, 120 х 100 х 3.0 mm - 2 бр.</t>
   </si>
   <si>
     <t>TG-ZUWA-362</t>
   </si>
   <si>
-    <t>Термопроводящ пад Thermal Grizzly Minus Pad Advance, 100 х 100 х 2.0 mm - 2 бр.</t>
-[...4 lines deleted...]
-  <si>
     <t>Охладител Cooler Master Hyper 212 Black</t>
   </si>
   <si>
     <t>CM-FAN-RR-S4KK-25SN-R1</t>
   </si>
   <si>
-    <t>Чекмедже за М.2 SSD D-Link DSP-111, USB-C to M.2 NVMe/NGFF</t>
-[...34 lines deleted...]
-  <si>
     <t>Вентилатор Lian-Li UNI SL-INF 140 ARGB PWM - Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-039</t>
   </si>
   <si>
     <t>Вентилатор Lian-Li UNI SL-INF 140 ARGB PWM - Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-040</t>
   </si>
   <si>
     <t>Вентилатор Noctua 120mm NF-A12x25 G2 LS-PWM</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NFA12x25G2-LSP</t>
   </si>
   <si>
-    <t>Вентилатор Noctua 120mm NF-A12x25 G2 PWM</t>
-[...10 lines deleted...]
-  <si>
     <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-131</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - 120 mm Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-132</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - Reverse Blade, 120 mm Черен</t>
   </si>
   <si>
     <t>LL-FAN-LULI-133</t>
   </si>
   <si>
     <t>Вентилатор Lian Li UNI FAN SL-INF Wireless ARGB PWM - Reverse Blade, 120 mm Бял</t>
   </si>
   <si>
     <t>LL-FAN-LULI-134</t>
   </si>
   <si>
     <t>Записващо устройство Slim Intenso EOD400D, външно/external usb 3,2, черно</t>
   </si>
   <si>
     <t>DVD-RW-INTENSO-EOD400D</t>
   </si>
   <si>
     <t>Охладител за процесор ENDORFY Fera 5 Dual Fan</t>
   </si>
   <si>
     <t>END-FAN-EY3A006</t>
   </si>
   <si>
     <t>Охладител Cooler Master Hyper 212 3DHP ARGB - Black</t>
   </si>
   <si>
     <t>CM-FAN-T2HP-217PA-R1</t>
   </si>
   <si>
-    <t>Термопроводяща паста Thermal Grizzly Putty Basic - 100g</t>
-[...4 lines deleted...]
-  <si>
     <t>Охладител за процесор ARCTIC Freezer 36 Black - AOCPU00012A/Bulk</t>
   </si>
   <si>
     <t>ARCTIC-FAN-AOCPU00012A</t>
   </si>
   <si>
-    <t>Комплект вентилатори ARCTIC P12 Pro A-RGB 120mm PWM 3-Pack</t>
-[...2 lines deleted...]
-    <t>ARCTIC-FAN-ACFAN00310A</t>
+    <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN FAN 120, 120x120x25mm ARGB</t>
+  </si>
+  <si>
+    <t>GA-GP-EZFAN1203</t>
+  </si>
+  <si>
+    <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN RVS FAN 120 - 120x120x25mm ARGB</t>
+  </si>
+  <si>
+    <t>GA-GP-EZRVSFAN1203</t>
+  </si>
+  <si>
+    <t>Вентилатор ARCTIC P12 Pro Reverse  A-RGB White - 3 pack</t>
+  </si>
+  <si>
+    <t>ARCTIC-FAN-ACFAN00334A</t>
   </si>
   <si>
     <t>Комплект вентилатори 3-pack ARCTIC P12 Reverse Pro A-RGB 120mm PWM - 120x120x25 ACFAN00333A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00333A</t>
   </si>
   <si>
-    <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN FAN 120, 120x120x25mm ARGB</t>
-[...22 lines deleted...]
-  <si>
     <t>Охладител за процесор FSP NP5 WA - AMD/INTEL</t>
   </si>
   <si>
     <t>FORT-FAN-NP5-WA</t>
   </si>
   <si>
     <t>Охладител Cooler Master Hyper 212 3DHP - Black</t>
   </si>
   <si>
     <t>CM-FAN-T2HP-217PK-R1</t>
   </si>
   <si>
+    <t>Вентилатор Noctua NF-A14x25r G2 PWM chromax.black, 140mm</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-A14X25R-G2P-CH</t>
+  </si>
+  <si>
     <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN FAN 120 ICE, 120x120x25mm ARGB</t>
   </si>
   <si>
     <t>GA-GP-EZFAN1203-ICE</t>
   </si>
   <si>
     <t>Комплект вентилатори 3-Pack GIGABYTE AORUS EZ CHAIN RVS FAN 120 ICE, 120x120x25mm ARGB</t>
   </si>
   <si>
     <t>GA-GP-EZRVSFAN1203-ICE</t>
   </si>
   <si>
-    <t>Комплект вентилатори ARCTIC P14 Pro PST CO - 140mm PWM 5-Pack</t>
-[...10 lines deleted...]
-  <si>
     <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse White Edition</t>
   </si>
   <si>
     <t>ASUS-FAN-PR-MR120-3IN1-W</t>
   </si>
   <si>
     <t>Комплект Вентилатори 3в1 ASUS PRIME MR120 ARGB Reverse Black Edition</t>
   </si>
   <si>
     <t>ASUS-FAN-PR-MR120-3IN1-B</t>
   </si>
   <si>
     <t>Вентилатор Noctua A14x25 G2 PWM chromax.black</t>
   </si>
   <si>
     <t>NOCTUA-FAN-NF-A14x25G2PCH</t>
   </si>
   <si>
-    <t>Delock Riser card PCI Express Card x 1 към 1 x PCI 32 Bit Slot с кабел 60 cm</t>
-[...4 lines deleted...]
-  <si>
     <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB 140mm PWM - ACFAN00327A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00327A</t>
   </si>
   <si>
-    <t>Комплект вентилатори ARCTIC P14 Pro A-RGB - 140mm PWM 3-Pack</t>
-[...4 lines deleted...]
-  <si>
     <t>Комплект вентилатори 3-Pack ARCTIC P14 Pro Reverse A-RGB White 140mm PWM - ACFAN00328A</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFAN00328A</t>
   </si>
   <si>
     <t>Кутия FSP Group M220-BA Mid-Tower</t>
   </si>
   <si>
     <t>FORT-CASE-M220-BA</t>
   </si>
   <si>
     <t>ACT Докинг стейшън AC1504, USB 3.1 Gen1 за 3.5"/2.5" HDD/SSD черен</t>
   </si>
   <si>
     <t>EWENT-ACT-HDD-AC1504</t>
   </si>
   <si>
-    <t>Кабел ASRock 90° 12V-2x6 600W ATX 3.1 and PCIe 5.1</t>
-[...8 lines deleted...]
-    <t>CM-CASE-E301L-WGNN-S00</t>
+    <t>Захранващ блок ASRock PRO-650B 650W 80+ Bronze ATX 3.1</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-650B</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master V4 Alpha 3DHP Black</t>
+  </si>
+  <si>
+    <t>CM-FAN-MAZ-T2HP-217PK</t>
+  </si>
+  <si>
+    <t>Удължителен кабел за видео карта Lian Li Strimer Wireless 12V-2x6</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1639</t>
+  </si>
+  <si>
+    <t>CPU удължителен кабел Lian Li Strimer Wireless 2x 8-Pin</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1643</t>
   </si>
   <si>
     <t>Захранващ блок FSP Group HYPER PRO 650W 80+ Bronze 12V-2x6</t>
   </si>
   <si>
     <t>FORT-PS-HYPER-650B</t>
   </si>
   <si>
-    <t>Захранващ блок ASRock PRO-650B 650W 80+ Bronze ATX 3.1</t>
-[...28 lines deleted...]
-  <si>
     <t>Контролер тип хъб NZXT AC-CRFR1-B1</t>
   </si>
   <si>
     <t>NZXT-AC-CRFR1-B1</t>
   </si>
   <si>
-    <t>Звукова карта CREATIVE Sound Blaster Audigy FX V2 Hi-Res 5.1 - PCIe</t>
-[...4 lines deleted...]
-  <si>
     <t>Охладител за процесор ARCTIC Freezer 4U-M Rev.2 - ACFRE00133B</t>
   </si>
   <si>
     <t>ARCTIC-FAN-ACFRE00133B</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Бели + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-148</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM Reverse - 120 mm Черни + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-147</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Бели + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-146</t>
   </si>
   <si>
     <t>Вентилатори 3бр Lian Li UNI FAN CL Wireless ARGB PWM - 120 mm Черни + Контролер</t>
   </si>
   <si>
     <t>LL-FAN-LULI-145</t>
   </si>
   <si>
-    <t>Охладител за процесор FSP MP7 - AMD/INTEL</t>
-[...2 lines deleted...]
-    <t>FORT-FAN-MP7</t>
+    <t>Кутия Spire U20M, Mini / Micro-ATX tower, черна</t>
+  </si>
+  <si>
+    <t>SP-CASE-U20M</t>
+  </si>
+  <si>
+    <t>Дънна платка ASRock H610M-HVS/M.2 R2.0, LGA1700, DDR4, mATX</t>
+  </si>
+  <si>
+    <t>ASR-MB-H610M-HVS-M2-R2</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE Gold V3 650W 80+ Bronze, ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-6501-ACABW-3BEU</t>
+  </si>
+  <si>
+    <t>Захранващ блок ASRock PRO-750B 750W 80+ Bronze PCIE 5.1 Ready</t>
+  </si>
+  <si>
+    <t>ASR-PS-PRO-750B</t>
+  </si>
+  <si>
+    <t>Удължителен RGB кабел Lian Li Strimer Wireless 12V-2x6</t>
+  </si>
+  <si>
+    <t>LL-AC-ZUAD-1640</t>
   </si>
   <si>
     <t>Памет Silicon Power Storm RGB 16GB DDR5 UDIMM 6000MHz CL36 SP016GXLWU60FFSK</t>
   </si>
   <si>
     <t>SLP-RAM-16GXLWU60FFSK</t>
   </si>
   <si>
-    <t>Захранващ блок Cooler Master MWE Gold V3 650W 80+ Bronze, ATX 3.1</t>
-[...16 lines deleted...]
-  <si>
     <t>Дънна платка ASRock H510M-H2/M.2 SE, LGA1200, DDR4, mATX</t>
   </si>
   <si>
     <t>ASR-MB-H510M-H2-M2-SE</t>
   </si>
   <si>
-    <t>Дънна платка ASRock H610M-HVS/M.2 R2.0, LGA1700, DDR4, mATX</t>
-[...4 lines deleted...]
-  <si>
     <t>Кутия Kolink Observatory HF Mesh - Black</t>
   </si>
   <si>
     <t>KOLINK-CASE-GEKL-151</t>
   </si>
   <si>
+    <t>SSD GIGABYTE NVMe V2 256GB, PCIe 3.0</t>
+  </si>
+  <si>
+    <t>GA-SSD-M2-G3NVMEV2-256G</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE A520M H ARGB, Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-A520M-H-ARGB</t>
+  </si>
+  <si>
+    <t>Охладител за процесор FSP MP7 WA - AMD/INTEL</t>
+  </si>
+  <si>
+    <t>FORT-FAN-MP7-WA</t>
+  </si>
+  <si>
+    <t>Кутия ENDORFY Signum M30 Air - Mini Tower</t>
+  </si>
+  <si>
+    <t>END-CASE-EY2A019</t>
+  </si>
+  <si>
     <t>Дънна платка BIOSTAR H610MHC 2.0</t>
   </si>
   <si>
     <t>BIO-MB-H610MHC-2.0</t>
   </si>
   <si>
     <t>Захранващ блок Gigabyte P650G PG5 650W 80+ Gold, PCIe 5.1</t>
   </si>
   <si>
     <t>GA-PS-P650G-PG5</t>
   </si>
   <si>
-    <t>SSD GIGABYTE NVMe V2 256GB, PCIe 3.0</t>
-[...4 lines deleted...]
-  <si>
     <t>Хард диск за лаптоп TOSHIBA L200 Mobile 2.5" - 1TB, 128MB Cache, 5400RPM - Bulk</t>
   </si>
   <si>
     <t>TOSH-HDD-HDWL110UZSVA</t>
   </si>
   <si>
+    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB</t>
+  </si>
+  <si>
+    <t>CM-FAN-MLW-D24M-A18PA-R1</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Cooler Master Master Liquid 240 Core II ARGB White Edition</t>
+  </si>
+  <si>
+    <t>CM-FAN-MLW-D24M-A18PA-RW</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master MWE Gold V3 750W ATX 3.1 Non-Modular</t>
+  </si>
+  <si>
+    <t>CM-PS-MPE-7506-ACAG-BEU</t>
+  </si>
+  <si>
     <t>Захранващ блок Lian Li RB650B Black 650W 80+ Bronze PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-038</t>
   </si>
   <si>
     <t>Кутия Lian Li Vector V100 MINI ARGB Mid-Tower, Tempered Glass - Black</t>
   </si>
   <si>
     <t>LL-CASE-GELI-989</t>
   </si>
   <si>
+    <t>Кутия ENDORFY Signum M30 ARGB - Middle Tower</t>
+  </si>
+  <si>
+    <t>END-CASE-EY2A020</t>
+  </si>
+  <si>
     <t>Чекмедже за SSD M.2 NVMe ASUS ROG Strix Arion Hatsune Miku Edition</t>
   </si>
   <si>
     <t>ASUS-SSD-CAGE-ARION-HM</t>
   </si>
   <si>
     <t>Кабел Ssupd Riser Flat Ribbon Cable - PCIe 4.0, 270mm - Черен</t>
   </si>
   <si>
     <t>SSUPD-ACC-ETSP-032</t>
   </si>
   <si>
     <t>Кабел Lian Li PCI-e 5.0 x16 Riser Cable 200mm - Черен</t>
   </si>
   <si>
     <t>LL-AC-PCI-520X</t>
   </si>
   <si>
     <t>Брекет за вертикален монтаж на GPU Lian Li VG4-5-V4 Riser cable PCIe 5.0 - Black</t>
   </si>
   <si>
     <t>LL-AC-GELI-990</t>
   </si>
   <si>
     <t>Брекет за вертикален монтаж на GPU Lian Li VG4-5-V4 Riser cable PCIe 5.0 - White</t>
   </si>
   <si>
     <t>LL-AC-GELI-991</t>
   </si>
   <si>
+    <t>Кутия NZXT H3 Flow 2025 All White Micro-ATX Tower</t>
+  </si>
+  <si>
+    <t>NZXT-CASE-H31FW-01</t>
+  </si>
+  <si>
     <t>Кутия NZXT H3 Flow 2025 Micro-ATX Tower - Black</t>
   </si>
   <si>
     <t>NZXT-CASE-H31FB-01</t>
   </si>
   <si>
+    <t>SSD SanDisk Extreme Pro, 250GB SATA III</t>
+  </si>
+  <si>
+    <t>SD-SDSSDA-250G-G28</t>
+  </si>
+  <si>
     <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Бял</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3</t>
   </si>
   <si>
     <t>Брекет и кабел Lian Li 4 Slots Vertical GPU Kit v3, PCIe 5.0 за вертикален монтаж на видео карта - Черен</t>
   </si>
   <si>
     <t>LL-AC-GPU-VG4V3-BL</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li RB750B Black 750W 80+ Bronze PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-037</t>
   </si>
   <si>
-    <t>Захранващ блок ASUS PRIME 750W White Edition, 80+ Bronze</t>
-[...10 lines deleted...]
-  <si>
     <t>Дънна платка GIGABYTE H610M D3W Socket 1700, DDR5, Micro ATX</t>
   </si>
   <si>
     <t>GA-MB-H610M-D3W</t>
   </si>
   <si>
     <t>Дънна платка ASRock A620AM-HVS DDR5 Socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-A620AM-HVS</t>
   </si>
   <si>
     <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - White</t>
   </si>
   <si>
     <t>LL-CASE-GELI-976</t>
   </si>
   <si>
     <t>Кутия Lian Li Vector V100 ARGB Mid-Tower, Tempered Glass - Black</t>
   </si>
   <si>
     <t>LL-CASE-GELI-975</t>
   </si>
   <si>
     <t>Охладител за процесор Cooler Master Master Liquid 360 Core II White ARGB</t>
   </si>
   <si>
     <t>CM-FAN-MLW-D36M-A18PA-RW</t>
   </si>
   <si>
     <t>Дънна платка ASUS Prime B550M-K ARGB, socket AM4</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B550M-K-A</t>
   </si>
   <si>
     <t>Воден охладител за процесор Gigabyte GAMING 240 ICE</t>
   </si>
   <si>
     <t>GA-GP-GAMING-240-ICE</t>
   </si>
   <si>
     <t>Воден охладител за процесор Gigabyte GAMING 240</t>
   </si>
   <si>
     <t>GA-GP-GAMING-240</t>
   </si>
   <si>
-    <t>Кутия FSP Group U530-BS Silent E-ATX Ultra Tower</t>
-[...10 lines deleted...]
-  <si>
     <t>Кутия Lian Li DAN A3-mATX Wood Edition Black, Tempered Glass, Micro Tower</t>
   </si>
   <si>
     <t>LL-CASE-GELI-973</t>
   </si>
   <si>
     <t>Кутия Lian Li DAN A3-mATX Wood Edition White, Tempered Glass, Micro Tower</t>
   </si>
   <si>
     <t>LL-CASE-GELI-974</t>
   </si>
   <si>
+    <t>Кутия CoolerMaster Elite 681 - Черна</t>
+  </si>
+  <si>
+    <t>CM-CASE-E681-KHNN-S00</t>
+  </si>
+  <si>
+    <t>Дънна платка GIGABYTE H610M D3H WIFI DDR4, socket 1700, Micro ATX</t>
+  </si>
+  <si>
+    <t>GA-MB-H610M-D3H-WF-D4</t>
+  </si>
+  <si>
     <t>Охладител за процесор ASRock Pro White 360 ARGB</t>
   </si>
   <si>
     <t>ASR-FAN-PRO-360-ARGB-W</t>
   </si>
   <si>
     <t>Охладител за процесор ASRock Pro 360 ARGB</t>
   </si>
   <si>
     <t>ASR-FAN-PRO-360-ARGB</t>
   </si>
   <si>
+    <t>Дънна платка GIGABYTE H810M K, LGA 1851, DDR5</t>
+  </si>
+  <si>
+    <t>GA-MB-H810M-K</t>
+  </si>
+  <si>
     <t>Процесор Intel Raptor Lake Core i3-14100F TRAY, 4 Cores, 3.5GHz, 12MB, LGA1700, 60W</t>
   </si>
   <si>
     <t>INTEL-I3-14100F-TRAY</t>
   </si>
   <si>
+    <t>Дънна платка GIGABYTE B550M DS3H R2 Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-B550M-DS3H-R2</t>
+  </si>
+  <si>
     <t>Охладител за процесор ASRock Challenger Pure 360</t>
   </si>
   <si>
     <t>ASR-FAN-CH-360-PURE</t>
   </si>
   <si>
     <t>AVerMedia Външен кепчър StreamLine MINI Plus</t>
   </si>
   <si>
     <t>AVER-LG-STL-MINI</t>
   </si>
   <si>
     <t>SSD GIGABYTE 512GB NVMe PCIe 3.0</t>
   </si>
   <si>
     <t>GA-SSD-M2-G3NVME-512G</t>
   </si>
   <si>
     <t>Дънна платка GIGABYTE B760M E DDR5, socket 1700</t>
   </si>
   <si>
     <t>GA-MB-B760M-E</t>
   </si>
   <si>
     <t>Кутия Lian Li O11 Dynamic Mini V2, Mini-Tower - White</t>
@@ -1693,492 +1378,456 @@
   <si>
     <t>Комплект Вентилатори Lian-Li UNI SL-INF 120 ARGB Reverse Blade PWM + Контролер - White</t>
   </si>
   <si>
     <t>LL-FAN-LULI-140</t>
   </si>
   <si>
     <t>Охладител за процесор Lian Li GALAHAD II Lite Performance 360 - Black</t>
   </si>
   <si>
     <t>LL-FAN-WASE-921</t>
   </si>
   <si>
     <t>Охладител за процесор Lian Li GALAHAD II Lite RGB 360 - Black</t>
   </si>
   <si>
     <t>LL-FAN-WASE-920</t>
   </si>
   <si>
     <t>Комплект Вентилатори 3в1 ASUS PROART PF120 PWM - Black 120x120x28 mm</t>
   </si>
   <si>
     <t>ASUS-FAN-PA-PF120-3IN1-B</t>
   </si>
   <si>
-    <t>Дънна платка GIGABYTE B760M H V2 DDR5, socket 1700</t>
-[...4 lines deleted...]
-  <si>
     <t>Дънна платка ASUS Prime B550M-A WIFI II, socket AM4</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B550M-A-II</t>
   </si>
   <si>
-    <t>Кутия ASUS A23 Hatsune Miku Edition</t>
-[...64 lines deleted...]
-  <si>
     <t>Кутия ASUS ProArt PA401 Black - Tempered Glass Panel</t>
   </si>
   <si>
     <t>ASUS-CASE-PA401-TG-BK</t>
   </si>
   <si>
-    <t>Записващо устройство  Blu- ray Slim  Intenso EOD500D,външно/external usb 3,2 черен цвят</t>
-[...20 lines deleted...]
-    <t>GA-PS-P850GM-PG5-V2</t>
+    <t>Дънна платка GIGABYTE B840M D3HP socket AM5</t>
+  </si>
+  <si>
+    <t>GA-MB-B840M-D3HP</t>
   </si>
   <si>
     <t>Кутия Lian Li LANCOOL 217 INF RGB Mid-Tower, Tempered Glass - Черна</t>
   </si>
   <si>
     <t>LL-CASE-GELI-987</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SP750 V2 White 750W 80+ Gold PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-027</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SP750 V2 Black 750W 80+ Gold PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-026</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SX850P Black 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-043</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SX850P White 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-044</t>
   </si>
   <si>
     <t>Кутия Lian Li LANCOOL 217 INF RGB Mid-Tower, Tempered Glass - Бял</t>
   </si>
   <si>
     <t>LL-CASE-GELI-988</t>
   </si>
   <si>
+    <t>Процесор AMD Ryzen 5 5500GT MPK, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZ-5500GT-MPK</t>
+  </si>
+  <si>
+    <t>Памет Kingston 8GB SODIMM DDR5 5600MHz CL46 KVR56S46BS6-8</t>
+  </si>
+  <si>
+    <t>KIN-RAM-KVR56S46BS6-8</t>
+  </si>
+  <si>
     <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1 - Черно</t>
   </si>
   <si>
     <t>LL-PS-NELI-034</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1 - Бял</t>
   </si>
   <si>
     <t>LL-PS-NELI-035</t>
   </si>
   <si>
     <t>Охладител за процесор ASUS MAX Gaming LC 360 ARGB LCD</t>
   </si>
   <si>
     <t>ASUS-FAN-MAX-LC360-LCD</t>
   </si>
   <si>
-    <t>Дънна платка GIGABYTE B860M EAGLE V2, LGA 1851</t>
-[...4 lines deleted...]
-  <si>
     <t>Процесор AMD Ryzen 5 5600GT MPK, 3.6GHz(Up to 4.6GHz), 65W, AM4</t>
   </si>
   <si>
     <t>AMD-AM4-R5-RYZ-5600GT-MPK</t>
   </si>
   <si>
-    <t>Захранващ блок Gigabyte AORUS ELITE P850W 80+ Platinum, PCIe 5.1</t>
-[...4 lines deleted...]
-  <si>
     <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Черно</t>
   </si>
   <si>
     <t>LL-PS-NELI-032</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li RS 1000W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Бял</t>
   </si>
   <si>
     <t>LL-PS-NELI-033</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SP850 V2 Black 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-028</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SP850 V2 White 850W 80+ Gold PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-029</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SX1000P Black 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-045</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SX1000P White 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-046</t>
   </si>
   <si>
+    <t>Захранващ блок Cooler Master Elite Gold 1000W ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPW-A001-AFAG-BEU</t>
+  </si>
+  <si>
     <t>Охладител за процесор ASUS MAX Gaming LC 360 ARGB LCD White Edition</t>
   </si>
   <si>
     <t>ASUS-FAN-MAX-LC360-LCD-W</t>
   </si>
   <si>
-    <t>Захранващ блок Gigabyte AORUS ELITE P850W ICE 80+ Platinum, PCIe 5.1</t>
-[...4 lines deleted...]
-  <si>
     <t>Процесор AMD RYZEN 5 8500G MPK, 6-Core 3.5 GHz (Up to 5.0GHz) 16MB Cache, 65W, AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R5-RYZ-8500G-MPK</t>
   </si>
   <si>
     <t>Дънна платка ASRock B860 Rock WIFI 7, LGA 1851</t>
   </si>
   <si>
     <t>ASR-MB-B860-ROCK-WF7</t>
   </si>
   <si>
+    <t>Процесор AMD Ryzen 5 5500GT TRAY, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R5-RYZEN-5500GT-T</t>
+  </si>
+  <si>
     <t>Памет Team Group T-Force Vulcan Z DDR4 - 16GB(2x8GB) 3200MHz CL16</t>
   </si>
   <si>
     <t>TEAM-RAM-16GB-3200-ZGD4</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SX1200P Black 1200W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-047</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SX1200P White 1200W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-048</t>
   </si>
   <si>
-    <t>Процесор AMD Ryzen 5 5500GT TRAY, 6-Core, 3.6GHz(Up to 4.4GHz), 65W, AM4</t>
-[...2 lines deleted...]
-    <t>AMD-AM4-R5-RYZEN-5500GT-T</t>
+    <t>Захранващ блок Cooler Master Elite Gold 1200W ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPW-C001-AFAG-BEU</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360N Fanless ARGB - Черен</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-994</t>
+  </si>
+  <si>
+    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360N Fanless ARGB - Бял</t>
+  </si>
+  <si>
+    <t>LL-FAN-WASE-995</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP850 Black 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-039</t>
+  </si>
+  <si>
+    <t>Захранващ блок Lian Li SP850 White 850W 80+ Platinum PCIe 5.1, ATX 3.1</t>
+  </si>
+  <si>
+    <t>LL-PS-NELI-040</t>
   </si>
   <si>
     <t>Дънна платка ASRock B860 Challenger WIFI, LGA 1851</t>
   </si>
   <si>
     <t>ASR-MB-B860-CHL-WIFI</t>
   </si>
   <si>
-    <t>Охладител за процесор Lian Li HydroShift II LCD-S 360N Fanless ARGB - Черен</t>
-[...22 lines deleted...]
-  <si>
     <t>Захранващ блок Lian Li RS 1200W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Черно</t>
   </si>
   <si>
     <t>LL-PS-NELI-030</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li RS 1200W 80+ Gold PCIe 5.1, ATX 3.1, RS Hub - Бял</t>
   </si>
   <si>
     <t>LL-PS-NELI-031</t>
   </si>
   <si>
-    <t>Захранващ блок Gigabyte AORUS ELITE P1000W 80+ Platinum, PCIe 5.0</t>
-[...4 lines deleted...]
-  <si>
     <t>Дънна платка ASRock B860 Challenger White WIFI, LGA 1851</t>
   </si>
   <si>
     <t>ASR-MB-B860-CHL-WF-W</t>
   </si>
   <si>
+    <t>Процесор AMD Ryzen 7 5700X MPK, AM4 Socket, 8 Cores, 3.4GHz, 36MB Cache, 65W</t>
+  </si>
+  <si>
+    <t>AMD-AM4-R7-RYZEN-5700X-MP</t>
+  </si>
+  <si>
+    <t>Кутия Fractal Design Define R5 - Mid Tower</t>
+  </si>
+  <si>
+    <t>FR-CASE-FR-R5</t>
+  </si>
+  <si>
     <t>Кутия Ssupd Meshlicious Full Mesh PCIE 4.0 Edition Mini-ITX Case - White</t>
   </si>
   <si>
     <t>SSUPD-CASE-GESP-012</t>
   </si>
   <si>
     <t>Охладител за процесор Lian Li HydroShift II LCD-S 360CL RGB - Бял</t>
   </si>
   <si>
     <t>LL-FAN-WASE-997</t>
   </si>
   <si>
     <t>Охладител за процесор Lian Li HydroShift II LCD-S 360CL RGB - Черен</t>
   </si>
   <si>
     <t>LL-FAN-WASE-996</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SP1000 White 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-042</t>
   </si>
   <si>
     <t>Захранващ блок Lian Li SP1000 Black 1000W 80+ Platinum PCIe 5.1, ATX 3.1</t>
   </si>
   <si>
     <t>LL-PS-NELI-041</t>
   </si>
   <si>
+    <t>Кутия CoolerMaster MasterFrame 500 Mesh - Black ARGB</t>
+  </si>
+  <si>
+    <t>CM-CASE-MF500M-KHNN-S01</t>
+  </si>
+  <si>
+    <t>Хард диск SEAGATE IronWolf PRO ST4000NT001, 4TB, 256MB Cache, SATA 6.0Gb/s</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-4TB-SEAG-NT001</t>
+  </si>
+  <si>
+    <t>Кутия CoolerMaster MasterFrame 600 - Silver</t>
+  </si>
+  <si>
+    <t>CM-CASE-MF600-SGNN-S00</t>
+  </si>
+  <si>
+    <t>Процесор Intel Core Ultra 5 245KF TRAY, 14-Core (6P+8E) 3.6 GHz, 26MB, LGA1851</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-5-245KF-TRAY</t>
+  </si>
+  <si>
     <t>Процесор AMD RYZEN 7 7700 MPK SR1 8-Core 3.8 GHz (5.3 GHz Turbo) 32MB/65W/AM5</t>
   </si>
   <si>
     <t>AMD-AM5-R7-7700-MPK-SR1</t>
   </si>
   <si>
+    <t>Кутия Cooler Master MasterFrame 360 Panorama</t>
+  </si>
+  <si>
+    <t>CM-CASE-MF360-KINN-S00</t>
+  </si>
+  <si>
     <t>Охладител за процесор Lian Li HydroShift II LCD-S 360TL RGB - Черен</t>
   </si>
   <si>
     <t>LL-FAN-WASE-998</t>
   </si>
   <si>
     <t>Охладител за процесор Lian Li HydroShift II LCD-S 360TL RGB - Бял</t>
   </si>
   <si>
     <t>LL-FAN-WASE-999</t>
   </si>
   <si>
+    <t>Видео карта GIGABYTE RTX 3050 WINDFORCE OC V2 6GB GDDR6</t>
+  </si>
+  <si>
+    <t>GA-VC-N3050WF2-OCV2-6GB</t>
+  </si>
+  <si>
+    <t>Процесор Intel Core Ultra 7 265KF TRAY, 20 Cores 3.3 GHz, 30MB, 125W, LGA1851</t>
+  </si>
+  <si>
+    <t>INTEL-ULTRA-7-265KF-TRAY</t>
+  </si>
+  <si>
+    <t>Захранващ блок Cooler Master X Mighty 2000W 80+ Platinum ATX 3.1</t>
+  </si>
+  <si>
+    <t>CM-PS-MPS-K001-AFBP-NBEU</t>
+  </si>
+  <si>
     <t>Хард диск Seagate Exos 10E2400, 1.8TB, 256MB Cache, SAS 12Gb/s</t>
   </si>
   <si>
     <t>HDD-SAS-18000-SEAG-MM0129</t>
   </si>
   <si>
-    <t>Кутия ASUS ROG Strix Helios II EATX Mid-Tower - White</t>
-[...4 lines deleted...]
-  <si>
     <t>Дънна платка ASROCK X870 PG NOVA WIFI, Socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-X870-NOVA-WIFI</t>
   </si>
   <si>
-    <t>Охладител за процесор ASUS ROG Ryuo IV 360 ARGB 6.67" Curved AMOLED Display</t>
-[...2 lines deleted...]
-    <t>ASUS-FAN-ROG-RYUO-360ARGB</t>
+    <t>Видео карта ZOTAC GAMING RTX 5050 Twin Edge 8GB OC GDDR6</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5050H-8GB-OC</t>
   </si>
   <si>
     <t>Видео карта GIGABYTE RTX 5060 WINDFORCE MAX OC 8GB GDDR7</t>
   </si>
   <si>
     <t>GA-VC-N5060WF2MAX-OC-8G</t>
   </si>
   <si>
     <t>Видео карта ASUS DUAL RTX 5060 EVO OC 8GB GDDR7</t>
   </si>
   <si>
     <t>ASUS-VC-DUAL-RTX5060-EVO</t>
   </si>
   <si>
-    <t>Охладител за процесор ASUS ROG Ryuo IV 360 ARGB White Edition 6.67" Curved AMOLED Display</t>
-[...38 lines deleted...]
-    <t>KIN-RAM-KF556C40BBK2-128</t>
+    <t>Процесор Intel Raptor Lake i7-14700K TRAY, 20 Cores 3.4 GHz, 33MB, 125W, LGA1700</t>
+  </si>
+  <si>
+    <t>INTEL-I7-14700K-TRAY</t>
+  </si>
+  <si>
+    <t>Твърд диск Seagate Skyhawk AI ST16000VE005 16TB 3.5", 7200RPM, 512MB, SATA3</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-16TB-SEAG-VE005</t>
+  </si>
+  <si>
+    <t>Хард диск Toshiba MG Enterprise, 22TB, 512MB, SATA 6.0Gb/s, 7200rpm, MG10AFA22TE</t>
+  </si>
+  <si>
+    <t>HDD-SATA3-22TB-MG10AF</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 TI Solid SFF OC 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070TI-SLD-OC</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5070 TI Solid Core OC White 16GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5070TI-SLD-C-W</t>
+  </si>
+  <si>
+    <t>SSD SAMSUNG 9100 PRO 8TB, PCIe 5.0 NVMe M.2 Type 2280</t>
+  </si>
+  <si>
+    <t>SAM-SSD-MZ-VAP8T0BW</t>
+  </si>
+  <si>
+    <t>Видео карта ZOTAC GAMING RTX 5090 AMP Extreme INFINITY 32GB GDDR7</t>
+  </si>
+  <si>
+    <t>ZOTAC-VC-N5090AMP-INF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2482,51 +2131,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D697"/>
+  <dimension ref="A1:D435"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2546,68 +2195,68 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>2.328</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>3.036</v>
+        <v>3.072</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>3.072</v>
+        <v>3.168</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>3.228</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>3.288</v>
@@ -2675,9617 +2324,5949 @@
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>3.984</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>4.356</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>4.5</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>4.596</v>
+        <v>4.5</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>4.596</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>4.596</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>4.608</v>
+        <v>4.596</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>4.716</v>
+        <v>4.608</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>4.752</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>4.8</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>4.908</v>
+        <v>4.8</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>4.908</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>4.992</v>
+        <v>4.908</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>5.064</v>
+        <v>4.992</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>5.064</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>5.064</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>5.1</v>
+        <v>5.064</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>5.1</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>5.196</v>
+        <v>5.1</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>5.22</v>
+        <v>5.196</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>5.292</v>
+        <v>5.22</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>5.34</v>
+        <v>5.292</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>5.52</v>
+        <v>5.34</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>5.568</v>
+        <v>5.34</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>5.568</v>
+        <v>5.52</v>
       </c>
       <c r="D36" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>5.568</v>
       </c>
       <c r="D37" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>5.616</v>
+        <v>5.568</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>5.7</v>
+        <v>5.568</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>5.784</v>
+        <v>5.616</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>5.82</v>
+        <v>5.7</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>5.88</v>
+        <v>5.784</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>5.988</v>
+        <v>5.82</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>6.0</v>
+        <v>5.88</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>6.0</v>
+        <v>5.988</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>6.072</v>
+        <v>6.0</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>6.084</v>
+        <v>6.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>6.132</v>
+        <v>6.072</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>6.3</v>
+        <v>6.084</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>99</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>6.6</v>
+        <v>6.132</v>
       </c>
       <c r="D50" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>6.648</v>
+        <v>6.3</v>
       </c>
       <c r="D51" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>6.744</v>
+        <v>6.6</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>6.768</v>
+        <v>6.648</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>7.056</v>
+        <v>6.744</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>7.08</v>
+        <v>6.768</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>7.08</v>
+        <v>7.056</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>7.284</v>
+        <v>7.08</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>7.44</v>
+        <v>7.08</v>
       </c>
       <c r="D58" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>7.5</v>
+        <v>7.284</v>
       </c>
       <c r="D59" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>7.62</v>
+        <v>7.44</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>7.62</v>
+        <v>7.5</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>7.668</v>
+        <v>7.62</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C63">
         <v>7.668</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C64">
         <v>7.668</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>132</v>
+      </c>
+      <c r="B65" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C65">
         <v>7.668</v>
       </c>
       <c r="D65" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>134</v>
+      </c>
+      <c r="B66" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C66">
         <v>7.668</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>136</v>
+      </c>
+      <c r="B67" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C67">
         <v>7.668</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>138</v>
+      </c>
+      <c r="B68" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C68">
         <v>7.668</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>140</v>
+      </c>
+      <c r="B69" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C69">
         <v>7.668</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="C70">
         <v>7.668</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>144</v>
+      </c>
+      <c r="B71" t="s">
         <v>145</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>7.8</v>
+        <v>7.668</v>
       </c>
       <c r="D71" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>146</v>
+      </c>
+      <c r="B72" t="s">
         <v>147</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>7.86</v>
+        <v>7.8</v>
       </c>
       <c r="D72" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
         <v>149</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>7.86</v>
+        <v>7.812</v>
       </c>
       <c r="D73" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>150</v>
+      </c>
+      <c r="B74" t="s">
         <v>151</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>7.98</v>
+        <v>7.86</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B75" t="s">
         <v>153</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>7.992</v>
+        <v>7.98</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>154</v>
+      </c>
+      <c r="B76" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C76">
         <v>7.992</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C77">
         <v>7.992</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>158</v>
+      </c>
+      <c r="B78" t="s">
         <v>159</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>8.064</v>
+        <v>7.992</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>160</v>
+      </c>
+      <c r="B79" t="s">
         <v>161</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79">
-        <v>8.352</v>
+        <v>8.052</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>162</v>
+      </c>
+      <c r="B80" t="s">
         <v>163</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>8.4</v>
+        <v>8.064</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
         <v>165</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>8.484</v>
+        <v>8.352</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" t="s">
         <v>167</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>8.772</v>
+        <v>8.4</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" t="s">
         <v>169</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>8.796</v>
+        <v>8.7</v>
       </c>
       <c r="D83" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" t="s">
         <v>171</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>8.796</v>
+        <v>8.772</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C85">
         <v>8.796</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" t="s">
         <v>175</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>8.916</v>
+        <v>8.796</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" t="s">
         <v>177</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>8.94</v>
+        <v>8.796</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
         <v>179</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>9.0</v>
+        <v>8.94</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C89">
         <v>9.0</v>
       </c>
       <c r="D89" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
         <v>183</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>9.204</v>
+        <v>9.0</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
         <v>185</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>9.204</v>
+        <v>9.132</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="C92">
         <v>9.204</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C93">
         <v>9.204</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C94">
         <v>9.204</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" t="s">
         <v>193</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>9.42</v>
+        <v>9.204</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" t="s">
         <v>195</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>9.552</v>
+        <v>9.204</v>
       </c>
       <c r="D96" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" t="s">
         <v>197</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>9.624</v>
+        <v>9.42</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" t="s">
         <v>199</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>9.648</v>
+        <v>9.624</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" t="s">
         <v>201</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>9.708</v>
+        <v>9.648</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="C100">
         <v>9.708</v>
       </c>
       <c r="D100" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" t="s">
         <v>205</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>9.9</v>
+        <v>9.708</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>4</v>
+        <v>106</v>
       </c>
       <c r="B102" t="s">
-        <v>5</v>
+        <v>107</v>
       </c>
       <c r="C102">
-        <v>1.836</v>
+        <v>6.6</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>7</v>
+        <v>120</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="C103">
-        <v>2.328</v>
+        <v>7.284</v>
       </c>
       <c r="D103" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>144</v>
       </c>
       <c r="B104" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="C104">
-        <v>3.036</v>
+        <v>7.668</v>
       </c>
       <c r="D104" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>14</v>
+        <v>178</v>
       </c>
       <c r="B105" t="s">
-        <v>15</v>
+        <v>179</v>
       </c>
       <c r="C105">
-        <v>3.228</v>
+        <v>8.94</v>
       </c>
       <c r="D105" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>17</v>
+        <v>194</v>
       </c>
       <c r="B106" t="s">
-        <v>18</v>
+        <v>195</v>
       </c>
       <c r="C106">
-        <v>3.288</v>
+        <v>9.204</v>
       </c>
       <c r="D106" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="B107" t="s">
-        <v>20</v>
+        <v>207</v>
       </c>
       <c r="C107">
-        <v>3.684</v>
+        <v>10.128</v>
       </c>
       <c r="D107" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>21</v>
+        <v>208</v>
       </c>
       <c r="B108" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
       <c r="C108">
-        <v>3.84</v>
+        <v>10.2</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>23</v>
+        <v>210</v>
       </c>
       <c r="B109" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="C109">
-        <v>3.84</v>
+        <v>11.1</v>
       </c>
       <c r="D109" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>27</v>
+        <v>212</v>
       </c>
       <c r="B110" t="s">
-        <v>28</v>
+        <v>213</v>
       </c>
       <c r="C110">
-        <v>3.984</v>
+        <v>13.164</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="B111" t="s">
-        <v>30</v>
+        <v>215</v>
       </c>
       <c r="C111">
-        <v>4.356</v>
+        <v>13.944</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="B112" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
       <c r="C112">
-        <v>4.5</v>
+        <v>15.0</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>35</v>
+        <v>218</v>
       </c>
       <c r="B113" t="s">
-        <v>36</v>
+        <v>219</v>
       </c>
       <c r="C113">
-        <v>4.596</v>
+        <v>15.18</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>37</v>
+        <v>220</v>
       </c>
       <c r="B114" t="s">
-        <v>38</v>
+        <v>221</v>
       </c>
       <c r="C114">
-        <v>4.596</v>
+        <v>16.14</v>
       </c>
       <c r="D114" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>39</v>
+        <v>222</v>
       </c>
       <c r="B115" t="s">
-        <v>40</v>
+        <v>223</v>
       </c>
       <c r="C115">
-        <v>4.608</v>
+        <v>16.224</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>41</v>
+        <v>224</v>
       </c>
       <c r="B116" t="s">
-        <v>42</v>
+        <v>225</v>
       </c>
       <c r="C116">
-        <v>4.716</v>
+        <v>16.8</v>
       </c>
       <c r="D116" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>43</v>
+        <v>226</v>
       </c>
       <c r="B117" t="s">
-        <v>44</v>
+        <v>227</v>
       </c>
       <c r="C117">
-        <v>4.752</v>
+        <v>16.8</v>
       </c>
       <c r="D117" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>45</v>
+        <v>228</v>
       </c>
       <c r="B118" t="s">
-        <v>46</v>
+        <v>229</v>
       </c>
       <c r="C118">
-        <v>4.8</v>
+        <v>16.8</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>47</v>
+        <v>230</v>
       </c>
       <c r="B119" t="s">
-        <v>48</v>
+        <v>231</v>
       </c>
       <c r="C119">
-        <v>4.908</v>
+        <v>16.8</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>49</v>
+        <v>232</v>
       </c>
       <c r="B120" t="s">
-        <v>50</v>
+        <v>233</v>
       </c>
       <c r="C120">
-        <v>4.908</v>
+        <v>16.8</v>
       </c>
       <c r="D120" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>51</v>
+        <v>234</v>
       </c>
       <c r="B121" t="s">
-        <v>52</v>
+        <v>235</v>
       </c>
       <c r="C121">
-        <v>4.992</v>
+        <v>18.0</v>
       </c>
       <c r="D121" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>53</v>
+        <v>236</v>
       </c>
       <c r="B122" t="s">
-        <v>54</v>
+        <v>237</v>
       </c>
       <c r="C122">
-        <v>5.064</v>
+        <v>19.8</v>
       </c>
       <c r="D122" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>55</v>
+        <v>238</v>
       </c>
       <c r="B123" t="s">
-        <v>56</v>
+        <v>239</v>
       </c>
       <c r="C123">
-        <v>5.064</v>
+        <v>19.8</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>57</v>
+        <v>240</v>
       </c>
       <c r="B124" t="s">
-        <v>58</v>
+        <v>241</v>
       </c>
       <c r="C124">
-        <v>5.064</v>
+        <v>19.908</v>
       </c>
       <c r="D124" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>64</v>
+        <v>242</v>
       </c>
       <c r="B125" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="C125">
-        <v>5.196</v>
+        <v>21.528</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>66</v>
+        <v>244</v>
       </c>
       <c r="B126" t="s">
-        <v>67</v>
+        <v>245</v>
       </c>
       <c r="C126">
-        <v>5.22</v>
+        <v>21.9</v>
       </c>
       <c r="D126" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>68</v>
+        <v>246</v>
       </c>
       <c r="B127" t="s">
-        <v>69</v>
+        <v>247</v>
       </c>
       <c r="C127">
-        <v>5.292</v>
+        <v>24.228</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>74</v>
+        <v>248</v>
       </c>
       <c r="B128" t="s">
-        <v>75</v>
+        <v>249</v>
       </c>
       <c r="C128">
-        <v>5.568</v>
+        <v>24.816</v>
       </c>
       <c r="D128" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>76</v>
+        <v>250</v>
       </c>
       <c r="B129" t="s">
-        <v>77</v>
+        <v>251</v>
       </c>
       <c r="C129">
-        <v>5.568</v>
+        <v>24.996</v>
       </c>
       <c r="D129" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>78</v>
+        <v>252</v>
       </c>
       <c r="B130" t="s">
-        <v>79</v>
+        <v>253</v>
       </c>
       <c r="C130">
-        <v>5.568</v>
+        <v>25.584</v>
       </c>
       <c r="D130" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>80</v>
+        <v>254</v>
       </c>
       <c r="B131" t="s">
-        <v>81</v>
+        <v>255</v>
       </c>
       <c r="C131">
-        <v>5.616</v>
+        <v>25.908</v>
       </c>
       <c r="D131" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>84</v>
+        <v>256</v>
       </c>
       <c r="B132" t="s">
-        <v>85</v>
+        <v>257</v>
       </c>
       <c r="C132">
-        <v>5.784</v>
+        <v>27.0</v>
       </c>
       <c r="D132" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>86</v>
+        <v>258</v>
       </c>
       <c r="B133" t="s">
-        <v>87</v>
+        <v>259</v>
       </c>
       <c r="C133">
-        <v>5.82</v>
+        <v>30.0</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>94</v>
+        <v>260</v>
       </c>
       <c r="B134" t="s">
-        <v>95</v>
+        <v>261</v>
       </c>
       <c r="C134">
-        <v>6.0</v>
+        <v>30.0</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>98</v>
+        <v>262</v>
       </c>
       <c r="B135" t="s">
-        <v>99</v>
+        <v>263</v>
       </c>
       <c r="C135">
-        <v>6.084</v>
+        <v>31.2</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>96</v>
+        <v>264</v>
       </c>
       <c r="B136" t="s">
-        <v>100</v>
+        <v>265</v>
       </c>
       <c r="C136">
-        <v>6.132</v>
+        <v>33.0</v>
       </c>
       <c r="D136" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>103</v>
+        <v>266</v>
       </c>
       <c r="B137" t="s">
-        <v>104</v>
+        <v>267</v>
       </c>
       <c r="C137">
-        <v>6.6</v>
+        <v>33.0</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>105</v>
+        <v>268</v>
       </c>
       <c r="B138" t="s">
-        <v>106</v>
+        <v>269</v>
       </c>
       <c r="C138">
-        <v>6.648</v>
+        <v>33.0</v>
       </c>
       <c r="D138" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>109</v>
+        <v>270</v>
       </c>
       <c r="B139" t="s">
-        <v>110</v>
+        <v>271</v>
       </c>
       <c r="C139">
-        <v>6.768</v>
+        <v>33.0</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>111</v>
+        <v>272</v>
       </c>
       <c r="B140" t="s">
-        <v>112</v>
+        <v>273</v>
       </c>
       <c r="C140">
-        <v>7.056</v>
+        <v>34.968</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>113</v>
+        <v>274</v>
       </c>
       <c r="B141" t="s">
-        <v>114</v>
+        <v>275</v>
       </c>
       <c r="C141">
-        <v>7.08</v>
+        <v>34.992</v>
       </c>
       <c r="D141" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>115</v>
+        <v>276</v>
       </c>
       <c r="B142" t="s">
-        <v>116</v>
+        <v>277</v>
       </c>
       <c r="C142">
-        <v>7.08</v>
+        <v>34.992</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>117</v>
+        <v>278</v>
       </c>
       <c r="B143" t="s">
-        <v>118</v>
+        <v>279</v>
       </c>
       <c r="C143">
-        <v>7.284</v>
+        <v>35.28</v>
       </c>
       <c r="D143" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>119</v>
+        <v>280</v>
       </c>
       <c r="B144" t="s">
-        <v>120</v>
+        <v>281</v>
       </c>
       <c r="C144">
-        <v>7.44</v>
+        <v>37.632</v>
       </c>
       <c r="D144" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>121</v>
+        <v>282</v>
       </c>
       <c r="B145" t="s">
-        <v>122</v>
+        <v>283</v>
       </c>
       <c r="C145">
-        <v>7.5</v>
+        <v>37.632</v>
       </c>
       <c r="D145" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>123</v>
+        <v>284</v>
       </c>
       <c r="B146" t="s">
-        <v>124</v>
+        <v>285</v>
       </c>
       <c r="C146">
-        <v>7.62</v>
+        <v>37.644</v>
       </c>
       <c r="D146" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>125</v>
+        <v>286</v>
       </c>
       <c r="B147" t="s">
-        <v>126</v>
+        <v>287</v>
       </c>
       <c r="C147">
-        <v>7.62</v>
+        <v>37.836</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>129</v>
+        <v>288</v>
       </c>
       <c r="B148" t="s">
-        <v>130</v>
+        <v>289</v>
       </c>
       <c r="C148">
-        <v>7.668</v>
+        <v>38.4</v>
       </c>
       <c r="D148" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>131</v>
+        <v>290</v>
       </c>
       <c r="B149" t="s">
-        <v>132</v>
+        <v>291</v>
       </c>
       <c r="C149">
-        <v>7.668</v>
+        <v>38.4</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>133</v>
+        <v>292</v>
       </c>
       <c r="B150" t="s">
-        <v>134</v>
+        <v>293</v>
       </c>
       <c r="C150">
-        <v>7.668</v>
+        <v>38.916</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>135</v>
+        <v>294</v>
       </c>
       <c r="B151" t="s">
-        <v>136</v>
+        <v>295</v>
       </c>
       <c r="C151">
-        <v>7.668</v>
+        <v>38.988</v>
       </c>
       <c r="D151" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>137</v>
+        <v>296</v>
       </c>
       <c r="B152" t="s">
-        <v>138</v>
+        <v>297</v>
       </c>
       <c r="C152">
-        <v>7.668</v>
+        <v>38.988</v>
       </c>
       <c r="D152" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>139</v>
+        <v>298</v>
       </c>
       <c r="B153" t="s">
-        <v>140</v>
+        <v>299</v>
       </c>
       <c r="C153">
-        <v>7.668</v>
+        <v>40.392</v>
       </c>
       <c r="D153" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>141</v>
+        <v>300</v>
       </c>
       <c r="B154" t="s">
-        <v>142</v>
+        <v>301</v>
       </c>
       <c r="C154">
-        <v>7.668</v>
+        <v>40.392</v>
       </c>
       <c r="D154" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>143</v>
+        <v>302</v>
       </c>
       <c r="B155" t="s">
-        <v>144</v>
+        <v>303</v>
       </c>
       <c r="C155">
-        <v>7.668</v>
+        <v>40.8</v>
       </c>
       <c r="D155" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>147</v>
+        <v>304</v>
       </c>
       <c r="B156" t="s">
-        <v>148</v>
+        <v>305</v>
       </c>
       <c r="C156">
-        <v>7.86</v>
+        <v>42.024</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>149</v>
+        <v>306</v>
       </c>
       <c r="B157" t="s">
-        <v>150</v>
+        <v>307</v>
       </c>
       <c r="C157">
-        <v>7.86</v>
+        <v>43.056</v>
       </c>
       <c r="D157" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>151</v>
+        <v>308</v>
       </c>
       <c r="B158" t="s">
-        <v>152</v>
+        <v>309</v>
       </c>
       <c r="C158">
-        <v>7.98</v>
+        <v>43.2</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>153</v>
+        <v>310</v>
       </c>
       <c r="B159" t="s">
-        <v>154</v>
+        <v>311</v>
       </c>
       <c r="C159">
-        <v>7.992</v>
+        <v>43.512</v>
       </c>
       <c r="D159" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>155</v>
+        <v>312</v>
       </c>
       <c r="B160" t="s">
-        <v>156</v>
+        <v>313</v>
       </c>
       <c r="C160">
-        <v>7.992</v>
+        <v>48.996</v>
       </c>
       <c r="D160" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>157</v>
+        <v>314</v>
       </c>
       <c r="B161" t="s">
-        <v>158</v>
+        <v>315</v>
       </c>
       <c r="C161">
-        <v>7.992</v>
+        <v>48.996</v>
       </c>
       <c r="D161" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>159</v>
+        <v>316</v>
       </c>
       <c r="B162" t="s">
-        <v>160</v>
+        <v>317</v>
       </c>
       <c r="C162">
-        <v>8.064</v>
+        <v>48.996</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>161</v>
+        <v>318</v>
       </c>
       <c r="B163" t="s">
-        <v>162</v>
+        <v>319</v>
       </c>
       <c r="C163">
-        <v>8.352</v>
+        <v>48.996</v>
       </c>
       <c r="D163" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>163</v>
+        <v>320</v>
       </c>
       <c r="B164" t="s">
-        <v>164</v>
+        <v>321</v>
       </c>
       <c r="C164">
-        <v>8.4</v>
+        <v>49.8</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>165</v>
+        <v>322</v>
       </c>
       <c r="B165" t="s">
-        <v>166</v>
+        <v>323</v>
       </c>
       <c r="C165">
-        <v>8.484</v>
+        <v>50.616</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>167</v>
+        <v>324</v>
       </c>
       <c r="B166" t="s">
-        <v>168</v>
+        <v>325</v>
       </c>
       <c r="C166">
-        <v>8.772</v>
+        <v>53.484</v>
       </c>
       <c r="D166" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>169</v>
+        <v>326</v>
       </c>
       <c r="B167" t="s">
-        <v>170</v>
+        <v>327</v>
       </c>
       <c r="C167">
-        <v>8.796</v>
+        <v>54.996</v>
       </c>
       <c r="D167" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>171</v>
+        <v>328</v>
       </c>
       <c r="B168" t="s">
-        <v>172</v>
+        <v>329</v>
       </c>
       <c r="C168">
-        <v>8.796</v>
+        <v>54.996</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>173</v>
+        <v>330</v>
       </c>
       <c r="B169" t="s">
-        <v>174</v>
+        <v>331</v>
       </c>
       <c r="C169">
-        <v>8.796</v>
+        <v>54.996</v>
       </c>
       <c r="D169" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>175</v>
+        <v>332</v>
       </c>
       <c r="B170" t="s">
-        <v>176</v>
+        <v>333</v>
       </c>
       <c r="C170">
-        <v>8.916</v>
+        <v>54.996</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>177</v>
+        <v>334</v>
       </c>
       <c r="B171" t="s">
-        <v>178</v>
+        <v>335</v>
       </c>
       <c r="C171">
-        <v>8.94</v>
+        <v>57.6</v>
       </c>
       <c r="D171" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>181</v>
+        <v>336</v>
       </c>
       <c r="B172" t="s">
-        <v>182</v>
+        <v>337</v>
       </c>
       <c r="C172">
-        <v>9.0</v>
+        <v>58.884</v>
       </c>
       <c r="D172" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>183</v>
+        <v>338</v>
       </c>
       <c r="B173" t="s">
-        <v>184</v>
+        <v>339</v>
       </c>
       <c r="C173">
-        <v>9.204</v>
+        <v>58.992</v>
       </c>
       <c r="D173" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>185</v>
+        <v>340</v>
       </c>
       <c r="B174" t="s">
-        <v>186</v>
+        <v>341</v>
       </c>
       <c r="C174">
-        <v>9.204</v>
+        <v>58.992</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>187</v>
+        <v>342</v>
       </c>
       <c r="B175" t="s">
-        <v>188</v>
+        <v>343</v>
       </c>
       <c r="C175">
-        <v>9.204</v>
+        <v>58.992</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>189</v>
+        <v>344</v>
       </c>
       <c r="B176" t="s">
-        <v>190</v>
+        <v>345</v>
       </c>
       <c r="C176">
-        <v>9.204</v>
+        <v>59.34</v>
       </c>
       <c r="D176" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>191</v>
+        <v>346</v>
       </c>
       <c r="B177" t="s">
-        <v>192</v>
+        <v>347</v>
       </c>
       <c r="C177">
-        <v>9.204</v>
+        <v>59.532</v>
       </c>
       <c r="D177" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>195</v>
+        <v>348</v>
       </c>
       <c r="B178" t="s">
-        <v>196</v>
+        <v>349</v>
       </c>
       <c r="C178">
-        <v>9.552</v>
+        <v>60.84</v>
       </c>
       <c r="D178" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>199</v>
+        <v>350</v>
       </c>
       <c r="B179" t="s">
-        <v>200</v>
+        <v>351</v>
       </c>
       <c r="C179">
-        <v>9.648</v>
+        <v>61.212</v>
       </c>
       <c r="D179" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>201</v>
+        <v>352</v>
       </c>
       <c r="B180" t="s">
-        <v>202</v>
+        <v>353</v>
       </c>
       <c r="C180">
-        <v>9.708</v>
+        <v>61.464</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>203</v>
+        <v>354</v>
       </c>
       <c r="B181" t="s">
-        <v>204</v>
+        <v>355</v>
       </c>
       <c r="C181">
-        <v>9.708</v>
+        <v>62.4</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>207</v>
+        <v>356</v>
       </c>
       <c r="B182" t="s">
-        <v>208</v>
+        <v>357</v>
       </c>
       <c r="C182">
-        <v>9.9</v>
+        <v>63.0</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>209</v>
+        <v>358</v>
       </c>
       <c r="B183" t="s">
-        <v>210</v>
+        <v>359</v>
       </c>
       <c r="C183">
-        <v>9.9</v>
+        <v>63.252</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>211</v>
+        <v>360</v>
       </c>
       <c r="B184" t="s">
-        <v>212</v>
+        <v>361</v>
       </c>
       <c r="C184">
-        <v>9.984</v>
+        <v>65.568</v>
       </c>
       <c r="D184" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>213</v>
+        <v>362</v>
       </c>
       <c r="B185" t="s">
-        <v>214</v>
+        <v>363</v>
       </c>
       <c r="C185">
-        <v>10.128</v>
+        <v>67.2</v>
       </c>
       <c r="D185" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>215</v>
+        <v>364</v>
       </c>
       <c r="B186" t="s">
-        <v>216</v>
+        <v>365</v>
       </c>
       <c r="C186">
-        <v>10.128</v>
+        <v>69.0</v>
       </c>
       <c r="D186" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>217</v>
+        <v>366</v>
       </c>
       <c r="B187" t="s">
-        <v>218</v>
+        <v>367</v>
       </c>
       <c r="C187">
-        <v>10.128</v>
+        <v>69.0</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>219</v>
+        <v>368</v>
       </c>
       <c r="B188" t="s">
-        <v>220</v>
+        <v>369</v>
       </c>
       <c r="C188">
-        <v>10.128</v>
+        <v>69.0</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>221</v>
+        <v>370</v>
       </c>
       <c r="B189" t="s">
-        <v>222</v>
+        <v>371</v>
       </c>
       <c r="C189">
-        <v>10.2</v>
+        <v>69.0</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>223</v>
+        <v>372</v>
       </c>
       <c r="B190" t="s">
-        <v>224</v>
+        <v>373</v>
       </c>
       <c r="C190">
-        <v>10.2</v>
+        <v>69.0</v>
       </c>
       <c r="D190" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>225</v>
+        <v>374</v>
       </c>
       <c r="B191" t="s">
-        <v>226</v>
+        <v>375</v>
       </c>
       <c r="C191">
-        <v>10.956</v>
+        <v>69.0</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>227</v>
+        <v>376</v>
       </c>
       <c r="B192" t="s">
-        <v>228</v>
+        <v>377</v>
       </c>
       <c r="C192">
-        <v>11.1</v>
+        <v>71.064</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>229</v>
+        <v>378</v>
       </c>
       <c r="B193" t="s">
-        <v>230</v>
+        <v>379</v>
       </c>
       <c r="C193">
-        <v>11.28</v>
+        <v>73.536</v>
       </c>
       <c r="D193" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>231</v>
+        <v>380</v>
       </c>
       <c r="B194" t="s">
-        <v>232</v>
+        <v>381</v>
       </c>
       <c r="C194">
-        <v>11.46</v>
+        <v>75.0</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>233</v>
+        <v>382</v>
       </c>
       <c r="B195" t="s">
-        <v>234</v>
+        <v>383</v>
       </c>
       <c r="C195">
-        <v>11.604</v>
+        <v>75.0</v>
       </c>
       <c r="D195" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>235</v>
+        <v>384</v>
       </c>
       <c r="B196" t="s">
-        <v>236</v>
+        <v>385</v>
       </c>
       <c r="C196">
-        <v>11.928</v>
+        <v>75.0</v>
       </c>
       <c r="D196" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>237</v>
+        <v>386</v>
       </c>
       <c r="B197" t="s">
-        <v>238</v>
+        <v>387</v>
       </c>
       <c r="C197">
-        <v>11.928</v>
+        <v>76.176</v>
       </c>
       <c r="D197" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>239</v>
+        <v>388</v>
       </c>
       <c r="B198" t="s">
-        <v>240</v>
+        <v>389</v>
       </c>
       <c r="C198">
-        <v>11.94</v>
+        <v>76.176</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>241</v>
+        <v>390</v>
       </c>
       <c r="B199" t="s">
-        <v>242</v>
+        <v>391</v>
       </c>
       <c r="C199">
-        <v>12.0</v>
+        <v>76.8</v>
       </c>
       <c r="D199" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>243</v>
+        <v>392</v>
       </c>
       <c r="B200" t="s">
-        <v>244</v>
+        <v>393</v>
       </c>
       <c r="C200">
-        <v>12.0</v>
+        <v>78.996</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>245</v>
+        <v>394</v>
       </c>
       <c r="B201" t="s">
-        <v>246</v>
+        <v>395</v>
       </c>
       <c r="C201">
-        <v>12.0</v>
+        <v>78.996</v>
       </c>
       <c r="D201" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="B202" t="s">
-        <v>32</v>
+        <v>107</v>
       </c>
       <c r="C202">
-        <v>4.5</v>
+        <v>6.6</v>
       </c>
       <c r="D202" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="B203" t="s">
-        <v>46</v>
+        <v>121</v>
       </c>
       <c r="C203">
-        <v>4.8</v>
+        <v>7.284</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>94</v>
+        <v>144</v>
       </c>
       <c r="B204" t="s">
-        <v>95</v>
+        <v>145</v>
       </c>
       <c r="C204">
-        <v>6.0</v>
+        <v>7.668</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>103</v>
+        <v>178</v>
       </c>
       <c r="B205" t="s">
-        <v>104</v>
+        <v>179</v>
       </c>
       <c r="C205">
-        <v>6.6</v>
+        <v>8.94</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>115</v>
+        <v>194</v>
       </c>
       <c r="B206" t="s">
-        <v>116</v>
+        <v>195</v>
       </c>
       <c r="C206">
-        <v>7.08</v>
+        <v>9.204</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>117</v>
+        <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>118</v>
+        <v>207</v>
       </c>
       <c r="C207">
-        <v>7.284</v>
+        <v>10.128</v>
       </c>
       <c r="D207" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>121</v>
+        <v>214</v>
       </c>
       <c r="B208" t="s">
-        <v>122</v>
+        <v>215</v>
       </c>
       <c r="C208">
-        <v>7.5</v>
+        <v>13.944</v>
       </c>
       <c r="D208" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>137</v>
+        <v>216</v>
       </c>
       <c r="B209" t="s">
-        <v>138</v>
+        <v>217</v>
       </c>
       <c r="C209">
-        <v>7.668</v>
+        <v>15.0</v>
       </c>
       <c r="D209" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>139</v>
+        <v>218</v>
       </c>
       <c r="B210" t="s">
-        <v>140</v>
+        <v>219</v>
       </c>
       <c r="C210">
-        <v>7.668</v>
+        <v>15.18</v>
       </c>
       <c r="D210" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>141</v>
+        <v>220</v>
       </c>
       <c r="B211" t="s">
-        <v>142</v>
+        <v>221</v>
       </c>
       <c r="C211">
-        <v>7.668</v>
+        <v>16.14</v>
       </c>
       <c r="D211" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>143</v>
+        <v>222</v>
       </c>
       <c r="B212" t="s">
-        <v>144</v>
+        <v>223</v>
       </c>
       <c r="C212">
-        <v>7.668</v>
+        <v>16.224</v>
       </c>
       <c r="D212" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>159</v>
+        <v>224</v>
       </c>
       <c r="B213" t="s">
-        <v>160</v>
+        <v>225</v>
       </c>
       <c r="C213">
-        <v>8.064</v>
+        <v>16.8</v>
       </c>
       <c r="D213" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>165</v>
+        <v>226</v>
       </c>
       <c r="B214" t="s">
-        <v>166</v>
+        <v>227</v>
       </c>
       <c r="C214">
-        <v>8.484</v>
+        <v>16.8</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>175</v>
+        <v>228</v>
       </c>
       <c r="B215" t="s">
-        <v>176</v>
+        <v>229</v>
       </c>
       <c r="C215">
-        <v>8.916</v>
+        <v>16.8</v>
       </c>
       <c r="D215" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>177</v>
+        <v>230</v>
       </c>
       <c r="B216" t="s">
-        <v>178</v>
+        <v>231</v>
       </c>
       <c r="C216">
-        <v>8.94</v>
+        <v>16.8</v>
       </c>
       <c r="D216" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>191</v>
+        <v>232</v>
       </c>
       <c r="B217" t="s">
-        <v>192</v>
+        <v>233</v>
       </c>
       <c r="C217">
-        <v>9.204</v>
+        <v>16.8</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>201</v>
+        <v>234</v>
       </c>
       <c r="B218" t="s">
-        <v>202</v>
+        <v>235</v>
       </c>
       <c r="C218">
-        <v>9.708</v>
+        <v>18.0</v>
       </c>
       <c r="D218" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>203</v>
+        <v>236</v>
       </c>
       <c r="B219" t="s">
-        <v>204</v>
+        <v>237</v>
       </c>
       <c r="C219">
-        <v>9.708</v>
+        <v>19.8</v>
       </c>
       <c r="D219" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>209</v>
+        <v>238</v>
       </c>
       <c r="B220" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="C220">
-        <v>9.9</v>
+        <v>19.8</v>
       </c>
       <c r="D220" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>211</v>
+        <v>240</v>
       </c>
       <c r="B221" t="s">
-        <v>212</v>
+        <v>241</v>
       </c>
       <c r="C221">
-        <v>9.984</v>
+        <v>19.908</v>
       </c>
       <c r="D221" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>219</v>
+        <v>242</v>
       </c>
       <c r="B222" t="s">
-        <v>220</v>
+        <v>243</v>
       </c>
       <c r="C222">
-        <v>10.128</v>
+        <v>21.528</v>
       </c>
       <c r="D222" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>221</v>
+        <v>244</v>
       </c>
       <c r="B223" t="s">
-        <v>222</v>
+        <v>245</v>
       </c>
       <c r="C223">
-        <v>10.2</v>
+        <v>21.9</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>223</v>
+        <v>246</v>
       </c>
       <c r="B224" t="s">
-        <v>224</v>
+        <v>247</v>
       </c>
       <c r="C224">
-        <v>10.2</v>
+        <v>24.228</v>
       </c>
       <c r="D224" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="B225" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="C225">
-        <v>11.1</v>
+        <v>24.816</v>
       </c>
       <c r="D225" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>231</v>
+        <v>252</v>
       </c>
       <c r="B226" t="s">
-        <v>232</v>
+        <v>253</v>
       </c>
       <c r="C226">
-        <v>11.46</v>
+        <v>25.584</v>
       </c>
       <c r="D226" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="B227" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="C227">
-        <v>12.096</v>
+        <v>25.908</v>
       </c>
       <c r="D227" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="B228" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="C228">
-        <v>12.96</v>
+        <v>30.0</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="B229" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="C229">
-        <v>13.164</v>
+        <v>30.0</v>
       </c>
       <c r="D229" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="B230" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="C230">
-        <v>13.944</v>
+        <v>33.0</v>
       </c>
       <c r="D230" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="B231" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="C231">
-        <v>14.004</v>
+        <v>33.0</v>
       </c>
       <c r="D231" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="B232" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="C232">
-        <v>14.148</v>
+        <v>33.0</v>
       </c>
       <c r="D232" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="B233" t="s">
-        <v>260</v>
+        <v>271</v>
       </c>
       <c r="C233">
-        <v>15.0</v>
+        <v>33.0</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="B234" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="C234">
-        <v>15.0</v>
+        <v>34.968</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="B235" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="C235">
-        <v>15.18</v>
+        <v>34.992</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>265</v>
+        <v>278</v>
       </c>
       <c r="B236" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="C236">
-        <v>15.396</v>
+        <v>35.28</v>
       </c>
       <c r="D236" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>267</v>
+        <v>280</v>
       </c>
       <c r="B237" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="C237">
-        <v>16.224</v>
+        <v>37.632</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="B238" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="C238">
-        <v>16.344</v>
+        <v>37.632</v>
       </c>
       <c r="D238" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
       <c r="B239" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
       <c r="C239">
-        <v>16.8</v>
+        <v>37.644</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>273</v>
+        <v>290</v>
       </c>
       <c r="B240" t="s">
-        <v>274</v>
+        <v>291</v>
       </c>
       <c r="C240">
-        <v>16.8</v>
+        <v>38.4</v>
       </c>
       <c r="D240" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>275</v>
+        <v>292</v>
       </c>
       <c r="B241" t="s">
-        <v>276</v>
+        <v>293</v>
       </c>
       <c r="C241">
-        <v>16.8</v>
+        <v>38.916</v>
       </c>
       <c r="D241" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>277</v>
+        <v>294</v>
       </c>
       <c r="B242" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="C242">
-        <v>16.8</v>
+        <v>38.988</v>
       </c>
       <c r="D242" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="B243" t="s">
-        <v>280</v>
+        <v>297</v>
       </c>
       <c r="C243">
-        <v>17.484</v>
+        <v>38.988</v>
       </c>
       <c r="D243" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>281</v>
+        <v>302</v>
       </c>
       <c r="B244" t="s">
-        <v>282</v>
+        <v>303</v>
       </c>
       <c r="C244">
-        <v>17.892</v>
+        <v>40.8</v>
       </c>
       <c r="D244" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>283</v>
+        <v>304</v>
       </c>
       <c r="B245" t="s">
-        <v>284</v>
+        <v>305</v>
       </c>
       <c r="C245">
-        <v>17.892</v>
+        <v>42.024</v>
       </c>
       <c r="D245" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>285</v>
+        <v>306</v>
       </c>
       <c r="B246" t="s">
-        <v>286</v>
+        <v>307</v>
       </c>
       <c r="C246">
-        <v>17.892</v>
+        <v>43.056</v>
       </c>
       <c r="D246" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>287</v>
+        <v>310</v>
       </c>
       <c r="B247" t="s">
-        <v>288</v>
+        <v>311</v>
       </c>
       <c r="C247">
-        <v>17.892</v>
+        <v>43.512</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="B248" t="s">
-        <v>290</v>
+        <v>313</v>
       </c>
       <c r="C248">
-        <v>17.892</v>
+        <v>48.996</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>291</v>
+        <v>314</v>
       </c>
       <c r="B249" t="s">
-        <v>292</v>
+        <v>315</v>
       </c>
       <c r="C249">
-        <v>18.0</v>
+        <v>48.996</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>293</v>
+        <v>316</v>
       </c>
       <c r="B250" t="s">
-        <v>294</v>
+        <v>317</v>
       </c>
       <c r="C250">
-        <v>18.0</v>
+        <v>48.996</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>295</v>
+        <v>318</v>
       </c>
       <c r="B251" t="s">
-        <v>296</v>
+        <v>319</v>
       </c>
       <c r="C251">
-        <v>19.656</v>
+        <v>48.996</v>
       </c>
       <c r="D251" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>297</v>
+        <v>324</v>
       </c>
       <c r="B252" t="s">
-        <v>298</v>
+        <v>325</v>
       </c>
       <c r="C252">
-        <v>19.8</v>
+        <v>53.484</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>299</v>
+        <v>326</v>
       </c>
       <c r="B253" t="s">
-        <v>300</v>
+        <v>327</v>
       </c>
       <c r="C253">
-        <v>19.8</v>
+        <v>54.996</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>301</v>
+        <v>328</v>
       </c>
       <c r="B254" t="s">
-        <v>302</v>
+        <v>329</v>
       </c>
       <c r="C254">
-        <v>19.8</v>
+        <v>54.996</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>303</v>
+        <v>330</v>
       </c>
       <c r="B255" t="s">
-        <v>304</v>
+        <v>331</v>
       </c>
       <c r="C255">
-        <v>19.8</v>
+        <v>54.996</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>305</v>
+        <v>332</v>
       </c>
       <c r="B256" t="s">
-        <v>306</v>
+        <v>333</v>
       </c>
       <c r="C256">
-        <v>19.908</v>
+        <v>54.996</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>307</v>
+        <v>334</v>
       </c>
       <c r="B257" t="s">
-        <v>308</v>
+        <v>335</v>
       </c>
       <c r="C257">
-        <v>19.944</v>
+        <v>57.6</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>309</v>
+        <v>336</v>
       </c>
       <c r="B258" t="s">
-        <v>310</v>
+        <v>337</v>
       </c>
       <c r="C258">
-        <v>19.944</v>
+        <v>58.884</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>311</v>
+        <v>338</v>
       </c>
       <c r="B259" t="s">
-        <v>312</v>
+        <v>339</v>
       </c>
       <c r="C259">
-        <v>19.944</v>
+        <v>58.992</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>313</v>
+        <v>340</v>
       </c>
       <c r="B260" t="s">
-        <v>314</v>
+        <v>341</v>
       </c>
       <c r="C260">
-        <v>19.944</v>
+        <v>58.992</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>315</v>
+        <v>342</v>
       </c>
       <c r="B261" t="s">
-        <v>316</v>
+        <v>343</v>
       </c>
       <c r="C261">
-        <v>20.604</v>
+        <v>58.992</v>
       </c>
       <c r="D261" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>317</v>
+        <v>348</v>
       </c>
       <c r="B262" t="s">
-        <v>318</v>
+        <v>349</v>
       </c>
       <c r="C262">
-        <v>21.288</v>
+        <v>60.84</v>
       </c>
       <c r="D262" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>319</v>
+        <v>350</v>
       </c>
       <c r="B263" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
       <c r="C263">
-        <v>21.9</v>
+        <v>61.212</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>321</v>
+        <v>352</v>
       </c>
       <c r="B264" t="s">
-        <v>322</v>
+        <v>353</v>
       </c>
       <c r="C264">
-        <v>21.9</v>
+        <v>61.464</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>323</v>
+        <v>356</v>
       </c>
       <c r="B265" t="s">
-        <v>324</v>
+        <v>357</v>
       </c>
       <c r="C265">
-        <v>21.9</v>
+        <v>63.0</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>325</v>
+        <v>358</v>
       </c>
       <c r="B266" t="s">
-        <v>326</v>
+        <v>359</v>
       </c>
       <c r="C266">
-        <v>21.9</v>
+        <v>63.252</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>327</v>
+        <v>360</v>
       </c>
       <c r="B267" t="s">
-        <v>328</v>
+        <v>361</v>
       </c>
       <c r="C267">
-        <v>22.2</v>
+        <v>65.568</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>329</v>
+        <v>370</v>
       </c>
       <c r="B268" t="s">
-        <v>330</v>
+        <v>371</v>
       </c>
       <c r="C268">
-        <v>24.816</v>
+        <v>69.0</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>331</v>
+        <v>372</v>
       </c>
       <c r="B269" t="s">
-        <v>332</v>
+        <v>373</v>
       </c>
       <c r="C269">
-        <v>24.996</v>
+        <v>69.0</v>
       </c>
       <c r="D269" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>333</v>
+        <v>374</v>
       </c>
       <c r="B270" t="s">
-        <v>334</v>
+        <v>375</v>
       </c>
       <c r="C270">
-        <v>24.996</v>
+        <v>69.0</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>335</v>
+        <v>376</v>
       </c>
       <c r="B271" t="s">
-        <v>336</v>
+        <v>377</v>
       </c>
       <c r="C271">
-        <v>25.056</v>
+        <v>71.064</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>337</v>
+        <v>378</v>
       </c>
       <c r="B272" t="s">
-        <v>338</v>
+        <v>379</v>
       </c>
       <c r="C272">
-        <v>25.584</v>
+        <v>73.536</v>
       </c>
       <c r="D272" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>339</v>
+        <v>382</v>
       </c>
       <c r="B273" t="s">
-        <v>340</v>
+        <v>383</v>
       </c>
       <c r="C273">
-        <v>25.908</v>
+        <v>75.0</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>341</v>
+        <v>384</v>
       </c>
       <c r="B274" t="s">
-        <v>342</v>
+        <v>385</v>
       </c>
       <c r="C274">
-        <v>27.0</v>
+        <v>75.0</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>343</v>
+        <v>388</v>
       </c>
       <c r="B275" t="s">
-        <v>344</v>
+        <v>389</v>
       </c>
       <c r="C275">
-        <v>27.0</v>
+        <v>76.176</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>345</v>
+        <v>390</v>
       </c>
       <c r="B276" t="s">
-        <v>346</v>
+        <v>391</v>
       </c>
       <c r="C276">
-        <v>27.3</v>
+        <v>76.8</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>347</v>
+        <v>396</v>
       </c>
       <c r="B277" t="s">
-        <v>348</v>
+        <v>397</v>
       </c>
       <c r="C277">
-        <v>29.412</v>
+        <v>78.996</v>
       </c>
       <c r="D277" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>349</v>
+        <v>398</v>
       </c>
       <c r="B278" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="C278">
-        <v>30.0</v>
+        <v>84.492</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>351</v>
+        <v>400</v>
       </c>
       <c r="B279" t="s">
-        <v>352</v>
+        <v>401</v>
       </c>
       <c r="C279">
-        <v>30.0</v>
+        <v>84.96</v>
       </c>
       <c r="D279" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>353</v>
+        <v>402</v>
       </c>
       <c r="B280" t="s">
-        <v>354</v>
+        <v>403</v>
       </c>
       <c r="C280">
-        <v>30.0</v>
+        <v>84.996</v>
       </c>
       <c r="D280" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>355</v>
+        <v>404</v>
       </c>
       <c r="B281" t="s">
-        <v>356</v>
+        <v>405</v>
       </c>
       <c r="C281">
-        <v>30.0</v>
+        <v>84.996</v>
       </c>
       <c r="D281" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>357</v>
+        <v>406</v>
       </c>
       <c r="B282" t="s">
-        <v>358</v>
+        <v>407</v>
       </c>
       <c r="C282">
-        <v>30.0</v>
+        <v>84.996</v>
       </c>
       <c r="D282" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>359</v>
+        <v>408</v>
       </c>
       <c r="B283" t="s">
-        <v>360</v>
+        <v>409</v>
       </c>
       <c r="C283">
-        <v>30.0</v>
+        <v>85.584</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>361</v>
+        <v>410</v>
       </c>
       <c r="B284" t="s">
-        <v>362</v>
+        <v>411</v>
       </c>
       <c r="C284">
-        <v>31.2</v>
+        <v>86.256</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>363</v>
+        <v>412</v>
       </c>
       <c r="B285" t="s">
-        <v>364</v>
+        <v>413</v>
       </c>
       <c r="C285">
-        <v>31.392</v>
+        <v>86.256</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>365</v>
+        <v>414</v>
       </c>
       <c r="B286" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="C286">
-        <v>33.0</v>
+        <v>88.992</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>367</v>
+        <v>416</v>
       </c>
       <c r="B287" t="s">
-        <v>368</v>
+        <v>417</v>
       </c>
       <c r="C287">
-        <v>33.0</v>
+        <v>88.992</v>
       </c>
       <c r="D287" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>369</v>
+        <v>418</v>
       </c>
       <c r="B288" t="s">
-        <v>370</v>
+        <v>419</v>
       </c>
       <c r="C288">
-        <v>33.0</v>
+        <v>88.992</v>
       </c>
       <c r="D288" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>371</v>
+        <v>420</v>
       </c>
       <c r="B289" t="s">
-        <v>372</v>
+        <v>421</v>
       </c>
       <c r="C289">
-        <v>33.0</v>
+        <v>89.64</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>373</v>
+        <v>422</v>
       </c>
       <c r="B290" t="s">
-        <v>374</v>
+        <v>423</v>
       </c>
       <c r="C290">
-        <v>33.0</v>
+        <v>90.672</v>
       </c>
       <c r="D290" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>375</v>
+        <v>424</v>
       </c>
       <c r="B291" t="s">
-        <v>376</v>
+        <v>425</v>
       </c>
       <c r="C291">
-        <v>34.968</v>
+        <v>90.672</v>
       </c>
       <c r="D291" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>377</v>
+        <v>426</v>
       </c>
       <c r="B292" t="s">
-        <v>378</v>
+        <v>427</v>
       </c>
       <c r="C292">
-        <v>34.992</v>
+        <v>92.184</v>
       </c>
       <c r="D292" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>379</v>
+        <v>428</v>
       </c>
       <c r="B293" t="s">
-        <v>380</v>
+        <v>429</v>
       </c>
       <c r="C293">
-        <v>34.992</v>
+        <v>92.952</v>
       </c>
       <c r="D293" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>381</v>
+        <v>430</v>
       </c>
       <c r="B294" t="s">
-        <v>382</v>
+        <v>431</v>
       </c>
       <c r="C294">
-        <v>35.28</v>
+        <v>93.48</v>
       </c>
       <c r="D294" t="s">
-        <v>63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>383</v>
+        <v>432</v>
       </c>
       <c r="B295" t="s">
-        <v>384</v>
+        <v>433</v>
       </c>
       <c r="C295">
-        <v>35.28</v>
+        <v>96.816</v>
       </c>
       <c r="D295" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>385</v>
+        <v>434</v>
       </c>
       <c r="B296" t="s">
-        <v>386</v>
+        <v>435</v>
       </c>
       <c r="C296">
-        <v>36.276</v>
+        <v>97.716</v>
       </c>
       <c r="D296" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>387</v>
+        <v>436</v>
       </c>
       <c r="B297" t="s">
-        <v>388</v>
+        <v>437</v>
       </c>
       <c r="C297">
-        <v>36.924</v>
+        <v>98.328</v>
       </c>
       <c r="D297" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>389</v>
+        <v>438</v>
       </c>
       <c r="B298" t="s">
-        <v>390</v>
+        <v>439</v>
       </c>
       <c r="C298">
-        <v>37.404</v>
+        <v>98.58</v>
       </c>
       <c r="D298" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>391</v>
+        <v>440</v>
       </c>
       <c r="B299" t="s">
-        <v>392</v>
+        <v>441</v>
       </c>
       <c r="C299">
-        <v>37.404</v>
+        <v>99.0</v>
       </c>
       <c r="D299" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>393</v>
+        <v>442</v>
       </c>
       <c r="B300" t="s">
-        <v>394</v>
+        <v>443</v>
       </c>
       <c r="C300">
-        <v>37.644</v>
+        <v>99.0</v>
       </c>
       <c r="D300" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>395</v>
+        <v>444</v>
       </c>
       <c r="B301" t="s">
-        <v>396</v>
+        <v>445</v>
       </c>
       <c r="C301">
-        <v>37.848</v>
+        <v>99.0</v>
       </c>
       <c r="D301" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>103</v>
+        <v>216</v>
       </c>
       <c r="B302" t="s">
-        <v>104</v>
+        <v>217</v>
       </c>
       <c r="C302">
-        <v>6.6</v>
+        <v>15.0</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>115</v>
+        <v>220</v>
       </c>
       <c r="B303" t="s">
-        <v>116</v>
+        <v>221</v>
       </c>
       <c r="C303">
-        <v>7.08</v>
+        <v>16.14</v>
       </c>
       <c r="D303" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>117</v>
+        <v>232</v>
       </c>
       <c r="B304" t="s">
-        <v>118</v>
+        <v>233</v>
       </c>
       <c r="C304">
-        <v>7.284</v>
+        <v>16.8</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>137</v>
+        <v>234</v>
       </c>
       <c r="B305" t="s">
-        <v>138</v>
+        <v>235</v>
       </c>
       <c r="C305">
-        <v>7.668</v>
+        <v>18.0</v>
       </c>
       <c r="D305" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>139</v>
+        <v>236</v>
       </c>
       <c r="B306" t="s">
-        <v>140</v>
+        <v>237</v>
       </c>
       <c r="C306">
-        <v>7.668</v>
+        <v>19.8</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>141</v>
+        <v>238</v>
       </c>
       <c r="B307" t="s">
-        <v>142</v>
+        <v>239</v>
       </c>
       <c r="C307">
-        <v>7.668</v>
+        <v>19.8</v>
       </c>
       <c r="D307" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>143</v>
+        <v>240</v>
       </c>
       <c r="B308" t="s">
-        <v>144</v>
+        <v>241</v>
       </c>
       <c r="C308">
-        <v>7.668</v>
+        <v>19.908</v>
       </c>
       <c r="D308" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>159</v>
+        <v>244</v>
       </c>
       <c r="B309" t="s">
-        <v>160</v>
+        <v>245</v>
       </c>
       <c r="C309">
-        <v>8.064</v>
+        <v>21.9</v>
       </c>
       <c r="D309" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>165</v>
+        <v>254</v>
       </c>
       <c r="B310" t="s">
-        <v>166</v>
+        <v>255</v>
       </c>
       <c r="C310">
-        <v>8.484</v>
+        <v>25.908</v>
       </c>
       <c r="D310" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>175</v>
+        <v>258</v>
       </c>
       <c r="B311" t="s">
-        <v>176</v>
+        <v>259</v>
       </c>
       <c r="C311">
-        <v>8.916</v>
+        <v>30.0</v>
       </c>
       <c r="D311" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>177</v>
+        <v>260</v>
       </c>
       <c r="B312" t="s">
-        <v>178</v>
+        <v>261</v>
       </c>
       <c r="C312">
-        <v>8.94</v>
+        <v>30.0</v>
       </c>
       <c r="D312" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>191</v>
+        <v>264</v>
       </c>
       <c r="B313" t="s">
-        <v>192</v>
+        <v>265</v>
       </c>
       <c r="C313">
-        <v>9.204</v>
+        <v>33.0</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>201</v>
+        <v>266</v>
       </c>
       <c r="B314" t="s">
-        <v>202</v>
+        <v>267</v>
       </c>
       <c r="C314">
-        <v>9.708</v>
+        <v>33.0</v>
       </c>
       <c r="D314" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>203</v>
+        <v>268</v>
       </c>
       <c r="B315" t="s">
-        <v>204</v>
+        <v>269</v>
       </c>
       <c r="C315">
-        <v>9.708</v>
+        <v>33.0</v>
       </c>
       <c r="D315" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="B316" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="C316">
-        <v>9.984</v>
+        <v>33.0</v>
       </c>
       <c r="D316" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>219</v>
+        <v>334</v>
       </c>
       <c r="B317" t="s">
-        <v>220</v>
+        <v>335</v>
       </c>
       <c r="C317">
-        <v>10.128</v>
+        <v>57.6</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>223</v>
+        <v>336</v>
       </c>
       <c r="B318" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
       <c r="C318">
-        <v>10.2</v>
+        <v>58.884</v>
       </c>
       <c r="D318" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>227</v>
+        <v>342</v>
       </c>
       <c r="B319" t="s">
-        <v>228</v>
+        <v>343</v>
       </c>
       <c r="C319">
-        <v>11.1</v>
+        <v>58.992</v>
       </c>
       <c r="D319" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>231</v>
+        <v>352</v>
       </c>
       <c r="B320" t="s">
-        <v>232</v>
+        <v>353</v>
       </c>
       <c r="C320">
-        <v>11.46</v>
+        <v>61.464</v>
       </c>
       <c r="D320" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>247</v>
+        <v>356</v>
       </c>
       <c r="B321" t="s">
-        <v>248</v>
+        <v>357</v>
       </c>
       <c r="C321">
-        <v>12.096</v>
+        <v>63.0</v>
       </c>
       <c r="D321" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>249</v>
+        <v>370</v>
       </c>
       <c r="B322" t="s">
-        <v>250</v>
+        <v>371</v>
       </c>
       <c r="C322">
-        <v>12.96</v>
+        <v>69.0</v>
       </c>
       <c r="D322" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>251</v>
+        <v>372</v>
       </c>
       <c r="B323" t="s">
-        <v>252</v>
+        <v>373</v>
       </c>
       <c r="C323">
-        <v>13.164</v>
+        <v>69.0</v>
       </c>
       <c r="D323" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>253</v>
+        <v>374</v>
       </c>
       <c r="B324" t="s">
-        <v>254</v>
+        <v>375</v>
       </c>
       <c r="C324">
-        <v>13.944</v>
+        <v>69.0</v>
       </c>
       <c r="D324" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>255</v>
+        <v>378</v>
       </c>
       <c r="B325" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="C325">
-        <v>14.004</v>
+        <v>73.536</v>
       </c>
       <c r="D325" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>257</v>
+        <v>382</v>
       </c>
       <c r="B326" t="s">
-        <v>258</v>
+        <v>383</v>
       </c>
       <c r="C326">
-        <v>14.148</v>
+        <v>75.0</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>263</v>
+        <v>384</v>
       </c>
       <c r="B327" t="s">
-        <v>264</v>
+        <v>385</v>
       </c>
       <c r="C327">
-        <v>15.18</v>
+        <v>75.0</v>
       </c>
       <c r="D327" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>265</v>
+        <v>390</v>
       </c>
       <c r="B328" t="s">
-        <v>266</v>
+        <v>391</v>
       </c>
       <c r="C328">
-        <v>15.396</v>
+        <v>76.8</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>267</v>
+        <v>396</v>
       </c>
       <c r="B329" t="s">
-        <v>268</v>
+        <v>397</v>
       </c>
       <c r="C329">
-        <v>16.224</v>
+        <v>78.996</v>
       </c>
       <c r="D329" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>269</v>
+        <v>408</v>
       </c>
       <c r="B330" t="s">
-        <v>270</v>
+        <v>409</v>
       </c>
       <c r="C330">
-        <v>16.344</v>
+        <v>85.584</v>
       </c>
       <c r="D330" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>271</v>
+        <v>418</v>
       </c>
       <c r="B331" t="s">
-        <v>272</v>
+        <v>419</v>
       </c>
       <c r="C331">
-        <v>16.8</v>
+        <v>88.992</v>
       </c>
       <c r="D331" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>273</v>
+        <v>420</v>
       </c>
       <c r="B332" t="s">
-        <v>274</v>
+        <v>421</v>
       </c>
       <c r="C332">
-        <v>16.8</v>
+        <v>89.64</v>
       </c>
       <c r="D332" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>275</v>
+        <v>426</v>
       </c>
       <c r="B333" t="s">
-        <v>276</v>
+        <v>427</v>
       </c>
       <c r="C333">
-        <v>16.8</v>
+        <v>92.184</v>
       </c>
       <c r="D333" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>277</v>
+        <v>430</v>
       </c>
       <c r="B334" t="s">
-        <v>278</v>
+        <v>431</v>
       </c>
       <c r="C334">
-        <v>16.8</v>
+        <v>93.48</v>
       </c>
       <c r="D334" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>293</v>
+        <v>446</v>
       </c>
       <c r="B335" t="s">
-        <v>294</v>
+        <v>447</v>
       </c>
       <c r="C335">
-        <v>18.0</v>
+        <v>99.0</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>301</v>
+        <v>448</v>
       </c>
       <c r="B336" t="s">
-        <v>302</v>
+        <v>449</v>
       </c>
       <c r="C336">
-        <v>19.8</v>
+        <v>99.0</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>303</v>
+        <v>450</v>
       </c>
       <c r="B337" t="s">
-        <v>304</v>
+        <v>451</v>
       </c>
       <c r="C337">
-        <v>19.8</v>
+        <v>99.0</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>305</v>
+        <v>452</v>
       </c>
       <c r="B338" t="s">
-        <v>306</v>
+        <v>453</v>
       </c>
       <c r="C338">
-        <v>19.908</v>
+        <v>99.0</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>309</v>
+        <v>454</v>
       </c>
       <c r="B339" t="s">
-        <v>310</v>
+        <v>455</v>
       </c>
       <c r="C339">
-        <v>19.944</v>
+        <v>104.736</v>
       </c>
       <c r="D339" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>311</v>
+        <v>456</v>
       </c>
       <c r="B340" t="s">
-        <v>312</v>
+        <v>457</v>
       </c>
       <c r="C340">
-        <v>19.944</v>
+        <v>118.992</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>313</v>
+        <v>458</v>
       </c>
       <c r="B341" t="s">
-        <v>314</v>
+        <v>459</v>
       </c>
       <c r="C341">
-        <v>19.944</v>
+        <v>121.644</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>315</v>
+        <v>460</v>
       </c>
       <c r="B342" t="s">
-        <v>316</v>
+        <v>461</v>
       </c>
       <c r="C342">
-        <v>20.604</v>
+        <v>124.992</v>
       </c>
       <c r="D342" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>317</v>
+        <v>462</v>
       </c>
       <c r="B343" t="s">
-        <v>318</v>
+        <v>463</v>
       </c>
       <c r="C343">
-        <v>21.288</v>
+        <v>129.0</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>325</v>
+        <v>464</v>
       </c>
       <c r="B344" t="s">
-        <v>326</v>
+        <v>465</v>
       </c>
       <c r="C344">
-        <v>21.9</v>
+        <v>129.0</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>329</v>
+        <v>466</v>
       </c>
       <c r="B345" t="s">
-        <v>330</v>
+        <v>467</v>
       </c>
       <c r="C345">
-        <v>24.816</v>
+        <v>129.0</v>
       </c>
       <c r="D345" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
-        <v>333</v>
+        <v>468</v>
       </c>
       <c r="B346" t="s">
-        <v>334</v>
+        <v>469</v>
       </c>
       <c r="C346">
-        <v>24.996</v>
+        <v>129.0</v>
       </c>
       <c r="D346" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
-        <v>337</v>
+        <v>470</v>
       </c>
       <c r="B347" t="s">
-        <v>338</v>
+        <v>471</v>
       </c>
       <c r="C347">
-        <v>25.584</v>
+        <v>129.0</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
-        <v>339</v>
+        <v>472</v>
       </c>
       <c r="B348" t="s">
-        <v>340</v>
+        <v>473</v>
       </c>
       <c r="C348">
-        <v>25.908</v>
+        <v>133.44</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
-        <v>343</v>
+        <v>474</v>
       </c>
       <c r="B349" t="s">
-        <v>344</v>
+        <v>475</v>
       </c>
       <c r="C349">
-        <v>27.0</v>
+        <v>135.336</v>
       </c>
       <c r="D349" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
-        <v>345</v>
+        <v>476</v>
       </c>
       <c r="B350" t="s">
-        <v>346</v>
+        <v>477</v>
       </c>
       <c r="C350">
-        <v>27.3</v>
+        <v>138.996</v>
       </c>
       <c r="D350" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
-        <v>347</v>
+        <v>478</v>
       </c>
       <c r="B351" t="s">
-        <v>348</v>
+        <v>479</v>
       </c>
       <c r="C351">
-        <v>29.412</v>
+        <v>138.996</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
-        <v>357</v>
+        <v>480</v>
       </c>
       <c r="B352" t="s">
-        <v>358</v>
+        <v>481</v>
       </c>
       <c r="C352">
-        <v>30.0</v>
+        <v>138.996</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
-        <v>359</v>
+        <v>482</v>
       </c>
       <c r="B353" t="s">
-        <v>360</v>
+        <v>483</v>
       </c>
       <c r="C353">
-        <v>30.0</v>
+        <v>146.232</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
-        <v>361</v>
+        <v>484</v>
       </c>
       <c r="B354" t="s">
-        <v>362</v>
+        <v>485</v>
       </c>
       <c r="C354">
-        <v>31.2</v>
+        <v>148.992</v>
       </c>
       <c r="D354" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
-        <v>363</v>
+        <v>486</v>
       </c>
       <c r="B355" t="s">
-        <v>364</v>
+        <v>487</v>
       </c>
       <c r="C355">
-        <v>31.392</v>
+        <v>148.992</v>
       </c>
       <c r="D355" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
-        <v>367</v>
+        <v>488</v>
       </c>
       <c r="B356" t="s">
-        <v>368</v>
+        <v>489</v>
       </c>
       <c r="C356">
-        <v>33.0</v>
+        <v>148.992</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
-        <v>369</v>
+        <v>490</v>
       </c>
       <c r="B357" t="s">
-        <v>370</v>
+        <v>491</v>
       </c>
       <c r="C357">
-        <v>33.0</v>
+        <v>148.992</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
-        <v>371</v>
+        <v>492</v>
       </c>
       <c r="B358" t="s">
-        <v>372</v>
+        <v>493</v>
       </c>
       <c r="C358">
-        <v>33.0</v>
+        <v>148.992</v>
       </c>
       <c r="D358" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
-        <v>373</v>
+        <v>494</v>
       </c>
       <c r="B359" t="s">
-        <v>374</v>
+        <v>495</v>
       </c>
       <c r="C359">
-        <v>33.0</v>
+        <v>148.992</v>
       </c>
       <c r="D359" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>375</v>
+        <v>496</v>
       </c>
       <c r="B360" t="s">
-        <v>376</v>
+        <v>497</v>
       </c>
       <c r="C360">
-        <v>34.968</v>
+        <v>148.992</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
-        <v>377</v>
+        <v>498</v>
       </c>
       <c r="B361" t="s">
-        <v>378</v>
+        <v>499</v>
       </c>
       <c r="C361">
-        <v>34.992</v>
+        <v>149.004</v>
       </c>
       <c r="D361" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
-        <v>379</v>
+        <v>500</v>
       </c>
       <c r="B362" t="s">
-        <v>380</v>
+        <v>501</v>
       </c>
       <c r="C362">
-        <v>34.992</v>
+        <v>154.476</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
-        <v>381</v>
+        <v>502</v>
       </c>
       <c r="B363" t="s">
-        <v>382</v>
+        <v>503</v>
       </c>
       <c r="C363">
-        <v>35.28</v>
+        <v>155.808</v>
       </c>
       <c r="D363" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
-        <v>383</v>
+        <v>504</v>
       </c>
       <c r="B364" t="s">
-        <v>384</v>
+        <v>505</v>
       </c>
       <c r="C364">
-        <v>35.28</v>
+        <v>158.808</v>
       </c>
       <c r="D364" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
-        <v>385</v>
+        <v>506</v>
       </c>
       <c r="B365" t="s">
-        <v>386</v>
+        <v>507</v>
       </c>
       <c r="C365">
-        <v>36.276</v>
+        <v>158.964</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
-        <v>387</v>
+        <v>508</v>
       </c>
       <c r="B366" t="s">
-        <v>388</v>
+        <v>509</v>
       </c>
       <c r="C366">
-        <v>36.924</v>
+        <v>159.0</v>
       </c>
       <c r="D366" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>389</v>
+        <v>510</v>
       </c>
       <c r="B367" t="s">
-        <v>390</v>
+        <v>511</v>
       </c>
       <c r="C367">
-        <v>37.404</v>
+        <v>159.0</v>
       </c>
       <c r="D367" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
-        <v>391</v>
+        <v>512</v>
       </c>
       <c r="B368" t="s">
-        <v>392</v>
+        <v>513</v>
       </c>
       <c r="C368">
-        <v>37.404</v>
+        <v>159.0</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
-        <v>393</v>
+        <v>514</v>
       </c>
       <c r="B369" t="s">
-        <v>394</v>
+        <v>515</v>
       </c>
       <c r="C369">
-        <v>37.644</v>
+        <v>168.996</v>
       </c>
       <c r="D369" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
-        <v>397</v>
+        <v>516</v>
       </c>
       <c r="B370" t="s">
-        <v>398</v>
+        <v>517</v>
       </c>
       <c r="C370">
-        <v>38.4</v>
+        <v>168.996</v>
       </c>
       <c r="D370" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
-        <v>399</v>
+        <v>518</v>
       </c>
       <c r="B371" t="s">
-        <v>400</v>
+        <v>519</v>
       </c>
       <c r="C371">
-        <v>38.4</v>
+        <v>168.996</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
-        <v>401</v>
+        <v>520</v>
       </c>
       <c r="B372" t="s">
-        <v>402</v>
+        <v>521</v>
       </c>
       <c r="C372">
-        <v>38.748</v>
+        <v>168.996</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
-        <v>403</v>
+        <v>522</v>
       </c>
       <c r="B373" t="s">
-        <v>404</v>
+        <v>523</v>
       </c>
       <c r="C373">
-        <v>38.748</v>
+        <v>169.752</v>
       </c>
       <c r="D373" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
-        <v>405</v>
+        <v>524</v>
       </c>
       <c r="B374" t="s">
-        <v>406</v>
+        <v>525</v>
       </c>
       <c r="C374">
-        <v>38.892</v>
+        <v>178.992</v>
       </c>
       <c r="D374" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
-        <v>407</v>
+        <v>526</v>
       </c>
       <c r="B375" t="s">
-        <v>408</v>
+        <v>527</v>
       </c>
       <c r="C375">
-        <v>38.916</v>
+        <v>178.992</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
-        <v>409</v>
+        <v>528</v>
       </c>
       <c r="B376" t="s">
-        <v>410</v>
+        <v>529</v>
       </c>
       <c r="C376">
-        <v>40.392</v>
+        <v>182.412</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
-        <v>411</v>
+        <v>530</v>
       </c>
       <c r="B377" t="s">
-        <v>412</v>
+        <v>531</v>
       </c>
       <c r="C377">
-        <v>40.392</v>
+        <v>183.012</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
-        <v>413</v>
+        <v>532</v>
       </c>
       <c r="B378" t="s">
-        <v>414</v>
+        <v>533</v>
       </c>
       <c r="C378">
-        <v>40.8</v>
+        <v>184.8</v>
       </c>
       <c r="D378" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
-        <v>415</v>
+        <v>534</v>
       </c>
       <c r="B379" t="s">
-        <v>416</v>
+        <v>535</v>
       </c>
       <c r="C379">
-        <v>41.76</v>
+        <v>188.304</v>
       </c>
       <c r="D379" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
-        <v>417</v>
+        <v>536</v>
       </c>
       <c r="B380" t="s">
-        <v>418</v>
+        <v>537</v>
       </c>
       <c r="C380">
-        <v>42.024</v>
+        <v>189.0</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
-        <v>419</v>
+        <v>538</v>
       </c>
       <c r="B381" t="s">
-        <v>420</v>
+        <v>539</v>
       </c>
       <c r="C381">
-        <v>42.216</v>
+        <v>189.0</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
-        <v>421</v>
+        <v>540</v>
       </c>
       <c r="B382" t="s">
-        <v>422</v>
+        <v>541</v>
       </c>
       <c r="C382">
-        <v>43.056</v>
+        <v>189.0</v>
       </c>
       <c r="D382" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
-        <v>423</v>
+        <v>542</v>
       </c>
       <c r="B383" t="s">
-        <v>424</v>
+        <v>543</v>
       </c>
       <c r="C383">
-        <v>43.2</v>
+        <v>189.0</v>
       </c>
       <c r="D383" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
-        <v>425</v>
+        <v>544</v>
       </c>
       <c r="B384" t="s">
-        <v>426</v>
+        <v>545</v>
       </c>
       <c r="C384">
-        <v>43.512</v>
+        <v>189.0</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
-        <v>427</v>
+        <v>546</v>
       </c>
       <c r="B385" t="s">
-        <v>428</v>
+        <v>547</v>
       </c>
       <c r="C385">
-        <v>45.504</v>
+        <v>195.948</v>
       </c>
       <c r="D385" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
-        <v>429</v>
+        <v>548</v>
       </c>
       <c r="B386" t="s">
-        <v>430</v>
+        <v>549</v>
       </c>
       <c r="C386">
-        <v>45.504</v>
+        <v>198.996</v>
       </c>
       <c r="D386" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
-        <v>431</v>
+        <v>550</v>
       </c>
       <c r="B387" t="s">
-        <v>432</v>
+        <v>551</v>
       </c>
       <c r="C387">
-        <v>48.24</v>
+        <v>205.212</v>
       </c>
       <c r="D387" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
-        <v>433</v>
+        <v>552</v>
       </c>
       <c r="B388" t="s">
-        <v>434</v>
+        <v>553</v>
       </c>
       <c r="C388">
-        <v>48.996</v>
+        <v>212.688</v>
       </c>
       <c r="D388" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389" t="s">
-        <v>435</v>
+        <v>554</v>
       </c>
       <c r="B389" t="s">
-        <v>436</v>
+        <v>555</v>
       </c>
       <c r="C389">
-        <v>48.996</v>
+        <v>219.0</v>
       </c>
       <c r="D389" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390" t="s">
-        <v>437</v>
+        <v>556</v>
       </c>
       <c r="B390" t="s">
-        <v>438</v>
+        <v>557</v>
       </c>
       <c r="C390">
-        <v>48.996</v>
+        <v>249.0</v>
       </c>
       <c r="D390" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
-        <v>439</v>
+        <v>558</v>
       </c>
       <c r="B391" t="s">
-        <v>440</v>
+        <v>559</v>
       </c>
       <c r="C391">
-        <v>48.996</v>
+        <v>249.0</v>
       </c>
       <c r="D391" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
-        <v>441</v>
+        <v>560</v>
       </c>
       <c r="B392" t="s">
-        <v>442</v>
+        <v>561</v>
       </c>
       <c r="C392">
-        <v>50.616</v>
+        <v>254.808</v>
       </c>
       <c r="D392" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
-        <v>443</v>
+        <v>562</v>
       </c>
       <c r="B393" t="s">
-        <v>444</v>
+        <v>563</v>
       </c>
       <c r="C393">
-        <v>50.616</v>
+        <v>290.448</v>
       </c>
       <c r="D393" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" t="s">
-        <v>445</v>
+        <v>564</v>
       </c>
       <c r="B394" t="s">
-        <v>446</v>
+        <v>565</v>
       </c>
       <c r="C394">
-        <v>52.908</v>
+        <v>298.992</v>
       </c>
       <c r="D394" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" t="s">
-        <v>447</v>
+        <v>566</v>
       </c>
       <c r="B395" t="s">
-        <v>448</v>
+        <v>567</v>
       </c>
       <c r="C395">
-        <v>53.484</v>
+        <v>317.724</v>
       </c>
       <c r="D395" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" t="s">
-        <v>449</v>
+        <v>568</v>
       </c>
       <c r="B396" t="s">
-        <v>450</v>
+        <v>569</v>
       </c>
       <c r="C396">
-        <v>54.996</v>
+        <v>377.724</v>
       </c>
       <c r="D396" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397" t="s">
-        <v>451</v>
+        <v>570</v>
       </c>
       <c r="B397" t="s">
-        <v>452</v>
+        <v>571</v>
       </c>
       <c r="C397">
-        <v>54.996</v>
+        <v>377.892</v>
       </c>
       <c r="D397" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398" t="s">
-        <v>453</v>
+        <v>572</v>
       </c>
       <c r="B398" t="s">
-        <v>454</v>
+        <v>573</v>
       </c>
       <c r="C398">
-        <v>54.996</v>
+        <v>403.332</v>
       </c>
       <c r="D398" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399" t="s">
-        <v>455</v>
+        <v>574</v>
       </c>
       <c r="B399" t="s">
-        <v>456</v>
+        <v>575</v>
       </c>
       <c r="C399">
-        <v>54.996</v>
+        <v>406.872</v>
       </c>
       <c r="D399" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400" t="s">
-        <v>457</v>
+        <v>576</v>
       </c>
       <c r="B400" t="s">
-        <v>458</v>
+        <v>577</v>
       </c>
       <c r="C400">
-        <v>57.6</v>
+        <v>410.7</v>
       </c>
       <c r="D400" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" t="s">
-        <v>459</v>
+        <v>578</v>
       </c>
       <c r="B401" t="s">
-        <v>460</v>
+        <v>579</v>
       </c>
       <c r="C401">
-        <v>58.98</v>
+        <v>528.156</v>
       </c>
       <c r="D401" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" t="s">
-        <v>103</v>
+        <v>216</v>
       </c>
       <c r="B402" t="s">
-        <v>104</v>
+        <v>217</v>
       </c>
       <c r="C402">
-        <v>6.6</v>
+        <v>15.0</v>
       </c>
       <c r="D402" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" t="s">
-        <v>117</v>
+        <v>220</v>
       </c>
       <c r="B403" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="C403">
-        <v>7.284</v>
+        <v>16.14</v>
       </c>
       <c r="D403" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" t="s">
-        <v>143</v>
+        <v>232</v>
       </c>
       <c r="B404" t="s">
-        <v>144</v>
+        <v>233</v>
       </c>
       <c r="C404">
-        <v>7.668</v>
+        <v>16.8</v>
       </c>
       <c r="D404" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" t="s">
-        <v>177</v>
+        <v>334</v>
       </c>
       <c r="B405" t="s">
-        <v>178</v>
+        <v>335</v>
       </c>
       <c r="C405">
-        <v>8.94</v>
+        <v>57.6</v>
       </c>
       <c r="D405" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406" t="s">
-        <v>191</v>
+        <v>352</v>
       </c>
       <c r="B406" t="s">
-        <v>192</v>
+        <v>353</v>
       </c>
       <c r="C406">
-        <v>9.204</v>
+        <v>61.464</v>
       </c>
       <c r="D406" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407" t="s">
-        <v>219</v>
+        <v>356</v>
       </c>
       <c r="B407" t="s">
-        <v>220</v>
+        <v>357</v>
       </c>
       <c r="C407">
-        <v>10.128</v>
+        <v>63.0</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
-        <v>223</v>
+        <v>374</v>
       </c>
       <c r="B408" t="s">
-        <v>224</v>
+        <v>375</v>
       </c>
       <c r="C408">
-        <v>10.2</v>
+        <v>69.0</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
-        <v>227</v>
+        <v>418</v>
       </c>
       <c r="B409" t="s">
-        <v>228</v>
+        <v>419</v>
       </c>
       <c r="C409">
-        <v>11.1</v>
+        <v>88.992</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
-        <v>251</v>
+        <v>420</v>
       </c>
       <c r="B410" t="s">
-        <v>252</v>
+        <v>421</v>
       </c>
       <c r="C410">
-        <v>13.164</v>
+        <v>89.64</v>
       </c>
       <c r="D410" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
-        <v>253</v>
+        <v>426</v>
       </c>
       <c r="B411" t="s">
-        <v>254</v>
+        <v>427</v>
       </c>
       <c r="C411">
-        <v>13.944</v>
+        <v>92.184</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
-        <v>263</v>
+        <v>430</v>
       </c>
       <c r="B412" t="s">
-        <v>264</v>
+        <v>431</v>
       </c>
       <c r="C412">
-        <v>15.18</v>
+        <v>93.48</v>
       </c>
       <c r="D412" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
-        <v>267</v>
+        <v>458</v>
       </c>
       <c r="B413" t="s">
-        <v>268</v>
+        <v>459</v>
       </c>
       <c r="C413">
-        <v>16.224</v>
+        <v>121.644</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
-        <v>271</v>
+        <v>472</v>
       </c>
       <c r="B414" t="s">
-        <v>272</v>
+        <v>473</v>
       </c>
       <c r="C414">
-        <v>16.8</v>
+        <v>133.44</v>
       </c>
       <c r="D414" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
-        <v>273</v>
+        <v>474</v>
       </c>
       <c r="B415" t="s">
-        <v>274</v>
+        <v>475</v>
       </c>
       <c r="C415">
-        <v>16.8</v>
+        <v>135.336</v>
       </c>
       <c r="D415" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
-        <v>275</v>
+        <v>496</v>
       </c>
       <c r="B416" t="s">
-        <v>276</v>
+        <v>497</v>
       </c>
       <c r="C416">
-        <v>16.8</v>
+        <v>148.992</v>
       </c>
       <c r="D416" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
-        <v>277</v>
+        <v>512</v>
       </c>
       <c r="B417" t="s">
-        <v>278</v>
+        <v>513</v>
       </c>
       <c r="C417">
-        <v>16.8</v>
+        <v>159.0</v>
       </c>
       <c r="D417" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
-        <v>293</v>
+        <v>530</v>
       </c>
       <c r="B418" t="s">
-        <v>294</v>
+        <v>531</v>
       </c>
       <c r="C418">
-        <v>18.0</v>
+        <v>183.012</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
-        <v>301</v>
+        <v>532</v>
       </c>
       <c r="B419" t="s">
-        <v>302</v>
+        <v>533</v>
       </c>
       <c r="C419">
-        <v>19.8</v>
+        <v>184.8</v>
       </c>
       <c r="D419" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
-        <v>303</v>
+        <v>544</v>
       </c>
       <c r="B420" t="s">
-        <v>304</v>
+        <v>545</v>
       </c>
       <c r="C420">
-        <v>19.8</v>
+        <v>189.0</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
-        <v>305</v>
+        <v>546</v>
       </c>
       <c r="B421" t="s">
-        <v>306</v>
+        <v>547</v>
       </c>
       <c r="C421">
-        <v>19.908</v>
+        <v>195.948</v>
       </c>
       <c r="D421" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
-        <v>315</v>
+        <v>548</v>
       </c>
       <c r="B422" t="s">
-        <v>316</v>
+        <v>549</v>
       </c>
       <c r="C422">
-        <v>20.604</v>
+        <v>198.996</v>
       </c>
       <c r="D422" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
-        <v>325</v>
+        <v>550</v>
       </c>
       <c r="B423" t="s">
-        <v>326</v>
+        <v>551</v>
       </c>
       <c r="C423">
-        <v>21.9</v>
+        <v>205.212</v>
       </c>
       <c r="D423" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
-        <v>329</v>
+        <v>554</v>
       </c>
       <c r="B424" t="s">
-        <v>330</v>
+        <v>555</v>
       </c>
       <c r="C424">
-        <v>24.816</v>
+        <v>219.0</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
-        <v>337</v>
+        <v>560</v>
       </c>
       <c r="B425" t="s">
-        <v>338</v>
+        <v>561</v>
       </c>
       <c r="C425">
-        <v>25.584</v>
+        <v>254.808</v>
       </c>
       <c r="D425" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
-        <v>339</v>
+        <v>562</v>
       </c>
       <c r="B426" t="s">
-        <v>340</v>
+        <v>563</v>
       </c>
       <c r="C426">
-        <v>25.908</v>
+        <v>290.448</v>
       </c>
       <c r="D426" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
-        <v>345</v>
+        <v>564</v>
       </c>
       <c r="B427" t="s">
-        <v>346</v>
+        <v>565</v>
       </c>
       <c r="C427">
-        <v>27.3</v>
+        <v>298.992</v>
       </c>
       <c r="D427" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
-        <v>357</v>
+        <v>570</v>
       </c>
       <c r="B428" t="s">
-        <v>358</v>
+        <v>571</v>
       </c>
       <c r="C428">
-        <v>30.0</v>
+        <v>377.892</v>
       </c>
       <c r="D428" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>359</v>
+        <v>576</v>
       </c>
       <c r="B429" t="s">
-        <v>360</v>
+        <v>577</v>
       </c>
       <c r="C429">
-        <v>30.0</v>
+        <v>410.7</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
-        <v>367</v>
+        <v>580</v>
       </c>
       <c r="B430" t="s">
-        <v>368</v>
+        <v>581</v>
       </c>
       <c r="C430">
-        <v>33.0</v>
+        <v>641.16</v>
       </c>
       <c r="D430" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
-        <v>369</v>
+        <v>582</v>
       </c>
       <c r="B431" t="s">
-        <v>370</v>
+        <v>583</v>
       </c>
       <c r="C431">
-        <v>33.0</v>
+        <v>1060.752</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
-        <v>371</v>
+        <v>584</v>
       </c>
       <c r="B432" t="s">
-        <v>372</v>
+        <v>585</v>
       </c>
       <c r="C432">
-        <v>33.0</v>
+        <v>1085.856</v>
       </c>
       <c r="D432" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
-        <v>373</v>
+        <v>586</v>
       </c>
       <c r="B433" t="s">
-        <v>374</v>
+        <v>587</v>
       </c>
       <c r="C433">
-        <v>33.0</v>
+        <v>1420.644</v>
       </c>
       <c r="D433" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
-        <v>375</v>
+        <v>588</v>
       </c>
       <c r="B434" t="s">
-        <v>376</v>
+        <v>589</v>
       </c>
       <c r="C434">
-        <v>34.968</v>
+        <v>3570.924</v>
       </c>
       <c r="D434" t="s">
-        <v>6</v>
-[...26 lines deleted...]
-      <c r="D436" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="437" spans="1:4">
-[...3638 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D697"/>
+  <autoFilter ref="A1:D435"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>